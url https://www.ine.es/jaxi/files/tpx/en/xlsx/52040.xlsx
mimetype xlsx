--- v0 (2025-12-13)
+++ v1 (2025-12-17)
@@ -330,51 +330,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Households according to Autonomous Communities and number of people with disabilities or limitations in the household.</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: miles de hogares</t>
+          <t>Units: miles de hogares</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -771,65 +771,65 @@
         <v>0.8</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="6" t="inlineStr">
         <is>
           <t>19-Melilla</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
         <v>31.8</v>
       </c>
       <c r="C27" s="14" t="n">
         <v>24.4</v>
       </c>
       <c r="D27" s="14" t="n">
         <v>6.2</v>
       </c>
       <c r="E27" s="14" t="n">
         <v>1.2</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>Notas:</t>
+          <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>Both persons aged 6 and over with disabilities and children aged 2 to 5 with limitations are considered</t>
+          <t>1) Both persons aged 6 and over with disabilities and children aged 2 to 5 with limitations are considered</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Fuente: </t>
+          <t xml:space="preserve">Source: </t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Instituto Nacional de Estadística</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">