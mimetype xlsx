--- v0 (2025-12-18)
+++ v1 (2025-12-18)
@@ -333,51 +333,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Persons aged 16 or over according to whether they have purchased online in the last month by sex, age group and nationality (Spanish/foreign).</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: Persons</t>
+          <t>Units: Persons</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -447,51 +447,51 @@
       </c>
       <c r="G8" s="7" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H8" s="7" t="inlineStr">
         <is>
           <t>Yes</t>
         </is>
       </c>
       <c r="I8" s="7" t="inlineStr">
         <is>
           <t>No</t>
         </is>
       </c>
       <c r="J8" s="7" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
-          <t>Total Nacional</t>
+          <t>National Total</t>
         </is>
       </c>
       <c r="B9" s="6"/>
       <c r="C9" s="6"/>
       <c r="D9" s="6"/>
       <c r="E9" s="6"/>
       <c r="F9" s="6"/>
       <c r="G9" s="6"/>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="7"/>
@@ -1225,51 +1225,51 @@
       <c r="D33" s="14" t="n">
         <v>299903.0</v>
       </c>
       <c r="E33" s="14" t="n">
         <v>34353.0</v>
       </c>
       <c r="F33" s="14" t="n">
         <v>98475.0</v>
       </c>
       <c r="G33" s="14" t="n">
         <v>132829.0</v>
       </c>
       <c r="H33" s="14" t="n">
         <v>35952.0</v>
       </c>
       <c r="I33" s="14" t="n">
         <v>131122.0</v>
       </c>
       <c r="J33" s="14" t="n">
         <v>167075.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="6" t="inlineStr">
         <is>
-          <t>Andalucía</t>
+          <t>01 Andalucía</t>
         </is>
       </c>
       <c r="B34" s="6"/>
       <c r="C34" s="6"/>
       <c r="D34" s="6"/>
       <c r="E34" s="6"/>
       <c r="F34" s="6"/>
       <c r="G34" s="6"/>
       <c r="H34" s="6"/>
       <c r="I34" s="6"/>
       <c r="J34" s="6"/>
     </row>
     <row r="35">
       <c r="A35" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="7"/>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
       <c r="H35" s="7"/>
@@ -2003,51 +2003,51 @@
       <c r="D58" s="14" t="n">
         <v>61113.0</v>
       </c>
       <c r="E58" s="14" t="n">
         <v>10997.0</v>
       </c>
       <c r="F58" s="14" t="n">
         <v>19758.0</v>
       </c>
       <c r="G58" s="14" t="n">
         <v>30755.0</v>
       </c>
       <c r="H58" s="14" t="n">
         <v>8211.0</v>
       </c>
       <c r="I58" s="14" t="n">
         <v>22147.0</v>
       </c>
       <c r="J58" s="14" t="n">
         <v>30358.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="6" t="inlineStr">
         <is>
-          <t>Aragón</t>
+          <t>02 Aragón</t>
         </is>
       </c>
       <c r="B59" s="6"/>
       <c r="C59" s="6"/>
       <c r="D59" s="6"/>
       <c r="E59" s="6"/>
       <c r="F59" s="6"/>
       <c r="G59" s="6"/>
       <c r="H59" s="6"/>
       <c r="I59" s="6"/>
       <c r="J59" s="6"/>
     </row>
     <row r="60">
       <c r="A60" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B60" s="7"/>
       <c r="C60" s="7"/>
       <c r="D60" s="7"/>
       <c r="E60" s="7"/>
       <c r="F60" s="7"/>
       <c r="G60" s="7"/>
       <c r="H60" s="7"/>
@@ -2783,51 +2783,51 @@
       <c r="D83" s="14" t="n">
         <v>3929.0</v>
       </c>
       <c r="E83" s="14" t="n">
         <v>516.0</v>
       </c>
       <c r="F83" s="14" t="n">
         <v>1272.0</v>
       </c>
       <c r="G83" s="14" t="n">
         <v>1787.0</v>
       </c>
       <c r="H83" s="14" t="n">
         <v>470.0</v>
       </c>
       <c r="I83" s="14" t="n">
         <v>1672.0</v>
       </c>
       <c r="J83" s="14" t="n">
         <v>2142.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="6" t="inlineStr">
         <is>
-          <t>Asturias,Principado de</t>
+          <t>03 Asturias, Principado de</t>
         </is>
       </c>
       <c r="B84" s="6"/>
       <c r="C84" s="6"/>
       <c r="D84" s="6"/>
       <c r="E84" s="6"/>
       <c r="F84" s="6"/>
       <c r="G84" s="6"/>
       <c r="H84" s="6"/>
       <c r="I84" s="6"/>
       <c r="J84" s="6"/>
     </row>
     <row r="85">
       <c r="A85" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B85" s="7"/>
       <c r="C85" s="7"/>
       <c r="D85" s="7"/>
       <c r="E85" s="7"/>
       <c r="F85" s="7"/>
       <c r="G85" s="7"/>
       <c r="H85" s="7"/>
@@ -3563,51 +3563,51 @@
       </c>
       <c r="E108" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="F108" s="14" t="n">
         <v>604.0</v>
       </c>
       <c r="G108" s="14" t="n">
         <v>604.0</v>
       </c>
       <c r="H108" s="14" t="n">
         <v>301.0</v>
       </c>
       <c r="I108" s="14" t="n">
         <v>1406.0</v>
       </c>
       <c r="J108" s="14" t="n">
         <v>1707.0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="6" t="inlineStr">
         <is>
-          <t>Balears, Illes</t>
+          <t>04 Balears, Illes</t>
         </is>
       </c>
       <c r="B109" s="6"/>
       <c r="C109" s="6"/>
       <c r="D109" s="6"/>
       <c r="E109" s="6"/>
       <c r="F109" s="6"/>
       <c r="G109" s="6"/>
       <c r="H109" s="6"/>
       <c r="I109" s="6"/>
       <c r="J109" s="6"/>
     </row>
     <row r="110">
       <c r="A110" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B110" s="7"/>
       <c r="C110" s="7"/>
       <c r="D110" s="7"/>
       <c r="E110" s="7"/>
       <c r="F110" s="7"/>
       <c r="G110" s="7"/>
       <c r="H110" s="7"/>
@@ -4341,51 +4341,51 @@
       <c r="D133" s="14" t="n">
         <v>23127.0</v>
       </c>
       <c r="E133" s="14" t="n">
         <v>2239.0</v>
       </c>
       <c r="F133" s="14" t="n">
         <v>7256.0</v>
       </c>
       <c r="G133" s="14" t="n">
         <v>9495.0</v>
       </c>
       <c r="H133" s="14" t="n">
         <v>4277.0</v>
       </c>
       <c r="I133" s="14" t="n">
         <v>9355.0</v>
       </c>
       <c r="J133" s="14" t="n">
         <v>13632.0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="6" t="inlineStr">
         <is>
-          <t>Canarias</t>
+          <t>05 Canarias</t>
         </is>
       </c>
       <c r="B134" s="6"/>
       <c r="C134" s="6"/>
       <c r="D134" s="6"/>
       <c r="E134" s="6"/>
       <c r="F134" s="6"/>
       <c r="G134" s="6"/>
       <c r="H134" s="6"/>
       <c r="I134" s="6"/>
       <c r="J134" s="6"/>
     </row>
     <row r="135">
       <c r="A135" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B135" s="7"/>
       <c r="C135" s="7"/>
       <c r="D135" s="7"/>
       <c r="E135" s="7"/>
       <c r="F135" s="7"/>
       <c r="G135" s="7"/>
       <c r="H135" s="7"/>
@@ -5119,51 +5119,51 @@
       <c r="D158" s="14" t="n">
         <v>39680.0</v>
       </c>
       <c r="E158" s="14" t="n">
         <v>4902.0</v>
       </c>
       <c r="F158" s="14" t="n">
         <v>12565.0</v>
       </c>
       <c r="G158" s="14" t="n">
         <v>17467.0</v>
       </c>
       <c r="H158" s="14" t="n">
         <v>2566.0</v>
       </c>
       <c r="I158" s="14" t="n">
         <v>19646.0</v>
       </c>
       <c r="J158" s="14" t="n">
         <v>22213.0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="6" t="inlineStr">
         <is>
-          <t>Cantabria</t>
+          <t>06 Cantabria</t>
         </is>
       </c>
       <c r="B159" s="6"/>
       <c r="C159" s="6"/>
       <c r="D159" s="6"/>
       <c r="E159" s="6"/>
       <c r="F159" s="6"/>
       <c r="G159" s="6"/>
       <c r="H159" s="6"/>
       <c r="I159" s="6"/>
       <c r="J159" s="6"/>
     </row>
     <row r="160">
       <c r="A160" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B160" s="7"/>
       <c r="C160" s="7"/>
       <c r="D160" s="7"/>
       <c r="E160" s="7"/>
       <c r="F160" s="7"/>
       <c r="G160" s="7"/>
       <c r="H160" s="7"/>
@@ -5901,51 +5901,51 @@
       </c>
       <c r="E183" s="14" t="n">
         <v>181.0</v>
       </c>
       <c r="F183" s="14" t="n">
         <v>237.0</v>
       </c>
       <c r="G183" s="14" t="n">
         <v>418.0</v>
       </c>
       <c r="H183" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="I183" s="14" t="n">
         <v>458.0</v>
       </c>
       <c r="J183" s="14" t="n">
         <v>588.0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="6" t="inlineStr">
         <is>
-          <t>Castilla y León</t>
+          <t>07 Castilla y León</t>
         </is>
       </c>
       <c r="B184" s="6"/>
       <c r="C184" s="6"/>
       <c r="D184" s="6"/>
       <c r="E184" s="6"/>
       <c r="F184" s="6"/>
       <c r="G184" s="6"/>
       <c r="H184" s="6"/>
       <c r="I184" s="6"/>
       <c r="J184" s="6"/>
     </row>
     <row r="185">
       <c r="A185" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B185" s="7"/>
       <c r="C185" s="7"/>
       <c r="D185" s="7"/>
       <c r="E185" s="7"/>
       <c r="F185" s="7"/>
       <c r="G185" s="7"/>
       <c r="H185" s="7"/>
@@ -6681,51 +6681,51 @@
       </c>
       <c r="E208" s="14" t="n">
         <v>612.0</v>
       </c>
       <c r="F208" s="14" t="n">
         <v>938.0</v>
       </c>
       <c r="G208" s="14" t="n">
         <v>1549.0</v>
       </c>
       <c r="H208" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="I208" s="14" t="n">
         <v>1650.0</v>
       </c>
       <c r="J208" s="14" t="n">
         <v>1841.0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="6" t="inlineStr">
         <is>
-          <t>Castilla - LaMancha</t>
+          <t>08 Castilla - La Mancha</t>
         </is>
       </c>
       <c r="B209" s="6"/>
       <c r="C209" s="6"/>
       <c r="D209" s="6"/>
       <c r="E209" s="6"/>
       <c r="F209" s="6"/>
       <c r="G209" s="6"/>
       <c r="H209" s="6"/>
       <c r="I209" s="6"/>
       <c r="J209" s="6"/>
     </row>
     <row r="210">
       <c r="A210" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B210" s="7"/>
       <c r="C210" s="7"/>
       <c r="D210" s="7"/>
       <c r="E210" s="7"/>
       <c r="F210" s="7"/>
       <c r="G210" s="7"/>
       <c r="H210" s="7"/>
@@ -7461,51 +7461,51 @@
       </c>
       <c r="E233" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="F233" s="14" t="n">
         <v>2094.0</v>
       </c>
       <c r="G233" s="14" t="n">
         <v>2197.0</v>
       </c>
       <c r="H233" s="14" t="n">
         <v>146.0</v>
       </c>
       <c r="I233" s="14" t="n">
         <v>1490.0</v>
       </c>
       <c r="J233" s="14" t="n">
         <v>1636.0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="6" t="inlineStr">
         <is>
-          <t>Cataluña</t>
+          <t>09 Cataluña</t>
         </is>
       </c>
       <c r="B234" s="6"/>
       <c r="C234" s="6"/>
       <c r="D234" s="6"/>
       <c r="E234" s="6"/>
       <c r="F234" s="6"/>
       <c r="G234" s="6"/>
       <c r="H234" s="6"/>
       <c r="I234" s="6"/>
       <c r="J234" s="6"/>
     </row>
     <row r="235">
       <c r="A235" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B235" s="7"/>
       <c r="C235" s="7"/>
       <c r="D235" s="7"/>
       <c r="E235" s="7"/>
       <c r="F235" s="7"/>
       <c r="G235" s="7"/>
       <c r="H235" s="7"/>
@@ -8239,51 +8239,51 @@
       <c r="D258" s="14" t="n">
         <v>39220.0</v>
       </c>
       <c r="E258" s="14" t="n">
         <v>3088.0</v>
       </c>
       <c r="F258" s="14" t="n">
         <v>14771.0</v>
       </c>
       <c r="G258" s="14" t="n">
         <v>17859.0</v>
       </c>
       <c r="H258" s="14" t="n">
         <v>2322.0</v>
       </c>
       <c r="I258" s="14" t="n">
         <v>19039.0</v>
       </c>
       <c r="J258" s="14" t="n">
         <v>21361.0</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="6" t="inlineStr">
         <is>
-          <t>ComunitatValenciana</t>
+          <t>10 Comunitat Valenciana</t>
         </is>
       </c>
       <c r="B259" s="6"/>
       <c r="C259" s="6"/>
       <c r="D259" s="6"/>
       <c r="E259" s="6"/>
       <c r="F259" s="6"/>
       <c r="G259" s="6"/>
       <c r="H259" s="6"/>
       <c r="I259" s="6"/>
       <c r="J259" s="6"/>
     </row>
     <row r="260">
       <c r="A260" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B260" s="7"/>
       <c r="C260" s="7"/>
       <c r="D260" s="7"/>
       <c r="E260" s="7"/>
       <c r="F260" s="7"/>
       <c r="G260" s="7"/>
       <c r="H260" s="7"/>
@@ -9017,51 +9017,51 @@
       <c r="D283" s="14" t="n">
         <v>71571.0</v>
       </c>
       <c r="E283" s="14" t="n">
         <v>7041.0</v>
       </c>
       <c r="F283" s="14" t="n">
         <v>20186.0</v>
       </c>
       <c r="G283" s="14" t="n">
         <v>27227.0</v>
       </c>
       <c r="H283" s="14" t="n">
         <v>11268.0</v>
       </c>
       <c r="I283" s="14" t="n">
         <v>33076.0</v>
       </c>
       <c r="J283" s="14" t="n">
         <v>44344.0</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="6" t="inlineStr">
         <is>
-          <t>Extremadura</t>
+          <t>11 Extremadura</t>
         </is>
       </c>
       <c r="B284" s="6"/>
       <c r="C284" s="6"/>
       <c r="D284" s="6"/>
       <c r="E284" s="6"/>
       <c r="F284" s="6"/>
       <c r="G284" s="6"/>
       <c r="H284" s="6"/>
       <c r="I284" s="6"/>
       <c r="J284" s="6"/>
     </row>
     <row r="285">
       <c r="A285" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B285" s="7"/>
       <c r="C285" s="7"/>
       <c r="D285" s="7"/>
       <c r="E285" s="7"/>
       <c r="F285" s="7"/>
       <c r="G285" s="7"/>
       <c r="H285" s="7"/>
@@ -9801,51 +9801,51 @@
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="F308" s="14" t="n">
         <v>1102.0</v>
       </c>
       <c r="G308" s="14" t="n">
         <v>1215.0</v>
       </c>
       <c r="H308" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="I308" s="14" t="n">
         <v>472.0</v>
       </c>
       <c r="J308" s="14" t="n">
         <v>472.0</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="6" t="inlineStr">
         <is>
-          <t>Galicia</t>
+          <t>12 Galicia</t>
         </is>
       </c>
       <c r="B309" s="6"/>
       <c r="C309" s="6"/>
       <c r="D309" s="6"/>
       <c r="E309" s="6"/>
       <c r="F309" s="6"/>
       <c r="G309" s="6"/>
       <c r="H309" s="6"/>
       <c r="I309" s="6"/>
       <c r="J309" s="6"/>
     </row>
     <row r="310">
       <c r="A310" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B310" s="7"/>
       <c r="C310" s="7"/>
       <c r="D310" s="7"/>
       <c r="E310" s="7"/>
       <c r="F310" s="7"/>
       <c r="G310" s="7"/>
       <c r="H310" s="7"/>
@@ -10581,51 +10581,51 @@
       </c>
       <c r="E333" s="14" t="n">
         <v>544.0</v>
       </c>
       <c r="F333" s="14" t="n">
         <v>2731.0</v>
       </c>
       <c r="G333" s="14" t="n">
         <v>3275.0</v>
       </c>
       <c r="H333" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="I333" s="14" t="n">
         <v>2373.0</v>
       </c>
       <c r="J333" s="14" t="n">
         <v>2373.0</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="6" t="inlineStr">
         <is>
-          <t>Madrid, Comunidadde</t>
+          <t>13 Madrid, Comunidad de</t>
         </is>
       </c>
       <c r="B334" s="6"/>
       <c r="C334" s="6"/>
       <c r="D334" s="6"/>
       <c r="E334" s="6"/>
       <c r="F334" s="6"/>
       <c r="G334" s="6"/>
       <c r="H334" s="6"/>
       <c r="I334" s="6"/>
       <c r="J334" s="6"/>
     </row>
     <row r="335">
       <c r="A335" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B335" s="7"/>
       <c r="C335" s="7"/>
       <c r="D335" s="7"/>
       <c r="E335" s="7"/>
       <c r="F335" s="7"/>
       <c r="G335" s="7"/>
       <c r="H335" s="7"/>
@@ -11359,51 +11359,51 @@
       <c r="D358" s="14" t="n">
         <v>25390.0</v>
       </c>
       <c r="E358" s="14" t="n">
         <v>1732.0</v>
       </c>
       <c r="F358" s="14" t="n">
         <v>6980.0</v>
       </c>
       <c r="G358" s="14" t="n">
         <v>8712.0</v>
       </c>
       <c r="H358" s="14" t="n">
         <v>4615.0</v>
       </c>
       <c r="I358" s="14" t="n">
         <v>12064.0</v>
       </c>
       <c r="J358" s="14" t="n">
         <v>16678.0</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="6" t="inlineStr">
         <is>
-          <t>Murcia, Región de</t>
+          <t>14 Murcia, Región de</t>
         </is>
       </c>
       <c r="B359" s="6"/>
       <c r="C359" s="6"/>
       <c r="D359" s="6"/>
       <c r="E359" s="6"/>
       <c r="F359" s="6"/>
       <c r="G359" s="6"/>
       <c r="H359" s="6"/>
       <c r="I359" s="6"/>
       <c r="J359" s="6"/>
     </row>
     <row r="360">
       <c r="A360" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B360" s="7"/>
       <c r="C360" s="7"/>
       <c r="D360" s="7"/>
       <c r="E360" s="7"/>
       <c r="F360" s="7"/>
       <c r="G360" s="7"/>
       <c r="H360" s="7"/>
@@ -12137,51 +12137,51 @@
       <c r="D383" s="14" t="n">
         <v>12640.0</v>
       </c>
       <c r="E383" s="14" t="n">
         <v>2058.0</v>
       </c>
       <c r="F383" s="14" t="n">
         <v>5905.0</v>
       </c>
       <c r="G383" s="14" t="n">
         <v>7964.0</v>
       </c>
       <c r="H383" s="14" t="n">
         <v>1242.0</v>
       </c>
       <c r="I383" s="14" t="n">
         <v>3434.0</v>
       </c>
       <c r="J383" s="14" t="n">
         <v>4676.0</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="6" t="inlineStr">
         <is>
-          <t>Navarra, ComunidadForal de</t>
+          <t>15 Navarra, Comunidad Foral de</t>
         </is>
       </c>
       <c r="B384" s="6"/>
       <c r="C384" s="6"/>
       <c r="D384" s="6"/>
       <c r="E384" s="6"/>
       <c r="F384" s="6"/>
       <c r="G384" s="6"/>
       <c r="H384" s="6"/>
       <c r="I384" s="6"/>
       <c r="J384" s="6"/>
     </row>
     <row r="385">
       <c r="A385" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B385" s="7"/>
       <c r="C385" s="7"/>
       <c r="D385" s="7"/>
       <c r="E385" s="7"/>
       <c r="F385" s="7"/>
       <c r="G385" s="7"/>
       <c r="H385" s="7"/>
@@ -12923,51 +12923,51 @@
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="F408" s="14" t="n">
         <v>931.0</v>
       </c>
       <c r="G408" s="14" t="n">
         <v>931.0</v>
       </c>
       <c r="H408" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="I408" s="14" t="n">
         <v>603.0</v>
       </c>
       <c r="J408" s="14" t="n">
         <v>603.0</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="6" t="inlineStr">
         <is>
-          <t>País Vasco</t>
+          <t>16 País Vasco</t>
         </is>
       </c>
       <c r="B409" s="6"/>
       <c r="C409" s="6"/>
       <c r="D409" s="6"/>
       <c r="E409" s="6"/>
       <c r="F409" s="6"/>
       <c r="G409" s="6"/>
       <c r="H409" s="6"/>
       <c r="I409" s="6"/>
       <c r="J409" s="6"/>
     </row>
     <row r="410">
       <c r="A410" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B410" s="7"/>
       <c r="C410" s="7"/>
       <c r="D410" s="7"/>
       <c r="E410" s="7"/>
       <c r="F410" s="7"/>
       <c r="G410" s="7"/>
       <c r="H410" s="7"/>
@@ -13703,51 +13703,51 @@
       </c>
       <c r="E433" s="14" t="n">
         <v>228.0</v>
       </c>
       <c r="F433" s="14" t="n">
         <v>734.0</v>
       </c>
       <c r="G433" s="14" t="n">
         <v>962.0</v>
       </c>
       <c r="H433" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="I433" s="14" t="n">
         <v>1527.0</v>
       </c>
       <c r="J433" s="14" t="n">
         <v>1742.0</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="6" t="inlineStr">
         <is>
-          <t>Rioja, La</t>
+          <t>17 Rioja, La</t>
         </is>
       </c>
       <c r="B434" s="6"/>
       <c r="C434" s="6"/>
       <c r="D434" s="6"/>
       <c r="E434" s="6"/>
       <c r="F434" s="6"/>
       <c r="G434" s="6"/>
       <c r="H434" s="6"/>
       <c r="I434" s="6"/>
       <c r="J434" s="6"/>
     </row>
     <row r="435">
       <c r="A435" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B435" s="7"/>
       <c r="C435" s="7"/>
       <c r="D435" s="7"/>
       <c r="E435" s="7"/>
       <c r="F435" s="7"/>
       <c r="G435" s="7"/>
       <c r="H435" s="7"/>
@@ -14489,51 +14489,51 @@
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="F458" s="14" t="n">
         <v>226.0</v>
       </c>
       <c r="G458" s="14" t="n">
         <v>226.0</v>
       </c>
       <c r="H458" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="I458" s="14" t="n">
         <v>351.0</v>
       </c>
       <c r="J458" s="14" t="n">
         <v>351.0</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="6" t="inlineStr">
         <is>
-          <t>Ceuta</t>
+          <t>18 Ceuta</t>
         </is>
       </c>
       <c r="B459" s="6"/>
       <c r="C459" s="6"/>
       <c r="D459" s="6"/>
       <c r="E459" s="6"/>
       <c r="F459" s="6"/>
       <c r="G459" s="6"/>
       <c r="H459" s="6"/>
       <c r="I459" s="6"/>
       <c r="J459" s="6"/>
     </row>
     <row r="460">
       <c r="A460" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B460" s="7"/>
       <c r="C460" s="7"/>
       <c r="D460" s="7"/>
       <c r="E460" s="7"/>
       <c r="F460" s="7"/>
       <c r="G460" s="7"/>
       <c r="H460" s="7"/>
@@ -15283,51 +15283,51 @@
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="F483" s="14" t="n">
         <v>52.0</v>
       </c>
       <c r="G483" s="14" t="n">
         <v>52.0</v>
       </c>
       <c r="H483" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="I483" s="14" t="n">
         <v>88.0</v>
       </c>
       <c r="J483" s="14" t="n">
         <v>88.0</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="6" t="inlineStr">
         <is>
-          <t>Melilla</t>
+          <t>19 Melilla</t>
         </is>
       </c>
       <c r="B484" s="6"/>
       <c r="C484" s="6"/>
       <c r="D484" s="6"/>
       <c r="E484" s="6"/>
       <c r="F484" s="6"/>
       <c r="G484" s="6"/>
       <c r="H484" s="6"/>
       <c r="I484" s="6"/>
       <c r="J484" s="6"/>
     </row>
     <row r="485">
       <c r="A485" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B485" s="7"/>
       <c r="C485" s="7"/>
       <c r="D485" s="7"/>
       <c r="E485" s="7"/>
       <c r="F485" s="7"/>
       <c r="G485" s="7"/>
       <c r="H485" s="7"/>
@@ -16073,65 +16073,65 @@
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="F508" s="14" t="n">
         <v>134.0</v>
       </c>
       <c r="G508" s="14" t="n">
         <v>134.0</v>
       </c>
       <c r="H508" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="I508" s="14" t="n">
         <v>270.0</v>
       </c>
       <c r="J508" s="14" t="n">
         <v>270.0</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="5" t="inlineStr">
         <is>
-          <t>Notas:</t>
+          <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr">
         <is>
-          <t>The symbol '.' should be interpreted as data not provided due to insufficient sample.</t>
+          <t>1) The symbol '.' should be interpreted as data not provided due to insufficient sample.</t>
         </is>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Fuente: </t>
+          <t xml:space="preserve">Source: </t>
         </is>
       </c>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr">
         <is>
           <t>National Statistics Institute</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="89">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="E7:G7"/>
     <mergeCell ref="H7:J7"/>
     <mergeCell ref="A9:J9"/>
     <mergeCell ref="A10:J10"/>
     <mergeCell ref="A18:J18"/>
     <mergeCell ref="A26:J26"/>