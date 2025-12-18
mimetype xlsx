--- v0 (2025-12-17)
+++ v1 (2025-12-18)
@@ -360,51 +360,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Málaga. Personas según la frecuencia de uso de las lenguas más frecuentes por sexo, grupo de edad, lugar de nacimiento (España/Otro país) y lugar de uso de la lengua.</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: Persons</t>
+          <t>Units: Persons</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -16560,65 +16560,65 @@
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="AG156" s="14" t="n">
         <v>38936.0</v>
       </c>
       <c r="AH156" s="14" t="n">
         <v>42464.0</v>
       </c>
       <c r="AI156" s="14" t="n">
         <v>769.0</v>
       </c>
       <c r="AJ156" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="AK156" s="14" t="n">
         <v>43233.0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="inlineStr">
         <is>
-          <t>Notas:</t>
+          <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>The symbol '.' should be interpreted as data not provided due to insufficient sample.</t>
+          <t>1) The symbol '.' should be interpreted as data not provided due to insufficient sample.</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Fuente: </t>
+          <t xml:space="preserve">Source: </t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
           <t>National Statistics Institute</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="45">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="B7:M7"/>
     <mergeCell ref="N7:Y7"/>
     <mergeCell ref="Z7:AK7"/>
     <mergeCell ref="B8:E8"/>
     <mergeCell ref="F8:I8"/>
     <mergeCell ref="J8:M8"/>
     <mergeCell ref="N8:Q8"/>