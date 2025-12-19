--- v0 (2025-12-16)
+++ v1 (2025-12-19)
@@ -333,127 +333,127 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Physical exercise at work or main activity by gender, country of birth and age groups. Population of 15 and older occupied, student or homemaker.</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: miles de personas</t>
+          <t>Unidades: thousands of people</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
-          <t>Sentado/a la mayor parte del día</t>
+          <t>Seated most of the day</t>
         </is>
       </c>
       <c r="D7" s="6" t="inlineStr">
         <is>
-          <t>De pie la mayor parte de la jornada sin efectuar grandes desplazamientos o esfuerzos</t>
+          <t>Stying for most of the time of the day without long journeys or efforts</t>
         </is>
       </c>
       <c r="E7" s="6" t="inlineStr">
         <is>
-          <t>Caminando,llevando algún peso, efectuando desplazamientos frecuentes</t>
+          <t>Walking,carrying some weight, making frequent journeys</t>
         </is>
       </c>
       <c r="F7" s="6" t="inlineStr">
         <is>
-          <t>Realizando tareas que requieren gran esfuerzo físico</t>
+          <t>Performing tasks that require great physical effort</t>
         </is>
       </c>
       <c r="G7" s="6" t="inlineStr">
         <is>
-          <t>No aplicable</t>
+          <t>Not applicable</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
-          <t>No consta</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
-          <t>AMBOS SEXOS</t>
+          <t>BOTH SEXES</t>
         </is>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL</t>
         </is>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="7"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="7"/>
     </row>
     <row r="10">
@@ -465,387 +465,387 @@
       <c r="B10" s="14" t="n">
         <v>27557.8</v>
       </c>
       <c r="C10" s="14" t="n">
         <v>10185.1</v>
       </c>
       <c r="D10" s="14" t="n">
         <v>10234.7</v>
       </c>
       <c r="E10" s="14" t="n">
         <v>4852.9</v>
       </c>
       <c r="F10" s="14" t="n">
         <v>1618.5</v>
       </c>
       <c r="G10" s="14" t="n">
         <v>378.8</v>
       </c>
       <c r="H10" s="14" t="n">
         <v>287.4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 15 a 24 años</t>
+          <t xml:space="preserve">        From 15 to 24 years old</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
         <v>4710.7</v>
       </c>
       <c r="C11" s="14" t="n">
         <v>2640.1</v>
       </c>
       <c r="D11" s="14" t="n">
         <v>1291.3</v>
       </c>
       <c r="E11" s="14" t="n">
         <v>457.1</v>
       </c>
       <c r="F11" s="14" t="n">
         <v>158.6</v>
       </c>
       <c r="G11" s="14" t="n">
         <v>99.5</v>
       </c>
       <c r="H11" s="14" t="n">
         <v>63.9</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 25 a 64 años</t>
+          <t xml:space="preserve">        From 25 to 64 years old</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
         <v>21613.0</v>
       </c>
       <c r="C12" s="14" t="n">
         <v>6953.7</v>
       </c>
       <c r="D12" s="14" t="n">
         <v>8479.8</v>
       </c>
       <c r="E12" s="14" t="n">
         <v>4303.0</v>
       </c>
       <c r="F12" s="14" t="n">
         <v>1450.5</v>
       </c>
       <c r="G12" s="14" t="n">
         <v>212.5</v>
       </c>
       <c r="H12" s="14" t="n">
         <v>213.3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 65 y más años</t>
+          <t xml:space="preserve">        From 65 and older</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
         <v>1233.9</v>
       </c>
       <c r="C13" s="14" t="n">
         <v>591.2</v>
       </c>
       <c r="D13" s="14" t="n">
         <v>463.5</v>
       </c>
       <c r="E13" s="14" t="n">
         <v>92.8</v>
       </c>
       <c r="F13" s="14" t="n">
         <v>9.3</v>
       </c>
       <c r="G13" s="14" t="n">
         <v>66.7</v>
       </c>
       <c r="H13" s="14" t="n">
         <v>10.2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    España</t>
+          <t xml:space="preserve">    Spain</t>
         </is>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="7"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="7"/>
     </row>
     <row r="15">
       <c r="A15" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        TOTAL</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
         <v>21850.8</v>
       </c>
       <c r="C15" s="14" t="n">
         <v>8870.6</v>
       </c>
       <c r="D15" s="14" t="n">
         <v>7755.3</v>
       </c>
       <c r="E15" s="14" t="n">
         <v>3491.6</v>
       </c>
       <c r="F15" s="14" t="n">
         <v>1164.7</v>
       </c>
       <c r="G15" s="14" t="n">
         <v>318.1</v>
       </c>
       <c r="H15" s="14" t="n">
         <v>250.2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 15 a 24 años</t>
+          <t xml:space="preserve">        From 15 to 24 years old</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
         <v>3958.5</v>
       </c>
       <c r="C16" s="14" t="n">
         <v>2292.9</v>
       </c>
       <c r="D16" s="14" t="n">
         <v>1058.7</v>
       </c>
       <c r="E16" s="14" t="n">
         <v>332.1</v>
       </c>
       <c r="F16" s="14" t="n">
         <v>114.5</v>
       </c>
       <c r="G16" s="14" t="n">
         <v>98.8</v>
       </c>
       <c r="H16" s="14" t="n">
         <v>61.1</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 25 a 64 años</t>
+          <t xml:space="preserve">        From 25 to 64 years old</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
         <v>16786.1</v>
       </c>
       <c r="C17" s="14" t="n">
         <v>6037.1</v>
       </c>
       <c r="D17" s="14" t="n">
         <v>6288.0</v>
       </c>
       <c r="E17" s="14" t="n">
         <v>3081.3</v>
       </c>
       <c r="F17" s="14" t="n">
         <v>1040.9</v>
       </c>
       <c r="G17" s="14" t="n">
         <v>159.9</v>
       </c>
       <c r="H17" s="14" t="n">
         <v>178.8</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 65 y más años</t>
+          <t xml:space="preserve">        From 65 and older</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
         <v>1106.2</v>
       </c>
       <c r="C18" s="14" t="n">
         <v>540.5</v>
       </c>
       <c r="D18" s="14" t="n">
         <v>408.5</v>
       </c>
       <c r="E18" s="14" t="n">
         <v>78.1</v>
       </c>
       <c r="F18" s="14" t="n">
         <v>9.3</v>
       </c>
       <c r="G18" s="14" t="n">
         <v>59.3</v>
       </c>
       <c r="H18" s="14" t="n">
         <v>10.2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Extranjero</t>
+          <t xml:space="preserve">    Foreign</t>
         </is>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="7"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="7"/>
     </row>
     <row r="20">
       <c r="A20" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        TOTAL</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
         <v>5706.9</v>
       </c>
       <c r="C20" s="14" t="n">
         <v>1314.4</v>
       </c>
       <c r="D20" s="14" t="n">
         <v>2479.3</v>
       </c>
       <c r="E20" s="14" t="n">
         <v>1361.2</v>
       </c>
       <c r="F20" s="14" t="n">
         <v>453.8</v>
       </c>
       <c r="G20" s="14" t="n">
         <v>60.7</v>
       </c>
       <c r="H20" s="14" t="n">
         <v>37.2</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 15 a 24 años</t>
+          <t xml:space="preserve">        From 15 to 24 years old</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
         <v>752.2</v>
       </c>
       <c r="C21" s="14" t="n">
         <v>347.1</v>
       </c>
       <c r="D21" s="14" t="n">
         <v>232.5</v>
       </c>
       <c r="E21" s="14" t="n">
         <v>124.9</v>
       </c>
       <c r="F21" s="14" t="n">
         <v>44.1</v>
       </c>
       <c r="G21" s="14" t="n">
         <v>0.6</v>
       </c>
       <c r="H21" s="14" t="n">
         <v>2.7</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 25 a 64 años</t>
+          <t xml:space="preserve">        From 25 to 64 years old</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
         <v>4826.8</v>
       </c>
       <c r="C22" s="14" t="n">
         <v>916.5</v>
       </c>
       <c r="D22" s="14" t="n">
         <v>2191.8</v>
       </c>
       <c r="E22" s="14" t="n">
         <v>1221.6</v>
       </c>
       <c r="F22" s="14" t="n">
         <v>409.6</v>
       </c>
       <c r="G22" s="14" t="n">
         <v>52.5</v>
       </c>
       <c r="H22" s="14" t="n">
         <v>34.4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 65 y más años</t>
+          <t xml:space="preserve">        From 65 and older</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
         <v>127.7</v>
       </c>
       <c r="C23" s="14" t="n">
         <v>50.6</v>
       </c>
       <c r="D23" s="14" t="n">
         <v>54.9</v>
       </c>
       <c r="E23" s="14" t="n">
         <v>14.6</v>
       </c>
       <c r="F23" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G23" s="14" t="n">
         <v>7.4</v>
       </c>
       <c r="H23" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="inlineStr">
         <is>
-          <t>Hombres</t>
+          <t>Men</t>
         </is>
       </c>
       <c r="B24" s="6"/>
       <c r="C24" s="6"/>
       <c r="D24" s="6"/>
       <c r="E24" s="6"/>
       <c r="F24" s="6"/>
       <c r="G24" s="6"/>
       <c r="H24" s="6"/>
     </row>
     <row r="25">
       <c r="A25" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL</t>
         </is>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
     </row>
     <row r="26">
@@ -857,399 +857,399 @@
       <c r="B26" s="14" t="n">
         <v>13547.7</v>
       </c>
       <c r="C26" s="14" t="n">
         <v>4882.8</v>
       </c>
       <c r="D26" s="14" t="n">
         <v>4354.2</v>
       </c>
       <c r="E26" s="14" t="n">
         <v>2841.8</v>
       </c>
       <c r="F26" s="14" t="n">
         <v>1169.9</v>
       </c>
       <c r="G26" s="14" t="n">
         <v>159.9</v>
       </c>
       <c r="H26" s="14" t="n">
         <v>138.8</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 15 a 24 años</t>
+          <t xml:space="preserve">        From 15 to 24 years old</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
         <v>2425.2</v>
       </c>
       <c r="C27" s="14" t="n">
         <v>1291.9</v>
       </c>
       <c r="D27" s="14" t="n">
         <v>648.1</v>
       </c>
       <c r="E27" s="14" t="n">
         <v>252.6</v>
       </c>
       <c r="F27" s="14" t="n">
         <v>136.5</v>
       </c>
       <c r="G27" s="14" t="n">
         <v>60.9</v>
       </c>
       <c r="H27" s="14" t="n">
         <v>34.8</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 25 a 64 años</t>
+          <t xml:space="preserve">        From 25 to 64 years old</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
         <v>10980.6</v>
       </c>
       <c r="C28" s="14" t="n">
         <v>3529.0</v>
       </c>
       <c r="D28" s="14" t="n">
         <v>3668.1</v>
       </c>
       <c r="E28" s="14" t="n">
         <v>2562.8</v>
       </c>
       <c r="F28" s="14" t="n">
         <v>1030.3</v>
       </c>
       <c r="G28" s="14" t="n">
         <v>87.2</v>
       </c>
       <c r="H28" s="14" t="n">
         <v>102.8</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 65 y más años</t>
+          <t xml:space="preserve">        From 65 and older</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
         <v>141.8</v>
       </c>
       <c r="C29" s="14" t="n">
         <v>61.7</v>
       </c>
       <c r="D29" s="14" t="n">
         <v>37.9</v>
       </c>
       <c r="E29" s="14" t="n">
         <v>26.3</v>
       </c>
       <c r="F29" s="14" t="n">
         <v>3.0</v>
       </c>
       <c r="G29" s="14" t="n">
         <v>11.6</v>
       </c>
       <c r="H29" s="14" t="n">
         <v>1.1</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    España</t>
+          <t xml:space="preserve">    Spain</t>
         </is>
       </c>
       <c r="B30" s="7"/>
       <c r="C30" s="7"/>
       <c r="D30" s="7"/>
       <c r="E30" s="7"/>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="7"/>
     </row>
     <row r="31">
       <c r="A31" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        TOTAL</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
         <v>10938.7</v>
       </c>
       <c r="C31" s="14" t="n">
         <v>4309.4</v>
       </c>
       <c r="D31" s="14" t="n">
         <v>3482.1</v>
       </c>
       <c r="E31" s="14" t="n">
         <v>2043.3</v>
       </c>
       <c r="F31" s="14" t="n">
         <v>848.6</v>
       </c>
       <c r="G31" s="14" t="n">
         <v>140.1</v>
       </c>
       <c r="H31" s="14" t="n">
         <v>114.8</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 15 a 24 años</t>
+          <t xml:space="preserve">        From 15 to 24 years old</t>
         </is>
       </c>
       <c r="B32" s="14" t="n">
         <v>2109.7</v>
       </c>
       <c r="C32" s="14" t="n">
         <v>1153.7</v>
       </c>
       <c r="D32" s="14" t="n">
         <v>584.4</v>
       </c>
       <c r="E32" s="14" t="n">
         <v>176.9</v>
       </c>
       <c r="F32" s="14" t="n">
         <v>99.3</v>
       </c>
       <c r="G32" s="14" t="n">
         <v>60.3</v>
       </c>
       <c r="H32" s="14" t="n">
         <v>34.8</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 25 a 64 años</t>
+          <t xml:space="preserve">        From 25 to 64 years old</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
         <v>8715.9</v>
       </c>
       <c r="C33" s="14" t="n">
         <v>3098.3</v>
       </c>
       <c r="D33" s="14" t="n">
         <v>2868.2</v>
       </c>
       <c r="E33" s="14" t="n">
         <v>1853.8</v>
       </c>
       <c r="F33" s="14" t="n">
         <v>746.2</v>
       </c>
       <c r="G33" s="14" t="n">
         <v>70.4</v>
       </c>
       <c r="H33" s="14" t="n">
         <v>78.8</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 65 y más años</t>
+          <t xml:space="preserve">        From 65 and older</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
         <v>113.1</v>
       </c>
       <c r="C34" s="14" t="n">
         <v>57.4</v>
       </c>
       <c r="D34" s="14" t="n">
         <v>29.4</v>
       </c>
       <c r="E34" s="14" t="n">
         <v>12.5</v>
       </c>
       <c r="F34" s="14" t="n">
         <v>3.0</v>
       </c>
       <c r="G34" s="14" t="n">
         <v>9.4</v>
       </c>
       <c r="H34" s="14" t="n">
         <v>1.1</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Extranjero</t>
+          <t xml:space="preserve">    Foreign</t>
         </is>
       </c>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="7"/>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
       <c r="H35" s="7"/>
     </row>
     <row r="36">
       <c r="A36" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        TOTAL</t>
         </is>
       </c>
       <c r="B36" s="14" t="n">
         <v>2608.9</v>
       </c>
       <c r="C36" s="14" t="n">
         <v>573.3</v>
       </c>
       <c r="D36" s="14" t="n">
         <v>872.0</v>
       </c>
       <c r="E36" s="14" t="n">
         <v>798.5</v>
       </c>
       <c r="F36" s="14" t="n">
         <v>321.2</v>
       </c>
       <c r="G36" s="14" t="n">
         <v>19.7</v>
       </c>
       <c r="H36" s="14" t="n">
         <v>24.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 15 a 24 años</t>
+          <t xml:space="preserve">        From 15 to 24 years old</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
         <v>315.5</v>
       </c>
       <c r="C37" s="14" t="n">
         <v>138.2</v>
       </c>
       <c r="D37" s="14" t="n">
         <v>63.7</v>
       </c>
       <c r="E37" s="14" t="n">
         <v>75.7</v>
       </c>
       <c r="F37" s="14" t="n">
         <v>37.1</v>
       </c>
       <c r="G37" s="14" t="n">
         <v>0.6</v>
       </c>
       <c r="H37" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 25 a 64 años</t>
+          <t xml:space="preserve">        From 25 to 64 years old</t>
         </is>
       </c>
       <c r="B38" s="14" t="n">
         <v>2264.7</v>
       </c>
       <c r="C38" s="14" t="n">
         <v>430.7</v>
       </c>
       <c r="D38" s="14" t="n">
         <v>799.8</v>
       </c>
       <c r="E38" s="14" t="n">
         <v>709.0</v>
       </c>
       <c r="F38" s="14" t="n">
         <v>284.1</v>
       </c>
       <c r="G38" s="14" t="n">
         <v>16.8</v>
       </c>
       <c r="H38" s="14" t="n">
         <v>24.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 65 y más años</t>
+          <t xml:space="preserve">        From 65 and older</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
         <v>28.7</v>
       </c>
       <c r="C39" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D39" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E39" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="F39" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G39" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="H39" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="6" t="inlineStr">
         <is>
-          <t>Mujeres</t>
+          <t>Women</t>
         </is>
       </c>
       <c r="B40" s="6"/>
       <c r="C40" s="6"/>
       <c r="D40" s="6"/>
       <c r="E40" s="6"/>
       <c r="F40" s="6"/>
       <c r="G40" s="6"/>
       <c r="H40" s="6"/>
     </row>
     <row r="41">
       <c r="A41" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL</t>
         </is>
       </c>
       <c r="B41" s="7"/>
       <c r="C41" s="7"/>
       <c r="D41" s="7"/>
       <c r="E41" s="7"/>
       <c r="F41" s="7"/>
       <c r="G41" s="7"/>
       <c r="H41" s="7"/>
     </row>
     <row r="42">
@@ -1261,408 +1261,408 @@
       <c r="B42" s="14" t="n">
         <v>14010.0</v>
       </c>
       <c r="C42" s="14" t="n">
         <v>5302.3</v>
       </c>
       <c r="D42" s="14" t="n">
         <v>5880.4</v>
       </c>
       <c r="E42" s="14" t="n">
         <v>2011.1</v>
       </c>
       <c r="F42" s="14" t="n">
         <v>448.5</v>
       </c>
       <c r="G42" s="14" t="n">
         <v>218.9</v>
       </c>
       <c r="H42" s="14" t="n">
         <v>148.5</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 15 a 24 años</t>
+          <t xml:space="preserve">        From 15 to 24 years old</t>
         </is>
       </c>
       <c r="B43" s="14" t="n">
         <v>2285.5</v>
       </c>
       <c r="C43" s="14" t="n">
         <v>1348.1</v>
       </c>
       <c r="D43" s="14" t="n">
         <v>643.2</v>
       </c>
       <c r="E43" s="14" t="n">
         <v>204.4</v>
       </c>
       <c r="F43" s="14" t="n">
         <v>22.0</v>
       </c>
       <c r="G43" s="14" t="n">
         <v>38.5</v>
       </c>
       <c r="H43" s="14" t="n">
         <v>29.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 25 a 64 años</t>
+          <t xml:space="preserve">        From 25 to 64 years old</t>
         </is>
       </c>
       <c r="B44" s="14" t="n">
         <v>10632.4</v>
       </c>
       <c r="C44" s="14" t="n">
         <v>3424.6</v>
       </c>
       <c r="D44" s="14" t="n">
         <v>4811.6</v>
       </c>
       <c r="E44" s="14" t="n">
         <v>1740.1</v>
       </c>
       <c r="F44" s="14" t="n">
         <v>420.2</v>
       </c>
       <c r="G44" s="14" t="n">
         <v>125.2</v>
       </c>
       <c r="H44" s="14" t="n">
         <v>110.4</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 65 y más años</t>
+          <t xml:space="preserve">        From 65 and older</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
         <v>1092.1</v>
       </c>
       <c r="C45" s="14" t="n">
         <v>529.5</v>
       </c>
       <c r="D45" s="14" t="n">
         <v>425.5</v>
       </c>
       <c r="E45" s="14" t="n">
         <v>66.5</v>
       </c>
       <c r="F45" s="14" t="n">
         <v>6.2</v>
       </c>
       <c r="G45" s="14" t="n">
         <v>55.1</v>
       </c>
       <c r="H45" s="14" t="n">
         <v>9.1</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    España</t>
+          <t xml:space="preserve">    Spain</t>
         </is>
       </c>
       <c r="B46" s="7"/>
       <c r="C46" s="7"/>
       <c r="D46" s="7"/>
       <c r="E46" s="7"/>
       <c r="F46" s="7"/>
       <c r="G46" s="7"/>
       <c r="H46" s="7"/>
     </row>
     <row r="47">
       <c r="A47" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        TOTAL</t>
         </is>
       </c>
       <c r="B47" s="14" t="n">
         <v>10912.1</v>
       </c>
       <c r="C47" s="14" t="n">
         <v>4561.1</v>
       </c>
       <c r="D47" s="14" t="n">
         <v>4273.1</v>
       </c>
       <c r="E47" s="14" t="n">
         <v>1448.3</v>
       </c>
       <c r="F47" s="14" t="n">
         <v>316.0</v>
       </c>
       <c r="G47" s="14" t="n">
         <v>177.9</v>
       </c>
       <c r="H47" s="14" t="n">
         <v>135.3</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 15 a 24 años</t>
+          <t xml:space="preserve">        From 15 to 24 years old</t>
         </is>
       </c>
       <c r="B48" s="14" t="n">
         <v>1848.7</v>
       </c>
       <c r="C48" s="14" t="n">
         <v>1139.2</v>
       </c>
       <c r="D48" s="14" t="n">
         <v>474.3</v>
       </c>
       <c r="E48" s="14" t="n">
         <v>155.2</v>
       </c>
       <c r="F48" s="14" t="n">
         <v>15.1</v>
       </c>
       <c r="G48" s="14" t="n">
         <v>38.5</v>
       </c>
       <c r="H48" s="14" t="n">
         <v>26.2</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 25 a 64 años</t>
+          <t xml:space="preserve">        From 25 to 64 years old</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
         <v>8070.2</v>
       </c>
       <c r="C49" s="14" t="n">
         <v>2938.8</v>
       </c>
       <c r="D49" s="14" t="n">
         <v>3419.7</v>
       </c>
       <c r="E49" s="14" t="n">
         <v>1227.5</v>
       </c>
       <c r="F49" s="14" t="n">
         <v>294.6</v>
       </c>
       <c r="G49" s="14" t="n">
         <v>89.4</v>
       </c>
       <c r="H49" s="14" t="n">
         <v>100.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 65 y más años</t>
+          <t xml:space="preserve">        From 65 and older</t>
         </is>
       </c>
       <c r="B50" s="14" t="n">
         <v>993.0</v>
       </c>
       <c r="C50" s="14" t="n">
         <v>483.1</v>
       </c>
       <c r="D50" s="14" t="n">
         <v>379.0</v>
       </c>
       <c r="E50" s="14" t="n">
         <v>65.5</v>
       </c>
       <c r="F50" s="14" t="n">
         <v>6.2</v>
       </c>
       <c r="G50" s="14" t="n">
         <v>49.8</v>
       </c>
       <c r="H50" s="14" t="n">
         <v>9.1</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    Extranjero</t>
+          <t xml:space="preserve">    Foreign</t>
         </is>
       </c>
       <c r="B51" s="7"/>
       <c r="C51" s="7"/>
       <c r="D51" s="7"/>
       <c r="E51" s="7"/>
       <c r="F51" s="7"/>
       <c r="G51" s="7"/>
       <c r="H51" s="7"/>
     </row>
     <row r="52">
       <c r="A52" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        TOTAL</t>
         </is>
       </c>
       <c r="B52" s="14" t="n">
         <v>3097.9</v>
       </c>
       <c r="C52" s="14" t="n">
         <v>741.1</v>
       </c>
       <c r="D52" s="14" t="n">
         <v>1607.2</v>
       </c>
       <c r="E52" s="14" t="n">
         <v>562.7</v>
       </c>
       <c r="F52" s="14" t="n">
         <v>132.5</v>
       </c>
       <c r="G52" s="14" t="n">
         <v>41.0</v>
       </c>
       <c r="H52" s="14" t="n">
         <v>13.1</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 15 a 24 años</t>
+          <t xml:space="preserve">        From 15 to 24 years old</t>
         </is>
       </c>
       <c r="B53" s="14" t="n">
         <v>436.7</v>
       </c>
       <c r="C53" s="14" t="n">
         <v>208.9</v>
       </c>
       <c r="D53" s="14" t="n">
         <v>168.8</v>
       </c>
       <c r="E53" s="14" t="n">
         <v>49.2</v>
       </c>
       <c r="F53" s="14" t="n">
         <v>6.9</v>
       </c>
       <c r="G53" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H53" s="14" t="n">
         <v>2.7</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 25 a 64 años</t>
+          <t xml:space="preserve">        From 25 to 64 years old</t>
         </is>
       </c>
       <c r="B54" s="14" t="n">
         <v>2562.1</v>
       </c>
       <c r="C54" s="14" t="n">
         <v>485.8</v>
       </c>
       <c r="D54" s="14" t="n">
         <v>1391.9</v>
       </c>
       <c r="E54" s="14" t="n">
         <v>512.6</v>
       </c>
       <c r="F54" s="14" t="n">
         <v>125.5</v>
       </c>
       <c r="G54" s="14" t="n">
         <v>35.7</v>
       </c>
       <c r="H54" s="14" t="n">
         <v>10.4</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="8" t="inlineStr">
         <is>
-          <t xml:space="preserve">        De 65 y más años</t>
+          <t xml:space="preserve">        From 65 and older</t>
         </is>
       </c>
       <c r="B55" s="14" t="n">
         <v>99.0</v>
       </c>
       <c r="C55" s="14" t="n">
         <v>46.3</v>
       </c>
       <c r="D55" s="14" t="n">
         <v>46.5</v>
       </c>
       <c r="E55" s="14" t="n">
         <v>0.9</v>
       </c>
       <c r="F55" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G55" s="14" t="n">
         <v>5.2</v>
       </c>
       <c r="H55" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>El símbolo '.' debe interpretarse como dato que no se proporciona por muestra insuficiente. El símbolo '..' debe interpretarse como dato que no se recoge para esa clasificación de la tabla. Los datos correspondientes a celdas con menos de 35 mil personas han de ser tomados con precaución, ya que pueden estar afectados de elevados errores de muestreo.</t>
+          <t>The symbol '.' is to be interpreted as data which is not provided due to insufficient sample. The symbol '..' is to be interpreted as data which is not included in that classification of the table. Data corresponding to cells with less than 35 thousand people are to be taken with caution, because they may be affected by large sampling errors.</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>Instituto Nacional de Estadística</t>
+          <t>National Institute of Statistics</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="18">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="A8:H8"/>
     <mergeCell ref="A9:H9"/>
     <mergeCell ref="A14:H14"/>
     <mergeCell ref="A19:H19"/>
     <mergeCell ref="A24:H24"/>
     <mergeCell ref="A25:H25"/>
     <mergeCell ref="A30:H30"/>
     <mergeCell ref="A35:H35"/>
     <mergeCell ref="A40:H40"/>
     <mergeCell ref="A41:H41"/>
     <mergeCell ref="A46:H46"/>
     <mergeCell ref="A51:H51"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>