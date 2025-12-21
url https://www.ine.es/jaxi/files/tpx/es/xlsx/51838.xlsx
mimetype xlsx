--- v0 (2025-12-13)
+++ v1 (2025-12-21)
@@ -3588,51 +3588,51 @@
         <v>0.59</v>
       </c>
       <c r="I94" s="14" t="n">
         <v>1.4</v>
       </c>
       <c r="J94" s="14" t="n">
         <v>0.15</v>
       </c>
       <c r="K94" s="14" t="n">
         <v>2.52</v>
       </c>
       <c r="L94" s="14" t="n">
         <v>45.12</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t xml:space="preserve">Una misma persona puede haber recibido más de un servicio. </t>
+          <t xml:space="preserve">1) Una misma persona puede haber recibido más de un servicio. </t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t xml:space="preserve"> 2) El número de discapacidades hace referencia a los 8 grupos de discapacidad: visión, audición,comunicación, aprendizaje, movilidad,autocuidado, vida doméstica e interacciones y relaciones personales.</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>Instituto Nacional de Estadística</t>
         </is>
       </c>
     </row>
   </sheetData>