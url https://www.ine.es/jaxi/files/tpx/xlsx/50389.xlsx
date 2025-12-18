--- v0 (2025-12-16)
+++ v1 (2025-12-18)
@@ -261,178 +261,178 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K101"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>Demographic phenomena. Municipal summary.</t>
+          <t>Resumen municipal de fenómenos demográficos</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>Year 2020</t>
+          <t>Año 2020</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
     </row>
     <row r="3">
       <c r="A3" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t xml:space="preserve">Guipúzcoa by municipalities and demographic phenomenon . </t>
+          <t xml:space="preserve">Gipuzkoa por municipios y fenómeno demográfico . </t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: demographic phenomena</t>
+          <t>Unidades: fenómenos demográficos</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
-          <t>Live-births by maternal residence</t>
+          <t>nacidos vivos por residencia materna</t>
         </is>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
-          <t>Late fetal deaths by maternal residence</t>
+          <t>muertes fetales tardías por residencia materna</t>
         </is>
       </c>
       <c r="D7" s="6" t="inlineStr">
         <is>
-          <t>Marriages by married couple residence</t>
+          <t>matrimonios por el lugar en que han fijado residencia</t>
         </is>
       </c>
       <c r="E7" s="6" t="inlineStr">
         <is>
-          <t>Deaths by place of residence</t>
+          <t>fallecidos por el lugar de residencia</t>
         </is>
       </c>
       <c r="F7" s="6" t="inlineStr">
         <is>
-          <t>Net natural increase</t>
+          <t>crecimiento vegetativo</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
           <t>20001 Abaltzisketa</t>
         </is>
       </c>
       <c r="B8" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C8" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D8" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E8" s="14" t="n">
         <v>3.0</v>
       </c>
       <c r="F8" s="14" t="n">
         <v>-3.0</v>
       </c>
     </row>
@@ -2345,51 +2345,51 @@
       </c>
       <c r="E95" s="14" t="n">
         <v>116.0</v>
       </c>
       <c r="F95" s="14" t="n">
         <v>-49.0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>National Statistics Institute</t>
+          <t>Instituto Nacional de Estadística</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>