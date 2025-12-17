--- v0 (2025-12-13)
+++ v1 (2025-12-17)
@@ -522,51 +522,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Travels, overnight stays, average stay and expenditure by main transport means used, according to the type of main destination</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: Viajes, Tasas, Días, Pernoctaciones, Miles €, €</t>
+          <t>Unidades: Travels, Rates, Days, Overnight stays, Thousands Euros, Euros</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>