--- v0 (2025-12-16)
+++ v1 (2025-12-18)
@@ -244,51 +244,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:DZ15"/>
+  <dimension ref="A1:EA15"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -380,50 +380,51 @@
     <col min="106" max="106" width="19.53125" customWidth="true"/>
     <col min="107" max="107" width="19.53125" customWidth="true"/>
     <col min="108" max="108" width="19.53125" customWidth="true"/>
     <col min="109" max="109" width="19.53125" customWidth="true"/>
     <col min="110" max="110" width="19.53125" customWidth="true"/>
     <col min="111" max="111" width="19.53125" customWidth="true"/>
     <col min="112" max="112" width="19.53125" customWidth="true"/>
     <col min="113" max="113" width="19.53125" customWidth="true"/>
     <col min="114" max="114" width="19.53125" customWidth="true"/>
     <col min="115" max="115" width="19.53125" customWidth="true"/>
     <col min="116" max="116" width="19.53125" customWidth="true"/>
     <col min="117" max="117" width="19.53125" customWidth="true"/>
     <col min="118" max="118" width="19.53125" customWidth="true"/>
     <col min="119" max="119" width="19.53125" customWidth="true"/>
     <col min="120" max="120" width="19.53125" customWidth="true"/>
     <col min="121" max="121" width="19.53125" customWidth="true"/>
     <col min="122" max="122" width="19.53125" customWidth="true"/>
     <col min="123" max="123" width="19.53125" customWidth="true"/>
     <col min="124" max="124" width="19.53125" customWidth="true"/>
     <col min="125" max="125" width="19.53125" customWidth="true"/>
     <col min="126" max="126" width="19.53125" customWidth="true"/>
     <col min="127" max="127" width="19.53125" customWidth="true"/>
     <col min="128" max="128" width="19.53125" customWidth="true"/>
     <col min="129" max="129" width="19.53125" customWidth="true"/>
     <col min="130" max="130" width="19.53125" customWidth="true"/>
+    <col min="131" max="131" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Índice de Garantía de Competitividad</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Índice de Garantía de Competitividad</t>
         </is>
       </c>
@@ -492,1085 +493,1093 @@
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
+          <t>2025M10</t>
+        </is>
+      </c>
+      <c r="C7" s="6" t="inlineStr">
+        <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="C7" s="6" t="inlineStr">
+      <c r="D7" s="6" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="D7" s="6" t="inlineStr">
+      <c r="E7" s="6" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="E7" s="6" t="inlineStr">
+      <c r="F7" s="6" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="F7" s="6" t="inlineStr">
+      <c r="G7" s="6" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="G7" s="6" t="inlineStr">
+      <c r="H7" s="6" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="H7" s="6" t="inlineStr">
+      <c r="I7" s="6" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="I7" s="6" t="inlineStr">
+      <c r="J7" s="6" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="J7" s="6" t="inlineStr">
+      <c r="K7" s="6" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="K7" s="6" t="inlineStr">
+      <c r="L7" s="6" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="L7" s="6" t="inlineStr">
+      <c r="M7" s="6" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="M7" s="6" t="inlineStr">
+      <c r="N7" s="6" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="N7" s="6" t="inlineStr">
+      <c r="O7" s="6" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="O7" s="6" t="inlineStr">
+      <c r="P7" s="6" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="P7" s="6" t="inlineStr">
+      <c r="Q7" s="6" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="Q7" s="6" t="inlineStr">
+      <c r="R7" s="6" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="R7" s="6" t="inlineStr">
+      <c r="S7" s="6" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="S7" s="6" t="inlineStr">
+      <c r="T7" s="6" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="T7" s="6" t="inlineStr">
+      <c r="U7" s="6" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="U7" s="6" t="inlineStr">
+      <c r="V7" s="6" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="V7" s="6" t="inlineStr">
+      <c r="W7" s="6" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="W7" s="6" t="inlineStr">
+      <c r="X7" s="6" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="X7" s="6" t="inlineStr">
+      <c r="Y7" s="6" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="Y7" s="6" t="inlineStr">
+      <c r="Z7" s="6" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="Z7" s="6" t="inlineStr">
+      <c r="AA7" s="6" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="AA7" s="6" t="inlineStr">
+      <c r="AB7" s="6" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="AB7" s="6" t="inlineStr">
+      <c r="AC7" s="6" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="AC7" s="6" t="inlineStr">
+      <c r="AD7" s="6" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="AD7" s="6" t="inlineStr">
+      <c r="AE7" s="6" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="AE7" s="6" t="inlineStr">
+      <c r="AF7" s="6" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="AF7" s="6" t="inlineStr">
+      <c r="AG7" s="6" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="AG7" s="6" t="inlineStr">
+      <c r="AH7" s="6" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="AH7" s="6" t="inlineStr">
+      <c r="AI7" s="6" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="AI7" s="6" t="inlineStr">
+      <c r="AJ7" s="6" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="AJ7" s="6" t="inlineStr">
+      <c r="AK7" s="6" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="AK7" s="6" t="inlineStr">
+      <c r="AL7" s="6" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="AL7" s="6" t="inlineStr">
+      <c r="AM7" s="6" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="AM7" s="6" t="inlineStr">
+      <c r="AN7" s="6" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="AN7" s="6" t="inlineStr">
+      <c r="AO7" s="6" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="AO7" s="6" t="inlineStr">
+      <c r="AP7" s="6" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="AP7" s="6" t="inlineStr">
+      <c r="AQ7" s="6" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="AQ7" s="6" t="inlineStr">
+      <c r="AR7" s="6" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="AR7" s="6" t="inlineStr">
+      <c r="AS7" s="6" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="AS7" s="6" t="inlineStr">
+      <c r="AT7" s="6" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="AT7" s="6" t="inlineStr">
+      <c r="AU7" s="6" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="AU7" s="6" t="inlineStr">
+      <c r="AV7" s="6" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="AV7" s="6" t="inlineStr">
+      <c r="AW7" s="6" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="AW7" s="6" t="inlineStr">
+      <c r="AX7" s="6" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="AX7" s="6" t="inlineStr">
+      <c r="AY7" s="6" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="AY7" s="6" t="inlineStr">
+      <c r="AZ7" s="6" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="AZ7" s="6" t="inlineStr">
+      <c r="BA7" s="6" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="BA7" s="6" t="inlineStr">
+      <c r="BB7" s="6" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="BB7" s="6" t="inlineStr">
+      <c r="BC7" s="6" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="BC7" s="6" t="inlineStr">
+      <c r="BD7" s="6" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="BD7" s="6" t="inlineStr">
+      <c r="BE7" s="6" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="BE7" s="6" t="inlineStr">
+      <c r="BF7" s="6" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="BF7" s="6" t="inlineStr">
+      <c r="BG7" s="6" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="BG7" s="6" t="inlineStr">
+      <c r="BH7" s="6" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="BH7" s="6" t="inlineStr">
+      <c r="BI7" s="6" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="BI7" s="6" t="inlineStr">
+      <c r="BJ7" s="6" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="BJ7" s="6" t="inlineStr">
+      <c r="BK7" s="6" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="BK7" s="6" t="inlineStr">
+      <c r="BL7" s="6" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="BL7" s="6" t="inlineStr">
+      <c r="BM7" s="6" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="BM7" s="6" t="inlineStr">
+      <c r="BN7" s="6" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="BN7" s="6" t="inlineStr">
+      <c r="BO7" s="6" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="BO7" s="6" t="inlineStr">
+      <c r="BP7" s="6" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="BP7" s="6" t="inlineStr">
+      <c r="BQ7" s="6" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="BQ7" s="6" t="inlineStr">
+      <c r="BR7" s="6" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="BR7" s="6" t="inlineStr">
+      <c r="BS7" s="6" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="BS7" s="6" t="inlineStr">
+      <c r="BT7" s="6" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="BT7" s="6" t="inlineStr">
+      <c r="BU7" s="6" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="BU7" s="6" t="inlineStr">
+      <c r="BV7" s="6" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="BV7" s="6" t="inlineStr">
+      <c r="BW7" s="6" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="BW7" s="6" t="inlineStr">
+      <c r="BX7" s="6" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="BX7" s="6" t="inlineStr">
+      <c r="BY7" s="6" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="BY7" s="6" t="inlineStr">
+      <c r="BZ7" s="6" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="BZ7" s="6" t="inlineStr">
+      <c r="CA7" s="6" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="CA7" s="6" t="inlineStr">
+      <c r="CB7" s="6" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="CB7" s="6" t="inlineStr">
+      <c r="CC7" s="6" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="CC7" s="6" t="inlineStr">
+      <c r="CD7" s="6" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="CD7" s="6" t="inlineStr">
+      <c r="CE7" s="6" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="CE7" s="6" t="inlineStr">
+      <c r="CF7" s="6" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="CF7" s="6" t="inlineStr">
+      <c r="CG7" s="6" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="CG7" s="6" t="inlineStr">
+      <c r="CH7" s="6" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="CH7" s="6" t="inlineStr">
+      <c r="CI7" s="6" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="CI7" s="6" t="inlineStr">
+      <c r="CJ7" s="6" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="CJ7" s="6" t="inlineStr">
+      <c r="CK7" s="6" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="CK7" s="6" t="inlineStr">
+      <c r="CL7" s="6" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="CL7" s="6" t="inlineStr">
+      <c r="CM7" s="6" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="CM7" s="6" t="inlineStr">
+      <c r="CN7" s="6" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="CN7" s="6" t="inlineStr">
+      <c r="CO7" s="6" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="CO7" s="6" t="inlineStr">
+      <c r="CP7" s="6" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="CP7" s="6" t="inlineStr">
+      <c r="CQ7" s="6" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="CQ7" s="6" t="inlineStr">
+      <c r="CR7" s="6" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="CR7" s="6" t="inlineStr">
+      <c r="CS7" s="6" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="CS7" s="6" t="inlineStr">
+      <c r="CT7" s="6" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="CT7" s="6" t="inlineStr">
+      <c r="CU7" s="6" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="CU7" s="6" t="inlineStr">
+      <c r="CV7" s="6" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="CV7" s="6" t="inlineStr">
+      <c r="CW7" s="6" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="CW7" s="6" t="inlineStr">
+      <c r="CX7" s="6" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="CX7" s="6" t="inlineStr">
+      <c r="CY7" s="6" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="CY7" s="6" t="inlineStr">
+      <c r="CZ7" s="6" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="CZ7" s="6" t="inlineStr">
+      <c r="DA7" s="6" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="DA7" s="6" t="inlineStr">
+      <c r="DB7" s="6" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="DB7" s="6" t="inlineStr">
+      <c r="DC7" s="6" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="DC7" s="6" t="inlineStr">
+      <c r="DD7" s="6" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="DD7" s="6" t="inlineStr">
+      <c r="DE7" s="6" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="DE7" s="6" t="inlineStr">
+      <c r="DF7" s="6" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="DF7" s="6" t="inlineStr">
+      <c r="DG7" s="6" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="DG7" s="6" t="inlineStr">
+      <c r="DH7" s="6" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="DH7" s="6" t="inlineStr">
+      <c r="DI7" s="6" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="DI7" s="6" t="inlineStr">
+      <c r="DJ7" s="6" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="DJ7" s="6" t="inlineStr">
+      <c r="DK7" s="6" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="DK7" s="6" t="inlineStr">
+      <c r="DL7" s="6" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="DL7" s="6" t="inlineStr">
+      <c r="DM7" s="6" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="DM7" s="6" t="inlineStr">
+      <c r="DN7" s="6" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="DN7" s="6" t="inlineStr">
+      <c r="DO7" s="6" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="DO7" s="6" t="inlineStr">
+      <c r="DP7" s="6" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="DP7" s="6" t="inlineStr">
+      <c r="DQ7" s="6" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="DQ7" s="6" t="inlineStr">
+      <c r="DR7" s="6" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="DR7" s="6" t="inlineStr">
+      <c r="DS7" s="6" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="DS7" s="6" t="inlineStr">
+      <c r="DT7" s="6" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="DT7" s="6" t="inlineStr">
+      <c r="DU7" s="6" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="DU7" s="6" t="inlineStr">
+      <c r="DV7" s="6" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="DV7" s="6" t="inlineStr">
+      <c r="DW7" s="6" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="DW7" s="6" t="inlineStr">
+      <c r="DX7" s="6" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="DX7" s="6" t="inlineStr">
+      <c r="DY7" s="6" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="DY7" s="6" t="inlineStr">
+      <c r="DZ7" s="6" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="DZ7" s="6" t="inlineStr">
+      <c r="EA7" s="6" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        Variación anual</t>
         </is>
       </c>
       <c r="B8" s="14" t="n">
+        <v>-0.72</v>
+      </c>
+      <c r="C8" s="14" t="n">
         <v>-0.37</v>
       </c>
-      <c r="C8" s="14" t="n">
+      <c r="D8" s="14" t="n">
         <v>-0.56</v>
       </c>
-      <c r="D8" s="14" t="n">
+      <c r="E8" s="14" t="n">
         <v>-0.77</v>
       </c>
-      <c r="E8" s="14" t="n">
+      <c r="F8" s="14" t="n">
         <v>-1.14</v>
       </c>
-      <c r="F8" s="14" t="n">
+      <c r="G8" s="14" t="n">
         <v>-1.05</v>
       </c>
-      <c r="G8" s="14" t="n">
+      <c r="H8" s="14" t="n">
         <v>-0.73</v>
       </c>
-      <c r="H8" s="14" t="n">
+      <c r="I8" s="14" t="n">
         <v>-0.72</v>
       </c>
-      <c r="I8" s="14" t="n">
+      <c r="J8" s="14" t="n">
         <v>-0.57</v>
       </c>
-      <c r="J8" s="14" t="n">
+      <c r="K8" s="14" t="n">
         <v>-0.31</v>
       </c>
-      <c r="K8" s="14" t="n">
+      <c r="L8" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="L8" s="14" t="n">
+      <c r="M8" s="14" t="n">
         <v>-0.18</v>
       </c>
-      <c r="M8" s="14" t="n">
+      <c r="N8" s="14" t="n">
         <v>-0.29</v>
       </c>
-      <c r="N8" s="14" t="n">
+      <c r="O8" s="14" t="n">
         <v>-0.45</v>
       </c>
-      <c r="O8" s="14" t="n">
+      <c r="P8" s="14" t="n">
         <v>-0.1</v>
       </c>
-      <c r="P8" s="14" t="n">
+      <c r="Q8" s="14" t="n">
         <v>0.11</v>
       </c>
-      <c r="Q8" s="14" t="n">
+      <c r="R8" s="14" t="n">
         <v>-0.42</v>
       </c>
-      <c r="R8" s="14" t="n">
+      <c r="S8" s="14" t="n">
         <v>-0.29</v>
       </c>
-      <c r="S8" s="14" t="n">
+      <c r="T8" s="14" t="n">
         <v>-0.43</v>
       </c>
-      <c r="T8" s="14" t="n">
+      <c r="U8" s="14" t="n">
         <v>-0.39</v>
       </c>
-      <c r="U8" s="14" t="n">
+      <c r="V8" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="V8" s="14" t="n">
+      <c r="W8" s="14" t="n">
         <v>0.17</v>
       </c>
-      <c r="W8" s="14" t="n">
+      <c r="X8" s="14" t="n">
         <v>0.72</v>
       </c>
-      <c r="X8" s="14" t="n">
+      <c r="Y8" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="Y8" s="14" t="n">
+      <c r="Z8" s="14" t="n">
         <v>0.58</v>
       </c>
-      <c r="Z8" s="14" t="n">
+      <c r="AA8" s="14" t="n">
         <v>2.15</v>
       </c>
-      <c r="AA8" s="14" t="n">
+      <c r="AB8" s="14" t="n">
         <v>3.11</v>
       </c>
-      <c r="AB8" s="14" t="n">
+      <c r="AC8" s="14" t="n">
         <v>3.04</v>
       </c>
-      <c r="AC8" s="14" t="n">
+      <c r="AD8" s="14" t="n">
         <v>3.11</v>
       </c>
-      <c r="AD8" s="14" t="n">
+      <c r="AE8" s="14" t="n">
         <v>3.83</v>
       </c>
-      <c r="AE8" s="14" t="n">
+      <c r="AF8" s="14" t="n">
         <v>4.65</v>
       </c>
-      <c r="AF8" s="14" t="n">
+      <c r="AG8" s="14" t="n">
         <v>4.49</v>
       </c>
-      <c r="AG8" s="14" t="n">
+      <c r="AH8" s="14" t="n">
         <v>6.14</v>
       </c>
-      <c r="AH8" s="14" t="n">
+      <c r="AI8" s="14" t="n">
         <v>6.42</v>
       </c>
-      <c r="AI8" s="14" t="n">
+      <c r="AJ8" s="14" t="n">
         <v>7.19</v>
       </c>
-      <c r="AJ8" s="14" t="n">
+      <c r="AK8" s="14" t="n">
         <v>8.17</v>
       </c>
-      <c r="AK8" s="14" t="n">
+      <c r="AL8" s="14" t="n">
         <v>8.6</v>
       </c>
-      <c r="AL8" s="14" t="n">
+      <c r="AM8" s="14" t="n">
         <v>7.34</v>
       </c>
-      <c r="AM8" s="14" t="n">
+      <c r="AN8" s="14" t="n">
         <v>5.97</v>
       </c>
-      <c r="AN8" s="14" t="n">
+      <c r="AO8" s="14" t="n">
         <v>5.42</v>
       </c>
-      <c r="AO8" s="14" t="n">
+      <c r="AP8" s="14" t="n">
         <v>4.76</v>
       </c>
-      <c r="AP8" s="14" t="n">
+      <c r="AQ8" s="14" t="n">
         <v>4.66</v>
       </c>
-      <c r="AQ8" s="14" t="n">
+      <c r="AR8" s="14" t="n">
         <v>4.05</v>
       </c>
-      <c r="AR8" s="14" t="n">
+      <c r="AS8" s="14" t="n">
         <v>3.69</v>
       </c>
-      <c r="AS8" s="14" t="n">
+      <c r="AT8" s="14" t="n">
         <v>2.75</v>
       </c>
-      <c r="AT8" s="14" t="n">
+      <c r="AU8" s="14" t="n">
         <v>2.02</v>
       </c>
-      <c r="AU8" s="14" t="n">
+      <c r="AV8" s="14" t="n">
         <v>1.77</v>
       </c>
-      <c r="AV8" s="14" t="n">
+      <c r="AW8" s="14" t="n">
         <v>1.95</v>
       </c>
-      <c r="AW8" s="14" t="n">
+      <c r="AX8" s="14" t="n">
         <v>1.03</v>
       </c>
-      <c r="AX8" s="14" t="n">
+      <c r="AY8" s="14" t="n">
         <v>0.67</v>
       </c>
-      <c r="AY8" s="14" t="n">
+      <c r="AZ8" s="14" t="n">
         <v>0.53</v>
       </c>
-      <c r="AZ8" s="14" t="n">
+      <c r="BA8" s="14" t="n">
         <v>-0.35</v>
       </c>
-      <c r="BA8" s="14" t="n">
+      <c r="BB8" s="14" t="n">
         <v>-1.18</v>
       </c>
-      <c r="BB8" s="14" t="n">
+      <c r="BC8" s="14" t="n">
         <v>-1.0</v>
       </c>
-      <c r="BC8" s="14" t="n">
+      <c r="BD8" s="14" t="n">
         <v>-1.22</v>
       </c>
-      <c r="BD8" s="14" t="n">
+      <c r="BE8" s="14" t="n">
         <v>-1.32</v>
       </c>
-      <c r="BE8" s="14" t="n">
+      <c r="BF8" s="14" t="n">
         <v>-1.38</v>
       </c>
-      <c r="BF8" s="14" t="n">
+      <c r="BG8" s="14" t="n">
         <v>-1.64</v>
       </c>
-      <c r="BG8" s="14" t="n">
+      <c r="BH8" s="14" t="n">
         <v>-2.73</v>
-      </c>
-[...1 lines deleted...]
-        <v>-2.84</v>
       </c>
       <c r="BI8" s="14" t="n">
         <v>-2.84</v>
       </c>
       <c r="BJ8" s="14" t="n">
+        <v>-2.84</v>
+      </c>
+      <c r="BK8" s="14" t="n">
         <v>-2.68</v>
       </c>
-      <c r="BK8" s="14" t="n">
+      <c r="BL8" s="14" t="n">
         <v>-2.4</v>
       </c>
-      <c r="BL8" s="14" t="n">
+      <c r="BM8" s="14" t="n">
         <v>-1.82</v>
       </c>
-      <c r="BM8" s="14" t="n">
+      <c r="BN8" s="14" t="n">
         <v>-2.54</v>
       </c>
-      <c r="BN8" s="14" t="n">
+      <c r="BO8" s="14" t="n">
         <v>-2.67</v>
       </c>
-      <c r="BO8" s="14" t="n">
+      <c r="BP8" s="14" t="n">
         <v>-2.36</v>
       </c>
-      <c r="BP8" s="14" t="n">
+      <c r="BQ8" s="14" t="n">
         <v>-1.92</v>
       </c>
-      <c r="BQ8" s="14" t="n">
+      <c r="BR8" s="14" t="n">
         <v>-1.46</v>
       </c>
-      <c r="BR8" s="14" t="n">
+      <c r="BS8" s="14" t="n">
         <v>-1.35</v>
       </c>
-      <c r="BS8" s="14" t="n">
+      <c r="BT8" s="14" t="n">
         <v>-1.26</v>
       </c>
-      <c r="BT8" s="14" t="n">
+      <c r="BU8" s="14" t="n">
         <v>-1.81</v>
       </c>
-      <c r="BU8" s="14" t="n">
+      <c r="BV8" s="14" t="n">
         <v>-1.94</v>
       </c>
-      <c r="BV8" s="14" t="n">
+      <c r="BW8" s="14" t="n">
         <v>-1.58</v>
       </c>
-      <c r="BW8" s="14" t="n">
+      <c r="BX8" s="14" t="n">
         <v>-1.39</v>
       </c>
-      <c r="BX8" s="14" t="n">
+      <c r="BY8" s="14" t="n">
         <v>-1.6</v>
       </c>
-      <c r="BY8" s="14" t="n">
+      <c r="BZ8" s="14" t="n">
         <v>-1.75</v>
       </c>
-      <c r="BZ8" s="14" t="n">
+      <c r="CA8" s="14" t="n">
         <v>-1.9</v>
       </c>
-      <c r="CA8" s="14" t="n">
+      <c r="CB8" s="14" t="n">
         <v>-1.32</v>
       </c>
-      <c r="CB8" s="14" t="n">
+      <c r="CC8" s="14" t="n">
         <v>-1.51</v>
       </c>
-      <c r="CC8" s="14" t="n">
+      <c r="CD8" s="14" t="n">
         <v>-1.29</v>
       </c>
-      <c r="CD8" s="14" t="n">
+      <c r="CE8" s="14" t="n">
         <v>-1.37</v>
       </c>
-      <c r="CE8" s="14" t="n">
+      <c r="CF8" s="14" t="n">
         <v>-1.21</v>
       </c>
-      <c r="CF8" s="14" t="n">
+      <c r="CG8" s="14" t="n">
         <v>-0.92</v>
       </c>
-      <c r="CG8" s="14" t="n">
+      <c r="CH8" s="14" t="n">
         <v>-0.66</v>
       </c>
-      <c r="CH8" s="14" t="n">
+      <c r="CI8" s="14" t="n">
         <v>-0.62</v>
       </c>
-      <c r="CI8" s="14" t="n">
+      <c r="CJ8" s="14" t="n">
         <v>-0.59</v>
       </c>
-      <c r="CJ8" s="14" t="n">
+      <c r="CK8" s="14" t="n">
         <v>-0.49</v>
       </c>
-      <c r="CK8" s="14" t="n">
+      <c r="CL8" s="14" t="n">
         <v>-1.0</v>
       </c>
-      <c r="CL8" s="14" t="n">
+      <c r="CM8" s="14" t="n">
         <v>-1.05</v>
       </c>
-      <c r="CM8" s="14" t="n">
+      <c r="CN8" s="14" t="n">
         <v>-1.49</v>
       </c>
-      <c r="CN8" s="14" t="n">
+      <c r="CO8" s="14" t="n">
         <v>-1.23</v>
       </c>
-      <c r="CO8" s="14" t="n">
+      <c r="CP8" s="14" t="n">
         <v>-1.35</v>
       </c>
-      <c r="CP8" s="14" t="n">
+      <c r="CQ8" s="14" t="n">
         <v>-1.18</v>
       </c>
-      <c r="CQ8" s="14" t="n">
+      <c r="CR8" s="14" t="n">
         <v>-1.38</v>
       </c>
-      <c r="CR8" s="14" t="n">
+      <c r="CS8" s="14" t="n">
         <v>-1.32</v>
       </c>
-      <c r="CS8" s="14" t="n">
+      <c r="CT8" s="14" t="n">
         <v>-1.38</v>
       </c>
-      <c r="CT8" s="14" t="n">
+      <c r="CU8" s="14" t="n">
         <v>-1.04</v>
       </c>
-      <c r="CU8" s="14" t="n">
+      <c r="CV8" s="14" t="n">
         <v>-0.99</v>
       </c>
-      <c r="CV8" s="14" t="n">
+      <c r="CW8" s="14" t="n">
         <v>-1.2</v>
       </c>
-      <c r="CW8" s="14" t="n">
+      <c r="CX8" s="14" t="n">
         <v>-1.53</v>
       </c>
-      <c r="CX8" s="14" t="n">
+      <c r="CY8" s="14" t="n">
         <v>-1.38</v>
       </c>
-      <c r="CY8" s="14" t="n">
+      <c r="CZ8" s="14" t="n">
         <v>-0.86</v>
       </c>
-      <c r="CZ8" s="14" t="n">
+      <c r="DA8" s="14" t="n">
         <v>-1.01</v>
       </c>
-      <c r="DA8" s="14" t="n">
+      <c r="DB8" s="14" t="n">
         <v>-0.44</v>
       </c>
-      <c r="DB8" s="14" t="n">
+      <c r="DC8" s="14" t="n">
         <v>-0.92</v>
       </c>
-      <c r="DC8" s="14" t="n">
+      <c r="DD8" s="14" t="n">
         <v>-1.61</v>
       </c>
-      <c r="DD8" s="14" t="n">
+      <c r="DE8" s="14" t="n">
         <v>-2.19</v>
       </c>
-      <c r="DE8" s="14" t="n">
+      <c r="DF8" s="14" t="n">
         <v>-2.15</v>
       </c>
-      <c r="DF8" s="14" t="n">
+      <c r="DG8" s="14" t="n">
         <v>-2.01</v>
       </c>
-      <c r="DG8" s="14" t="n">
+      <c r="DH8" s="14" t="n">
         <v>-2.1</v>
       </c>
-      <c r="DH8" s="14" t="n">
+      <c r="DI8" s="14" t="n">
         <v>-2.35</v>
       </c>
-      <c r="DI8" s="14" t="n">
+      <c r="DJ8" s="14" t="n">
         <v>-2.85</v>
       </c>
-      <c r="DJ8" s="14" t="n">
+      <c r="DK8" s="14" t="n">
         <v>-2.93</v>
       </c>
-      <c r="DK8" s="14" t="n">
+      <c r="DL8" s="14" t="n">
         <v>-2.99</v>
       </c>
-      <c r="DL8" s="14" t="n">
+      <c r="DM8" s="14" t="n">
         <v>-2.65</v>
       </c>
-      <c r="DM8" s="14" t="n">
+      <c r="DN8" s="14" t="n">
         <v>-2.49</v>
       </c>
-      <c r="DN8" s="14" t="n">
+      <c r="DO8" s="14" t="n">
         <v>-2.17</v>
       </c>
-      <c r="DO8" s="14" t="n">
+      <c r="DP8" s="14" t="n">
         <v>-2.39</v>
       </c>
-      <c r="DP8" s="14" t="n">
+      <c r="DQ8" s="14" t="n">
         <v>-2.62</v>
       </c>
-      <c r="DQ8" s="14" t="n">
+      <c r="DR8" s="14" t="n">
         <v>-2.54</v>
       </c>
-      <c r="DR8" s="14" t="n">
+      <c r="DS8" s="14" t="n">
         <v>-2.61</v>
       </c>
-      <c r="DS8" s="14" t="n">
+      <c r="DT8" s="14" t="n">
         <v>-2.4</v>
       </c>
-      <c r="DT8" s="14" t="n">
+      <c r="DU8" s="14" t="n">
         <v>-2.57</v>
       </c>
-      <c r="DU8" s="14" t="n">
+      <c r="DV8" s="14" t="n">
         <v>-3.05</v>
       </c>
-      <c r="DV8" s="14" t="n">
+      <c r="DW8" s="14" t="n">
         <v>-2.85</v>
       </c>
-      <c r="DW8" s="14" t="n">
+      <c r="DX8" s="14" t="n">
         <v>-3.07</v>
       </c>
-      <c r="DX8" s="14" t="n">
+      <c r="DY8" s="14" t="n">
         <v>-3.03</v>
       </c>
-      <c r="DY8" s="14" t="n">
+      <c r="DZ8" s="14" t="n">
         <v>-2.94</v>
       </c>
-      <c r="DZ8" s="14" t="n">
+      <c r="EA8" s="14" t="n">
         <v>-3.37</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Con fecha 17/03/2022 se ha corregido el dato correspondiente a diciembre de 2021</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="15">