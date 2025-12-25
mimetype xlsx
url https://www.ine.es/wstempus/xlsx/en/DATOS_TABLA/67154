--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -255,51 +255,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:ALI19"/>
+  <dimension ref="A1:ALM19"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -1258,50 +1258,54 @@
     <col min="973" max="973" width="19.53125" customWidth="true"/>
     <col min="974" max="974" width="19.53125" customWidth="true"/>
     <col min="975" max="975" width="19.53125" customWidth="true"/>
     <col min="976" max="976" width="19.53125" customWidth="true"/>
     <col min="977" max="977" width="19.53125" customWidth="true"/>
     <col min="978" max="978" width="19.53125" customWidth="true"/>
     <col min="979" max="979" width="19.53125" customWidth="true"/>
     <col min="980" max="980" width="19.53125" customWidth="true"/>
     <col min="981" max="981" width="19.53125" customWidth="true"/>
     <col min="982" max="982" width="19.53125" customWidth="true"/>
     <col min="983" max="983" width="19.53125" customWidth="true"/>
     <col min="984" max="984" width="19.53125" customWidth="true"/>
     <col min="985" max="985" width="19.53125" customWidth="true"/>
     <col min="986" max="986" width="19.53125" customWidth="true"/>
     <col min="987" max="987" width="19.53125" customWidth="true"/>
     <col min="988" max="988" width="19.53125" customWidth="true"/>
     <col min="989" max="989" width="19.53125" customWidth="true"/>
     <col min="990" max="990" width="19.53125" customWidth="true"/>
     <col min="991" max="991" width="19.53125" customWidth="true"/>
     <col min="992" max="992" width="19.53125" customWidth="true"/>
     <col min="993" max="993" width="19.53125" customWidth="true"/>
     <col min="994" max="994" width="19.53125" customWidth="true"/>
     <col min="995" max="995" width="19.53125" customWidth="true"/>
     <col min="996" max="996" width="19.53125" customWidth="true"/>
     <col min="997" max="997" width="19.53125" customWidth="true"/>
+    <col min="998" max="998" width="19.53125" customWidth="true"/>
+    <col min="999" max="999" width="19.53125" customWidth="true"/>
+    <col min="1000" max="1000" width="19.53125" customWidth="true"/>
+    <col min="1001" max="1001" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Industrial producer price index breakdowns by activity</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Industrial Price Indices: IPRI+IPRIX</t>
         </is>
       </c>
@@ -1621,56 +1625,56 @@
       <c r="HR7" s="6"/>
       <c r="HS7" s="6"/>
       <c r="HT7" s="6"/>
       <c r="HU7" s="6"/>
       <c r="HV7" s="6"/>
       <c r="HW7" s="6"/>
       <c r="HX7" s="6"/>
       <c r="HY7" s="6"/>
       <c r="HZ7" s="6"/>
       <c r="IA7" s="6"/>
       <c r="IB7" s="6"/>
       <c r="IC7" s="6"/>
       <c r="ID7" s="6"/>
       <c r="IE7" s="6"/>
       <c r="IF7" s="6"/>
       <c r="IG7" s="6"/>
       <c r="IH7" s="6"/>
       <c r="II7" s="6"/>
       <c r="IJ7" s="6"/>
       <c r="IK7" s="6"/>
       <c r="IL7" s="6"/>
       <c r="IM7" s="6"/>
       <c r="IN7" s="6"/>
       <c r="IO7" s="6"/>
       <c r="IP7" s="6"/>
-      <c r="IQ7" s="6" t="inlineStr">
+      <c r="IQ7" s="6"/>
+      <c r="IR7" s="6" t="inlineStr">
         <is>
           <t>Monthly variation rate</t>
         </is>
       </c>
-      <c r="IR7" s="6"/>
       <c r="IS7" s="6"/>
       <c r="IT7" s="6"/>
       <c r="IU7" s="6"/>
       <c r="IV7" s="6"/>
       <c r="IW7" s="6"/>
       <c r="IX7" s="6"/>
       <c r="IY7" s="6"/>
       <c r="IZ7" s="6"/>
       <c r="JA7" s="6"/>
       <c r="JB7" s="6"/>
       <c r="JC7" s="6"/>
       <c r="JD7" s="6"/>
       <c r="JE7" s="6"/>
       <c r="JF7" s="6"/>
       <c r="JG7" s="6"/>
       <c r="JH7" s="6"/>
       <c r="JI7" s="6"/>
       <c r="JJ7" s="6"/>
       <c r="JK7" s="6"/>
       <c r="JL7" s="6"/>
       <c r="JM7" s="6"/>
       <c r="JN7" s="6"/>
       <c r="JO7" s="6"/>
       <c r="JP7" s="6"/>
       <c r="JQ7" s="6"/>
@@ -1874,57 +1878,57 @@
       <c r="RG7" s="6"/>
       <c r="RH7" s="6"/>
       <c r="RI7" s="6"/>
       <c r="RJ7" s="6"/>
       <c r="RK7" s="6"/>
       <c r="RL7" s="6"/>
       <c r="RM7" s="6"/>
       <c r="RN7" s="6"/>
       <c r="RO7" s="6"/>
       <c r="RP7" s="6"/>
       <c r="RQ7" s="6"/>
       <c r="RR7" s="6"/>
       <c r="RS7" s="6"/>
       <c r="RT7" s="6"/>
       <c r="RU7" s="6"/>
       <c r="RV7" s="6"/>
       <c r="RW7" s="6"/>
       <c r="RX7" s="6"/>
       <c r="RY7" s="6"/>
       <c r="RZ7" s="6"/>
       <c r="SA7" s="6"/>
       <c r="SB7" s="6"/>
       <c r="SC7" s="6"/>
       <c r="SD7" s="6"/>
       <c r="SE7" s="6"/>
-      <c r="SF7" s="6" t="inlineStr">
+      <c r="SF7" s="6"/>
+      <c r="SG7" s="6"/>
+      <c r="SH7" s="6" t="inlineStr">
         <is>
           <t>Annual variation rate</t>
         </is>
       </c>
-      <c r="SG7" s="6"/>
-      <c r="SH7" s="6"/>
       <c r="SI7" s="6"/>
       <c r="SJ7" s="6"/>
       <c r="SK7" s="6"/>
       <c r="SL7" s="6"/>
       <c r="SM7" s="6"/>
       <c r="SN7" s="6"/>
       <c r="SO7" s="6"/>
       <c r="SP7" s="6"/>
       <c r="SQ7" s="6"/>
       <c r="SR7" s="6"/>
       <c r="SS7" s="6"/>
       <c r="ST7" s="6"/>
       <c r="SU7" s="6"/>
       <c r="SV7" s="6"/>
       <c r="SW7" s="6"/>
       <c r="SX7" s="6"/>
       <c r="SY7" s="6"/>
       <c r="SZ7" s="6"/>
       <c r="TA7" s="6"/>
       <c r="TB7" s="6"/>
       <c r="TC7" s="6"/>
       <c r="TD7" s="6"/>
       <c r="TE7" s="6"/>
       <c r="TF7" s="6"/>
       <c r="TG7" s="6"/>
@@ -2127,58 +2131,58 @@
       <c r="AAV7" s="6"/>
       <c r="AAW7" s="6"/>
       <c r="AAX7" s="6"/>
       <c r="AAY7" s="6"/>
       <c r="AAZ7" s="6"/>
       <c r="ABA7" s="6"/>
       <c r="ABB7" s="6"/>
       <c r="ABC7" s="6"/>
       <c r="ABD7" s="6"/>
       <c r="ABE7" s="6"/>
       <c r="ABF7" s="6"/>
       <c r="ABG7" s="6"/>
       <c r="ABH7" s="6"/>
       <c r="ABI7" s="6"/>
       <c r="ABJ7" s="6"/>
       <c r="ABK7" s="6"/>
       <c r="ABL7" s="6"/>
       <c r="ABM7" s="6"/>
       <c r="ABN7" s="6"/>
       <c r="ABO7" s="6"/>
       <c r="ABP7" s="6"/>
       <c r="ABQ7" s="6"/>
       <c r="ABR7" s="6"/>
       <c r="ABS7" s="6"/>
       <c r="ABT7" s="6"/>
-      <c r="ABU7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="ABU7" s="6"/>
       <c r="ABV7" s="6"/>
       <c r="ABW7" s="6"/>
-      <c r="ABX7" s="6"/>
+      <c r="ABX7" s="6" t="inlineStr">
+        <is>
+          <t>Year-to-date variation rate</t>
+        </is>
+      </c>
       <c r="ABY7" s="6"/>
       <c r="ABZ7" s="6"/>
       <c r="ACA7" s="6"/>
       <c r="ACB7" s="6"/>
       <c r="ACC7" s="6"/>
       <c r="ACD7" s="6"/>
       <c r="ACE7" s="6"/>
       <c r="ACF7" s="6"/>
       <c r="ACG7" s="6"/>
       <c r="ACH7" s="6"/>
       <c r="ACI7" s="6"/>
       <c r="ACJ7" s="6"/>
       <c r="ACK7" s="6"/>
       <c r="ACL7" s="6"/>
       <c r="ACM7" s="6"/>
       <c r="ACN7" s="6"/>
       <c r="ACO7" s="6"/>
       <c r="ACP7" s="6"/>
       <c r="ACQ7" s="6"/>
       <c r="ACR7" s="6"/>
       <c r="ACS7" s="6"/>
       <c r="ACT7" s="6"/>
       <c r="ACU7" s="6"/>
       <c r="ACV7" s="6"/>
       <c r="ACW7" s="6"/>
@@ -2380,17442 +2384,17514 @@
       <c r="AKK7" s="6"/>
       <c r="AKL7" s="6"/>
       <c r="AKM7" s="6"/>
       <c r="AKN7" s="6"/>
       <c r="AKO7" s="6"/>
       <c r="AKP7" s="6"/>
       <c r="AKQ7" s="6"/>
       <c r="AKR7" s="6"/>
       <c r="AKS7" s="6"/>
       <c r="AKT7" s="6"/>
       <c r="AKU7" s="6"/>
       <c r="AKV7" s="6"/>
       <c r="AKW7" s="6"/>
       <c r="AKX7" s="6"/>
       <c r="AKY7" s="6"/>
       <c r="AKZ7" s="6"/>
       <c r="ALA7" s="6"/>
       <c r="ALB7" s="6"/>
       <c r="ALC7" s="6"/>
       <c r="ALD7" s="6"/>
       <c r="ALE7" s="6"/>
       <c r="ALF7" s="6"/>
       <c r="ALG7" s="6"/>
       <c r="ALH7" s="6"/>
       <c r="ALI7" s="6"/>
+      <c r="ALJ7" s="6"/>
+      <c r="ALK7" s="6"/>
+      <c r="ALL7" s="6"/>
+      <c r="ALM7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2025M10</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="AP8" s="7" t="inlineStr">
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="AQ8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="AR8" s="7" t="inlineStr">
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="AS8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="AT8" s="7" t="inlineStr">
+      <c r="AU8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="AU8" s="7" t="inlineStr">
+      <c r="AV8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="AV8" s="7" t="inlineStr">
+      <c r="AW8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="AW8" s="7" t="inlineStr">
+      <c r="AX8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="AX8" s="7" t="inlineStr">
+      <c r="AY8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="AY8" s="7" t="inlineStr">
+      <c r="AZ8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="AZ8" s="7" t="inlineStr">
+      <c r="BA8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="BA8" s="7" t="inlineStr">
+      <c r="BB8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="BB8" s="7" t="inlineStr">
+      <c r="BC8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="BC8" s="7" t="inlineStr">
+      <c r="BD8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="BD8" s="7" t="inlineStr">
+      <c r="BE8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="BE8" s="7" t="inlineStr">
+      <c r="BF8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="BF8" s="7" t="inlineStr">
+      <c r="BG8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="BG8" s="7" t="inlineStr">
+      <c r="BH8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="BH8" s="7" t="inlineStr">
+      <c r="BI8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="BI8" s="7" t="inlineStr">
+      <c r="BJ8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="BJ8" s="7" t="inlineStr">
+      <c r="BK8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="BK8" s="7" t="inlineStr">
+      <c r="BL8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="BL8" s="7" t="inlineStr">
+      <c r="BM8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="BM8" s="7" t="inlineStr">
+      <c r="BN8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="BN8" s="7" t="inlineStr">
+      <c r="BO8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="BO8" s="7" t="inlineStr">
+      <c r="BP8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="BP8" s="7" t="inlineStr">
+      <c r="BQ8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="BQ8" s="7" t="inlineStr">
+      <c r="BR8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="BR8" s="7" t="inlineStr">
+      <c r="BS8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="BS8" s="7" t="inlineStr">
+      <c r="BT8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="BT8" s="7" t="inlineStr">
+      <c r="BU8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="BU8" s="7" t="inlineStr">
+      <c r="BV8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="BV8" s="7" t="inlineStr">
+      <c r="BW8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="BW8" s="7" t="inlineStr">
+      <c r="BX8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="BX8" s="7" t="inlineStr">
+      <c r="BY8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="BY8" s="7" t="inlineStr">
+      <c r="BZ8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="BZ8" s="7" t="inlineStr">
+      <c r="CA8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="CA8" s="7" t="inlineStr">
+      <c r="CB8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="CB8" s="7" t="inlineStr">
+      <c r="CC8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="CC8" s="7" t="inlineStr">
+      <c r="CD8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="CD8" s="7" t="inlineStr">
+      <c r="CE8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="CE8" s="7" t="inlineStr">
+      <c r="CF8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="CF8" s="7" t="inlineStr">
+      <c r="CG8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="CG8" s="7" t="inlineStr">
+      <c r="CH8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="CH8" s="7" t="inlineStr">
+      <c r="CI8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="CI8" s="7" t="inlineStr">
+      <c r="CJ8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="CJ8" s="7" t="inlineStr">
+      <c r="CK8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="CK8" s="7" t="inlineStr">
+      <c r="CL8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="CL8" s="7" t="inlineStr">
+      <c r="CM8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="CM8" s="7" t="inlineStr">
+      <c r="CN8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="CN8" s="7" t="inlineStr">
+      <c r="CO8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="CO8" s="7" t="inlineStr">
+      <c r="CP8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="CP8" s="7" t="inlineStr">
+      <c r="CQ8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="CQ8" s="7" t="inlineStr">
+      <c r="CR8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="CR8" s="7" t="inlineStr">
+      <c r="CS8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="CS8" s="7" t="inlineStr">
+      <c r="CT8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="CT8" s="7" t="inlineStr">
+      <c r="CU8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="CU8" s="7" t="inlineStr">
+      <c r="CV8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="CV8" s="7" t="inlineStr">
+      <c r="CW8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="CW8" s="7" t="inlineStr">
+      <c r="CX8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="CX8" s="7" t="inlineStr">
+      <c r="CY8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="CY8" s="7" t="inlineStr">
+      <c r="CZ8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="CZ8" s="7" t="inlineStr">
+      <c r="DA8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="DA8" s="7" t="inlineStr">
+      <c r="DB8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="DB8" s="7" t="inlineStr">
+      <c r="DC8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="DC8" s="7" t="inlineStr">
+      <c r="DD8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="DD8" s="7" t="inlineStr">
+      <c r="DE8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="DE8" s="7" t="inlineStr">
+      <c r="DF8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="DF8" s="7" t="inlineStr">
+      <c r="DG8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="DG8" s="7" t="inlineStr">
+      <c r="DH8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="DH8" s="7" t="inlineStr">
+      <c r="DI8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="DI8" s="7" t="inlineStr">
+      <c r="DJ8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="DJ8" s="7" t="inlineStr">
+      <c r="DK8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="DK8" s="7" t="inlineStr">
+      <c r="DL8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="DL8" s="7" t="inlineStr">
+      <c r="DM8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="DM8" s="7" t="inlineStr">
+      <c r="DN8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="DN8" s="7" t="inlineStr">
+      <c r="DO8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="DO8" s="7" t="inlineStr">
+      <c r="DP8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="DP8" s="7" t="inlineStr">
+      <c r="DQ8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="DQ8" s="7" t="inlineStr">
+      <c r="DR8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="DR8" s="7" t="inlineStr">
+      <c r="DS8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="DS8" s="7" t="inlineStr">
+      <c r="DT8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="DT8" s="7" t="inlineStr">
+      <c r="DU8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="DU8" s="7" t="inlineStr">
+      <c r="DV8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="DV8" s="7" t="inlineStr">
+      <c r="DW8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="DW8" s="7" t="inlineStr">
+      <c r="DX8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="DX8" s="7" t="inlineStr">
+      <c r="DY8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="DY8" s="7" t="inlineStr">
+      <c r="DZ8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="DZ8" s="7" t="inlineStr">
+      <c r="EA8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="EA8" s="7" t="inlineStr">
+      <c r="EB8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="EB8" s="7" t="inlineStr">
+      <c r="EC8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="EC8" s="7" t="inlineStr">
+      <c r="ED8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="ED8" s="7" t="inlineStr">
+      <c r="EE8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="EE8" s="7" t="inlineStr">
+      <c r="EF8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="EF8" s="7" t="inlineStr">
+      <c r="EG8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="EG8" s="7" t="inlineStr">
+      <c r="EH8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="EH8" s="7" t="inlineStr">
+      <c r="EI8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="EI8" s="7" t="inlineStr">
+      <c r="EJ8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="EJ8" s="7" t="inlineStr">
+      <c r="EK8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="EK8" s="7" t="inlineStr">
+      <c r="EL8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="EL8" s="7" t="inlineStr">
+      <c r="EM8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="EM8" s="7" t="inlineStr">
+      <c r="EN8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="EN8" s="7" t="inlineStr">
+      <c r="EO8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="EO8" s="7" t="inlineStr">
+      <c r="EP8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="EP8" s="7" t="inlineStr">
+      <c r="EQ8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="EQ8" s="7" t="inlineStr">
+      <c r="ER8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="ER8" s="7" t="inlineStr">
+      <c r="ES8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="ES8" s="7" t="inlineStr">
+      <c r="ET8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="ET8" s="7" t="inlineStr">
+      <c r="EU8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="EU8" s="7" t="inlineStr">
+      <c r="EV8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="EV8" s="7" t="inlineStr">
+      <c r="EW8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="EW8" s="7" t="inlineStr">
+      <c r="EX8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="EX8" s="7" t="inlineStr">
+      <c r="EY8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="EY8" s="7" t="inlineStr">
+      <c r="EZ8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="EZ8" s="7" t="inlineStr">
+      <c r="FA8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="FA8" s="7" t="inlineStr">
+      <c r="FB8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="FB8" s="7" t="inlineStr">
+      <c r="FC8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="FC8" s="7" t="inlineStr">
+      <c r="FD8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="FD8" s="7" t="inlineStr">
+      <c r="FE8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="FE8" s="7" t="inlineStr">
+      <c r="FF8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="FF8" s="7" t="inlineStr">
+      <c r="FG8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="FG8" s="7" t="inlineStr">
+      <c r="FH8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="FH8" s="7" t="inlineStr">
+      <c r="FI8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="FI8" s="7" t="inlineStr">
+      <c r="FJ8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="FJ8" s="7" t="inlineStr">
+      <c r="FK8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="FK8" s="7" t="inlineStr">
+      <c r="FL8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="FL8" s="7" t="inlineStr">
+      <c r="FM8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="FM8" s="7" t="inlineStr">
+      <c r="FN8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="FN8" s="7" t="inlineStr">
+      <c r="FO8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="FO8" s="7" t="inlineStr">
+      <c r="FP8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="FP8" s="7" t="inlineStr">
+      <c r="FQ8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="FQ8" s="7" t="inlineStr">
+      <c r="FR8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="FR8" s="7" t="inlineStr">
+      <c r="FS8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="FS8" s="7" t="inlineStr">
+      <c r="FT8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="FT8" s="7" t="inlineStr">
+      <c r="FU8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="FU8" s="7" t="inlineStr">
+      <c r="FV8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="FV8" s="7" t="inlineStr">
+      <c r="FW8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="FW8" s="7" t="inlineStr">
+      <c r="FX8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="FX8" s="7" t="inlineStr">
+      <c r="FY8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="FY8" s="7" t="inlineStr">
+      <c r="FZ8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="FZ8" s="7" t="inlineStr">
+      <c r="GA8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="GA8" s="7" t="inlineStr">
+      <c r="GB8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="GB8" s="7" t="inlineStr">
+      <c r="GC8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="GC8" s="7" t="inlineStr">
+      <c r="GD8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="GD8" s="7" t="inlineStr">
+      <c r="GE8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="GE8" s="7" t="inlineStr">
+      <c r="GF8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="GF8" s="7" t="inlineStr">
+      <c r="GG8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="GG8" s="7" t="inlineStr">
+      <c r="GH8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="GH8" s="7" t="inlineStr">
+      <c r="GI8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="GI8" s="7" t="inlineStr">
+      <c r="GJ8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="GJ8" s="7" t="inlineStr">
+      <c r="GK8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="GK8" s="7" t="inlineStr">
+      <c r="GL8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="GL8" s="7" t="inlineStr">
+      <c r="GM8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="GM8" s="7" t="inlineStr">
+      <c r="GN8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="GN8" s="7" t="inlineStr">
+      <c r="GO8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="GO8" s="7" t="inlineStr">
+      <c r="GP8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="GP8" s="7" t="inlineStr">
+      <c r="GQ8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="GQ8" s="7" t="inlineStr">
+      <c r="GR8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="GR8" s="7" t="inlineStr">
+      <c r="GS8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="GS8" s="7" t="inlineStr">
+      <c r="GT8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="GT8" s="7" t="inlineStr">
+      <c r="GU8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="GU8" s="7" t="inlineStr">
+      <c r="GV8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="GV8" s="7" t="inlineStr">
+      <c r="GW8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="GW8" s="7" t="inlineStr">
+      <c r="GX8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="GX8" s="7" t="inlineStr">
+      <c r="GY8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="GY8" s="7" t="inlineStr">
+      <c r="GZ8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="GZ8" s="7" t="inlineStr">
+      <c r="HA8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="HA8" s="7" t="inlineStr">
+      <c r="HB8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="HB8" s="7" t="inlineStr">
+      <c r="HC8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="HC8" s="7" t="inlineStr">
+      <c r="HD8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="HD8" s="7" t="inlineStr">
+      <c r="HE8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="HE8" s="7" t="inlineStr">
+      <c r="HF8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="HF8" s="7" t="inlineStr">
+      <c r="HG8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="HG8" s="7" t="inlineStr">
+      <c r="HH8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="HH8" s="7" t="inlineStr">
+      <c r="HI8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="HI8" s="7" t="inlineStr">
+      <c r="HJ8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="HJ8" s="7" t="inlineStr">
+      <c r="HK8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="HK8" s="7" t="inlineStr">
+      <c r="HL8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="HL8" s="7" t="inlineStr">
+      <c r="HM8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="HM8" s="7" t="inlineStr">
+      <c r="HN8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="HN8" s="7" t="inlineStr">
+      <c r="HO8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="HO8" s="7" t="inlineStr">
+      <c r="HP8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="HP8" s="7" t="inlineStr">
+      <c r="HQ8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="HQ8" s="7" t="inlineStr">
+      <c r="HR8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="HR8" s="7" t="inlineStr">
+      <c r="HS8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="HS8" s="7" t="inlineStr">
+      <c r="HT8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="HT8" s="7" t="inlineStr">
+      <c r="HU8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="HU8" s="7" t="inlineStr">
+      <c r="HV8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="HV8" s="7" t="inlineStr">
+      <c r="HW8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="HW8" s="7" t="inlineStr">
+      <c r="HX8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="HX8" s="7" t="inlineStr">
+      <c r="HY8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="HY8" s="7" t="inlineStr">
+      <c r="HZ8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="HZ8" s="7" t="inlineStr">
+      <c r="IA8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="IA8" s="7" t="inlineStr">
+      <c r="IB8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="IB8" s="7" t="inlineStr">
+      <c r="IC8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="IC8" s="7" t="inlineStr">
+      <c r="ID8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="ID8" s="7" t="inlineStr">
+      <c r="IE8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="IE8" s="7" t="inlineStr">
+      <c r="IF8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="IF8" s="7" t="inlineStr">
+      <c r="IG8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="IG8" s="7" t="inlineStr">
+      <c r="IH8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="IH8" s="7" t="inlineStr">
+      <c r="II8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="II8" s="7" t="inlineStr">
+      <c r="IJ8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="IJ8" s="7" t="inlineStr">
+      <c r="IK8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="IK8" s="7" t="inlineStr">
+      <c r="IL8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="IL8" s="7" t="inlineStr">
+      <c r="IM8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="IM8" s="7" t="inlineStr">
+      <c r="IN8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="IN8" s="7" t="inlineStr">
+      <c r="IO8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="IO8" s="7" t="inlineStr">
+      <c r="IP8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="IP8" s="7" t="inlineStr">
+      <c r="IQ8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
-      <c r="IQ8" s="7" t="inlineStr">
+      <c r="IR8" s="7" t="inlineStr">
+        <is>
+          <t>2025M10</t>
+        </is>
+      </c>
+      <c r="IS8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="IR8" s="7" t="inlineStr">
+      <c r="IT8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="IS8" s="7" t="inlineStr">
+      <c r="IU8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="IT8" s="7" t="inlineStr">
+      <c r="IV8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="IU8" s="7" t="inlineStr">
+      <c r="IW8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="IV8" s="7" t="inlineStr">
+      <c r="IX8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="IW8" s="7" t="inlineStr">
+      <c r="IY8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="IX8" s="7" t="inlineStr">
+      <c r="IZ8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="IY8" s="7" t="inlineStr">
+      <c r="JA8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="IZ8" s="7" t="inlineStr">
+      <c r="JB8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="JA8" s="7" t="inlineStr">
+      <c r="JC8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="JB8" s="7" t="inlineStr">
+      <c r="JD8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="JC8" s="7" t="inlineStr">
+      <c r="JE8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="JD8" s="7" t="inlineStr">
+      <c r="JF8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="JE8" s="7" t="inlineStr">
+      <c r="JG8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="JF8" s="7" t="inlineStr">
+      <c r="JH8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="JG8" s="7" t="inlineStr">
+      <c r="JI8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="JH8" s="7" t="inlineStr">
+      <c r="JJ8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="JI8" s="7" t="inlineStr">
+      <c r="JK8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="JJ8" s="7" t="inlineStr">
+      <c r="JL8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="JK8" s="7" t="inlineStr">
+      <c r="JM8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="JL8" s="7" t="inlineStr">
+      <c r="JN8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="JM8" s="7" t="inlineStr">
+      <c r="JO8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="JN8" s="7" t="inlineStr">
+      <c r="JP8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="JO8" s="7" t="inlineStr">
+      <c r="JQ8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="JP8" s="7" t="inlineStr">
+      <c r="JR8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="JQ8" s="7" t="inlineStr">
+      <c r="JS8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="JR8" s="7" t="inlineStr">
+      <c r="JT8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="JS8" s="7" t="inlineStr">
+      <c r="JU8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="JT8" s="7" t="inlineStr">
+      <c r="JV8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="JU8" s="7" t="inlineStr">
+      <c r="JW8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="JV8" s="7" t="inlineStr">
+      <c r="JX8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="JW8" s="7" t="inlineStr">
+      <c r="JY8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="JX8" s="7" t="inlineStr">
+      <c r="JZ8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="JY8" s="7" t="inlineStr">
+      <c r="KA8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="JZ8" s="7" t="inlineStr">
+      <c r="KB8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="KA8" s="7" t="inlineStr">
+      <c r="KC8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="KB8" s="7" t="inlineStr">
+      <c r="KD8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="KC8" s="7" t="inlineStr">
+      <c r="KE8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="KD8" s="7" t="inlineStr">
+      <c r="KF8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="KE8" s="7" t="inlineStr">
+      <c r="KG8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="KF8" s="7" t="inlineStr">
+      <c r="KH8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="KG8" s="7" t="inlineStr">
+      <c r="KI8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="KH8" s="7" t="inlineStr">
+      <c r="KJ8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="KI8" s="7" t="inlineStr">
+      <c r="KK8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="KJ8" s="7" t="inlineStr">
+      <c r="KL8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="KK8" s="7" t="inlineStr">
+      <c r="KM8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="KL8" s="7" t="inlineStr">
+      <c r="KN8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="KM8" s="7" t="inlineStr">
+      <c r="KO8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="KN8" s="7" t="inlineStr">
+      <c r="KP8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="KO8" s="7" t="inlineStr">
+      <c r="KQ8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="KP8" s="7" t="inlineStr">
+      <c r="KR8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="KQ8" s="7" t="inlineStr">
+      <c r="KS8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="KR8" s="7" t="inlineStr">
+      <c r="KT8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="KS8" s="7" t="inlineStr">
+      <c r="KU8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="KT8" s="7" t="inlineStr">
+      <c r="KV8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="KU8" s="7" t="inlineStr">
+      <c r="KW8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="KV8" s="7" t="inlineStr">
+      <c r="KX8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="KW8" s="7" t="inlineStr">
+      <c r="KY8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="KX8" s="7" t="inlineStr">
+      <c r="KZ8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="KY8" s="7" t="inlineStr">
+      <c r="LA8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="KZ8" s="7" t="inlineStr">
+      <c r="LB8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="LA8" s="7" t="inlineStr">
+      <c r="LC8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="LB8" s="7" t="inlineStr">
+      <c r="LD8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="LC8" s="7" t="inlineStr">
+      <c r="LE8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="LD8" s="7" t="inlineStr">
+      <c r="LF8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="LE8" s="7" t="inlineStr">
+      <c r="LG8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="LF8" s="7" t="inlineStr">
+      <c r="LH8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="LG8" s="7" t="inlineStr">
+      <c r="LI8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="LH8" s="7" t="inlineStr">
+      <c r="LJ8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="LI8" s="7" t="inlineStr">
+      <c r="LK8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="LJ8" s="7" t="inlineStr">
+      <c r="LL8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="LK8" s="7" t="inlineStr">
+      <c r="LM8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="LL8" s="7" t="inlineStr">
+      <c r="LN8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="LM8" s="7" t="inlineStr">
+      <c r="LO8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="LN8" s="7" t="inlineStr">
+      <c r="LP8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="LO8" s="7" t="inlineStr">
+      <c r="LQ8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="LP8" s="7" t="inlineStr">
+      <c r="LR8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="LQ8" s="7" t="inlineStr">
+      <c r="LS8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="LR8" s="7" t="inlineStr">
+      <c r="LT8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="LS8" s="7" t="inlineStr">
+      <c r="LU8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="LT8" s="7" t="inlineStr">
+      <c r="LV8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="LU8" s="7" t="inlineStr">
+      <c r="LW8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="LV8" s="7" t="inlineStr">
+      <c r="LX8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="LW8" s="7" t="inlineStr">
+      <c r="LY8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="LX8" s="7" t="inlineStr">
+      <c r="LZ8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="LY8" s="7" t="inlineStr">
+      <c r="MA8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="LZ8" s="7" t="inlineStr">
+      <c r="MB8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="MA8" s="7" t="inlineStr">
+      <c r="MC8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="MB8" s="7" t="inlineStr">
+      <c r="MD8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="MC8" s="7" t="inlineStr">
+      <c r="ME8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="MD8" s="7" t="inlineStr">
+      <c r="MF8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="ME8" s="7" t="inlineStr">
+      <c r="MG8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="MF8" s="7" t="inlineStr">
+      <c r="MH8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="MG8" s="7" t="inlineStr">
+      <c r="MI8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="MH8" s="7" t="inlineStr">
+      <c r="MJ8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="MI8" s="7" t="inlineStr">
+      <c r="MK8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="MJ8" s="7" t="inlineStr">
+      <c r="ML8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="MK8" s="7" t="inlineStr">
+      <c r="MM8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="ML8" s="7" t="inlineStr">
+      <c r="MN8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="MM8" s="7" t="inlineStr">
+      <c r="MO8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="MN8" s="7" t="inlineStr">
+      <c r="MP8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="MO8" s="7" t="inlineStr">
+      <c r="MQ8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="MP8" s="7" t="inlineStr">
+      <c r="MR8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="MQ8" s="7" t="inlineStr">
+      <c r="MS8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="MR8" s="7" t="inlineStr">
+      <c r="MT8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="MS8" s="7" t="inlineStr">
+      <c r="MU8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="MT8" s="7" t="inlineStr">
+      <c r="MV8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="MU8" s="7" t="inlineStr">
+      <c r="MW8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="MV8" s="7" t="inlineStr">
+      <c r="MX8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="MW8" s="7" t="inlineStr">
+      <c r="MY8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="MX8" s="7" t="inlineStr">
+      <c r="MZ8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="MY8" s="7" t="inlineStr">
+      <c r="NA8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="MZ8" s="7" t="inlineStr">
+      <c r="NB8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="NA8" s="7" t="inlineStr">
+      <c r="NC8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="NB8" s="7" t="inlineStr">
+      <c r="ND8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="NC8" s="7" t="inlineStr">
+      <c r="NE8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="ND8" s="7" t="inlineStr">
+      <c r="NF8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="NE8" s="7" t="inlineStr">
+      <c r="NG8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="NF8" s="7" t="inlineStr">
+      <c r="NH8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="NG8" s="7" t="inlineStr">
+      <c r="NI8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="NH8" s="7" t="inlineStr">
+      <c r="NJ8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="NI8" s="7" t="inlineStr">
+      <c r="NK8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="NJ8" s="7" t="inlineStr">
+      <c r="NL8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="NK8" s="7" t="inlineStr">
+      <c r="NM8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="NL8" s="7" t="inlineStr">
+      <c r="NN8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="NM8" s="7" t="inlineStr">
+      <c r="NO8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="NN8" s="7" t="inlineStr">
+      <c r="NP8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="NO8" s="7" t="inlineStr">
+      <c r="NQ8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="NP8" s="7" t="inlineStr">
+      <c r="NR8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="NQ8" s="7" t="inlineStr">
+      <c r="NS8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="NR8" s="7" t="inlineStr">
+      <c r="NT8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="NS8" s="7" t="inlineStr">
+      <c r="NU8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="NT8" s="7" t="inlineStr">
+      <c r="NV8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="NU8" s="7" t="inlineStr">
+      <c r="NW8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="NV8" s="7" t="inlineStr">
+      <c r="NX8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="NW8" s="7" t="inlineStr">
+      <c r="NY8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="NX8" s="7" t="inlineStr">
+      <c r="NZ8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="NY8" s="7" t="inlineStr">
+      <c r="OA8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="NZ8" s="7" t="inlineStr">
+      <c r="OB8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="OA8" s="7" t="inlineStr">
+      <c r="OC8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="OB8" s="7" t="inlineStr">
+      <c r="OD8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="OC8" s="7" t="inlineStr">
+      <c r="OE8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="OD8" s="7" t="inlineStr">
+      <c r="OF8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="OE8" s="7" t="inlineStr">
+      <c r="OG8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="OF8" s="7" t="inlineStr">
+      <c r="OH8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="OG8" s="7" t="inlineStr">
+      <c r="OI8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="OH8" s="7" t="inlineStr">
+      <c r="OJ8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="OI8" s="7" t="inlineStr">
+      <c r="OK8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="OJ8" s="7" t="inlineStr">
+      <c r="OL8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="OK8" s="7" t="inlineStr">
+      <c r="OM8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="OL8" s="7" t="inlineStr">
+      <c r="ON8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="OM8" s="7" t="inlineStr">
+      <c r="OO8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="ON8" s="7" t="inlineStr">
+      <c r="OP8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="OO8" s="7" t="inlineStr">
+      <c r="OQ8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="OP8" s="7" t="inlineStr">
+      <c r="OR8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="OQ8" s="7" t="inlineStr">
+      <c r="OS8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="OR8" s="7" t="inlineStr">
+      <c r="OT8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="OS8" s="7" t="inlineStr">
+      <c r="OU8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="OT8" s="7" t="inlineStr">
+      <c r="OV8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="OU8" s="7" t="inlineStr">
+      <c r="OW8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="OV8" s="7" t="inlineStr">
+      <c r="OX8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="OW8" s="7" t="inlineStr">
+      <c r="OY8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="OX8" s="7" t="inlineStr">
+      <c r="OZ8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="OY8" s="7" t="inlineStr">
+      <c r="PA8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="OZ8" s="7" t="inlineStr">
+      <c r="PB8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="PA8" s="7" t="inlineStr">
+      <c r="PC8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="PB8" s="7" t="inlineStr">
+      <c r="PD8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="PC8" s="7" t="inlineStr">
+      <c r="PE8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="PD8" s="7" t="inlineStr">
+      <c r="PF8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="PE8" s="7" t="inlineStr">
+      <c r="PG8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="PF8" s="7" t="inlineStr">
+      <c r="PH8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="PG8" s="7" t="inlineStr">
+      <c r="PI8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="PH8" s="7" t="inlineStr">
+      <c r="PJ8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="PI8" s="7" t="inlineStr">
+      <c r="PK8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="PJ8" s="7" t="inlineStr">
+      <c r="PL8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="PK8" s="7" t="inlineStr">
+      <c r="PM8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="PL8" s="7" t="inlineStr">
+      <c r="PN8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="PM8" s="7" t="inlineStr">
+      <c r="PO8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="PN8" s="7" t="inlineStr">
+      <c r="PP8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="PO8" s="7" t="inlineStr">
+      <c r="PQ8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="PP8" s="7" t="inlineStr">
+      <c r="PR8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="PQ8" s="7" t="inlineStr">
+      <c r="PS8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="PR8" s="7" t="inlineStr">
+      <c r="PT8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="PS8" s="7" t="inlineStr">
+      <c r="PU8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="PT8" s="7" t="inlineStr">
+      <c r="PV8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="PU8" s="7" t="inlineStr">
+      <c r="PW8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="PV8" s="7" t="inlineStr">
+      <c r="PX8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="PW8" s="7" t="inlineStr">
+      <c r="PY8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="PX8" s="7" t="inlineStr">
+      <c r="PZ8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="PY8" s="7" t="inlineStr">
+      <c r="QA8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="PZ8" s="7" t="inlineStr">
+      <c r="QB8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="QA8" s="7" t="inlineStr">
+      <c r="QC8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="QB8" s="7" t="inlineStr">
+      <c r="QD8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="QC8" s="7" t="inlineStr">
+      <c r="QE8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="QD8" s="7" t="inlineStr">
+      <c r="QF8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="QE8" s="7" t="inlineStr">
+      <c r="QG8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="QF8" s="7" t="inlineStr">
+      <c r="QH8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="QG8" s="7" t="inlineStr">
+      <c r="QI8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="QH8" s="7" t="inlineStr">
+      <c r="QJ8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="QI8" s="7" t="inlineStr">
+      <c r="QK8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="QJ8" s="7" t="inlineStr">
+      <c r="QL8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="QK8" s="7" t="inlineStr">
+      <c r="QM8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="QL8" s="7" t="inlineStr">
+      <c r="QN8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="QM8" s="7" t="inlineStr">
+      <c r="QO8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="QN8" s="7" t="inlineStr">
+      <c r="QP8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="QO8" s="7" t="inlineStr">
+      <c r="QQ8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="QP8" s="7" t="inlineStr">
+      <c r="QR8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="QQ8" s="7" t="inlineStr">
+      <c r="QS8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="QR8" s="7" t="inlineStr">
+      <c r="QT8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="QS8" s="7" t="inlineStr">
+      <c r="QU8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="QT8" s="7" t="inlineStr">
+      <c r="QV8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="QU8" s="7" t="inlineStr">
+      <c r="QW8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="QV8" s="7" t="inlineStr">
+      <c r="QX8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="QW8" s="7" t="inlineStr">
+      <c r="QY8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="QX8" s="7" t="inlineStr">
+      <c r="QZ8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="QY8" s="7" t="inlineStr">
+      <c r="RA8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="QZ8" s="7" t="inlineStr">
+      <c r="RB8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="RA8" s="7" t="inlineStr">
+      <c r="RC8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="RB8" s="7" t="inlineStr">
+      <c r="RD8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="RC8" s="7" t="inlineStr">
+      <c r="RE8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="RD8" s="7" t="inlineStr">
+      <c r="RF8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="RE8" s="7" t="inlineStr">
+      <c r="RG8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="RF8" s="7" t="inlineStr">
+      <c r="RH8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="RG8" s="7" t="inlineStr">
+      <c r="RI8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="RH8" s="7" t="inlineStr">
+      <c r="RJ8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="RI8" s="7" t="inlineStr">
+      <c r="RK8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="RJ8" s="7" t="inlineStr">
+      <c r="RL8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="RK8" s="7" t="inlineStr">
+      <c r="RM8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="RL8" s="7" t="inlineStr">
+      <c r="RN8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="RM8" s="7" t="inlineStr">
+      <c r="RO8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="RN8" s="7" t="inlineStr">
+      <c r="RP8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="RO8" s="7" t="inlineStr">
+      <c r="RQ8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="RP8" s="7" t="inlineStr">
+      <c r="RR8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="RQ8" s="7" t="inlineStr">
+      <c r="RS8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="RR8" s="7" t="inlineStr">
+      <c r="RT8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="RS8" s="7" t="inlineStr">
+      <c r="RU8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="RT8" s="7" t="inlineStr">
+      <c r="RV8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="RU8" s="7" t="inlineStr">
+      <c r="RW8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="RV8" s="7" t="inlineStr">
+      <c r="RX8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="RW8" s="7" t="inlineStr">
+      <c r="RY8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="RX8" s="7" t="inlineStr">
+      <c r="RZ8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="RY8" s="7" t="inlineStr">
+      <c r="SA8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="RZ8" s="7" t="inlineStr">
+      <c r="SB8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="SA8" s="7" t="inlineStr">
+      <c r="SC8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="SB8" s="7" t="inlineStr">
+      <c r="SD8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="SC8" s="7" t="inlineStr">
+      <c r="SE8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="SD8" s="7" t="inlineStr">
+      <c r="SF8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="SE8" s="7" t="inlineStr">
+      <c r="SG8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
-      <c r="SF8" s="7" t="inlineStr">
+      <c r="SH8" s="7" t="inlineStr">
+        <is>
+          <t>2025M10</t>
+        </is>
+      </c>
+      <c r="SI8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="SG8" s="7" t="inlineStr">
+      <c r="SJ8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="SH8" s="7" t="inlineStr">
+      <c r="SK8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="SI8" s="7" t="inlineStr">
+      <c r="SL8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="SJ8" s="7" t="inlineStr">
+      <c r="SM8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="SK8" s="7" t="inlineStr">
+      <c r="SN8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="SL8" s="7" t="inlineStr">
+      <c r="SO8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="SM8" s="7" t="inlineStr">
+      <c r="SP8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="SN8" s="7" t="inlineStr">
+      <c r="SQ8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="SO8" s="7" t="inlineStr">
+      <c r="SR8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="SP8" s="7" t="inlineStr">
+      <c r="SS8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="SQ8" s="7" t="inlineStr">
+      <c r="ST8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="SR8" s="7" t="inlineStr">
+      <c r="SU8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="SS8" s="7" t="inlineStr">
+      <c r="SV8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="ST8" s="7" t="inlineStr">
+      <c r="SW8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="SU8" s="7" t="inlineStr">
+      <c r="SX8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="SV8" s="7" t="inlineStr">
+      <c r="SY8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="SW8" s="7" t="inlineStr">
+      <c r="SZ8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="SX8" s="7" t="inlineStr">
+      <c r="TA8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="SY8" s="7" t="inlineStr">
+      <c r="TB8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="SZ8" s="7" t="inlineStr">
+      <c r="TC8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="TA8" s="7" t="inlineStr">
+      <c r="TD8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="TB8" s="7" t="inlineStr">
+      <c r="TE8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="TC8" s="7" t="inlineStr">
+      <c r="TF8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="TD8" s="7" t="inlineStr">
+      <c r="TG8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="TE8" s="7" t="inlineStr">
+      <c r="TH8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="TF8" s="7" t="inlineStr">
+      <c r="TI8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="TG8" s="7" t="inlineStr">
+      <c r="TJ8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="TH8" s="7" t="inlineStr">
+      <c r="TK8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="TI8" s="7" t="inlineStr">
+      <c r="TL8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="TJ8" s="7" t="inlineStr">
+      <c r="TM8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="TK8" s="7" t="inlineStr">
+      <c r="TN8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="TL8" s="7" t="inlineStr">
+      <c r="TO8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="TM8" s="7" t="inlineStr">
+      <c r="TP8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="TN8" s="7" t="inlineStr">
+      <c r="TQ8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="TO8" s="7" t="inlineStr">
+      <c r="TR8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="TP8" s="7" t="inlineStr">
+      <c r="TS8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="TQ8" s="7" t="inlineStr">
+      <c r="TT8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="TR8" s="7" t="inlineStr">
+      <c r="TU8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="TS8" s="7" t="inlineStr">
+      <c r="TV8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="TT8" s="7" t="inlineStr">
+      <c r="TW8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="TU8" s="7" t="inlineStr">
+      <c r="TX8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="TV8" s="7" t="inlineStr">
+      <c r="TY8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="TW8" s="7" t="inlineStr">
+      <c r="TZ8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="TX8" s="7" t="inlineStr">
+      <c r="UA8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="TY8" s="7" t="inlineStr">
+      <c r="UB8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="TZ8" s="7" t="inlineStr">
+      <c r="UC8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="UA8" s="7" t="inlineStr">
+      <c r="UD8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="UB8" s="7" t="inlineStr">
+      <c r="UE8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="UC8" s="7" t="inlineStr">
+      <c r="UF8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="UD8" s="7" t="inlineStr">
+      <c r="UG8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="UE8" s="7" t="inlineStr">
+      <c r="UH8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="UF8" s="7" t="inlineStr">
+      <c r="UI8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="UG8" s="7" t="inlineStr">
+      <c r="UJ8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="UH8" s="7" t="inlineStr">
+      <c r="UK8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="UI8" s="7" t="inlineStr">
+      <c r="UL8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="UJ8" s="7" t="inlineStr">
+      <c r="UM8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="UK8" s="7" t="inlineStr">
+      <c r="UN8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="UL8" s="7" t="inlineStr">
+      <c r="UO8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="UM8" s="7" t="inlineStr">
+      <c r="UP8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="UN8" s="7" t="inlineStr">
+      <c r="UQ8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="UO8" s="7" t="inlineStr">
+      <c r="UR8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="UP8" s="7" t="inlineStr">
+      <c r="US8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="UQ8" s="7" t="inlineStr">
+      <c r="UT8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="UR8" s="7" t="inlineStr">
+      <c r="UU8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="US8" s="7" t="inlineStr">
+      <c r="UV8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="UT8" s="7" t="inlineStr">
+      <c r="UW8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="UU8" s="7" t="inlineStr">
+      <c r="UX8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="UV8" s="7" t="inlineStr">
+      <c r="UY8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="UW8" s="7" t="inlineStr">
+      <c r="UZ8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="UX8" s="7" t="inlineStr">
+      <c r="VA8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="UY8" s="7" t="inlineStr">
+      <c r="VB8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="UZ8" s="7" t="inlineStr">
+      <c r="VC8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="VA8" s="7" t="inlineStr">
+      <c r="VD8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="VB8" s="7" t="inlineStr">
+      <c r="VE8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="VC8" s="7" t="inlineStr">
+      <c r="VF8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="VD8" s="7" t="inlineStr">
+      <c r="VG8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="VE8" s="7" t="inlineStr">
+      <c r="VH8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="VF8" s="7" t="inlineStr">
+      <c r="VI8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="VG8" s="7" t="inlineStr">
+      <c r="VJ8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="VH8" s="7" t="inlineStr">
+      <c r="VK8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="VI8" s="7" t="inlineStr">
+      <c r="VL8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="VJ8" s="7" t="inlineStr">
+      <c r="VM8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="VK8" s="7" t="inlineStr">
+      <c r="VN8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="VL8" s="7" t="inlineStr">
+      <c r="VO8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="VM8" s="7" t="inlineStr">
+      <c r="VP8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="VN8" s="7" t="inlineStr">
+      <c r="VQ8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="VO8" s="7" t="inlineStr">
+      <c r="VR8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="VP8" s="7" t="inlineStr">
+      <c r="VS8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="VQ8" s="7" t="inlineStr">
+      <c r="VT8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="VR8" s="7" t="inlineStr">
+      <c r="VU8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="VS8" s="7" t="inlineStr">
+      <c r="VV8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="VT8" s="7" t="inlineStr">
+      <c r="VW8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="VU8" s="7" t="inlineStr">
+      <c r="VX8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="VV8" s="7" t="inlineStr">
+      <c r="VY8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="VW8" s="7" t="inlineStr">
+      <c r="VZ8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="VX8" s="7" t="inlineStr">
+      <c r="WA8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="VY8" s="7" t="inlineStr">
+      <c r="WB8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="VZ8" s="7" t="inlineStr">
+      <c r="WC8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="WA8" s="7" t="inlineStr">
+      <c r="WD8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="WB8" s="7" t="inlineStr">
+      <c r="WE8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="WC8" s="7" t="inlineStr">
+      <c r="WF8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="WD8" s="7" t="inlineStr">
+      <c r="WG8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="WE8" s="7" t="inlineStr">
+      <c r="WH8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="WF8" s="7" t="inlineStr">
+      <c r="WI8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="WG8" s="7" t="inlineStr">
+      <c r="WJ8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="WH8" s="7" t="inlineStr">
+      <c r="WK8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="WI8" s="7" t="inlineStr">
+      <c r="WL8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="WJ8" s="7" t="inlineStr">
+      <c r="WM8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="WK8" s="7" t="inlineStr">
+      <c r="WN8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="WL8" s="7" t="inlineStr">
+      <c r="WO8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="WM8" s="7" t="inlineStr">
+      <c r="WP8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="WN8" s="7" t="inlineStr">
+      <c r="WQ8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="WO8" s="7" t="inlineStr">
+      <c r="WR8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="WP8" s="7" t="inlineStr">
+      <c r="WS8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="WQ8" s="7" t="inlineStr">
+      <c r="WT8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="WR8" s="7" t="inlineStr">
+      <c r="WU8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="WS8" s="7" t="inlineStr">
+      <c r="WV8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="WT8" s="7" t="inlineStr">
+      <c r="WW8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="WU8" s="7" t="inlineStr">
+      <c r="WX8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="WV8" s="7" t="inlineStr">
+      <c r="WY8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="WW8" s="7" t="inlineStr">
+      <c r="WZ8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="WX8" s="7" t="inlineStr">
+      <c r="XA8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="WY8" s="7" t="inlineStr">
+      <c r="XB8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="WZ8" s="7" t="inlineStr">
+      <c r="XC8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="XA8" s="7" t="inlineStr">
+      <c r="XD8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="XB8" s="7" t="inlineStr">
+      <c r="XE8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="XC8" s="7" t="inlineStr">
+      <c r="XF8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="XD8" s="7" t="inlineStr">
+      <c r="XG8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="XE8" s="7" t="inlineStr">
+      <c r="XH8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="XF8" s="7" t="inlineStr">
+      <c r="XI8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="XG8" s="7" t="inlineStr">
+      <c r="XJ8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="XH8" s="7" t="inlineStr">
+      <c r="XK8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="XI8" s="7" t="inlineStr">
+      <c r="XL8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="XJ8" s="7" t="inlineStr">
+      <c r="XM8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="XK8" s="7" t="inlineStr">
+      <c r="XN8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="XL8" s="7" t="inlineStr">
+      <c r="XO8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="XM8" s="7" t="inlineStr">
+      <c r="XP8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="XN8" s="7" t="inlineStr">
+      <c r="XQ8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="XO8" s="7" t="inlineStr">
+      <c r="XR8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="XP8" s="7" t="inlineStr">
+      <c r="XS8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="XQ8" s="7" t="inlineStr">
+      <c r="XT8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="XR8" s="7" t="inlineStr">
+      <c r="XU8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="XS8" s="7" t="inlineStr">
+      <c r="XV8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="XT8" s="7" t="inlineStr">
+      <c r="XW8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="XU8" s="7" t="inlineStr">
+      <c r="XX8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="XV8" s="7" t="inlineStr">
+      <c r="XY8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="XW8" s="7" t="inlineStr">
+      <c r="XZ8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="XX8" s="7" t="inlineStr">
+      <c r="YA8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="XY8" s="7" t="inlineStr">
+      <c r="YB8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="XZ8" s="7" t="inlineStr">
+      <c r="YC8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="YA8" s="7" t="inlineStr">
+      <c r="YD8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="YB8" s="7" t="inlineStr">
+      <c r="YE8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="YC8" s="7" t="inlineStr">
+      <c r="YF8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="YD8" s="7" t="inlineStr">
+      <c r="YG8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="YE8" s="7" t="inlineStr">
+      <c r="YH8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="YF8" s="7" t="inlineStr">
+      <c r="YI8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="YG8" s="7" t="inlineStr">
+      <c r="YJ8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="YH8" s="7" t="inlineStr">
+      <c r="YK8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="YI8" s="7" t="inlineStr">
+      <c r="YL8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="YJ8" s="7" t="inlineStr">
+      <c r="YM8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="YK8" s="7" t="inlineStr">
+      <c r="YN8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="YL8" s="7" t="inlineStr">
+      <c r="YO8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="YM8" s="7" t="inlineStr">
+      <c r="YP8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="YN8" s="7" t="inlineStr">
+      <c r="YQ8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="YO8" s="7" t="inlineStr">
+      <c r="YR8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="YP8" s="7" t="inlineStr">
+      <c r="YS8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="YQ8" s="7" t="inlineStr">
+      <c r="YT8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="YR8" s="7" t="inlineStr">
+      <c r="YU8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="YS8" s="7" t="inlineStr">
+      <c r="YV8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="YT8" s="7" t="inlineStr">
+      <c r="YW8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="YU8" s="7" t="inlineStr">
+      <c r="YX8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="YV8" s="7" t="inlineStr">
+      <c r="YY8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="YW8" s="7" t="inlineStr">
+      <c r="YZ8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="YX8" s="7" t="inlineStr">
+      <c r="ZA8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="YY8" s="7" t="inlineStr">
+      <c r="ZB8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="YZ8" s="7" t="inlineStr">
+      <c r="ZC8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="ZA8" s="7" t="inlineStr">
+      <c r="ZD8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="ZB8" s="7" t="inlineStr">
+      <c r="ZE8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="ZC8" s="7" t="inlineStr">
+      <c r="ZF8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="ZD8" s="7" t="inlineStr">
+      <c r="ZG8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="ZE8" s="7" t="inlineStr">
+      <c r="ZH8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="ZF8" s="7" t="inlineStr">
+      <c r="ZI8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="ZG8" s="7" t="inlineStr">
+      <c r="ZJ8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="ZH8" s="7" t="inlineStr">
+      <c r="ZK8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="ZI8" s="7" t="inlineStr">
+      <c r="ZL8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="ZJ8" s="7" t="inlineStr">
+      <c r="ZM8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="ZK8" s="7" t="inlineStr">
+      <c r="ZN8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="ZL8" s="7" t="inlineStr">
+      <c r="ZO8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="ZM8" s="7" t="inlineStr">
+      <c r="ZP8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="ZN8" s="7" t="inlineStr">
+      <c r="ZQ8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="ZO8" s="7" t="inlineStr">
+      <c r="ZR8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="ZP8" s="7" t="inlineStr">
+      <c r="ZS8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="ZQ8" s="7" t="inlineStr">
+      <c r="ZT8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="ZR8" s="7" t="inlineStr">
+      <c r="ZU8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="ZS8" s="7" t="inlineStr">
+      <c r="ZV8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="ZT8" s="7" t="inlineStr">
+      <c r="ZW8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="ZU8" s="7" t="inlineStr">
+      <c r="ZX8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="ZV8" s="7" t="inlineStr">
+      <c r="ZY8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="ZW8" s="7" t="inlineStr">
+      <c r="ZZ8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="ZX8" s="7" t="inlineStr">
+      <c r="AAA8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="ZY8" s="7" t="inlineStr">
+      <c r="AAB8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="ZZ8" s="7" t="inlineStr">
+      <c r="AAC8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="AAA8" s="7" t="inlineStr">
+      <c r="AAD8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="AAB8" s="7" t="inlineStr">
+      <c r="AAE8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="AAC8" s="7" t="inlineStr">
+      <c r="AAF8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="AAD8" s="7" t="inlineStr">
+      <c r="AAG8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="AAE8" s="7" t="inlineStr">
+      <c r="AAH8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="AAF8" s="7" t="inlineStr">
+      <c r="AAI8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="AAG8" s="7" t="inlineStr">
+      <c r="AAJ8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="AAH8" s="7" t="inlineStr">
+      <c r="AAK8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="AAI8" s="7" t="inlineStr">
+      <c r="AAL8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="AAJ8" s="7" t="inlineStr">
+      <c r="AAM8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="AAK8" s="7" t="inlineStr">
+      <c r="AAN8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="AAL8" s="7" t="inlineStr">
+      <c r="AAO8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="AAM8" s="7" t="inlineStr">
+      <c r="AAP8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="AAN8" s="7" t="inlineStr">
+      <c r="AAQ8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="AAO8" s="7" t="inlineStr">
+      <c r="AAR8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="AAP8" s="7" t="inlineStr">
+      <c r="AAS8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="AAQ8" s="7" t="inlineStr">
+      <c r="AAT8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="AAR8" s="7" t="inlineStr">
+      <c r="AAU8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="AAS8" s="7" t="inlineStr">
+      <c r="AAV8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="AAT8" s="7" t="inlineStr">
+      <c r="AAW8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="AAU8" s="7" t="inlineStr">
+      <c r="AAX8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="AAV8" s="7" t="inlineStr">
+      <c r="AAY8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="AAW8" s="7" t="inlineStr">
+      <c r="AAZ8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="AAX8" s="7" t="inlineStr">
+      <c r="ABA8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="AAY8" s="7" t="inlineStr">
+      <c r="ABB8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="AAZ8" s="7" t="inlineStr">
+      <c r="ABC8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="ABA8" s="7" t="inlineStr">
+      <c r="ABD8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="ABB8" s="7" t="inlineStr">
+      <c r="ABE8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="ABC8" s="7" t="inlineStr">
+      <c r="ABF8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="ABD8" s="7" t="inlineStr">
+      <c r="ABG8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="ABE8" s="7" t="inlineStr">
+      <c r="ABH8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="ABF8" s="7" t="inlineStr">
+      <c r="ABI8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="ABG8" s="7" t="inlineStr">
+      <c r="ABJ8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="ABH8" s="7" t="inlineStr">
+      <c r="ABK8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="ABI8" s="7" t="inlineStr">
+      <c r="ABL8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="ABJ8" s="7" t="inlineStr">
+      <c r="ABM8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="ABK8" s="7" t="inlineStr">
+      <c r="ABN8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="ABL8" s="7" t="inlineStr">
+      <c r="ABO8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="ABM8" s="7" t="inlineStr">
+      <c r="ABP8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="ABN8" s="7" t="inlineStr">
+      <c r="ABQ8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="ABO8" s="7" t="inlineStr">
+      <c r="ABR8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="ABP8" s="7" t="inlineStr">
+      <c r="ABS8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="ABQ8" s="7" t="inlineStr">
+      <c r="ABT8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="ABR8" s="7" t="inlineStr">
+      <c r="ABU8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="ABS8" s="7" t="inlineStr">
+      <c r="ABV8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="ABT8" s="7" t="inlineStr">
+      <c r="ABW8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
-      <c r="ABU8" s="7" t="inlineStr">
+      <c r="ABX8" s="7" t="inlineStr">
+        <is>
+          <t>2025M10</t>
+        </is>
+      </c>
+      <c r="ABY8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="ABV8" s="7" t="inlineStr">
+      <c r="ABZ8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="ABW8" s="7" t="inlineStr">
+      <c r="ACA8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="ABX8" s="7" t="inlineStr">
+      <c r="ACB8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="ABY8" s="7" t="inlineStr">
+      <c r="ACC8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="ABZ8" s="7" t="inlineStr">
+      <c r="ACD8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="ACA8" s="7" t="inlineStr">
+      <c r="ACE8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="ACB8" s="7" t="inlineStr">
+      <c r="ACF8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="ACC8" s="7" t="inlineStr">
+      <c r="ACG8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="ACD8" s="7" t="inlineStr">
+      <c r="ACH8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="ACE8" s="7" t="inlineStr">
+      <c r="ACI8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="ACF8" s="7" t="inlineStr">
+      <c r="ACJ8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="ACG8" s="7" t="inlineStr">
+      <c r="ACK8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="ACH8" s="7" t="inlineStr">
+      <c r="ACL8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="ACI8" s="7" t="inlineStr">
+      <c r="ACM8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="ACJ8" s="7" t="inlineStr">
+      <c r="ACN8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="ACK8" s="7" t="inlineStr">
+      <c r="ACO8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="ACL8" s="7" t="inlineStr">
+      <c r="ACP8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="ACM8" s="7" t="inlineStr">
+      <c r="ACQ8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="ACN8" s="7" t="inlineStr">
+      <c r="ACR8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="ACO8" s="7" t="inlineStr">
+      <c r="ACS8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="ACP8" s="7" t="inlineStr">
+      <c r="ACT8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="ACQ8" s="7" t="inlineStr">
+      <c r="ACU8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="ACR8" s="7" t="inlineStr">
+      <c r="ACV8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="ACS8" s="7" t="inlineStr">
+      <c r="ACW8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="ACT8" s="7" t="inlineStr">
+      <c r="ACX8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="ACU8" s="7" t="inlineStr">
+      <c r="ACY8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="ACV8" s="7" t="inlineStr">
+      <c r="ACZ8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="ACW8" s="7" t="inlineStr">
+      <c r="ADA8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="ACX8" s="7" t="inlineStr">
+      <c r="ADB8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="ACY8" s="7" t="inlineStr">
+      <c r="ADC8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="ACZ8" s="7" t="inlineStr">
+      <c r="ADD8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="ADA8" s="7" t="inlineStr">
+      <c r="ADE8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="ADB8" s="7" t="inlineStr">
+      <c r="ADF8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="ADC8" s="7" t="inlineStr">
+      <c r="ADG8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="ADD8" s="7" t="inlineStr">
+      <c r="ADH8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="ADE8" s="7" t="inlineStr">
+      <c r="ADI8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="ADF8" s="7" t="inlineStr">
+      <c r="ADJ8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="ADG8" s="7" t="inlineStr">
+      <c r="ADK8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="ADH8" s="7" t="inlineStr">
+      <c r="ADL8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="ADI8" s="7" t="inlineStr">
+      <c r="ADM8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="ADJ8" s="7" t="inlineStr">
+      <c r="ADN8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="ADK8" s="7" t="inlineStr">
+      <c r="ADO8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="ADL8" s="7" t="inlineStr">
+      <c r="ADP8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="ADM8" s="7" t="inlineStr">
+      <c r="ADQ8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="ADN8" s="7" t="inlineStr">
+      <c r="ADR8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="ADO8" s="7" t="inlineStr">
+      <c r="ADS8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="ADP8" s="7" t="inlineStr">
+      <c r="ADT8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="ADQ8" s="7" t="inlineStr">
+      <c r="ADU8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="ADR8" s="7" t="inlineStr">
+      <c r="ADV8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="ADS8" s="7" t="inlineStr">
+      <c r="ADW8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="ADT8" s="7" t="inlineStr">
+      <c r="ADX8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="ADU8" s="7" t="inlineStr">
+      <c r="ADY8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="ADV8" s="7" t="inlineStr">
+      <c r="ADZ8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="ADW8" s="7" t="inlineStr">
+      <c r="AEA8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="ADX8" s="7" t="inlineStr">
+      <c r="AEB8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="ADY8" s="7" t="inlineStr">
+      <c r="AEC8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="ADZ8" s="7" t="inlineStr">
+      <c r="AED8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="AEA8" s="7" t="inlineStr">
+      <c r="AEE8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="AEB8" s="7" t="inlineStr">
+      <c r="AEF8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="AEC8" s="7" t="inlineStr">
+      <c r="AEG8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="AED8" s="7" t="inlineStr">
+      <c r="AEH8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="AEE8" s="7" t="inlineStr">
+      <c r="AEI8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="AEF8" s="7" t="inlineStr">
+      <c r="AEJ8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="AEG8" s="7" t="inlineStr">
+      <c r="AEK8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="AEH8" s="7" t="inlineStr">
+      <c r="AEL8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="AEI8" s="7" t="inlineStr">
+      <c r="AEM8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="AEJ8" s="7" t="inlineStr">
+      <c r="AEN8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="AEK8" s="7" t="inlineStr">
+      <c r="AEO8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="AEL8" s="7" t="inlineStr">
+      <c r="AEP8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="AEM8" s="7" t="inlineStr">
+      <c r="AEQ8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="AEN8" s="7" t="inlineStr">
+      <c r="AER8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="AEO8" s="7" t="inlineStr">
+      <c r="AES8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="AEP8" s="7" t="inlineStr">
+      <c r="AET8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="AEQ8" s="7" t="inlineStr">
+      <c r="AEU8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="AER8" s="7" t="inlineStr">
+      <c r="AEV8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="AES8" s="7" t="inlineStr">
+      <c r="AEW8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="AET8" s="7" t="inlineStr">
+      <c r="AEX8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="AEU8" s="7" t="inlineStr">
+      <c r="AEY8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="AEV8" s="7" t="inlineStr">
+      <c r="AEZ8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="AEW8" s="7" t="inlineStr">
+      <c r="AFA8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="AEX8" s="7" t="inlineStr">
+      <c r="AFB8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="AEY8" s="7" t="inlineStr">
+      <c r="AFC8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="AEZ8" s="7" t="inlineStr">
+      <c r="AFD8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="AFA8" s="7" t="inlineStr">
+      <c r="AFE8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="AFB8" s="7" t="inlineStr">
+      <c r="AFF8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="AFC8" s="7" t="inlineStr">
+      <c r="AFG8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="AFD8" s="7" t="inlineStr">
+      <c r="AFH8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="AFE8" s="7" t="inlineStr">
+      <c r="AFI8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="AFF8" s="7" t="inlineStr">
+      <c r="AFJ8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="AFG8" s="7" t="inlineStr">
+      <c r="AFK8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="AFH8" s="7" t="inlineStr">
+      <c r="AFL8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="AFI8" s="7" t="inlineStr">
+      <c r="AFM8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="AFJ8" s="7" t="inlineStr">
+      <c r="AFN8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="AFK8" s="7" t="inlineStr">
+      <c r="AFO8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="AFL8" s="7" t="inlineStr">
+      <c r="AFP8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="AFM8" s="7" t="inlineStr">
+      <c r="AFQ8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="AFN8" s="7" t="inlineStr">
+      <c r="AFR8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="AFO8" s="7" t="inlineStr">
+      <c r="AFS8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="AFP8" s="7" t="inlineStr">
+      <c r="AFT8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="AFQ8" s="7" t="inlineStr">
+      <c r="AFU8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="AFR8" s="7" t="inlineStr">
+      <c r="AFV8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="AFS8" s="7" t="inlineStr">
+      <c r="AFW8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="AFT8" s="7" t="inlineStr">
+      <c r="AFX8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="AFU8" s="7" t="inlineStr">
+      <c r="AFY8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="AFV8" s="7" t="inlineStr">
+      <c r="AFZ8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="AFW8" s="7" t="inlineStr">
+      <c r="AGA8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="AFX8" s="7" t="inlineStr">
+      <c r="AGB8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="AFY8" s="7" t="inlineStr">
+      <c r="AGC8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="AFZ8" s="7" t="inlineStr">
+      <c r="AGD8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="AGA8" s="7" t="inlineStr">
+      <c r="AGE8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="AGB8" s="7" t="inlineStr">
+      <c r="AGF8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="AGC8" s="7" t="inlineStr">
+      <c r="AGG8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="AGD8" s="7" t="inlineStr">
+      <c r="AGH8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="AGE8" s="7" t="inlineStr">
+      <c r="AGI8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="AGF8" s="7" t="inlineStr">
+      <c r="AGJ8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="AGG8" s="7" t="inlineStr">
+      <c r="AGK8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="AGH8" s="7" t="inlineStr">
+      <c r="AGL8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="AGI8" s="7" t="inlineStr">
+      <c r="AGM8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="AGJ8" s="7" t="inlineStr">
+      <c r="AGN8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="AGK8" s="7" t="inlineStr">
+      <c r="AGO8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="AGL8" s="7" t="inlineStr">
+      <c r="AGP8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="AGM8" s="7" t="inlineStr">
+      <c r="AGQ8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="AGN8" s="7" t="inlineStr">
+      <c r="AGR8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="AGO8" s="7" t="inlineStr">
+      <c r="AGS8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="AGP8" s="7" t="inlineStr">
+      <c r="AGT8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="AGQ8" s="7" t="inlineStr">
+      <c r="AGU8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="AGR8" s="7" t="inlineStr">
+      <c r="AGV8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="AGS8" s="7" t="inlineStr">
+      <c r="AGW8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="AGT8" s="7" t="inlineStr">
+      <c r="AGX8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="AGU8" s="7" t="inlineStr">
+      <c r="AGY8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="AGV8" s="7" t="inlineStr">
+      <c r="AGZ8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="AGW8" s="7" t="inlineStr">
+      <c r="AHA8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="AGX8" s="7" t="inlineStr">
+      <c r="AHB8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="AGY8" s="7" t="inlineStr">
+      <c r="AHC8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="AGZ8" s="7" t="inlineStr">
+      <c r="AHD8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="AHA8" s="7" t="inlineStr">
+      <c r="AHE8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="AHB8" s="7" t="inlineStr">
+      <c r="AHF8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="AHC8" s="7" t="inlineStr">
+      <c r="AHG8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="AHD8" s="7" t="inlineStr">
+      <c r="AHH8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="AHE8" s="7" t="inlineStr">
+      <c r="AHI8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="AHF8" s="7" t="inlineStr">
+      <c r="AHJ8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="AHG8" s="7" t="inlineStr">
+      <c r="AHK8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="AHH8" s="7" t="inlineStr">
+      <c r="AHL8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="AHI8" s="7" t="inlineStr">
+      <c r="AHM8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="AHJ8" s="7" t="inlineStr">
+      <c r="AHN8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="AHK8" s="7" t="inlineStr">
+      <c r="AHO8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="AHL8" s="7" t="inlineStr">
+      <c r="AHP8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="AHM8" s="7" t="inlineStr">
+      <c r="AHQ8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="AHN8" s="7" t="inlineStr">
+      <c r="AHR8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="AHO8" s="7" t="inlineStr">
+      <c r="AHS8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="AHP8" s="7" t="inlineStr">
+      <c r="AHT8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="AHQ8" s="7" t="inlineStr">
+      <c r="AHU8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="AHR8" s="7" t="inlineStr">
+      <c r="AHV8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="AHS8" s="7" t="inlineStr">
+      <c r="AHW8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="AHT8" s="7" t="inlineStr">
+      <c r="AHX8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="AHU8" s="7" t="inlineStr">
+      <c r="AHY8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="AHV8" s="7" t="inlineStr">
+      <c r="AHZ8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="AHW8" s="7" t="inlineStr">
+      <c r="AIA8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="AHX8" s="7" t="inlineStr">
+      <c r="AIB8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="AHY8" s="7" t="inlineStr">
+      <c r="AIC8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="AHZ8" s="7" t="inlineStr">
+      <c r="AID8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="AIA8" s="7" t="inlineStr">
+      <c r="AIE8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="AIB8" s="7" t="inlineStr">
+      <c r="AIF8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="AIC8" s="7" t="inlineStr">
+      <c r="AIG8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="AID8" s="7" t="inlineStr">
+      <c r="AIH8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="AIE8" s="7" t="inlineStr">
+      <c r="AII8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="AIF8" s="7" t="inlineStr">
+      <c r="AIJ8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="AIG8" s="7" t="inlineStr">
+      <c r="AIK8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="AIH8" s="7" t="inlineStr">
+      <c r="AIL8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="AII8" s="7" t="inlineStr">
+      <c r="AIM8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="AIJ8" s="7" t="inlineStr">
+      <c r="AIN8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="AIK8" s="7" t="inlineStr">
+      <c r="AIO8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="AIL8" s="7" t="inlineStr">
+      <c r="AIP8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="AIM8" s="7" t="inlineStr">
+      <c r="AIQ8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="AIN8" s="7" t="inlineStr">
+      <c r="AIR8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="AIO8" s="7" t="inlineStr">
+      <c r="AIS8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="AIP8" s="7" t="inlineStr">
+      <c r="AIT8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="AIQ8" s="7" t="inlineStr">
+      <c r="AIU8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="AIR8" s="7" t="inlineStr">
+      <c r="AIV8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="AIS8" s="7" t="inlineStr">
+      <c r="AIW8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="AIT8" s="7" t="inlineStr">
+      <c r="AIX8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="AIU8" s="7" t="inlineStr">
+      <c r="AIY8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="AIV8" s="7" t="inlineStr">
+      <c r="AIZ8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="AIW8" s="7" t="inlineStr">
+      <c r="AJA8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="AIX8" s="7" t="inlineStr">
+      <c r="AJB8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="AIY8" s="7" t="inlineStr">
+      <c r="AJC8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="AIZ8" s="7" t="inlineStr">
+      <c r="AJD8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="AJA8" s="7" t="inlineStr">
+      <c r="AJE8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="AJB8" s="7" t="inlineStr">
+      <c r="AJF8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="AJC8" s="7" t="inlineStr">
+      <c r="AJG8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="AJD8" s="7" t="inlineStr">
+      <c r="AJH8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="AJE8" s="7" t="inlineStr">
+      <c r="AJI8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="AJF8" s="7" t="inlineStr">
+      <c r="AJJ8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="AJG8" s="7" t="inlineStr">
+      <c r="AJK8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="AJH8" s="7" t="inlineStr">
+      <c r="AJL8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="AJI8" s="7" t="inlineStr">
+      <c r="AJM8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="AJJ8" s="7" t="inlineStr">
+      <c r="AJN8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="AJK8" s="7" t="inlineStr">
+      <c r="AJO8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="AJL8" s="7" t="inlineStr">
+      <c r="AJP8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="AJM8" s="7" t="inlineStr">
+      <c r="AJQ8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="AJN8" s="7" t="inlineStr">
+      <c r="AJR8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="AJO8" s="7" t="inlineStr">
+      <c r="AJS8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="AJP8" s="7" t="inlineStr">
+      <c r="AJT8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="AJQ8" s="7" t="inlineStr">
+      <c r="AJU8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="AJR8" s="7" t="inlineStr">
+      <c r="AJV8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="AJS8" s="7" t="inlineStr">
+      <c r="AJW8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="AJT8" s="7" t="inlineStr">
+      <c r="AJX8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="AJU8" s="7" t="inlineStr">
+      <c r="AJY8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="AJV8" s="7" t="inlineStr">
+      <c r="AJZ8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="AJW8" s="7" t="inlineStr">
+      <c r="AKA8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="AJX8" s="7" t="inlineStr">
+      <c r="AKB8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="AJY8" s="7" t="inlineStr">
+      <c r="AKC8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="AJZ8" s="7" t="inlineStr">
+      <c r="AKD8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="AKA8" s="7" t="inlineStr">
+      <c r="AKE8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="AKB8" s="7" t="inlineStr">
+      <c r="AKF8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="AKC8" s="7" t="inlineStr">
+      <c r="AKG8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="AKD8" s="7" t="inlineStr">
+      <c r="AKH8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="AKE8" s="7" t="inlineStr">
+      <c r="AKI8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="AKF8" s="7" t="inlineStr">
+      <c r="AKJ8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="AKG8" s="7" t="inlineStr">
+      <c r="AKK8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="AKH8" s="7" t="inlineStr">
+      <c r="AKL8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="AKI8" s="7" t="inlineStr">
+      <c r="AKM8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="AKJ8" s="7" t="inlineStr">
+      <c r="AKN8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="AKK8" s="7" t="inlineStr">
+      <c r="AKO8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="AKL8" s="7" t="inlineStr">
+      <c r="AKP8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="AKM8" s="7" t="inlineStr">
+      <c r="AKQ8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="AKN8" s="7" t="inlineStr">
+      <c r="AKR8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="AKO8" s="7" t="inlineStr">
+      <c r="AKS8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="AKP8" s="7" t="inlineStr">
+      <c r="AKT8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="AKQ8" s="7" t="inlineStr">
+      <c r="AKU8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="AKR8" s="7" t="inlineStr">
+      <c r="AKV8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="AKS8" s="7" t="inlineStr">
+      <c r="AKW8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="AKT8" s="7" t="inlineStr">
+      <c r="AKX8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="AKU8" s="7" t="inlineStr">
+      <c r="AKY8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="AKV8" s="7" t="inlineStr">
+      <c r="AKZ8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="AKW8" s="7" t="inlineStr">
+      <c r="ALA8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="AKX8" s="7" t="inlineStr">
+      <c r="ALB8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="AKY8" s="7" t="inlineStr">
+      <c r="ALC8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="AKZ8" s="7" t="inlineStr">
+      <c r="ALD8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="ALA8" s="7" t="inlineStr">
+      <c r="ALE8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="ALB8" s="7" t="inlineStr">
+      <c r="ALF8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="ALC8" s="7" t="inlineStr">
+      <c r="ALG8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="ALD8" s="7" t="inlineStr">
+      <c r="ALH8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="ALE8" s="7" t="inlineStr">
+      <c r="ALI8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="ALF8" s="7" t="inlineStr">
+      <c r="ALJ8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="ALG8" s="7" t="inlineStr">
+      <c r="ALK8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="ALH8" s="7" t="inlineStr">
+      <c r="ALL8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="ALI8" s="7" t="inlineStr">
+      <c r="ALM8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    C Manufacturing industry</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>117.182</v>
+        <v>117.083</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>117.117</v>
+        <v>117.193</v>
       </c>
       <c r="D9" s="14" t="n">
+        <v>117.113</v>
+      </c>
+      <c r="E9" s="14" t="n">
         <v>117.401</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>117.081</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
         <v>116.943</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>117.155</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>117.933</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>118.584</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>118.264</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="L9" s="14" t="n">
         <v>117.209</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="M9" s="14" t="n">
         <v>117.316</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>117.524</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>117.239</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>118.031</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
         <v>118.815</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="R9" s="14" t="n">
         <v>118.843</v>
       </c>
-      <c r="R9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>118.859</v>
       </c>
-      <c r="S9" s="14" t="n">
+      <c r="T9" s="14" t="n">
         <v>119.305</v>
       </c>
-      <c r="T9" s="14" t="n">
+      <c r="U9" s="14" t="n">
         <v>119.025</v>
       </c>
-      <c r="U9" s="14" t="n">
+      <c r="V9" s="14" t="n">
         <v>118.878</v>
       </c>
-      <c r="V9" s="14" t="n">
+      <c r="W9" s="14" t="n">
         <v>118.158</v>
       </c>
-      <c r="W9" s="14" t="n">
+      <c r="X9" s="14" t="n">
         <v>117.653</v>
       </c>
-      <c r="X9" s="14" t="n">
+      <c r="Y9" s="14" t="n">
         <v>118.213</v>
       </c>
-      <c r="Y9" s="14" t="n">
+      <c r="Z9" s="14" t="n">
         <v>119.136</v>
       </c>
-      <c r="Z9" s="14" t="n">
+      <c r="AA9" s="14" t="n">
         <v>119.656</v>
       </c>
-      <c r="AA9" s="14" t="n">
+      <c r="AB9" s="14" t="n">
         <v>118.682</v>
       </c>
-      <c r="AB9" s="14" t="n">
+      <c r="AC9" s="14" t="n">
         <v>117.488</v>
       </c>
-      <c r="AC9" s="14" t="n">
+      <c r="AD9" s="14" t="n">
         <v>117.611</v>
       </c>
-      <c r="AD9" s="14" t="n">
+      <c r="AE9" s="14" t="n">
         <v>117.608</v>
       </c>
-      <c r="AE9" s="14" t="n">
+      <c r="AF9" s="14" t="n">
         <v>118.565</v>
       </c>
-      <c r="AF9" s="14" t="n">
+      <c r="AG9" s="14" t="n">
         <v>119.286</v>
       </c>
-      <c r="AG9" s="14" t="n">
+      <c r="AH9" s="14" t="n">
         <v>119.129</v>
       </c>
-      <c r="AH9" s="14" t="n">
+      <c r="AI9" s="14" t="n">
         <v>119.127</v>
       </c>
-      <c r="AI9" s="14" t="n">
+      <c r="AJ9" s="14" t="n">
         <v>117.807</v>
       </c>
-      <c r="AJ9" s="14" t="n">
+      <c r="AK9" s="14" t="n">
         <v>119.639</v>
       </c>
-      <c r="AK9" s="14" t="n">
+      <c r="AL9" s="14" t="n">
         <v>120.319</v>
       </c>
-      <c r="AL9" s="14" t="n">
+      <c r="AM9" s="14" t="n">
         <v>119.145</v>
       </c>
-      <c r="AM9" s="14" t="n">
+      <c r="AN9" s="14" t="n">
         <v>119.134</v>
       </c>
-      <c r="AN9" s="14" t="n">
+      <c r="AO9" s="14" t="n">
         <v>120.514</v>
       </c>
-      <c r="AO9" s="14" t="n">
+      <c r="AP9" s="14" t="n">
         <v>121.617</v>
       </c>
-      <c r="AP9" s="14" t="n">
+      <c r="AQ9" s="14" t="n">
         <v>119.353</v>
       </c>
-      <c r="AQ9" s="14" t="n">
+      <c r="AR9" s="14" t="n">
         <v>117.468</v>
       </c>
-      <c r="AR9" s="14" t="n">
+      <c r="AS9" s="14" t="n">
         <v>114.385</v>
       </c>
-      <c r="AS9" s="14" t="n">
+      <c r="AT9" s="14" t="n">
         <v>109.706</v>
       </c>
-      <c r="AT9" s="14" t="n">
+      <c r="AU9" s="14" t="n">
         <v>107.495</v>
       </c>
-      <c r="AU9" s="14" t="n">
+      <c r="AV9" s="14" t="n">
         <v>105.172</v>
       </c>
-      <c r="AV9" s="14" t="n">
+      <c r="AW9" s="14" t="n">
         <v>105.073</v>
       </c>
-      <c r="AW9" s="14" t="n">
+      <c r="AX9" s="14" t="n">
         <v>103.734</v>
       </c>
-      <c r="AX9" s="14" t="n">
+      <c r="AY9" s="14" t="n">
         <v>101.888</v>
       </c>
-      <c r="AY9" s="14" t="n">
+      <c r="AZ9" s="14" t="n">
         <v>100.99</v>
       </c>
-      <c r="AZ9" s="14" t="n">
+      <c r="BA9" s="14" t="n">
         <v>100.756</v>
       </c>
-      <c r="BA9" s="14" t="n">
+      <c r="BB9" s="14" t="n">
         <v>99.523</v>
       </c>
-      <c r="BB9" s="14" t="n">
+      <c r="BC9" s="14" t="n">
         <v>98.952</v>
       </c>
-      <c r="BC9" s="14" t="n">
+      <c r="BD9" s="14" t="n">
         <v>97.791</v>
       </c>
-      <c r="BD9" s="14" t="n">
+      <c r="BE9" s="14" t="n">
         <v>96.956</v>
       </c>
-      <c r="BE9" s="14" t="n">
+      <c r="BF9" s="14" t="n">
         <v>95.331</v>
       </c>
-      <c r="BF9" s="14" t="n">
+      <c r="BG9" s="14" t="n">
         <v>93.834</v>
       </c>
-      <c r="BG9" s="14" t="n">
+      <c r="BH9" s="14" t="n">
         <v>92.548</v>
       </c>
-      <c r="BH9" s="14" t="n">
+      <c r="BI9" s="14" t="n">
         <v>91.809</v>
       </c>
-      <c r="BI9" s="14" t="n">
+      <c r="BJ9" s="14" t="n">
         <v>91.587</v>
       </c>
-      <c r="BJ9" s="14" t="n">
+      <c r="BK9" s="14" t="n">
         <v>91.415</v>
       </c>
-      <c r="BK9" s="14" t="n">
+      <c r="BL9" s="14" t="n">
         <v>91.554</v>
       </c>
-      <c r="BL9" s="14" t="n">
+      <c r="BM9" s="14" t="n">
         <v>91.487</v>
       </c>
-      <c r="BM9" s="14" t="n">
+      <c r="BN9" s="14" t="n">
         <v>90.784</v>
       </c>
-      <c r="BN9" s="14" t="n">
+      <c r="BO9" s="14" t="n">
         <v>90.176</v>
       </c>
-      <c r="BO9" s="14" t="n">
+      <c r="BP9" s="14" t="n">
         <v>90.571</v>
       </c>
-      <c r="BP9" s="14" t="n">
+      <c r="BQ9" s="14" t="n">
         <v>92.104</v>
       </c>
-      <c r="BQ9" s="14" t="n">
+      <c r="BR9" s="14" t="n">
         <v>94.078</v>
       </c>
-      <c r="BR9" s="14" t="n">
+      <c r="BS9" s="14" t="n">
         <v>94.435</v>
       </c>
-      <c r="BS9" s="14" t="n">
+      <c r="BT9" s="14" t="n">
         <v>94.079</v>
       </c>
-      <c r="BT9" s="14" t="n">
+      <c r="BU9" s="14" t="n">
         <v>93.924</v>
       </c>
-      <c r="BU9" s="14" t="n">
+      <c r="BV9" s="14" t="n">
         <v>93.998</v>
       </c>
-      <c r="BV9" s="14" t="n">
+      <c r="BW9" s="14" t="n">
         <v>94.06</v>
       </c>
-      <c r="BW9" s="14" t="n">
+      <c r="BX9" s="14" t="n">
         <v>93.402</v>
       </c>
-      <c r="BX9" s="14" t="n">
+      <c r="BY9" s="14" t="n">
         <v>94.212</v>
       </c>
-      <c r="BY9" s="14" t="n">
+      <c r="BZ9" s="14" t="n">
         <v>94.049</v>
       </c>
-      <c r="BZ9" s="14" t="n">
+      <c r="CA9" s="14" t="n">
         <v>94.979</v>
       </c>
-      <c r="CA9" s="14" t="n">
+      <c r="CB9" s="14" t="n">
         <v>94.81</v>
       </c>
-      <c r="CB9" s="14" t="n">
+      <c r="CC9" s="14" t="n">
         <v>94.166</v>
       </c>
-      <c r="CC9" s="14" t="n">
+      <c r="CD9" s="14" t="n">
         <v>93.662</v>
       </c>
-      <c r="CD9" s="14" t="n">
+      <c r="CE9" s="14" t="n">
         <v>93.015</v>
       </c>
-      <c r="CE9" s="14" t="n">
+      <c r="CF9" s="14" t="n">
         <v>93.105</v>
       </c>
-      <c r="CF9" s="14" t="n">
+      <c r="CG9" s="14" t="n">
         <v>94.215</v>
       </c>
-      <c r="CG9" s="14" t="n">
+      <c r="CH9" s="14" t="n">
         <v>94.879</v>
       </c>
-      <c r="CH9" s="14" t="n">
+      <c r="CI9" s="14" t="n">
         <v>94.543</v>
       </c>
-      <c r="CI9" s="14" t="n">
+      <c r="CJ9" s="14" t="n">
         <v>94.396</v>
       </c>
-      <c r="CJ9" s="14" t="n">
+      <c r="CK9" s="14" t="n">
         <v>94.282</v>
       </c>
-      <c r="CK9" s="14" t="n">
+      <c r="CL9" s="14" t="n">
         <v>94.481</v>
       </c>
-      <c r="CL9" s="14" t="n">
+      <c r="CM9" s="14" t="n">
         <v>94.197</v>
       </c>
-      <c r="CM9" s="14" t="n">
+      <c r="CN9" s="14" t="n">
         <v>93.516</v>
       </c>
-      <c r="CN9" s="14" t="n">
+      <c r="CO9" s="14" t="n">
         <v>92.977</v>
       </c>
-      <c r="CO9" s="14" t="n">
+      <c r="CP9" s="14" t="n">
         <v>92.904</v>
       </c>
-      <c r="CP9" s="14" t="n">
+      <c r="CQ9" s="14" t="n">
         <v>93.247</v>
       </c>
-      <c r="CQ9" s="14" t="n">
+      <c r="CR9" s="14" t="n">
         <v>92.822</v>
       </c>
-      <c r="CR9" s="14" t="n">
+      <c r="CS9" s="14" t="n">
         <v>92.64</v>
       </c>
-      <c r="CS9" s="14" t="n">
+      <c r="CT9" s="14" t="n">
         <v>92.334</v>
       </c>
-      <c r="CT9" s="14" t="n">
+      <c r="CU9" s="14" t="n">
         <v>92.111</v>
       </c>
-      <c r="CU9" s="14" t="n">
+      <c r="CV9" s="14" t="n">
         <v>91.772</v>
       </c>
-      <c r="CV9" s="14" t="n">
+      <c r="CW9" s="14" t="n">
         <v>91.519</v>
       </c>
-      <c r="CW9" s="14" t="n">
+      <c r="CX9" s="14" t="n">
         <v>91.564</v>
       </c>
-      <c r="CX9" s="14" t="n">
+      <c r="CY9" s="14" t="n">
         <v>91.957</v>
       </c>
-      <c r="CY9" s="14" t="n">
+      <c r="CZ9" s="14" t="n">
         <v>92.158</v>
       </c>
-      <c r="CZ9" s="14" t="n">
+      <c r="DA9" s="14" t="n">
         <v>92.034</v>
       </c>
-      <c r="DA9" s="14" t="n">
+      <c r="DB9" s="14" t="n">
         <v>92.109</v>
       </c>
-      <c r="DB9" s="14" t="n">
+      <c r="DC9" s="14" t="n">
         <v>91.636</v>
       </c>
-      <c r="DC9" s="14" t="n">
+      <c r="DD9" s="14" t="n">
         <v>90.859</v>
       </c>
-      <c r="DD9" s="14" t="n">
+      <c r="DE9" s="14" t="n">
         <v>89.835</v>
       </c>
-      <c r="DE9" s="14" t="n">
+      <c r="DF9" s="14" t="n">
         <v>89.784</v>
       </c>
-      <c r="DF9" s="14" t="n">
+      <c r="DG9" s="14" t="n">
         <v>89.204</v>
       </c>
-      <c r="DG9" s="14" t="n">
+      <c r="DH9" s="14" t="n">
         <v>89.046</v>
       </c>
-      <c r="DH9" s="14" t="n">
+      <c r="DI9" s="14" t="n">
         <v>89.199</v>
       </c>
-      <c r="DI9" s="14" t="n">
+      <c r="DJ9" s="14" t="n">
         <v>89.322</v>
       </c>
-      <c r="DJ9" s="14" t="n">
+      <c r="DK9" s="14" t="n">
         <v>88.612</v>
       </c>
-      <c r="DK9" s="14" t="n">
+      <c r="DL9" s="14" t="n">
         <v>87.985</v>
       </c>
-      <c r="DL9" s="14" t="n">
+      <c r="DM9" s="14" t="n">
         <v>87.617</v>
       </c>
-      <c r="DM9" s="14" t="n">
+      <c r="DN9" s="14" t="n">
         <v>87.014</v>
       </c>
-      <c r="DN9" s="14" t="n">
+      <c r="DO9" s="14" t="n">
         <v>87.525</v>
       </c>
-      <c r="DO9" s="14" t="n">
+      <c r="DP9" s="14" t="n">
         <v>88.417</v>
       </c>
-      <c r="DP9" s="14" t="n">
+      <c r="DQ9" s="14" t="n">
         <v>89.254</v>
       </c>
-      <c r="DQ9" s="14" t="n">
+      <c r="DR9" s="14" t="n">
         <v>89.439</v>
       </c>
-      <c r="DR9" s="14" t="n">
+      <c r="DS9" s="14" t="n">
         <v>89.929</v>
       </c>
-      <c r="DS9" s="14" t="n">
+      <c r="DT9" s="14" t="n">
         <v>90.486</v>
       </c>
-      <c r="DT9" s="14" t="n">
+      <c r="DU9" s="14" t="n">
         <v>91.466</v>
       </c>
-      <c r="DU9" s="14" t="n">
+      <c r="DV9" s="14" t="n">
         <v>91.712</v>
       </c>
-      <c r="DV9" s="14" t="n">
+      <c r="DW9" s="14" t="n">
         <v>91.757</v>
       </c>
-      <c r="DW9" s="14" t="n">
+      <c r="DX9" s="14" t="n">
         <v>91.402</v>
       </c>
-      <c r="DX9" s="14" t="n">
+      <c r="DY9" s="14" t="n">
         <v>90.913</v>
       </c>
-      <c r="DY9" s="14" t="n">
+      <c r="DZ9" s="14" t="n">
         <v>90.287</v>
       </c>
-      <c r="DZ9" s="14" t="n">
+      <c r="EA9" s="14" t="n">
         <v>89.409</v>
       </c>
-      <c r="EA9" s="14" t="n">
+      <c r="EB9" s="14" t="n">
         <v>90.199</v>
       </c>
-      <c r="EB9" s="14" t="n">
+      <c r="EC9" s="14" t="n">
         <v>91.247</v>
       </c>
-      <c r="EC9" s="14" t="n">
+      <c r="ED9" s="14" t="n">
         <v>91.68</v>
       </c>
-      <c r="ED9" s="14" t="n">
+      <c r="EE9" s="14" t="n">
         <v>92.154</v>
       </c>
-      <c r="EE9" s="14" t="n">
+      <c r="EF9" s="14" t="n">
         <v>92.158</v>
       </c>
-      <c r="EF9" s="14" t="n">
+      <c r="EG9" s="14" t="n">
         <v>92.24</v>
       </c>
-      <c r="EG9" s="14" t="n">
+      <c r="EH9" s="14" t="n">
         <v>92.161</v>
       </c>
-      <c r="EH9" s="14" t="n">
+      <c r="EI9" s="14" t="n">
         <v>91.953</v>
       </c>
-      <c r="EI9" s="14" t="n">
+      <c r="EJ9" s="14" t="n">
         <v>91.868</v>
       </c>
-      <c r="EJ9" s="14" t="n">
+      <c r="EK9" s="14" t="n">
         <v>91.733</v>
       </c>
-      <c r="EK9" s="14" t="n">
+      <c r="EL9" s="14" t="n">
         <v>91.894</v>
       </c>
-      <c r="EL9" s="14" t="n">
+      <c r="EM9" s="14" t="n">
         <v>92.038</v>
       </c>
-      <c r="EM9" s="14" t="n">
+      <c r="EN9" s="14" t="n">
         <v>92.157</v>
       </c>
-      <c r="EN9" s="14" t="n">
+      <c r="EO9" s="14" t="n">
         <v>92.292</v>
       </c>
-      <c r="EO9" s="14" t="n">
+      <c r="EP9" s="14" t="n">
         <v>92.522</v>
       </c>
-      <c r="EP9" s="14" t="n">
+      <c r="EQ9" s="14" t="n">
         <v>93.023</v>
       </c>
-      <c r="EQ9" s="14" t="n">
+      <c r="ER9" s="14" t="n">
         <v>93.095</v>
       </c>
-      <c r="ER9" s="14" t="n">
+      <c r="ES9" s="14" t="n">
         <v>93.084</v>
       </c>
-      <c r="ES9" s="14" t="n">
+      <c r="ET9" s="14" t="n">
         <v>92.888</v>
       </c>
-      <c r="ET9" s="14" t="n">
+      <c r="EU9" s="14" t="n">
         <v>93.076</v>
       </c>
-      <c r="EU9" s="14" t="n">
+      <c r="EV9" s="14" t="n">
         <v>93.244</v>
       </c>
-      <c r="EV9" s="14" t="n">
+      <c r="EW9" s="14" t="n">
         <v>93.934</v>
       </c>
-      <c r="EW9" s="14" t="n">
+      <c r="EX9" s="14" t="n">
         <v>94.219</v>
       </c>
-      <c r="EX9" s="14" t="n">
+      <c r="EY9" s="14" t="n">
         <v>93.774</v>
       </c>
-      <c r="EY9" s="14" t="n">
+      <c r="EZ9" s="14" t="n">
         <v>93.501</v>
       </c>
-      <c r="EZ9" s="14" t="n">
+      <c r="FA9" s="14" t="n">
         <v>93.793</v>
       </c>
-      <c r="FA9" s="14" t="n">
+      <c r="FB9" s="14" t="n">
         <v>94.231</v>
       </c>
-      <c r="FB9" s="14" t="n">
+      <c r="FC9" s="14" t="n">
         <v>94.475</v>
       </c>
-      <c r="FC9" s="14" t="n">
+      <c r="FD9" s="14" t="n">
         <v>94.112</v>
       </c>
-      <c r="FD9" s="14" t="n">
+      <c r="FE9" s="14" t="n">
         <v>93.204</v>
       </c>
-      <c r="FE9" s="14" t="n">
+      <c r="FF9" s="14" t="n">
         <v>92.732</v>
       </c>
-      <c r="FF9" s="14" t="n">
+      <c r="FG9" s="14" t="n">
         <v>93.281</v>
       </c>
-      <c r="FG9" s="14" t="n">
+      <c r="FH9" s="14" t="n">
         <v>93.607</v>
       </c>
-      <c r="FH9" s="14" t="n">
+      <c r="FI9" s="14" t="n">
         <v>93.458</v>
       </c>
-      <c r="FI9" s="14" t="n">
+      <c r="FJ9" s="14" t="n">
         <v>92.747</v>
       </c>
-      <c r="FJ9" s="14" t="n">
+      <c r="FK9" s="14" t="n">
         <v>92.268</v>
       </c>
-      <c r="FK9" s="14" t="n">
+      <c r="FL9" s="14" t="n">
         <v>91.377</v>
       </c>
-      <c r="FL9" s="14" t="n">
+      <c r="FM9" s="14" t="n">
         <v>91.491</v>
       </c>
-      <c r="FM9" s="14" t="n">
+      <c r="FN9" s="14" t="n">
         <v>91.383</v>
       </c>
-      <c r="FN9" s="14" t="n">
+      <c r="FO9" s="14" t="n">
         <v>91.499</v>
       </c>
-      <c r="FO9" s="14" t="n">
+      <c r="FP9" s="14" t="n">
         <v>91.336</v>
       </c>
-      <c r="FP9" s="14" t="n">
+      <c r="FQ9" s="14" t="n">
         <v>91.546</v>
       </c>
-      <c r="FQ9" s="14" t="n">
+      <c r="FR9" s="14" t="n">
         <v>91.315</v>
       </c>
-      <c r="FR9" s="14" t="n">
+      <c r="FS9" s="14" t="n">
         <v>91.311</v>
       </c>
-      <c r="FS9" s="14" t="n">
+      <c r="FT9" s="14" t="n">
         <v>91.539</v>
       </c>
-      <c r="FT9" s="14" t="n">
+      <c r="FU9" s="14" t="n">
         <v>91.035</v>
       </c>
-      <c r="FU9" s="14" t="n">
+      <c r="FV9" s="14" t="n">
         <v>90.334</v>
       </c>
-      <c r="FV9" s="14" t="n">
+      <c r="FW9" s="14" t="n">
         <v>89.512</v>
       </c>
-      <c r="FW9" s="14" t="n">
+      <c r="FX9" s="14" t="n">
         <v>88.298</v>
       </c>
-      <c r="FX9" s="14" t="n">
+      <c r="FY9" s="14" t="n">
         <v>87.285</v>
       </c>
-      <c r="FY9" s="14" t="n">
+      <c r="FZ9" s="14" t="n">
         <v>86.719</v>
       </c>
-      <c r="FZ9" s="14" t="n">
+      <c r="GA9" s="14" t="n">
         <v>86.658</v>
       </c>
-      <c r="GA9" s="14" t="n">
+      <c r="GB9" s="14" t="n">
         <v>86.423</v>
       </c>
-      <c r="GB9" s="14" t="n">
+      <c r="GC9" s="14" t="n">
         <v>86.087</v>
       </c>
-      <c r="GC9" s="14" t="n">
+      <c r="GD9" s="14" t="n">
         <v>86.43</v>
       </c>
-      <c r="GD9" s="14" t="n">
+      <c r="GE9" s="14" t="n">
         <v>86.259</v>
       </c>
-      <c r="GE9" s="14" t="n">
+      <c r="GF9" s="14" t="n">
         <v>85.766</v>
       </c>
-      <c r="GF9" s="14" t="n">
+      <c r="GG9" s="14" t="n">
         <v>84.581</v>
       </c>
-      <c r="GG9" s="14" t="n">
+      <c r="GH9" s="14" t="n">
         <v>83.776</v>
       </c>
-      <c r="GH9" s="14" t="n">
+      <c r="GI9" s="14" t="n">
         <v>83.475</v>
-      </c>
-[...1 lines deleted...]
-        <v>82.864</v>
       </c>
       <c r="GJ9" s="14" t="n">
         <v>82.864</v>
       </c>
       <c r="GK9" s="14" t="n">
+        <v>82.864</v>
+      </c>
+      <c r="GL9" s="14" t="n">
         <v>82.788</v>
       </c>
-      <c r="GL9" s="14" t="n">
+      <c r="GM9" s="14" t="n">
         <v>82.712</v>
       </c>
-      <c r="GM9" s="14" t="n">
+      <c r="GN9" s="14" t="n">
         <v>83.017</v>
       </c>
-      <c r="GN9" s="14" t="n">
+      <c r="GO9" s="14" t="n">
         <v>82.33</v>
       </c>
-      <c r="GO9" s="14" t="n">
+      <c r="GP9" s="14" t="n">
         <v>82.483</v>
       </c>
-      <c r="GP9" s="14" t="n">
+      <c r="GQ9" s="14" t="n">
         <v>81.949</v>
       </c>
-      <c r="GQ9" s="14" t="n">
+      <c r="GR9" s="14" t="n">
         <v>81.872</v>
       </c>
-      <c r="GR9" s="14" t="n">
+      <c r="GS9" s="14" t="n">
         <v>81.796</v>
-      </c>
-[...1 lines deleted...]
-        <v>82.33</v>
       </c>
       <c r="GT9" s="14" t="n">
         <v>82.33</v>
       </c>
       <c r="GU9" s="14" t="n">
+        <v>82.33</v>
+      </c>
+      <c r="GV9" s="14" t="n">
         <v>82.559</v>
       </c>
-      <c r="GV9" s="14" t="n">
+      <c r="GW9" s="14" t="n">
         <v>84.696</v>
       </c>
-      <c r="GW9" s="14" t="n">
+      <c r="GX9" s="14" t="n">
         <v>86.908</v>
       </c>
-      <c r="GX9" s="14" t="n">
+      <c r="GY9" s="14" t="n">
         <v>88.434</v>
       </c>
-      <c r="GY9" s="14" t="n">
+      <c r="GZ9" s="14" t="n">
         <v>88.816</v>
       </c>
-      <c r="GZ9" s="14" t="n">
+      <c r="HA9" s="14" t="n">
         <v>89.35</v>
       </c>
-      <c r="HA9" s="14" t="n">
+      <c r="HB9" s="14" t="n">
         <v>88.663</v>
       </c>
-      <c r="HB9" s="14" t="n">
+      <c r="HC9" s="14" t="n">
         <v>87.671</v>
       </c>
-      <c r="HC9" s="14" t="n">
+      <c r="HD9" s="14" t="n">
         <v>86.527</v>
       </c>
-      <c r="HD9" s="14" t="n">
+      <c r="HE9" s="14" t="n">
         <v>85.993</v>
       </c>
-      <c r="HE9" s="14" t="n">
+      <c r="HF9" s="14" t="n">
         <v>85.306</v>
       </c>
-      <c r="HF9" s="14" t="n">
+      <c r="HG9" s="14" t="n">
         <v>84.772</v>
       </c>
-      <c r="HG9" s="14" t="n">
+      <c r="HH9" s="14" t="n">
         <v>84.085</v>
       </c>
-      <c r="HH9" s="14" t="n">
+      <c r="HI9" s="14" t="n">
         <v>83.78</v>
       </c>
-      <c r="HI9" s="14" t="n">
+      <c r="HJ9" s="14" t="n">
         <v>83.246</v>
       </c>
-      <c r="HJ9" s="14" t="n">
+      <c r="HK9" s="14" t="n">
         <v>82.788</v>
       </c>
-      <c r="HK9" s="14" t="n">
+      <c r="HL9" s="14" t="n">
         <v>82.635</v>
       </c>
-      <c r="HL9" s="14" t="n">
+      <c r="HM9" s="14" t="n">
         <v>82.559</v>
       </c>
-      <c r="HM9" s="14" t="n">
+      <c r="HN9" s="14" t="n">
         <v>82.407</v>
       </c>
-      <c r="HN9" s="14" t="n">
+      <c r="HO9" s="14" t="n">
         <v>82.254</v>
       </c>
-      <c r="HO9" s="14" t="n">
+      <c r="HP9" s="14" t="n">
         <v>81.796</v>
       </c>
-      <c r="HP9" s="14" t="n">
+      <c r="HQ9" s="14" t="n">
         <v>81.415</v>
       </c>
-      <c r="HQ9" s="14" t="n">
+      <c r="HR9" s="14" t="n">
         <v>80.881</v>
       </c>
-      <c r="HR9" s="14" t="n">
+      <c r="HS9" s="14" t="n">
         <v>80.346</v>
-      </c>
-[...1 lines deleted...]
-        <v>80.117</v>
       </c>
       <c r="HT9" s="14" t="n">
         <v>80.117</v>
       </c>
       <c r="HU9" s="14" t="n">
+        <v>80.117</v>
+      </c>
+      <c r="HV9" s="14" t="n">
         <v>80.27</v>
       </c>
-      <c r="HV9" s="14" t="n">
+      <c r="HW9" s="14" t="n">
         <v>80.423</v>
       </c>
-      <c r="HW9" s="14" t="n">
+      <c r="HX9" s="14" t="n">
         <v>80.804</v>
       </c>
-      <c r="HX9" s="14" t="n">
+      <c r="HY9" s="14" t="n">
         <v>80.728</v>
       </c>
-      <c r="HY9" s="14" t="n">
+      <c r="HZ9" s="14" t="n">
         <v>80.346</v>
       </c>
-      <c r="HZ9" s="14" t="n">
+      <c r="IA9" s="14" t="n">
         <v>80.194</v>
       </c>
-      <c r="IA9" s="14" t="n">
+      <c r="IB9" s="14" t="n">
         <v>79.66</v>
       </c>
-      <c r="IB9" s="14" t="n">
+      <c r="IC9" s="14" t="n">
         <v>79.202</v>
       </c>
-      <c r="IC9" s="14" t="n">
+      <c r="ID9" s="14" t="n">
         <v>78.897</v>
       </c>
-      <c r="ID9" s="14" t="n">
+      <c r="IE9" s="14" t="n">
         <v>78.286</v>
-      </c>
-[...1 lines deleted...]
-        <v>77.447</v>
       </c>
       <c r="IF9" s="14" t="n">
         <v>77.447</v>
       </c>
       <c r="IG9" s="14" t="n">
+        <v>77.447</v>
+      </c>
+      <c r="IH9" s="14" t="n">
         <v>77.752</v>
       </c>
-      <c r="IH9" s="14" t="n">
+      <c r="II9" s="14" t="n">
         <v>77.523</v>
       </c>
-      <c r="II9" s="14" t="n">
+      <c r="IJ9" s="14" t="n">
         <v>76.836</v>
       </c>
-      <c r="IJ9" s="14" t="n">
+      <c r="IK9" s="14" t="n">
         <v>76.379</v>
       </c>
-      <c r="IK9" s="14" t="n">
+      <c r="IL9" s="14" t="n">
         <v>76.073</v>
       </c>
-      <c r="IL9" s="14" t="n">
+      <c r="IM9" s="14" t="n">
         <v>75.692</v>
       </c>
-      <c r="IM9" s="14" t="n">
+      <c r="IN9" s="14" t="n">
         <v>75.768</v>
       </c>
-      <c r="IN9" s="14" t="n">
+      <c r="IO9" s="14" t="n">
         <v>75.387</v>
       </c>
-      <c r="IO9" s="14" t="n">
+      <c r="IP9" s="14" t="n">
         <v>74.929</v>
       </c>
-      <c r="IP9" s="14" t="n">
+      <c r="IQ9" s="14" t="n">
         <v>74.395</v>
       </c>
-      <c r="IQ9" s="15" t="n">
+      <c r="IR9" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="IS9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="IR9" s="15" t="n">
+      <c r="IT9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="IS9" s="15" t="n">
+      <c r="IU9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="IT9" s="15" t="n">
+      <c r="IV9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="IU9" s="15" t="n">
+      <c r="IW9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="IV9" s="15" t="n">
+      <c r="IX9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="IW9" s="15" t="n">
+      <c r="IY9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="IX9" s="15" t="n">
+      <c r="IZ9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="IY9" s="15" t="n">
+      <c r="JA9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="IZ9" s="15" t="n">
+      <c r="JB9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="JA9" s="15" t="n">
+      <c r="JC9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="JB9" s="15" t="n">
+      <c r="JD9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JC9" s="15" t="n">
+      <c r="JE9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="JD9" s="15" t="n">
+      <c r="JF9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="JE9" s="15" t="n">
+      <c r="JG9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JF9" s="15" t="n">
+      <c r="JH9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JG9" s="15" t="n">
+      <c r="JI9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="JH9" s="15" t="n">
+      <c r="JJ9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JI9" s="15" t="n">
+      <c r="JK9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JJ9" s="15" t="n">
+      <c r="JL9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JK9" s="15" t="n">
+      <c r="JM9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="JL9" s="15" t="n">
+      <c r="JN9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JM9" s="15" t="n">
+      <c r="JO9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="JN9" s="15" t="n">
+      <c r="JP9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="JO9" s="15" t="n">
+      <c r="JQ9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="JP9" s="15" t="n">
+      <c r="JR9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="JQ9" s="15" t="n">
+      <c r="JS9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="JR9" s="15" t="n">
+      <c r="JT9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JS9" s="15" t="n">
+      <c r="JU9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="JT9" s="15" t="n">
+      <c r="JV9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="JU9" s="15" t="n">
+      <c r="JW9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JV9" s="15" t="n">
+      <c r="JX9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JW9" s="15" t="n">
+      <c r="JY9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="JX9" s="15" t="n">
+      <c r="JZ9" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="JY9" s="15" t="n">
+      <c r="KA9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="JZ9" s="15" t="n">
+      <c r="KB9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="KA9" s="15" t="n">
+      <c r="KC9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="KB9" s="15" t="n">
+      <c r="KD9" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="KC9" s="15" t="n">
+      <c r="KE9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="KD9" s="15" t="n">
+      <c r="KF9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="KE9" s="15" t="n">
+      <c r="KG9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="KF9" s="15" t="n">
+      <c r="KH9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="KG9" s="15" t="n">
+      <c r="KI9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="KH9" s="15" t="n">
+      <c r="KJ9" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="KI9" s="15" t="n">
+      <c r="KK9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="KJ9" s="15" t="n">
+      <c r="KL9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KK9" s="15" t="n">
+      <c r="KM9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="KL9" s="15" t="n">
+      <c r="KN9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="KM9" s="15" t="n">
+      <c r="KO9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="KN9" s="15" t="n">
+      <c r="KP9" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="KQ9" s="15" t="n">
         <v>1.2</v>
       </c>
       <c r="KR9" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="KS9" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="KT9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="KS9" s="15" t="n">
+      <c r="KU9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="KT9" s="15" t="n">
+      <c r="KV9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="KU9" s="15" t="n">
+      <c r="KW9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="KV9" s="15" t="n">
+      <c r="KX9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="KW9" s="15" t="n">
+      <c r="KY9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KX9" s="15" t="n">
+      <c r="KZ9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KY9" s="15" t="n">
+      <c r="LA9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="KZ9" s="15" t="n">
+      <c r="LB9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LA9" s="15" t="n">
+      <c r="LC9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="LB9" s="15" t="n">
+      <c r="LD9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="LC9" s="15" t="n">
+      <c r="LE9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="LD9" s="15" t="n">
+      <c r="LF9" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="LE9" s="15" t="n">
+      <c r="LG9" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="LF9" s="15" t="n">
+      <c r="LH9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="LG9" s="15" t="n">
+      <c r="LI9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LH9" s="15" t="n">
+      <c r="LJ9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LI9" s="15" t="n">
+      <c r="LK9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LJ9" s="15" t="n">
+      <c r="LL9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LK9" s="15" t="n">
+      <c r="LM9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="LL9" s="15" t="n">
+      <c r="LN9" s="15" t="n">
         <v>-0.9</v>
-      </c>
-[...4 lines deleted...]
-        <v>-1.0</v>
       </c>
       <c r="LO9" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="LP9" s="15" t="n">
-        <v>0.7</v>
+        <v>-1.0</v>
       </c>
       <c r="LQ9" s="15" t="n">
-        <v>0.5</v>
+        <v>0.2</v>
       </c>
       <c r="LR9" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="LS9" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="LT9" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="LU9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LT9" s="15" t="n">
+      <c r="LV9" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="LU9" s="15" t="n">
+      <c r="LW9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="LV9" s="15" t="n">
+      <c r="LX9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LW9" s="15" t="n">
+      <c r="LY9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LX9" s="15" t="n">
+      <c r="LZ9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LY9" s="15" t="n">
+      <c r="MA9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="LZ9" s="15" t="n">
+      <c r="MB9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="MA9" s="15" t="n">
+      <c r="MC9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MB9" s="15" t="n">
+      <c r="MD9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="MC9" s="15" t="n">
+      <c r="ME9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MD9" s="15" t="n">
+      <c r="MF9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="ME9" s="15" t="n">
+      <c r="MG9" s="15" t="n">
         <v>0.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="MH9" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="MI9" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="MJ9" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="MK9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="MJ9" s="15" t="n">
+      <c r="ML9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="MK9" s="15" t="n">
+      <c r="MM9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ML9" s="15" t="n">
+      <c r="MN9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="MM9" s="15" t="n">
+      <c r="MO9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="MN9" s="15" t="n">
+      <c r="MP9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MO9" s="15" t="n">
+      <c r="MQ9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="MP9" s="15" t="n">
+      <c r="MR9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="MQ9" s="15" t="n">
+      <c r="MS9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="MR9" s="15" t="n">
+      <c r="MT9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="MS9" s="15" t="n">
+      <c r="MU9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MT9" s="15" t="n">
+      <c r="MV9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MU9" s="15" t="n">
+      <c r="MW9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MV9" s="15" t="n">
+      <c r="MX9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="MW9" s="15" t="n">
+      <c r="MY9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="MX9" s="15" t="n">
+      <c r="MZ9" s="15" t="n">
         <v>0.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="NA9" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="NB9" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="NC9" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="ND9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="NC9" s="15" t="n">
+      <c r="NE9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="ND9" s="15" t="n">
+      <c r="NF9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="NE9" s="15" t="n">
+      <c r="NG9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="NF9" s="15" t="n">
+      <c r="NH9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="NG9" s="15" t="n">
+      <c r="NI9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="NH9" s="15" t="n">
+      <c r="NJ9" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="NI9" s="15" t="n">
+      <c r="NK9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="NJ9" s="15" t="n">
+      <c r="NL9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NK9" s="15" t="n">
+      <c r="NM9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="NL9" s="15" t="n">
+      <c r="NN9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="NM9" s="15" t="n">
+      <c r="NO9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="NN9" s="15" t="n">
+      <c r="NP9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="NO9" s="15" t="n">
+      <c r="NQ9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="NP9" s="15" t="n">
+      <c r="NR9" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="NQ9" s="15" t="n">
+      <c r="NS9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="NR9" s="15" t="n">
+      <c r="NT9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="NS9" s="15" t="n">
+      <c r="NU9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NT9" s="15" t="n">
+      <c r="NV9" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="NW9" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="NX9" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="NY9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NY9" s="15" t="n">
+      <c r="NZ9" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="OA9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="NZ9" s="15" t="n">
+      <c r="OB9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OA9" s="15" t="n">
+      <c r="OC9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OB9" s="15" t="n">
+      <c r="OD9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OC9" s="15" t="n">
+      <c r="OE9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OD9" s="15" t="n">
+      <c r="OF9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="OE9" s="15" t="n">
+      <c r="OG9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OF9" s="15" t="n">
+      <c r="OH9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OG9" s="15" t="n">
+      <c r="OI9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OH9" s="15" t="n">
+      <c r="OJ9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OI9" s="15" t="n">
+      <c r="OK9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OJ9" s="15" t="n">
+      <c r="OL9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="OK9" s="15" t="n">
+      <c r="OM9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OL9" s="15" t="n">
+      <c r="ON9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="OM9" s="15" t="n">
+      <c r="OO9" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.5</v>
       </c>
       <c r="OP9" s="15" t="n">
         <v>-0.3</v>
       </c>
       <c r="OQ9" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="OR9" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="OS9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="OR9" s="15" t="n">
+      <c r="OT9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="OS9" s="15" t="n">
+      <c r="OU9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="OT9" s="15" t="n">
+      <c r="OV9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="OU9" s="15" t="n">
+      <c r="OW9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OV9" s="15" t="n">
+      <c r="OX9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OW9" s="15" t="n">
+      <c r="OY9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="OX9" s="15" t="n">
+      <c r="OZ9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="OY9" s="15" t="n">
+      <c r="PA9" s="15" t="n">
         <v>1.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="PB9" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="PC9" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="PD9" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="PE9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PD9" s="15" t="n">
+      <c r="PF9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="PE9" s="15" t="n">
+      <c r="PG9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PF9" s="15" t="n">
+      <c r="PH9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PG9" s="15" t="n">
+      <c r="PI9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="PH9" s="15" t="n">
+      <c r="PJ9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="PI9" s="15" t="n">
+      <c r="PK9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="PJ9" s="15" t="n">
+      <c r="PL9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="PK9" s="15" t="n">
+      <c r="PM9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="PL9" s="15" t="n">
+      <c r="PN9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="PM9" s="15" t="n">
+      <c r="PO9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="PN9" s="15" t="n">
+      <c r="PP9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PO9" s="15" t="n">
+      <c r="PQ9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PP9" s="15" t="n">
+      <c r="PR9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="PQ9" s="15" t="n">
+      <c r="PS9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="PR9" s="15" t="n">
+      <c r="PT9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PS9" s="15" t="n">
+      <c r="PU9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="PT9" s="15" t="n">
+      <c r="PV9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="PU9" s="15" t="n">
+      <c r="PW9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="PV9" s="15" t="n">
+      <c r="PX9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="PW9" s="15" t="n">
+      <c r="PY9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="PX9" s="15" t="n">
+      <c r="PZ9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PY9" s="15" t="n">
+      <c r="QA9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PZ9" s="15" t="n">
+      <c r="QB9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QA9" s="15" t="n">
+      <c r="QC9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="QB9" s="15" t="n">
+      <c r="QD9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="QC9" s="15" t="n">
+      <c r="QE9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QD9" s="15" t="n">
+      <c r="QF9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="QE9" s="15" t="n">
+      <c r="QG9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QF9" s="15" t="n">
+      <c r="QH9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QG9" s="15" t="n">
+      <c r="QI9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="QH9" s="15" t="n">
+      <c r="QJ9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QI9" s="15" t="n">
+      <c r="QK9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="QJ9" s="15" t="n">
+      <c r="QL9" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="QK9" s="15" t="n">
+      <c r="QM9" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="QL9" s="15" t="n">
+      <c r="QN9" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="QM9" s="15" t="n">
+      <c r="QO9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="QN9" s="15" t="n">
+      <c r="QP9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="QO9" s="15" t="n">
+      <c r="QQ9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="QP9" s="15" t="n">
+      <c r="QR9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="QQ9" s="15" t="n">
+      <c r="QS9" s="15" t="n">
         <v>1.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.8</v>
       </c>
       <c r="QT9" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="QU9" s="15" t="n">
         <v>0.8</v>
       </c>
       <c r="QV9" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="QW9" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="QX9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="QW9" s="15" t="n">
+      <c r="QY9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="QX9" s="15" t="n">
+      <c r="QZ9" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="RA9" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="RB9" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="RC9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RC9" s="15" t="n">
+      <c r="RD9" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="RE9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="RD9" s="15" t="n">
+      <c r="RF9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="RE9" s="15" t="n">
+      <c r="RG9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="RF9" s="15" t="n">
+      <c r="RH9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="RG9" s="15" t="n">
+      <c r="RI9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="RH9" s="15" t="n">
+      <c r="RJ9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RI9" s="15" t="n">
+      <c r="RK9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="RJ9" s="15" t="n">
+      <c r="RL9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="RK9" s="15" t="n">
+      <c r="RM9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="RL9" s="15" t="n">
+      <c r="RN9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RM9" s="15" t="n">
+      <c r="RO9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="RN9" s="15" t="n">
+      <c r="RP9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RO9" s="15" t="n">
+      <c r="RQ9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="RP9" s="15" t="n">
+      <c r="RR9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="RQ9" s="15" t="n">
+      <c r="RS9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="RR9" s="15" t="n">
+      <c r="RT9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="RS9" s="15" t="n">
+      <c r="RU9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="RT9" s="15" t="n">
+      <c r="RV9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RU9" s="15" t="n">
+      <c r="RW9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="RV9" s="15" t="n">
+      <c r="RX9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="RW9" s="15" t="n">
+      <c r="RY9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="RX9" s="15" t="n">
+      <c r="RZ9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="RY9" s="15" t="n">
+      <c r="SA9" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="SB9" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="SC9" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="SD9" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="SE9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="SD9" s="15" t="n">
+      <c r="SF9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="SE9" s="13" t="inlineStr">
+      <c r="SG9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="SF9" s="15" t="n">
+      <c r="SH9" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="SI9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="SG9" s="15" t="n">
+      <c r="SJ9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="SH9" s="15" t="n">
+      <c r="SK9" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="SI9" s="15" t="n">
+      <c r="SL9" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="SJ9" s="15" t="n">
+      <c r="SM9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="SK9" s="15" t="n">
+      <c r="SN9" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="SL9" s="15" t="n">
+      <c r="SO9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="SM9" s="15" t="n">
+      <c r="SP9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="SN9" s="15" t="n">
+      <c r="SQ9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="SO9" s="15" t="n">
+      <c r="SR9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="SP9" s="15" t="n">
+      <c r="SS9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="SQ9" s="15" t="n">
+      <c r="ST9" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="SR9" s="15" t="n">
+      <c r="SU9" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="SS9" s="15" t="n">
+      <c r="SV9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="ST9" s="15" t="n">
+      <c r="SW9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="SU9" s="15" t="n">
+      <c r="SX9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="SV9" s="15" t="n">
+      <c r="SY9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="SW9" s="15" t="n">
+      <c r="SZ9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="SX9" s="15" t="n">
+      <c r="TA9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="SY9" s="15" t="n">
+      <c r="TB9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="SZ9" s="15" t="n">
+      <c r="TC9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="TA9" s="15" t="n">
+      <c r="TD9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="TB9" s="15" t="n">
+      <c r="TE9" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="TC9" s="15" t="n">
+      <c r="TF9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="TD9" s="15" t="n">
+      <c r="TG9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="TE9" s="15" t="n">
+      <c r="TH9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="TF9" s="15" t="n">
+      <c r="TI9" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="TG9" s="15" t="n">
+      <c r="TJ9" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="TH9" s="15" t="n">
+      <c r="TK9" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="TI9" s="15" t="n">
+      <c r="TL9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="TJ9" s="15" t="n">
+      <c r="TM9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="TK9" s="15" t="n">
+      <c r="TN9" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="TL9" s="15" t="n">
+      <c r="TO9" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="TM9" s="15" t="n">
+      <c r="TP9" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="TN9" s="15" t="n">
+      <c r="TQ9" s="15" t="n">
         <v>13.9</v>
       </c>
-      <c r="TO9" s="15" t="n">
+      <c r="TR9" s="15" t="n">
         <v>16.0</v>
       </c>
-      <c r="TP9" s="15" t="n">
+      <c r="TS9" s="15" t="n">
         <v>16.9</v>
       </c>
-      <c r="TQ9" s="15" t="n">
+      <c r="TT9" s="15" t="n">
         <v>18.0</v>
       </c>
-      <c r="TR9" s="15" t="n">
+      <c r="TU9" s="15" t="n">
         <v>19.6</v>
       </c>
-      <c r="TS9" s="15" t="n">
+      <c r="TV9" s="15" t="n">
         <v>22.2</v>
       </c>
-      <c r="TT9" s="15" t="n">
+      <c r="TW9" s="15" t="n">
         <v>20.6</v>
       </c>
-      <c r="TU9" s="15" t="n">
+      <c r="TX9" s="15" t="n">
         <v>20.1</v>
       </c>
-      <c r="TV9" s="15" t="n">
+      <c r="TY9" s="15" t="n">
         <v>18.0</v>
       </c>
-      <c r="TW9" s="15" t="n">
+      <c r="TZ9" s="15" t="n">
         <v>15.1</v>
       </c>
-      <c r="TX9" s="15" t="n">
+      <c r="UA9" s="15" t="n">
         <v>14.6</v>
       </c>
-      <c r="TY9" s="15" t="n">
+      <c r="UB9" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="TZ9" s="15" t="n">
+      <c r="UC9" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="UA9" s="15" t="n">
+      <c r="UD9" s="15" t="n">
         <v>13.3</v>
       </c>
-      <c r="UB9" s="15" t="n">
+      <c r="UE9" s="15" t="n">
         <v>11.5</v>
       </c>
-      <c r="UC9" s="15" t="n">
+      <c r="UF9" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="UD9" s="15" t="n">
+      <c r="UG9" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="UE9" s="15" t="n">
+      <c r="UH9" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="UF9" s="15" t="n">
+      <c r="UI9" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="UG9" s="15" t="n">
+      <c r="UJ9" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="UH9" s="15" t="n">
+      <c r="UK9" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="UI9" s="15" t="n">
+      <c r="UL9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="UJ9" s="15" t="n">
+      <c r="UM9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="UK9" s="15" t="n">
+      <c r="UN9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="UL9" s="15" t="n">
+      <c r="UO9" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="UM9" s="15" t="n">
+      <c r="UP9" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="UN9" s="15" t="n">
+      <c r="UQ9" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="UO9" s="15" t="n">
+      <c r="UR9" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="UP9" s="15" t="n">
+      <c r="US9" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="UQ9" s="15" t="n">
+      <c r="UT9" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="UR9" s="15" t="n">
+      <c r="UU9" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="US9" s="15" t="n">
+      <c r="UV9" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="UT9" s="15" t="n">
+      <c r="UW9" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="UU9" s="15" t="n">
+      <c r="UX9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="UV9" s="15" t="n">
+      <c r="UY9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="UW9" s="15" t="n">
+      <c r="UZ9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="UX9" s="15" t="n">
+      <c r="VA9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="UY9" s="15" t="n">
+      <c r="VB9" s="15" t="n">
         <v>-0.9</v>
-      </c>
-[...7 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="VC9" s="15" t="n">
         <v>-0.5</v>
       </c>
       <c r="VD9" s="15" t="n">
-        <v>0.8</v>
+        <v>-1.1</v>
       </c>
       <c r="VE9" s="15" t="n">
-        <v>1.4</v>
+        <v>-0.1</v>
       </c>
       <c r="VF9" s="15" t="n">
-        <v>1.3</v>
+        <v>-0.5</v>
       </c>
       <c r="VG9" s="15" t="n">
         <v>0.8</v>
       </c>
       <c r="VH9" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="VI9" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="VJ9" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="VK9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="VI9" s="15" t="n">
+      <c r="VL9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="VJ9" s="15" t="n">
+      <c r="VM9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="VK9" s="15" t="n">
+      <c r="VN9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="VL9" s="15" t="n">
+      <c r="VO9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="VM9" s="15" t="n">
+      <c r="VP9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="VN9" s="15" t="n">
+      <c r="VQ9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="VO9" s="15" t="n">
+      <c r="VR9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="VP9" s="15" t="n">
+      <c r="VS9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="VQ9" s="15" t="n">
+      <c r="VT9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="VR9" s="15" t="n">
+      <c r="VU9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="VS9" s="15" t="n">
+      <c r="VV9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="VT9" s="15" t="n">
+      <c r="VW9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="VU9" s="15" t="n">
+      <c r="VX9" s="15" t="n">
         <v>2.2</v>
-      </c>
-[...7 lines deleted...]
-        <v>3.3</v>
       </c>
       <c r="VY9" s="15" t="n">
         <v>3.1</v>
       </c>
       <c r="VZ9" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="WA9" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="WB9" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="WC9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="WA9" s="15" t="n">
+      <c r="WD9" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="WB9" s="15" t="n">
+      <c r="WE9" s="15" t="n">
         <v>3.8</v>
-      </c>
-[...7 lines deleted...]
-        <v>5.9</v>
       </c>
       <c r="WF9" s="15" t="n">
         <v>4.7</v>
       </c>
       <c r="WG9" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="WH9" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="WI9" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="WJ9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="WH9" s="15" t="n">
+      <c r="WK9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="WI9" s="15" t="n">
+      <c r="WL9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="WJ9" s="15" t="n">
+      <c r="WM9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="WK9" s="15" t="n">
+      <c r="WN9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="WL9" s="15" t="n">
+      <c r="WO9" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="WM9" s="15" t="n">
+      <c r="WP9" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="WN9" s="15" t="n">
+      <c r="WQ9" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="WO9" s="15" t="n">
+      <c r="WR9" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="WP9" s="15" t="n">
+      <c r="WS9" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="WQ9" s="15" t="n">
+      <c r="WT9" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="WR9" s="15" t="n">
+      <c r="WU9" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="WS9" s="15" t="n">
+      <c r="WV9" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="WT9" s="15" t="n">
+      <c r="WW9" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="WU9" s="15" t="n">
+      <c r="WX9" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="WV9" s="15" t="n">
+      <c r="WY9" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="WW9" s="15" t="n">
+      <c r="WZ9" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="WX9" s="15" t="n">
+      <c r="XA9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="WY9" s="15" t="n">
+      <c r="XB9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="WZ9" s="15" t="n">
+      <c r="XC9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="XA9" s="15" t="n">
+      <c r="XD9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="XB9" s="15" t="n">
+      <c r="XE9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="XC9" s="15" t="n">
+      <c r="XF9" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="XD9" s="15" t="n">
+      <c r="XG9" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="XE9" s="15" t="n">
+      <c r="XH9" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="XF9" s="15" t="n">
+      <c r="XI9" s="15" t="n">
         <v>-1.1</v>
-      </c>
-[...7 lines deleted...]
-        <v>-1.0</v>
       </c>
       <c r="XJ9" s="15" t="n">
         <v>-0.9</v>
       </c>
       <c r="XK9" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="XL9" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="XM9" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="XN9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="XL9" s="15" t="n">
+      <c r="XO9" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="XM9" s="15" t="n">
+      <c r="XP9" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="XN9" s="15" t="n">
+      <c r="XQ9" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="XO9" s="15" t="n">
+      <c r="XR9" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="XP9" s="15" t="n">
+      <c r="XS9" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="XQ9" s="15" t="n">
+      <c r="XT9" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="XR9" s="15" t="n">
+      <c r="XU9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="XS9" s="15" t="n">
+      <c r="XV9" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="XT9" s="15" t="n">
+      <c r="XW9" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="XU9" s="15" t="n">
+      <c r="XX9" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="XV9" s="15" t="n">
+      <c r="XY9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="XW9" s="15" t="n">
+      <c r="XZ9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="XX9" s="15" t="n">
+      <c r="YA9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="XY9" s="15" t="n">
+      <c r="YB9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="XZ9" s="15" t="n">
+      <c r="YC9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="YA9" s="15" t="n">
+      <c r="YD9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="YB9" s="15" t="n">
+      <c r="YE9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="YC9" s="15" t="n">
+      <c r="YF9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="YD9" s="15" t="n">
+      <c r="YG9" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="YE9" s="15" t="n">
+      <c r="YH9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="YF9" s="15" t="n">
+      <c r="YI9" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="YG9" s="15" t="n">
+      <c r="YJ9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="YH9" s="15" t="n">
+      <c r="YK9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="YI9" s="15" t="n">
+      <c r="YL9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="YJ9" s="15" t="n">
+      <c r="YM9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="YK9" s="15" t="n">
+      <c r="YN9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="YL9" s="15" t="n">
+      <c r="YO9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="YM9" s="15" t="n">
+      <c r="YP9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="YN9" s="15" t="n">
+      <c r="YQ9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="YO9" s="15" t="n">
+      <c r="YR9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="YP9" s="15" t="n">
+      <c r="YS9" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="YQ9" s="15" t="n">
+      <c r="YT9" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="YR9" s="15" t="n">
+      <c r="YU9" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="YS9" s="15" t="n">
+      <c r="YV9" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="YT9" s="15" t="n">
+      <c r="YW9" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="YU9" s="15" t="n">
+      <c r="YX9" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="YV9" s="15" t="n">
+      <c r="YY9" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="YW9" s="15" t="n">
+      <c r="YZ9" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="YX9" s="15" t="n">
+      <c r="ZA9" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="YY9" s="15" t="n">
+      <c r="ZB9" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="YZ9" s="15" t="n">
+      <c r="ZC9" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="ZA9" s="15" t="n">
+      <c r="ZD9" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="ZB9" s="15" t="n">
+      <c r="ZE9" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="ZC9" s="15" t="n">
+      <c r="ZF9" s="15" t="n">
         <v>4.7</v>
-      </c>
-[...7 lines deleted...]
-        <v>4.6</v>
       </c>
       <c r="ZG9" s="15" t="n">
         <v>4.8</v>
       </c>
       <c r="ZH9" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="ZI9" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="ZJ9" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="ZK9" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="ZI9" s="15" t="n">
+      <c r="ZL9" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="ZJ9" s="15" t="n">
+      <c r="ZM9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ZK9" s="15" t="n">
+      <c r="ZN9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="ZL9" s="15" t="n">
+      <c r="ZO9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ZM9" s="15" t="n">
+      <c r="ZP9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ZN9" s="15" t="n">
+      <c r="ZQ9" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="ZO9" s="15" t="n">
+      <c r="ZR9" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="ZP9" s="15" t="n">
+      <c r="ZS9" s="15" t="n">
         <v>-6.5</v>
-      </c>
-[...7 lines deleted...]
-        <v>-7.0</v>
       </c>
       <c r="ZT9" s="15" t="n">
         <v>-6.5</v>
       </c>
       <c r="ZU9" s="15" t="n">
+        <v>-7.9</v>
+      </c>
+      <c r="ZV9" s="15" t="n">
+        <v>-7.0</v>
+      </c>
+      <c r="ZW9" s="15" t="n">
+        <v>-6.5</v>
+      </c>
+      <c r="ZX9" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="ZV9" s="15" t="n">
+      <c r="ZY9" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="ZW9" s="15" t="n">
+      <c r="ZZ9" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="ZX9" s="15" t="n">
+      <c r="AAA9" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="ZY9" s="15" t="n">
+      <c r="AAB9" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="ZZ9" s="15" t="n">
+      <c r="AAC9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AAA9" s="15" t="n">
+      <c r="AAD9" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AAB9" s="15" t="n">
+      <c r="AAE9" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="AAC9" s="15" t="n">
+      <c r="AAF9" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="AAD9" s="15" t="n">
+      <c r="AAG9" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="AAE9" s="15" t="n">
+      <c r="AAH9" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="AAF9" s="15" t="n">
+      <c r="AAI9" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="AAG9" s="15" t="n">
+      <c r="AAJ9" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="AAH9" s="15" t="n">
+      <c r="AAK9" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AAI9" s="15" t="n">
+      <c r="AAL9" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AAJ9" s="15" t="n">
+      <c r="AAM9" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AAK9" s="15" t="n">
+      <c r="AAN9" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AAL9" s="15" t="n">
+      <c r="AAO9" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AAM9" s="15" t="n">
+      <c r="AAP9" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AAN9" s="15" t="n">
+      <c r="AAQ9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AAO9" s="15" t="n">
+      <c r="AAR9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AAP9" s="15" t="n">
+      <c r="AAS9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AAQ9" s="15" t="n">
+      <c r="AAT9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AAR9" s="15" t="n">
+      <c r="AAU9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AAS9" s="15" t="n">
+      <c r="AAV9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AAT9" s="15" t="n">
+      <c r="AAW9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AAU9" s="15" t="n">
+      <c r="AAX9" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AAV9" s="15" t="n">
+      <c r="AAY9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AAW9" s="15" t="n">
+      <c r="AAZ9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AAX9" s="15" t="n">
+      <c r="ABA9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AAY9" s="15" t="n">
+      <c r="ABB9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AAZ9" s="15" t="n">
+      <c r="ABC9" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ABA9" s="15" t="n">
+      <c r="ABD9" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="ABB9" s="15" t="n">
+      <c r="ABE9" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ABC9" s="15" t="n">
+      <c r="ABF9" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="ABD9" s="15" t="n">
+      <c r="ABG9" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ABE9" s="15" t="n">
+      <c r="ABH9" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="ABF9" s="15" t="n">
+      <c r="ABI9" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="ABG9" s="15" t="n">
+      <c r="ABJ9" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="ABH9" s="15" t="n">
+      <c r="ABK9" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="ABI9" s="13" t="inlineStr">
+      <c r="ABL9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABJ9" s="13" t="inlineStr">
+      <c r="ABM9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABK9" s="13" t="inlineStr">
+      <c r="ABN9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABL9" s="13" t="inlineStr">
+      <c r="ABO9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABM9" s="13" t="inlineStr">
+      <c r="ABP9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABN9" s="13" t="inlineStr">
+      <c r="ABQ9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABO9" s="13" t="inlineStr">
+      <c r="ABR9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABP9" s="13" t="inlineStr">
+      <c r="ABS9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABQ9" s="13" t="inlineStr">
+      <c r="ABT9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABR9" s="13" t="inlineStr">
+      <c r="ABU9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABS9" s="13" t="inlineStr">
+      <c r="ABV9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABT9" s="13" t="inlineStr">
+      <c r="ABW9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
-      </c>
-[...7 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="ABX9" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="ABY9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ABZ9" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="ACA9" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="ACB9" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="ACC9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="ABZ9" s="15" t="n">
+      <c r="ACD9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ACA9" s="15" t="n">
+      <c r="ACE9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ACB9" s="15" t="n">
+      <c r="ACF9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ACC9" s="15" t="n">
+      <c r="ACG9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ACD9" s="15" t="n">
+      <c r="ACH9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="ACE9" s="15" t="n">
+      <c r="ACI9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ACF9" s="15" t="n">
+      <c r="ACJ9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ACG9" s="15" t="n">
+      <c r="ACK9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="ACH9" s="15" t="n">
+      <c r="ACL9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ACI9" s="15" t="n">
+      <c r="ACM9" s="15" t="n">
         <v>1.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.2</v>
       </c>
       <c r="ACN9" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="ACO9" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="ACP9" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="ACQ9" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="ACR9" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="ACS9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ACP9" s="15" t="n">
+      <c r="ACT9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ACQ9" s="15" t="n">
+      <c r="ACU9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ACR9" s="15" t="n">
+      <c r="ACV9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACS9" s="15" t="n">
+      <c r="ACW9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ACT9" s="15" t="n">
+      <c r="ACX9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ACU9" s="15" t="n">
+      <c r="ACY9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ACV9" s="15" t="n">
+      <c r="ACZ9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="ACW9" s="15" t="n">
+      <c r="ADA9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="ACX9" s="15" t="n">
+      <c r="ADB9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ACY9" s="15" t="n">
+      <c r="ADC9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ACZ9" s="15" t="n">
+      <c r="ADD9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ADA9" s="15" t="n">
+      <c r="ADE9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ADB9" s="15" t="n">
+      <c r="ADF9" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="ADC9" s="15" t="n">
+      <c r="ADG9" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="ADD9" s="15" t="n">
+      <c r="ADH9" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="ADE9" s="15" t="n">
+      <c r="ADI9" s="15" t="n">
         <v>13.3</v>
       </c>
-      <c r="ADF9" s="15" t="n">
+      <c r="ADJ9" s="15" t="n">
         <v>13.3</v>
       </c>
-      <c r="ADG9" s="15" t="n">
+      <c r="ADK9" s="15" t="n">
         <v>14.6</v>
       </c>
-      <c r="ADH9" s="15" t="n">
+      <c r="ADL9" s="15" t="n">
         <v>15.6</v>
       </c>
-      <c r="ADI9" s="15" t="n">
+      <c r="ADM9" s="15" t="n">
         <v>13.5</v>
       </c>
-      <c r="ADJ9" s="15" t="n">
+      <c r="ADN9" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="ADK9" s="15" t="n">
+      <c r="ADO9" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="ADL9" s="15" t="n">
+      <c r="ADP9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ADM9" s="15" t="n">
+      <c r="ADQ9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="ADN9" s="15" t="n">
+      <c r="ADR9" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="ADO9" s="15" t="n">
+      <c r="ADS9" s="15" t="n">
         <v>13.5</v>
       </c>
-      <c r="ADP9" s="15" t="n">
+      <c r="ADT9" s="15" t="n">
         <v>12.1</v>
       </c>
-      <c r="ADQ9" s="15" t="n">
+      <c r="ADU9" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="ADR9" s="15" t="n">
+      <c r="ADV9" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="ADS9" s="15" t="n">
+      <c r="ADW9" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="ADT9" s="15" t="n">
+      <c r="ADX9" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="ADU9" s="15" t="n">
+      <c r="ADY9" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="ADV9" s="15" t="n">
+      <c r="ADZ9" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ADW9" s="15" t="n">
+      <c r="AEA9" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="ADX9" s="15" t="n">
+      <c r="AEB9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ADY9" s="15" t="n">
+      <c r="AEC9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ADZ9" s="15" t="n">
+      <c r="AED9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AEA9" s="15" t="n">
+      <c r="AEE9" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="AEB9" s="15" t="n">
+      <c r="AEF9" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="AEC9" s="15" t="n">
+      <c r="AEG9" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="AED9" s="15" t="n">
+      <c r="AEH9" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="AEE9" s="15" t="n">
+      <c r="AEI9" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="AEF9" s="15" t="n">
+      <c r="AEJ9" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="AEG9" s="15" t="n">
+      <c r="AEK9" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="AEH9" s="15" t="n">
+      <c r="AEL9" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="AEI9" s="15" t="n">
+      <c r="AEM9" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="AEJ9" s="15" t="n">
+      <c r="AEN9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AEK9" s="15" t="n">
+      <c r="AEO9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AEL9" s="15" t="n">
+      <c r="AEP9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AEM9" s="15" t="n">
+      <c r="AEQ9" s="15" t="n">
         <v>0.9</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.2</v>
       </c>
       <c r="AER9" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="AES9" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="AET9" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AEU9" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="AEV9" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="AEW9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AET9" s="15" t="n">
+      <c r="AEX9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AEU9" s="15" t="n">
+      <c r="AEY9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AEV9" s="15" t="n">
+      <c r="AEZ9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AEW9" s="15" t="n">
+      <c r="AFA9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AEX9" s="15" t="n">
+      <c r="AFB9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AEY9" s="15" t="n">
+      <c r="AFC9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AEZ9" s="15" t="n">
+      <c r="AFD9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AFA9" s="15" t="n">
+      <c r="AFE9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AFB9" s="15" t="n">
+      <c r="AFF9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AFC9" s="15" t="n">
+      <c r="AFG9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AFD9" s="15" t="n">
+      <c r="AFH9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AFE9" s="15" t="n">
+      <c r="AFI9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AFF9" s="15" t="n">
+      <c r="AFJ9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AFG9" s="15" t="n">
+      <c r="AFK9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AFH9" s="15" t="n">
+      <c r="AFL9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AFI9" s="15" t="n">
+      <c r="AFM9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AFJ9" s="15" t="n">
+      <c r="AFN9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AFK9" s="15" t="n">
+      <c r="AFO9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AFL9" s="15" t="n">
+      <c r="AFP9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AFM9" s="15" t="n">
+      <c r="AFQ9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AFN9" s="15" t="n">
+      <c r="AFR9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AFO9" s="15" t="n">
+      <c r="AFS9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AFP9" s="15" t="n">
+      <c r="AFT9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AFQ9" s="15" t="n">
+      <c r="AFU9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AFR9" s="15" t="n">
+      <c r="AFV9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AFS9" s="15" t="n">
+      <c r="AFW9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AFT9" s="15" t="n">
+      <c r="AFX9" s="15" t="n">
         <v>1.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.5</v>
       </c>
       <c r="AFY9" s="15" t="n">
         <v>0.9</v>
       </c>
       <c r="AFZ9" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="AGA9" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="AGB9" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="AGC9" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="AGD9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AGA9" s="15" t="n">
+      <c r="AGE9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AGB9" s="15" t="n">
+      <c r="AGF9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AGC9" s="15" t="n">
+      <c r="AGG9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AGD9" s="15" t="n">
+      <c r="AGH9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AGE9" s="15" t="n">
+      <c r="AGI9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AGF9" s="15" t="n">
+      <c r="AGJ9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AGG9" s="15" t="n">
+      <c r="AGK9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AGH9" s="15" t="n">
+      <c r="AGL9" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AGI9" s="15" t="n">
+      <c r="AGM9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AGJ9" s="15" t="n">
+      <c r="AGN9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AGK9" s="15" t="n">
+      <c r="AGO9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AGL9" s="15" t="n">
+      <c r="AGP9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AGM9" s="15" t="n">
+      <c r="AGQ9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AGN9" s="15" t="n">
+      <c r="AGR9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AGO9" s="15" t="n">
+      <c r="AGS9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AGP9" s="15" t="n">
+      <c r="AGT9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AGQ9" s="15" t="n">
+      <c r="AGU9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AGR9" s="15" t="n">
+      <c r="AGV9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AGS9" s="15" t="n">
+      <c r="AGW9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AGT9" s="15" t="n">
+      <c r="AGX9" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="AGU9" s="15" t="n">
+      <c r="AGY9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AGV9" s="15" t="n">
+      <c r="AGZ9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AGW9" s="15" t="n">
+      <c r="AHA9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AGX9" s="15" t="n">
+      <c r="AHB9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AGY9" s="15" t="n">
+      <c r="AHC9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AGZ9" s="15" t="n">
+      <c r="AHD9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AHA9" s="15" t="n">
+      <c r="AHE9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AHB9" s="15" t="n">
+      <c r="AHF9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AHC9" s="15" t="n">
+      <c r="AHG9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AHD9" s="15" t="n">
+      <c r="AHH9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AHE9" s="15" t="n">
+      <c r="AHI9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AHF9" s="15" t="n">
+      <c r="AHJ9" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="AHG9" s="15" t="n">
+      <c r="AHK9" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AHH9" s="15" t="n">
+      <c r="AHL9" s="15" t="n">
         <v>-1.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.7</v>
       </c>
       <c r="AHM9" s="15" t="n">
         <v>-0.5</v>
       </c>
       <c r="AHN9" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="AHO9" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="AHP9" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="AHQ9" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="AHR9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AHO9" s="15" t="n">
+      <c r="AHS9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AHP9" s="15" t="n">
+      <c r="AHT9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AHQ9" s="15" t="n">
+      <c r="AHU9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AHR9" s="15" t="n">
+      <c r="AHV9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AHS9" s="15" t="n">
+      <c r="AHW9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AHT9" s="15" t="n">
+      <c r="AHX9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AHU9" s="15" t="n">
+      <c r="AHY9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AHV9" s="15" t="n">
+      <c r="AHZ9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AHW9" s="15" t="n">
+      <c r="AIA9" s="15" t="n">
         <v>2.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.3</v>
       </c>
       <c r="AIB9" s="15" t="n">
         <v>1.5</v>
       </c>
       <c r="AIC9" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="AID9" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="AIE9" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="AIF9" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="AIG9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AID9" s="15" t="n">
+      <c r="AIH9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AIE9" s="15" t="n">
+      <c r="AII9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AIF9" s="15" t="n">
+      <c r="AIJ9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AIG9" s="15" t="n">
+      <c r="AIK9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AIH9" s="15" t="n">
+      <c r="AIL9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AII9" s="15" t="n">
+      <c r="AIM9" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AIJ9" s="15" t="n">
+      <c r="AIN9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AIK9" s="15" t="n">
+      <c r="AIO9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AIL9" s="15" t="n">
+      <c r="AIP9" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AIM9" s="15" t="n">
+      <c r="AIQ9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AIN9" s="15" t="n">
+      <c r="AIR9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AIO9" s="15" t="n">
+      <c r="AIS9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AIP9" s="15" t="n">
+      <c r="AIT9" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="AIQ9" s="15" t="n">
+      <c r="AIU9" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AIR9" s="15" t="n">
+      <c r="AIV9" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AIS9" s="15" t="n">
+      <c r="AIW9" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AIT9" s="15" t="n">
+      <c r="AIX9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AIU9" s="15" t="n">
+      <c r="AIY9" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AIV9" s="15" t="n">
+      <c r="AIZ9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AIW9" s="15" t="n">
+      <c r="AJA9" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AIX9" s="15" t="n">
+      <c r="AJB9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AIY9" s="15" t="n">
+      <c r="AJC9" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AIZ9" s="15" t="n">
+      <c r="AJD9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AJA9" s="15" t="n">
+      <c r="AJE9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AJB9" s="15" t="n">
+      <c r="AJF9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AJC9" s="15" t="n">
+      <c r="AJG9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AJD9" s="15" t="n">
+      <c r="AJH9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AJE9" s="15" t="n">
+      <c r="AJI9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AJF9" s="15" t="n">
+      <c r="AJJ9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AJG9" s="15" t="n">
+      <c r="AJK9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AJH9" s="15" t="n">
+      <c r="AJL9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AJI9" s="15" t="n">
+      <c r="AJM9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AJJ9" s="15" t="n">
+      <c r="AJN9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AJK9" s="15" t="n">
+      <c r="AJO9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AJL9" s="15" t="n">
+      <c r="AJP9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AJM9" s="15" t="n">
+      <c r="AJQ9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AJN9" s="15" t="n">
+      <c r="AJR9" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="AJO9" s="15" t="n">
+      <c r="AJS9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AJP9" s="15" t="n">
+      <c r="AJT9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AJQ9" s="15" t="n">
+      <c r="AJU9" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AJR9" s="15" t="n">
+      <c r="AJV9" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AJS9" s="15" t="n">
+      <c r="AJW9" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="AJT9" s="15" t="n">
+      <c r="AJX9" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="AJU9" s="15" t="n">
+      <c r="AJY9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AJV9" s="15" t="n">
+      <c r="AJZ9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AJW9" s="15" t="n">
+      <c r="AKA9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AJX9" s="15" t="n">
+      <c r="AKB9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AJY9" s="15" t="n">
+      <c r="AKC9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AJZ9" s="15" t="n">
+      <c r="AKD9" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AKA9" s="15" t="n">
+      <c r="AKE9" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AKB9" s="15" t="n">
+      <c r="AKF9" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AKC9" s="15" t="n">
+      <c r="AKG9" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AKD9" s="15" t="n">
+      <c r="AKH9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AKE9" s="15" t="n">
+      <c r="AKI9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AKF9" s="15" t="n">
+      <c r="AKJ9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AKG9" s="15" t="n">
+      <c r="AKK9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AKH9" s="15" t="n">
+      <c r="AKL9" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AKI9" s="15" t="n">
+      <c r="AKM9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AKJ9" s="15" t="n">
+      <c r="AKN9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AKK9" s="15" t="n">
+      <c r="AKO9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AKL9" s="15" t="n">
+      <c r="AKP9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AKM9" s="15" t="n">
+      <c r="AKQ9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AKN9" s="15" t="n">
+      <c r="AKR9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AKO9" s="15" t="n">
+      <c r="AKS9" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AKP9" s="15" t="n">
+      <c r="AKT9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AKQ9" s="15" t="n">
+      <c r="AKU9" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AKR9" s="15" t="n">
+      <c r="AKV9" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AKS9" s="15" t="n">
+      <c r="AKW9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AKT9" s="15" t="n">
+      <c r="AKX9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AKU9" s="15" t="n">
+      <c r="AKY9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AKV9" s="15" t="n">
+      <c r="AKZ9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AKW9" s="15" t="n">
+      <c r="ALA9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AKX9" s="13" t="inlineStr">
+      <c r="ALB9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKY9" s="13" t="inlineStr">
+      <c r="ALC9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKZ9" s="13" t="inlineStr">
+      <c r="ALD9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALA9" s="13" t="inlineStr">
+      <c r="ALE9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALB9" s="13" t="inlineStr">
+      <c r="ALF9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALC9" s="13" t="inlineStr">
+      <c r="ALG9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALD9" s="13" t="inlineStr">
+      <c r="ALH9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALE9" s="13" t="inlineStr">
+      <c r="ALI9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALF9" s="13" t="inlineStr">
+      <c r="ALJ9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALG9" s="13" t="inlineStr">
+      <c r="ALK9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALH9" s="13" t="inlineStr">
+      <c r="ALL9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALI9" s="13" t="inlineStr">
+      <c r="ALM9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>128.149</v>
+        <v>132.242</v>
       </c>
       <c r="C10" s="14" t="n">
+        <v>127.621</v>
+      </c>
+      <c r="D10" s="14" t="n">
         <v>132.305</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="E10" s="14" t="n">
         <v>134.302</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>130.942</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>110.374</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>114.432</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>132.054</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>158.585</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>151.06</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="L10" s="14" t="n">
         <v>153.668</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="M10" s="14" t="n">
         <v>147.738</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>128.774</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>129.747</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>139.697</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>127.026</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>117.661</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>104.117</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>96.21</v>
       </c>
-      <c r="T10" s="14" t="n">
+      <c r="U10" s="14" t="n">
         <v>98.969</v>
       </c>
-      <c r="U10" s="14" t="n">
+      <c r="V10" s="14" t="n">
         <v>112.511</v>
       </c>
-      <c r="V10" s="14" t="n">
+      <c r="W10" s="14" t="n">
         <v>132.486</v>
       </c>
-      <c r="W10" s="14" t="n">
+      <c r="X10" s="14" t="n">
         <v>133.994</v>
       </c>
-      <c r="X10" s="14" t="n">
+      <c r="Y10" s="14" t="n">
         <v>131.891</v>
       </c>
-      <c r="Y10" s="14" t="n">
+      <c r="Z10" s="14" t="n">
         <v>142.314</v>
       </c>
-      <c r="Z10" s="14" t="n">
+      <c r="AA10" s="14" t="n">
         <v>148.961</v>
       </c>
-      <c r="AA10" s="14" t="n">
+      <c r="AB10" s="14" t="n">
         <v>142.898</v>
       </c>
-      <c r="AB10" s="14" t="n">
+      <c r="AC10" s="14" t="n">
         <v>141.986</v>
       </c>
-      <c r="AC10" s="14" t="n">
+      <c r="AD10" s="14" t="n">
         <v>143.945</v>
       </c>
-      <c r="AD10" s="14" t="n">
+      <c r="AE10" s="14" t="n">
         <v>138.052</v>
       </c>
-      <c r="AE10" s="14" t="n">
+      <c r="AF10" s="14" t="n">
         <v>143.055</v>
       </c>
-      <c r="AF10" s="14" t="n">
+      <c r="AG10" s="14" t="n">
         <v>152.381</v>
       </c>
-      <c r="AG10" s="14" t="n">
+      <c r="AH10" s="14" t="n">
         <v>170.178</v>
       </c>
-      <c r="AH10" s="14" t="n">
+      <c r="AI10" s="14" t="n">
         <v>154.477</v>
       </c>
-      <c r="AI10" s="14" t="n">
+      <c r="AJ10" s="14" t="n">
         <v>180.087</v>
       </c>
-      <c r="AJ10" s="14" t="n">
+      <c r="AK10" s="14" t="n">
         <v>180.178</v>
       </c>
-      <c r="AK10" s="14" t="n">
+      <c r="AL10" s="14" t="n">
         <v>195.323</v>
       </c>
-      <c r="AL10" s="14" t="n">
+      <c r="AM10" s="14" t="n">
         <v>225.672</v>
       </c>
-      <c r="AM10" s="14" t="n">
+      <c r="AN10" s="14" t="n">
         <v>225.837</v>
       </c>
-      <c r="AN10" s="14" t="n">
+      <c r="AO10" s="14" t="n">
         <v>193.006</v>
       </c>
-      <c r="AO10" s="14" t="n">
+      <c r="AP10" s="14" t="n">
         <v>181.621</v>
       </c>
-      <c r="AP10" s="14" t="n">
+      <c r="AQ10" s="14" t="n">
         <v>178.599</v>
       </c>
-      <c r="AQ10" s="14" t="n">
+      <c r="AR10" s="14" t="n">
         <v>181.929</v>
       </c>
-      <c r="AR10" s="14" t="n">
+      <c r="AS10" s="14" t="n">
         <v>191.109</v>
       </c>
-      <c r="AS10" s="14" t="n">
+      <c r="AT10" s="14" t="n">
         <v>170.171</v>
       </c>
-      <c r="AT10" s="14" t="n">
+      <c r="AU10" s="14" t="n">
         <v>167.653</v>
       </c>
-      <c r="AU10" s="14" t="n">
+      <c r="AV10" s="14" t="n">
         <v>153.504</v>
       </c>
-      <c r="AV10" s="14" t="n">
+      <c r="AW10" s="14" t="n">
         <v>137.822</v>
       </c>
-      <c r="AW10" s="14" t="n">
+      <c r="AX10" s="14" t="n">
         <v>137.14</v>
       </c>
-      <c r="AX10" s="14" t="n">
+      <c r="AY10" s="14" t="n">
         <v>117.671</v>
       </c>
-      <c r="AY10" s="14" t="n">
+      <c r="AZ10" s="14" t="n">
         <v>98.655</v>
       </c>
-      <c r="AZ10" s="14" t="n">
+      <c r="BA10" s="14" t="n">
         <v>91.827</v>
       </c>
-      <c r="BA10" s="14" t="n">
+      <c r="BB10" s="14" t="n">
         <v>87.253</v>
       </c>
-      <c r="BB10" s="14" t="n">
+      <c r="BC10" s="14" t="n">
         <v>80.8</v>
       </c>
-      <c r="BC10" s="14" t="n">
+      <c r="BD10" s="14" t="n">
         <v>79.173</v>
       </c>
-      <c r="BD10" s="14" t="n">
+      <c r="BE10" s="14" t="n">
         <v>71.193</v>
       </c>
-      <c r="BE10" s="14" t="n">
+      <c r="BF10" s="14" t="n">
         <v>67.014</v>
       </c>
-      <c r="BF10" s="14" t="n">
+      <c r="BG10" s="14" t="n">
         <v>77.947</v>
       </c>
-      <c r="BG10" s="14" t="n">
+      <c r="BH10" s="14" t="n">
         <v>70.389</v>
       </c>
-      <c r="BH10" s="14" t="n">
+      <c r="BI10" s="14" t="n">
         <v>69.597</v>
       </c>
-      <c r="BI10" s="14" t="n">
+      <c r="BJ10" s="14" t="n">
         <v>67.538</v>
       </c>
-      <c r="BJ10" s="14" t="n">
+      <c r="BK10" s="14" t="n">
         <v>69.56</v>
       </c>
-      <c r="BK10" s="14" t="n">
+      <c r="BL10" s="14" t="n">
         <v>67.212</v>
       </c>
-      <c r="BL10" s="14" t="n">
+      <c r="BM10" s="14" t="n">
         <v>67.554</v>
       </c>
-      <c r="BM10" s="14" t="n">
+      <c r="BN10" s="14" t="n">
         <v>64.401</v>
       </c>
-      <c r="BN10" s="14" t="n">
+      <c r="BO10" s="14" t="n">
         <v>60.193</v>
       </c>
-      <c r="BO10" s="14" t="n">
+      <c r="BP10" s="14" t="n">
         <v>59.893</v>
       </c>
-      <c r="BP10" s="14" t="n">
+      <c r="BQ10" s="14" t="n">
         <v>64.711</v>
       </c>
-      <c r="BQ10" s="14" t="n">
+      <c r="BR10" s="14" t="n">
         <v>68.753</v>
       </c>
-      <c r="BR10" s="14" t="n">
+      <c r="BS10" s="14" t="n">
         <v>71.622</v>
       </c>
-      <c r="BS10" s="14" t="n">
+      <c r="BT10" s="14" t="n">
         <v>69.93</v>
       </c>
-      <c r="BT10" s="14" t="n">
+      <c r="BU10" s="14" t="n">
         <v>72.258</v>
       </c>
-      <c r="BU10" s="14" t="n">
+      <c r="BV10" s="14" t="n">
         <v>73.919</v>
       </c>
-      <c r="BV10" s="14" t="n">
+      <c r="BW10" s="14" t="n">
         <v>71.909</v>
       </c>
-      <c r="BW10" s="14" t="n">
+      <c r="BX10" s="14" t="n">
         <v>73.849</v>
       </c>
-      <c r="BX10" s="14" t="n">
+      <c r="BY10" s="14" t="n">
         <v>76.367</v>
       </c>
-      <c r="BY10" s="14" t="n">
+      <c r="BZ10" s="14" t="n">
         <v>74.539</v>
       </c>
-      <c r="BZ10" s="14" t="n">
+      <c r="CA10" s="14" t="n">
         <v>75.382</v>
       </c>
-      <c r="CA10" s="14" t="n">
+      <c r="CB10" s="14" t="n">
         <v>76.21</v>
       </c>
-      <c r="CB10" s="14" t="n">
+      <c r="CC10" s="14" t="n">
         <v>75.72</v>
       </c>
-      <c r="CC10" s="14" t="n">
+      <c r="CD10" s="14" t="n">
         <v>78.748</v>
       </c>
-      <c r="CD10" s="14" t="n">
+      <c r="CE10" s="14" t="n">
         <v>81.365</v>
       </c>
-      <c r="CE10" s="14" t="n">
+      <c r="CF10" s="14" t="n">
         <v>80.374</v>
       </c>
-      <c r="CF10" s="14" t="n">
+      <c r="CG10" s="14" t="n">
         <v>80.159</v>
       </c>
-      <c r="CG10" s="14" t="n">
+      <c r="CH10" s="14" t="n">
         <v>81.576</v>
       </c>
-      <c r="CH10" s="14" t="n">
+      <c r="CI10" s="14" t="n">
         <v>83.048</v>
       </c>
-      <c r="CI10" s="14" t="n">
+      <c r="CJ10" s="14" t="n">
         <v>80.551</v>
       </c>
-      <c r="CJ10" s="14" t="n">
+      <c r="CK10" s="14" t="n">
         <v>79.216</v>
       </c>
-      <c r="CK10" s="14" t="n">
+      <c r="CL10" s="14" t="n">
         <v>76.945</v>
       </c>
-      <c r="CL10" s="14" t="n">
+      <c r="CM10" s="14" t="n">
         <v>73.851</v>
       </c>
-      <c r="CM10" s="14" t="n">
+      <c r="CN10" s="14" t="n">
         <v>71.064</v>
       </c>
-      <c r="CN10" s="14" t="n">
+      <c r="CO10" s="14" t="n">
         <v>71.04</v>
       </c>
-      <c r="CO10" s="14" t="n">
+      <c r="CP10" s="14" t="n">
         <v>75.492</v>
       </c>
-      <c r="CP10" s="14" t="n">
+      <c r="CQ10" s="14" t="n">
         <v>74.455</v>
       </c>
-      <c r="CQ10" s="14" t="n">
+      <c r="CR10" s="14" t="n">
         <v>75.989</v>
       </c>
-      <c r="CR10" s="14" t="n">
+      <c r="CS10" s="14" t="n">
         <v>76.016</v>
       </c>
-      <c r="CS10" s="14" t="n">
+      <c r="CT10" s="14" t="n">
         <v>74.639</v>
       </c>
-      <c r="CT10" s="14" t="n">
+      <c r="CU10" s="14" t="n">
         <v>71.921</v>
       </c>
-      <c r="CU10" s="14" t="n">
+      <c r="CV10" s="14" t="n">
         <v>70.886</v>
       </c>
-      <c r="CV10" s="14" t="n">
+      <c r="CW10" s="14" t="n">
         <v>72.235</v>
       </c>
-      <c r="CW10" s="14" t="n">
+      <c r="CX10" s="14" t="n">
         <v>72.857</v>
       </c>
-      <c r="CX10" s="14" t="n">
+      <c r="CY10" s="14" t="n">
         <v>70.961</v>
       </c>
-      <c r="CY10" s="14" t="n">
+      <c r="CZ10" s="14" t="n">
         <v>70.201</v>
       </c>
-      <c r="CZ10" s="14" t="n">
+      <c r="DA10" s="14" t="n">
         <v>69.732</v>
       </c>
-      <c r="DA10" s="14" t="n">
+      <c r="DB10" s="14" t="n">
         <v>74.115</v>
       </c>
-      <c r="DB10" s="14" t="n">
+      <c r="DC10" s="14" t="n">
         <v>81.672</v>
       </c>
-      <c r="DC10" s="14" t="n">
+      <c r="DD10" s="14" t="n">
         <v>76.87</v>
       </c>
-      <c r="DD10" s="14" t="n">
+      <c r="DE10" s="14" t="n">
         <v>74.312</v>
       </c>
-      <c r="DE10" s="14" t="n">
+      <c r="DF10" s="14" t="n">
         <v>72.85</v>
       </c>
-      <c r="DF10" s="14" t="n">
+      <c r="DG10" s="14" t="n">
         <v>68.636</v>
       </c>
-      <c r="DG10" s="14" t="n">
+      <c r="DH10" s="14" t="n">
         <v>67.425</v>
       </c>
-      <c r="DH10" s="14" t="n">
+      <c r="DI10" s="14" t="n">
         <v>67.929</v>
       </c>
-      <c r="DI10" s="14" t="n">
+      <c r="DJ10" s="14" t="n">
         <v>66.76</v>
       </c>
-      <c r="DJ10" s="14" t="n">
+      <c r="DK10" s="14" t="n">
         <v>60.937</v>
       </c>
-      <c r="DK10" s="14" t="n">
+      <c r="DL10" s="14" t="n">
         <v>60.64</v>
       </c>
-      <c r="DL10" s="14" t="n">
+      <c r="DM10" s="14" t="n">
         <v>63.138</v>
       </c>
-      <c r="DM10" s="14" t="n">
+      <c r="DN10" s="14" t="n">
         <v>63.931</v>
       </c>
-      <c r="DN10" s="14" t="n">
+      <c r="DO10" s="14" t="n">
         <v>66.955</v>
       </c>
-      <c r="DO10" s="14" t="n">
+      <c r="DP10" s="14" t="n">
         <v>74.688</v>
       </c>
-      <c r="DP10" s="14" t="n">
+      <c r="DQ10" s="14" t="n">
         <v>73.735</v>
       </c>
-      <c r="DQ10" s="14" t="n">
+      <c r="DR10" s="14" t="n">
         <v>73.287</v>
       </c>
-      <c r="DR10" s="14" t="n">
+      <c r="DS10" s="14" t="n">
         <v>74.446</v>
       </c>
-      <c r="DS10" s="14" t="n">
+      <c r="DT10" s="14" t="n">
         <v>76.241</v>
       </c>
-      <c r="DT10" s="14" t="n">
+      <c r="DU10" s="14" t="n">
         <v>80.002</v>
       </c>
-      <c r="DU10" s="14" t="n">
+      <c r="DV10" s="14" t="n">
         <v>77.802</v>
       </c>
-      <c r="DV10" s="14" t="n">
+      <c r="DW10" s="14" t="n">
         <v>73.14</v>
       </c>
-      <c r="DW10" s="14" t="n">
+      <c r="DX10" s="14" t="n">
         <v>73.679</v>
       </c>
-      <c r="DX10" s="14" t="n">
+      <c r="DY10" s="14" t="n">
         <v>73.464</v>
       </c>
-      <c r="DY10" s="14" t="n">
+      <c r="DZ10" s="14" t="n">
         <v>74.104</v>
       </c>
-      <c r="DZ10" s="14" t="n">
+      <c r="EA10" s="14" t="n">
         <v>77.826</v>
       </c>
-      <c r="EA10" s="14" t="n">
+      <c r="EB10" s="14" t="n">
         <v>75.917</v>
       </c>
-      <c r="EB10" s="14" t="n">
+      <c r="EC10" s="14" t="n">
         <v>75.129</v>
       </c>
-      <c r="EC10" s="14" t="n">
+      <c r="ED10" s="14" t="n">
         <v>78.607</v>
       </c>
-      <c r="ED10" s="14" t="n">
+      <c r="EE10" s="14" t="n">
         <v>80.056</v>
       </c>
-      <c r="EE10" s="14" t="n">
+      <c r="EF10" s="14" t="n">
         <v>76.8</v>
       </c>
-      <c r="EF10" s="14" t="n">
+      <c r="EG10" s="14" t="n">
         <v>80.151</v>
       </c>
-      <c r="EG10" s="14" t="n">
+      <c r="EH10" s="14" t="n">
         <v>80.136</v>
       </c>
-      <c r="EH10" s="14" t="n">
+      <c r="EI10" s="14" t="n">
         <v>76.711</v>
       </c>
-      <c r="EI10" s="14" t="n">
+      <c r="EJ10" s="14" t="n">
         <v>72.401</v>
       </c>
-      <c r="EJ10" s="14" t="n">
+      <c r="EK10" s="14" t="n">
         <v>72.522</v>
       </c>
-      <c r="EK10" s="14" t="n">
+      <c r="EL10" s="14" t="n">
         <v>70.932</v>
       </c>
-      <c r="EL10" s="14" t="n">
+      <c r="EM10" s="14" t="n">
         <v>76.172</v>
       </c>
-      <c r="EM10" s="14" t="n">
+      <c r="EN10" s="14" t="n">
         <v>83.24</v>
       </c>
-      <c r="EN10" s="14" t="n">
+      <c r="EO10" s="14" t="n">
         <v>77.611</v>
       </c>
-      <c r="EO10" s="14" t="n">
+      <c r="EP10" s="14" t="n">
         <v>80.599</v>
       </c>
-      <c r="EP10" s="14" t="n">
+      <c r="EQ10" s="14" t="n">
         <v>80.723</v>
       </c>
-      <c r="EQ10" s="14" t="n">
+      <c r="ER10" s="14" t="n">
         <v>79.661</v>
       </c>
-      <c r="ER10" s="14" t="n">
+      <c r="ES10" s="14" t="n">
         <v>80.44</v>
       </c>
-      <c r="ES10" s="14" t="n">
+      <c r="ET10" s="14" t="n">
         <v>77.111</v>
       </c>
-      <c r="ET10" s="14" t="n">
+      <c r="EU10" s="14" t="n">
         <v>76.362</v>
       </c>
-      <c r="EU10" s="14" t="n">
+      <c r="EV10" s="14" t="n">
         <v>70.95</v>
       </c>
-      <c r="EV10" s="14" t="n">
+      <c r="EW10" s="14" t="n">
         <v>73.958</v>
       </c>
-      <c r="EW10" s="14" t="n">
+      <c r="EX10" s="14" t="n">
         <v>80.267</v>
       </c>
-      <c r="EX10" s="14" t="n">
+      <c r="EY10" s="14" t="n">
         <v>81.463</v>
       </c>
-      <c r="EY10" s="14" t="n">
+      <c r="EZ10" s="14" t="n">
         <v>77.805</v>
       </c>
-      <c r="EZ10" s="14" t="n">
+      <c r="FA10" s="14" t="n">
         <v>76.444</v>
       </c>
-      <c r="FA10" s="14" t="n">
+      <c r="FB10" s="14" t="n">
         <v>76.904</v>
       </c>
-      <c r="FB10" s="14" t="n">
+      <c r="FC10" s="14" t="n">
         <v>76.637</v>
       </c>
-      <c r="FC10" s="14" t="n">
+      <c r="FD10" s="14" t="n">
         <v>78.894</v>
       </c>
-      <c r="FD10" s="14" t="n">
+      <c r="FE10" s="14" t="n">
         <v>78.385</v>
       </c>
-      <c r="FE10" s="14" t="n">
+      <c r="FF10" s="14" t="n">
         <v>76.421</v>
       </c>
-      <c r="FF10" s="14" t="n">
+      <c r="FG10" s="14" t="n">
         <v>75.941</v>
       </c>
-      <c r="FG10" s="14" t="n">
+      <c r="FH10" s="14" t="n">
         <v>74.201</v>
       </c>
-      <c r="FH10" s="14" t="n">
+      <c r="FI10" s="14" t="n">
         <v>77.975</v>
       </c>
-      <c r="FI10" s="14" t="n">
+      <c r="FJ10" s="14" t="n">
         <v>78.466</v>
       </c>
-      <c r="FJ10" s="14" t="n">
+      <c r="FK10" s="14" t="n">
         <v>77.544</v>
       </c>
-      <c r="FK10" s="14" t="n">
+      <c r="FL10" s="14" t="n">
         <v>73.007</v>
       </c>
-      <c r="FL10" s="14" t="n">
+      <c r="FM10" s="14" t="n">
         <v>72.22</v>
       </c>
-      <c r="FM10" s="14" t="n">
+      <c r="FN10" s="14" t="n">
         <v>72.333</v>
       </c>
-      <c r="FN10" s="14" t="n">
+      <c r="FO10" s="14" t="n">
         <v>71.013</v>
       </c>
-      <c r="FO10" s="14" t="n">
+      <c r="FP10" s="14" t="n">
         <v>71.17</v>
       </c>
-      <c r="FP10" s="14" t="n">
+      <c r="FQ10" s="14" t="n">
         <v>71.643</v>
       </c>
-      <c r="FQ10" s="14" t="n">
+      <c r="FR10" s="14" t="n">
         <v>69.366</v>
       </c>
-      <c r="FR10" s="14" t="n">
+      <c r="FS10" s="14" t="n">
         <v>69.191</v>
       </c>
-      <c r="FS10" s="14" t="n">
+      <c r="FT10" s="14" t="n">
         <v>69.083</v>
       </c>
-      <c r="FT10" s="14" t="n">
+      <c r="FU10" s="14" t="n">
         <v>68.919</v>
       </c>
-      <c r="FU10" s="14" t="n">
+      <c r="FV10" s="14" t="n">
         <v>69.088</v>
       </c>
-      <c r="FV10" s="14" t="n">
+      <c r="FW10" s="14" t="n">
         <v>68.922</v>
       </c>
-      <c r="FW10" s="14" t="n">
+      <c r="FX10" s="14" t="n">
         <v>65.648</v>
       </c>
-      <c r="FX10" s="14" t="n">
+      <c r="FY10" s="14" t="n">
         <v>64.932</v>
       </c>
-      <c r="FY10" s="14" t="n">
+      <c r="FZ10" s="14" t="n">
         <v>64.908</v>
       </c>
-      <c r="FZ10" s="14" t="n">
+      <c r="GA10" s="14" t="n">
         <v>63.948</v>
       </c>
-      <c r="GA10" s="14" t="n">
+      <c r="GB10" s="14" t="n">
         <v>64.185</v>
       </c>
-      <c r="GB10" s="14" t="n">
+      <c r="GC10" s="14" t="n">
         <v>64.954</v>
       </c>
-      <c r="GC10" s="14" t="n">
+      <c r="GD10" s="14" t="n">
         <v>63.641</v>
       </c>
-      <c r="GD10" s="14" t="n">
+      <c r="GE10" s="14" t="n">
         <v>63.04</v>
       </c>
-      <c r="GE10" s="14" t="n">
+      <c r="GF10" s="14" t="n">
         <v>63.158</v>
       </c>
-      <c r="GF10" s="14" t="n">
+      <c r="GG10" s="14" t="n">
         <v>62.851</v>
       </c>
-      <c r="GG10" s="14" t="n">
+      <c r="GH10" s="14" t="n">
         <v>63.018</v>
       </c>
-      <c r="GH10" s="14" t="n">
+      <c r="GI10" s="14" t="n">
         <v>62.913</v>
       </c>
-      <c r="GI10" s="14" t="n">
+      <c r="GJ10" s="14" t="n">
         <v>61.762</v>
       </c>
-      <c r="GJ10" s="14" t="n">
+      <c r="GK10" s="14" t="n">
         <v>61.439</v>
       </c>
-      <c r="GK10" s="14" t="n">
+      <c r="GL10" s="14" t="n">
         <v>61.531</v>
       </c>
-      <c r="GL10" s="14" t="n">
+      <c r="GM10" s="14" t="n">
         <v>61.762</v>
       </c>
-      <c r="GM10" s="14" t="n">
+      <c r="GN10" s="14" t="n">
         <v>62.13</v>
       </c>
-      <c r="GN10" s="14" t="n">
+      <c r="GO10" s="14" t="n">
         <v>62.959</v>
       </c>
-      <c r="GO10" s="14" t="n">
+      <c r="GP10" s="14" t="n">
         <v>62.821</v>
       </c>
-      <c r="GP10" s="14" t="n">
+      <c r="GQ10" s="14" t="n">
         <v>62.453</v>
       </c>
-      <c r="GQ10" s="14" t="n">
+      <c r="GR10" s="14" t="n">
         <v>62.591</v>
       </c>
-      <c r="GR10" s="14" t="n">
+      <c r="GS10" s="14" t="n">
         <v>64.617</v>
       </c>
-      <c r="GS10" s="14" t="n">
+      <c r="GT10" s="14" t="n">
         <v>64.479</v>
       </c>
-      <c r="GT10" s="14" t="n">
+      <c r="GU10" s="14" t="n">
         <v>64.433</v>
       </c>
-      <c r="GU10" s="14" t="n">
+      <c r="GV10" s="14" t="n">
         <v>61.716</v>
       </c>
-      <c r="GV10" s="14" t="n">
+      <c r="GW10" s="14" t="n">
         <v>61.439</v>
       </c>
-      <c r="GW10" s="14" t="n">
+      <c r="GX10" s="14" t="n">
         <v>61.577</v>
       </c>
-      <c r="GX10" s="14" t="n">
+      <c r="GY10" s="14" t="n">
         <v>59.873</v>
-      </c>
-[...1 lines deleted...]
-        <v>60.104</v>
       </c>
       <c r="GZ10" s="14" t="n">
         <v>60.104</v>
       </c>
       <c r="HA10" s="14" t="n">
+        <v>60.104</v>
+      </c>
+      <c r="HB10" s="14" t="n">
         <v>54.761</v>
-      </c>
-[...1 lines deleted...]
-        <v>54.715</v>
       </c>
       <c r="HC10" s="14" t="n">
         <v>54.715</v>
       </c>
       <c r="HD10" s="14" t="n">
+        <v>54.715</v>
+      </c>
+      <c r="HE10" s="14" t="n">
         <v>54.485</v>
-      </c>
-[...1 lines deleted...]
-        <v>54.577</v>
       </c>
       <c r="HF10" s="14" t="n">
         <v>54.577</v>
       </c>
       <c r="HG10" s="14" t="n">
+        <v>54.577</v>
+      </c>
+      <c r="HH10" s="14" t="n">
         <v>52.642</v>
-      </c>
-[...1 lines deleted...]
-        <v>52.596</v>
       </c>
       <c r="HI10" s="14" t="n">
         <v>52.596</v>
       </c>
       <c r="HJ10" s="14" t="n">
+        <v>52.596</v>
+      </c>
+      <c r="HK10" s="14" t="n">
         <v>52.228</v>
       </c>
-      <c r="HK10" s="14" t="n">
+      <c r="HL10" s="14" t="n">
         <v>52.182</v>
       </c>
-      <c r="HL10" s="14" t="n">
+      <c r="HM10" s="14" t="n">
         <v>52.228</v>
       </c>
-      <c r="HM10" s="14" t="n">
+      <c r="HN10" s="14" t="n">
         <v>51.86</v>
-      </c>
-[...1 lines deleted...]
-        <v>51.813</v>
       </c>
       <c r="HO10" s="14" t="n">
         <v>51.813</v>
       </c>
       <c r="HP10" s="14" t="n">
+        <v>51.813</v>
+      </c>
+      <c r="HQ10" s="14" t="n">
         <v>52.09</v>
       </c>
-      <c r="HQ10" s="14" t="n">
+      <c r="HR10" s="14" t="n">
         <v>52.136</v>
       </c>
-      <c r="HR10" s="14" t="n">
+      <c r="HS10" s="14" t="n">
         <v>52.182</v>
-      </c>
-[...1 lines deleted...]
-        <v>50.202</v>
       </c>
       <c r="HT10" s="14" t="n">
         <v>50.202</v>
       </c>
       <c r="HU10" s="14" t="n">
         <v>50.202</v>
       </c>
       <c r="HV10" s="14" t="n">
+        <v>50.202</v>
+      </c>
+      <c r="HW10" s="14" t="n">
         <v>50.248</v>
       </c>
-      <c r="HW10" s="14" t="n">
+      <c r="HX10" s="14" t="n">
         <v>50.294</v>
       </c>
-      <c r="HX10" s="14" t="n">
+      <c r="HY10" s="14" t="n">
         <v>50.248</v>
-      </c>
-[...1 lines deleted...]
-        <v>49.465</v>
       </c>
       <c r="HZ10" s="14" t="n">
         <v>49.465</v>
       </c>
       <c r="IA10" s="14" t="n">
+        <v>49.465</v>
+      </c>
+      <c r="IB10" s="14" t="n">
         <v>49.511</v>
       </c>
-      <c r="IB10" s="14" t="n">
+      <c r="IC10" s="14" t="n">
         <v>49.603</v>
       </c>
-      <c r="IC10" s="14" t="n">
+      <c r="ID10" s="14" t="n">
         <v>49.649</v>
       </c>
-      <c r="ID10" s="14" t="n">
+      <c r="IE10" s="14" t="n">
         <v>49.603</v>
       </c>
-      <c r="IE10" s="14" t="n">
+      <c r="IF10" s="14" t="n">
         <v>47.3</v>
       </c>
-      <c r="IF10" s="14" t="n">
+      <c r="IG10" s="14" t="n">
         <v>47.208</v>
-      </c>
-[...1 lines deleted...]
-        <v>46.241</v>
       </c>
       <c r="IH10" s="14" t="n">
         <v>46.241</v>
       </c>
       <c r="II10" s="14" t="n">
         <v>46.241</v>
       </c>
       <c r="IJ10" s="14" t="n">
+        <v>46.241</v>
+      </c>
+      <c r="IK10" s="14" t="n">
         <v>45.826</v>
       </c>
-      <c r="IK10" s="14" t="n">
+      <c r="IL10" s="14" t="n">
         <v>45.78</v>
       </c>
-      <c r="IL10" s="14" t="n">
+      <c r="IM10" s="14" t="n">
         <v>45.688</v>
-      </c>
-[...1 lines deleted...]
-        <v>45.596</v>
       </c>
       <c r="IN10" s="14" t="n">
         <v>45.596</v>
       </c>
       <c r="IO10" s="14" t="n">
+        <v>45.596</v>
+      </c>
+      <c r="IP10" s="14" t="n">
         <v>45.504</v>
       </c>
-      <c r="IP10" s="14" t="n">
+      <c r="IQ10" s="14" t="n">
         <v>45.458</v>
       </c>
-      <c r="IQ10" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="IR10" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="IS10" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="IT10" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="IS10" s="15" t="n">
+      <c r="IU10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="IT10" s="15" t="n">
+      <c r="IV10" s="15" t="n">
         <v>18.6</v>
       </c>
-      <c r="IU10" s="15" t="n">
+      <c r="IW10" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="IV10" s="15" t="n">
+      <c r="IX10" s="15" t="n">
         <v>-13.3</v>
       </c>
-      <c r="IW10" s="15" t="n">
+      <c r="IY10" s="15" t="n">
         <v>-16.7</v>
       </c>
-      <c r="IX10" s="15" t="n">
+      <c r="IZ10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="IY10" s="15" t="n">
+      <c r="JA10" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="IZ10" s="15" t="n">
+      <c r="JB10" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="JA10" s="15" t="n">
+      <c r="JC10" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="JB10" s="15" t="n">
+      <c r="JD10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="JC10" s="15" t="n">
+      <c r="JE10" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="JD10" s="15" t="n">
+      <c r="JF10" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="JE10" s="15" t="n">
+      <c r="JG10" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="JF10" s="15" t="n">
+      <c r="JH10" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="JG10" s="15" t="n">
+      <c r="JI10" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="JH10" s="15" t="n">
+      <c r="JJ10" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="JI10" s="15" t="n">
+      <c r="JK10" s="15" t="n">
         <v>-12.0</v>
       </c>
-      <c r="JJ10" s="15" t="n">
+      <c r="JL10" s="15" t="n">
         <v>-15.1</v>
       </c>
-      <c r="JK10" s="15" t="n">
+      <c r="JM10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="JL10" s="15" t="n">
+      <c r="JN10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="JM10" s="15" t="n">
+      <c r="JO10" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="JN10" s="15" t="n">
+      <c r="JP10" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="JO10" s="15" t="n">
+      <c r="JQ10" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="JP10" s="15" t="n">
+      <c r="JR10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JQ10" s="15" t="n">
+      <c r="JS10" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="JR10" s="15" t="n">
+      <c r="JT10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="JS10" s="15" t="n">
+      <c r="JU10" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="JT10" s="15" t="n">
+      <c r="JV10" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="JU10" s="15" t="n">
+      <c r="JW10" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="JV10" s="15" t="n">
+      <c r="JX10" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="JW10" s="15" t="n">
+      <c r="JY10" s="15" t="n">
         <v>-14.2</v>
       </c>
-      <c r="JX10" s="15" t="n">
+      <c r="JZ10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="JY10" s="15" t="n">
+      <c r="KA10" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="JZ10" s="15" t="n">
+      <c r="KB10" s="15" t="n">
         <v>-13.4</v>
       </c>
-      <c r="KA10" s="15" t="n">
+      <c r="KC10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KB10" s="15" t="n">
+      <c r="KD10" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="KC10" s="15" t="n">
+      <c r="KE10" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="KD10" s="15" t="n">
+      <c r="KF10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="KE10" s="15" t="n">
+      <c r="KG10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="KF10" s="15" t="n">
+      <c r="KH10" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="KG10" s="15" t="n">
+      <c r="KI10" s="15" t="n">
         <v>12.3</v>
       </c>
-      <c r="KH10" s="15" t="n">
+      <c r="KJ10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="KI10" s="15" t="n">
+      <c r="KK10" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="KJ10" s="15" t="n">
+      <c r="KL10" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="KK10" s="15" t="n">
+      <c r="KM10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="KL10" s="15" t="n">
+      <c r="KN10" s="15" t="n">
         <v>16.5</v>
       </c>
-      <c r="KM10" s="15" t="n">
+      <c r="KO10" s="15" t="n">
         <v>19.3</v>
       </c>
-      <c r="KN10" s="15" t="n">
+      <c r="KP10" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="KO10" s="15" t="n">
+      <c r="KQ10" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="KP10" s="15" t="n">
+      <c r="KR10" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="KQ10" s="15" t="n">
+      <c r="KS10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="KR10" s="15" t="n">
+      <c r="KT10" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="KS10" s="15" t="n">
+      <c r="KU10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="KT10" s="15" t="n">
+      <c r="KV10" s="15" t="n">
         <v>-14.0</v>
       </c>
-      <c r="KU10" s="15" t="n">
+      <c r="KW10" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="KV10" s="15" t="n">
+      <c r="KX10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="KW10" s="15" t="n">
+      <c r="KY10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="KX10" s="15" t="n">
+      <c r="KZ10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="KY10" s="15" t="n">
+      <c r="LA10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="KZ10" s="15" t="n">
+      <c r="LB10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="LA10" s="15" t="n">
+      <c r="LC10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="LB10" s="15" t="n">
+      <c r="LD10" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="LC10" s="15" t="n">
+      <c r="LE10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="LD10" s="15" t="n">
+      <c r="LF10" s="15" t="n">
         <v>-7.4</v>
       </c>
-      <c r="LE10" s="15" t="n">
+      <c r="LG10" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="LF10" s="15" t="n">
+      <c r="LH10" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="LG10" s="15" t="n">
+      <c r="LI10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="LH10" s="15" t="n">
+      <c r="LJ10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="LI10" s="15" t="n">
+      <c r="LK10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="LJ10" s="15" t="n">
+      <c r="LL10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="LK10" s="15" t="n">
+      <c r="LM10" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="LL10" s="15" t="n">
+      <c r="LN10" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="LM10" s="15" t="n">
+      <c r="LO10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="LN10" s="15" t="n">
+      <c r="LP10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="LO10" s="15" t="n">
+      <c r="LQ10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="LP10" s="15" t="n">
+      <c r="LR10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="LQ10" s="15" t="n">
+      <c r="LS10" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="LR10" s="15" t="n">
+      <c r="LT10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="LS10" s="15" t="n">
+      <c r="LU10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="LT10" s="15" t="n">
+      <c r="LV10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="LU10" s="15" t="n">
+      <c r="LW10" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="LV10" s="15" t="n">
+      <c r="LX10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="LW10" s="15" t="n">
+      <c r="LY10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="LX10" s="15" t="n">
+      <c r="LZ10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="LY10" s="15" t="n">
+      <c r="MA10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="LZ10" s="15" t="n">
+      <c r="MB10" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="MA10" s="15" t="n">
+      <c r="MC10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="MB10" s="15" t="n">
+      <c r="MD10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MC10" s="15" t="n">
+      <c r="ME10" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="MD10" s="15" t="n">
+      <c r="MF10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ME10" s="15" t="n">
+      <c r="MG10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="MF10" s="15" t="n">
+      <c r="MH10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MG10" s="15" t="n">
+      <c r="MI10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="MH10" s="15" t="n">
+      <c r="MJ10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="MI10" s="15" t="n">
+      <c r="MK10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="MJ10" s="15" t="n">
+      <c r="ML10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="MK10" s="15" t="n">
+      <c r="MM10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="ML10" s="15" t="n">
+      <c r="MN10" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="MM10" s="15" t="n">
+      <c r="MO10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="MN10" s="15" t="n">
+      <c r="MP10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MO10" s="15" t="n">
+      <c r="MQ10" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="MP10" s="15" t="n">
+      <c r="MR10" s="15" t="n">
         <v>-9.3</v>
       </c>
-      <c r="MQ10" s="15" t="n">
+      <c r="MS10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="MR10" s="15" t="n">
+      <c r="MT10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="MS10" s="15" t="n">
+      <c r="MU10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="MT10" s="15" t="n">
+      <c r="MV10" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="MU10" s="15" t="n">
+      <c r="MW10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="MV10" s="15" t="n">
+      <c r="MX10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="MW10" s="15" t="n">
+      <c r="MY10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="MX10" s="15" t="n">
+      <c r="MZ10" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="MY10" s="15" t="n">
+      <c r="NA10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="MZ10" s="15" t="n">
+      <c r="NB10" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="NA10" s="15" t="n">
+      <c r="NC10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="NB10" s="15" t="n">
+      <c r="ND10" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="NC10" s="15" t="n">
+      <c r="NE10" s="15" t="n">
         <v>-10.4</v>
       </c>
-      <c r="ND10" s="15" t="n">
+      <c r="NF10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="NE10" s="15" t="n">
+      <c r="NG10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="NF10" s="15" t="n">
+      <c r="NH10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="NG10" s="15" t="n">
+      <c r="NI10" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="NH10" s="15" t="n">
+      <c r="NJ10" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="NI10" s="15" t="n">
+      <c r="NK10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="NJ10" s="15" t="n">
+      <c r="NL10" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="NK10" s="15" t="n">
+      <c r="NM10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="NL10" s="15" t="n">
+      <c r="NN10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="NM10" s="15" t="n">
+      <c r="NO10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="NN10" s="15" t="n">
+      <c r="NP10" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="NO10" s="15" t="n">
+      <c r="NQ10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="NP10" s="15" t="n">
+      <c r="NR10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="NQ10" s="15" t="n">
+      <c r="NS10" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="NR10" s="15" t="n">
+      <c r="NT10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="NS10" s="15" t="n">
+      <c r="NU10" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="NT10" s="15" t="n">
+      <c r="NV10" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="NU10" s="15" t="n">
+      <c r="NW10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NV10" s="15" t="n">
+      <c r="NX10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="NW10" s="15" t="n">
+      <c r="NY10" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="NX10" s="15" t="n">
+      <c r="NZ10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="NY10" s="15" t="n">
+      <c r="OA10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="NZ10" s="15" t="n">
+      <c r="OB10" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="OA10" s="15" t="n">
+      <c r="OC10" s="15" t="n">
         <v>-8.5</v>
       </c>
-      <c r="OB10" s="15" t="n">
+      <c r="OD10" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="OC10" s="15" t="n">
+      <c r="OE10" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="OD10" s="15" t="n">
+      <c r="OF10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OE10" s="15" t="n">
+      <c r="OG10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="OF10" s="15" t="n">
+      <c r="OH10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="OG10" s="15" t="n">
+      <c r="OI10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="OH10" s="15" t="n">
+      <c r="OJ10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="OI10" s="15" t="n">
+      <c r="OK10" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="OJ10" s="15" t="n">
+      <c r="OL10" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="OK10" s="15" t="n">
+      <c r="OM10" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="OL10" s="15" t="n">
+      <c r="ON10" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="OM10" s="15" t="n">
+      <c r="OO10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="ON10" s="15" t="n">
+      <c r="OP10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="OO10" s="15" t="n">
+      <c r="OQ10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="OP10" s="15" t="n">
+      <c r="OR10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="OQ10" s="15" t="n">
+      <c r="OS10" s="15" t="n">
         <v>-2.9</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.6</v>
       </c>
       <c r="OT10" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="OU10" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="OV10" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="OW10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="OV10" s="15" t="n">
+      <c r="OX10" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="OW10" s="15" t="n">
+      <c r="OY10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="OX10" s="15" t="n">
+      <c r="OZ10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="OY10" s="15" t="n">
+      <c r="PA10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="OZ10" s="15" t="n">
+      <c r="PB10" s="15" t="n">
         <v>1.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.9</v>
       </c>
       <c r="PC10" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="PD10" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="PE10" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="PF10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="PE10" s="15" t="n">
+      <c r="PG10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="PF10" s="15" t="n">
+      <c r="PH10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PG10" s="15" t="n">
+      <c r="PI10" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="PJ10" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="PK10" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="PL10" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="PM10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="PL10" s="15" t="n">
+      <c r="PN10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="PM10" s="15" t="n">
+      <c r="PO10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PN10" s="15" t="n">
+      <c r="PP10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="PO10" s="15" t="n">
+      <c r="PQ10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="PP10" s="15" t="n">
+      <c r="PR10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="PQ10" s="15" t="n">
+      <c r="PS10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="PR10" s="15" t="n">
+      <c r="PT10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="PS10" s="15" t="n">
+      <c r="PU10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="PT10" s="15" t="n">
+      <c r="PV10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="PU10" s="15" t="n">
+      <c r="PW10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="PV10" s="15" t="n">
+      <c r="PX10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PW10" s="15" t="n">
+      <c r="PY10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="PX10" s="15" t="n">
+      <c r="PZ10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="PY10" s="15" t="n">
+      <c r="QA10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PZ10" s="15" t="n">
+      <c r="QB10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="QA10" s="15" t="n">
+      <c r="QC10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="QB10" s="15" t="n">
+      <c r="QD10" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="QC10" s="15" t="n">
+      <c r="QE10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="QD10" s="15" t="n">
+      <c r="QF10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="QE10" s="15" t="n">
+      <c r="QG10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QF10" s="15" t="n">
+      <c r="QH10" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="QG10" s="15" t="n">
+      <c r="QI10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="QH10" s="15" t="n">
+      <c r="QJ10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QI10" s="15" t="n">
+      <c r="QK10" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="QJ10" s="15" t="n">
+      <c r="QL10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="QK10" s="15" t="n">
+      <c r="QM10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QL10" s="15" t="n">
+      <c r="QN10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="QM10" s="15" t="n">
+      <c r="QO10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="QN10" s="15" t="n">
+      <c r="QP10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QO10" s="15" t="n">
+      <c r="QQ10" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="QP10" s="15" t="n">
+      <c r="QR10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QQ10" s="15" t="n">
+      <c r="QS10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QR10" s="15" t="n">
+      <c r="QT10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="QS10" s="15" t="n">
+      <c r="QU10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QT10" s="15" t="n">
+      <c r="QV10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QU10" s="15" t="n">
+      <c r="QW10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="QV10" s="15" t="n">
+      <c r="QX10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QW10" s="15" t="n">
+      <c r="QY10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QX10" s="15" t="n">
+      <c r="QZ10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="QY10" s="15" t="n">
+      <c r="RA10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QZ10" s="15" t="n">
+      <c r="RB10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RA10" s="15" t="n">
+      <c r="RC10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="RB10" s="15" t="n">
+      <c r="RD10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RC10" s="15" t="n">
+      <c r="RE10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RD10" s="15" t="n">
+      <c r="RF10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="RE10" s="15" t="n">
+      <c r="RG10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RF10" s="15" t="n">
+      <c r="RH10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RG10" s="15" t="n">
+      <c r="RI10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="RH10" s="15" t="n">
+      <c r="RJ10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RI10" s="15" t="n">
+      <c r="RK10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RJ10" s="15" t="n">
+      <c r="RL10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RK10" s="15" t="n">
+      <c r="RM10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RL10" s="15" t="n">
+      <c r="RN10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RM10" s="15" t="n">
+      <c r="RO10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="RN10" s="15" t="n">
+      <c r="RP10" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="RQ10" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="RR10" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="RS10" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="RT10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RS10" s="15" t="n">
+      <c r="RU10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="RT10" s="15" t="n">
+      <c r="RV10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RU10" s="15" t="n">
+      <c r="RW10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="RV10" s="15" t="n">
+      <c r="RX10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RW10" s="15" t="n">
+      <c r="RY10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RX10" s="15" t="n">
+      <c r="RZ10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="RY10" s="15" t="n">
+      <c r="SA10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RZ10" s="15" t="n">
+      <c r="SB10" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="SC10" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="SD10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="SE10" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="SF10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="SE10" s="13" t="inlineStr">
+      <c r="SG10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="SF10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="SG10" s="15" t="n">
+      <c r="SH10" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="SI10" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="SJ10" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="SH10" s="15" t="n">
+      <c r="SK10" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="SI10" s="15" t="n">
+      <c r="SL10" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="SJ10" s="15" t="n">
+      <c r="SM10" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="SK10" s="15" t="n">
+      <c r="SN10" s="15" t="n">
         <v>18.9</v>
       </c>
-      <c r="SL10" s="15" t="n">
+      <c r="SO10" s="15" t="n">
         <v>33.4</v>
       </c>
-      <c r="SM10" s="15" t="n">
+      <c r="SP10" s="15" t="n">
         <v>41.0</v>
       </c>
-      <c r="SN10" s="15" t="n">
+      <c r="SQ10" s="15" t="n">
         <v>14.0</v>
       </c>
-      <c r="SO10" s="15" t="n">
+      <c r="SR10" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="SP10" s="15" t="n">
+      <c r="SS10" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="SQ10" s="15" t="n">
+      <c r="ST10" s="15" t="n">
         <v>-9.5</v>
       </c>
-      <c r="SR10" s="15" t="n">
+      <c r="SU10" s="15" t="n">
         <v>-12.9</v>
       </c>
-      <c r="SS10" s="15" t="n">
+      <c r="SV10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="ST10" s="15" t="n">
+      <c r="SW10" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="SU10" s="15" t="n">
+      <c r="SX10" s="15" t="n">
         <v>-18.3</v>
       </c>
-      <c r="SV10" s="15" t="n">
+      <c r="SY10" s="15" t="n">
         <v>-24.6</v>
       </c>
-      <c r="SW10" s="15" t="n">
+      <c r="SZ10" s="15" t="n">
         <v>-32.7</v>
       </c>
-      <c r="SX10" s="15" t="n">
+      <c r="TA10" s="15" t="n">
         <v>-35.1</v>
       </c>
-      <c r="SY10" s="15" t="n">
+      <c r="TB10" s="15" t="n">
         <v>-33.9</v>
       </c>
-      <c r="SZ10" s="15" t="n">
+      <c r="TC10" s="15" t="n">
         <v>-14.2</v>
       </c>
-      <c r="TA10" s="15" t="n">
+      <c r="TD10" s="15" t="n">
         <v>-25.6</v>
       </c>
-      <c r="TB10" s="15" t="n">
+      <c r="TE10" s="15" t="n">
         <v>-26.8</v>
       </c>
-      <c r="TC10" s="15" t="n">
+      <c r="TF10" s="15" t="n">
         <v>-27.1</v>
       </c>
-      <c r="TD10" s="15" t="n">
+      <c r="TG10" s="15" t="n">
         <v>-34.0</v>
       </c>
-      <c r="TE10" s="15" t="n">
+      <c r="TH10" s="15" t="n">
         <v>-36.7</v>
       </c>
-      <c r="TF10" s="15" t="n">
+      <c r="TI10" s="15" t="n">
         <v>-26.4</v>
       </c>
-      <c r="TG10" s="15" t="n">
+      <c r="TJ10" s="15" t="n">
         <v>-20.7</v>
       </c>
-      <c r="TH10" s="15" t="n">
+      <c r="TK10" s="15" t="n">
         <v>-22.7</v>
       </c>
-      <c r="TI10" s="15" t="n">
+      <c r="TL10" s="15" t="n">
         <v>-21.4</v>
       </c>
-      <c r="TJ10" s="15" t="n">
+      <c r="TM10" s="15" t="n">
         <v>-20.3</v>
       </c>
-      <c r="TK10" s="15" t="n">
+      <c r="TN10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="TL10" s="15" t="n">
+      <c r="TO10" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="TM10" s="15" t="n">
+      <c r="TP10" s="15" t="n">
         <v>17.3</v>
       </c>
-      <c r="TN10" s="15" t="n">
+      <c r="TQ10" s="15" t="n">
         <v>30.7</v>
       </c>
-      <c r="TO10" s="15" t="n">
+      <c r="TR10" s="15" t="n">
         <v>42.4</v>
       </c>
-      <c r="TP10" s="15" t="n">
+      <c r="TS10" s="15" t="n">
         <v>91.8</v>
       </c>
-      <c r="TQ10" s="15" t="n">
+      <c r="TT10" s="15" t="n">
         <v>128.9</v>
       </c>
-      <c r="TR10" s="15" t="n">
+      <c r="TU10" s="15" t="n">
         <v>110.2</v>
       </c>
-      <c r="TS10" s="15" t="n">
+      <c r="TV10" s="15" t="n">
         <v>108.2</v>
       </c>
-      <c r="TT10" s="15" t="n">
+      <c r="TW10" s="15" t="n">
         <v>121.0</v>
       </c>
-      <c r="TU10" s="15" t="n">
+      <c r="TX10" s="15" t="n">
         <v>129.8</v>
       </c>
-      <c r="TV10" s="15" t="n">
+      <c r="TY10" s="15" t="n">
         <v>168.4</v>
       </c>
-      <c r="TW10" s="15" t="n">
+      <c r="TZ10" s="15" t="n">
         <v>153.9</v>
       </c>
-      <c r="TX10" s="15" t="n">
+      <c r="UA10" s="15" t="n">
         <v>115.1</v>
       </c>
-      <c r="TY10" s="15" t="n">
+      <c r="UB10" s="15" t="n">
         <v>118.1</v>
       </c>
-      <c r="TZ10" s="15" t="n">
+      <c r="UC10" s="15" t="n">
         <v>98.0</v>
       </c>
-      <c r="UA10" s="15" t="n">
+      <c r="UD10" s="15" t="n">
         <v>103.1</v>
       </c>
-      <c r="UB10" s="15" t="n">
+      <c r="UE10" s="15" t="n">
         <v>69.2</v>
       </c>
-      <c r="UC10" s="15" t="n">
+      <c r="UF10" s="15" t="n">
         <v>46.8</v>
       </c>
-      <c r="UD10" s="15" t="n">
+      <c r="UG10" s="15" t="n">
         <v>35.9</v>
       </c>
-      <c r="UE10" s="15" t="n">
+      <c r="UH10" s="15" t="n">
         <v>35.5</v>
       </c>
-      <c r="UF10" s="15" t="n">
+      <c r="UI10" s="15" t="n">
         <v>34.2</v>
       </c>
-      <c r="UG10" s="15" t="n">
+      <c r="UJ10" s="15" t="n">
         <v>32.2</v>
       </c>
-      <c r="UH10" s="15" t="n">
+      <c r="UK10" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="UI10" s="15" t="n">
+      <c r="UL10" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="UJ10" s="15" t="n">
+      <c r="UM10" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="UK10" s="15" t="n">
+      <c r="UN10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="UL10" s="15" t="n">
+      <c r="UO10" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="UM10" s="15" t="n">
+      <c r="UP10" s="15" t="n">
         <v>-8.6</v>
       </c>
-      <c r="UN10" s="15" t="n">
+      <c r="UQ10" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="UO10" s="15" t="n">
+      <c r="UR10" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="UP10" s="15" t="n">
+      <c r="US10" s="15" t="n">
         <v>-11.5</v>
       </c>
-      <c r="UQ10" s="15" t="n">
+      <c r="UT10" s="15" t="n">
         <v>-13.6</v>
       </c>
-      <c r="UR10" s="15" t="n">
+      <c r="UU10" s="15" t="n">
         <v>-20.1</v>
       </c>
-      <c r="US10" s="15" t="n">
+      <c r="UV10" s="15" t="n">
         <v>-21.4</v>
       </c>
-      <c r="UT10" s="15" t="n">
+      <c r="UW10" s="15" t="n">
         <v>-14.5</v>
       </c>
-      <c r="UU10" s="15" t="n">
+      <c r="UX10" s="15" t="n">
         <v>-12.7</v>
       </c>
-      <c r="UV10" s="15" t="n">
+      <c r="UY10" s="15" t="n">
         <v>-12.0</v>
       </c>
-      <c r="UW10" s="15" t="n">
+      <c r="UZ10" s="15" t="n">
         <v>-13.0</v>
       </c>
-      <c r="UX10" s="15" t="n">
+      <c r="VA10" s="15" t="n">
         <v>-9.9</v>
       </c>
-      <c r="UY10" s="15" t="n">
+      <c r="VB10" s="15" t="n">
         <v>-9.4</v>
       </c>
-      <c r="UZ10" s="15" t="n">
+      <c r="VC10" s="15" t="n">
         <v>-13.4</v>
       </c>
-      <c r="VA10" s="15" t="n">
+      <c r="VD10" s="15" t="n">
         <v>-8.3</v>
       </c>
-      <c r="VB10" s="15" t="n">
+      <c r="VE10" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="VC10" s="15" t="n">
+      <c r="VF10" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="VD10" s="15" t="n">
+      <c r="VG10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="VE10" s="15" t="n">
+      <c r="VH10" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="VF10" s="15" t="n">
+      <c r="VI10" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="VG10" s="15" t="n">
+      <c r="VJ10" s="15" t="n">
         <v>4.3</v>
-      </c>
-[...7 lines deleted...]
-        <v>5.4</v>
       </c>
       <c r="VK10" s="15" t="n">
         <v>9.3</v>
       </c>
       <c r="VL10" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="VM10" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="VN10" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="VO10" s="15" t="n">
         <v>15.5</v>
       </c>
-      <c r="VM10" s="15" t="n">
+      <c r="VP10" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="VN10" s="15" t="n">
+      <c r="VQ10" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="VO10" s="15" t="n">
+      <c r="VR10" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="VP10" s="15" t="n">
+      <c r="VS10" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="VQ10" s="15" t="n">
+      <c r="VT10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="VR10" s="15" t="n">
+      <c r="VU10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="VS10" s="15" t="n">
+      <c r="VV10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="VT10" s="15" t="n">
+      <c r="VW10" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="VU10" s="15" t="n">
+      <c r="VX10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="VV10" s="15" t="n">
+      <c r="VY10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="VW10" s="15" t="n">
+      <c r="VZ10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="VX10" s="15" t="n">
+      <c r="WA10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="VY10" s="15" t="n">
+      <c r="WB10" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="VZ10" s="15" t="n">
+      <c r="WC10" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="WA10" s="15" t="n">
+      <c r="WD10" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="WB10" s="15" t="n">
+      <c r="WE10" s="15" t="n">
         <v>16.4</v>
       </c>
-      <c r="WC10" s="15" t="n">
+      <c r="WF10" s="15" t="n">
         <v>15.8</v>
       </c>
-      <c r="WD10" s="15" t="n">
+      <c r="WG10" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="WE10" s="15" t="n">
+      <c r="WH10" s="15" t="n">
         <v>15.9</v>
       </c>
-      <c r="WF10" s="15" t="n">
+      <c r="WI10" s="15" t="n">
         <v>22.0</v>
       </c>
-      <c r="WG10" s="15" t="n">
+      <c r="WJ10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="WH10" s="15" t="n">
+      <c r="WK10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="WI10" s="15" t="n">
+      <c r="WL10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="WJ10" s="15" t="n">
+      <c r="WM10" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="WK10" s="15" t="n">
+      <c r="WN10" s="15" t="n">
         <v>-11.6</v>
       </c>
-      <c r="WL10" s="15" t="n">
+      <c r="WO10" s="15" t="n">
         <v>-15.1</v>
       </c>
-      <c r="WM10" s="15" t="n">
+      <c r="WP10" s="15" t="n">
         <v>-14.2</v>
       </c>
-      <c r="WN10" s="15" t="n">
+      <c r="WQ10" s="15" t="n">
         <v>-16.7</v>
       </c>
-      <c r="WO10" s="15" t="n">
+      <c r="WR10" s="15" t="n">
         <v>-17.7</v>
       </c>
-      <c r="WP10" s="15" t="n">
+      <c r="WS10" s="15" t="n">
         <v>-14.1</v>
       </c>
-      <c r="WQ10" s="15" t="n">
+      <c r="WT10" s="15" t="n">
         <v>-13.7</v>
       </c>
-      <c r="WR10" s="15" t="n">
+      <c r="WU10" s="15" t="n">
         <v>-14.0</v>
       </c>
-      <c r="WS10" s="15" t="n">
+      <c r="WV10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="WT10" s="15" t="n">
+      <c r="WW10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="WU10" s="15" t="n">
+      <c r="WX10" s="15" t="n">
         <v>-6.8</v>
       </c>
-      <c r="WV10" s="15" t="n">
+      <c r="WY10" s="15" t="n">
         <v>-7.0</v>
       </c>
-      <c r="WW10" s="15" t="n">
+      <c r="WZ10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="WX10" s="15" t="n">
+      <c r="XA10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="WY10" s="15" t="n">
+      <c r="XB10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="WZ10" s="15" t="n">
+      <c r="XC10" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="XA10" s="15" t="n">
+      <c r="XD10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="XB10" s="15" t="n">
+      <c r="XE10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="XC10" s="15" t="n">
+      <c r="XF10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="XD10" s="15" t="n">
+      <c r="XG10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="XE10" s="15" t="n">
+      <c r="XH10" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="XF10" s="15" t="n">
+      <c r="XI10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="XG10" s="15" t="n">
+      <c r="XJ10" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="XH10" s="15" t="n">
+      <c r="XK10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="XI10" s="15" t="n">
+      <c r="XL10" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="XJ10" s="15" t="n">
+      <c r="XM10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="XK10" s="15" t="n">
+      <c r="XN10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="XL10" s="15" t="n">
+      <c r="XO10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="XM10" s="15" t="n">
+      <c r="XP10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="XN10" s="15" t="n">
+      <c r="XQ10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="XO10" s="15" t="n">
+      <c r="XR10" s="15" t="n">
         <v>-11.6</v>
       </c>
-      <c r="XP10" s="15" t="n">
+      <c r="XS10" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="XQ10" s="15" t="n">
+      <c r="XT10" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="XR10" s="15" t="n">
+      <c r="XU10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="XS10" s="15" t="n">
+      <c r="XV10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="XT10" s="15" t="n">
+      <c r="XW10" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="XU10" s="15" t="n">
+      <c r="XX10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="XV10" s="15" t="n">
+      <c r="XY10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="XW10" s="15" t="n">
+      <c r="XZ10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="XX10" s="15" t="n">
+      <c r="YA10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="XY10" s="15" t="n">
+      <c r="YB10" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="XZ10" s="15" t="n">
+      <c r="YC10" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="YA10" s="15" t="n">
+      <c r="YD10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="YB10" s="15" t="n">
+      <c r="YE10" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="YC10" s="15" t="n">
+      <c r="YF10" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="YD10" s="15" t="n">
+      <c r="YG10" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="YE10" s="15" t="n">
+      <c r="YH10" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="YF10" s="15" t="n">
+      <c r="YI10" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="YG10" s="15" t="n">
+      <c r="YJ10" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="YH10" s="15" t="n">
+      <c r="YK10" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="YI10" s="15" t="n">
+      <c r="YL10" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="YJ10" s="15" t="n">
+      <c r="YM10" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="YK10" s="15" t="n">
+      <c r="YN10" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="YL10" s="15" t="n">
+      <c r="YO10" s="15" t="n">
         <v>13.1</v>
       </c>
-      <c r="YM10" s="15" t="n">
+      <c r="YP10" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="YN10" s="15" t="n">
+      <c r="YQ10" s="15" t="n">
         <v>12.5</v>
       </c>
-      <c r="YO10" s="15" t="n">
+      <c r="YR10" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="YP10" s="15" t="n">
+      <c r="YS10" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="YQ10" s="15" t="n">
+      <c r="YT10" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="YR10" s="15" t="n">
+      <c r="YU10" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="YS10" s="15" t="n">
+      <c r="YV10" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="YT10" s="15" t="n">
+      <c r="YW10" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="YU10" s="15" t="n">
+      <c r="YX10" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="YV10" s="15" t="n">
+      <c r="YY10" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="YW10" s="15" t="n">
+      <c r="YZ10" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="YX10" s="15" t="n">
+      <c r="ZA10" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="YY10" s="15" t="n">
+      <c r="ZB10" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="YZ10" s="15" t="n">
+      <c r="ZC10" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="ZA10" s="15" t="n">
+      <c r="ZD10" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="ZB10" s="15" t="n">
+      <c r="ZE10" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ZC10" s="15" t="n">
+      <c r="ZF10" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="ZD10" s="15" t="n">
+      <c r="ZG10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ZE10" s="15" t="n">
+      <c r="ZH10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ZF10" s="15" t="n">
+      <c r="ZI10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ZG10" s="15" t="n">
+      <c r="ZJ10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ZH10" s="15" t="n">
+      <c r="ZK10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ZI10" s="15" t="n">
+      <c r="ZL10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ZJ10" s="15" t="n">
+      <c r="ZM10" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="ZK10" s="15" t="n">
+      <c r="ZN10" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="ZL10" s="15" t="n">
+      <c r="ZO10" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="ZM10" s="15" t="n">
+      <c r="ZP10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ZN10" s="15" t="n">
+      <c r="ZQ10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ZO10" s="15" t="n">
+      <c r="ZR10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ZP10" s="15" t="n">
+      <c r="ZS10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ZQ10" s="15" t="n">
+      <c r="ZT10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ZR10" s="15" t="n">
+      <c r="ZU10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="ZS10" s="15" t="n">
+      <c r="ZV10" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="ZT10" s="15" t="n">
+      <c r="ZW10" s="15" t="n">
         <v>14.1</v>
       </c>
-      <c r="ZU10" s="15" t="n">
+      <c r="ZX10" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="ZV10" s="15" t="n">
+      <c r="ZY10" s="15" t="n">
         <v>18.6</v>
       </c>
-      <c r="ZW10" s="15" t="n">
+      <c r="ZZ10" s="15" t="n">
         <v>18.1</v>
       </c>
-      <c r="ZX10" s="15" t="n">
+      <c r="AAA10" s="15" t="n">
         <v>18.1</v>
       </c>
-      <c r="ZY10" s="15" t="n">
+      <c r="AAB10" s="15" t="n">
         <v>17.2</v>
       </c>
-      <c r="ZZ10" s="15" t="n">
+      <c r="AAC10" s="15" t="n">
         <v>16.8</v>
       </c>
-      <c r="AAA10" s="15" t="n">
+      <c r="AAD10" s="15" t="n">
         <v>17.1</v>
       </c>
-      <c r="AAB10" s="15" t="n">
+      <c r="AAE10" s="15" t="n">
         <v>14.6</v>
       </c>
-      <c r="AAC10" s="15" t="n">
+      <c r="AAF10" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="AAD10" s="15" t="n">
+      <c r="AAG10" s="15" t="n">
         <v>15.1</v>
       </c>
-      <c r="AAE10" s="15" t="n">
+      <c r="AAH10" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AAF10" s="15" t="n">
+      <c r="AAI10" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AAG10" s="15" t="n">
+      <c r="AAJ10" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AAH10" s="15" t="n">
+      <c r="AAK10" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AAI10" s="15" t="n">
+      <c r="AAL10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AAJ10" s="15" t="n">
+      <c r="AAM10" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AAK10" s="15" t="n">
+      <c r="AAN10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AAL10" s="15" t="n">
+      <c r="AAO10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AAM10" s="15" t="n">
+      <c r="AAP10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AAN10" s="15" t="n">
+      <c r="AAQ10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AAO10" s="15" t="n">
+      <c r="AAR10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AAP10" s="15" t="n">
+      <c r="AAS10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AAQ10" s="15" t="n">
+      <c r="AAT10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AAR10" s="15" t="n">
+      <c r="AAU10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AAS10" s="15" t="n">
+      <c r="AAV10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AAT10" s="15" t="n">
+      <c r="AAW10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AAU10" s="15" t="n">
+      <c r="AAX10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AAV10" s="15" t="n">
+      <c r="AAY10" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AAW10" s="15" t="n">
+      <c r="AAZ10" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AAX10" s="15" t="n">
+      <c r="ABA10" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="AAY10" s="15" t="n">
+      <c r="ABB10" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="AAZ10" s="15" t="n">
+      <c r="ABC10" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="ABA10" s="15" t="n">
+      <c r="ABD10" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="ABB10" s="15" t="n">
+      <c r="ABE10" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="ABC10" s="15" t="n">
+      <c r="ABF10" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="ABD10" s="15" t="n">
+      <c r="ABG10" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="ABE10" s="15" t="n">
+      <c r="ABH10" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="ABF10" s="15" t="n">
+      <c r="ABI10" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="ABG10" s="15" t="n">
+      <c r="ABJ10" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="ABH10" s="15" t="n">
+      <c r="ABK10" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="ABI10" s="13" t="inlineStr">
+      <c r="ABL10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABJ10" s="13" t="inlineStr">
+      <c r="ABM10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABK10" s="13" t="inlineStr">
+      <c r="ABN10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABL10" s="13" t="inlineStr">
+      <c r="ABO10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABM10" s="13" t="inlineStr">
+      <c r="ABP10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABN10" s="13" t="inlineStr">
+      <c r="ABQ10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABO10" s="13" t="inlineStr">
+      <c r="ABR10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABP10" s="13" t="inlineStr">
+      <c r="ABS10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABQ10" s="13" t="inlineStr">
+      <c r="ABT10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABR10" s="13" t="inlineStr">
+      <c r="ABU10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABS10" s="13" t="inlineStr">
+      <c r="ABV10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABT10" s="13" t="inlineStr">
+      <c r="ABW10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABU10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="ABV10" s="15" t="n">
+      <c r="ABX10" s="15" t="n">
         <v>-13.9</v>
       </c>
-      <c r="ABW10" s="15" t="n">
+      <c r="ABY10" s="15" t="n">
+        <v>-16.9</v>
+      </c>
+      <c r="ABZ10" s="15" t="n">
+        <v>-13.9</v>
+      </c>
+      <c r="ACA10" s="15" t="n">
         <v>-12.6</v>
       </c>
-      <c r="ABX10" s="15" t="n">
+      <c r="ACB10" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="ABY10" s="15" t="n">
+      <c r="ACC10" s="15" t="n">
         <v>-28.2</v>
       </c>
-      <c r="ABZ10" s="15" t="n">
+      <c r="ACD10" s="15" t="n">
         <v>-25.5</v>
       </c>
-      <c r="ACA10" s="15" t="n">
+      <c r="ACE10" s="15" t="n">
         <v>-14.1</v>
       </c>
-      <c r="ACB10" s="15" t="n">
+      <c r="ACF10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ACC10" s="15" t="n">
+      <c r="ACG10" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="ACD10" s="15" t="n">
+      <c r="ACH10" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="ACE10" s="15" t="n">
+      <c r="ACI10" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="ACF10" s="15" t="n">
+      <c r="ACJ10" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="ACG10" s="15" t="n">
+      <c r="ACK10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="ACH10" s="15" t="n">
+      <c r="ACL10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ACI10" s="15" t="n">
+      <c r="ACM10" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="ACJ10" s="15" t="n">
+      <c r="ACN10" s="15" t="n">
         <v>-12.2</v>
       </c>
-      <c r="ACK10" s="15" t="n">
+      <c r="ACO10" s="15" t="n">
         <v>-22.3</v>
       </c>
-      <c r="ACL10" s="15" t="n">
+      <c r="ACP10" s="15" t="n">
         <v>-28.2</v>
       </c>
-      <c r="ACM10" s="15" t="n">
+      <c r="ACQ10" s="15" t="n">
         <v>-26.1</v>
       </c>
-      <c r="ACN10" s="15" t="n">
+      <c r="ACR10" s="15" t="n">
         <v>-16.0</v>
       </c>
-      <c r="ACO10" s="15" t="n">
+      <c r="ACS10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="ACP10" s="15" t="n">
+      <c r="ACT10" s="15" t="n">
         <v>-25.6</v>
       </c>
-      <c r="ACQ10" s="15" t="n">
+      <c r="ACU10" s="15" t="n">
         <v>-26.8</v>
       </c>
-      <c r="ACR10" s="15" t="n">
+      <c r="ACV10" s="15" t="n">
         <v>-21.0</v>
       </c>
-      <c r="ACS10" s="15" t="n">
+      <c r="ACW10" s="15" t="n">
         <v>-17.3</v>
       </c>
-      <c r="ACT10" s="15" t="n">
+      <c r="ACX10" s="15" t="n">
         <v>-20.7</v>
       </c>
-      <c r="ACU10" s="15" t="n">
+      <c r="ACY10" s="15" t="n">
         <v>-21.2</v>
       </c>
-      <c r="ACV10" s="15" t="n">
+      <c r="ACZ10" s="15" t="n">
         <v>-20.1</v>
       </c>
-      <c r="ACW10" s="15" t="n">
+      <c r="ADA10" s="15" t="n">
         <v>-23.3</v>
       </c>
-      <c r="ACX10" s="15" t="n">
+      <c r="ADB10" s="15" t="n">
         <v>-20.6</v>
       </c>
-      <c r="ACY10" s="15" t="n">
+      <c r="ADC10" s="15" t="n">
         <v>-15.4</v>
       </c>
-      <c r="ACZ10" s="15" t="n">
+      <c r="ADD10" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="ADA10" s="15" t="n">
+      <c r="ADE10" s="15" t="n">
         <v>-14.2</v>
       </c>
-      <c r="ADB10" s="15" t="n">
+      <c r="ADF10" s="15" t="n">
         <v>17.3</v>
       </c>
-      <c r="ADC10" s="15" t="n">
+      <c r="ADG10" s="15" t="n">
         <v>17.4</v>
       </c>
-      <c r="ADD10" s="15" t="n">
+      <c r="ADH10" s="15" t="n">
         <v>27.2</v>
       </c>
-      <c r="ADE10" s="15" t="n">
+      <c r="ADI10" s="15" t="n">
         <v>47.0</v>
       </c>
-      <c r="ADF10" s="15" t="n">
+      <c r="ADJ10" s="15" t="n">
         <v>47.1</v>
       </c>
-      <c r="ADG10" s="15" t="n">
+      <c r="ADK10" s="15" t="n">
         <v>25.7</v>
       </c>
-      <c r="ADH10" s="15" t="n">
+      <c r="ADL10" s="15" t="n">
         <v>18.3</v>
       </c>
-      <c r="ADI10" s="15" t="n">
+      <c r="ADM10" s="15" t="n">
         <v>16.3</v>
       </c>
-      <c r="ADJ10" s="15" t="n">
+      <c r="ADN10" s="15" t="n">
         <v>18.5</v>
       </c>
-      <c r="ADK10" s="15" t="n">
+      <c r="ADO10" s="15" t="n">
         <v>24.5</v>
       </c>
-      <c r="ADL10" s="15" t="n">
+      <c r="ADP10" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="ADM10" s="15" t="n">
+      <c r="ADQ10" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="ADN10" s="15" t="n">
+      <c r="ADR10" s="15" t="n">
         <v>118.1</v>
       </c>
-      <c r="ADO10" s="15" t="n">
+      <c r="ADS10" s="15" t="n">
         <v>95.8</v>
       </c>
-      <c r="ADP10" s="15" t="n">
+      <c r="ADT10" s="15" t="n">
         <v>94.8</v>
       </c>
-      <c r="ADQ10" s="15" t="n">
+      <c r="ADU10" s="15" t="n">
         <v>67.2</v>
       </c>
-      <c r="ADR10" s="15" t="n">
+      <c r="ADV10" s="15" t="n">
         <v>40.2</v>
       </c>
-      <c r="ADS10" s="15" t="n">
+      <c r="ADW10" s="15" t="n">
         <v>30.5</v>
       </c>
-      <c r="ADT10" s="15" t="n">
+      <c r="ADX10" s="15" t="n">
         <v>24.0</v>
       </c>
-      <c r="ADU10" s="15" t="n">
+      <c r="ADY10" s="15" t="n">
         <v>14.8</v>
       </c>
-      <c r="ADV10" s="15" t="n">
+      <c r="ADZ10" s="15" t="n">
         <v>12.5</v>
       </c>
-      <c r="ADW10" s="15" t="n">
+      <c r="AEA10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ADX10" s="15" t="n">
+      <c r="AEB10" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="ADY10" s="15" t="n">
+      <c r="AEC10" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="ADZ10" s="15" t="n">
+      <c r="AED10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AEA10" s="15" t="n">
+      <c r="AEE10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AEB10" s="15" t="n">
+      <c r="AEF10" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="AEC10" s="15" t="n">
+      <c r="AEG10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AED10" s="15" t="n">
+      <c r="AEH10" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="AEE10" s="15" t="n">
+      <c r="AEI10" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="AEF10" s="15" t="n">
+      <c r="AEJ10" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="AEG10" s="15" t="n">
+      <c r="AEK10" s="15" t="n">
         <v>-13.9</v>
       </c>
-      <c r="AEH10" s="15" t="n">
+      <c r="AEL10" s="15" t="n">
         <v>-14.4</v>
       </c>
-      <c r="AEI10" s="15" t="n">
+      <c r="AEM10" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="AEJ10" s="15" t="n">
+      <c r="AEN10" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="AEK10" s="15" t="n">
+      <c r="AEO10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AEL10" s="15" t="n">
+      <c r="AEP10" s="15" t="n">
         <v>-13.0</v>
       </c>
-      <c r="AEM10" s="15" t="n">
+      <c r="AEQ10" s="15" t="n">
         <v>-10.1</v>
       </c>
-      <c r="AEN10" s="15" t="n">
+      <c r="AER10" s="15" t="n">
         <v>-8.0</v>
       </c>
-      <c r="AEO10" s="15" t="n">
+      <c r="AES10" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="AEP10" s="15" t="n">
+      <c r="AET10" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="AEQ10" s="15" t="n">
+      <c r="AEU10" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="AER10" s="15" t="n">
+      <c r="AEV10" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="AES10" s="15" t="n">
+      <c r="AEW10" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="AET10" s="15" t="n">
+      <c r="AEX10" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="AEU10" s="15" t="n">
+      <c r="AEY10" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="AEV10" s="15" t="n">
+      <c r="AEZ10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AEW10" s="15" t="n">
+      <c r="AFA10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AEX10" s="15" t="n">
+      <c r="AFB10" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="AEY10" s="15" t="n">
+      <c r="AFC10" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AEZ10" s="15" t="n">
+      <c r="AFD10" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="AFA10" s="15" t="n">
+      <c r="AFE10" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="AFB10" s="15" t="n">
+      <c r="AFF10" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="AFC10" s="15" t="n">
+      <c r="AFG10" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AFD10" s="15" t="n">
+      <c r="AFH10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AFE10" s="15" t="n">
+      <c r="AFI10" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="AFF10" s="15" t="n">
+      <c r="AFJ10" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="AFG10" s="15" t="n">
+      <c r="AFK10" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="AFH10" s="15" t="n">
+      <c r="AFL10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AFI10" s="15" t="n">
+      <c r="AFM10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AFJ10" s="15" t="n">
+      <c r="AFN10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="AFK10" s="15" t="n">
+      <c r="AFO10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="AFL10" s="15" t="n">
+      <c r="AFP10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="AFM10" s="15" t="n">
+      <c r="AFQ10" s="15" t="n">
         <v>-6.4</v>
       </c>
-      <c r="AFN10" s="15" t="n">
+      <c r="AFR10" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="AFO10" s="15" t="n">
+      <c r="AFS10" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="AFP10" s="15" t="n">
+      <c r="AFT10" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="AFQ10" s="15" t="n">
+      <c r="AFU10" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="AFR10" s="15" t="n">
+      <c r="AFV10" s="15" t="n">
         <v>-8.7</v>
       </c>
-      <c r="AFS10" s="15" t="n">
+      <c r="AFW10" s="15" t="n">
         <v>-9.3</v>
       </c>
-      <c r="AFT10" s="15" t="n">
+      <c r="AFX10" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="AFU10" s="15" t="n">
+      <c r="AFY10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="AFV10" s="15" t="n">
+      <c r="AFZ10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AFW10" s="15" t="n">
+      <c r="AGA10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AFX10" s="15" t="n">
+      <c r="AGB10" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="AFY10" s="15" t="n">
+      <c r="AGC10" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="AFZ10" s="15" t="n">
+      <c r="AGD10" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="AGA10" s="15" t="n">
+      <c r="AGE10" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="AGB10" s="15" t="n">
+      <c r="AGF10" s="15" t="n">
         <v>-10.6</v>
       </c>
-      <c r="AGC10" s="15" t="n">
+      <c r="AGG10" s="15" t="n">
         <v>-18.4</v>
       </c>
-      <c r="AGD10" s="15" t="n">
+      <c r="AGH10" s="15" t="n">
         <v>-18.8</v>
       </c>
-      <c r="AGE10" s="15" t="n">
+      <c r="AGI10" s="15" t="n">
         <v>-15.5</v>
       </c>
-      <c r="AGF10" s="15" t="n">
+      <c r="AGJ10" s="15" t="n">
         <v>-14.4</v>
       </c>
-      <c r="AGG10" s="15" t="n">
+      <c r="AGK10" s="15" t="n">
         <v>-10.4</v>
       </c>
-      <c r="AGH10" s="15" t="n">
+      <c r="AGL10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AGI10" s="15" t="n">
+      <c r="AGM10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="AGJ10" s="15" t="n">
+      <c r="AGN10" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="AGK10" s="15" t="n">
+      <c r="AGO10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="AGL10" s="15" t="n">
+      <c r="AGP10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AGM10" s="15" t="n">
+      <c r="AGQ10" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="AGN10" s="15" t="n">
+      <c r="AGR10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AGO10" s="15" t="n">
+      <c r="AGS10" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="AGP10" s="15" t="n">
+      <c r="AGT10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="AGQ10" s="15" t="n">
+      <c r="AGU10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="AGR10" s="15" t="n">
+      <c r="AGV10" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="AGS10" s="15" t="n">
+      <c r="AGW10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AGT10" s="15" t="n">
+      <c r="AGX10" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="AGU10" s="15" t="n">
+      <c r="AGY10" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="AGV10" s="15" t="n">
+      <c r="AGZ10" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="AGW10" s="15" t="n">
+      <c r="AHA10" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="AGX10" s="15" t="n">
+      <c r="AHB10" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="AGY10" s="15" t="n">
+      <c r="AHC10" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="AGZ10" s="15" t="n">
+      <c r="AHD10" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="AHA10" s="15" t="n">
+      <c r="AHE10" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="AHB10" s="15" t="n">
+      <c r="AHF10" s="15" t="n">
         <v>-13.0</v>
       </c>
-      <c r="AHC10" s="15" t="n">
+      <c r="AHG10" s="15" t="n">
         <v>-12.9</v>
       </c>
-      <c r="AHD10" s="15" t="n">
+      <c r="AHH10" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="AHE10" s="15" t="n">
+      <c r="AHI10" s="15" t="n">
         <v>-8.5</v>
       </c>
-      <c r="AHF10" s="15" t="n">
+      <c r="AHJ10" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="AHG10" s="15" t="n">
+      <c r="AHK10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AHH10" s="15" t="n">
+      <c r="AHL10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AHI10" s="15" t="n">
+      <c r="AHM10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AHJ10" s="15" t="n">
+      <c r="AHN10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AHK10" s="15" t="n">
+      <c r="AHO10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AHL10" s="15" t="n">
+      <c r="AHP10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AHM10" s="15" t="n">
+      <c r="AHQ10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="AHN10" s="15" t="n">
+      <c r="AHR10" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="AHO10" s="15" t="n">
+      <c r="AHS10" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="AHP10" s="15" t="n">
+      <c r="AHT10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AHQ10" s="15" t="n">
+      <c r="AHU10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AHR10" s="15" t="n">
+      <c r="AHV10" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="AHS10" s="15" t="n">
+      <c r="AHW10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AHT10" s="15" t="n">
+      <c r="AHX10" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AHU10" s="15" t="n">
+      <c r="AHY10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AHV10" s="15" t="n">
+      <c r="AHZ10" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="AHW10" s="15" t="n">
+      <c r="AIA10" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="AHX10" s="15" t="n">
+      <c r="AIB10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AHY10" s="15" t="n">
+      <c r="AIC10" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AHZ10" s="15" t="n">
+      <c r="AID10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AIA10" s="15" t="n">
+      <c r="AIE10" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="AIB10" s="15" t="n">
+      <c r="AIF10" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="AIC10" s="15" t="n">
+      <c r="AIG10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="AID10" s="15" t="n">
+      <c r="AIH10" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="AIE10" s="15" t="n">
+      <c r="AII10" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="AIF10" s="15" t="n">
+      <c r="AIJ10" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="AIG10" s="15" t="n">
+      <c r="AIK10" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="AIH10" s="15" t="n">
+      <c r="AIL10" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="AII10" s="15" t="n">
+      <c r="AIM10" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="AIJ10" s="15" t="n">
+      <c r="AIN10" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AIK10" s="15" t="n">
+      <c r="AIO10" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="AIL10" s="15" t="n">
+      <c r="AIP10" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AIM10" s="15" t="n">
+      <c r="AIQ10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AIN10" s="15" t="n">
+      <c r="AIR10" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AIO10" s="15" t="n">
+      <c r="AIS10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AIP10" s="15" t="n">
+      <c r="AIT10" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="AIQ10" s="15" t="n">
+      <c r="AIU10" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AIR10" s="15" t="n">
+      <c r="AIV10" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AIS10" s="15" t="n">
+      <c r="AIW10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AIT10" s="15" t="n">
+      <c r="AIX10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AIU10" s="15" t="n">
+      <c r="AIY10" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AIV10" s="15" t="n">
+      <c r="AIZ10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AIW10" s="15" t="n">
+      <c r="AJA10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AIX10" s="15" t="n">
+      <c r="AJB10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AIY10" s="15" t="n">
+      <c r="AJC10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AIZ10" s="15" t="n">
+      <c r="AJD10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AJA10" s="15" t="n">
+      <c r="AJE10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AJB10" s="15" t="n">
+      <c r="AJF10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AJC10" s="15" t="n">
+      <c r="AJG10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AJD10" s="15" t="n">
+      <c r="AJH10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AJE10" s="15" t="n">
+      <c r="AJI10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AJF10" s="15" t="n">
+      <c r="AJJ10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AJG10" s="15" t="n">
+      <c r="AJK10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AJH10" s="15" t="n">
+      <c r="AJL10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AJI10" s="15" t="n">
+      <c r="AJM10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AJJ10" s="15" t="n">
+      <c r="AJN10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AJK10" s="15" t="n">
+      <c r="AJO10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AJL10" s="15" t="n">
+      <c r="AJP10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AJM10" s="15" t="n">
+      <c r="AJQ10" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AJN10" s="15" t="n">
+      <c r="AJR10" s="15" t="n">
         <v>17.2</v>
       </c>
-      <c r="AJO10" s="15" t="n">
+      <c r="AJS10" s="15" t="n">
         <v>16.7</v>
       </c>
-      <c r="AJP10" s="15" t="n">
+      <c r="AJT10" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="AJQ10" s="15" t="n">
+      <c r="AJU10" s="15" t="n">
         <v>13.7</v>
       </c>
-      <c r="AJR10" s="15" t="n">
+      <c r="AJV10" s="15" t="n">
         <v>14.2</v>
       </c>
-      <c r="AJS10" s="15" t="n">
+      <c r="AJW10" s="15" t="n">
         <v>14.2</v>
       </c>
-      <c r="AJT10" s="15" t="n">
+      <c r="AJX10" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AJU10" s="15" t="n">
+      <c r="AJY10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AJV10" s="15" t="n">
+      <c r="AJZ10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AJW10" s="15" t="n">
+      <c r="AKA10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AJX10" s="15" t="n">
+      <c r="AKB10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AJY10" s="15" t="n">
+      <c r="AKC10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AJZ10" s="15" t="n">
+      <c r="AKD10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AKA10" s="15" t="n">
+      <c r="AKE10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AKB10" s="15" t="n">
+      <c r="AKF10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AKC10" s="15" t="n">
+      <c r="AKG10" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AKD10" s="15" t="n">
+      <c r="AKH10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AKE10" s="15" t="n">
+      <c r="AKI10" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AKF10" s="15" t="n">
+      <c r="AKJ10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AKG10" s="15" t="n">
+      <c r="AKK10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AKH10" s="15" t="n">
+      <c r="AKL10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AKI10" s="15" t="n">
+      <c r="AKM10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AKJ10" s="15" t="n">
+      <c r="AKN10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AKK10" s="15" t="n">
+      <c r="AKO10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AKL10" s="15" t="n">
+      <c r="AKP10" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AKM10" s="15" t="n">
+      <c r="AKQ10" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AKN10" s="15" t="n">
+      <c r="AKR10" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AKO10" s="15" t="n">
+      <c r="AKS10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="AKP10" s="15" t="n">
+      <c r="AKT10" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="AKQ10" s="15" t="n">
+      <c r="AKU10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="AKR10" s="15" t="n">
+      <c r="AKV10" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AKS10" s="15" t="n">
+      <c r="AKW10" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AKT10" s="15" t="n">
+      <c r="AKX10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AKU10" s="15" t="n">
+      <c r="AKY10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AKV10" s="15" t="n">
+      <c r="AKZ10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AKW10" s="15" t="n">
+      <c r="ALA10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AKX10" s="13" t="inlineStr">
+      <c r="ALB10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKY10" s="13" t="inlineStr">
+      <c r="ALC10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKZ10" s="13" t="inlineStr">
+      <c r="ALD10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALA10" s="13" t="inlineStr">
+      <c r="ALE10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALB10" s="13" t="inlineStr">
+      <c r="ALF10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALC10" s="13" t="inlineStr">
+      <c r="ALG10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALD10" s="13" t="inlineStr">
+      <c r="ALH10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALE10" s="13" t="inlineStr">
+      <c r="ALI10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALF10" s="13" t="inlineStr">
+      <c r="ALJ10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALG10" s="13" t="inlineStr">
+      <c r="ALK10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALH10" s="13" t="inlineStr">
+      <c r="ALL10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALI10" s="13" t="inlineStr">
+      <c r="ALM10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    E Water supply; sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>109.292</v>
+        <v>109.268</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>108.932</v>
+        <v>109.288</v>
       </c>
       <c r="D11" s="14" t="n">
+        <v>108.928</v>
+      </c>
+      <c r="E11" s="14" t="n">
         <v>109.039</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>108.626</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>108.52</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>108.481</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>108.126</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>107.549</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>107.403</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="L11" s="14" t="n">
         <v>106.079</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="M11" s="14" t="n">
         <v>106.052</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>106.097</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>106.128</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>105.518</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>105.157</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>104.708</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>104.352</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>104.15</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>103.912</v>
       </c>
-      <c r="U11" s="14" t="n">
+      <c r="V11" s="14" t="n">
         <v>103.506</v>
       </c>
-      <c r="V11" s="14" t="n">
+      <c r="W11" s="14" t="n">
         <v>103.533</v>
-      </c>
-[...1 lines deleted...]
-        <v>102.981</v>
       </c>
       <c r="X11" s="14" t="n">
         <v>102.981</v>
       </c>
       <c r="Y11" s="14" t="n">
         <v>102.981</v>
       </c>
       <c r="Z11" s="14" t="n">
+        <v>102.981</v>
+      </c>
+      <c r="AA11" s="14" t="n">
         <v>102.932</v>
       </c>
-      <c r="AA11" s="14" t="n">
+      <c r="AB11" s="14" t="n">
         <v>102.699</v>
       </c>
-      <c r="AB11" s="14" t="n">
+      <c r="AC11" s="14" t="n">
         <v>102.71</v>
       </c>
-      <c r="AC11" s="14" t="n">
+      <c r="AD11" s="14" t="n">
         <v>102.861</v>
       </c>
-      <c r="AD11" s="14" t="n">
+      <c r="AE11" s="14" t="n">
         <v>102.779</v>
       </c>
-      <c r="AE11" s="14" t="n">
+      <c r="AF11" s="14" t="n">
         <v>102.543</v>
       </c>
-      <c r="AF11" s="14" t="n">
+      <c r="AG11" s="14" t="n">
         <v>102.415</v>
       </c>
-      <c r="AG11" s="14" t="n">
+      <c r="AH11" s="14" t="n">
         <v>102.394</v>
       </c>
-      <c r="AH11" s="14" t="n">
+      <c r="AI11" s="14" t="n">
         <v>102.077</v>
       </c>
-      <c r="AI11" s="14" t="n">
+      <c r="AJ11" s="14" t="n">
         <v>101.575</v>
       </c>
-      <c r="AJ11" s="14" t="n">
+      <c r="AK11" s="14" t="n">
         <v>101.528</v>
       </c>
-      <c r="AK11" s="14" t="n">
+      <c r="AL11" s="14" t="n">
         <v>101.576</v>
       </c>
-      <c r="AL11" s="14" t="n">
+      <c r="AM11" s="14" t="n">
         <v>101.187</v>
       </c>
-      <c r="AM11" s="14" t="n">
+      <c r="AN11" s="14" t="n">
         <v>100.96</v>
       </c>
-      <c r="AN11" s="14" t="n">
+      <c r="AO11" s="14" t="n">
         <v>100.724</v>
       </c>
-      <c r="AO11" s="14" t="n">
+      <c r="AP11" s="14" t="n">
         <v>100.683</v>
       </c>
-      <c r="AP11" s="14" t="n">
+      <c r="AQ11" s="14" t="n">
         <v>100.799</v>
       </c>
-      <c r="AQ11" s="14" t="n">
+      <c r="AR11" s="14" t="n">
         <v>100.903</v>
       </c>
-      <c r="AR11" s="14" t="n">
+      <c r="AS11" s="14" t="n">
         <v>101.022</v>
       </c>
-      <c r="AS11" s="14" t="n">
+      <c r="AT11" s="14" t="n">
         <v>100.851</v>
       </c>
-      <c r="AT11" s="14" t="n">
+      <c r="AU11" s="14" t="n">
         <v>100.807</v>
       </c>
-      <c r="AU11" s="14" t="n">
+      <c r="AV11" s="14" t="n">
         <v>100.149</v>
       </c>
-      <c r="AV11" s="14" t="n">
+      <c r="AW11" s="14" t="n">
         <v>100.038</v>
       </c>
-      <c r="AW11" s="14" t="n">
+      <c r="AX11" s="14" t="n">
         <v>99.951</v>
       </c>
-      <c r="AX11" s="14" t="n">
+      <c r="AY11" s="14" t="n">
         <v>99.843</v>
       </c>
-      <c r="AY11" s="14" t="n">
+      <c r="AZ11" s="14" t="n">
         <v>99.7</v>
       </c>
-      <c r="AZ11" s="14" t="n">
+      <c r="BA11" s="14" t="n">
         <v>99.809</v>
       </c>
-      <c r="BA11" s="14" t="n">
+      <c r="BB11" s="14" t="n">
         <v>99.899</v>
       </c>
-      <c r="BB11" s="14" t="n">
+      <c r="BC11" s="14" t="n">
         <v>99.932</v>
       </c>
-      <c r="BC11" s="14" t="n">
+      <c r="BD11" s="14" t="n">
         <v>100.174</v>
       </c>
-      <c r="BD11" s="14" t="n">
+      <c r="BE11" s="14" t="n">
         <v>100.149</v>
       </c>
-      <c r="BE11" s="14" t="n">
+      <c r="BF11" s="14" t="n">
         <v>100.232</v>
       </c>
-      <c r="BF11" s="14" t="n">
+      <c r="BG11" s="14" t="n">
         <v>100.125</v>
       </c>
-      <c r="BG11" s="14" t="n">
+      <c r="BH11" s="14" t="n">
         <v>99.935</v>
       </c>
-      <c r="BH11" s="14" t="n">
+      <c r="BI11" s="14" t="n">
         <v>99.798</v>
       </c>
-      <c r="BI11" s="14" t="n">
+      <c r="BJ11" s="14" t="n">
         <v>99.714</v>
       </c>
-      <c r="BJ11" s="14" t="n">
+      <c r="BK11" s="14" t="n">
         <v>99.6</v>
       </c>
-      <c r="BK11" s="14" t="n">
+      <c r="BL11" s="14" t="n">
         <v>99.56</v>
       </c>
-      <c r="BL11" s="14" t="n">
+      <c r="BM11" s="14" t="n">
         <v>99.501</v>
       </c>
-      <c r="BM11" s="14" t="n">
+      <c r="BN11" s="14" t="n">
         <v>99.653</v>
       </c>
-      <c r="BN11" s="14" t="n">
+      <c r="BO11" s="14" t="n">
         <v>99.749</v>
       </c>
-      <c r="BO11" s="14" t="n">
+      <c r="BP11" s="14" t="n">
         <v>99.626</v>
       </c>
-      <c r="BP11" s="14" t="n">
+      <c r="BQ11" s="14" t="n">
         <v>99.307</v>
       </c>
-      <c r="BQ11" s="14" t="n">
+      <c r="BR11" s="14" t="n">
         <v>99.287</v>
       </c>
-      <c r="BR11" s="14" t="n">
+      <c r="BS11" s="14" t="n">
         <v>99.152</v>
       </c>
-      <c r="BS11" s="14" t="n">
+      <c r="BT11" s="14" t="n">
         <v>99.007</v>
       </c>
-      <c r="BT11" s="14" t="n">
+      <c r="BU11" s="14" t="n">
         <v>98.922</v>
       </c>
-      <c r="BU11" s="14" t="n">
+      <c r="BV11" s="14" t="n">
         <v>98.857</v>
       </c>
-      <c r="BV11" s="14" t="n">
+      <c r="BW11" s="14" t="n">
         <v>98.881</v>
       </c>
-      <c r="BW11" s="14" t="n">
+      <c r="BX11" s="14" t="n">
         <v>98.851</v>
       </c>
-      <c r="BX11" s="14" t="n">
+      <c r="BY11" s="14" t="n">
         <v>98.849</v>
       </c>
-      <c r="BY11" s="14" t="n">
+      <c r="BZ11" s="14" t="n">
         <v>98.89</v>
       </c>
-      <c r="BZ11" s="14" t="n">
+      <c r="CA11" s="14" t="n">
         <v>98.964</v>
       </c>
-      <c r="CA11" s="14" t="n">
+      <c r="CB11" s="14" t="n">
         <v>99.16</v>
       </c>
-      <c r="CB11" s="14" t="n">
+      <c r="CC11" s="14" t="n">
         <v>99.118</v>
       </c>
-      <c r="CC11" s="14" t="n">
+      <c r="CD11" s="14" t="n">
         <v>99.132</v>
       </c>
-      <c r="CD11" s="14" t="n">
+      <c r="CE11" s="14" t="n">
         <v>99.107</v>
       </c>
-      <c r="CE11" s="14" t="n">
+      <c r="CF11" s="14" t="n">
         <v>99.026</v>
       </c>
-      <c r="CF11" s="14" t="n">
+      <c r="CG11" s="14" t="n">
         <v>98.937</v>
       </c>
-      <c r="CG11" s="14" t="n">
+      <c r="CH11" s="14" t="n">
         <v>98.877</v>
       </c>
-      <c r="CH11" s="14" t="n">
+      <c r="CI11" s="14" t="n">
         <v>98.679</v>
       </c>
-      <c r="CI11" s="14" t="n">
+      <c r="CJ11" s="14" t="n">
         <v>98.713</v>
       </c>
-      <c r="CJ11" s="14" t="n">
+      <c r="CK11" s="14" t="n">
         <v>98.838</v>
       </c>
-      <c r="CK11" s="14" t="n">
+      <c r="CL11" s="14" t="n">
         <v>98.958</v>
       </c>
-      <c r="CL11" s="14" t="n">
+      <c r="CM11" s="14" t="n">
         <v>98.933</v>
       </c>
-      <c r="CM11" s="14" t="n">
+      <c r="CN11" s="14" t="n">
         <v>99.176</v>
       </c>
-      <c r="CN11" s="14" t="n">
+      <c r="CO11" s="14" t="n">
         <v>99.069</v>
       </c>
-      <c r="CO11" s="14" t="n">
+      <c r="CP11" s="14" t="n">
         <v>98.981</v>
       </c>
-      <c r="CP11" s="14" t="n">
+      <c r="CQ11" s="14" t="n">
         <v>98.741</v>
       </c>
-      <c r="CQ11" s="14" t="n">
+      <c r="CR11" s="14" t="n">
         <v>98.409</v>
       </c>
-      <c r="CR11" s="14" t="n">
+      <c r="CS11" s="14" t="n">
         <v>98.272</v>
       </c>
-      <c r="CS11" s="14" t="n">
+      <c r="CT11" s="14" t="n">
         <v>98.2</v>
       </c>
-      <c r="CT11" s="14" t="n">
+      <c r="CU11" s="14" t="n">
         <v>98.229</v>
       </c>
-      <c r="CU11" s="14" t="n">
+      <c r="CV11" s="14" t="n">
         <v>98.308</v>
       </c>
-      <c r="CV11" s="14" t="n">
+      <c r="CW11" s="14" t="n">
         <v>98.197</v>
       </c>
-      <c r="CW11" s="14" t="n">
+      <c r="CX11" s="14" t="n">
         <v>98.402</v>
       </c>
-      <c r="CX11" s="14" t="n">
+      <c r="CY11" s="14" t="n">
         <v>98.541</v>
       </c>
-      <c r="CY11" s="14" t="n">
+      <c r="CZ11" s="14" t="n">
         <v>98.655</v>
       </c>
-      <c r="CZ11" s="14" t="n">
+      <c r="DA11" s="14" t="n">
         <v>98.691</v>
       </c>
-      <c r="DA11" s="14" t="n">
+      <c r="DB11" s="14" t="n">
         <v>98.68</v>
       </c>
-      <c r="DB11" s="14" t="n">
+      <c r="DC11" s="14" t="n">
         <v>98.498</v>
       </c>
-      <c r="DC11" s="14" t="n">
+      <c r="DD11" s="14" t="n">
         <v>98.348</v>
       </c>
-      <c r="DD11" s="14" t="n">
+      <c r="DE11" s="14" t="n">
         <v>98.246</v>
       </c>
-      <c r="DE11" s="14" t="n">
+      <c r="DF11" s="14" t="n">
         <v>98.145</v>
       </c>
-      <c r="DF11" s="14" t="n">
+      <c r="DG11" s="14" t="n">
         <v>98.255</v>
       </c>
-      <c r="DG11" s="14" t="n">
+      <c r="DH11" s="14" t="n">
         <v>98.613</v>
       </c>
-      <c r="DH11" s="14" t="n">
+      <c r="DI11" s="14" t="n">
         <v>99.191</v>
       </c>
-      <c r="DI11" s="14" t="n">
+      <c r="DJ11" s="14" t="n">
         <v>99.306</v>
       </c>
-      <c r="DJ11" s="14" t="n">
+      <c r="DK11" s="14" t="n">
         <v>99.415</v>
       </c>
-      <c r="DK11" s="14" t="n">
+      <c r="DL11" s="14" t="n">
         <v>99.349</v>
       </c>
-      <c r="DL11" s="14" t="n">
+      <c r="DM11" s="14" t="n">
         <v>99.063</v>
       </c>
-      <c r="DM11" s="14" t="n">
+      <c r="DN11" s="14" t="n">
         <v>98.993</v>
       </c>
-      <c r="DN11" s="14" t="n">
+      <c r="DO11" s="14" t="n">
         <v>99.019</v>
       </c>
-      <c r="DO11" s="14" t="n">
+      <c r="DP11" s="14" t="n">
         <v>98.618</v>
       </c>
-      <c r="DP11" s="14" t="n">
+      <c r="DQ11" s="14" t="n">
         <v>98.553</v>
       </c>
-      <c r="DQ11" s="14" t="n">
+      <c r="DR11" s="14" t="n">
         <v>98.416</v>
       </c>
-      <c r="DR11" s="14" t="n">
+      <c r="DS11" s="14" t="n">
         <v>98.243</v>
       </c>
-      <c r="DS11" s="14" t="n">
+      <c r="DT11" s="14" t="n">
         <v>98.337</v>
       </c>
-      <c r="DT11" s="14" t="n">
+      <c r="DU11" s="14" t="n">
         <v>98.212</v>
       </c>
-      <c r="DU11" s="14" t="n">
+      <c r="DV11" s="14" t="n">
         <v>98.213</v>
       </c>
-      <c r="DV11" s="14" t="n">
+      <c r="DW11" s="14" t="n">
         <v>98.18</v>
       </c>
-      <c r="DW11" s="14" t="n">
+      <c r="DX11" s="14" t="n">
         <v>98.288</v>
       </c>
-      <c r="DX11" s="14" t="n">
+      <c r="DY11" s="14" t="n">
         <v>98.312</v>
       </c>
-      <c r="DY11" s="14" t="n">
+      <c r="DZ11" s="14" t="n">
         <v>97.991</v>
       </c>
-      <c r="DZ11" s="14" t="n">
+      <c r="EA11" s="14" t="n">
         <v>98.02</v>
       </c>
-      <c r="EA11" s="14" t="n">
+      <c r="EB11" s="14" t="n">
         <v>97.731</v>
       </c>
-      <c r="EB11" s="14" t="n">
+      <c r="EC11" s="14" t="n">
         <v>97.52</v>
       </c>
-      <c r="EC11" s="14" t="n">
+      <c r="ED11" s="14" t="n">
         <v>97.335</v>
       </c>
-      <c r="ED11" s="14" t="n">
+      <c r="EE11" s="14" t="n">
         <v>97.234</v>
       </c>
-      <c r="EE11" s="14" t="n">
+      <c r="EF11" s="14" t="n">
         <v>97.09</v>
       </c>
-      <c r="EF11" s="14" t="n">
+      <c r="EG11" s="14" t="n">
         <v>97.2</v>
       </c>
-      <c r="EG11" s="14" t="n">
+      <c r="EH11" s="14" t="n">
         <v>97.404</v>
       </c>
-      <c r="EH11" s="14" t="n">
+      <c r="EI11" s="14" t="n">
         <v>97.502</v>
       </c>
-      <c r="EI11" s="14" t="n">
+      <c r="EJ11" s="14" t="n">
         <v>97.528</v>
       </c>
-      <c r="EJ11" s="14" t="n">
+      <c r="EK11" s="14" t="n">
         <v>98.108</v>
       </c>
-      <c r="EK11" s="14" t="n">
+      <c r="EL11" s="14" t="n">
         <v>96.651</v>
       </c>
-      <c r="EL11" s="14" t="n">
+      <c r="EM11" s="14" t="n">
         <v>96.256</v>
       </c>
-      <c r="EM11" s="14" t="n">
+      <c r="EN11" s="14" t="n">
         <v>95.683</v>
       </c>
-      <c r="EN11" s="14" t="n">
+      <c r="EO11" s="14" t="n">
         <v>95.351</v>
       </c>
-      <c r="EO11" s="14" t="n">
+      <c r="EP11" s="14" t="n">
         <v>95.374</v>
       </c>
-      <c r="EP11" s="14" t="n">
+      <c r="EQ11" s="14" t="n">
         <v>95.343</v>
       </c>
-      <c r="EQ11" s="14" t="n">
+      <c r="ER11" s="14" t="n">
         <v>95.275</v>
       </c>
-      <c r="ER11" s="14" t="n">
+      <c r="ES11" s="14" t="n">
         <v>95.286</v>
       </c>
-      <c r="ES11" s="14" t="n">
+      <c r="ET11" s="14" t="n">
         <v>95.398</v>
       </c>
-      <c r="ET11" s="14" t="n">
+      <c r="EU11" s="14" t="n">
         <v>95.314</v>
       </c>
-      <c r="EU11" s="14" t="n">
+      <c r="EV11" s="14" t="n">
         <v>94.865</v>
       </c>
-      <c r="EV11" s="14" t="n">
+      <c r="EW11" s="14" t="n">
         <v>93.612</v>
       </c>
-      <c r="EW11" s="14" t="n">
+      <c r="EX11" s="14" t="n">
         <v>92.598</v>
       </c>
-      <c r="EX11" s="14" t="n">
+      <c r="EY11" s="14" t="n">
         <v>92.619</v>
       </c>
-      <c r="EY11" s="14" t="n">
+      <c r="EZ11" s="14" t="n">
         <v>91.537</v>
       </c>
-      <c r="EZ11" s="14" t="n">
+      <c r="FA11" s="14" t="n">
         <v>91.244</v>
       </c>
-      <c r="FA11" s="14" t="n">
+      <c r="FB11" s="14" t="n">
         <v>90.208</v>
       </c>
-      <c r="FB11" s="14" t="n">
+      <c r="FC11" s="14" t="n">
         <v>90.02</v>
       </c>
-      <c r="FC11" s="14" t="n">
+      <c r="FD11" s="14" t="n">
         <v>89.997</v>
       </c>
-      <c r="FD11" s="14" t="n">
+      <c r="FE11" s="14" t="n">
         <v>90.077</v>
       </c>
-      <c r="FE11" s="14" t="n">
+      <c r="FF11" s="14" t="n">
         <v>89.898</v>
       </c>
-      <c r="FF11" s="14" t="n">
+      <c r="FG11" s="14" t="n">
         <v>89.476</v>
       </c>
-      <c r="FG11" s="14" t="n">
+      <c r="FH11" s="14" t="n">
         <v>89.395</v>
       </c>
-      <c r="FH11" s="14" t="n">
+      <c r="FI11" s="14" t="n">
         <v>89.667</v>
       </c>
-      <c r="FI11" s="14" t="n">
+      <c r="FJ11" s="14" t="n">
         <v>89.013</v>
       </c>
-      <c r="FJ11" s="14" t="n">
+      <c r="FK11" s="14" t="n">
         <v>88.73</v>
       </c>
-      <c r="FK11" s="14" t="n">
+      <c r="FL11" s="14" t="n">
         <v>87.097</v>
       </c>
-      <c r="FL11" s="14" t="n">
+      <c r="FM11" s="14" t="n">
         <v>86.725</v>
       </c>
-      <c r="FM11" s="14" t="n">
+      <c r="FN11" s="14" t="n">
         <v>86.611</v>
       </c>
-      <c r="FN11" s="14" t="n">
+      <c r="FO11" s="14" t="n">
         <v>86.68</v>
       </c>
-      <c r="FO11" s="14" t="n">
+      <c r="FP11" s="14" t="n">
         <v>86.742</v>
       </c>
-      <c r="FP11" s="14" t="n">
+      <c r="FQ11" s="14" t="n">
         <v>86.916</v>
       </c>
-      <c r="FQ11" s="14" t="n">
+      <c r="FR11" s="14" t="n">
         <v>86.87</v>
       </c>
-      <c r="FR11" s="14" t="n">
+      <c r="FS11" s="14" t="n">
         <v>86.86</v>
       </c>
-      <c r="FS11" s="14" t="n">
+      <c r="FT11" s="14" t="n">
         <v>86.731</v>
       </c>
-      <c r="FT11" s="14" t="n">
+      <c r="FU11" s="14" t="n">
         <v>86.527</v>
       </c>
-      <c r="FU11" s="14" t="n">
+      <c r="FV11" s="14" t="n">
         <v>85.973</v>
       </c>
-      <c r="FV11" s="14" t="n">
+      <c r="FW11" s="14" t="n">
         <v>85.815</v>
       </c>
-      <c r="FW11" s="14" t="n">
+      <c r="FX11" s="14" t="n">
         <v>84.799</v>
       </c>
-      <c r="FX11" s="14" t="n">
+      <c r="FY11" s="14" t="n">
         <v>84.791</v>
       </c>
-      <c r="FY11" s="14" t="n">
+      <c r="FZ11" s="14" t="n">
         <v>84.643</v>
       </c>
-      <c r="FZ11" s="14" t="n">
+      <c r="GA11" s="14" t="n">
         <v>84.503</v>
       </c>
-      <c r="GA11" s="14" t="n">
+      <c r="GB11" s="14" t="n">
         <v>84.388</v>
       </c>
-      <c r="GB11" s="14" t="n">
+      <c r="GC11" s="14" t="n">
         <v>84.429</v>
       </c>
-      <c r="GC11" s="14" t="n">
+      <c r="GD11" s="14" t="n">
         <v>84.465</v>
       </c>
-      <c r="GD11" s="14" t="n">
+      <c r="GE11" s="14" t="n">
         <v>84.57</v>
       </c>
-      <c r="GE11" s="14" t="n">
+      <c r="GF11" s="14" t="n">
         <v>83.941</v>
       </c>
-      <c r="GF11" s="14" t="n">
+      <c r="GG11" s="14" t="n">
         <v>83.816</v>
       </c>
-      <c r="GG11" s="14" t="n">
+      <c r="GH11" s="14" t="n">
         <v>83.735</v>
       </c>
-      <c r="GH11" s="14" t="n">
+      <c r="GI11" s="14" t="n">
         <v>83.714</v>
       </c>
-      <c r="GI11" s="14" t="n">
+      <c r="GJ11" s="14" t="n">
         <v>82.604</v>
       </c>
-      <c r="GJ11" s="14" t="n">
+      <c r="GK11" s="14" t="n">
         <v>82.396</v>
       </c>
-      <c r="GK11" s="14" t="n">
+      <c r="GL11" s="14" t="n">
         <v>82.258</v>
-      </c>
-[...1 lines deleted...]
-        <v>82.188</v>
       </c>
       <c r="GM11" s="14" t="n">
         <v>82.188</v>
       </c>
       <c r="GN11" s="14" t="n">
+        <v>82.188</v>
+      </c>
+      <c r="GO11" s="14" t="n">
         <v>82.327</v>
-      </c>
-[...1 lines deleted...]
-        <v>82.258</v>
       </c>
       <c r="GP11" s="14" t="n">
         <v>82.258</v>
       </c>
       <c r="GQ11" s="14" t="n">
+        <v>82.258</v>
+      </c>
+      <c r="GR11" s="14" t="n">
         <v>82.05</v>
       </c>
-      <c r="GR11" s="14" t="n">
+      <c r="GS11" s="14" t="n">
         <v>81.564</v>
       </c>
-      <c r="GS11" s="14" t="n">
+      <c r="GT11" s="14" t="n">
         <v>81.079</v>
       </c>
-      <c r="GT11" s="14" t="n">
+      <c r="GU11" s="14" t="n">
         <v>80.87</v>
       </c>
-      <c r="GU11" s="14" t="n">
+      <c r="GV11" s="14" t="n">
         <v>78.443</v>
       </c>
-      <c r="GV11" s="14" t="n">
+      <c r="GW11" s="14" t="n">
         <v>78.374</v>
       </c>
-      <c r="GW11" s="14" t="n">
+      <c r="GX11" s="14" t="n">
         <v>78.304</v>
       </c>
-      <c r="GX11" s="14" t="n">
+      <c r="GY11" s="14" t="n">
         <v>78.096</v>
       </c>
-      <c r="GY11" s="14" t="n">
+      <c r="GZ11" s="14" t="n">
         <v>78.027</v>
       </c>
-      <c r="GZ11" s="14" t="n">
+      <c r="HA11" s="14" t="n">
         <v>77.888</v>
       </c>
-      <c r="HA11" s="14" t="n">
+      <c r="HB11" s="14" t="n">
         <v>77.541</v>
-      </c>
-[...1 lines deleted...]
-        <v>77.333</v>
       </c>
       <c r="HC11" s="14" t="n">
         <v>77.333</v>
       </c>
       <c r="HD11" s="14" t="n">
+        <v>77.333</v>
+      </c>
+      <c r="HE11" s="14" t="n">
         <v>77.056</v>
       </c>
-      <c r="HE11" s="14" t="n">
+      <c r="HF11" s="14" t="n">
         <v>76.917</v>
       </c>
-      <c r="HF11" s="14" t="n">
+      <c r="HG11" s="14" t="n">
         <v>76.362</v>
       </c>
-      <c r="HG11" s="14" t="n">
+      <c r="HH11" s="14" t="n">
         <v>74.49</v>
-      </c>
-[...1 lines deleted...]
-        <v>74.282</v>
       </c>
       <c r="HI11" s="14" t="n">
         <v>74.282</v>
       </c>
       <c r="HJ11" s="14" t="n">
+        <v>74.282</v>
+      </c>
+      <c r="HK11" s="14" t="n">
         <v>74.143</v>
       </c>
-      <c r="HK11" s="14" t="n">
+      <c r="HL11" s="14" t="n">
         <v>74.073</v>
-      </c>
-[...1 lines deleted...]
-        <v>73.935</v>
       </c>
       <c r="HM11" s="14" t="n">
         <v>73.935</v>
       </c>
       <c r="HN11" s="14" t="n">
         <v>73.935</v>
       </c>
       <c r="HO11" s="14" t="n">
+        <v>73.935</v>
+      </c>
+      <c r="HP11" s="14" t="n">
         <v>74.004</v>
       </c>
-      <c r="HP11" s="14" t="n">
+      <c r="HQ11" s="14" t="n">
         <v>73.865</v>
       </c>
-      <c r="HQ11" s="14" t="n">
+      <c r="HR11" s="14" t="n">
         <v>73.935</v>
       </c>
-      <c r="HR11" s="14" t="n">
+      <c r="HS11" s="14" t="n">
         <v>73.865</v>
       </c>
-      <c r="HS11" s="13" t="inlineStr">
+      <c r="HT11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="HT11" s="13" t="inlineStr">
+      <c r="HU11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="HU11" s="13" t="inlineStr">
+      <c r="HV11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="HV11" s="13" t="inlineStr">
+      <c r="HW11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="HW11" s="13" t="inlineStr">
+      <c r="HX11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="HX11" s="13" t="inlineStr">
+      <c r="HY11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="HY11" s="13" t="inlineStr">
+      <c r="HZ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="HZ11" s="13" t="inlineStr">
+      <c r="IA11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IA11" s="13" t="inlineStr">
+      <c r="IB11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IB11" s="13" t="inlineStr">
+      <c r="IC11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IC11" s="13" t="inlineStr">
+      <c r="ID11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ID11" s="13" t="inlineStr">
+      <c r="IE11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IE11" s="13" t="inlineStr">
+      <c r="IF11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IF11" s="13" t="inlineStr">
+      <c r="IG11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IG11" s="13" t="inlineStr">
+      <c r="IH11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IH11" s="13" t="inlineStr">
+      <c r="II11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="II11" s="13" t="inlineStr">
+      <c r="IJ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IJ11" s="13" t="inlineStr">
+      <c r="IK11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IK11" s="13" t="inlineStr">
+      <c r="IL11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IL11" s="13" t="inlineStr">
+      <c r="IM11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IM11" s="13" t="inlineStr">
+      <c r="IN11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IN11" s="13" t="inlineStr">
+      <c r="IO11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IO11" s="13" t="inlineStr">
+      <c r="IP11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IP11" s="13" t="inlineStr">
+      <c r="IQ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IQ11" s="15" t="n">
+      <c r="IR11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IS11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="IR11" s="15" t="n">
+      <c r="IT11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="IS11" s="15" t="n">
+      <c r="IU11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="IT11" s="15" t="n">
+      <c r="IV11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="IU11" s="15" t="n">
+      <c r="IW11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="IV11" s="15" t="n">
+      <c r="IX11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="IW11" s="15" t="n">
+      <c r="IY11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="IX11" s="15" t="n">
+      <c r="IZ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="IY11" s="15" t="n">
+      <c r="JA11" s="15" t="n">
         <v>1.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="JB11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JC11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JD11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JE11" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="JF11" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="JG11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="JH11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="JI11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JH11" s="15" t="n">
+      <c r="JJ11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JI11" s="15" t="n">
+      <c r="JK11" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="JL11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JM11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.5</v>
       </c>
       <c r="JN11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JO11" s="15" t="n">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
       <c r="JP11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JQ11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="JR11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JS11" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="JT11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="JU11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="JV11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JW11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JV11" s="15" t="n">
+      <c r="JX11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JW11" s="15" t="n">
+      <c r="JY11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="JX11" s="15" t="n">
+      <c r="JZ11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JY11" s="15" t="n">
+      <c r="KA11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JZ11" s="15" t="n">
+      <c r="KB11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="KA11" s="15" t="n">
+      <c r="KC11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KB11" s="15" t="n">
+      <c r="KD11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KC11" s="15" t="n">
+      <c r="KE11" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="KF11" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="KG11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="KH11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="KI11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KH11" s="15" t="n">
+      <c r="KJ11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="KI11" s="15" t="n">
+      <c r="KK11" s="15" t="n">
         <v>0.7</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="KL11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="KM11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="KN11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="KO11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="KP11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KO11" s="15" t="n">
+      <c r="KQ11" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="KR11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="KS11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="KT11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KU11" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="KV11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="KW11" s="15" t="n">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="KX11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="KY11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="KZ11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="LA11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LB11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LC11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="LB11" s="15" t="n">
+      <c r="LD11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LC11" s="15" t="n">
+      <c r="LE11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LD11" s="15" t="n">
+      <c r="LF11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="LE11" s="15" t="n">
+      <c r="LG11" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="LH11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="LI11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="LJ11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="LK11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="LL11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LM11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LN11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LO11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LP11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LO11" s="15" t="n">
+      <c r="LQ11" s="15" t="n">
         <v>-0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="LR11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LS11" s="15" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="LT11" s="15" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="LU11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="LV11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LW11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LX11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LW11" s="15" t="n">
+      <c r="LY11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="LX11" s="15" t="n">
+      <c r="LZ11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LY11" s="15" t="n">
+      <c r="MA11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LZ11" s="15" t="n">
+      <c r="MB11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MA11" s="15" t="n">
+      <c r="MC11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="MB11" s="15" t="n">
+      <c r="MD11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MC11" s="15" t="n">
+      <c r="ME11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MD11" s="15" t="n">
+      <c r="MF11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ME11" s="15" t="n">
+      <c r="MG11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="MF11" s="15" t="n">
+      <c r="MH11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MG11" s="15" t="n">
+      <c r="MI11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MH11" s="15" t="n">
+      <c r="MJ11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MI11" s="15" t="n">
+      <c r="MK11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="MJ11" s="15" t="n">
+      <c r="ML11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MK11" s="15" t="n">
+      <c r="MM11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="ML11" s="15" t="n">
+      <c r="MN11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="MM11" s="15" t="n">
+      <c r="MO11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="MN11" s="15" t="n">
+      <c r="MP11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MO11" s="15" t="n">
+      <c r="MQ11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MP11" s="15" t="n">
+      <c r="MR11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MQ11" s="15" t="n">
+      <c r="MS11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MR11" s="15" t="n">
+      <c r="MT11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MS11" s="15" t="n">
+      <c r="MU11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MT11" s="15" t="n">
+      <c r="MV11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="MU11" s="15" t="n">
+      <c r="MW11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="MV11" s="15" t="n">
+      <c r="MX11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="MW11" s="15" t="n">
+      <c r="MY11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="MX11" s="15" t="n">
+      <c r="MZ11" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="NA11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="NB11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="NC11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="ND11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NC11" s="15" t="n">
+      <c r="NE11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ND11" s="15" t="n">
+      <c r="NF11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NE11" s="15" t="n">
+      <c r="NG11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NF11" s="15" t="n">
+      <c r="NH11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NG11" s="15" t="n">
+      <c r="NI11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="NH11" s="15" t="n">
+      <c r="NJ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NI11" s="15" t="n">
+      <c r="NK11" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="NL11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="NM11" s="15" t="n">
-        <v>0.3</v>
+        <v>-0.1</v>
       </c>
       <c r="NN11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="NO11" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="NP11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NQ11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="NR11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NQ11" s="15" t="n">
+      <c r="NS11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NR11" s="15" t="n">
+      <c r="NT11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NS11" s="15" t="n">
+      <c r="NU11" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="NV11" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="NW11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="NX11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NY11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NX11" s="15" t="n">
+      <c r="NZ11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="NY11" s="15" t="n">
+      <c r="OA11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="NZ11" s="15" t="n">
+      <c r="OB11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="OA11" s="15" t="n">
+      <c r="OC11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="OB11" s="15" t="n">
+      <c r="OD11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="OC11" s="15" t="n">
+      <c r="OE11" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="OF11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="OG11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="OH11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OI11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OH11" s="15" t="n">
+      <c r="OJ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OI11" s="15" t="n">
+      <c r="OK11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="OJ11" s="15" t="n">
+      <c r="OL11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="OK11" s="15" t="n">
+      <c r="OM11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="OL11" s="15" t="n">
+      <c r="ON11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OM11" s="15" t="n">
+      <c r="OO11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ON11" s="15" t="n">
+      <c r="OP11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="OO11" s="15" t="n">
+      <c r="OQ11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="OP11" s="15" t="n">
+      <c r="OR11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OQ11" s="15" t="n">
+      <c r="OS11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OR11" s="15" t="n">
+      <c r="OT11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OS11" s="15" t="n">
+      <c r="OU11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OT11" s="15" t="n">
+      <c r="OV11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="OU11" s="15" t="n">
+      <c r="OW11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OV11" s="15" t="n">
+      <c r="OX11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OW11" s="15" t="n">
+      <c r="OY11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="OX11" s="15" t="n">
+      <c r="OZ11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="OY11" s="15" t="n">
+      <c r="PA11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="OZ11" s="15" t="n">
+      <c r="PB11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="PA11" s="15" t="n">
+      <c r="PC11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PB11" s="15" t="n">
+      <c r="PD11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PC11" s="15" t="n">
+      <c r="PE11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PD11" s="15" t="n">
+      <c r="PF11" s="15" t="n">
         <v>-0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="PG11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="PH11" s="15" t="n">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
       <c r="PI11" s="15" t="n">
-        <v>0.6</v>
+        <v>0.1</v>
       </c>
       <c r="PJ11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="PK11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="PL11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="PM11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="PL11" s="15" t="n">
+      <c r="PN11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PM11" s="15" t="n">
+      <c r="PO11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PN11" s="15" t="n">
+      <c r="PP11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PO11" s="15" t="n">
+      <c r="PQ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PP11" s="15" t="n">
+      <c r="PR11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PQ11" s="15" t="n">
+      <c r="PS11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PR11" s="15" t="n">
+      <c r="PT11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PS11" s="15" t="n">
+      <c r="PU11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="PT11" s="15" t="n">
+      <c r="PV11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PU11" s="15" t="n">
+      <c r="PW11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PV11" s="15" t="n">
+      <c r="PX11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PW11" s="15" t="n">
+      <c r="PY11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="PX11" s="15" t="n">
+      <c r="PZ11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PY11" s="15" t="n">
+      <c r="QA11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PZ11" s="15" t="n">
+      <c r="QB11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QA11" s="15" t="n">
+      <c r="QC11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QB11" s="15" t="n">
+      <c r="QD11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QC11" s="15" t="n">
+      <c r="QE11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QD11" s="15" t="n">
+      <c r="QF11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QE11" s="15" t="n">
+      <c r="QG11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QF11" s="15" t="n">
+      <c r="QH11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="QG11" s="15" t="n">
+      <c r="QI11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="QH11" s="15" t="n">
+      <c r="QJ11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QI11" s="15" t="n">
+      <c r="QK11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="QJ11" s="15" t="n">
+      <c r="QL11" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="QM11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="QN11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="QO11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="QP11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="QO11" s="15" t="n">
+      <c r="QQ11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="QP11" s="15" t="n">
+      <c r="QR11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QQ11" s="15" t="n">
+      <c r="QS11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QR11" s="15" t="n">
+      <c r="QT11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="QS11" s="15" t="n">
+      <c r="QU11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="QT11" s="15" t="n">
+      <c r="QV11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="QU11" s="15" t="n">
+      <c r="QW11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="QV11" s="15" t="n">
+      <c r="QX11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QW11" s="15" t="n">
+      <c r="QY11" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="QZ11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="RA11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="RB11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="RC11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RB11" s="15" t="n">
+      <c r="RD11" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="RE11" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="RF11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="RG11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="RH11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RG11" s="13" t="inlineStr">
+      <c r="RI11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="RH11" s="13" t="inlineStr">
+      <c r="RJ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RI11" s="13" t="inlineStr">
+      <c r="RK11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RJ11" s="13" t="inlineStr">
+      <c r="RL11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RK11" s="13" t="inlineStr">
+      <c r="RM11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RL11" s="13" t="inlineStr">
+      <c r="RN11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RM11" s="13" t="inlineStr">
+      <c r="RO11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RN11" s="13" t="inlineStr">
+      <c r="RP11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RO11" s="13" t="inlineStr">
+      <c r="RQ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RP11" s="13" t="inlineStr">
+      <c r="RR11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RQ11" s="13" t="inlineStr">
+      <c r="RS11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RR11" s="13" t="inlineStr">
+      <c r="RT11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RS11" s="13" t="inlineStr">
+      <c r="RU11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RT11" s="13" t="inlineStr">
+      <c r="RV11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RU11" s="13" t="inlineStr">
+      <c r="RW11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RV11" s="13" t="inlineStr">
+      <c r="RX11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RW11" s="13" t="inlineStr">
+      <c r="RY11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RX11" s="13" t="inlineStr">
+      <c r="RZ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RY11" s="13" t="inlineStr">
+      <c r="SA11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RZ11" s="13" t="inlineStr">
+      <c r="SB11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SA11" s="13" t="inlineStr">
+      <c r="SC11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SB11" s="13" t="inlineStr">
+      <c r="SD11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SC11" s="13" t="inlineStr">
+      <c r="SE11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SD11" s="13" t="inlineStr">
+      <c r="SF11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SE11" s="13" t="inlineStr">
+      <c r="SG11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SF11" s="15" t="n">
+      <c r="SH11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="SG11" s="15" t="n">
+      <c r="SI11" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="SJ11" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="SH11" s="15" t="n">
+      <c r="SK11" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="SI11" s="15" t="n">
+      <c r="SL11" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="SJ11" s="15" t="n">
+      <c r="SM11" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="SK11" s="15" t="n">
+      <c r="SN11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="SL11" s="15" t="n">
+      <c r="SO11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="SM11" s="15" t="n">
+      <c r="SP11" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="SN11" s="15" t="n">
+      <c r="SQ11" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="SO11" s="15" t="n">
+      <c r="SR11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="SP11" s="15" t="n">
+      <c r="SS11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="SQ11" s="15" t="n">
+      <c r="ST11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="SR11" s="15" t="n">
+      <c r="SU11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="SS11" s="15" t="n">
+      <c r="SV11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ST11" s="15" t="n">
+      <c r="SW11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="SU11" s="15" t="n">
+      <c r="SX11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="SV11" s="15" t="n">
+      <c r="SY11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="SW11" s="15" t="n">
+      <c r="SZ11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="SX11" s="15" t="n">
+      <c r="TA11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="SY11" s="15" t="n">
+      <c r="TB11" s="15" t="n">
         <v>1.1</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.4</v>
       </c>
       <c r="TC11" s="15" t="n">
         <v>1.4</v>
       </c>
       <c r="TD11" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="TE11" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="TF11" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="TG11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="TE11" s="15" t="n">
+      <c r="TH11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="TF11" s="15" t="n">
+      <c r="TI11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="TG11" s="15" t="n">
+      <c r="TJ11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="TH11" s="15" t="n">
+      <c r="TK11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="TI11" s="15" t="n">
+      <c r="TL11" s="15" t="n">
         <v>1.6</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.3</v>
       </c>
       <c r="TM11" s="15" t="n">
         <v>1.4</v>
       </c>
       <c r="TN11" s="15" t="n">
         <v>1.5</v>
       </c>
       <c r="TO11" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="TP11" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="TQ11" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="TR11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="TP11" s="15" t="n">
+      <c r="TS11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="TQ11" s="15" t="n">
+      <c r="TT11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="TR11" s="15" t="n">
+      <c r="TU11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="TS11" s="15" t="n">
+      <c r="TV11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="TT11" s="15" t="n">
+      <c r="TW11" s="15" t="n">
         <v>0.9</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="TX11" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="TY11" s="15" t="n">
-        <v>0.2</v>
+        <v>0.9</v>
       </c>
       <c r="TZ11" s="15" t="n">
-        <v>0.2</v>
+        <v>0.6</v>
       </c>
       <c r="UA11" s="15" t="n">
-        <v>0.2</v>
+        <v>0.7</v>
       </c>
       <c r="UB11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="UC11" s="15" t="n">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="UD11" s="15" t="n">
-        <v>0.3</v>
+        <v>0.2</v>
       </c>
       <c r="UE11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="UF11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="UG11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="UH11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="UG11" s="15" t="n">
+      <c r="UI11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="UJ11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="UH11" s="15" t="n">
+      <c r="UK11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="UI11" s="15" t="n">
+      <c r="UL11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="UJ11" s="15" t="n">
+      <c r="UM11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="UK11" s="15" t="n">
+      <c r="UN11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="UL11" s="15" t="n">
+      <c r="UO11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="UM11" s="15" t="n">
+      <c r="UP11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="UN11" s="15" t="n">
+      <c r="UQ11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="UO11" s="15" t="n">
+      <c r="UR11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="UP11" s="15" t="n">
+      <c r="US11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="UQ11" s="15" t="n">
+      <c r="UT11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="UR11" s="15" t="n">
+      <c r="UU11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="US11" s="15" t="n">
+      <c r="UV11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="UT11" s="15" t="n">
+      <c r="UW11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="UU11" s="15" t="n">
+      <c r="UX11" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="UY11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="UZ11" s="15" t="n">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
       <c r="VA11" s="15" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="VB11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="VC11" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.2</v>
       </c>
       <c r="VD11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="VE11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="VF11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="VG11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="VH11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="VI11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="VG11" s="15" t="n">
+      <c r="VJ11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="VH11" s="15" t="n">
+      <c r="VK11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="VI11" s="15" t="n">
+      <c r="VL11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="VJ11" s="15" t="n">
+      <c r="VM11" s="15" t="n">
         <v>0.7</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="VN11" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="VO11" s="15" t="n">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="VP11" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="VQ11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="VR11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="VS11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="VT11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="VR11" s="15" t="n">
+      <c r="VU11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="VS11" s="15" t="n">
+      <c r="VV11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="VT11" s="15" t="n">
+      <c r="VW11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="VU11" s="15" t="n">
+      <c r="VX11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="VV11" s="15" t="n">
+      <c r="VY11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="VW11" s="15" t="n">
+      <c r="VZ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="VX11" s="15" t="n">
+      <c r="WA11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="VY11" s="15" t="n">
+      <c r="WB11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="VZ11" s="15" t="n">
+      <c r="WC11" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="WA11" s="15" t="n">
+      <c r="WD11" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="WB11" s="15" t="n">
+      <c r="WE11" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="WC11" s="15" t="n">
+      <c r="WF11" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="WD11" s="15" t="n">
+      <c r="WG11" s="15" t="n">
         <v>-0.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>-0.3</v>
       </c>
       <c r="WH11" s="15" t="n">
         <v>-0.3</v>
       </c>
       <c r="WI11" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="WJ11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="WJ11" s="15" t="n">
+      <c r="WK11" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="WL11" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="WM11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="WK11" s="15" t="n">
+      <c r="WN11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="WL11" s="15" t="n">
+      <c r="WO11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="WM11" s="15" t="n">
+      <c r="WP11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="WN11" s="15" t="n">
+      <c r="WQ11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="WO11" s="15" t="n">
+      <c r="WR11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="WP11" s="15" t="n">
+      <c r="WS11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="WQ11" s="15" t="n">
+      <c r="WT11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="WR11" s="15" t="n">
+      <c r="WU11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="WS11" s="15" t="n">
+      <c r="WV11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="WT11" s="15" t="n">
+      <c r="WW11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="WU11" s="15" t="n">
+      <c r="WX11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="WV11" s="15" t="n">
+      <c r="WY11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="WW11" s="15" t="n">
+      <c r="WZ11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="WX11" s="15" t="n">
+      <c r="XA11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="WY11" s="15" t="n">
+      <c r="XB11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="WZ11" s="15" t="n">
+      <c r="XC11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="XA11" s="15" t="n">
+      <c r="XD11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="XB11" s="15" t="n">
+      <c r="XE11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="XC11" s="15" t="n">
+      <c r="XF11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="XD11" s="15" t="n">
+      <c r="XG11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="XE11" s="15" t="n">
+      <c r="XH11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="XF11" s="15" t="n">
+      <c r="XI11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="XG11" s="15" t="n">
+      <c r="XJ11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="XH11" s="15" t="n">
+      <c r="XK11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="XI11" s="15" t="n">
+      <c r="XL11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="XJ11" s="15" t="n">
+      <c r="XM11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="XK11" s="15" t="n">
+      <c r="XN11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="XL11" s="15" t="n">
+      <c r="XO11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="XM11" s="15" t="n">
+      <c r="XP11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="XN11" s="15" t="n">
+      <c r="XQ11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="XO11" s="15" t="n">
+      <c r="XR11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="XP11" s="15" t="n">
+      <c r="XS11" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="XQ11" s="15" t="n">
+      <c r="XT11" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="XR11" s="15" t="n">
+      <c r="XU11" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="XS11" s="15" t="n">
+      <c r="XV11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="XT11" s="15" t="n">
+      <c r="XW11" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="XU11" s="15" t="n">
+      <c r="XX11" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="XV11" s="15" t="n">
+      <c r="XY11" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="XW11" s="15" t="n">
+      <c r="XZ11" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="XX11" s="15" t="n">
+      <c r="YA11" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="XY11" s="15" t="n">
+      <c r="YB11" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="XZ11" s="15" t="n">
+      <c r="YC11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="YA11" s="15" t="n">
+      <c r="YD11" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="YB11" s="15" t="n">
+      <c r="YE11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="YC11" s="15" t="n">
+      <c r="YF11" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="YD11" s="15" t="n">
+      <c r="YG11" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="YE11" s="15" t="n">
+      <c r="YH11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="YF11" s="15" t="n">
+      <c r="YI11" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="YG11" s="15" t="n">
+      <c r="YJ11" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="YH11" s="15" t="n">
+      <c r="YK11" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="YI11" s="15" t="n">
+      <c r="YL11" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="YJ11" s="15" t="n">
+      <c r="YM11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="YK11" s="15" t="n">
+      <c r="YN11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="YL11" s="15" t="n">
+      <c r="YO11" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="YM11" s="15" t="n">
+      <c r="YP11" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="YN11" s="15" t="n">
+      <c r="YQ11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="YO11" s="15" t="n">
+      <c r="YR11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="YP11" s="15" t="n">
+      <c r="YS11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="YQ11" s="15" t="n">
+      <c r="YT11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="YR11" s="15" t="n">
+      <c r="YU11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="YS11" s="15" t="n">
+      <c r="YV11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="YT11" s="15" t="n">
+      <c r="YW11" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="YU11" s="15" t="n">
+      <c r="YX11" s="15" t="n">
         <v>2.8</v>
-      </c>
-[...7 lines deleted...]
-        <v>3.2</v>
       </c>
       <c r="YY11" s="15" t="n">
         <v>2.7</v>
       </c>
       <c r="YZ11" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="ZA11" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="ZB11" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="ZC11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ZA11" s="15" t="n">
+      <c r="ZD11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ZB11" s="15" t="n">
+      <c r="ZE11" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ZC11" s="15" t="n">
+      <c r="ZF11" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ZD11" s="15" t="n">
+      <c r="ZG11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ZE11" s="15" t="n">
+      <c r="ZH11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ZF11" s="15" t="n">
+      <c r="ZI11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ZG11" s="15" t="n">
+      <c r="ZJ11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ZH11" s="15" t="n">
+      <c r="ZK11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ZI11" s="15" t="n">
+      <c r="ZL11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ZJ11" s="15" t="n">
+      <c r="ZM11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ZK11" s="15" t="n">
+      <c r="ZN11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ZL11" s="15" t="n">
+      <c r="ZO11" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ZM11" s="15" t="n">
+      <c r="ZP11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="ZN11" s="15" t="n">
+      <c r="ZQ11" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="ZO11" s="15" t="n">
+      <c r="ZR11" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ZP11" s="15" t="n">
+      <c r="ZS11" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="ZQ11" s="15" t="n">
+      <c r="ZT11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="ZR11" s="15" t="n">
+      <c r="ZU11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ZS11" s="15" t="n">
+      <c r="ZV11" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="ZT11" s="15" t="n">
+      <c r="ZW11" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="ZU11" s="15" t="n">
+      <c r="ZX11" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="ZV11" s="15" t="n">
+      <c r="ZY11" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ZW11" s="15" t="n">
+      <c r="ZZ11" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="ZX11" s="15" t="n">
+      <c r="AAA11" s="15" t="n">
         <v>5.9</v>
-      </c>
-[...7 lines deleted...]
-        <v>5.4</v>
       </c>
       <c r="AAB11" s="15" t="n">
         <v>5.3</v>
       </c>
       <c r="AAC11" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="AAD11" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="AAE11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AAD11" s="15" t="n">
+      <c r="AAF11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AAE11" s="15" t="n">
+      <c r="AAG11" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="AAH11" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AAF11" s="15" t="n">
+      <c r="AAI11" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AAG11" s="15" t="n">
+      <c r="AAJ11" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AAH11" s="15" t="n">
+      <c r="AAK11" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AAI11" s="15" t="n">
+      <c r="AAL11" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AAJ11" s="15" t="n">
+      <c r="AAM11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AAK11" s="13" t="inlineStr">
+      <c r="AAN11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAL11" s="13" t="inlineStr">
+      <c r="AAO11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAM11" s="13" t="inlineStr">
+      <c r="AAP11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAN11" s="13" t="inlineStr">
+      <c r="AAQ11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAO11" s="13" t="inlineStr">
+      <c r="AAR11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAP11" s="13" t="inlineStr">
+      <c r="AAS11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAQ11" s="13" t="inlineStr">
+      <c r="AAT11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAR11" s="13" t="inlineStr">
+      <c r="AAU11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAS11" s="13" t="inlineStr">
+      <c r="AAV11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAT11" s="13" t="inlineStr">
+      <c r="AAW11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAU11" s="13" t="inlineStr">
+      <c r="AAX11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAV11" s="13" t="inlineStr">
+      <c r="AAY11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAW11" s="13" t="inlineStr">
+      <c r="AAZ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AAX11" s="13" t="inlineStr">
+      <c r="ABA11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AAY11" s="13" t="inlineStr">
+      <c r="ABB11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AAZ11" s="13" t="inlineStr">
+      <c r="ABC11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABA11" s="13" t="inlineStr">
+      <c r="ABD11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABB11" s="13" t="inlineStr">
+      <c r="ABE11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABC11" s="13" t="inlineStr">
+      <c r="ABF11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABD11" s="13" t="inlineStr">
+      <c r="ABG11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABE11" s="13" t="inlineStr">
+      <c r="ABH11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABF11" s="13" t="inlineStr">
+      <c r="ABI11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABG11" s="13" t="inlineStr">
+      <c r="ABJ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABH11" s="13" t="inlineStr">
+      <c r="ABK11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABI11" s="13" t="inlineStr">
+      <c r="ABL11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABJ11" s="13" t="inlineStr">
+      <c r="ABM11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABK11" s="13" t="inlineStr">
+      <c r="ABN11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABL11" s="13" t="inlineStr">
+      <c r="ABO11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABM11" s="13" t="inlineStr">
+      <c r="ABP11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABN11" s="13" t="inlineStr">
+      <c r="ABQ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABO11" s="13" t="inlineStr">
+      <c r="ABR11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABP11" s="13" t="inlineStr">
+      <c r="ABS11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABQ11" s="13" t="inlineStr">
+      <c r="ABT11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABR11" s="13" t="inlineStr">
+      <c r="ABU11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABS11" s="13" t="inlineStr">
+      <c r="ABV11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABT11" s="13" t="inlineStr">
+      <c r="ABW11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABU11" s="15" t="n">
+      <c r="ABX11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ABV11" s="15" t="n">
+      <c r="ABY11" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="ABZ11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ABW11" s="15" t="n">
+      <c r="ACA11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ABX11" s="15" t="n">
+      <c r="ACB11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ABY11" s="15" t="n">
+      <c r="ACC11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ABZ11" s="15" t="n">
+      <c r="ACD11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ACA11" s="15" t="n">
+      <c r="ACE11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ACB11" s="15" t="n">
+      <c r="ACF11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ACC11" s="15" t="n">
+      <c r="ACG11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ACD11" s="15" t="n">
+      <c r="ACH11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ACE11" s="15" t="n">
+      <c r="ACI11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ACF11" s="15" t="n">
+      <c r="ACJ11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ACG11" s="15" t="n">
+      <c r="ACK11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ACH11" s="15" t="n">
+      <c r="ACL11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ACI11" s="15" t="n">
+      <c r="ACM11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ACJ11" s="15" t="n">
+      <c r="ACN11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ACK11" s="15" t="n">
+      <c r="ACO11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ACL11" s="15" t="n">
+      <c r="ACP11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACM11" s="15" t="n">
+      <c r="ACQ11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ACN11" s="15" t="n">
+      <c r="ACR11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ACO11" s="15" t="n">
+      <c r="ACS11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ACP11" s="15" t="n">
+      <c r="ACT11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ACQ11" s="15" t="n">
+      <c r="ACU11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ACR11" s="15" t="n">
+      <c r="ACV11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ACS11" s="15" t="n">
+      <c r="ACW11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ACT11" s="15" t="n">
+      <c r="ACX11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACU11" s="15" t="n">
+      <c r="ACY11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACV11" s="15" t="n">
+      <c r="ACZ11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ACW11" s="15" t="n">
+      <c r="ADA11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ACX11" s="15" t="n">
+      <c r="ADB11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ACY11" s="15" t="n">
+      <c r="ADC11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ACZ11" s="15" t="n">
+      <c r="ADD11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ADA11" s="15" t="n">
+      <c r="ADE11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ADB11" s="15" t="n">
+      <c r="ADF11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ADC11" s="15" t="n">
+      <c r="ADG11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ADD11" s="15" t="n">
+      <c r="ADH11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ADE11" s="15" t="n">
+      <c r="ADI11" s="15" t="n">
         <v>1.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="ADJ11" s="15" t="n">
         <v>0.8</v>
       </c>
       <c r="ADK11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="ADL11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="ADM11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="ADN11" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="ADO11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ADL11" s="15" t="n">
+      <c r="ADP11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ADM11" s="15" t="n">
+      <c r="ADQ11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ADN11" s="15" t="n">
+      <c r="ADR11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ADO11" s="15" t="n">
+      <c r="ADS11" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="ADT11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="ADU11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="ADV11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="ADW11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="ADX11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ADV11" s="15" t="n">
+      <c r="ADY11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ADZ11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ADW11" s="15" t="n">
+      <c r="AEA11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ADX11" s="15" t="n">
+      <c r="AEB11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ADY11" s="15" t="n">
+      <c r="AEC11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ADZ11" s="15" t="n">
+      <c r="AED11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AEA11" s="15" t="n">
+      <c r="AEE11" s="15" t="n">
         <v>0.8</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="AEF11" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="AEG11" s="15" t="n">
-        <v>0.7</v>
+        <v>0.6</v>
       </c>
       <c r="AEH11" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="AEI11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AEJ11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="AEK11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="AEL11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AEM11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AEJ11" s="15" t="n">
+      <c r="AEN11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AEK11" s="15" t="n">
+      <c r="AEO11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AEL11" s="15" t="n">
+      <c r="AEP11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AEM11" s="15" t="n">
+      <c r="AEQ11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AEN11" s="15" t="n">
+      <c r="AER11" s="15" t="n">
         <v>-0.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="AES11" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="AET11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="AEU11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="AEV11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="AEW11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="AEX11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AEU11" s="15" t="n">
+      <c r="AEY11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AEV11" s="15" t="n">
+      <c r="AEZ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AEW11" s="15" t="n">
+      <c r="AFA11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AEX11" s="15" t="n">
+      <c r="AFB11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AEY11" s="15" t="n">
+      <c r="AFC11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AEZ11" s="15" t="n">
+      <c r="AFD11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AFA11" s="15" t="n">
+      <c r="AFE11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AFB11" s="15" t="n">
+      <c r="AFF11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AFC11" s="15" t="n">
+      <c r="AFG11" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.7</v>
       </c>
       <c r="AFH11" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="AFI11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AFJ11" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="AFK11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="AFL11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AFM11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AFJ11" s="15" t="n">
+      <c r="AFN11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AFK11" s="15" t="n">
+      <c r="AFO11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AFL11" s="15" t="n">
+      <c r="AFP11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AFM11" s="15" t="n">
+      <c r="AFQ11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AFN11" s="15" t="n">
+      <c r="AFR11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AFO11" s="15" t="n">
+      <c r="AFS11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AFP11" s="15" t="n">
+      <c r="AFT11" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="AFU11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="AFV11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AFW11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AFX11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AFY11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AFZ11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AFW11" s="15" t="n">
+      <c r="AGA11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AFX11" s="15" t="n">
+      <c r="AGB11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AFY11" s="15" t="n">
+      <c r="AGC11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AFZ11" s="15" t="n">
+      <c r="AGD11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AGA11" s="15" t="n">
+      <c r="AGE11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AGB11" s="15" t="n">
+      <c r="AGF11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AGC11" s="15" t="n">
+      <c r="AGG11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AGD11" s="15" t="n">
+      <c r="AGH11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AGE11" s="15" t="n">
+      <c r="AGI11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AGF11" s="15" t="n">
+      <c r="AGJ11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AGG11" s="15" t="n">
+      <c r="AGK11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AGH11" s="15" t="n">
+      <c r="AGL11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AGI11" s="15" t="n">
+      <c r="AGM11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AGJ11" s="15" t="n">
+      <c r="AGN11" s="15" t="n">
         <v>0.7</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="AGO11" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="AGP11" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="AGQ11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AGR11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AGS11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AGT11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AGR11" s="15" t="n">
+      <c r="AGU11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AGV11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AGS11" s="15" t="n">
+      <c r="AGW11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AGT11" s="15" t="n">
+      <c r="AGX11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AGU11" s="15" t="n">
+      <c r="AGY11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AGV11" s="15" t="n">
+      <c r="AGZ11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AGW11" s="15" t="n">
+      <c r="AHA11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AGX11" s="15" t="n">
+      <c r="AHB11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AGY11" s="15" t="n">
+      <c r="AHC11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AGZ11" s="15" t="n">
+      <c r="AHD11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AHA11" s="15" t="n">
+      <c r="AHE11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AHB11" s="15" t="n">
+      <c r="AHF11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AHC11" s="15" t="n">
+      <c r="AHG11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AHD11" s="15" t="n">
+      <c r="AHH11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AHE11" s="15" t="n">
+      <c r="AHI11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AHF11" s="15" t="n">
+      <c r="AHJ11" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AHG11" s="15" t="n">
+      <c r="AHK11" s="15" t="n">
         <v>4.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>4.1</v>
       </c>
       <c r="AHL11" s="15" t="n">
         <v>4.2</v>
       </c>
       <c r="AHM11" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="AHN11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AHN11" s="15" t="n">
+      <c r="AHO11" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="AHP11" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="AHQ11" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="AHR11" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AHO11" s="15" t="n">
+      <c r="AHS11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AHP11" s="15" t="n">
+      <c r="AHT11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AHQ11" s="15" t="n">
+      <c r="AHU11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AHR11" s="15" t="n">
+      <c r="AHV11" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AHS11" s="15" t="n">
+      <c r="AHW11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AHT11" s="15" t="n">
+      <c r="AHX11" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AHU11" s="15" t="n">
+      <c r="AHY11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AHV11" s="15" t="n">
+      <c r="AHZ11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AHW11" s="15" t="n">
+      <c r="AIA11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AHX11" s="15" t="n">
+      <c r="AIB11" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AHY11" s="15" t="n">
+      <c r="AIC11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AHZ11" s="15" t="n">
+      <c r="AID11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AIA11" s="15" t="n">
+      <c r="AIE11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AIB11" s="15" t="n">
+      <c r="AIF11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AIC11" s="15" t="n">
+      <c r="AIG11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AID11" s="15" t="n">
+      <c r="AIH11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AIE11" s="15" t="n">
+      <c r="AII11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AIF11" s="15" t="n">
+      <c r="AIJ11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AIG11" s="15" t="n">
+      <c r="AIK11" s="15" t="n">
         <v>2.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.4</v>
       </c>
       <c r="AIL11" s="15" t="n">
         <v>2.3</v>
       </c>
       <c r="AIM11" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="AIN11" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="AIO11" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="AIP11" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="AIQ11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AIN11" s="15" t="n">
+      <c r="AIR11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AIO11" s="15" t="n">
+      <c r="AIS11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AIP11" s="15" t="n">
+      <c r="AIT11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AIQ11" s="15" t="n">
+      <c r="AIU11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AIR11" s="15" t="n">
+      <c r="AIV11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AIS11" s="15" t="n">
+      <c r="AIW11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AIT11" s="15" t="n">
+      <c r="AIX11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AIU11" s="15" t="n">
+      <c r="AIY11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AIV11" s="15" t="n">
+      <c r="AIZ11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AIW11" s="15" t="n">
+      <c r="AJA11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AIX11" s="15" t="n">
+      <c r="AJB11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AIY11" s="15" t="n">
+      <c r="AJC11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AIZ11" s="15" t="n">
+      <c r="AJD11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AJA11" s="15" t="n">
+      <c r="AJE11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AJB11" s="15" t="n">
+      <c r="AJF11" s="15" t="n">
         <v>5.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>4.8</v>
       </c>
       <c r="AJG11" s="15" t="n">
         <v>5.0</v>
       </c>
       <c r="AJH11" s="15" t="n">
         <v>4.9</v>
       </c>
       <c r="AJI11" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="AJJ11" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="AJK11" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="AJL11" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AJJ11" s="15" t="n">
+      <c r="AJM11" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="AJN11" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AJK11" s="15" t="n">
+      <c r="AJO11" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AJL11" s="15" t="n">
+      <c r="AJP11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AJM11" s="15" t="n">
+      <c r="AJQ11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AJN11" s="15" t="n">
+      <c r="AJR11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AJO11" s="15" t="n">
+      <c r="AJS11" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AJP11" s="15" t="n">
+      <c r="AJT11" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AJQ11" s="15" t="n">
+      <c r="AJU11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AJR11" s="15" t="n">
+      <c r="AJV11" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AJS11" s="15" t="n">
+      <c r="AJW11" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AJT11" s="15" t="n">
+      <c r="AJX11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AJU11" s="15" t="n">
+      <c r="AJY11" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AJV11" s="15" t="n">
+      <c r="AJZ11" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AJW11" s="15" t="n">
+      <c r="AKA11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AJX11" s="15" t="n">
+      <c r="AKB11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AJY11" s="15" t="n">
+      <c r="AKC11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AJZ11" s="13" t="inlineStr">
+      <c r="AKD11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKA11" s="13" t="inlineStr">
+      <c r="AKE11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKB11" s="13" t="inlineStr">
+      <c r="AKF11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKC11" s="13" t="inlineStr">
+      <c r="AKG11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKD11" s="13" t="inlineStr">
+      <c r="AKH11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKE11" s="13" t="inlineStr">
+      <c r="AKI11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKF11" s="13" t="inlineStr">
+      <c r="AKJ11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKG11" s="13" t="inlineStr">
+      <c r="AKK11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKH11" s="13" t="inlineStr">
+      <c r="AKL11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKI11" s="13" t="inlineStr">
+      <c r="AKM11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKJ11" s="13" t="inlineStr">
+      <c r="AKN11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKK11" s="13" t="inlineStr">
+      <c r="AKO11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKL11" s="13" t="inlineStr">
+      <c r="AKP11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKM11" s="13" t="inlineStr">
+      <c r="AKQ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKN11" s="13" t="inlineStr">
+      <c r="AKR11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKO11" s="13" t="inlineStr">
+      <c r="AKS11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKP11" s="13" t="inlineStr">
+      <c r="AKT11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKQ11" s="13" t="inlineStr">
+      <c r="AKU11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKR11" s="13" t="inlineStr">
+      <c r="AKV11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKS11" s="13" t="inlineStr">
+      <c r="AKW11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKT11" s="13" t="inlineStr">
+      <c r="AKX11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKU11" s="13" t="inlineStr">
+      <c r="AKY11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKV11" s="13" t="inlineStr">
+      <c r="AKZ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKW11" s="13" t="inlineStr">
+      <c r="ALA11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKX11" s="13" t="inlineStr">
+      <c r="ALB11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKY11" s="13" t="inlineStr">
+      <c r="ALC11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKZ11" s="13" t="inlineStr">
+      <c r="ALD11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALA11" s="13" t="inlineStr">
+      <c r="ALE11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALB11" s="13" t="inlineStr">
+      <c r="ALF11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALC11" s="13" t="inlineStr">
+      <c r="ALG11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALD11" s="13" t="inlineStr">
+      <c r="ALH11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALE11" s="13" t="inlineStr">
+      <c r="ALI11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALF11" s="13" t="inlineStr">
+      <c r="ALJ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALG11" s="13" t="inlineStr">
+      <c r="ALK11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALH11" s="13" t="inlineStr">
+      <c r="ALL11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALI11" s="13" t="inlineStr">
+      <c r="ALM11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    B Mining and quarrying industries</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>122.075</v>
+        <v>124.403</v>
       </c>
       <c r="C12" s="14" t="n">
+        <v>123.093</v>
+      </c>
+      <c r="D12" s="14" t="n">
         <v>121.747</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>122.159</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>123.587</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="G12" s="14" t="n">
         <v>123.533</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>123.247</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>124.887</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>123.226</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>121.21</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="L12" s="14" t="n">
         <v>119.865</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>119.482</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>120.565</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>118.937</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>118.314</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>120.721</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>121.746</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>121.752</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="T12" s="14" t="n">
         <v>120.337</v>
       </c>
-      <c r="T12" s="14" t="n">
+      <c r="U12" s="14" t="n">
         <v>119.201</v>
       </c>
-      <c r="U12" s="14" t="n">
+      <c r="V12" s="14" t="n">
         <v>118.033</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="W12" s="14" t="n">
         <v>117.134</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>115.98</v>
       </c>
-      <c r="X12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>115.4</v>
       </c>
-      <c r="Y12" s="14" t="n">
+      <c r="Z12" s="14" t="n">
         <v>115.857</v>
       </c>
-      <c r="Z12" s="14" t="n">
+      <c r="AA12" s="14" t="n">
         <v>117.293</v>
       </c>
-      <c r="AA12" s="14" t="n">
+      <c r="AB12" s="14" t="n">
         <v>117.106</v>
       </c>
-      <c r="AB12" s="14" t="n">
+      <c r="AC12" s="14" t="n">
         <v>117.334</v>
       </c>
-      <c r="AC12" s="14" t="n">
+      <c r="AD12" s="14" t="n">
         <v>116.904</v>
       </c>
-      <c r="AD12" s="14" t="n">
+      <c r="AE12" s="14" t="n">
         <v>117.5</v>
       </c>
-      <c r="AE12" s="14" t="n">
+      <c r="AF12" s="14" t="n">
         <v>117.682</v>
       </c>
-      <c r="AF12" s="14" t="n">
+      <c r="AG12" s="14" t="n">
         <v>117.967</v>
       </c>
-      <c r="AG12" s="14" t="n">
+      <c r="AH12" s="14" t="n">
         <v>117.999</v>
       </c>
-      <c r="AH12" s="14" t="n">
+      <c r="AI12" s="14" t="n">
         <v>116.59</v>
       </c>
-      <c r="AI12" s="14" t="n">
+      <c r="AJ12" s="14" t="n">
         <v>114.796</v>
       </c>
-      <c r="AJ12" s="14" t="n">
+      <c r="AK12" s="14" t="n">
         <v>115.421</v>
       </c>
-      <c r="AK12" s="14" t="n">
+      <c r="AL12" s="14" t="n">
         <v>114.383</v>
       </c>
-      <c r="AL12" s="14" t="n">
+      <c r="AM12" s="14" t="n">
         <v>115.302</v>
       </c>
-      <c r="AM12" s="14" t="n">
+      <c r="AN12" s="14" t="n">
         <v>113.548</v>
       </c>
-      <c r="AN12" s="14" t="n">
+      <c r="AO12" s="14" t="n">
         <v>112.591</v>
       </c>
-      <c r="AO12" s="14" t="n">
+      <c r="AP12" s="14" t="n">
         <v>113.054</v>
       </c>
-      <c r="AP12" s="14" t="n">
+      <c r="AQ12" s="14" t="n">
         <v>111.806</v>
       </c>
-      <c r="AQ12" s="14" t="n">
+      <c r="AR12" s="14" t="n">
         <v>112.158</v>
       </c>
-      <c r="AR12" s="14" t="n">
+      <c r="AS12" s="14" t="n">
         <v>109.144</v>
       </c>
-      <c r="AS12" s="14" t="n">
+      <c r="AT12" s="14" t="n">
         <v>107.554</v>
       </c>
-      <c r="AT12" s="14" t="n">
+      <c r="AU12" s="14" t="n">
         <v>105.803</v>
       </c>
-      <c r="AU12" s="14" t="n">
+      <c r="AV12" s="14" t="n">
         <v>103.347</v>
       </c>
-      <c r="AV12" s="14" t="n">
+      <c r="AW12" s="14" t="n">
         <v>103.099</v>
       </c>
-      <c r="AW12" s="14" t="n">
+      <c r="AX12" s="14" t="n">
         <v>102.193</v>
       </c>
-      <c r="AX12" s="14" t="n">
+      <c r="AY12" s="14" t="n">
         <v>101.492</v>
       </c>
-      <c r="AY12" s="14" t="n">
+      <c r="AZ12" s="14" t="n">
         <v>100.279</v>
       </c>
-      <c r="AZ12" s="14" t="n">
+      <c r="BA12" s="14" t="n">
         <v>100.332</v>
       </c>
-      <c r="BA12" s="14" t="n">
+      <c r="BB12" s="14" t="n">
         <v>100.446</v>
       </c>
-      <c r="BB12" s="14" t="n">
+      <c r="BC12" s="14" t="n">
         <v>99.119</v>
       </c>
-      <c r="BC12" s="14" t="n">
+      <c r="BD12" s="14" t="n">
         <v>98.665</v>
       </c>
-      <c r="BD12" s="14" t="n">
+      <c r="BE12" s="14" t="n">
         <v>97.584</v>
       </c>
-      <c r="BE12" s="14" t="n">
+      <c r="BF12" s="14" t="n">
         <v>96.944</v>
       </c>
-      <c r="BF12" s="14" t="n">
+      <c r="BG12" s="14" t="n">
         <v>96.499</v>
       </c>
-      <c r="BG12" s="14" t="n">
+      <c r="BH12" s="14" t="n">
         <v>95.917</v>
       </c>
-      <c r="BH12" s="14" t="n">
+      <c r="BI12" s="14" t="n">
         <v>95.777</v>
       </c>
-      <c r="BI12" s="14" t="n">
+      <c r="BJ12" s="14" t="n">
         <v>95.837</v>
       </c>
-      <c r="BJ12" s="14" t="n">
+      <c r="BK12" s="14" t="n">
         <v>96.138</v>
       </c>
-      <c r="BK12" s="14" t="n">
+      <c r="BL12" s="14" t="n">
         <v>96.119</v>
       </c>
-      <c r="BL12" s="14" t="n">
+      <c r="BM12" s="14" t="n">
         <v>95.042</v>
       </c>
-      <c r="BM12" s="14" t="n">
+      <c r="BN12" s="14" t="n">
         <v>94.538</v>
       </c>
-      <c r="BN12" s="14" t="n">
+      <c r="BO12" s="14" t="n">
         <v>94.813</v>
       </c>
-      <c r="BO12" s="14" t="n">
+      <c r="BP12" s="14" t="n">
         <v>94.446</v>
       </c>
-      <c r="BP12" s="14" t="n">
+      <c r="BQ12" s="14" t="n">
         <v>94.002</v>
       </c>
-      <c r="BQ12" s="14" t="n">
+      <c r="BR12" s="14" t="n">
         <v>94.924</v>
       </c>
-      <c r="BR12" s="14" t="n">
+      <c r="BS12" s="14" t="n">
         <v>94.967</v>
       </c>
-      <c r="BS12" s="14" t="n">
+      <c r="BT12" s="14" t="n">
         <v>94.007</v>
       </c>
-      <c r="BT12" s="14" t="n">
+      <c r="BU12" s="14" t="n">
         <v>94.364</v>
       </c>
-      <c r="BU12" s="14" t="n">
+      <c r="BV12" s="14" t="n">
         <v>94.593</v>
       </c>
-      <c r="BV12" s="14" t="n">
+      <c r="BW12" s="14" t="n">
         <v>94.583</v>
       </c>
-      <c r="BW12" s="14" t="n">
+      <c r="BX12" s="14" t="n">
         <v>94.505</v>
       </c>
-      <c r="BX12" s="14" t="n">
+      <c r="BY12" s="14" t="n">
         <v>93.722</v>
       </c>
-      <c r="BY12" s="14" t="n">
+      <c r="BZ12" s="14" t="n">
         <v>93.326</v>
       </c>
-      <c r="BZ12" s="14" t="n">
+      <c r="CA12" s="14" t="n">
         <v>93.432</v>
       </c>
-      <c r="CA12" s="14" t="n">
+      <c r="CB12" s="14" t="n">
         <v>93.564</v>
       </c>
-      <c r="CB12" s="14" t="n">
+      <c r="CC12" s="14" t="n">
         <v>93.406</v>
       </c>
-      <c r="CC12" s="14" t="n">
+      <c r="CD12" s="14" t="n">
         <v>94.065</v>
       </c>
-      <c r="CD12" s="14" t="n">
+      <c r="CE12" s="14" t="n">
         <v>93.477</v>
       </c>
-      <c r="CE12" s="14" t="n">
+      <c r="CF12" s="14" t="n">
         <v>93.18</v>
       </c>
-      <c r="CF12" s="14" t="n">
+      <c r="CG12" s="14" t="n">
         <v>93.006</v>
       </c>
-      <c r="CG12" s="14" t="n">
+      <c r="CH12" s="14" t="n">
         <v>92.613</v>
       </c>
-      <c r="CH12" s="14" t="n">
+      <c r="CI12" s="14" t="n">
         <v>91.934</v>
       </c>
-      <c r="CI12" s="14" t="n">
+      <c r="CJ12" s="14" t="n">
         <v>91.812</v>
       </c>
-      <c r="CJ12" s="14" t="n">
+      <c r="CK12" s="14" t="n">
         <v>91.392</v>
       </c>
-      <c r="CK12" s="14" t="n">
+      <c r="CL12" s="14" t="n">
         <v>91.966</v>
       </c>
-      <c r="CL12" s="14" t="n">
+      <c r="CM12" s="14" t="n">
         <v>91.988</v>
       </c>
-      <c r="CM12" s="14" t="n">
+      <c r="CN12" s="14" t="n">
         <v>91.522</v>
       </c>
-      <c r="CN12" s="14" t="n">
+      <c r="CO12" s="14" t="n">
         <v>90.798</v>
       </c>
-      <c r="CO12" s="14" t="n">
+      <c r="CP12" s="14" t="n">
         <v>90.16</v>
       </c>
-      <c r="CP12" s="14" t="n">
+      <c r="CQ12" s="14" t="n">
         <v>89.877</v>
       </c>
-      <c r="CQ12" s="14" t="n">
+      <c r="CR12" s="14" t="n">
         <v>89.375</v>
       </c>
-      <c r="CR12" s="14" t="n">
+      <c r="CS12" s="14" t="n">
         <v>88.707</v>
       </c>
-      <c r="CS12" s="14" t="n">
+      <c r="CT12" s="14" t="n">
         <v>89.686</v>
       </c>
-      <c r="CT12" s="14" t="n">
+      <c r="CU12" s="14" t="n">
         <v>88.837</v>
       </c>
-      <c r="CU12" s="14" t="n">
+      <c r="CV12" s="14" t="n">
         <v>88.601</v>
       </c>
-      <c r="CV12" s="14" t="n">
+      <c r="CW12" s="14" t="n">
         <v>88.206</v>
       </c>
-      <c r="CW12" s="14" t="n">
+      <c r="CX12" s="14" t="n">
         <v>88.217</v>
       </c>
-      <c r="CX12" s="14" t="n">
+      <c r="CY12" s="14" t="n">
         <v>87.586</v>
       </c>
-      <c r="CY12" s="14" t="n">
+      <c r="CZ12" s="14" t="n">
         <v>87.63</v>
       </c>
-      <c r="CZ12" s="14" t="n">
+      <c r="DA12" s="14" t="n">
         <v>87.233</v>
       </c>
-      <c r="DA12" s="14" t="n">
+      <c r="DB12" s="14" t="n">
         <v>87.142</v>
       </c>
-      <c r="DB12" s="14" t="n">
+      <c r="DC12" s="14" t="n">
         <v>87.394</v>
       </c>
-      <c r="DC12" s="14" t="n">
+      <c r="DD12" s="14" t="n">
         <v>86.938</v>
       </c>
-      <c r="DD12" s="14" t="n">
+      <c r="DE12" s="14" t="n">
         <v>86.865</v>
       </c>
-      <c r="DE12" s="14" t="n">
+      <c r="DF12" s="14" t="n">
         <v>86.673</v>
       </c>
-      <c r="DF12" s="14" t="n">
+      <c r="DG12" s="14" t="n">
         <v>86.485</v>
       </c>
-      <c r="DG12" s="14" t="n">
+      <c r="DH12" s="14" t="n">
         <v>87.457</v>
       </c>
-      <c r="DH12" s="14" t="n">
+      <c r="DI12" s="14" t="n">
         <v>86.863</v>
       </c>
-      <c r="DI12" s="14" t="n">
+      <c r="DJ12" s="14" t="n">
         <v>86.685</v>
       </c>
-      <c r="DJ12" s="14" t="n">
+      <c r="DK12" s="14" t="n">
         <v>86.637</v>
       </c>
-      <c r="DK12" s="14" t="n">
+      <c r="DL12" s="14" t="n">
         <v>86.865</v>
       </c>
-      <c r="DL12" s="14" t="n">
+      <c r="DM12" s="14" t="n">
         <v>87.972</v>
       </c>
-      <c r="DM12" s="14" t="n">
+      <c r="DN12" s="14" t="n">
         <v>88.052</v>
       </c>
-      <c r="DN12" s="14" t="n">
+      <c r="DO12" s="14" t="n">
         <v>87.48</v>
       </c>
-      <c r="DO12" s="14" t="n">
+      <c r="DP12" s="14" t="n">
         <v>88.03</v>
       </c>
-      <c r="DP12" s="14" t="n">
+      <c r="DQ12" s="14" t="n">
         <v>88.465</v>
       </c>
-      <c r="DQ12" s="14" t="n">
+      <c r="DR12" s="14" t="n">
         <v>88.519</v>
       </c>
-      <c r="DR12" s="14" t="n">
+      <c r="DS12" s="14" t="n">
         <v>89.08</v>
       </c>
-      <c r="DS12" s="14" t="n">
+      <c r="DT12" s="14" t="n">
         <v>89.428</v>
       </c>
-      <c r="DT12" s="14" t="n">
+      <c r="DU12" s="14" t="n">
         <v>89.358</v>
       </c>
-      <c r="DU12" s="14" t="n">
+      <c r="DV12" s="14" t="n">
         <v>89.323</v>
       </c>
-      <c r="DV12" s="14" t="n">
+      <c r="DW12" s="14" t="n">
         <v>89.789</v>
       </c>
-      <c r="DW12" s="14" t="n">
+      <c r="DX12" s="14" t="n">
         <v>89.67</v>
       </c>
-      <c r="DX12" s="14" t="n">
+      <c r="DY12" s="14" t="n">
         <v>89.506</v>
       </c>
-      <c r="DY12" s="14" t="n">
+      <c r="DZ12" s="14" t="n">
         <v>89.317</v>
       </c>
-      <c r="DZ12" s="14" t="n">
+      <c r="EA12" s="14" t="n">
         <v>88.66</v>
       </c>
-      <c r="EA12" s="14" t="n">
+      <c r="EB12" s="14" t="n">
         <v>87.882</v>
       </c>
-      <c r="EB12" s="14" t="n">
+      <c r="EC12" s="14" t="n">
         <v>88.271</v>
       </c>
-      <c r="EC12" s="14" t="n">
+      <c r="ED12" s="14" t="n">
         <v>87.908</v>
       </c>
-      <c r="ED12" s="14" t="n">
+      <c r="EE12" s="14" t="n">
         <v>87.939</v>
       </c>
-      <c r="EE12" s="14" t="n">
+      <c r="EF12" s="14" t="n">
         <v>87.993</v>
       </c>
-      <c r="EF12" s="14" t="n">
+      <c r="EG12" s="14" t="n">
         <v>88.253</v>
       </c>
-      <c r="EG12" s="14" t="n">
+      <c r="EH12" s="14" t="n">
         <v>87.839</v>
       </c>
-      <c r="EH12" s="14" t="n">
+      <c r="EI12" s="14" t="n">
         <v>87.761</v>
       </c>
-      <c r="EI12" s="14" t="n">
+      <c r="EJ12" s="14" t="n">
         <v>87.099</v>
       </c>
-      <c r="EJ12" s="14" t="n">
+      <c r="EK12" s="14" t="n">
         <v>87.149</v>
       </c>
-      <c r="EK12" s="14" t="n">
+      <c r="EL12" s="14" t="n">
         <v>87.203</v>
       </c>
-      <c r="EL12" s="14" t="n">
+      <c r="EM12" s="14" t="n">
         <v>87.274</v>
       </c>
-      <c r="EM12" s="14" t="n">
+      <c r="EN12" s="14" t="n">
         <v>87.517</v>
       </c>
-      <c r="EN12" s="14" t="n">
+      <c r="EO12" s="14" t="n">
         <v>87.849</v>
       </c>
-      <c r="EO12" s="14" t="n">
+      <c r="EP12" s="14" t="n">
         <v>87.504</v>
       </c>
-      <c r="EP12" s="14" t="n">
+      <c r="EQ12" s="14" t="n">
         <v>87.054</v>
       </c>
-      <c r="EQ12" s="14" t="n">
+      <c r="ER12" s="14" t="n">
         <v>87.071</v>
       </c>
-      <c r="ER12" s="14" t="n">
+      <c r="ES12" s="14" t="n">
         <v>87.55</v>
       </c>
-      <c r="ES12" s="14" t="n">
+      <c r="ET12" s="14" t="n">
         <v>87.15</v>
       </c>
-      <c r="ET12" s="14" t="n">
+      <c r="EU12" s="14" t="n">
         <v>87.78</v>
       </c>
-      <c r="EU12" s="14" t="n">
+      <c r="EV12" s="14" t="n">
         <v>87.744</v>
       </c>
-      <c r="EV12" s="14" t="n">
+      <c r="EW12" s="14" t="n">
         <v>87.813</v>
       </c>
-      <c r="EW12" s="14" t="n">
+      <c r="EX12" s="14" t="n">
         <v>88.144</v>
       </c>
-      <c r="EX12" s="14" t="n">
+      <c r="EY12" s="14" t="n">
         <v>87.209</v>
       </c>
-      <c r="EY12" s="14" t="n">
+      <c r="EZ12" s="14" t="n">
         <v>86.958</v>
       </c>
-      <c r="EZ12" s="14" t="n">
+      <c r="FA12" s="14" t="n">
         <v>87.676</v>
       </c>
-      <c r="FA12" s="14" t="n">
+      <c r="FB12" s="14" t="n">
         <v>88.261</v>
       </c>
-      <c r="FB12" s="14" t="n">
+      <c r="FC12" s="14" t="n">
         <v>88.645</v>
       </c>
-      <c r="FC12" s="14" t="n">
+      <c r="FD12" s="14" t="n">
         <v>88.43</v>
       </c>
-      <c r="FD12" s="14" t="n">
+      <c r="FE12" s="14" t="n">
         <v>88.698</v>
       </c>
-      <c r="FE12" s="14" t="n">
+      <c r="FF12" s="14" t="n">
         <v>88.824</v>
       </c>
-      <c r="FF12" s="14" t="n">
+      <c r="FG12" s="14" t="n">
         <v>88.191</v>
       </c>
-      <c r="FG12" s="14" t="n">
+      <c r="FH12" s="14" t="n">
         <v>88.287</v>
       </c>
-      <c r="FH12" s="14" t="n">
+      <c r="FI12" s="14" t="n">
         <v>88.265</v>
       </c>
-      <c r="FI12" s="14" t="n">
+      <c r="FJ12" s="14" t="n">
         <v>88.419</v>
       </c>
-      <c r="FJ12" s="14" t="n">
+      <c r="FK12" s="14" t="n">
         <v>87.629</v>
       </c>
-      <c r="FK12" s="14" t="n">
+      <c r="FL12" s="14" t="n">
         <v>87.584</v>
       </c>
-      <c r="FL12" s="14" t="n">
+      <c r="FM12" s="14" t="n">
         <v>87.432</v>
       </c>
-      <c r="FM12" s="14" t="n">
+      <c r="FN12" s="14" t="n">
         <v>87.434</v>
       </c>
-      <c r="FN12" s="14" t="n">
+      <c r="FO12" s="14" t="n">
         <v>87.201</v>
       </c>
-      <c r="FO12" s="14" t="n">
+      <c r="FP12" s="14" t="n">
         <v>87.33</v>
       </c>
-      <c r="FP12" s="14" t="n">
+      <c r="FQ12" s="14" t="n">
         <v>86.889</v>
       </c>
-      <c r="FQ12" s="14" t="n">
+      <c r="FR12" s="14" t="n">
         <v>85.106</v>
       </c>
-      <c r="FR12" s="14" t="n">
+      <c r="FS12" s="14" t="n">
         <v>85.232</v>
       </c>
-      <c r="FS12" s="14" t="n">
+      <c r="FT12" s="14" t="n">
         <v>84.522</v>
       </c>
-      <c r="FT12" s="14" t="n">
+      <c r="FU12" s="14" t="n">
         <v>84.539</v>
       </c>
-      <c r="FU12" s="14" t="n">
+      <c r="FV12" s="14" t="n">
         <v>84.536</v>
       </c>
-      <c r="FV12" s="14" t="n">
+      <c r="FW12" s="14" t="n">
         <v>84.292</v>
       </c>
-      <c r="FW12" s="14" t="n">
+      <c r="FX12" s="14" t="n">
         <v>84.044</v>
       </c>
-      <c r="FX12" s="14" t="n">
+      <c r="FY12" s="14" t="n">
         <v>82.786</v>
       </c>
-      <c r="FY12" s="14" t="n">
+      <c r="FZ12" s="14" t="n">
         <v>80.961</v>
       </c>
-      <c r="FZ12" s="14" t="n">
+      <c r="GA12" s="14" t="n">
         <v>81.357</v>
       </c>
-      <c r="GA12" s="14" t="n">
+      <c r="GB12" s="14" t="n">
         <v>80.837</v>
       </c>
-      <c r="GB12" s="14" t="n">
+      <c r="GC12" s="14" t="n">
         <v>80.796</v>
       </c>
-      <c r="GC12" s="14" t="n">
+      <c r="GD12" s="14" t="n">
         <v>80.669</v>
       </c>
-      <c r="GD12" s="14" t="n">
+      <c r="GE12" s="14" t="n">
         <v>80.364</v>
       </c>
-      <c r="GE12" s="14" t="n">
+      <c r="GF12" s="14" t="n">
         <v>80.674</v>
       </c>
-      <c r="GF12" s="14" t="n">
+      <c r="GG12" s="14" t="n">
         <v>80.575</v>
       </c>
-      <c r="GG12" s="14" t="n">
+      <c r="GH12" s="14" t="n">
         <v>80.525</v>
       </c>
-      <c r="GH12" s="14" t="n">
+      <c r="GI12" s="14" t="n">
         <v>80.963</v>
       </c>
-      <c r="GI12" s="14" t="n">
+      <c r="GJ12" s="14" t="n">
         <v>80.342</v>
       </c>
-      <c r="GJ12" s="14" t="n">
+      <c r="GK12" s="14" t="n">
         <v>79.859</v>
       </c>
-      <c r="GK12" s="14" t="n">
+      <c r="GL12" s="14" t="n">
         <v>79.997</v>
       </c>
-      <c r="GL12" s="14" t="n">
+      <c r="GM12" s="14" t="n">
         <v>80.273</v>
       </c>
-      <c r="GM12" s="14" t="n">
+      <c r="GN12" s="14" t="n">
         <v>79.997</v>
       </c>
-      <c r="GN12" s="14" t="n">
+      <c r="GO12" s="14" t="n">
         <v>80.48</v>
       </c>
-      <c r="GO12" s="14" t="n">
+      <c r="GP12" s="14" t="n">
         <v>80.687</v>
       </c>
-      <c r="GP12" s="14" t="n">
+      <c r="GQ12" s="14" t="n">
         <v>81.032</v>
       </c>
-      <c r="GQ12" s="14" t="n">
+      <c r="GR12" s="14" t="n">
         <v>80.48</v>
       </c>
-      <c r="GR12" s="14" t="n">
+      <c r="GS12" s="14" t="n">
         <v>80.342</v>
       </c>
-      <c r="GS12" s="14" t="n">
+      <c r="GT12" s="14" t="n">
         <v>80.135</v>
       </c>
-      <c r="GT12" s="14" t="n">
+      <c r="GU12" s="14" t="n">
         <v>79.859</v>
       </c>
-      <c r="GU12" s="14" t="n">
+      <c r="GV12" s="14" t="n">
         <v>79.928</v>
       </c>
-      <c r="GV12" s="14" t="n">
+      <c r="GW12" s="14" t="n">
         <v>79.859</v>
       </c>
-      <c r="GW12" s="14" t="n">
+      <c r="GX12" s="14" t="n">
         <v>79.237</v>
       </c>
-      <c r="GX12" s="14" t="n">
+      <c r="GY12" s="14" t="n">
         <v>79.79</v>
       </c>
-      <c r="GY12" s="14" t="n">
+      <c r="GZ12" s="14" t="n">
         <v>79.928</v>
       </c>
-      <c r="GZ12" s="14" t="n">
+      <c r="HA12" s="14" t="n">
         <v>79.859</v>
-      </c>
-[...1 lines deleted...]
-        <v>79.651</v>
       </c>
       <c r="HB12" s="14" t="n">
         <v>79.651</v>
       </c>
       <c r="HC12" s="14" t="n">
+        <v>79.651</v>
+      </c>
+      <c r="HD12" s="14" t="n">
         <v>79.168</v>
       </c>
-      <c r="HD12" s="14" t="n">
+      <c r="HE12" s="14" t="n">
         <v>78.754</v>
       </c>
-      <c r="HE12" s="14" t="n">
+      <c r="HF12" s="14" t="n">
         <v>78.409</v>
       </c>
-      <c r="HF12" s="14" t="n">
+      <c r="HG12" s="14" t="n">
         <v>77.857</v>
       </c>
-      <c r="HG12" s="14" t="n">
+      <c r="HH12" s="14" t="n">
         <v>75.786</v>
       </c>
-      <c r="HH12" s="14" t="n">
+      <c r="HI12" s="14" t="n">
         <v>76.338</v>
       </c>
-      <c r="HI12" s="14" t="n">
+      <c r="HJ12" s="14" t="n">
         <v>76.131</v>
-      </c>
-[...1 lines deleted...]
-        <v>75.51</v>
       </c>
       <c r="HK12" s="14" t="n">
         <v>75.51</v>
       </c>
       <c r="HL12" s="14" t="n">
+        <v>75.51</v>
+      </c>
+      <c r="HM12" s="14" t="n">
         <v>75.855</v>
       </c>
-      <c r="HM12" s="14" t="n">
+      <c r="HN12" s="14" t="n">
         <v>75.234</v>
       </c>
-      <c r="HN12" s="14" t="n">
+      <c r="HO12" s="14" t="n">
         <v>75.096</v>
-      </c>
-[...1 lines deleted...]
-        <v>75.027</v>
       </c>
       <c r="HP12" s="14" t="n">
         <v>75.027</v>
       </c>
       <c r="HQ12" s="14" t="n">
+        <v>75.027</v>
+      </c>
+      <c r="HR12" s="14" t="n">
         <v>75.096</v>
       </c>
-      <c r="HR12" s="14" t="n">
+      <c r="HS12" s="14" t="n">
         <v>74.13</v>
       </c>
-      <c r="HS12" s="14" t="n">
+      <c r="HT12" s="14" t="n">
         <v>72.404</v>
       </c>
-      <c r="HT12" s="14" t="n">
+      <c r="HU12" s="14" t="n">
         <v>71.99</v>
       </c>
-      <c r="HU12" s="14" t="n">
+      <c r="HV12" s="14" t="n">
         <v>71.852</v>
-      </c>
-[...1 lines deleted...]
-        <v>71.99</v>
       </c>
       <c r="HW12" s="14" t="n">
         <v>71.99</v>
       </c>
       <c r="HX12" s="14" t="n">
+        <v>71.99</v>
+      </c>
+      <c r="HY12" s="14" t="n">
         <v>71.714</v>
       </c>
-      <c r="HY12" s="14" t="n">
+      <c r="HZ12" s="14" t="n">
         <v>71.921</v>
       </c>
-      <c r="HZ12" s="14" t="n">
+      <c r="IA12" s="14" t="n">
         <v>71.714</v>
       </c>
-      <c r="IA12" s="14" t="n">
+      <c r="IB12" s="14" t="n">
         <v>71.507</v>
       </c>
-      <c r="IB12" s="14" t="n">
+      <c r="IC12" s="14" t="n">
         <v>71.438</v>
       </c>
-      <c r="IC12" s="14" t="n">
+      <c r="ID12" s="14" t="n">
         <v>71.369</v>
       </c>
-      <c r="ID12" s="14" t="n">
+      <c r="IE12" s="14" t="n">
         <v>71.3</v>
       </c>
-      <c r="IE12" s="14" t="n">
+      <c r="IF12" s="14" t="n">
         <v>69.091</v>
       </c>
-      <c r="IF12" s="14" t="n">
+      <c r="IG12" s="14" t="n">
         <v>69.574</v>
       </c>
-      <c r="IG12" s="14" t="n">
+      <c r="IH12" s="14" t="n">
         <v>69.298</v>
       </c>
-      <c r="IH12" s="14" t="n">
+      <c r="II12" s="14" t="n">
         <v>69.367</v>
       </c>
-      <c r="II12" s="14" t="n">
+      <c r="IJ12" s="14" t="n">
         <v>69.022</v>
       </c>
-      <c r="IJ12" s="14" t="n">
+      <c r="IK12" s="14" t="n">
         <v>69.712</v>
       </c>
-      <c r="IK12" s="14" t="n">
+      <c r="IL12" s="14" t="n">
         <v>69.091</v>
-      </c>
-[...1 lines deleted...]
-        <v>68.815</v>
       </c>
       <c r="IM12" s="14" t="n">
         <v>68.815</v>
       </c>
       <c r="IN12" s="14" t="n">
         <v>68.815</v>
       </c>
       <c r="IO12" s="14" t="n">
+        <v>68.815</v>
+      </c>
+      <c r="IP12" s="14" t="n">
         <v>68.677</v>
       </c>
-      <c r="IP12" s="14" t="n">
+      <c r="IQ12" s="14" t="n">
         <v>67.987</v>
       </c>
-      <c r="IQ12" s="15" t="n">
+      <c r="IR12" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="IS12" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="IT12" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="IU12" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="IV12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IW12" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="IX12" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="IY12" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="IZ12" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="JA12" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="JB12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="IR12" s="15" t="n">
-[...5 lines deleted...]
-      <c r="IT12" s="15" t="n">
+      <c r="JC12" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="JD12" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="JE12" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="JF12" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="JG12" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="JH12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="IU12" s="15" t="n">
-[...35 lines deleted...]
-      <c r="JG12" s="15" t="n">
+      <c r="JI12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="JH12" s="15" t="n">
+      <c r="JJ12" s="15" t="n">
         <v>1.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.8</v>
       </c>
       <c r="JK12" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="JL12" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="JM12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="JN12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="JM12" s="15" t="n">
+      <c r="JO12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="JN12" s="15" t="n">
+      <c r="JP12" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="JO12" s="15" t="n">
+      <c r="JQ12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JP12" s="15" t="n">
+      <c r="JR12" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="JQ12" s="15" t="n">
+      <c r="JS12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="JR12" s="15" t="n">
+      <c r="JT12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JS12" s="15" t="n">
+      <c r="JU12" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="JT12" s="15" t="n">
+      <c r="JV12" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="JU12" s="15" t="n">
+      <c r="JW12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JV12" s="15" t="n">
+      <c r="JX12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="JW12" s="15" t="n">
+      <c r="JY12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="JX12" s="15" t="n">
+      <c r="JZ12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JY12" s="15" t="n">
+      <c r="KA12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="JZ12" s="15" t="n">
+      <c r="KB12" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="KA12" s="15" t="n">
+      <c r="KC12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="KB12" s="15" t="n">
+      <c r="KD12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="KC12" s="15" t="n">
+      <c r="KE12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="KD12" s="15" t="n">
+      <c r="KF12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="KE12" s="15" t="n">
+      <c r="KG12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="KF12" s="15" t="n">
+      <c r="KH12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="KG12" s="15" t="n">
+      <c r="KI12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="KH12" s="15" t="n">
+      <c r="KJ12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="KI12" s="15" t="n">
+      <c r="KK12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="KJ12" s="15" t="n">
+      <c r="KL12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KK12" s="15" t="n">
+      <c r="KM12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="KL12" s="15" t="n">
+      <c r="KN12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="KM12" s="15" t="n">
+      <c r="KO12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="KN12" s="15" t="n">
+      <c r="KP12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KO12" s="15" t="n">
+      <c r="KQ12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KP12" s="15" t="n">
+      <c r="KR12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="KQ12" s="15" t="n">
+      <c r="KS12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="KR12" s="15" t="n">
+      <c r="KT12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="KS12" s="15" t="n">
+      <c r="KU12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="KT12" s="15" t="n">
+      <c r="KV12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="KU12" s="15" t="n">
+      <c r="KW12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="KV12" s="15" t="n">
+      <c r="KX12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KW12" s="15" t="n">
+      <c r="KY12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KX12" s="15" t="n">
+      <c r="KZ12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="KY12" s="15" t="n">
+      <c r="LA12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="KZ12" s="15" t="n">
+      <c r="LB12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="LA12" s="15" t="n">
+      <c r="LC12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="LB12" s="15" t="n">
+      <c r="LD12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="LC12" s="15" t="n">
+      <c r="LE12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LD12" s="15" t="n">
+      <c r="LF12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="LE12" s="15" t="n">
+      <c r="LG12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="LF12" s="15" t="n">
+      <c r="LH12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="LG12" s="15" t="n">
+      <c r="LI12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="LH12" s="15" t="n">
+      <c r="LJ12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="LI12" s="15" t="n">
+      <c r="LK12" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="LJ12" s="15" t="n">
+      <c r="LL12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="LK12" s="15" t="n">
+      <c r="LM12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LL12" s="15" t="n">
+      <c r="LN12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="LM12" s="15" t="n">
+      <c r="LO12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LN12" s="15" t="n">
+      <c r="LP12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LO12" s="15" t="n">
+      <c r="LQ12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LP12" s="15" t="n">
+      <c r="LR12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LQ12" s="15" t="n">
+      <c r="LS12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="LR12" s="15" t="n">
+      <c r="LT12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="LS12" s="15" t="n">
+      <c r="LU12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="LT12" s="15" t="n">
+      <c r="LV12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LU12" s="15" t="n">
+      <c r="LW12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LV12" s="15" t="n">
+      <c r="LX12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="LW12" s="15" t="n">
+      <c r="LY12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LX12" s="15" t="n">
+      <c r="LZ12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="LY12" s="15" t="n">
+      <c r="MA12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="LZ12" s="15" t="n">
+      <c r="MB12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MA12" s="15" t="n">
+      <c r="MC12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="MB12" s="15" t="n">
+      <c r="MD12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="MC12" s="15" t="n">
+      <c r="ME12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MD12" s="15" t="n">
+      <c r="MF12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ME12" s="15" t="n">
+      <c r="MG12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="MF12" s="15" t="n">
+      <c r="MH12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="MG12" s="15" t="n">
+      <c r="MI12" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="MH12" s="15" t="n">
+      <c r="MJ12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="MI12" s="15" t="n">
+      <c r="MK12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="MJ12" s="15" t="n">
+      <c r="ML12" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.7</v>
       </c>
       <c r="MM12" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="MN12" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="MO12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MP12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="MO12" s="15" t="n">
+      <c r="MQ12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MP12" s="15" t="n">
+      <c r="MR12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="MQ12" s="15" t="n">
+      <c r="MS12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="MR12" s="15" t="n">
+      <c r="MT12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MS12" s="15" t="n">
+      <c r="MU12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MT12" s="15" t="n">
+      <c r="MV12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MU12" s="15" t="n">
+      <c r="MW12" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="MV12" s="15" t="n">
+      <c r="MX12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MW12" s="15" t="n">
+      <c r="MY12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MX12" s="15" t="n">
+      <c r="MZ12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MY12" s="15" t="n">
+      <c r="NA12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="MZ12" s="15" t="n">
+      <c r="NB12" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="NA12" s="15" t="n">
+      <c r="NC12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="NB12" s="15" t="n">
+      <c r="ND12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="NC12" s="15" t="n">
+      <c r="NE12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="ND12" s="15" t="n">
+      <c r="NF12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="NE12" s="15" t="n">
+      <c r="NG12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="NF12" s="15" t="n">
+      <c r="NH12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="NG12" s="15" t="n">
+      <c r="NI12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="NH12" s="15" t="n">
+      <c r="NJ12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NI12" s="15" t="n">
+      <c r="NK12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NJ12" s="15" t="n">
+      <c r="NL12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="NK12" s="15" t="n">
+      <c r="NM12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NL12" s="15" t="n">
+      <c r="NN12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NM12" s="15" t="n">
+      <c r="NO12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NN12" s="15" t="n">
+      <c r="NP12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="NO12" s="15" t="n">
+      <c r="NQ12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="NP12" s="15" t="n">
+      <c r="NR12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="NQ12" s="15" t="n">
+      <c r="NS12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="NR12" s="15" t="n">
+      <c r="NT12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NS12" s="15" t="n">
+      <c r="NU12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="NT12" s="15" t="n">
+      <c r="NV12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="NU12" s="15" t="n">
+      <c r="NW12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="NV12" s="15" t="n">
+      <c r="NX12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NW12" s="15" t="n">
+      <c r="NY12" s="15" t="n">
         <v>0.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="NZ12" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="OA12" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="OB12" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="OC12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OB12" s="15" t="n">
+      <c r="OD12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="OC12" s="15" t="n">
+      <c r="OE12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="OD12" s="15" t="n">
+      <c r="OF12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="OE12" s="15" t="n">
+      <c r="OG12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OF12" s="15" t="n">
+      <c r="OH12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="OG12" s="15" t="n">
+      <c r="OI12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="OH12" s="15" t="n">
+      <c r="OJ12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="OI12" s="15" t="n">
+      <c r="OK12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OJ12" s="15" t="n">
+      <c r="OL12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OK12" s="15" t="n">
+      <c r="OM12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="OL12" s="15" t="n">
+      <c r="ON12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="OM12" s="15" t="n">
+      <c r="OO12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ON12" s="15" t="n">
+      <c r="OP12" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="OO12" s="15" t="n">
+      <c r="OQ12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="OP12" s="15" t="n">
+      <c r="OR12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="OQ12" s="15" t="n">
+      <c r="OS12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OR12" s="15" t="n">
+      <c r="OT12" s="15" t="n">
         <v>-0.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.7</v>
       </c>
       <c r="OU12" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="OV12" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="OW12" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="OX12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OW12" s="15" t="n">
+      <c r="OY12" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OX12" s="15" t="n">
+      <c r="OZ12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="OY12" s="15" t="n">
+      <c r="PA12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OZ12" s="15" t="n">
+      <c r="PB12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PA12" s="15" t="n">
+      <c r="PC12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PB12" s="15" t="n">
+      <c r="PD12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PC12" s="15" t="n">
+      <c r="PE12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PD12" s="15" t="n">
+      <c r="PF12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="PE12" s="15" t="n">
+      <c r="PG12" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="PF12" s="15" t="n">
+      <c r="PH12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PG12" s="15" t="n">
+      <c r="PI12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="PH12" s="15" t="n">
+      <c r="PJ12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PI12" s="15" t="n">
+      <c r="PK12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PJ12" s="15" t="n">
+      <c r="PL12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PK12" s="15" t="n">
+      <c r="PM12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PL12" s="15" t="n">
+      <c r="PN12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="PM12" s="15" t="n">
+      <c r="PO12" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="PN12" s="15" t="n">
+      <c r="PP12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="PO12" s="15" t="n">
+      <c r="PQ12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="PP12" s="15" t="n">
+      <c r="PR12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PQ12" s="15" t="n">
+      <c r="PS12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PR12" s="15" t="n">
+      <c r="PT12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="PS12" s="15" t="n">
+      <c r="PU12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="PT12" s="15" t="n">
+      <c r="PV12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PU12" s="15" t="n">
+      <c r="PW12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PV12" s="15" t="n">
+      <c r="PX12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="PW12" s="15" t="n">
+      <c r="PY12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="PX12" s="15" t="n">
+      <c r="PZ12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="PY12" s="15" t="n">
+      <c r="QA12" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="PZ12" s="15" t="n">
+      <c r="QB12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="QA12" s="15" t="n">
+      <c r="QC12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QB12" s="15" t="n">
+      <c r="QD12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="QC12" s="15" t="n">
+      <c r="QE12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="QD12" s="15" t="n">
+      <c r="QF12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="QE12" s="15" t="n">
+      <c r="QG12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="QF12" s="15" t="n">
+      <c r="QH12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="QG12" s="15" t="n">
+      <c r="QI12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QH12" s="15" t="n">
+      <c r="QJ12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QI12" s="15" t="n">
+      <c r="QK12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="QJ12" s="15" t="n">
+      <c r="QL12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QK12" s="15" t="n">
+      <c r="QM12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="QL12" s="15" t="n">
+      <c r="QN12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="QM12" s="15" t="n">
+      <c r="QO12" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QN12" s="15" t="n">
+      <c r="QP12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QO12" s="15" t="n">
+      <c r="QQ12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QP12" s="15" t="n">
+      <c r="QR12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QQ12" s="15" t="n">
+      <c r="QS12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="QR12" s="15" t="n">
+      <c r="QT12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="QS12" s="15" t="n">
+      <c r="QU12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="QT12" s="15" t="n">
+      <c r="QV12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="QU12" s="15" t="n">
+      <c r="QW12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="QV12" s="15" t="n">
+      <c r="QX12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="QW12" s="15" t="n">
+      <c r="QY12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QX12" s="15" t="n">
+      <c r="QZ12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="QY12" s="15" t="n">
+      <c r="RA12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QZ12" s="15" t="n">
+      <c r="RB12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="RA12" s="15" t="n">
+      <c r="RC12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="RB12" s="15" t="n">
+      <c r="RD12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RC12" s="15" t="n">
+      <c r="RE12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RD12" s="15" t="n">
+      <c r="RF12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RE12" s="15" t="n">
+      <c r="RG12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RF12" s="15" t="n">
+      <c r="RH12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="RG12" s="15" t="n">
+      <c r="RI12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="RH12" s="15" t="n">
+      <c r="RJ12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="RI12" s="15" t="n">
+      <c r="RK12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RJ12" s="15" t="n">
+      <c r="RL12" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="RK12" s="15" t="n">
+      <c r="RM12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RL12" s="15" t="n">
+      <c r="RN12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="RM12" s="15" t="n">
+      <c r="RO12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="RN12" s="15" t="n">
+      <c r="RP12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="RO12" s="15" t="n">
+      <c r="RQ12" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="RR12" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="RS12" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="RT12" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="RU12" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="RT12" s="15" t="n">
+      <c r="RV12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="RU12" s="15" t="n">
+      <c r="RW12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="RV12" s="15" t="n">
+      <c r="RX12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RW12" s="15" t="n">
+      <c r="RY12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="RX12" s="15" t="n">
+      <c r="RZ12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="RY12" s="15" t="n">
+      <c r="SA12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="RZ12" s="15" t="n">
+      <c r="SB12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="SA12" s="15" t="n">
+      <c r="SC12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="SB12" s="15" t="n">
+      <c r="SD12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="SC12" s="15" t="n">
+      <c r="SE12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="SD12" s="15" t="n">
+      <c r="SF12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="SE12" s="13" t="inlineStr">
+      <c r="SG12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="SF12" s="15" t="n">
-[...2 lines deleted...]
-      <c r="SG12" s="15" t="n">
+      <c r="SH12" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="SI12" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="SJ12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="SH12" s="15" t="n">
+      <c r="SK12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="SI12" s="15" t="n">
+      <c r="SL12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="SJ12" s="15" t="n">
+      <c r="SM12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="SK12" s="15" t="n">
+      <c r="SN12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="SL12" s="15" t="n">
+      <c r="SO12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="SM12" s="15" t="n">
+      <c r="SP12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="SN12" s="15" t="n">
+      <c r="SQ12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="SO12" s="15" t="n">
+      <c r="SR12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="SP12" s="15" t="n">
+      <c r="SS12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="SQ12" s="15" t="n">
+      <c r="ST12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="SR12" s="15" t="n">
+      <c r="SU12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="SS12" s="15" t="n">
+      <c r="SV12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ST12" s="15" t="n">
+      <c r="SW12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="SU12" s="15" t="n">
+      <c r="SX12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="SV12" s="15" t="n">
+      <c r="SY12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="SW12" s="15" t="n">
+      <c r="SZ12" s="15" t="n">
         <v>2.3</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="TA12" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="TB12" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="TC12" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="TD12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="TE12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="TF12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="TD12" s="15" t="n">
+      <c r="TG12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="TE12" s="15" t="n">
+      <c r="TH12" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="TF12" s="15" t="n">
+      <c r="TI12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="TG12" s="15" t="n">
+      <c r="TJ12" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="TH12" s="15" t="n">
+      <c r="TK12" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="TI12" s="15" t="n">
+      <c r="TL12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="TJ12" s="15" t="n">
+      <c r="TM12" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="TK12" s="15" t="n">
+      <c r="TN12" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="TL12" s="15" t="n">
+      <c r="TO12" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="TM12" s="15" t="n">
+      <c r="TP12" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="TN12" s="15" t="n">
+      <c r="TQ12" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="TO12" s="15" t="n">
+      <c r="TR12" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="TP12" s="15" t="n">
+      <c r="TS12" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="TQ12" s="15" t="n">
+      <c r="TT12" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="TR12" s="15" t="n">
+      <c r="TU12" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="TS12" s="15" t="n">
+      <c r="TV12" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="TT12" s="15" t="n">
+      <c r="TW12" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="TU12" s="15" t="n">
+      <c r="TX12" s="15" t="n">
         <v>13.7</v>
       </c>
-      <c r="TV12" s="15" t="n">
+      <c r="TY12" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="TW12" s="15" t="n">
+      <c r="TZ12" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="TX12" s="15" t="n">
+      <c r="UA12" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="TY12" s="15" t="n">
+      <c r="UB12" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="TZ12" s="15" t="n">
+      <c r="UC12" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="UA12" s="15" t="n">
+      <c r="UD12" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="UB12" s="15" t="n">
+      <c r="UE12" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="UC12" s="15" t="n">
+      <c r="UF12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="UD12" s="15" t="n">
+      <c r="UG12" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="UE12" s="15" t="n">
+      <c r="UH12" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="UF12" s="15" t="n">
+      <c r="UI12" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="UG12" s="15" t="n">
+      <c r="UJ12" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="UH12" s="15" t="n">
+      <c r="UK12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="UI12" s="15" t="n">
+      <c r="UL12" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="UJ12" s="15" t="n">
+      <c r="UM12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="UK12" s="15" t="n">
+      <c r="UN12" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="UL12" s="15" t="n">
+      <c r="UO12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="UM12" s="15" t="n">
+      <c r="UP12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="UN12" s="15" t="n">
+      <c r="UQ12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="UO12" s="15" t="n">
+      <c r="UR12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="UP12" s="15" t="n">
+      <c r="US12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="UQ12" s="15" t="n">
+      <c r="UT12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="UR12" s="15" t="n">
+      <c r="UU12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="US12" s="15" t="n">
+      <c r="UV12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="UT12" s="15" t="n">
+      <c r="UW12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="UU12" s="15" t="n">
+      <c r="UX12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="UV12" s="15" t="n">
+      <c r="UY12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="UW12" s="15" t="n">
+      <c r="UZ12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="UX12" s="15" t="n">
+      <c r="VA12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="UY12" s="15" t="n">
+      <c r="VB12" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="UZ12" s="15" t="n">
+      <c r="VC12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="VA12" s="15" t="n">
+      <c r="VD12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="VB12" s="15" t="n">
+      <c r="VE12" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="VC12" s="15" t="n">
+      <c r="VF12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="VD12" s="15" t="n">
+      <c r="VG12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="VE12" s="15" t="n">
+      <c r="VH12" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="VF12" s="15" t="n">
+      <c r="VI12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="VG12" s="15" t="n">
+      <c r="VJ12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="VH12" s="15" t="n">
+      <c r="VK12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="VI12" s="15" t="n">
+      <c r="VL12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="VJ12" s="15" t="n">
+      <c r="VM12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="VK12" s="15" t="n">
+      <c r="VN12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="VL12" s="15" t="n">
+      <c r="VO12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="VM12" s="15" t="n">
+      <c r="VP12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="VN12" s="15" t="n">
+      <c r="VQ12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="VO12" s="15" t="n">
+      <c r="VR12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="VP12" s="15" t="n">
+      <c r="VS12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="VQ12" s="15" t="n">
+      <c r="VT12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="VR12" s="15" t="n">
+      <c r="VU12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="VS12" s="15" t="n">
+      <c r="VV12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="VT12" s="15" t="n">
+      <c r="VW12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="VU12" s="15" t="n">
+      <c r="VX12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="VV12" s="15" t="n">
+      <c r="VY12" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="VW12" s="15" t="n">
+      <c r="VZ12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="VX12" s="15" t="n">
+      <c r="WA12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="VY12" s="15" t="n">
+      <c r="WB12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="VZ12" s="15" t="n">
+      <c r="WC12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="WA12" s="15" t="n">
+      <c r="WD12" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="WB12" s="15" t="n">
+      <c r="WE12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="WC12" s="15" t="n">
+      <c r="WF12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="WD12" s="15" t="n">
+      <c r="WG12" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="WE12" s="15" t="n">
+      <c r="WH12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="WF12" s="15" t="n">
+      <c r="WI12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="WG12" s="15" t="n">
+      <c r="WJ12" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="WH12" s="15" t="n">
+      <c r="WK12" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="WI12" s="15" t="n">
+      <c r="WL12" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="WJ12" s="15" t="n">
+      <c r="WM12" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="WK12" s="15" t="n">
+      <c r="WN12" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="WL12" s="15" t="n">
+      <c r="WO12" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="WM12" s="15" t="n">
+      <c r="WP12" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="WN12" s="15" t="n">
+      <c r="WQ12" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="WO12" s="15" t="n">
+      <c r="WR12" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="WP12" s="15" t="n">
+      <c r="WS12" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="WQ12" s="15" t="n">
+      <c r="WT12" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="WR12" s="15" t="n">
+      <c r="WU12" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="WS12" s="15" t="n">
+      <c r="WV12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="WT12" s="15" t="n">
+      <c r="WW12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="WU12" s="15" t="n">
+      <c r="WX12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="WV12" s="15" t="n">
+      <c r="WY12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="WW12" s="15" t="n">
+      <c r="WZ12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="WX12" s="15" t="n">
+      <c r="XA12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="WY12" s="15" t="n">
+      <c r="XB12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="WZ12" s="15" t="n">
+      <c r="XC12" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="XA12" s="15" t="n">
+      <c r="XD12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="XB12" s="15" t="n">
+      <c r="XE12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="XC12" s="15" t="n">
+      <c r="XF12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="XD12" s="15" t="n">
+      <c r="XG12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="XE12" s="15" t="n">
+      <c r="XH12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="XF12" s="15" t="n">
+      <c r="XI12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="XG12" s="15" t="n">
+      <c r="XJ12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="XH12" s="15" t="n">
+      <c r="XK12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="XI12" s="15" t="n">
+      <c r="XL12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="XJ12" s="15" t="n">
+      <c r="XM12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="XK12" s="15" t="n">
+      <c r="XN12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="XL12" s="15" t="n">
+      <c r="XO12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="XM12" s="15" t="n">
+      <c r="XP12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="XN12" s="15" t="n">
+      <c r="XQ12" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="XO12" s="15" t="n">
+      <c r="XR12" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="XP12" s="15" t="n">
+      <c r="XS12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="XQ12" s="15" t="n">
+      <c r="XT12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="XR12" s="15" t="n">
+      <c r="XU12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="XS12" s="15" t="n">
+      <c r="XV12" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="XT12" s="15" t="n">
+      <c r="XW12" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="XU12" s="15" t="n">
+      <c r="XX12" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="XV12" s="15" t="n">
+      <c r="XY12" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="XW12" s="15" t="n">
+      <c r="XZ12" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="XX12" s="15" t="n">
+      <c r="YA12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="XY12" s="15" t="n">
+      <c r="YB12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="XZ12" s="15" t="n">
+      <c r="YC12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="YA12" s="15" t="n">
+      <c r="YD12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="YB12" s="15" t="n">
+      <c r="YE12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="YC12" s="15" t="n">
+      <c r="YF12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="YD12" s="15" t="n">
+      <c r="YG12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="YE12" s="15" t="n">
+      <c r="YH12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="YF12" s="15" t="n">
+      <c r="YI12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="YG12" s="15" t="n">
+      <c r="YJ12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="YH12" s="15" t="n">
+      <c r="YK12" s="15" t="n">
         <v>2.1</v>
-      </c>
-[...7 lines deleted...]
-        <v>4.5</v>
       </c>
       <c r="YL12" s="15" t="n">
         <v>4.4</v>
       </c>
       <c r="YM12" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="YN12" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="YO12" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="YP12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="YN12" s="15" t="n">
+      <c r="YQ12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="YO12" s="15" t="n">
+      <c r="YR12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="YP12" s="15" t="n">
+      <c r="YS12" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="YQ12" s="15" t="n">
+      <c r="YT12" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="YR12" s="15" t="n">
+      <c r="YU12" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="YS12" s="15" t="n">
+      <c r="YV12" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="YT12" s="15" t="n">
+      <c r="YW12" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="YU12" s="15" t="n">
+      <c r="YX12" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="YV12" s="15" t="n">
+      <c r="YY12" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="YW12" s="15" t="n">
+      <c r="YZ12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="YX12" s="15" t="n">
+      <c r="ZA12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="YY12" s="15" t="n">
+      <c r="ZB12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="YZ12" s="15" t="n">
+      <c r="ZC12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ZA12" s="15" t="n">
+      <c r="ZD12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="ZB12" s="15" t="n">
+      <c r="ZE12" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ZC12" s="15" t="n">
+      <c r="ZF12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ZD12" s="15" t="n">
+      <c r="ZG12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ZE12" s="15" t="n">
+      <c r="ZH12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ZF12" s="15" t="n">
+      <c r="ZI12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ZG12" s="15" t="n">
+      <c r="ZJ12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ZH12" s="15" t="n">
+      <c r="ZK12" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="ZI12" s="15" t="n">
+      <c r="ZL12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ZJ12" s="15" t="n">
+      <c r="ZM12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ZK12" s="15" t="n">
+      <c r="ZN12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ZL12" s="15" t="n">
+      <c r="ZO12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ZM12" s="15" t="n">
+      <c r="ZP12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ZN12" s="15" t="n">
+      <c r="ZQ12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ZO12" s="15" t="n">
+      <c r="ZR12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ZP12" s="15" t="n">
+      <c r="ZS12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ZQ12" s="15" t="n">
+      <c r="ZT12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ZR12" s="15" t="n">
+      <c r="ZU12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ZS12" s="15" t="n">
+      <c r="ZV12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ZT12" s="15" t="n">
+      <c r="ZW12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ZU12" s="15" t="n">
+      <c r="ZX12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ZV12" s="15" t="n">
+      <c r="ZY12" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ZW12" s="15" t="n">
+      <c r="ZZ12" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="ZX12" s="15" t="n">
+      <c r="AAA12" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ZY12" s="15" t="n">
+      <c r="AAB12" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="ZZ12" s="15" t="n">
+      <c r="AAC12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AAA12" s="15" t="n">
+      <c r="AAD12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AAB12" s="15" t="n">
+      <c r="AAE12" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AAC12" s="15" t="n">
+      <c r="AAF12" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="AAD12" s="15" t="n">
+      <c r="AAG12" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AAE12" s="15" t="n">
+      <c r="AAH12" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="AAF12" s="15" t="n">
+      <c r="AAI12" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AAG12" s="15" t="n">
+      <c r="AAJ12" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AAH12" s="15" t="n">
+      <c r="AAK12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AAI12" s="15" t="n">
+      <c r="AAL12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AAJ12" s="15" t="n">
+      <c r="AAM12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AAK12" s="15" t="n">
+      <c r="AAN12" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AAL12" s="15" t="n">
+      <c r="AAO12" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="AAM12" s="15" t="n">
+      <c r="AAP12" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="AAN12" s="15" t="n">
+      <c r="AAQ12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AAO12" s="15" t="n">
+      <c r="AAR12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AAP12" s="15" t="n">
+      <c r="AAS12" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="AAQ12" s="15" t="n">
+      <c r="AAT12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AAR12" s="15" t="n">
+      <c r="AAU12" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AAS12" s="15" t="n">
+      <c r="AAV12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AAT12" s="15" t="n">
+      <c r="AAW12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AAU12" s="15" t="n">
+      <c r="AAX12" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AAV12" s="15" t="n">
+      <c r="AAY12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AAW12" s="15" t="n">
+      <c r="AAZ12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AAX12" s="15" t="n">
+      <c r="ABA12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AAY12" s="15" t="n">
+      <c r="ABB12" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AAZ12" s="15" t="n">
+      <c r="ABC12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ABA12" s="15" t="n">
+      <c r="ABD12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ABB12" s="15" t="n">
+      <c r="ABE12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ABC12" s="15" t="n">
+      <c r="ABF12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ABD12" s="15" t="n">
+      <c r="ABG12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="ABE12" s="15" t="n">
+      <c r="ABH12" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ABF12" s="15" t="n">
+      <c r="ABI12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ABG12" s="15" t="n">
+      <c r="ABJ12" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ABH12" s="15" t="n">
+      <c r="ABK12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="ABI12" s="13" t="inlineStr">
+      <c r="ABL12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABJ12" s="13" t="inlineStr">
+      <c r="ABM12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABK12" s="13" t="inlineStr">
+      <c r="ABN12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABL12" s="13" t="inlineStr">
+      <c r="ABO12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABM12" s="13" t="inlineStr">
+      <c r="ABP12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABN12" s="13" t="inlineStr">
+      <c r="ABQ12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABO12" s="13" t="inlineStr">
+      <c r="ABR12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABP12" s="13" t="inlineStr">
+      <c r="ABS12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABQ12" s="13" t="inlineStr">
+      <c r="ABT12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABR12" s="13" t="inlineStr">
+      <c r="ABU12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABS12" s="13" t="inlineStr">
+      <c r="ABV12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABT12" s="13" t="inlineStr">
+      <c r="ABW12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABU12" s="15" t="n">
+      <c r="ABX12" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="ABY12" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="ABZ12" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="ACA12" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="ACB12" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="ACC12" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="ACD12" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="ACE12" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="ACF12" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="ACG12" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="ACH12" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="ACI12" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="ACJ12" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="ACK12" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="ACL12" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="ACM12" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="ACN12" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="ACO12" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="ACP12" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="ACQ12" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="ACR12" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="ABV12" s="15" t="n">
+      <c r="ACS12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="ACT12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="ACU12" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="ACV12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="ACW12" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="ACX12" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="ACY12" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="ACZ12" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="ADA12" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="ADB12" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="ADC12" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="ADD12" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="ADE12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ABW12" s="15" t="n">
+      <c r="ADF12" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="ADG12" s="15" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="ADH12" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="ADI12" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="ADJ12" s="15" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="ADK12" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="ADL12" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="ADM12" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="ADN12" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="ADO12" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="ADP12" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="ADQ12" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="ADR12" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="ADS12" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="ADT12" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="ADU12" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="ADV12" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="ADW12" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="ADX12" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="ADY12" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="ADZ12" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="AEA12" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="AEB12" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="AEC12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AED12" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="AEE12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ABX12" s="15" t="n">
-[...14 lines deleted...]
-      <c r="ACC12" s="15" t="n">
+      <c r="AEF12" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="AEG12" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="AEH12" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="AEI12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACD12" s="15" t="n">
-[...32 lines deleted...]
-      <c r="ACO12" s="15" t="n">
+      <c r="AEJ12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AEK12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="AEL12" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AEM12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AEN12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ACP12" s="15" t="n">
+      <c r="AEO12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ACQ12" s="15" t="n">
-[...2 lines deleted...]
-      <c r="ACR12" s="15" t="n">
+      <c r="AEP12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ACS12" s="15" t="n">
-[...95 lines deleted...]
-      <c r="ADY12" s="15" t="n">
+      <c r="AEQ12" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="AER12" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="AES12" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="AET12" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="AEU12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ADZ12" s="15" t="n">
-[...53 lines deleted...]
-      <c r="AER12" s="15" t="n">
+      <c r="AEV12" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.9</v>
       </c>
       <c r="AEW12" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="AEX12" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AEY12" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AEZ12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="AFA12" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AFB12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AEY12" s="15" t="n">
+      <c r="AFC12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AEZ12" s="15" t="n">
+      <c r="AFD12" s="15" t="n">
         <v>3.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.9</v>
       </c>
       <c r="AFE12" s="15" t="n">
         <v>2.9</v>
       </c>
       <c r="AFF12" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="AFG12" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="AFH12" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="AFI12" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="AFJ12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AFG12" s="15" t="n">
+      <c r="AFK12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AFH12" s="15" t="n">
+      <c r="AFL12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AFI12" s="15" t="n">
+      <c r="AFM12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AFJ12" s="15" t="n">
+      <c r="AFN12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AFK12" s="15" t="n">
+      <c r="AFO12" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AFL12" s="15" t="n">
+      <c r="AFP12" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AFM12" s="15" t="n">
+      <c r="AFQ12" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AFN12" s="15" t="n">
+      <c r="AFR12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AFO12" s="15" t="n">
+      <c r="AFS12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AFP12" s="15" t="n">
+      <c r="AFT12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AFQ12" s="15" t="n">
+      <c r="AFU12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AFR12" s="15" t="n">
+      <c r="AFV12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AFS12" s="15" t="n">
+      <c r="AFW12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AFT12" s="15" t="n">
+      <c r="AFX12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AFU12" s="15" t="n">
+      <c r="AFY12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AFV12" s="15" t="n">
+      <c r="AFZ12" s="15" t="n">
         <v>-1.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.7</v>
       </c>
       <c r="AGA12" s="15" t="n">
         <v>-1.3</v>
       </c>
       <c r="AGB12" s="15" t="n">
         <v>-1.5</v>
       </c>
       <c r="AGC12" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="AGD12" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="AGE12" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="AGF12" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="AGG12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AGD12" s="15" t="n">
+      <c r="AGH12" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AGE12" s="15" t="n">
+      <c r="AGI12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AGF12" s="15" t="n">
+      <c r="AGJ12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AGG12" s="15" t="n">
+      <c r="AGK12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="AGH12" s="15" t="n">
+      <c r="AGL12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AGI12" s="15" t="n">
+      <c r="AGM12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AGJ12" s="15" t="n">
+      <c r="AGN12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AGK12" s="15" t="n">
+      <c r="AGO12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AGL12" s="15" t="n">
+      <c r="AGP12" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AGM12" s="15" t="n">
+      <c r="AGQ12" s="15" t="n">
         <v>1.7</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.8</v>
       </c>
       <c r="AGR12" s="15" t="n">
         <v>1.6</v>
       </c>
       <c r="AGS12" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="AGT12" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="AGU12" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="AGV12" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="AGW12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AGT12" s="15" t="n">
+      <c r="AGX12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AGU12" s="15" t="n">
+      <c r="AGY12" s="15" t="n">
         <v>0.9</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.8</v>
       </c>
       <c r="AGZ12" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="AHA12" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AHB12" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AHC12" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="AHD12" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AHE12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AHB12" s="15" t="n">
+      <c r="AHF12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AHC12" s="15" t="n">
+      <c r="AHG12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AHD12" s="15" t="n">
+      <c r="AHH12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AHE12" s="15" t="n">
+      <c r="AHI12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AHF12" s="15" t="n">
+      <c r="AHJ12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AHG12" s="15" t="n">
+      <c r="AHK12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AHH12" s="15" t="n">
+      <c r="AHL12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AHI12" s="15" t="n">
+      <c r="AHM12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AHJ12" s="15" t="n">
+      <c r="AHN12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AHK12" s="15" t="n">
+      <c r="AHO12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AHL12" s="15" t="n">
+      <c r="AHP12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AHM12" s="15" t="n">
+      <c r="AHQ12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AHN12" s="15" t="n">
+      <c r="AHR12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AHO12" s="15" t="n">
+      <c r="AHS12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AHP12" s="15" t="n">
+      <c r="AHT12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AHQ12" s="15" t="n">
+      <c r="AHU12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AHR12" s="15" t="n">
+      <c r="AHV12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AHS12" s="15" t="n">
+      <c r="AHW12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AHT12" s="15" t="n">
+      <c r="AHX12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AHU12" s="15" t="n">
+      <c r="AHY12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AHV12" s="15" t="n">
+      <c r="AHZ12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AHW12" s="15" t="n">
+      <c r="AIA12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AHX12" s="15" t="n">
+      <c r="AIB12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AHY12" s="15" t="n">
+      <c r="AIC12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AHZ12" s="15" t="n">
+      <c r="AID12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AIA12" s="15" t="n">
+      <c r="AIE12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AIB12" s="15" t="n">
+      <c r="AIF12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AIC12" s="15" t="n">
+      <c r="AIG12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AID12" s="15" t="n">
+      <c r="AIH12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AIE12" s="15" t="n">
+      <c r="AII12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AIF12" s="15" t="n">
+      <c r="AIJ12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AIG12" s="15" t="n">
+      <c r="AIK12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AIH12" s="15" t="n">
+      <c r="AIL12" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AII12" s="15" t="n">
+      <c r="AIM12" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AIJ12" s="15" t="n">
+      <c r="AIN12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AIK12" s="15" t="n">
+      <c r="AIO12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AIL12" s="15" t="n">
+      <c r="AIP12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AIM12" s="15" t="n">
+      <c r="AIQ12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AIN12" s="15" t="n">
+      <c r="AIR12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AIO12" s="15" t="n">
+      <c r="AIS12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AIP12" s="15" t="n">
+      <c r="AIT12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AIQ12" s="15" t="n">
+      <c r="AIU12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AIR12" s="15" t="n">
+      <c r="AIV12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AIS12" s="15" t="n">
+      <c r="AIW12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AIT12" s="15" t="n">
+      <c r="AIX12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AIU12" s="15" t="n">
+      <c r="AIY12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AIV12" s="15" t="n">
+      <c r="AIZ12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AIW12" s="15" t="n">
+      <c r="AJA12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AIX12" s="15" t="n">
+      <c r="AJB12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AIY12" s="15" t="n">
+      <c r="AJC12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AIZ12" s="15" t="n">
+      <c r="AJD12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AJA12" s="15" t="n">
+      <c r="AJE12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AJB12" s="15" t="n">
+      <c r="AJF12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AJC12" s="15" t="n">
+      <c r="AJG12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AJD12" s="15" t="n">
+      <c r="AJH12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AJE12" s="15" t="n">
+      <c r="AJI12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AJF12" s="15" t="n">
+      <c r="AJJ12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AJG12" s="15" t="n">
+      <c r="AJK12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AJH12" s="15" t="n">
+      <c r="AJL12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AJI12" s="15" t="n">
+      <c r="AJM12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AJJ12" s="15" t="n">
+      <c r="AJN12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AJK12" s="15" t="n">
+      <c r="AJO12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AJL12" s="15" t="n">
+      <c r="AJP12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AJM12" s="15" t="n">
+      <c r="AJQ12" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>5.3</v>
       </c>
       <c r="AJR12" s="15" t="n">
         <v>5.5</v>
       </c>
       <c r="AJS12" s="15" t="n">
         <v>5.4</v>
       </c>
       <c r="AJT12" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="AJU12" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="AJV12" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="AJW12" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="AJX12" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AJU12" s="15" t="n">
+      <c r="AJY12" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AJV12" s="15" t="n">
+      <c r="AJZ12" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AJW12" s="15" t="n">
+      <c r="AKA12" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AJX12" s="15" t="n">
+      <c r="AKB12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AJY12" s="15" t="n">
+      <c r="AKC12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AJZ12" s="15" t="n">
+      <c r="AKD12" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AKA12" s="15" t="n">
+      <c r="AKE12" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="AKB12" s="15" t="n">
+      <c r="AKF12" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AKC12" s="15" t="n">
+      <c r="AKG12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AKD12" s="15" t="n">
+      <c r="AKH12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AKE12" s="15" t="n">
+      <c r="AKI12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AKF12" s="15" t="n">
+      <c r="AKJ12" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AKG12" s="15" t="n">
+      <c r="AKK12" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AKH12" s="15" t="n">
+      <c r="AKL12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AKI12" s="15" t="n">
+      <c r="AKM12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AKJ12" s="15" t="n">
+      <c r="AKN12" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AKK12" s="15" t="n">
+      <c r="AKO12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AKL12" s="15" t="n">
+      <c r="AKP12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AKM12" s="15" t="n">
+      <c r="AKQ12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AKN12" s="15" t="n">
+      <c r="AKR12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AKO12" s="15" t="n">
+      <c r="AKS12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AKP12" s="15" t="n">
+      <c r="AKT12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AKQ12" s="15" t="n">
+      <c r="AKU12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AKR12" s="15" t="n">
+      <c r="AKV12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AKS12" s="15" t="n">
+      <c r="AKW12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AKT12" s="15" t="n">
+      <c r="AKX12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AKU12" s="15" t="n">
+      <c r="AKY12" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AKV12" s="15" t="n">
+      <c r="AKZ12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AKW12" s="15" t="n">
+      <c r="ALA12" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AKX12" s="13" t="inlineStr">
+      <c r="ALB12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKY12" s="13" t="inlineStr">
+      <c r="ALC12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKZ12" s="13" t="inlineStr">
+      <c r="ALD12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALA12" s="13" t="inlineStr">
+      <c r="ALE12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALB12" s="13" t="inlineStr">
+      <c r="ALF12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALC12" s="13" t="inlineStr">
+      <c r="ALG12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALD12" s="13" t="inlineStr">
+      <c r="ALH12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALE12" s="13" t="inlineStr">
+      <c r="ALI12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALF12" s="13" t="inlineStr">
+      <c r="ALJ12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALG12" s="13" t="inlineStr">
+      <c r="ALK12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALH12" s="13" t="inlineStr">
+      <c r="ALL12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALI12" s="13" t="inlineStr">
+      <c r="ALM12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>For all activity branches, data are final three months after their release</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:IP7"/>
-[...2 lines deleted...]
-    <mergeCell ref="ABU7:ALI7"/>
+    <mergeCell ref="B7:IQ7"/>
+    <mergeCell ref="IR7:SG7"/>
+    <mergeCell ref="SH7:ABW7"/>
+    <mergeCell ref="ABX7:ALM7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>