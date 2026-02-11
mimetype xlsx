--- v1 (2025-12-25)
+++ v2 (2026-02-11)
@@ -255,51 +255,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:ALM19"/>
+  <dimension ref="A1:ALU19"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -1262,50 +1262,58 @@
     <col min="977" max="977" width="19.53125" customWidth="true"/>
     <col min="978" max="978" width="19.53125" customWidth="true"/>
     <col min="979" max="979" width="19.53125" customWidth="true"/>
     <col min="980" max="980" width="19.53125" customWidth="true"/>
     <col min="981" max="981" width="19.53125" customWidth="true"/>
     <col min="982" max="982" width="19.53125" customWidth="true"/>
     <col min="983" max="983" width="19.53125" customWidth="true"/>
     <col min="984" max="984" width="19.53125" customWidth="true"/>
     <col min="985" max="985" width="19.53125" customWidth="true"/>
     <col min="986" max="986" width="19.53125" customWidth="true"/>
     <col min="987" max="987" width="19.53125" customWidth="true"/>
     <col min="988" max="988" width="19.53125" customWidth="true"/>
     <col min="989" max="989" width="19.53125" customWidth="true"/>
     <col min="990" max="990" width="19.53125" customWidth="true"/>
     <col min="991" max="991" width="19.53125" customWidth="true"/>
     <col min="992" max="992" width="19.53125" customWidth="true"/>
     <col min="993" max="993" width="19.53125" customWidth="true"/>
     <col min="994" max="994" width="19.53125" customWidth="true"/>
     <col min="995" max="995" width="19.53125" customWidth="true"/>
     <col min="996" max="996" width="19.53125" customWidth="true"/>
     <col min="997" max="997" width="19.53125" customWidth="true"/>
     <col min="998" max="998" width="19.53125" customWidth="true"/>
     <col min="999" max="999" width="19.53125" customWidth="true"/>
     <col min="1000" max="1000" width="19.53125" customWidth="true"/>
     <col min="1001" max="1001" width="19.53125" customWidth="true"/>
+    <col min="1002" max="1002" width="19.53125" customWidth="true"/>
+    <col min="1003" max="1003" width="19.53125" customWidth="true"/>
+    <col min="1004" max="1004" width="19.53125" customWidth="true"/>
+    <col min="1005" max="1005" width="19.53125" customWidth="true"/>
+    <col min="1006" max="1006" width="19.53125" customWidth="true"/>
+    <col min="1007" max="1007" width="19.53125" customWidth="true"/>
+    <col min="1008" max="1008" width="19.53125" customWidth="true"/>
+    <col min="1009" max="1009" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Industrial producer price index breakdowns by activity</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Industrial Price Indices: IPRI+IPRIX</t>
         </is>
       </c>
@@ -1626,57 +1634,57 @@
       <c r="HS7" s="6"/>
       <c r="HT7" s="6"/>
       <c r="HU7" s="6"/>
       <c r="HV7" s="6"/>
       <c r="HW7" s="6"/>
       <c r="HX7" s="6"/>
       <c r="HY7" s="6"/>
       <c r="HZ7" s="6"/>
       <c r="IA7" s="6"/>
       <c r="IB7" s="6"/>
       <c r="IC7" s="6"/>
       <c r="ID7" s="6"/>
       <c r="IE7" s="6"/>
       <c r="IF7" s="6"/>
       <c r="IG7" s="6"/>
       <c r="IH7" s="6"/>
       <c r="II7" s="6"/>
       <c r="IJ7" s="6"/>
       <c r="IK7" s="6"/>
       <c r="IL7" s="6"/>
       <c r="IM7" s="6"/>
       <c r="IN7" s="6"/>
       <c r="IO7" s="6"/>
       <c r="IP7" s="6"/>
       <c r="IQ7" s="6"/>
-      <c r="IR7" s="6" t="inlineStr">
+      <c r="IR7" s="6"/>
+      <c r="IS7" s="6"/>
+      <c r="IT7" s="6" t="inlineStr">
         <is>
           <t>Monthly variation rate</t>
         </is>
       </c>
-      <c r="IS7" s="6"/>
-      <c r="IT7" s="6"/>
       <c r="IU7" s="6"/>
       <c r="IV7" s="6"/>
       <c r="IW7" s="6"/>
       <c r="IX7" s="6"/>
       <c r="IY7" s="6"/>
       <c r="IZ7" s="6"/>
       <c r="JA7" s="6"/>
       <c r="JB7" s="6"/>
       <c r="JC7" s="6"/>
       <c r="JD7" s="6"/>
       <c r="JE7" s="6"/>
       <c r="JF7" s="6"/>
       <c r="JG7" s="6"/>
       <c r="JH7" s="6"/>
       <c r="JI7" s="6"/>
       <c r="JJ7" s="6"/>
       <c r="JK7" s="6"/>
       <c r="JL7" s="6"/>
       <c r="JM7" s="6"/>
       <c r="JN7" s="6"/>
       <c r="JO7" s="6"/>
       <c r="JP7" s="6"/>
       <c r="JQ7" s="6"/>
       <c r="JR7" s="6"/>
       <c r="JS7" s="6"/>
@@ -1880,59 +1888,59 @@
       <c r="RI7" s="6"/>
       <c r="RJ7" s="6"/>
       <c r="RK7" s="6"/>
       <c r="RL7" s="6"/>
       <c r="RM7" s="6"/>
       <c r="RN7" s="6"/>
       <c r="RO7" s="6"/>
       <c r="RP7" s="6"/>
       <c r="RQ7" s="6"/>
       <c r="RR7" s="6"/>
       <c r="RS7" s="6"/>
       <c r="RT7" s="6"/>
       <c r="RU7" s="6"/>
       <c r="RV7" s="6"/>
       <c r="RW7" s="6"/>
       <c r="RX7" s="6"/>
       <c r="RY7" s="6"/>
       <c r="RZ7" s="6"/>
       <c r="SA7" s="6"/>
       <c r="SB7" s="6"/>
       <c r="SC7" s="6"/>
       <c r="SD7" s="6"/>
       <c r="SE7" s="6"/>
       <c r="SF7" s="6"/>
       <c r="SG7" s="6"/>
-      <c r="SH7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="SH7" s="6"/>
       <c r="SI7" s="6"/>
       <c r="SJ7" s="6"/>
       <c r="SK7" s="6"/>
-      <c r="SL7" s="6"/>
+      <c r="SL7" s="6" t="inlineStr">
+        <is>
+          <t>Annual variation rate</t>
+        </is>
+      </c>
       <c r="SM7" s="6"/>
       <c r="SN7" s="6"/>
       <c r="SO7" s="6"/>
       <c r="SP7" s="6"/>
       <c r="SQ7" s="6"/>
       <c r="SR7" s="6"/>
       <c r="SS7" s="6"/>
       <c r="ST7" s="6"/>
       <c r="SU7" s="6"/>
       <c r="SV7" s="6"/>
       <c r="SW7" s="6"/>
       <c r="SX7" s="6"/>
       <c r="SY7" s="6"/>
       <c r="SZ7" s="6"/>
       <c r="TA7" s="6"/>
       <c r="TB7" s="6"/>
       <c r="TC7" s="6"/>
       <c r="TD7" s="6"/>
       <c r="TE7" s="6"/>
       <c r="TF7" s="6"/>
       <c r="TG7" s="6"/>
       <c r="TH7" s="6"/>
       <c r="TI7" s="6"/>
       <c r="TJ7" s="6"/>
       <c r="TK7" s="6"/>
@@ -2134,61 +2142,61 @@
       <c r="AAY7" s="6"/>
       <c r="AAZ7" s="6"/>
       <c r="ABA7" s="6"/>
       <c r="ABB7" s="6"/>
       <c r="ABC7" s="6"/>
       <c r="ABD7" s="6"/>
       <c r="ABE7" s="6"/>
       <c r="ABF7" s="6"/>
       <c r="ABG7" s="6"/>
       <c r="ABH7" s="6"/>
       <c r="ABI7" s="6"/>
       <c r="ABJ7" s="6"/>
       <c r="ABK7" s="6"/>
       <c r="ABL7" s="6"/>
       <c r="ABM7" s="6"/>
       <c r="ABN7" s="6"/>
       <c r="ABO7" s="6"/>
       <c r="ABP7" s="6"/>
       <c r="ABQ7" s="6"/>
       <c r="ABR7" s="6"/>
       <c r="ABS7" s="6"/>
       <c r="ABT7" s="6"/>
       <c r="ABU7" s="6"/>
       <c r="ABV7" s="6"/>
       <c r="ABW7" s="6"/>
-      <c r="ABX7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="ABX7" s="6"/>
       <c r="ABY7" s="6"/>
       <c r="ABZ7" s="6"/>
       <c r="ACA7" s="6"/>
       <c r="ACB7" s="6"/>
       <c r="ACC7" s="6"/>
-      <c r="ACD7" s="6"/>
+      <c r="ACD7" s="6" t="inlineStr">
+        <is>
+          <t>Year-to-date variation rate</t>
+        </is>
+      </c>
       <c r="ACE7" s="6"/>
       <c r="ACF7" s="6"/>
       <c r="ACG7" s="6"/>
       <c r="ACH7" s="6"/>
       <c r="ACI7" s="6"/>
       <c r="ACJ7" s="6"/>
       <c r="ACK7" s="6"/>
       <c r="ACL7" s="6"/>
       <c r="ACM7" s="6"/>
       <c r="ACN7" s="6"/>
       <c r="ACO7" s="6"/>
       <c r="ACP7" s="6"/>
       <c r="ACQ7" s="6"/>
       <c r="ACR7" s="6"/>
       <c r="ACS7" s="6"/>
       <c r="ACT7" s="6"/>
       <c r="ACU7" s="6"/>
       <c r="ACV7" s="6"/>
       <c r="ACW7" s="6"/>
       <c r="ACX7" s="6"/>
       <c r="ACY7" s="6"/>
       <c r="ACZ7" s="6"/>
       <c r="ADA7" s="6"/>
       <c r="ADB7" s="6"/>
       <c r="ADC7" s="6"/>
@@ -2388,17510 +2396,17654 @@
       <c r="AKO7" s="6"/>
       <c r="AKP7" s="6"/>
       <c r="AKQ7" s="6"/>
       <c r="AKR7" s="6"/>
       <c r="AKS7" s="6"/>
       <c r="AKT7" s="6"/>
       <c r="AKU7" s="6"/>
       <c r="AKV7" s="6"/>
       <c r="AKW7" s="6"/>
       <c r="AKX7" s="6"/>
       <c r="AKY7" s="6"/>
       <c r="AKZ7" s="6"/>
       <c r="ALA7" s="6"/>
       <c r="ALB7" s="6"/>
       <c r="ALC7" s="6"/>
       <c r="ALD7" s="6"/>
       <c r="ALE7" s="6"/>
       <c r="ALF7" s="6"/>
       <c r="ALG7" s="6"/>
       <c r="ALH7" s="6"/>
       <c r="ALI7" s="6"/>
       <c r="ALJ7" s="6"/>
       <c r="ALK7" s="6"/>
       <c r="ALL7" s="6"/>
       <c r="ALM7" s="6"/>
+      <c r="ALN7" s="6"/>
+      <c r="ALO7" s="6"/>
+      <c r="ALP7" s="6"/>
+      <c r="ALQ7" s="6"/>
+      <c r="ALR7" s="6"/>
+      <c r="ALS7" s="6"/>
+      <c r="ALT7" s="6"/>
+      <c r="ALU7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2025M12</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
+          <t>2025M11</t>
+        </is>
+      </c>
+      <c r="D8" s="7" t="inlineStr">
+        <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="AP8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="AQ8" s="7" t="inlineStr">
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="AR8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="AS8" s="7" t="inlineStr">
+      <c r="AU8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="AT8" s="7" t="inlineStr">
+      <c r="AV8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="AU8" s="7" t="inlineStr">
+      <c r="AW8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="AV8" s="7" t="inlineStr">
+      <c r="AX8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="AW8" s="7" t="inlineStr">
+      <c r="AY8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="AX8" s="7" t="inlineStr">
+      <c r="AZ8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="AY8" s="7" t="inlineStr">
+      <c r="BA8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="AZ8" s="7" t="inlineStr">
+      <c r="BB8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="BA8" s="7" t="inlineStr">
+      <c r="BC8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="BB8" s="7" t="inlineStr">
+      <c r="BD8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="BC8" s="7" t="inlineStr">
+      <c r="BE8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="BD8" s="7" t="inlineStr">
+      <c r="BF8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="BE8" s="7" t="inlineStr">
+      <c r="BG8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="BF8" s="7" t="inlineStr">
+      <c r="BH8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="BG8" s="7" t="inlineStr">
+      <c r="BI8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="BH8" s="7" t="inlineStr">
+      <c r="BJ8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="BI8" s="7" t="inlineStr">
+      <c r="BK8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="BJ8" s="7" t="inlineStr">
+      <c r="BL8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="BK8" s="7" t="inlineStr">
+      <c r="BM8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="BL8" s="7" t="inlineStr">
+      <c r="BN8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="BM8" s="7" t="inlineStr">
+      <c r="BO8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="BN8" s="7" t="inlineStr">
+      <c r="BP8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="BO8" s="7" t="inlineStr">
+      <c r="BQ8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="BP8" s="7" t="inlineStr">
+      <c r="BR8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="BQ8" s="7" t="inlineStr">
+      <c r="BS8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="BR8" s="7" t="inlineStr">
+      <c r="BT8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="BS8" s="7" t="inlineStr">
+      <c r="BU8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="BT8" s="7" t="inlineStr">
+      <c r="BV8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="BU8" s="7" t="inlineStr">
+      <c r="BW8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="BV8" s="7" t="inlineStr">
+      <c r="BX8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="BW8" s="7" t="inlineStr">
+      <c r="BY8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="BX8" s="7" t="inlineStr">
+      <c r="BZ8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="BY8" s="7" t="inlineStr">
+      <c r="CA8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="BZ8" s="7" t="inlineStr">
+      <c r="CB8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="CA8" s="7" t="inlineStr">
+      <c r="CC8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="CB8" s="7" t="inlineStr">
+      <c r="CD8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="CC8" s="7" t="inlineStr">
+      <c r="CE8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="CD8" s="7" t="inlineStr">
+      <c r="CF8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="CE8" s="7" t="inlineStr">
+      <c r="CG8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="CF8" s="7" t="inlineStr">
+      <c r="CH8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="CG8" s="7" t="inlineStr">
+      <c r="CI8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="CH8" s="7" t="inlineStr">
+      <c r="CJ8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="CI8" s="7" t="inlineStr">
+      <c r="CK8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="CJ8" s="7" t="inlineStr">
+      <c r="CL8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="CK8" s="7" t="inlineStr">
+      <c r="CM8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="CL8" s="7" t="inlineStr">
+      <c r="CN8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="CM8" s="7" t="inlineStr">
+      <c r="CO8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="CN8" s="7" t="inlineStr">
+      <c r="CP8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="CO8" s="7" t="inlineStr">
+      <c r="CQ8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="CP8" s="7" t="inlineStr">
+      <c r="CR8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="CQ8" s="7" t="inlineStr">
+      <c r="CS8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="CR8" s="7" t="inlineStr">
+      <c r="CT8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="CS8" s="7" t="inlineStr">
+      <c r="CU8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="CT8" s="7" t="inlineStr">
+      <c r="CV8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="CU8" s="7" t="inlineStr">
+      <c r="CW8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="CV8" s="7" t="inlineStr">
+      <c r="CX8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="CW8" s="7" t="inlineStr">
+      <c r="CY8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="CX8" s="7" t="inlineStr">
+      <c r="CZ8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="CY8" s="7" t="inlineStr">
+      <c r="DA8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="CZ8" s="7" t="inlineStr">
+      <c r="DB8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="DA8" s="7" t="inlineStr">
+      <c r="DC8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="DB8" s="7" t="inlineStr">
+      <c r="DD8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="DC8" s="7" t="inlineStr">
+      <c r="DE8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="DD8" s="7" t="inlineStr">
+      <c r="DF8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="DE8" s="7" t="inlineStr">
+      <c r="DG8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="DF8" s="7" t="inlineStr">
+      <c r="DH8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="DG8" s="7" t="inlineStr">
+      <c r="DI8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="DH8" s="7" t="inlineStr">
+      <c r="DJ8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="DI8" s="7" t="inlineStr">
+      <c r="DK8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="DJ8" s="7" t="inlineStr">
+      <c r="DL8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="DK8" s="7" t="inlineStr">
+      <c r="DM8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="DL8" s="7" t="inlineStr">
+      <c r="DN8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="DM8" s="7" t="inlineStr">
+      <c r="DO8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="DN8" s="7" t="inlineStr">
+      <c r="DP8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="DO8" s="7" t="inlineStr">
+      <c r="DQ8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="DP8" s="7" t="inlineStr">
+      <c r="DR8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="DQ8" s="7" t="inlineStr">
+      <c r="DS8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="DR8" s="7" t="inlineStr">
+      <c r="DT8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="DS8" s="7" t="inlineStr">
+      <c r="DU8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="DT8" s="7" t="inlineStr">
+      <c r="DV8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="DU8" s="7" t="inlineStr">
+      <c r="DW8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="DV8" s="7" t="inlineStr">
+      <c r="DX8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="DW8" s="7" t="inlineStr">
+      <c r="DY8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="DX8" s="7" t="inlineStr">
+      <c r="DZ8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="DY8" s="7" t="inlineStr">
+      <c r="EA8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="DZ8" s="7" t="inlineStr">
+      <c r="EB8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="EA8" s="7" t="inlineStr">
+      <c r="EC8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="EB8" s="7" t="inlineStr">
+      <c r="ED8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="EC8" s="7" t="inlineStr">
+      <c r="EE8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="ED8" s="7" t="inlineStr">
+      <c r="EF8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="EE8" s="7" t="inlineStr">
+      <c r="EG8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="EF8" s="7" t="inlineStr">
+      <c r="EH8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="EG8" s="7" t="inlineStr">
+      <c r="EI8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="EH8" s="7" t="inlineStr">
+      <c r="EJ8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="EI8" s="7" t="inlineStr">
+      <c r="EK8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="EJ8" s="7" t="inlineStr">
+      <c r="EL8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="EK8" s="7" t="inlineStr">
+      <c r="EM8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="EL8" s="7" t="inlineStr">
+      <c r="EN8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="EM8" s="7" t="inlineStr">
+      <c r="EO8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="EN8" s="7" t="inlineStr">
+      <c r="EP8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="EO8" s="7" t="inlineStr">
+      <c r="EQ8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="EP8" s="7" t="inlineStr">
+      <c r="ER8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="EQ8" s="7" t="inlineStr">
+      <c r="ES8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="ER8" s="7" t="inlineStr">
+      <c r="ET8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="ES8" s="7" t="inlineStr">
+      <c r="EU8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="ET8" s="7" t="inlineStr">
+      <c r="EV8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="EU8" s="7" t="inlineStr">
+      <c r="EW8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="EV8" s="7" t="inlineStr">
+      <c r="EX8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="EW8" s="7" t="inlineStr">
+      <c r="EY8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="EX8" s="7" t="inlineStr">
+      <c r="EZ8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="EY8" s="7" t="inlineStr">
+      <c r="FA8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="EZ8" s="7" t="inlineStr">
+      <c r="FB8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="FA8" s="7" t="inlineStr">
+      <c r="FC8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="FB8" s="7" t="inlineStr">
+      <c r="FD8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="FC8" s="7" t="inlineStr">
+      <c r="FE8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="FD8" s="7" t="inlineStr">
+      <c r="FF8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="FE8" s="7" t="inlineStr">
+      <c r="FG8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="FF8" s="7" t="inlineStr">
+      <c r="FH8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="FG8" s="7" t="inlineStr">
+      <c r="FI8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="FH8" s="7" t="inlineStr">
+      <c r="FJ8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="FI8" s="7" t="inlineStr">
+      <c r="FK8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="FJ8" s="7" t="inlineStr">
+      <c r="FL8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="FK8" s="7" t="inlineStr">
+      <c r="FM8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="FL8" s="7" t="inlineStr">
+      <c r="FN8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="FM8" s="7" t="inlineStr">
+      <c r="FO8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="FN8" s="7" t="inlineStr">
+      <c r="FP8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="FO8" s="7" t="inlineStr">
+      <c r="FQ8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="FP8" s="7" t="inlineStr">
+      <c r="FR8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="FQ8" s="7" t="inlineStr">
+      <c r="FS8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="FR8" s="7" t="inlineStr">
+      <c r="FT8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="FS8" s="7" t="inlineStr">
+      <c r="FU8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="FT8" s="7" t="inlineStr">
+      <c r="FV8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="FU8" s="7" t="inlineStr">
+      <c r="FW8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="FV8" s="7" t="inlineStr">
+      <c r="FX8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="FW8" s="7" t="inlineStr">
+      <c r="FY8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="FX8" s="7" t="inlineStr">
+      <c r="FZ8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="FY8" s="7" t="inlineStr">
+      <c r="GA8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="FZ8" s="7" t="inlineStr">
+      <c r="GB8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="GA8" s="7" t="inlineStr">
+      <c r="GC8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="GB8" s="7" t="inlineStr">
+      <c r="GD8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="GC8" s="7" t="inlineStr">
+      <c r="GE8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="GD8" s="7" t="inlineStr">
+      <c r="GF8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="GE8" s="7" t="inlineStr">
+      <c r="GG8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="GF8" s="7" t="inlineStr">
+      <c r="GH8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="GG8" s="7" t="inlineStr">
+      <c r="GI8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="GH8" s="7" t="inlineStr">
+      <c r="GJ8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="GI8" s="7" t="inlineStr">
+      <c r="GK8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="GJ8" s="7" t="inlineStr">
+      <c r="GL8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="GK8" s="7" t="inlineStr">
+      <c r="GM8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="GL8" s="7" t="inlineStr">
+      <c r="GN8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="GM8" s="7" t="inlineStr">
+      <c r="GO8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="GN8" s="7" t="inlineStr">
+      <c r="GP8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="GO8" s="7" t="inlineStr">
+      <c r="GQ8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="GP8" s="7" t="inlineStr">
+      <c r="GR8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="GQ8" s="7" t="inlineStr">
+      <c r="GS8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="GR8" s="7" t="inlineStr">
+      <c r="GT8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="GS8" s="7" t="inlineStr">
+      <c r="GU8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="GT8" s="7" t="inlineStr">
+      <c r="GV8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="GU8" s="7" t="inlineStr">
+      <c r="GW8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="GV8" s="7" t="inlineStr">
+      <c r="GX8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="GW8" s="7" t="inlineStr">
+      <c r="GY8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="GX8" s="7" t="inlineStr">
+      <c r="GZ8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="GY8" s="7" t="inlineStr">
+      <c r="HA8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="GZ8" s="7" t="inlineStr">
+      <c r="HB8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="HA8" s="7" t="inlineStr">
+      <c r="HC8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="HB8" s="7" t="inlineStr">
+      <c r="HD8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="HC8" s="7" t="inlineStr">
+      <c r="HE8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="HD8" s="7" t="inlineStr">
+      <c r="HF8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="HE8" s="7" t="inlineStr">
+      <c r="HG8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="HF8" s="7" t="inlineStr">
+      <c r="HH8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="HG8" s="7" t="inlineStr">
+      <c r="HI8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="HH8" s="7" t="inlineStr">
+      <c r="HJ8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="HI8" s="7" t="inlineStr">
+      <c r="HK8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="HJ8" s="7" t="inlineStr">
+      <c r="HL8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="HK8" s="7" t="inlineStr">
+      <c r="HM8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="HL8" s="7" t="inlineStr">
+      <c r="HN8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="HM8" s="7" t="inlineStr">
+      <c r="HO8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="HN8" s="7" t="inlineStr">
+      <c r="HP8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="HO8" s="7" t="inlineStr">
+      <c r="HQ8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="HP8" s="7" t="inlineStr">
+      <c r="HR8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="HQ8" s="7" t="inlineStr">
+      <c r="HS8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="HR8" s="7" t="inlineStr">
+      <c r="HT8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="HS8" s="7" t="inlineStr">
+      <c r="HU8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="HT8" s="7" t="inlineStr">
+      <c r="HV8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="HU8" s="7" t="inlineStr">
+      <c r="HW8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="HV8" s="7" t="inlineStr">
+      <c r="HX8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="HW8" s="7" t="inlineStr">
+      <c r="HY8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="HX8" s="7" t="inlineStr">
+      <c r="HZ8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="HY8" s="7" t="inlineStr">
+      <c r="IA8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="HZ8" s="7" t="inlineStr">
+      <c r="IB8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="IA8" s="7" t="inlineStr">
+      <c r="IC8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="IB8" s="7" t="inlineStr">
+      <c r="ID8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="IC8" s="7" t="inlineStr">
+      <c r="IE8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="ID8" s="7" t="inlineStr">
+      <c r="IF8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="IE8" s="7" t="inlineStr">
+      <c r="IG8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="IF8" s="7" t="inlineStr">
+      <c r="IH8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="IG8" s="7" t="inlineStr">
+      <c r="II8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="IH8" s="7" t="inlineStr">
+      <c r="IJ8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="II8" s="7" t="inlineStr">
+      <c r="IK8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="IJ8" s="7" t="inlineStr">
+      <c r="IL8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="IK8" s="7" t="inlineStr">
+      <c r="IM8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="IL8" s="7" t="inlineStr">
+      <c r="IN8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="IM8" s="7" t="inlineStr">
+      <c r="IO8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="IN8" s="7" t="inlineStr">
+      <c r="IP8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="IO8" s="7" t="inlineStr">
+      <c r="IQ8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="IP8" s="7" t="inlineStr">
+      <c r="IR8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="IQ8" s="7" t="inlineStr">
+      <c r="IS8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
-      <c r="IR8" s="7" t="inlineStr">
+      <c r="IT8" s="7" t="inlineStr">
+        <is>
+          <t>2025M12</t>
+        </is>
+      </c>
+      <c r="IU8" s="7" t="inlineStr">
+        <is>
+          <t>2025M11</t>
+        </is>
+      </c>
+      <c r="IV8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="IS8" s="7" t="inlineStr">
+      <c r="IW8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="IT8" s="7" t="inlineStr">
+      <c r="IX8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="IU8" s="7" t="inlineStr">
+      <c r="IY8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="IV8" s="7" t="inlineStr">
+      <c r="IZ8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="IW8" s="7" t="inlineStr">
+      <c r="JA8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="IX8" s="7" t="inlineStr">
+      <c r="JB8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="IY8" s="7" t="inlineStr">
+      <c r="JC8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="IZ8" s="7" t="inlineStr">
+      <c r="JD8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="JA8" s="7" t="inlineStr">
+      <c r="JE8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="JB8" s="7" t="inlineStr">
+      <c r="JF8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="JC8" s="7" t="inlineStr">
+      <c r="JG8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="JD8" s="7" t="inlineStr">
+      <c r="JH8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="JE8" s="7" t="inlineStr">
+      <c r="JI8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="JF8" s="7" t="inlineStr">
+      <c r="JJ8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="JG8" s="7" t="inlineStr">
+      <c r="JK8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="JH8" s="7" t="inlineStr">
+      <c r="JL8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="JI8" s="7" t="inlineStr">
+      <c r="JM8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="JJ8" s="7" t="inlineStr">
+      <c r="JN8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="JK8" s="7" t="inlineStr">
+      <c r="JO8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="JL8" s="7" t="inlineStr">
+      <c r="JP8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="JM8" s="7" t="inlineStr">
+      <c r="JQ8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="JN8" s="7" t="inlineStr">
+      <c r="JR8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="JO8" s="7" t="inlineStr">
+      <c r="JS8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="JP8" s="7" t="inlineStr">
+      <c r="JT8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="JQ8" s="7" t="inlineStr">
+      <c r="JU8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="JR8" s="7" t="inlineStr">
+      <c r="JV8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="JS8" s="7" t="inlineStr">
+      <c r="JW8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="JT8" s="7" t="inlineStr">
+      <c r="JX8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="JU8" s="7" t="inlineStr">
+      <c r="JY8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="JV8" s="7" t="inlineStr">
+      <c r="JZ8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="JW8" s="7" t="inlineStr">
+      <c r="KA8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="JX8" s="7" t="inlineStr">
+      <c r="KB8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="JY8" s="7" t="inlineStr">
+      <c r="KC8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="JZ8" s="7" t="inlineStr">
+      <c r="KD8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="KA8" s="7" t="inlineStr">
+      <c r="KE8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="KB8" s="7" t="inlineStr">
+      <c r="KF8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="KC8" s="7" t="inlineStr">
+      <c r="KG8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="KD8" s="7" t="inlineStr">
+      <c r="KH8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="KE8" s="7" t="inlineStr">
+      <c r="KI8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="KF8" s="7" t="inlineStr">
+      <c r="KJ8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="KG8" s="7" t="inlineStr">
+      <c r="KK8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="KH8" s="7" t="inlineStr">
+      <c r="KL8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="KI8" s="7" t="inlineStr">
+      <c r="KM8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="KJ8" s="7" t="inlineStr">
+      <c r="KN8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="KK8" s="7" t="inlineStr">
+      <c r="KO8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="KL8" s="7" t="inlineStr">
+      <c r="KP8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="KM8" s="7" t="inlineStr">
+      <c r="KQ8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="KN8" s="7" t="inlineStr">
+      <c r="KR8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="KO8" s="7" t="inlineStr">
+      <c r="KS8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="KP8" s="7" t="inlineStr">
+      <c r="KT8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="KQ8" s="7" t="inlineStr">
+      <c r="KU8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="KR8" s="7" t="inlineStr">
+      <c r="KV8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="KS8" s="7" t="inlineStr">
+      <c r="KW8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="KT8" s="7" t="inlineStr">
+      <c r="KX8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="KU8" s="7" t="inlineStr">
+      <c r="KY8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="KV8" s="7" t="inlineStr">
+      <c r="KZ8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="KW8" s="7" t="inlineStr">
+      <c r="LA8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="KX8" s="7" t="inlineStr">
+      <c r="LB8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="KY8" s="7" t="inlineStr">
+      <c r="LC8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="KZ8" s="7" t="inlineStr">
+      <c r="LD8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="LA8" s="7" t="inlineStr">
+      <c r="LE8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="LB8" s="7" t="inlineStr">
+      <c r="LF8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="LC8" s="7" t="inlineStr">
+      <c r="LG8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="LD8" s="7" t="inlineStr">
+      <c r="LH8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="LE8" s="7" t="inlineStr">
+      <c r="LI8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="LF8" s="7" t="inlineStr">
+      <c r="LJ8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="LG8" s="7" t="inlineStr">
+      <c r="LK8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="LH8" s="7" t="inlineStr">
+      <c r="LL8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="LI8" s="7" t="inlineStr">
+      <c r="LM8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="LJ8" s="7" t="inlineStr">
+      <c r="LN8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="LK8" s="7" t="inlineStr">
+      <c r="LO8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="LL8" s="7" t="inlineStr">
+      <c r="LP8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="LM8" s="7" t="inlineStr">
+      <c r="LQ8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="LN8" s="7" t="inlineStr">
+      <c r="LR8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="LO8" s="7" t="inlineStr">
+      <c r="LS8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="LP8" s="7" t="inlineStr">
+      <c r="LT8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="LQ8" s="7" t="inlineStr">
+      <c r="LU8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="LR8" s="7" t="inlineStr">
+      <c r="LV8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="LS8" s="7" t="inlineStr">
+      <c r="LW8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="LT8" s="7" t="inlineStr">
+      <c r="LX8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="LU8" s="7" t="inlineStr">
+      <c r="LY8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="LV8" s="7" t="inlineStr">
+      <c r="LZ8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="LW8" s="7" t="inlineStr">
+      <c r="MA8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="LX8" s="7" t="inlineStr">
+      <c r="MB8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="LY8" s="7" t="inlineStr">
+      <c r="MC8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="LZ8" s="7" t="inlineStr">
+      <c r="MD8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="MA8" s="7" t="inlineStr">
+      <c r="ME8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="MB8" s="7" t="inlineStr">
+      <c r="MF8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="MC8" s="7" t="inlineStr">
+      <c r="MG8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="MD8" s="7" t="inlineStr">
+      <c r="MH8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="ME8" s="7" t="inlineStr">
+      <c r="MI8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="MF8" s="7" t="inlineStr">
+      <c r="MJ8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="MG8" s="7" t="inlineStr">
+      <c r="MK8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="MH8" s="7" t="inlineStr">
+      <c r="ML8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="MI8" s="7" t="inlineStr">
+      <c r="MM8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="MJ8" s="7" t="inlineStr">
+      <c r="MN8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="MK8" s="7" t="inlineStr">
+      <c r="MO8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="ML8" s="7" t="inlineStr">
+      <c r="MP8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="MM8" s="7" t="inlineStr">
+      <c r="MQ8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="MN8" s="7" t="inlineStr">
+      <c r="MR8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="MO8" s="7" t="inlineStr">
+      <c r="MS8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="MP8" s="7" t="inlineStr">
+      <c r="MT8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="MQ8" s="7" t="inlineStr">
+      <c r="MU8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="MR8" s="7" t="inlineStr">
+      <c r="MV8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="MS8" s="7" t="inlineStr">
+      <c r="MW8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="MT8" s="7" t="inlineStr">
+      <c r="MX8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="MU8" s="7" t="inlineStr">
+      <c r="MY8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="MV8" s="7" t="inlineStr">
+      <c r="MZ8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="MW8" s="7" t="inlineStr">
+      <c r="NA8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="MX8" s="7" t="inlineStr">
+      <c r="NB8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="MY8" s="7" t="inlineStr">
+      <c r="NC8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="MZ8" s="7" t="inlineStr">
+      <c r="ND8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="NA8" s="7" t="inlineStr">
+      <c r="NE8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="NB8" s="7" t="inlineStr">
+      <c r="NF8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="NC8" s="7" t="inlineStr">
+      <c r="NG8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="ND8" s="7" t="inlineStr">
+      <c r="NH8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="NE8" s="7" t="inlineStr">
+      <c r="NI8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="NF8" s="7" t="inlineStr">
+      <c r="NJ8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="NG8" s="7" t="inlineStr">
+      <c r="NK8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="NH8" s="7" t="inlineStr">
+      <c r="NL8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="NI8" s="7" t="inlineStr">
+      <c r="NM8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="NJ8" s="7" t="inlineStr">
+      <c r="NN8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="NK8" s="7" t="inlineStr">
+      <c r="NO8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="NL8" s="7" t="inlineStr">
+      <c r="NP8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="NM8" s="7" t="inlineStr">
+      <c r="NQ8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="NN8" s="7" t="inlineStr">
+      <c r="NR8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="NO8" s="7" t="inlineStr">
+      <c r="NS8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="NP8" s="7" t="inlineStr">
+      <c r="NT8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="NQ8" s="7" t="inlineStr">
+      <c r="NU8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="NR8" s="7" t="inlineStr">
+      <c r="NV8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="NS8" s="7" t="inlineStr">
+      <c r="NW8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="NT8" s="7" t="inlineStr">
+      <c r="NX8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="NU8" s="7" t="inlineStr">
+      <c r="NY8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="NV8" s="7" t="inlineStr">
+      <c r="NZ8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="NW8" s="7" t="inlineStr">
+      <c r="OA8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="NX8" s="7" t="inlineStr">
+      <c r="OB8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="NY8" s="7" t="inlineStr">
+      <c r="OC8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="NZ8" s="7" t="inlineStr">
+      <c r="OD8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="OA8" s="7" t="inlineStr">
+      <c r="OE8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="OB8" s="7" t="inlineStr">
+      <c r="OF8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="OC8" s="7" t="inlineStr">
+      <c r="OG8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="OD8" s="7" t="inlineStr">
+      <c r="OH8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="OE8" s="7" t="inlineStr">
+      <c r="OI8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="OF8" s="7" t="inlineStr">
+      <c r="OJ8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="OG8" s="7" t="inlineStr">
+      <c r="OK8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="OH8" s="7" t="inlineStr">
+      <c r="OL8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="OI8" s="7" t="inlineStr">
+      <c r="OM8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="OJ8" s="7" t="inlineStr">
+      <c r="ON8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="OK8" s="7" t="inlineStr">
+      <c r="OO8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="OL8" s="7" t="inlineStr">
+      <c r="OP8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="OM8" s="7" t="inlineStr">
+      <c r="OQ8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="ON8" s="7" t="inlineStr">
+      <c r="OR8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="OO8" s="7" t="inlineStr">
+      <c r="OS8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="OP8" s="7" t="inlineStr">
+      <c r="OT8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="OQ8" s="7" t="inlineStr">
+      <c r="OU8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="OR8" s="7" t="inlineStr">
+      <c r="OV8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="OS8" s="7" t="inlineStr">
+      <c r="OW8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="OT8" s="7" t="inlineStr">
+      <c r="OX8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="OU8" s="7" t="inlineStr">
+      <c r="OY8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="OV8" s="7" t="inlineStr">
+      <c r="OZ8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="OW8" s="7" t="inlineStr">
+      <c r="PA8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="OX8" s="7" t="inlineStr">
+      <c r="PB8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="OY8" s="7" t="inlineStr">
+      <c r="PC8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="OZ8" s="7" t="inlineStr">
+      <c r="PD8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="PA8" s="7" t="inlineStr">
+      <c r="PE8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="PB8" s="7" t="inlineStr">
+      <c r="PF8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="PC8" s="7" t="inlineStr">
+      <c r="PG8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="PD8" s="7" t="inlineStr">
+      <c r="PH8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="PE8" s="7" t="inlineStr">
+      <c r="PI8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="PF8" s="7" t="inlineStr">
+      <c r="PJ8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="PG8" s="7" t="inlineStr">
+      <c r="PK8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="PH8" s="7" t="inlineStr">
+      <c r="PL8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="PI8" s="7" t="inlineStr">
+      <c r="PM8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="PJ8" s="7" t="inlineStr">
+      <c r="PN8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="PK8" s="7" t="inlineStr">
+      <c r="PO8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="PL8" s="7" t="inlineStr">
+      <c r="PP8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="PM8" s="7" t="inlineStr">
+      <c r="PQ8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="PN8" s="7" t="inlineStr">
+      <c r="PR8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="PO8" s="7" t="inlineStr">
+      <c r="PS8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="PP8" s="7" t="inlineStr">
+      <c r="PT8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="PQ8" s="7" t="inlineStr">
+      <c r="PU8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="PR8" s="7" t="inlineStr">
+      <c r="PV8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="PS8" s="7" t="inlineStr">
+      <c r="PW8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="PT8" s="7" t="inlineStr">
+      <c r="PX8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="PU8" s="7" t="inlineStr">
+      <c r="PY8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="PV8" s="7" t="inlineStr">
+      <c r="PZ8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="PW8" s="7" t="inlineStr">
+      <c r="QA8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="PX8" s="7" t="inlineStr">
+      <c r="QB8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="PY8" s="7" t="inlineStr">
+      <c r="QC8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="PZ8" s="7" t="inlineStr">
+      <c r="QD8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="QA8" s="7" t="inlineStr">
+      <c r="QE8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="QB8" s="7" t="inlineStr">
+      <c r="QF8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="QC8" s="7" t="inlineStr">
+      <c r="QG8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="QD8" s="7" t="inlineStr">
+      <c r="QH8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="QE8" s="7" t="inlineStr">
+      <c r="QI8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="QF8" s="7" t="inlineStr">
+      <c r="QJ8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="QG8" s="7" t="inlineStr">
+      <c r="QK8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="QH8" s="7" t="inlineStr">
+      <c r="QL8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="QI8" s="7" t="inlineStr">
+      <c r="QM8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="QJ8" s="7" t="inlineStr">
+      <c r="QN8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="QK8" s="7" t="inlineStr">
+      <c r="QO8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="QL8" s="7" t="inlineStr">
+      <c r="QP8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="QM8" s="7" t="inlineStr">
+      <c r="QQ8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="QN8" s="7" t="inlineStr">
+      <c r="QR8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="QO8" s="7" t="inlineStr">
+      <c r="QS8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="QP8" s="7" t="inlineStr">
+      <c r="QT8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="QQ8" s="7" t="inlineStr">
+      <c r="QU8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="QR8" s="7" t="inlineStr">
+      <c r="QV8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="QS8" s="7" t="inlineStr">
+      <c r="QW8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="QT8" s="7" t="inlineStr">
+      <c r="QX8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="QU8" s="7" t="inlineStr">
+      <c r="QY8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="QV8" s="7" t="inlineStr">
+      <c r="QZ8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="QW8" s="7" t="inlineStr">
+      <c r="RA8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="QX8" s="7" t="inlineStr">
+      <c r="RB8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="QY8" s="7" t="inlineStr">
+      <c r="RC8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="QZ8" s="7" t="inlineStr">
+      <c r="RD8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="RA8" s="7" t="inlineStr">
+      <c r="RE8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="RB8" s="7" t="inlineStr">
+      <c r="RF8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="RC8" s="7" t="inlineStr">
+      <c r="RG8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="RD8" s="7" t="inlineStr">
+      <c r="RH8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="RE8" s="7" t="inlineStr">
+      <c r="RI8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="RF8" s="7" t="inlineStr">
+      <c r="RJ8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="RG8" s="7" t="inlineStr">
+      <c r="RK8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="RH8" s="7" t="inlineStr">
+      <c r="RL8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="RI8" s="7" t="inlineStr">
+      <c r="RM8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="RJ8" s="7" t="inlineStr">
+      <c r="RN8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="RK8" s="7" t="inlineStr">
+      <c r="RO8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="RL8" s="7" t="inlineStr">
+      <c r="RP8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="RM8" s="7" t="inlineStr">
+      <c r="RQ8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="RN8" s="7" t="inlineStr">
+      <c r="RR8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="RO8" s="7" t="inlineStr">
+      <c r="RS8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="RP8" s="7" t="inlineStr">
+      <c r="RT8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="RQ8" s="7" t="inlineStr">
+      <c r="RU8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="RR8" s="7" t="inlineStr">
+      <c r="RV8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="RS8" s="7" t="inlineStr">
+      <c r="RW8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="RT8" s="7" t="inlineStr">
+      <c r="RX8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="RU8" s="7" t="inlineStr">
+      <c r="RY8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="RV8" s="7" t="inlineStr">
+      <c r="RZ8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="RW8" s="7" t="inlineStr">
+      <c r="SA8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="RX8" s="7" t="inlineStr">
+      <c r="SB8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="RY8" s="7" t="inlineStr">
+      <c r="SC8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="RZ8" s="7" t="inlineStr">
+      <c r="SD8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="SA8" s="7" t="inlineStr">
+      <c r="SE8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="SB8" s="7" t="inlineStr">
+      <c r="SF8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="SC8" s="7" t="inlineStr">
+      <c r="SG8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="SD8" s="7" t="inlineStr">
+      <c r="SH8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="SE8" s="7" t="inlineStr">
+      <c r="SI8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="SF8" s="7" t="inlineStr">
+      <c r="SJ8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="SG8" s="7" t="inlineStr">
+      <c r="SK8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
-      <c r="SH8" s="7" t="inlineStr">
+      <c r="SL8" s="7" t="inlineStr">
+        <is>
+          <t>2025M12</t>
+        </is>
+      </c>
+      <c r="SM8" s="7" t="inlineStr">
+        <is>
+          <t>2025M11</t>
+        </is>
+      </c>
+      <c r="SN8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="SI8" s="7" t="inlineStr">
+      <c r="SO8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="SJ8" s="7" t="inlineStr">
+      <c r="SP8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="SK8" s="7" t="inlineStr">
+      <c r="SQ8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="SL8" s="7" t="inlineStr">
+      <c r="SR8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="SM8" s="7" t="inlineStr">
+      <c r="SS8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="SN8" s="7" t="inlineStr">
+      <c r="ST8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="SO8" s="7" t="inlineStr">
+      <c r="SU8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="SP8" s="7" t="inlineStr">
+      <c r="SV8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="SQ8" s="7" t="inlineStr">
+      <c r="SW8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="SR8" s="7" t="inlineStr">
+      <c r="SX8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="SS8" s="7" t="inlineStr">
+      <c r="SY8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="ST8" s="7" t="inlineStr">
+      <c r="SZ8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="SU8" s="7" t="inlineStr">
+      <c r="TA8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="SV8" s="7" t="inlineStr">
+      <c r="TB8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="SW8" s="7" t="inlineStr">
+      <c r="TC8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="SX8" s="7" t="inlineStr">
+      <c r="TD8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="SY8" s="7" t="inlineStr">
+      <c r="TE8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="SZ8" s="7" t="inlineStr">
+      <c r="TF8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="TA8" s="7" t="inlineStr">
+      <c r="TG8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="TB8" s="7" t="inlineStr">
+      <c r="TH8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="TC8" s="7" t="inlineStr">
+      <c r="TI8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="TD8" s="7" t="inlineStr">
+      <c r="TJ8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="TE8" s="7" t="inlineStr">
+      <c r="TK8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="TF8" s="7" t="inlineStr">
+      <c r="TL8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="TG8" s="7" t="inlineStr">
+      <c r="TM8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="TH8" s="7" t="inlineStr">
+      <c r="TN8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="TI8" s="7" t="inlineStr">
+      <c r="TO8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="TJ8" s="7" t="inlineStr">
+      <c r="TP8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="TK8" s="7" t="inlineStr">
+      <c r="TQ8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="TL8" s="7" t="inlineStr">
+      <c r="TR8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="TM8" s="7" t="inlineStr">
+      <c r="TS8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="TN8" s="7" t="inlineStr">
+      <c r="TT8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="TO8" s="7" t="inlineStr">
+      <c r="TU8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="TP8" s="7" t="inlineStr">
+      <c r="TV8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="TQ8" s="7" t="inlineStr">
+      <c r="TW8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="TR8" s="7" t="inlineStr">
+      <c r="TX8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="TS8" s="7" t="inlineStr">
+      <c r="TY8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="TT8" s="7" t="inlineStr">
+      <c r="TZ8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="TU8" s="7" t="inlineStr">
+      <c r="UA8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="TV8" s="7" t="inlineStr">
+      <c r="UB8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="TW8" s="7" t="inlineStr">
+      <c r="UC8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="TX8" s="7" t="inlineStr">
+      <c r="UD8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="TY8" s="7" t="inlineStr">
+      <c r="UE8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="TZ8" s="7" t="inlineStr">
+      <c r="UF8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="UA8" s="7" t="inlineStr">
+      <c r="UG8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="UB8" s="7" t="inlineStr">
+      <c r="UH8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="UC8" s="7" t="inlineStr">
+      <c r="UI8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="UD8" s="7" t="inlineStr">
+      <c r="UJ8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="UE8" s="7" t="inlineStr">
+      <c r="UK8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="UF8" s="7" t="inlineStr">
+      <c r="UL8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="UG8" s="7" t="inlineStr">
+      <c r="UM8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="UH8" s="7" t="inlineStr">
+      <c r="UN8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="UI8" s="7" t="inlineStr">
+      <c r="UO8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="UJ8" s="7" t="inlineStr">
+      <c r="UP8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="UK8" s="7" t="inlineStr">
+      <c r="UQ8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="UL8" s="7" t="inlineStr">
+      <c r="UR8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="UM8" s="7" t="inlineStr">
+      <c r="US8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="UN8" s="7" t="inlineStr">
+      <c r="UT8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="UO8" s="7" t="inlineStr">
+      <c r="UU8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="UP8" s="7" t="inlineStr">
+      <c r="UV8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="UQ8" s="7" t="inlineStr">
+      <c r="UW8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="UR8" s="7" t="inlineStr">
+      <c r="UX8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="US8" s="7" t="inlineStr">
+      <c r="UY8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="UT8" s="7" t="inlineStr">
+      <c r="UZ8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="UU8" s="7" t="inlineStr">
+      <c r="VA8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="UV8" s="7" t="inlineStr">
+      <c r="VB8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="UW8" s="7" t="inlineStr">
+      <c r="VC8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="UX8" s="7" t="inlineStr">
+      <c r="VD8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="UY8" s="7" t="inlineStr">
+      <c r="VE8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="UZ8" s="7" t="inlineStr">
+      <c r="VF8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="VA8" s="7" t="inlineStr">
+      <c r="VG8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="VB8" s="7" t="inlineStr">
+      <c r="VH8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="VC8" s="7" t="inlineStr">
+      <c r="VI8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="VD8" s="7" t="inlineStr">
+      <c r="VJ8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="VE8" s="7" t="inlineStr">
+      <c r="VK8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="VF8" s="7" t="inlineStr">
+      <c r="VL8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="VG8" s="7" t="inlineStr">
+      <c r="VM8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="VH8" s="7" t="inlineStr">
+      <c r="VN8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="VI8" s="7" t="inlineStr">
+      <c r="VO8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="VJ8" s="7" t="inlineStr">
+      <c r="VP8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="VK8" s="7" t="inlineStr">
+      <c r="VQ8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="VL8" s="7" t="inlineStr">
+      <c r="VR8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="VM8" s="7" t="inlineStr">
+      <c r="VS8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="VN8" s="7" t="inlineStr">
+      <c r="VT8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="VO8" s="7" t="inlineStr">
+      <c r="VU8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="VP8" s="7" t="inlineStr">
+      <c r="VV8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="VQ8" s="7" t="inlineStr">
+      <c r="VW8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="VR8" s="7" t="inlineStr">
+      <c r="VX8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="VS8" s="7" t="inlineStr">
+      <c r="VY8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="VT8" s="7" t="inlineStr">
+      <c r="VZ8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="VU8" s="7" t="inlineStr">
+      <c r="WA8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="VV8" s="7" t="inlineStr">
+      <c r="WB8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="VW8" s="7" t="inlineStr">
+      <c r="WC8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="VX8" s="7" t="inlineStr">
+      <c r="WD8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="VY8" s="7" t="inlineStr">
+      <c r="WE8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="VZ8" s="7" t="inlineStr">
+      <c r="WF8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="WA8" s="7" t="inlineStr">
+      <c r="WG8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="WB8" s="7" t="inlineStr">
+      <c r="WH8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="WC8" s="7" t="inlineStr">
+      <c r="WI8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="WD8" s="7" t="inlineStr">
+      <c r="WJ8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="WE8" s="7" t="inlineStr">
+      <c r="WK8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="WF8" s="7" t="inlineStr">
+      <c r="WL8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="WG8" s="7" t="inlineStr">
+      <c r="WM8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="WH8" s="7" t="inlineStr">
+      <c r="WN8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="WI8" s="7" t="inlineStr">
+      <c r="WO8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="WJ8" s="7" t="inlineStr">
+      <c r="WP8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="WK8" s="7" t="inlineStr">
+      <c r="WQ8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="WL8" s="7" t="inlineStr">
+      <c r="WR8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="WM8" s="7" t="inlineStr">
+      <c r="WS8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="WN8" s="7" t="inlineStr">
+      <c r="WT8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="WO8" s="7" t="inlineStr">
+      <c r="WU8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="WP8" s="7" t="inlineStr">
+      <c r="WV8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="WQ8" s="7" t="inlineStr">
+      <c r="WW8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="WR8" s="7" t="inlineStr">
+      <c r="WX8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="WS8" s="7" t="inlineStr">
+      <c r="WY8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="WT8" s="7" t="inlineStr">
+      <c r="WZ8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="WU8" s="7" t="inlineStr">
+      <c r="XA8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="WV8" s="7" t="inlineStr">
+      <c r="XB8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="WW8" s="7" t="inlineStr">
+      <c r="XC8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="WX8" s="7" t="inlineStr">
+      <c r="XD8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="WY8" s="7" t="inlineStr">
+      <c r="XE8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="WZ8" s="7" t="inlineStr">
+      <c r="XF8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="XA8" s="7" t="inlineStr">
+      <c r="XG8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="XB8" s="7" t="inlineStr">
+      <c r="XH8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="XC8" s="7" t="inlineStr">
+      <c r="XI8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="XD8" s="7" t="inlineStr">
+      <c r="XJ8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="XE8" s="7" t="inlineStr">
+      <c r="XK8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="XF8" s="7" t="inlineStr">
+      <c r="XL8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="XG8" s="7" t="inlineStr">
+      <c r="XM8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="XH8" s="7" t="inlineStr">
+      <c r="XN8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="XI8" s="7" t="inlineStr">
+      <c r="XO8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="XJ8" s="7" t="inlineStr">
+      <c r="XP8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="XK8" s="7" t="inlineStr">
+      <c r="XQ8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="XL8" s="7" t="inlineStr">
+      <c r="XR8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="XM8" s="7" t="inlineStr">
+      <c r="XS8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="XN8" s="7" t="inlineStr">
+      <c r="XT8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="XO8" s="7" t="inlineStr">
+      <c r="XU8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="XP8" s="7" t="inlineStr">
+      <c r="XV8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="XQ8" s="7" t="inlineStr">
+      <c r="XW8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="XR8" s="7" t="inlineStr">
+      <c r="XX8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="XS8" s="7" t="inlineStr">
+      <c r="XY8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="XT8" s="7" t="inlineStr">
+      <c r="XZ8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="XU8" s="7" t="inlineStr">
+      <c r="YA8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="XV8" s="7" t="inlineStr">
+      <c r="YB8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="XW8" s="7" t="inlineStr">
+      <c r="YC8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="XX8" s="7" t="inlineStr">
+      <c r="YD8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="XY8" s="7" t="inlineStr">
+      <c r="YE8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="XZ8" s="7" t="inlineStr">
+      <c r="YF8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="YA8" s="7" t="inlineStr">
+      <c r="YG8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="YB8" s="7" t="inlineStr">
+      <c r="YH8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="YC8" s="7" t="inlineStr">
+      <c r="YI8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="YD8" s="7" t="inlineStr">
+      <c r="YJ8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="YE8" s="7" t="inlineStr">
+      <c r="YK8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="YF8" s="7" t="inlineStr">
+      <c r="YL8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="YG8" s="7" t="inlineStr">
+      <c r="YM8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="YH8" s="7" t="inlineStr">
+      <c r="YN8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="YI8" s="7" t="inlineStr">
+      <c r="YO8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="YJ8" s="7" t="inlineStr">
+      <c r="YP8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="YK8" s="7" t="inlineStr">
+      <c r="YQ8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="YL8" s="7" t="inlineStr">
+      <c r="YR8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="YM8" s="7" t="inlineStr">
+      <c r="YS8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="YN8" s="7" t="inlineStr">
+      <c r="YT8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="YO8" s="7" t="inlineStr">
+      <c r="YU8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="YP8" s="7" t="inlineStr">
+      <c r="YV8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="YQ8" s="7" t="inlineStr">
+      <c r="YW8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="YR8" s="7" t="inlineStr">
+      <c r="YX8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="YS8" s="7" t="inlineStr">
+      <c r="YY8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="YT8" s="7" t="inlineStr">
+      <c r="YZ8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="YU8" s="7" t="inlineStr">
+      <c r="ZA8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="YV8" s="7" t="inlineStr">
+      <c r="ZB8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="YW8" s="7" t="inlineStr">
+      <c r="ZC8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="YX8" s="7" t="inlineStr">
+      <c r="ZD8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="YY8" s="7" t="inlineStr">
+      <c r="ZE8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="YZ8" s="7" t="inlineStr">
+      <c r="ZF8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="ZA8" s="7" t="inlineStr">
+      <c r="ZG8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="ZB8" s="7" t="inlineStr">
+      <c r="ZH8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="ZC8" s="7" t="inlineStr">
+      <c r="ZI8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="ZD8" s="7" t="inlineStr">
+      <c r="ZJ8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="ZE8" s="7" t="inlineStr">
+      <c r="ZK8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="ZF8" s="7" t="inlineStr">
+      <c r="ZL8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="ZG8" s="7" t="inlineStr">
+      <c r="ZM8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="ZH8" s="7" t="inlineStr">
+      <c r="ZN8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="ZI8" s="7" t="inlineStr">
+      <c r="ZO8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="ZJ8" s="7" t="inlineStr">
+      <c r="ZP8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="ZK8" s="7" t="inlineStr">
+      <c r="ZQ8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="ZL8" s="7" t="inlineStr">
+      <c r="ZR8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="ZM8" s="7" t="inlineStr">
+      <c r="ZS8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="ZN8" s="7" t="inlineStr">
+      <c r="ZT8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="ZO8" s="7" t="inlineStr">
+      <c r="ZU8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="ZP8" s="7" t="inlineStr">
+      <c r="ZV8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="ZQ8" s="7" t="inlineStr">
+      <c r="ZW8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="ZR8" s="7" t="inlineStr">
+      <c r="ZX8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="ZS8" s="7" t="inlineStr">
+      <c r="ZY8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="ZT8" s="7" t="inlineStr">
+      <c r="ZZ8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="ZU8" s="7" t="inlineStr">
+      <c r="AAA8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="ZV8" s="7" t="inlineStr">
+      <c r="AAB8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="ZW8" s="7" t="inlineStr">
+      <c r="AAC8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="ZX8" s="7" t="inlineStr">
+      <c r="AAD8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="ZY8" s="7" t="inlineStr">
+      <c r="AAE8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="ZZ8" s="7" t="inlineStr">
+      <c r="AAF8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="AAA8" s="7" t="inlineStr">
+      <c r="AAG8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="AAB8" s="7" t="inlineStr">
+      <c r="AAH8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="AAC8" s="7" t="inlineStr">
+      <c r="AAI8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="AAD8" s="7" t="inlineStr">
+      <c r="AAJ8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="AAE8" s="7" t="inlineStr">
+      <c r="AAK8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="AAF8" s="7" t="inlineStr">
+      <c r="AAL8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="AAG8" s="7" t="inlineStr">
+      <c r="AAM8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="AAH8" s="7" t="inlineStr">
+      <c r="AAN8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="AAI8" s="7" t="inlineStr">
+      <c r="AAO8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="AAJ8" s="7" t="inlineStr">
+      <c r="AAP8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="AAK8" s="7" t="inlineStr">
+      <c r="AAQ8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="AAL8" s="7" t="inlineStr">
+      <c r="AAR8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="AAM8" s="7" t="inlineStr">
+      <c r="AAS8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="AAN8" s="7" t="inlineStr">
+      <c r="AAT8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="AAO8" s="7" t="inlineStr">
+      <c r="AAU8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="AAP8" s="7" t="inlineStr">
+      <c r="AAV8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="AAQ8" s="7" t="inlineStr">
+      <c r="AAW8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="AAR8" s="7" t="inlineStr">
+      <c r="AAX8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="AAS8" s="7" t="inlineStr">
+      <c r="AAY8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="AAT8" s="7" t="inlineStr">
+      <c r="AAZ8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="AAU8" s="7" t="inlineStr">
+      <c r="ABA8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="AAV8" s="7" t="inlineStr">
+      <c r="ABB8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="AAW8" s="7" t="inlineStr">
+      <c r="ABC8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="AAX8" s="7" t="inlineStr">
+      <c r="ABD8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="AAY8" s="7" t="inlineStr">
+      <c r="ABE8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="AAZ8" s="7" t="inlineStr">
+      <c r="ABF8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="ABA8" s="7" t="inlineStr">
+      <c r="ABG8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="ABB8" s="7" t="inlineStr">
+      <c r="ABH8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="ABC8" s="7" t="inlineStr">
+      <c r="ABI8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="ABD8" s="7" t="inlineStr">
+      <c r="ABJ8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="ABE8" s="7" t="inlineStr">
+      <c r="ABK8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="ABF8" s="7" t="inlineStr">
+      <c r="ABL8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="ABG8" s="7" t="inlineStr">
+      <c r="ABM8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="ABH8" s="7" t="inlineStr">
+      <c r="ABN8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="ABI8" s="7" t="inlineStr">
+      <c r="ABO8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="ABJ8" s="7" t="inlineStr">
+      <c r="ABP8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="ABK8" s="7" t="inlineStr">
+      <c r="ABQ8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="ABL8" s="7" t="inlineStr">
+      <c r="ABR8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="ABM8" s="7" t="inlineStr">
+      <c r="ABS8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="ABN8" s="7" t="inlineStr">
+      <c r="ABT8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="ABO8" s="7" t="inlineStr">
+      <c r="ABU8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="ABP8" s="7" t="inlineStr">
+      <c r="ABV8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="ABQ8" s="7" t="inlineStr">
+      <c r="ABW8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="ABR8" s="7" t="inlineStr">
+      <c r="ABX8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="ABS8" s="7" t="inlineStr">
+      <c r="ABY8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="ABT8" s="7" t="inlineStr">
+      <c r="ABZ8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="ABU8" s="7" t="inlineStr">
+      <c r="ACA8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="ABV8" s="7" t="inlineStr">
+      <c r="ACB8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="ABW8" s="7" t="inlineStr">
+      <c r="ACC8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
-      <c r="ABX8" s="7" t="inlineStr">
+      <c r="ACD8" s="7" t="inlineStr">
+        <is>
+          <t>2025M12</t>
+        </is>
+      </c>
+      <c r="ACE8" s="7" t="inlineStr">
+        <is>
+          <t>2025M11</t>
+        </is>
+      </c>
+      <c r="ACF8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="ABY8" s="7" t="inlineStr">
+      <c r="ACG8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="ABZ8" s="7" t="inlineStr">
+      <c r="ACH8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="ACA8" s="7" t="inlineStr">
+      <c r="ACI8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="ACB8" s="7" t="inlineStr">
+      <c r="ACJ8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="ACC8" s="7" t="inlineStr">
+      <c r="ACK8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="ACD8" s="7" t="inlineStr">
+      <c r="ACL8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="ACE8" s="7" t="inlineStr">
+      <c r="ACM8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="ACF8" s="7" t="inlineStr">
+      <c r="ACN8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="ACG8" s="7" t="inlineStr">
+      <c r="ACO8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="ACH8" s="7" t="inlineStr">
+      <c r="ACP8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="ACI8" s="7" t="inlineStr">
+      <c r="ACQ8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="ACJ8" s="7" t="inlineStr">
+      <c r="ACR8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="ACK8" s="7" t="inlineStr">
+      <c r="ACS8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="ACL8" s="7" t="inlineStr">
+      <c r="ACT8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="ACM8" s="7" t="inlineStr">
+      <c r="ACU8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="ACN8" s="7" t="inlineStr">
+      <c r="ACV8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="ACO8" s="7" t="inlineStr">
+      <c r="ACW8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="ACP8" s="7" t="inlineStr">
+      <c r="ACX8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="ACQ8" s="7" t="inlineStr">
+      <c r="ACY8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="ACR8" s="7" t="inlineStr">
+      <c r="ACZ8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="ACS8" s="7" t="inlineStr">
+      <c r="ADA8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="ACT8" s="7" t="inlineStr">
+      <c r="ADB8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="ACU8" s="7" t="inlineStr">
+      <c r="ADC8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="ACV8" s="7" t="inlineStr">
+      <c r="ADD8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="ACW8" s="7" t="inlineStr">
+      <c r="ADE8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="ACX8" s="7" t="inlineStr">
+      <c r="ADF8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="ACY8" s="7" t="inlineStr">
+      <c r="ADG8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="ACZ8" s="7" t="inlineStr">
+      <c r="ADH8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="ADA8" s="7" t="inlineStr">
+      <c r="ADI8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="ADB8" s="7" t="inlineStr">
+      <c r="ADJ8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="ADC8" s="7" t="inlineStr">
+      <c r="ADK8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="ADD8" s="7" t="inlineStr">
+      <c r="ADL8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="ADE8" s="7" t="inlineStr">
+      <c r="ADM8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="ADF8" s="7" t="inlineStr">
+      <c r="ADN8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="ADG8" s="7" t="inlineStr">
+      <c r="ADO8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="ADH8" s="7" t="inlineStr">
+      <c r="ADP8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="ADI8" s="7" t="inlineStr">
+      <c r="ADQ8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="ADJ8" s="7" t="inlineStr">
+      <c r="ADR8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="ADK8" s="7" t="inlineStr">
+      <c r="ADS8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="ADL8" s="7" t="inlineStr">
+      <c r="ADT8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="ADM8" s="7" t="inlineStr">
+      <c r="ADU8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="ADN8" s="7" t="inlineStr">
+      <c r="ADV8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="ADO8" s="7" t="inlineStr">
+      <c r="ADW8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="ADP8" s="7" t="inlineStr">
+      <c r="ADX8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="ADQ8" s="7" t="inlineStr">
+      <c r="ADY8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="ADR8" s="7" t="inlineStr">
+      <c r="ADZ8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="ADS8" s="7" t="inlineStr">
+      <c r="AEA8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="ADT8" s="7" t="inlineStr">
+      <c r="AEB8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="ADU8" s="7" t="inlineStr">
+      <c r="AEC8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="ADV8" s="7" t="inlineStr">
+      <c r="AED8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="ADW8" s="7" t="inlineStr">
+      <c r="AEE8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="ADX8" s="7" t="inlineStr">
+      <c r="AEF8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="ADY8" s="7" t="inlineStr">
+      <c r="AEG8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="ADZ8" s="7" t="inlineStr">
+      <c r="AEH8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="AEA8" s="7" t="inlineStr">
+      <c r="AEI8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="AEB8" s="7" t="inlineStr">
+      <c r="AEJ8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="AEC8" s="7" t="inlineStr">
+      <c r="AEK8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="AED8" s="7" t="inlineStr">
+      <c r="AEL8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="AEE8" s="7" t="inlineStr">
+      <c r="AEM8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="AEF8" s="7" t="inlineStr">
+      <c r="AEN8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="AEG8" s="7" t="inlineStr">
+      <c r="AEO8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="AEH8" s="7" t="inlineStr">
+      <c r="AEP8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="AEI8" s="7" t="inlineStr">
+      <c r="AEQ8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="AEJ8" s="7" t="inlineStr">
+      <c r="AER8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="AEK8" s="7" t="inlineStr">
+      <c r="AES8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="AEL8" s="7" t="inlineStr">
+      <c r="AET8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="AEM8" s="7" t="inlineStr">
+      <c r="AEU8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="AEN8" s="7" t="inlineStr">
+      <c r="AEV8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="AEO8" s="7" t="inlineStr">
+      <c r="AEW8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="AEP8" s="7" t="inlineStr">
+      <c r="AEX8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="AEQ8" s="7" t="inlineStr">
+      <c r="AEY8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="AER8" s="7" t="inlineStr">
+      <c r="AEZ8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="AES8" s="7" t="inlineStr">
+      <c r="AFA8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="AET8" s="7" t="inlineStr">
+      <c r="AFB8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="AEU8" s="7" t="inlineStr">
+      <c r="AFC8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="AEV8" s="7" t="inlineStr">
+      <c r="AFD8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="AEW8" s="7" t="inlineStr">
+      <c r="AFE8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="AEX8" s="7" t="inlineStr">
+      <c r="AFF8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="AEY8" s="7" t="inlineStr">
+      <c r="AFG8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="AEZ8" s="7" t="inlineStr">
+      <c r="AFH8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="AFA8" s="7" t="inlineStr">
+      <c r="AFI8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="AFB8" s="7" t="inlineStr">
+      <c r="AFJ8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="AFC8" s="7" t="inlineStr">
+      <c r="AFK8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="AFD8" s="7" t="inlineStr">
+      <c r="AFL8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="AFE8" s="7" t="inlineStr">
+      <c r="AFM8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="AFF8" s="7" t="inlineStr">
+      <c r="AFN8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="AFG8" s="7" t="inlineStr">
+      <c r="AFO8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="AFH8" s="7" t="inlineStr">
+      <c r="AFP8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="AFI8" s="7" t="inlineStr">
+      <c r="AFQ8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="AFJ8" s="7" t="inlineStr">
+      <c r="AFR8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="AFK8" s="7" t="inlineStr">
+      <c r="AFS8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="AFL8" s="7" t="inlineStr">
+      <c r="AFT8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="AFM8" s="7" t="inlineStr">
+      <c r="AFU8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="AFN8" s="7" t="inlineStr">
+      <c r="AFV8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="AFO8" s="7" t="inlineStr">
+      <c r="AFW8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="AFP8" s="7" t="inlineStr">
+      <c r="AFX8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="AFQ8" s="7" t="inlineStr">
+      <c r="AFY8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="AFR8" s="7" t="inlineStr">
+      <c r="AFZ8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="AFS8" s="7" t="inlineStr">
+      <c r="AGA8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="AFT8" s="7" t="inlineStr">
+      <c r="AGB8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="AFU8" s="7" t="inlineStr">
+      <c r="AGC8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="AFV8" s="7" t="inlineStr">
+      <c r="AGD8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="AFW8" s="7" t="inlineStr">
+      <c r="AGE8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="AFX8" s="7" t="inlineStr">
+      <c r="AGF8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="AFY8" s="7" t="inlineStr">
+      <c r="AGG8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="AFZ8" s="7" t="inlineStr">
+      <c r="AGH8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="AGA8" s="7" t="inlineStr">
+      <c r="AGI8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="AGB8" s="7" t="inlineStr">
+      <c r="AGJ8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="AGC8" s="7" t="inlineStr">
+      <c r="AGK8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="AGD8" s="7" t="inlineStr">
+      <c r="AGL8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="AGE8" s="7" t="inlineStr">
+      <c r="AGM8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="AGF8" s="7" t="inlineStr">
+      <c r="AGN8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="AGG8" s="7" t="inlineStr">
+      <c r="AGO8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="AGH8" s="7" t="inlineStr">
+      <c r="AGP8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="AGI8" s="7" t="inlineStr">
+      <c r="AGQ8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="AGJ8" s="7" t="inlineStr">
+      <c r="AGR8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="AGK8" s="7" t="inlineStr">
+      <c r="AGS8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="AGL8" s="7" t="inlineStr">
+      <c r="AGT8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="AGM8" s="7" t="inlineStr">
+      <c r="AGU8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="AGN8" s="7" t="inlineStr">
+      <c r="AGV8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="AGO8" s="7" t="inlineStr">
+      <c r="AGW8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="AGP8" s="7" t="inlineStr">
+      <c r="AGX8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="AGQ8" s="7" t="inlineStr">
+      <c r="AGY8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="AGR8" s="7" t="inlineStr">
+      <c r="AGZ8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="AGS8" s="7" t="inlineStr">
+      <c r="AHA8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="AGT8" s="7" t="inlineStr">
+      <c r="AHB8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="AGU8" s="7" t="inlineStr">
+      <c r="AHC8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="AGV8" s="7" t="inlineStr">
+      <c r="AHD8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="AGW8" s="7" t="inlineStr">
+      <c r="AHE8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="AGX8" s="7" t="inlineStr">
+      <c r="AHF8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="AGY8" s="7" t="inlineStr">
+      <c r="AHG8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="AGZ8" s="7" t="inlineStr">
+      <c r="AHH8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="AHA8" s="7" t="inlineStr">
+      <c r="AHI8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="AHB8" s="7" t="inlineStr">
+      <c r="AHJ8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="AHC8" s="7" t="inlineStr">
+      <c r="AHK8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="AHD8" s="7" t="inlineStr">
+      <c r="AHL8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="AHE8" s="7" t="inlineStr">
+      <c r="AHM8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="AHF8" s="7" t="inlineStr">
+      <c r="AHN8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="AHG8" s="7" t="inlineStr">
+      <c r="AHO8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="AHH8" s="7" t="inlineStr">
+      <c r="AHP8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="AHI8" s="7" t="inlineStr">
+      <c r="AHQ8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="AHJ8" s="7" t="inlineStr">
+      <c r="AHR8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="AHK8" s="7" t="inlineStr">
+      <c r="AHS8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="AHL8" s="7" t="inlineStr">
+      <c r="AHT8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="AHM8" s="7" t="inlineStr">
+      <c r="AHU8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="AHN8" s="7" t="inlineStr">
+      <c r="AHV8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="AHO8" s="7" t="inlineStr">
+      <c r="AHW8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="AHP8" s="7" t="inlineStr">
+      <c r="AHX8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="AHQ8" s="7" t="inlineStr">
+      <c r="AHY8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="AHR8" s="7" t="inlineStr">
+      <c r="AHZ8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="AHS8" s="7" t="inlineStr">
+      <c r="AIA8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="AHT8" s="7" t="inlineStr">
+      <c r="AIB8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="AHU8" s="7" t="inlineStr">
+      <c r="AIC8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="AHV8" s="7" t="inlineStr">
+      <c r="AID8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="AHW8" s="7" t="inlineStr">
+      <c r="AIE8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="AHX8" s="7" t="inlineStr">
+      <c r="AIF8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="AHY8" s="7" t="inlineStr">
+      <c r="AIG8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="AHZ8" s="7" t="inlineStr">
+      <c r="AIH8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="AIA8" s="7" t="inlineStr">
+      <c r="AII8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="AIB8" s="7" t="inlineStr">
+      <c r="AIJ8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="AIC8" s="7" t="inlineStr">
+      <c r="AIK8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="AID8" s="7" t="inlineStr">
+      <c r="AIL8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="AIE8" s="7" t="inlineStr">
+      <c r="AIM8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="AIF8" s="7" t="inlineStr">
+      <c r="AIN8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="AIG8" s="7" t="inlineStr">
+      <c r="AIO8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="AIH8" s="7" t="inlineStr">
+      <c r="AIP8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="AII8" s="7" t="inlineStr">
+      <c r="AIQ8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="AIJ8" s="7" t="inlineStr">
+      <c r="AIR8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="AIK8" s="7" t="inlineStr">
+      <c r="AIS8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="AIL8" s="7" t="inlineStr">
+      <c r="AIT8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="AIM8" s="7" t="inlineStr">
+      <c r="AIU8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="AIN8" s="7" t="inlineStr">
+      <c r="AIV8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="AIO8" s="7" t="inlineStr">
+      <c r="AIW8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="AIP8" s="7" t="inlineStr">
+      <c r="AIX8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="AIQ8" s="7" t="inlineStr">
+      <c r="AIY8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="AIR8" s="7" t="inlineStr">
+      <c r="AIZ8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="AIS8" s="7" t="inlineStr">
+      <c r="AJA8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="AIT8" s="7" t="inlineStr">
+      <c r="AJB8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="AIU8" s="7" t="inlineStr">
+      <c r="AJC8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="AIV8" s="7" t="inlineStr">
+      <c r="AJD8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="AIW8" s="7" t="inlineStr">
+      <c r="AJE8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="AIX8" s="7" t="inlineStr">
+      <c r="AJF8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="AIY8" s="7" t="inlineStr">
+      <c r="AJG8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="AIZ8" s="7" t="inlineStr">
+      <c r="AJH8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="AJA8" s="7" t="inlineStr">
+      <c r="AJI8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="AJB8" s="7" t="inlineStr">
+      <c r="AJJ8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="AJC8" s="7" t="inlineStr">
+      <c r="AJK8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="AJD8" s="7" t="inlineStr">
+      <c r="AJL8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="AJE8" s="7" t="inlineStr">
+      <c r="AJM8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="AJF8" s="7" t="inlineStr">
+      <c r="AJN8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="AJG8" s="7" t="inlineStr">
+      <c r="AJO8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="AJH8" s="7" t="inlineStr">
+      <c r="AJP8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="AJI8" s="7" t="inlineStr">
+      <c r="AJQ8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="AJJ8" s="7" t="inlineStr">
+      <c r="AJR8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="AJK8" s="7" t="inlineStr">
+      <c r="AJS8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="AJL8" s="7" t="inlineStr">
+      <c r="AJT8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="AJM8" s="7" t="inlineStr">
+      <c r="AJU8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="AJN8" s="7" t="inlineStr">
+      <c r="AJV8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="AJO8" s="7" t="inlineStr">
+      <c r="AJW8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="AJP8" s="7" t="inlineStr">
+      <c r="AJX8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="AJQ8" s="7" t="inlineStr">
+      <c r="AJY8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="AJR8" s="7" t="inlineStr">
+      <c r="AJZ8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="AJS8" s="7" t="inlineStr">
+      <c r="AKA8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="AJT8" s="7" t="inlineStr">
+      <c r="AKB8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="AJU8" s="7" t="inlineStr">
+      <c r="AKC8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="AJV8" s="7" t="inlineStr">
+      <c r="AKD8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="AJW8" s="7" t="inlineStr">
+      <c r="AKE8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="AJX8" s="7" t="inlineStr">
+      <c r="AKF8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="AJY8" s="7" t="inlineStr">
+      <c r="AKG8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="AJZ8" s="7" t="inlineStr">
+      <c r="AKH8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="AKA8" s="7" t="inlineStr">
+      <c r="AKI8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="AKB8" s="7" t="inlineStr">
+      <c r="AKJ8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="AKC8" s="7" t="inlineStr">
+      <c r="AKK8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="AKD8" s="7" t="inlineStr">
+      <c r="AKL8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="AKE8" s="7" t="inlineStr">
+      <c r="AKM8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="AKF8" s="7" t="inlineStr">
+      <c r="AKN8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="AKG8" s="7" t="inlineStr">
+      <c r="AKO8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="AKH8" s="7" t="inlineStr">
+      <c r="AKP8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="AKI8" s="7" t="inlineStr">
+      <c r="AKQ8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="AKJ8" s="7" t="inlineStr">
+      <c r="AKR8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="AKK8" s="7" t="inlineStr">
+      <c r="AKS8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="AKL8" s="7" t="inlineStr">
+      <c r="AKT8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="AKM8" s="7" t="inlineStr">
+      <c r="AKU8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="AKN8" s="7" t="inlineStr">
+      <c r="AKV8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="AKO8" s="7" t="inlineStr">
+      <c r="AKW8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="AKP8" s="7" t="inlineStr">
+      <c r="AKX8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="AKQ8" s="7" t="inlineStr">
+      <c r="AKY8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="AKR8" s="7" t="inlineStr">
+      <c r="AKZ8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="AKS8" s="7" t="inlineStr">
+      <c r="ALA8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="AKT8" s="7" t="inlineStr">
+      <c r="ALB8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="AKU8" s="7" t="inlineStr">
+      <c r="ALC8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="AKV8" s="7" t="inlineStr">
+      <c r="ALD8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="AKW8" s="7" t="inlineStr">
+      <c r="ALE8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="AKX8" s="7" t="inlineStr">
+      <c r="ALF8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="AKY8" s="7" t="inlineStr">
+      <c r="ALG8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="AKZ8" s="7" t="inlineStr">
+      <c r="ALH8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="ALA8" s="7" t="inlineStr">
+      <c r="ALI8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="ALB8" s="7" t="inlineStr">
+      <c r="ALJ8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="ALC8" s="7" t="inlineStr">
+      <c r="ALK8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="ALD8" s="7" t="inlineStr">
+      <c r="ALL8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="ALE8" s="7" t="inlineStr">
+      <c r="ALM8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="ALF8" s="7" t="inlineStr">
+      <c r="ALN8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="ALG8" s="7" t="inlineStr">
+      <c r="ALO8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="ALH8" s="7" t="inlineStr">
+      <c r="ALP8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="ALI8" s="7" t="inlineStr">
+      <c r="ALQ8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="ALJ8" s="7" t="inlineStr">
+      <c r="ALR8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="ALK8" s="7" t="inlineStr">
+      <c r="ALS8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="ALL8" s="7" t="inlineStr">
+      <c r="ALT8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="ALM8" s="7" t="inlineStr">
+      <c r="ALU8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    C Manufacturing industry</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>117.083</v>
+        <v>116.823</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>117.193</v>
+        <v>117.407</v>
       </c>
       <c r="D9" s="14" t="n">
+        <v>117.08</v>
+      </c>
+      <c r="E9" s="14" t="n">
+        <v>117.192</v>
+      </c>
+      <c r="F9" s="14" t="n">
         <v>117.113</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="G9" s="14" t="n">
         <v>117.401</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>117.081</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>116.943</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>117.155</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>117.933</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="L9" s="14" t="n">
         <v>118.584</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="M9" s="14" t="n">
         <v>118.264</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>117.209</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>117.316</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>117.524</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
         <v>117.239</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="R9" s="14" t="n">
         <v>118.031</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>118.815</v>
       </c>
-      <c r="R9" s="14" t="n">
+      <c r="T9" s="14" t="n">
         <v>118.843</v>
       </c>
-      <c r="S9" s="14" t="n">
+      <c r="U9" s="14" t="n">
         <v>118.859</v>
       </c>
-      <c r="T9" s="14" t="n">
+      <c r="V9" s="14" t="n">
         <v>119.305</v>
       </c>
-      <c r="U9" s="14" t="n">
+      <c r="W9" s="14" t="n">
         <v>119.025</v>
       </c>
-      <c r="V9" s="14" t="n">
+      <c r="X9" s="14" t="n">
         <v>118.878</v>
       </c>
-      <c r="W9" s="14" t="n">
+      <c r="Y9" s="14" t="n">
         <v>118.158</v>
       </c>
-      <c r="X9" s="14" t="n">
+      <c r="Z9" s="14" t="n">
         <v>117.653</v>
       </c>
-      <c r="Y9" s="14" t="n">
+      <c r="AA9" s="14" t="n">
         <v>118.213</v>
       </c>
-      <c r="Z9" s="14" t="n">
+      <c r="AB9" s="14" t="n">
         <v>119.136</v>
       </c>
-      <c r="AA9" s="14" t="n">
+      <c r="AC9" s="14" t="n">
         <v>119.656</v>
       </c>
-      <c r="AB9" s="14" t="n">
+      <c r="AD9" s="14" t="n">
         <v>118.682</v>
       </c>
-      <c r="AC9" s="14" t="n">
+      <c r="AE9" s="14" t="n">
         <v>117.488</v>
       </c>
-      <c r="AD9" s="14" t="n">
+      <c r="AF9" s="14" t="n">
         <v>117.611</v>
       </c>
-      <c r="AE9" s="14" t="n">
+      <c r="AG9" s="14" t="n">
         <v>117.608</v>
       </c>
-      <c r="AF9" s="14" t="n">
+      <c r="AH9" s="14" t="n">
         <v>118.565</v>
       </c>
-      <c r="AG9" s="14" t="n">
+      <c r="AI9" s="14" t="n">
         <v>119.286</v>
       </c>
-      <c r="AH9" s="14" t="n">
+      <c r="AJ9" s="14" t="n">
         <v>119.129</v>
       </c>
-      <c r="AI9" s="14" t="n">
+      <c r="AK9" s="14" t="n">
         <v>119.127</v>
       </c>
-      <c r="AJ9" s="14" t="n">
+      <c r="AL9" s="14" t="n">
         <v>117.807</v>
       </c>
-      <c r="AK9" s="14" t="n">
+      <c r="AM9" s="14" t="n">
         <v>119.639</v>
       </c>
-      <c r="AL9" s="14" t="n">
+      <c r="AN9" s="14" t="n">
         <v>120.319</v>
       </c>
-      <c r="AM9" s="14" t="n">
+      <c r="AO9" s="14" t="n">
         <v>119.145</v>
       </c>
-      <c r="AN9" s="14" t="n">
+      <c r="AP9" s="14" t="n">
         <v>119.134</v>
       </c>
-      <c r="AO9" s="14" t="n">
+      <c r="AQ9" s="14" t="n">
         <v>120.514</v>
       </c>
-      <c r="AP9" s="14" t="n">
+      <c r="AR9" s="14" t="n">
         <v>121.617</v>
       </c>
-      <c r="AQ9" s="14" t="n">
+      <c r="AS9" s="14" t="n">
         <v>119.353</v>
       </c>
-      <c r="AR9" s="14" t="n">
+      <c r="AT9" s="14" t="n">
         <v>117.468</v>
       </c>
-      <c r="AS9" s="14" t="n">
+      <c r="AU9" s="14" t="n">
         <v>114.385</v>
       </c>
-      <c r="AT9" s="14" t="n">
+      <c r="AV9" s="14" t="n">
         <v>109.706</v>
       </c>
-      <c r="AU9" s="14" t="n">
+      <c r="AW9" s="14" t="n">
         <v>107.495</v>
       </c>
-      <c r="AV9" s="14" t="n">
+      <c r="AX9" s="14" t="n">
         <v>105.172</v>
       </c>
-      <c r="AW9" s="14" t="n">
+      <c r="AY9" s="14" t="n">
         <v>105.073</v>
       </c>
-      <c r="AX9" s="14" t="n">
+      <c r="AZ9" s="14" t="n">
         <v>103.734</v>
       </c>
-      <c r="AY9" s="14" t="n">
+      <c r="BA9" s="14" t="n">
         <v>101.888</v>
       </c>
-      <c r="AZ9" s="14" t="n">
+      <c r="BB9" s="14" t="n">
         <v>100.99</v>
       </c>
-      <c r="BA9" s="14" t="n">
+      <c r="BC9" s="14" t="n">
         <v>100.756</v>
       </c>
-      <c r="BB9" s="14" t="n">
+      <c r="BD9" s="14" t="n">
         <v>99.523</v>
       </c>
-      <c r="BC9" s="14" t="n">
+      <c r="BE9" s="14" t="n">
         <v>98.952</v>
       </c>
-      <c r="BD9" s="14" t="n">
+      <c r="BF9" s="14" t="n">
         <v>97.791</v>
       </c>
-      <c r="BE9" s="14" t="n">
+      <c r="BG9" s="14" t="n">
         <v>96.956</v>
       </c>
-      <c r="BF9" s="14" t="n">
+      <c r="BH9" s="14" t="n">
         <v>95.331</v>
       </c>
-      <c r="BG9" s="14" t="n">
+      <c r="BI9" s="14" t="n">
         <v>93.834</v>
       </c>
-      <c r="BH9" s="14" t="n">
+      <c r="BJ9" s="14" t="n">
         <v>92.548</v>
       </c>
-      <c r="BI9" s="14" t="n">
+      <c r="BK9" s="14" t="n">
         <v>91.809</v>
       </c>
-      <c r="BJ9" s="14" t="n">
+      <c r="BL9" s="14" t="n">
         <v>91.587</v>
       </c>
-      <c r="BK9" s="14" t="n">
+      <c r="BM9" s="14" t="n">
         <v>91.415</v>
       </c>
-      <c r="BL9" s="14" t="n">
+      <c r="BN9" s="14" t="n">
         <v>91.554</v>
       </c>
-      <c r="BM9" s="14" t="n">
+      <c r="BO9" s="14" t="n">
         <v>91.487</v>
       </c>
-      <c r="BN9" s="14" t="n">
+      <c r="BP9" s="14" t="n">
         <v>90.784</v>
       </c>
-      <c r="BO9" s="14" t="n">
+      <c r="BQ9" s="14" t="n">
         <v>90.176</v>
       </c>
-      <c r="BP9" s="14" t="n">
+      <c r="BR9" s="14" t="n">
         <v>90.571</v>
       </c>
-      <c r="BQ9" s="14" t="n">
+      <c r="BS9" s="14" t="n">
         <v>92.104</v>
       </c>
-      <c r="BR9" s="14" t="n">
+      <c r="BT9" s="14" t="n">
         <v>94.078</v>
       </c>
-      <c r="BS9" s="14" t="n">
+      <c r="BU9" s="14" t="n">
         <v>94.435</v>
       </c>
-      <c r="BT9" s="14" t="n">
+      <c r="BV9" s="14" t="n">
         <v>94.079</v>
       </c>
-      <c r="BU9" s="14" t="n">
+      <c r="BW9" s="14" t="n">
         <v>93.924</v>
       </c>
-      <c r="BV9" s="14" t="n">
+      <c r="BX9" s="14" t="n">
         <v>93.998</v>
       </c>
-      <c r="BW9" s="14" t="n">
+      <c r="BY9" s="14" t="n">
         <v>94.06</v>
       </c>
-      <c r="BX9" s="14" t="n">
+      <c r="BZ9" s="14" t="n">
         <v>93.402</v>
       </c>
-      <c r="BY9" s="14" t="n">
+      <c r="CA9" s="14" t="n">
         <v>94.212</v>
       </c>
-      <c r="BZ9" s="14" t="n">
+      <c r="CB9" s="14" t="n">
         <v>94.049</v>
       </c>
-      <c r="CA9" s="14" t="n">
+      <c r="CC9" s="14" t="n">
         <v>94.979</v>
       </c>
-      <c r="CB9" s="14" t="n">
+      <c r="CD9" s="14" t="n">
         <v>94.81</v>
       </c>
-      <c r="CC9" s="14" t="n">
+      <c r="CE9" s="14" t="n">
         <v>94.166</v>
       </c>
-      <c r="CD9" s="14" t="n">
+      <c r="CF9" s="14" t="n">
         <v>93.662</v>
       </c>
-      <c r="CE9" s="14" t="n">
+      <c r="CG9" s="14" t="n">
         <v>93.015</v>
       </c>
-      <c r="CF9" s="14" t="n">
+      <c r="CH9" s="14" t="n">
         <v>93.105</v>
       </c>
-      <c r="CG9" s="14" t="n">
+      <c r="CI9" s="14" t="n">
         <v>94.215</v>
       </c>
-      <c r="CH9" s="14" t="n">
+      <c r="CJ9" s="14" t="n">
         <v>94.879</v>
       </c>
-      <c r="CI9" s="14" t="n">
+      <c r="CK9" s="14" t="n">
         <v>94.543</v>
       </c>
-      <c r="CJ9" s="14" t="n">
+      <c r="CL9" s="14" t="n">
         <v>94.396</v>
       </c>
-      <c r="CK9" s="14" t="n">
+      <c r="CM9" s="14" t="n">
         <v>94.282</v>
       </c>
-      <c r="CL9" s="14" t="n">
+      <c r="CN9" s="14" t="n">
         <v>94.481</v>
       </c>
-      <c r="CM9" s="14" t="n">
+      <c r="CO9" s="14" t="n">
         <v>94.197</v>
       </c>
-      <c r="CN9" s="14" t="n">
+      <c r="CP9" s="14" t="n">
         <v>93.516</v>
       </c>
-      <c r="CO9" s="14" t="n">
+      <c r="CQ9" s="14" t="n">
         <v>92.977</v>
       </c>
-      <c r="CP9" s="14" t="n">
+      <c r="CR9" s="14" t="n">
         <v>92.904</v>
       </c>
-      <c r="CQ9" s="14" t="n">
+      <c r="CS9" s="14" t="n">
         <v>93.247</v>
       </c>
-      <c r="CR9" s="14" t="n">
+      <c r="CT9" s="14" t="n">
         <v>92.822</v>
       </c>
-      <c r="CS9" s="14" t="n">
+      <c r="CU9" s="14" t="n">
         <v>92.64</v>
       </c>
-      <c r="CT9" s="14" t="n">
+      <c r="CV9" s="14" t="n">
         <v>92.334</v>
       </c>
-      <c r="CU9" s="14" t="n">
+      <c r="CW9" s="14" t="n">
         <v>92.111</v>
       </c>
-      <c r="CV9" s="14" t="n">
+      <c r="CX9" s="14" t="n">
         <v>91.772</v>
       </c>
-      <c r="CW9" s="14" t="n">
+      <c r="CY9" s="14" t="n">
         <v>91.519</v>
       </c>
-      <c r="CX9" s="14" t="n">
+      <c r="CZ9" s="14" t="n">
         <v>91.564</v>
       </c>
-      <c r="CY9" s="14" t="n">
+      <c r="DA9" s="14" t="n">
         <v>91.957</v>
       </c>
-      <c r="CZ9" s="14" t="n">
+      <c r="DB9" s="14" t="n">
         <v>92.158</v>
       </c>
-      <c r="DA9" s="14" t="n">
+      <c r="DC9" s="14" t="n">
         <v>92.034</v>
       </c>
-      <c r="DB9" s="14" t="n">
+      <c r="DD9" s="14" t="n">
         <v>92.109</v>
       </c>
-      <c r="DC9" s="14" t="n">
+      <c r="DE9" s="14" t="n">
         <v>91.636</v>
       </c>
-      <c r="DD9" s="14" t="n">
+      <c r="DF9" s="14" t="n">
         <v>90.859</v>
       </c>
-      <c r="DE9" s="14" t="n">
+      <c r="DG9" s="14" t="n">
         <v>89.835</v>
       </c>
-      <c r="DF9" s="14" t="n">
+      <c r="DH9" s="14" t="n">
         <v>89.784</v>
       </c>
-      <c r="DG9" s="14" t="n">
+      <c r="DI9" s="14" t="n">
         <v>89.204</v>
       </c>
-      <c r="DH9" s="14" t="n">
+      <c r="DJ9" s="14" t="n">
         <v>89.046</v>
       </c>
-      <c r="DI9" s="14" t="n">
+      <c r="DK9" s="14" t="n">
         <v>89.199</v>
       </c>
-      <c r="DJ9" s="14" t="n">
+      <c r="DL9" s="14" t="n">
         <v>89.322</v>
       </c>
-      <c r="DK9" s="14" t="n">
+      <c r="DM9" s="14" t="n">
         <v>88.612</v>
       </c>
-      <c r="DL9" s="14" t="n">
+      <c r="DN9" s="14" t="n">
         <v>87.985</v>
       </c>
-      <c r="DM9" s="14" t="n">
+      <c r="DO9" s="14" t="n">
         <v>87.617</v>
       </c>
-      <c r="DN9" s="14" t="n">
+      <c r="DP9" s="14" t="n">
         <v>87.014</v>
       </c>
-      <c r="DO9" s="14" t="n">
+      <c r="DQ9" s="14" t="n">
         <v>87.525</v>
       </c>
-      <c r="DP9" s="14" t="n">
+      <c r="DR9" s="14" t="n">
         <v>88.417</v>
       </c>
-      <c r="DQ9" s="14" t="n">
+      <c r="DS9" s="14" t="n">
         <v>89.254</v>
       </c>
-      <c r="DR9" s="14" t="n">
+      <c r="DT9" s="14" t="n">
         <v>89.439</v>
       </c>
-      <c r="DS9" s="14" t="n">
+      <c r="DU9" s="14" t="n">
         <v>89.929</v>
       </c>
-      <c r="DT9" s="14" t="n">
+      <c r="DV9" s="14" t="n">
         <v>90.486</v>
       </c>
-      <c r="DU9" s="14" t="n">
+      <c r="DW9" s="14" t="n">
         <v>91.466</v>
       </c>
-      <c r="DV9" s="14" t="n">
+      <c r="DX9" s="14" t="n">
         <v>91.712</v>
       </c>
-      <c r="DW9" s="14" t="n">
+      <c r="DY9" s="14" t="n">
         <v>91.757</v>
       </c>
-      <c r="DX9" s="14" t="n">
+      <c r="DZ9" s="14" t="n">
         <v>91.402</v>
       </c>
-      <c r="DY9" s="14" t="n">
+      <c r="EA9" s="14" t="n">
         <v>90.913</v>
       </c>
-      <c r="DZ9" s="14" t="n">
+      <c r="EB9" s="14" t="n">
         <v>90.287</v>
       </c>
-      <c r="EA9" s="14" t="n">
+      <c r="EC9" s="14" t="n">
         <v>89.409</v>
       </c>
-      <c r="EB9" s="14" t="n">
+      <c r="ED9" s="14" t="n">
         <v>90.199</v>
       </c>
-      <c r="EC9" s="14" t="n">
+      <c r="EE9" s="14" t="n">
         <v>91.247</v>
       </c>
-      <c r="ED9" s="14" t="n">
+      <c r="EF9" s="14" t="n">
         <v>91.68</v>
       </c>
-      <c r="EE9" s="14" t="n">
+      <c r="EG9" s="14" t="n">
         <v>92.154</v>
       </c>
-      <c r="EF9" s="14" t="n">
+      <c r="EH9" s="14" t="n">
         <v>92.158</v>
       </c>
-      <c r="EG9" s="14" t="n">
+      <c r="EI9" s="14" t="n">
         <v>92.24</v>
       </c>
-      <c r="EH9" s="14" t="n">
+      <c r="EJ9" s="14" t="n">
         <v>92.161</v>
       </c>
-      <c r="EI9" s="14" t="n">
+      <c r="EK9" s="14" t="n">
         <v>91.953</v>
       </c>
-      <c r="EJ9" s="14" t="n">
+      <c r="EL9" s="14" t="n">
         <v>91.868</v>
       </c>
-      <c r="EK9" s="14" t="n">
+      <c r="EM9" s="14" t="n">
         <v>91.733</v>
       </c>
-      <c r="EL9" s="14" t="n">
+      <c r="EN9" s="14" t="n">
         <v>91.894</v>
       </c>
-      <c r="EM9" s="14" t="n">
+      <c r="EO9" s="14" t="n">
         <v>92.038</v>
       </c>
-      <c r="EN9" s="14" t="n">
+      <c r="EP9" s="14" t="n">
         <v>92.157</v>
       </c>
-      <c r="EO9" s="14" t="n">
+      <c r="EQ9" s="14" t="n">
         <v>92.292</v>
       </c>
-      <c r="EP9" s="14" t="n">
+      <c r="ER9" s="14" t="n">
         <v>92.522</v>
       </c>
-      <c r="EQ9" s="14" t="n">
+      <c r="ES9" s="14" t="n">
         <v>93.023</v>
       </c>
-      <c r="ER9" s="14" t="n">
+      <c r="ET9" s="14" t="n">
         <v>93.095</v>
       </c>
-      <c r="ES9" s="14" t="n">
+      <c r="EU9" s="14" t="n">
         <v>93.084</v>
       </c>
-      <c r="ET9" s="14" t="n">
+      <c r="EV9" s="14" t="n">
         <v>92.888</v>
       </c>
-      <c r="EU9" s="14" t="n">
+      <c r="EW9" s="14" t="n">
         <v>93.076</v>
       </c>
-      <c r="EV9" s="14" t="n">
+      <c r="EX9" s="14" t="n">
         <v>93.244</v>
       </c>
-      <c r="EW9" s="14" t="n">
+      <c r="EY9" s="14" t="n">
         <v>93.934</v>
       </c>
-      <c r="EX9" s="14" t="n">
+      <c r="EZ9" s="14" t="n">
         <v>94.219</v>
       </c>
-      <c r="EY9" s="14" t="n">
+      <c r="FA9" s="14" t="n">
         <v>93.774</v>
       </c>
-      <c r="EZ9" s="14" t="n">
+      <c r="FB9" s="14" t="n">
         <v>93.501</v>
       </c>
-      <c r="FA9" s="14" t="n">
+      <c r="FC9" s="14" t="n">
         <v>93.793</v>
       </c>
-      <c r="FB9" s="14" t="n">
+      <c r="FD9" s="14" t="n">
         <v>94.231</v>
       </c>
-      <c r="FC9" s="14" t="n">
+      <c r="FE9" s="14" t="n">
         <v>94.475</v>
       </c>
-      <c r="FD9" s="14" t="n">
+      <c r="FF9" s="14" t="n">
         <v>94.112</v>
       </c>
-      <c r="FE9" s="14" t="n">
+      <c r="FG9" s="14" t="n">
         <v>93.204</v>
       </c>
-      <c r="FF9" s="14" t="n">
+      <c r="FH9" s="14" t="n">
         <v>92.732</v>
       </c>
-      <c r="FG9" s="14" t="n">
+      <c r="FI9" s="14" t="n">
         <v>93.281</v>
       </c>
-      <c r="FH9" s="14" t="n">
+      <c r="FJ9" s="14" t="n">
         <v>93.607</v>
       </c>
-      <c r="FI9" s="14" t="n">
+      <c r="FK9" s="14" t="n">
         <v>93.458</v>
       </c>
-      <c r="FJ9" s="14" t="n">
+      <c r="FL9" s="14" t="n">
         <v>92.747</v>
       </c>
-      <c r="FK9" s="14" t="n">
+      <c r="FM9" s="14" t="n">
         <v>92.268</v>
       </c>
-      <c r="FL9" s="14" t="n">
+      <c r="FN9" s="14" t="n">
         <v>91.377</v>
       </c>
-      <c r="FM9" s="14" t="n">
+      <c r="FO9" s="14" t="n">
         <v>91.491</v>
       </c>
-      <c r="FN9" s="14" t="n">
+      <c r="FP9" s="14" t="n">
         <v>91.383</v>
       </c>
-      <c r="FO9" s="14" t="n">
+      <c r="FQ9" s="14" t="n">
         <v>91.499</v>
       </c>
-      <c r="FP9" s="14" t="n">
+      <c r="FR9" s="14" t="n">
         <v>91.336</v>
       </c>
-      <c r="FQ9" s="14" t="n">
+      <c r="FS9" s="14" t="n">
         <v>91.546</v>
       </c>
-      <c r="FR9" s="14" t="n">
+      <c r="FT9" s="14" t="n">
         <v>91.315</v>
       </c>
-      <c r="FS9" s="14" t="n">
+      <c r="FU9" s="14" t="n">
         <v>91.311</v>
       </c>
-      <c r="FT9" s="14" t="n">
+      <c r="FV9" s="14" t="n">
         <v>91.539</v>
       </c>
-      <c r="FU9" s="14" t="n">
+      <c r="FW9" s="14" t="n">
         <v>91.035</v>
       </c>
-      <c r="FV9" s="14" t="n">
+      <c r="FX9" s="14" t="n">
         <v>90.334</v>
       </c>
-      <c r="FW9" s="14" t="n">
+      <c r="FY9" s="14" t="n">
         <v>89.512</v>
       </c>
-      <c r="FX9" s="14" t="n">
+      <c r="FZ9" s="14" t="n">
         <v>88.298</v>
       </c>
-      <c r="FY9" s="14" t="n">
+      <c r="GA9" s="14" t="n">
         <v>87.285</v>
       </c>
-      <c r="FZ9" s="14" t="n">
+      <c r="GB9" s="14" t="n">
         <v>86.719</v>
       </c>
-      <c r="GA9" s="14" t="n">
+      <c r="GC9" s="14" t="n">
         <v>86.658</v>
       </c>
-      <c r="GB9" s="14" t="n">
+      <c r="GD9" s="14" t="n">
         <v>86.423</v>
       </c>
-      <c r="GC9" s="14" t="n">
+      <c r="GE9" s="14" t="n">
         <v>86.087</v>
       </c>
-      <c r="GD9" s="14" t="n">
+      <c r="GF9" s="14" t="n">
         <v>86.43</v>
       </c>
-      <c r="GE9" s="14" t="n">
+      <c r="GG9" s="14" t="n">
         <v>86.259</v>
       </c>
-      <c r="GF9" s="14" t="n">
+      <c r="GH9" s="14" t="n">
         <v>85.766</v>
       </c>
-      <c r="GG9" s="14" t="n">
+      <c r="GI9" s="14" t="n">
         <v>84.581</v>
       </c>
-      <c r="GH9" s="14" t="n">
+      <c r="GJ9" s="14" t="n">
         <v>83.776</v>
       </c>
-      <c r="GI9" s="14" t="n">
+      <c r="GK9" s="14" t="n">
         <v>83.475</v>
       </c>
-      <c r="GJ9" s="14" t="n">
+      <c r="GL9" s="14" t="n">
         <v>82.864</v>
       </c>
-      <c r="GK9" s="14" t="n">
+      <c r="GM9" s="14" t="n">
         <v>82.864</v>
       </c>
-      <c r="GL9" s="14" t="n">
+      <c r="GN9" s="14" t="n">
         <v>82.788</v>
       </c>
-      <c r="GM9" s="14" t="n">
+      <c r="GO9" s="14" t="n">
         <v>82.712</v>
       </c>
-      <c r="GN9" s="14" t="n">
+      <c r="GP9" s="14" t="n">
         <v>83.017</v>
       </c>
-      <c r="GO9" s="14" t="n">
+      <c r="GQ9" s="14" t="n">
         <v>82.33</v>
       </c>
-      <c r="GP9" s="14" t="n">
+      <c r="GR9" s="14" t="n">
         <v>82.483</v>
       </c>
-      <c r="GQ9" s="14" t="n">
+      <c r="GS9" s="14" t="n">
         <v>81.949</v>
       </c>
-      <c r="GR9" s="14" t="n">
+      <c r="GT9" s="14" t="n">
         <v>81.872</v>
       </c>
-      <c r="GS9" s="14" t="n">
+      <c r="GU9" s="14" t="n">
         <v>81.796</v>
       </c>
-      <c r="GT9" s="14" t="n">
+      <c r="GV9" s="14" t="n">
         <v>82.33</v>
       </c>
-      <c r="GU9" s="14" t="n">
+      <c r="GW9" s="14" t="n">
         <v>82.33</v>
       </c>
-      <c r="GV9" s="14" t="n">
+      <c r="GX9" s="14" t="n">
         <v>82.559</v>
       </c>
-      <c r="GW9" s="14" t="n">
+      <c r="GY9" s="14" t="n">
         <v>84.696</v>
       </c>
-      <c r="GX9" s="14" t="n">
+      <c r="GZ9" s="14" t="n">
         <v>86.908</v>
       </c>
-      <c r="GY9" s="14" t="n">
+      <c r="HA9" s="14" t="n">
         <v>88.434</v>
       </c>
-      <c r="GZ9" s="14" t="n">
+      <c r="HB9" s="14" t="n">
         <v>88.816</v>
       </c>
-      <c r="HA9" s="14" t="n">
+      <c r="HC9" s="14" t="n">
         <v>89.35</v>
       </c>
-      <c r="HB9" s="14" t="n">
+      <c r="HD9" s="14" t="n">
         <v>88.663</v>
       </c>
-      <c r="HC9" s="14" t="n">
+      <c r="HE9" s="14" t="n">
         <v>87.671</v>
       </c>
-      <c r="HD9" s="14" t="n">
+      <c r="HF9" s="14" t="n">
         <v>86.527</v>
       </c>
-      <c r="HE9" s="14" t="n">
+      <c r="HG9" s="14" t="n">
         <v>85.993</v>
       </c>
-      <c r="HF9" s="14" t="n">
+      <c r="HH9" s="14" t="n">
         <v>85.306</v>
       </c>
-      <c r="HG9" s="14" t="n">
+      <c r="HI9" s="14" t="n">
         <v>84.772</v>
       </c>
-      <c r="HH9" s="14" t="n">
+      <c r="HJ9" s="14" t="n">
         <v>84.085</v>
       </c>
-      <c r="HI9" s="14" t="n">
+      <c r="HK9" s="14" t="n">
         <v>83.78</v>
       </c>
-      <c r="HJ9" s="14" t="n">
+      <c r="HL9" s="14" t="n">
         <v>83.246</v>
       </c>
-      <c r="HK9" s="14" t="n">
+      <c r="HM9" s="14" t="n">
         <v>82.788</v>
       </c>
-      <c r="HL9" s="14" t="n">
+      <c r="HN9" s="14" t="n">
         <v>82.635</v>
       </c>
-      <c r="HM9" s="14" t="n">
+      <c r="HO9" s="14" t="n">
         <v>82.559</v>
       </c>
-      <c r="HN9" s="14" t="n">
+      <c r="HP9" s="14" t="n">
         <v>82.407</v>
       </c>
-      <c r="HO9" s="14" t="n">
+      <c r="HQ9" s="14" t="n">
         <v>82.254</v>
       </c>
-      <c r="HP9" s="14" t="n">
+      <c r="HR9" s="14" t="n">
         <v>81.796</v>
       </c>
-      <c r="HQ9" s="14" t="n">
+      <c r="HS9" s="14" t="n">
         <v>81.415</v>
       </c>
-      <c r="HR9" s="14" t="n">
+      <c r="HT9" s="14" t="n">
         <v>80.881</v>
       </c>
-      <c r="HS9" s="14" t="n">
+      <c r="HU9" s="14" t="n">
         <v>80.346</v>
       </c>
-      <c r="HT9" s="14" t="n">
+      <c r="HV9" s="14" t="n">
         <v>80.117</v>
       </c>
-      <c r="HU9" s="14" t="n">
+      <c r="HW9" s="14" t="n">
         <v>80.117</v>
       </c>
-      <c r="HV9" s="14" t="n">
+      <c r="HX9" s="14" t="n">
         <v>80.27</v>
       </c>
-      <c r="HW9" s="14" t="n">
+      <c r="HY9" s="14" t="n">
         <v>80.423</v>
       </c>
-      <c r="HX9" s="14" t="n">
+      <c r="HZ9" s="14" t="n">
         <v>80.804</v>
       </c>
-      <c r="HY9" s="14" t="n">
+      <c r="IA9" s="14" t="n">
         <v>80.728</v>
       </c>
-      <c r="HZ9" s="14" t="n">
+      <c r="IB9" s="14" t="n">
         <v>80.346</v>
       </c>
-      <c r="IA9" s="14" t="n">
+      <c r="IC9" s="14" t="n">
         <v>80.194</v>
       </c>
-      <c r="IB9" s="14" t="n">
+      <c r="ID9" s="14" t="n">
         <v>79.66</v>
       </c>
-      <c r="IC9" s="14" t="n">
+      <c r="IE9" s="14" t="n">
         <v>79.202</v>
       </c>
-      <c r="ID9" s="14" t="n">
+      <c r="IF9" s="14" t="n">
         <v>78.897</v>
       </c>
-      <c r="IE9" s="14" t="n">
+      <c r="IG9" s="14" t="n">
         <v>78.286</v>
       </c>
-      <c r="IF9" s="14" t="n">
+      <c r="IH9" s="14" t="n">
         <v>77.447</v>
       </c>
-      <c r="IG9" s="14" t="n">
+      <c r="II9" s="14" t="n">
         <v>77.447</v>
       </c>
-      <c r="IH9" s="14" t="n">
+      <c r="IJ9" s="14" t="n">
         <v>77.752</v>
       </c>
-      <c r="II9" s="14" t="n">
+      <c r="IK9" s="14" t="n">
         <v>77.523</v>
       </c>
-      <c r="IJ9" s="14" t="n">
+      <c r="IL9" s="14" t="n">
         <v>76.836</v>
       </c>
-      <c r="IK9" s="14" t="n">
+      <c r="IM9" s="14" t="n">
         <v>76.379</v>
       </c>
-      <c r="IL9" s="14" t="n">
+      <c r="IN9" s="14" t="n">
         <v>76.073</v>
       </c>
-      <c r="IM9" s="14" t="n">
+      <c r="IO9" s="14" t="n">
         <v>75.692</v>
       </c>
-      <c r="IN9" s="14" t="n">
+      <c r="IP9" s="14" t="n">
         <v>75.768</v>
       </c>
-      <c r="IO9" s="14" t="n">
+      <c r="IQ9" s="14" t="n">
         <v>75.387</v>
       </c>
-      <c r="IP9" s="14" t="n">
+      <c r="IR9" s="14" t="n">
         <v>74.929</v>
       </c>
-      <c r="IQ9" s="14" t="n">
+      <c r="IS9" s="14" t="n">
         <v>74.395</v>
       </c>
-      <c r="IR9" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="IT9" s="15" t="n">
-        <v>-0.2</v>
+        <v>-0.5</v>
       </c>
       <c r="IU9" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="IV9" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="IW9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="IW9" s="15" t="n">
+      <c r="IX9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="IX9" s="15" t="n">
+      <c r="IY9" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="IZ9" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JA9" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="JB9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="IY9" s="15" t="n">
+      <c r="JC9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="IZ9" s="15" t="n">
+      <c r="JD9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JA9" s="15" t="n">
+      <c r="JE9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="JB9" s="15" t="n">
+      <c r="JF9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="JC9" s="15" t="n">
+      <c r="JG9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="JD9" s="15" t="n">
+      <c r="JH9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JE9" s="15" t="n">
+      <c r="JI9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="JF9" s="15" t="n">
+      <c r="JJ9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="JG9" s="15" t="n">
+      <c r="JK9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JH9" s="15" t="n">
+      <c r="JL9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JI9" s="15" t="n">
+      <c r="JM9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="JJ9" s="15" t="n">
+      <c r="JN9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JK9" s="15" t="n">
+      <c r="JO9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JL9" s="15" t="n">
+      <c r="JP9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JM9" s="15" t="n">
+      <c r="JQ9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="JN9" s="15" t="n">
+      <c r="JR9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JO9" s="15" t="n">
+      <c r="JS9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="JP9" s="15" t="n">
+      <c r="JT9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="JQ9" s="15" t="n">
+      <c r="JU9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="JR9" s="15" t="n">
+      <c r="JV9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="JS9" s="15" t="n">
+      <c r="JW9" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="JX9" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JY9" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="JZ9" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="KA9" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="KB9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KC9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="JZ9" s="15" t="n">
+      <c r="KD9" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="KA9" s="15" t="n">
+      <c r="KE9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="KB9" s="15" t="n">
+      <c r="KF9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="KC9" s="15" t="n">
+      <c r="KG9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="KD9" s="15" t="n">
+      <c r="KH9" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="KE9" s="15" t="n">
+      <c r="KI9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="KF9" s="15" t="n">
+      <c r="KJ9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="KG9" s="15" t="n">
+      <c r="KK9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="KH9" s="15" t="n">
+      <c r="KL9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="KI9" s="15" t="n">
+      <c r="KM9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="KJ9" s="15" t="n">
+      <c r="KN9" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="KK9" s="15" t="n">
+      <c r="KO9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="KL9" s="15" t="n">
+      <c r="KP9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KM9" s="15" t="n">
+      <c r="KQ9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="KN9" s="15" t="n">
+      <c r="KR9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="KO9" s="15" t="n">
+      <c r="KS9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="KP9" s="15" t="n">
+      <c r="KT9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KQ9" s="15" t="n">
+      <c r="KU9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="KR9" s="15" t="n">
+      <c r="KV9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="KS9" s="15" t="n">
+      <c r="KW9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="KT9" s="15" t="n">
+      <c r="KX9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="KU9" s="15" t="n">
+      <c r="KY9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="KV9" s="15" t="n">
+      <c r="KZ9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="KW9" s="15" t="n">
+      <c r="LA9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="KX9" s="15" t="n">
+      <c r="LB9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="KY9" s="15" t="n">
+      <c r="LC9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KZ9" s="15" t="n">
+      <c r="LD9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LA9" s="15" t="n">
+      <c r="LE9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="LB9" s="15" t="n">
+      <c r="LF9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LC9" s="15" t="n">
+      <c r="LG9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="LD9" s="15" t="n">
+      <c r="LH9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="LE9" s="15" t="n">
+      <c r="LI9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="LF9" s="15" t="n">
+      <c r="LJ9" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="LG9" s="15" t="n">
+      <c r="LK9" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="LH9" s="15" t="n">
+      <c r="LL9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="LI9" s="15" t="n">
+      <c r="LM9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LJ9" s="15" t="n">
+      <c r="LN9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LK9" s="15" t="n">
+      <c r="LO9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LL9" s="15" t="n">
+      <c r="LP9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LM9" s="15" t="n">
+      <c r="LQ9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="LN9" s="15" t="n">
+      <c r="LR9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="LO9" s="15" t="n">
+      <c r="LS9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LP9" s="15" t="n">
+      <c r="LT9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="LQ9" s="15" t="n">
+      <c r="LU9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LR9" s="15" t="n">
+      <c r="LV9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="LS9" s="15" t="n">
+      <c r="LW9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="LT9" s="15" t="n">
+      <c r="LX9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="LU9" s="15" t="n">
+      <c r="LY9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LV9" s="15" t="n">
+      <c r="LZ9" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="LW9" s="15" t="n">
+      <c r="MA9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="LX9" s="15" t="n">
+      <c r="MB9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LY9" s="15" t="n">
+      <c r="MC9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LZ9" s="15" t="n">
+      <c r="MD9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MA9" s="15" t="n">
+      <c r="ME9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="MB9" s="15" t="n">
+      <c r="MF9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="MC9" s="15" t="n">
+      <c r="MG9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MD9" s="15" t="n">
+      <c r="MH9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ME9" s="15" t="n">
+      <c r="MI9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MF9" s="15" t="n">
+      <c r="MJ9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="MG9" s="15" t="n">
+      <c r="MK9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="MH9" s="15" t="n">
+      <c r="ML9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MI9" s="15" t="n">
+      <c r="MM9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="MJ9" s="15" t="n">
+      <c r="MN9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MK9" s="15" t="n">
+      <c r="MO9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ML9" s="15" t="n">
+      <c r="MP9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="MM9" s="15" t="n">
+      <c r="MQ9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MN9" s="15" t="n">
+      <c r="MR9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="MO9" s="15" t="n">
+      <c r="MS9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="MP9" s="15" t="n">
+      <c r="MT9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MQ9" s="15" t="n">
+      <c r="MU9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="MR9" s="15" t="n">
+      <c r="MV9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="MS9" s="15" t="n">
+      <c r="MW9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="MT9" s="15" t="n">
+      <c r="MX9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="MU9" s="15" t="n">
+      <c r="MY9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MV9" s="15" t="n">
+      <c r="MZ9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MW9" s="15" t="n">
+      <c r="NA9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MX9" s="15" t="n">
+      <c r="NB9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="MY9" s="15" t="n">
+      <c r="NC9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="MZ9" s="15" t="n">
+      <c r="ND9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="NA9" s="15" t="n">
+      <c r="NE9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="NB9" s="15" t="n">
+      <c r="NF9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="NC9" s="15" t="n">
+      <c r="NG9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ND9" s="15" t="n">
+      <c r="NH9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="NE9" s="15" t="n">
+      <c r="NI9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="NF9" s="15" t="n">
+      <c r="NJ9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="NG9" s="15" t="n">
+      <c r="NK9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="NH9" s="15" t="n">
+      <c r="NL9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="NI9" s="15" t="n">
+      <c r="NM9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="NJ9" s="15" t="n">
+      <c r="NN9" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="NK9" s="15" t="n">
+      <c r="NO9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="NL9" s="15" t="n">
+      <c r="NP9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NM9" s="15" t="n">
+      <c r="NQ9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="NN9" s="15" t="n">
+      <c r="NR9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="NO9" s="15" t="n">
+      <c r="NS9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="NP9" s="15" t="n">
+      <c r="NT9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="NQ9" s="15" t="n">
+      <c r="NU9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="NR9" s="15" t="n">
+      <c r="NV9" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="NS9" s="15" t="n">
+      <c r="NW9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="NT9" s="15" t="n">
+      <c r="NX9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="NU9" s="15" t="n">
+      <c r="NY9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NV9" s="15" t="n">
+      <c r="NZ9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="NW9" s="15" t="n">
+      <c r="OA9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NX9" s="15" t="n">
+      <c r="OB9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NY9" s="15" t="n">
+      <c r="OC9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NZ9" s="15" t="n">
+      <c r="OD9" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="OE9" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="OF9" s="15" t="n">
-        <v>-0.5</v>
+        <v>-0.2</v>
       </c>
       <c r="OG9" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="OH9" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="OI9" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="OJ9" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="OK9" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="OL9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OI9" s="15" t="n">
+      <c r="OM9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OJ9" s="15" t="n">
+      <c r="ON9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OK9" s="15" t="n">
+      <c r="OO9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OL9" s="15" t="n">
+      <c r="OP9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="OM9" s="15" t="n">
+      <c r="OQ9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ON9" s="15" t="n">
+      <c r="OR9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="OO9" s="15" t="n">
+      <c r="OS9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="OP9" s="15" t="n">
+      <c r="OT9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OQ9" s="15" t="n">
+      <c r="OU9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="OR9" s="15" t="n">
+      <c r="OV9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OS9" s="15" t="n">
+      <c r="OW9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="OT9" s="15" t="n">
+      <c r="OX9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="OU9" s="15" t="n">
+      <c r="OY9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="OV9" s="15" t="n">
+      <c r="OZ9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="OW9" s="15" t="n">
+      <c r="PA9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OX9" s="15" t="n">
+      <c r="PB9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OY9" s="15" t="n">
+      <c r="PC9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="OZ9" s="15" t="n">
+      <c r="PD9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="PA9" s="15" t="n">
+      <c r="PE9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="PB9" s="15" t="n">
+      <c r="PF9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PC9" s="15" t="n">
+      <c r="PG9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PD9" s="15" t="n">
+      <c r="PH9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PE9" s="15" t="n">
+      <c r="PI9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PF9" s="15" t="n">
+      <c r="PJ9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="PG9" s="15" t="n">
+      <c r="PK9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PH9" s="15" t="n">
+      <c r="PL9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PI9" s="15" t="n">
+      <c r="PM9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="PJ9" s="15" t="n">
+      <c r="PN9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="PK9" s="15" t="n">
+      <c r="PO9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="PL9" s="15" t="n">
+      <c r="PP9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="PM9" s="15" t="n">
+      <c r="PQ9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="PN9" s="15" t="n">
+      <c r="PR9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="PO9" s="15" t="n">
+      <c r="PS9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="PP9" s="15" t="n">
+      <c r="PT9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PQ9" s="15" t="n">
+      <c r="PU9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PR9" s="15" t="n">
+      <c r="PV9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="PS9" s="15" t="n">
+      <c r="PW9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="PT9" s="15" t="n">
+      <c r="PX9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PU9" s="15" t="n">
+      <c r="PY9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="PV9" s="15" t="n">
+      <c r="PZ9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="PW9" s="15" t="n">
+      <c r="QA9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="PX9" s="15" t="n">
+      <c r="QB9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="PY9" s="15" t="n">
+      <c r="QC9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="PZ9" s="15" t="n">
+      <c r="QD9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QA9" s="15" t="n">
+      <c r="QE9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QB9" s="15" t="n">
+      <c r="QF9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QC9" s="15" t="n">
+      <c r="QG9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="QD9" s="15" t="n">
+      <c r="QH9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="QE9" s="15" t="n">
+      <c r="QI9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QF9" s="15" t="n">
+      <c r="QJ9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="QG9" s="15" t="n">
+      <c r="QK9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QH9" s="15" t="n">
+      <c r="QL9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QI9" s="15" t="n">
+      <c r="QM9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="QJ9" s="15" t="n">
+      <c r="QN9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QK9" s="15" t="n">
+      <c r="QO9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="QL9" s="15" t="n">
+      <c r="QP9" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="QM9" s="15" t="n">
+      <c r="QQ9" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="QN9" s="15" t="n">
+      <c r="QR9" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="QO9" s="15" t="n">
+      <c r="QS9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="QP9" s="15" t="n">
+      <c r="QT9" s="15" t="n">
         <v>-0.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="QU9" s="15" t="n">
         <v>0.8</v>
       </c>
       <c r="QV9" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="QW9" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="QX9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="QW9" s="15" t="n">
+      <c r="QY9" s="15" t="n">
         <v>0.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="QZ9" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="RA9" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="RB9" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="RC9" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="RD9" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="RE9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RB9" s="15" t="n">
+      <c r="RF9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RC9" s="15" t="n">
+      <c r="RG9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RD9" s="15" t="n">
+      <c r="RH9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RE9" s="15" t="n">
+      <c r="RI9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="RF9" s="15" t="n">
+      <c r="RJ9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="RG9" s="15" t="n">
+      <c r="RK9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="RH9" s="15" t="n">
+      <c r="RL9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="RI9" s="15" t="n">
+      <c r="RM9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="RJ9" s="15" t="n">
+      <c r="RN9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RK9" s="15" t="n">
+      <c r="RO9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="RL9" s="15" t="n">
+      <c r="RP9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="RM9" s="15" t="n">
+      <c r="RQ9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="RN9" s="15" t="n">
+      <c r="RR9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RO9" s="15" t="n">
+      <c r="RS9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="RP9" s="15" t="n">
+      <c r="RT9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RQ9" s="15" t="n">
+      <c r="RU9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="RR9" s="15" t="n">
+      <c r="RV9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="RS9" s="15" t="n">
+      <c r="RW9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="RT9" s="15" t="n">
+      <c r="RX9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="RU9" s="15" t="n">
+      <c r="RY9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="RV9" s="15" t="n">
+      <c r="RZ9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RW9" s="15" t="n">
+      <c r="SA9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="RX9" s="15" t="n">
+      <c r="SB9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="RY9" s="15" t="n">
+      <c r="SC9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="RZ9" s="15" t="n">
+      <c r="SD9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="SA9" s="15" t="n">
+      <c r="SE9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="SB9" s="15" t="n">
+      <c r="SF9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="SC9" s="15" t="n">
+      <c r="SG9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="SD9" s="15" t="n">
+      <c r="SH9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="SE9" s="15" t="n">
+      <c r="SI9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="SF9" s="15" t="n">
+      <c r="SJ9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="SG9" s="13" t="inlineStr">
+      <c r="SK9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="SH9" s="15" t="n">
+      <c r="SL9" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="SM9" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="SN9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="SI9" s="15" t="n">
+      <c r="SO9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="SJ9" s="15" t="n">
+      <c r="SP9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="SK9" s="15" t="n">
+      <c r="SQ9" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="SL9" s="15" t="n">
+      <c r="SR9" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="SM9" s="15" t="n">
+      <c r="SS9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="SN9" s="15" t="n">
+      <c r="ST9" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="SO9" s="15" t="n">
+      <c r="SU9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="SP9" s="15" t="n">
+      <c r="SV9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="SQ9" s="15" t="n">
+      <c r="SW9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="SR9" s="15" t="n">
+      <c r="SX9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="SS9" s="15" t="n">
+      <c r="SY9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="ST9" s="15" t="n">
+      <c r="SZ9" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="SU9" s="15" t="n">
+      <c r="TA9" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="SV9" s="15" t="n">
+      <c r="TB9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="SW9" s="15" t="n">
+      <c r="TC9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="SX9" s="15" t="n">
+      <c r="TD9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="SY9" s="15" t="n">
+      <c r="TE9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="SZ9" s="15" t="n">
+      <c r="TF9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="TA9" s="15" t="n">
+      <c r="TG9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="TB9" s="15" t="n">
+      <c r="TH9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="TC9" s="15" t="n">
+      <c r="TI9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="TD9" s="15" t="n">
+      <c r="TJ9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="TE9" s="15" t="n">
+      <c r="TK9" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="TF9" s="15" t="n">
+      <c r="TL9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="TG9" s="15" t="n">
+      <c r="TM9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="TH9" s="15" t="n">
+      <c r="TN9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="TI9" s="15" t="n">
+      <c r="TO9" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="TJ9" s="15" t="n">
+      <c r="TP9" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="TK9" s="15" t="n">
+      <c r="TQ9" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="TL9" s="15" t="n">
+      <c r="TR9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="TM9" s="15" t="n">
+      <c r="TS9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="TN9" s="15" t="n">
+      <c r="TT9" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="TO9" s="15" t="n">
+      <c r="TU9" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="TP9" s="15" t="n">
+      <c r="TV9" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="TQ9" s="15" t="n">
+      <c r="TW9" s="15" t="n">
         <v>13.9</v>
       </c>
-      <c r="TR9" s="15" t="n">
+      <c r="TX9" s="15" t="n">
         <v>16.0</v>
       </c>
-      <c r="TS9" s="15" t="n">
+      <c r="TY9" s="15" t="n">
         <v>16.9</v>
       </c>
-      <c r="TT9" s="15" t="n">
+      <c r="TZ9" s="15" t="n">
         <v>18.0</v>
       </c>
-      <c r="TU9" s="15" t="n">
+      <c r="UA9" s="15" t="n">
         <v>19.6</v>
       </c>
-      <c r="TV9" s="15" t="n">
+      <c r="UB9" s="15" t="n">
         <v>22.2</v>
       </c>
-      <c r="TW9" s="15" t="n">
+      <c r="UC9" s="15" t="n">
         <v>20.6</v>
       </c>
-      <c r="TX9" s="15" t="n">
+      <c r="UD9" s="15" t="n">
         <v>20.1</v>
       </c>
-      <c r="TY9" s="15" t="n">
+      <c r="UE9" s="15" t="n">
         <v>18.0</v>
       </c>
-      <c r="TZ9" s="15" t="n">
+      <c r="UF9" s="15" t="n">
         <v>15.1</v>
       </c>
-      <c r="UA9" s="15" t="n">
+      <c r="UG9" s="15" t="n">
         <v>14.6</v>
       </c>
-      <c r="UB9" s="15" t="n">
+      <c r="UH9" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="UC9" s="15" t="n">
+      <c r="UI9" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="UD9" s="15" t="n">
+      <c r="UJ9" s="15" t="n">
         <v>13.3</v>
       </c>
-      <c r="UE9" s="15" t="n">
+      <c r="UK9" s="15" t="n">
         <v>11.5</v>
       </c>
-      <c r="UF9" s="15" t="n">
+      <c r="UL9" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="UG9" s="15" t="n">
+      <c r="UM9" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="UH9" s="15" t="n">
+      <c r="UN9" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="UI9" s="15" t="n">
+      <c r="UO9" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="UJ9" s="15" t="n">
+      <c r="UP9" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="UK9" s="15" t="n">
+      <c r="UQ9" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="UL9" s="15" t="n">
+      <c r="UR9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="UM9" s="15" t="n">
+      <c r="US9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="UN9" s="15" t="n">
+      <c r="UT9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="UO9" s="15" t="n">
+      <c r="UU9" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="UP9" s="15" t="n">
+      <c r="UV9" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="UQ9" s="15" t="n">
+      <c r="UW9" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="UR9" s="15" t="n">
+      <c r="UX9" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="US9" s="15" t="n">
+      <c r="UY9" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="UT9" s="15" t="n">
+      <c r="UZ9" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="UU9" s="15" t="n">
+      <c r="VA9" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="UV9" s="15" t="n">
+      <c r="VB9" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="UW9" s="15" t="n">
+      <c r="VC9" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="UX9" s="15" t="n">
+      <c r="VD9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="UY9" s="15" t="n">
+      <c r="VE9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="UZ9" s="15" t="n">
+      <c r="VF9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="VA9" s="15" t="n">
+      <c r="VG9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="VB9" s="15" t="n">
+      <c r="VH9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="VC9" s="15" t="n">
+      <c r="VI9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="VD9" s="15" t="n">
+      <c r="VJ9" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="VE9" s="15" t="n">
+      <c r="VK9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="VF9" s="15" t="n">
+      <c r="VL9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="VG9" s="15" t="n">
+      <c r="VM9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="VH9" s="15" t="n">
+      <c r="VN9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="VI9" s="15" t="n">
+      <c r="VO9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="VJ9" s="15" t="n">
+      <c r="VP9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="VK9" s="15" t="n">
+      <c r="VQ9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="VL9" s="15" t="n">
+      <c r="VR9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="VM9" s="15" t="n">
+      <c r="VS9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="VN9" s="15" t="n">
+      <c r="VT9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="VO9" s="15" t="n">
+      <c r="VU9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="VP9" s="15" t="n">
+      <c r="VV9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="VQ9" s="15" t="n">
+      <c r="VW9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="VR9" s="15" t="n">
+      <c r="VX9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="VS9" s="15" t="n">
+      <c r="VY9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="VT9" s="15" t="n">
+      <c r="VZ9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="VU9" s="15" t="n">
+      <c r="WA9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="VV9" s="15" t="n">
+      <c r="WB9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="VW9" s="15" t="n">
+      <c r="WC9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="VX9" s="15" t="n">
+      <c r="WD9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="VY9" s="15" t="n">
+      <c r="WE9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="VZ9" s="15" t="n">
+      <c r="WF9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="WA9" s="15" t="n">
+      <c r="WG9" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="WB9" s="15" t="n">
+      <c r="WH9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="WC9" s="15" t="n">
+      <c r="WI9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="WD9" s="15" t="n">
+      <c r="WJ9" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="WE9" s="15" t="n">
+      <c r="WK9" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="WF9" s="15" t="n">
+      <c r="WL9" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="WG9" s="15" t="n">
+      <c r="WM9" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="WH9" s="15" t="n">
+      <c r="WN9" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="WI9" s="15" t="n">
+      <c r="WO9" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="WJ9" s="15" t="n">
+      <c r="WP9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="WK9" s="15" t="n">
+      <c r="WQ9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="WL9" s="15" t="n">
+      <c r="WR9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="WM9" s="15" t="n">
+      <c r="WS9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="WN9" s="15" t="n">
+      <c r="WT9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="WO9" s="15" t="n">
+      <c r="WU9" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="WP9" s="15" t="n">
+      <c r="WV9" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="WQ9" s="15" t="n">
+      <c r="WW9" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="WR9" s="15" t="n">
+      <c r="WX9" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="WS9" s="15" t="n">
+      <c r="WY9" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="WT9" s="15" t="n">
+      <c r="WZ9" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="WU9" s="15" t="n">
+      <c r="XA9" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="WV9" s="15" t="n">
+      <c r="XB9" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="WW9" s="15" t="n">
+      <c r="XC9" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="WX9" s="15" t="n">
+      <c r="XD9" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="WY9" s="15" t="n">
+      <c r="XE9" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="WZ9" s="15" t="n">
+      <c r="XF9" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="XA9" s="15" t="n">
+      <c r="XG9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="XB9" s="15" t="n">
+      <c r="XH9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="XC9" s="15" t="n">
+      <c r="XI9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="XD9" s="15" t="n">
+      <c r="XJ9" s="15" t="n">
         <v>-0.5</v>
-      </c>
-[...16 lines deleted...]
-        <v>-0.9</v>
       </c>
       <c r="XK9" s="15" t="n">
         <v>-0.9</v>
       </c>
       <c r="XL9" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="XM9" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="XN9" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="XO9" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="XP9" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="XQ9" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="XR9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="XM9" s="15" t="n">
+      <c r="XS9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="XN9" s="15" t="n">
+      <c r="XT9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="XO9" s="15" t="n">
+      <c r="XU9" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="XP9" s="15" t="n">
+      <c r="XV9" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="XQ9" s="15" t="n">
+      <c r="XW9" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="XR9" s="15" t="n">
+      <c r="XX9" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="XS9" s="15" t="n">
+      <c r="XY9" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="XT9" s="15" t="n">
+      <c r="XZ9" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="XU9" s="15" t="n">
+      <c r="YA9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="XV9" s="15" t="n">
+      <c r="YB9" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="XW9" s="15" t="n">
+      <c r="YC9" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="XX9" s="15" t="n">
+      <c r="YD9" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="XY9" s="15" t="n">
+      <c r="YE9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="XZ9" s="15" t="n">
+      <c r="YF9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="YA9" s="15" t="n">
+      <c r="YG9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="YB9" s="15" t="n">
+      <c r="YH9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="YC9" s="15" t="n">
+      <c r="YI9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="YD9" s="15" t="n">
+      <c r="YJ9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="YE9" s="15" t="n">
+      <c r="YK9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="YF9" s="15" t="n">
+      <c r="YL9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="YG9" s="15" t="n">
+      <c r="YM9" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="YH9" s="15" t="n">
+      <c r="YN9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="YI9" s="15" t="n">
+      <c r="YO9" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="YJ9" s="15" t="n">
+      <c r="YP9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="YK9" s="15" t="n">
+      <c r="YQ9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="YL9" s="15" t="n">
+      <c r="YR9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="YM9" s="15" t="n">
+      <c r="YS9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="YN9" s="15" t="n">
+      <c r="YT9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="YO9" s="15" t="n">
+      <c r="YU9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="YP9" s="15" t="n">
+      <c r="YV9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="YQ9" s="15" t="n">
+      <c r="YW9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="YR9" s="15" t="n">
+      <c r="YX9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="YS9" s="15" t="n">
+      <c r="YY9" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="YT9" s="15" t="n">
+      <c r="YZ9" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="YU9" s="15" t="n">
+      <c r="ZA9" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="YV9" s="15" t="n">
+      <c r="ZB9" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="YW9" s="15" t="n">
+      <c r="ZC9" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="YX9" s="15" t="n">
+      <c r="ZD9" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="YY9" s="15" t="n">
+      <c r="ZE9" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="YZ9" s="15" t="n">
+      <c r="ZF9" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="ZA9" s="15" t="n">
+      <c r="ZG9" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="ZB9" s="15" t="n">
+      <c r="ZH9" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="ZC9" s="15" t="n">
+      <c r="ZI9" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="ZD9" s="15" t="n">
+      <c r="ZJ9" s="15" t="n">
         <v>6.6</v>
-      </c>
-[...16 lines deleted...]
-        <v>4.8</v>
       </c>
       <c r="ZK9" s="15" t="n">
         <v>5.3</v>
       </c>
       <c r="ZL9" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="ZM9" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="ZM9" s="15" t="n">
+      <c r="ZN9" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="ZO9" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="ZP9" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="ZQ9" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="ZR9" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="ZS9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ZN9" s="15" t="n">
+      <c r="ZT9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="ZO9" s="15" t="n">
+      <c r="ZU9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ZP9" s="15" t="n">
+      <c r="ZV9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ZQ9" s="15" t="n">
+      <c r="ZW9" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="ZR9" s="15" t="n">
+      <c r="ZX9" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="ZS9" s="15" t="n">
+      <c r="ZY9" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="ZT9" s="15" t="n">
+      <c r="ZZ9" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="ZU9" s="15" t="n">
+      <c r="AAA9" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="ZV9" s="15" t="n">
+      <c r="AAB9" s="15" t="n">
         <v>-7.0</v>
       </c>
-      <c r="ZW9" s="15" t="n">
+      <c r="AAC9" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="ZX9" s="15" t="n">
+      <c r="AAD9" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="ZY9" s="15" t="n">
+      <c r="AAE9" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="ZZ9" s="15" t="n">
+      <c r="AAF9" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="AAA9" s="15" t="n">
+      <c r="AAG9" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="AAB9" s="15" t="n">
+      <c r="AAH9" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="AAC9" s="15" t="n">
+      <c r="AAI9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AAD9" s="15" t="n">
+      <c r="AAJ9" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AAE9" s="15" t="n">
+      <c r="AAK9" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="AAF9" s="15" t="n">
+      <c r="AAL9" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="AAG9" s="15" t="n">
+      <c r="AAM9" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="AAH9" s="15" t="n">
+      <c r="AAN9" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="AAI9" s="15" t="n">
+      <c r="AAO9" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="AAJ9" s="15" t="n">
+      <c r="AAP9" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="AAK9" s="15" t="n">
+      <c r="AAQ9" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AAL9" s="15" t="n">
+      <c r="AAR9" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AAM9" s="15" t="n">
+      <c r="AAS9" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AAN9" s="15" t="n">
+      <c r="AAT9" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AAO9" s="15" t="n">
+      <c r="AAU9" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AAP9" s="15" t="n">
+      <c r="AAV9" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AAQ9" s="15" t="n">
+      <c r="AAW9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AAR9" s="15" t="n">
+      <c r="AAX9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AAS9" s="15" t="n">
+      <c r="AAY9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AAT9" s="15" t="n">
+      <c r="AAZ9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AAU9" s="15" t="n">
+      <c r="ABA9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AAV9" s="15" t="n">
+      <c r="ABB9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AAW9" s="15" t="n">
+      <c r="ABC9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AAX9" s="15" t="n">
+      <c r="ABD9" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AAY9" s="15" t="n">
+      <c r="ABE9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AAZ9" s="15" t="n">
+      <c r="ABF9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ABA9" s="15" t="n">
+      <c r="ABG9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ABB9" s="15" t="n">
+      <c r="ABH9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ABC9" s="15" t="n">
+      <c r="ABI9" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ABD9" s="15" t="n">
+      <c r="ABJ9" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="ABE9" s="15" t="n">
+      <c r="ABK9" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ABF9" s="15" t="n">
+      <c r="ABL9" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="ABG9" s="15" t="n">
+      <c r="ABM9" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ABH9" s="15" t="n">
+      <c r="ABN9" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="ABI9" s="15" t="n">
+      <c r="ABO9" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="ABJ9" s="15" t="n">
+      <c r="ABP9" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="ABK9" s="15" t="n">
+      <c r="ABQ9" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="ABL9" s="13" t="inlineStr">
+      <c r="ABR9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABM9" s="13" t="inlineStr">
+      <c r="ABS9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABN9" s="13" t="inlineStr">
+      <c r="ABT9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABO9" s="13" t="inlineStr">
+      <c r="ABU9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABP9" s="13" t="inlineStr">
+      <c r="ABV9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABQ9" s="13" t="inlineStr">
+      <c r="ABW9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABR9" s="13" t="inlineStr">
+      <c r="ABX9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABS9" s="13" t="inlineStr">
+      <c r="ABY9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABT9" s="13" t="inlineStr">
+      <c r="ABZ9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABU9" s="13" t="inlineStr">
+      <c r="ACA9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABV9" s="13" t="inlineStr">
+      <c r="ACB9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABW9" s="13" t="inlineStr">
+      <c r="ACC9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABX9" s="15" t="n">
+      <c r="ACD9" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="ACE9" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="ACF9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ABY9" s="15" t="n">
+      <c r="ACG9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ABZ9" s="15" t="n">
+      <c r="ACH9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ACA9" s="15" t="n">
+      <c r="ACI9" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...22 lines deleted...]
-        <v>-0.3</v>
       </c>
       <c r="ACJ9" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="ACK9" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="ACL9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ACM9" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="ACN9" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="ACO9" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="ACP9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="ACL9" s="15" t="n">
+      <c r="ACQ9" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="ACR9" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="ACS9" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="ACT9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ACM9" s="15" t="n">
+      <c r="ACU9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ACN9" s="15" t="n">
+      <c r="ACV9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ACO9" s="15" t="n">
+      <c r="ACW9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ACP9" s="15" t="n">
+      <c r="ACX9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ACQ9" s="15" t="n">
+      <c r="ACY9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ACR9" s="15" t="n">
+      <c r="ACZ9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ACS9" s="15" t="n">
+      <c r="ADA9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ACT9" s="15" t="n">
+      <c r="ADB9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ACU9" s="15" t="n">
+      <c r="ADC9" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...22 lines deleted...]
-        <v>1.3</v>
       </c>
       <c r="ADD9" s="15" t="n">
         <v>1.1</v>
       </c>
       <c r="ADE9" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="ADF9" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="ADG9" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="ADH9" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="ADI9" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="ADJ9" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="ADK9" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="ADL9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ADF9" s="15" t="n">
+      <c r="ADM9" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="ADN9" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="ADG9" s="15" t="n">
+      <c r="ADO9" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="ADH9" s="15" t="n">
+      <c r="ADP9" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="ADI9" s="15" t="n">
+      <c r="ADQ9" s="15" t="n">
         <v>13.3</v>
       </c>
-      <c r="ADJ9" s="15" t="n">
+      <c r="ADR9" s="15" t="n">
         <v>13.3</v>
       </c>
-      <c r="ADK9" s="15" t="n">
+      <c r="ADS9" s="15" t="n">
         <v>14.6</v>
       </c>
-      <c r="ADL9" s="15" t="n">
+      <c r="ADT9" s="15" t="n">
         <v>15.6</v>
       </c>
-      <c r="ADM9" s="15" t="n">
+      <c r="ADU9" s="15" t="n">
         <v>13.5</v>
       </c>
-      <c r="ADN9" s="15" t="n">
+      <c r="ADV9" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="ADO9" s="15" t="n">
+      <c r="ADW9" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="ADP9" s="15" t="n">
+      <c r="ADX9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ADQ9" s="15" t="n">
+      <c r="ADY9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="ADR9" s="15" t="n">
+      <c r="ADZ9" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="ADS9" s="15" t="n">
+      <c r="AEA9" s="15" t="n">
         <v>13.5</v>
       </c>
-      <c r="ADT9" s="15" t="n">
+      <c r="AEB9" s="15" t="n">
         <v>12.1</v>
       </c>
-      <c r="ADU9" s="15" t="n">
+      <c r="AEC9" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="ADV9" s="15" t="n">
+      <c r="AED9" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="ADW9" s="15" t="n">
+      <c r="AEE9" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="ADX9" s="15" t="n">
+      <c r="AEF9" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="ADY9" s="15" t="n">
+      <c r="AEG9" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="ADZ9" s="15" t="n">
+      <c r="AEH9" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AEA9" s="15" t="n">
+      <c r="AEI9" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AEB9" s="15" t="n">
+      <c r="AEJ9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AEC9" s="15" t="n">
+      <c r="AEK9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AED9" s="15" t="n">
+      <c r="AEL9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AEE9" s="15" t="n">
+      <c r="AEM9" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="AEF9" s="15" t="n">
+      <c r="AEN9" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="AEG9" s="15" t="n">
+      <c r="AEO9" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="AEH9" s="15" t="n">
+      <c r="AEP9" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="AEI9" s="15" t="n">
+      <c r="AEQ9" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="AEJ9" s="15" t="n">
+      <c r="AER9" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="AEK9" s="15" t="n">
+      <c r="AES9" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="AEL9" s="15" t="n">
+      <c r="AET9" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="AEM9" s="15" t="n">
+      <c r="AEU9" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="AEN9" s="15" t="n">
+      <c r="AEV9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AEO9" s="15" t="n">
+      <c r="AEW9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AEP9" s="15" t="n">
+      <c r="AEX9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AEQ9" s="15" t="n">
+      <c r="AEY9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AER9" s="15" t="n">
+      <c r="AEZ9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AES9" s="15" t="n">
+      <c r="AFA9" s="15" t="n">
         <v>1.0</v>
-      </c>
-[...22 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="AFB9" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="AFC9" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="AFD9" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="AFE9" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="AFF9" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="AFG9" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="AFH9" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AFI9" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="AFJ9" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AFK9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AFD9" s="15" t="n">
+      <c r="AFL9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AFE9" s="15" t="n">
+      <c r="AFM9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AFF9" s="15" t="n">
+      <c r="AFN9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AFG9" s="15" t="n">
+      <c r="AFO9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AFH9" s="15" t="n">
+      <c r="AFP9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AFI9" s="15" t="n">
+      <c r="AFQ9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AFJ9" s="15" t="n">
+      <c r="AFR9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AFK9" s="15" t="n">
+      <c r="AFS9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AFL9" s="15" t="n">
+      <c r="AFT9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AFM9" s="15" t="n">
+      <c r="AFU9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AFN9" s="15" t="n">
+      <c r="AFV9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AFO9" s="15" t="n">
+      <c r="AFW9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AFP9" s="15" t="n">
+      <c r="AFX9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AFQ9" s="15" t="n">
+      <c r="AFY9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AFR9" s="15" t="n">
+      <c r="AFZ9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AFS9" s="15" t="n">
+      <c r="AGA9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AFT9" s="15" t="n">
+      <c r="AGB9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AFU9" s="15" t="n">
+      <c r="AGC9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AFV9" s="15" t="n">
+      <c r="AGD9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AFW9" s="15" t="n">
+      <c r="AGE9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AFX9" s="15" t="n">
+      <c r="AGF9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AFY9" s="15" t="n">
+      <c r="AGG9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AFZ9" s="15" t="n">
+      <c r="AGH9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AGA9" s="15" t="n">
+      <c r="AGI9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AGB9" s="15" t="n">
+      <c r="AGJ9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AGC9" s="15" t="n">
+      <c r="AGK9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AGD9" s="15" t="n">
+      <c r="AGL9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AGE9" s="15" t="n">
+      <c r="AGM9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AGF9" s="15" t="n">
+      <c r="AGN9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AGG9" s="15" t="n">
+      <c r="AGO9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AGH9" s="15" t="n">
+      <c r="AGP9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AGI9" s="15" t="n">
+      <c r="AGQ9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AGJ9" s="15" t="n">
+      <c r="AGR9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AGK9" s="15" t="n">
+      <c r="AGS9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AGL9" s="15" t="n">
+      <c r="AGT9" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AGM9" s="15" t="n">
+      <c r="AGU9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AGN9" s="15" t="n">
+      <c r="AGV9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AGO9" s="15" t="n">
+      <c r="AGW9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AGP9" s="15" t="n">
+      <c r="AGX9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AGQ9" s="15" t="n">
+      <c r="AGY9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AGR9" s="15" t="n">
+      <c r="AGZ9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AGS9" s="15" t="n">
+      <c r="AHA9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AGT9" s="15" t="n">
+      <c r="AHB9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AGU9" s="15" t="n">
+      <c r="AHC9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AGV9" s="15" t="n">
+      <c r="AHD9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AGW9" s="15" t="n">
+      <c r="AHE9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AGX9" s="15" t="n">
+      <c r="AHF9" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="AGY9" s="15" t="n">
+      <c r="AHG9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AGZ9" s="15" t="n">
+      <c r="AHH9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AHA9" s="15" t="n">
+      <c r="AHI9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AHB9" s="15" t="n">
+      <c r="AHJ9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AHC9" s="15" t="n">
+      <c r="AHK9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AHD9" s="15" t="n">
+      <c r="AHL9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AHE9" s="15" t="n">
+      <c r="AHM9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AHF9" s="15" t="n">
+      <c r="AHN9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AHG9" s="15" t="n">
+      <c r="AHO9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AHH9" s="15" t="n">
+      <c r="AHP9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AHI9" s="15" t="n">
+      <c r="AHQ9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AHJ9" s="15" t="n">
+      <c r="AHR9" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="AHK9" s="15" t="n">
+      <c r="AHS9" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AHL9" s="15" t="n">
+      <c r="AHT9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AHM9" s="15" t="n">
+      <c r="AHU9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AHN9" s="15" t="n">
+      <c r="AHV9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AHO9" s="15" t="n">
+      <c r="AHW9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AHP9" s="15" t="n">
+      <c r="AHX9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AHQ9" s="15" t="n">
+      <c r="AHY9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AHR9" s="15" t="n">
+      <c r="AHZ9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AHS9" s="15" t="n">
+      <c r="AIA9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AHT9" s="15" t="n">
+      <c r="AIB9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AHU9" s="15" t="n">
+      <c r="AIC9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AHV9" s="15" t="n">
+      <c r="AID9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AHW9" s="15" t="n">
+      <c r="AIE9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AHX9" s="15" t="n">
+      <c r="AIF9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AHY9" s="15" t="n">
+      <c r="AIG9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AHZ9" s="15" t="n">
+      <c r="AIH9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AIA9" s="15" t="n">
+      <c r="AII9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AIB9" s="15" t="n">
+      <c r="AIJ9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AIC9" s="15" t="n">
+      <c r="AIK9" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AID9" s="15" t="n">
+      <c r="AIL9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AIE9" s="15" t="n">
+      <c r="AIM9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AIF9" s="15" t="n">
+      <c r="AIN9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AIG9" s="15" t="n">
+      <c r="AIO9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AIH9" s="15" t="n">
+      <c r="AIP9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AII9" s="15" t="n">
+      <c r="AIQ9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AIJ9" s="15" t="n">
+      <c r="AIR9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AIK9" s="15" t="n">
+      <c r="AIS9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AIL9" s="15" t="n">
+      <c r="AIT9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AIM9" s="15" t="n">
+      <c r="AIU9" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AIN9" s="15" t="n">
+      <c r="AIV9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AIO9" s="15" t="n">
+      <c r="AIW9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AIP9" s="15" t="n">
+      <c r="AIX9" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AIQ9" s="15" t="n">
+      <c r="AIY9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AIR9" s="15" t="n">
+      <c r="AIZ9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AIS9" s="15" t="n">
+      <c r="AJA9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AIT9" s="15" t="n">
+      <c r="AJB9" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="AIU9" s="15" t="n">
+      <c r="AJC9" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AIV9" s="15" t="n">
+      <c r="AJD9" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AIW9" s="15" t="n">
+      <c r="AJE9" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AIX9" s="15" t="n">
+      <c r="AJF9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AIY9" s="15" t="n">
+      <c r="AJG9" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AIZ9" s="15" t="n">
+      <c r="AJH9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AJA9" s="15" t="n">
+      <c r="AJI9" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AJB9" s="15" t="n">
+      <c r="AJJ9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AJC9" s="15" t="n">
+      <c r="AJK9" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AJD9" s="15" t="n">
+      <c r="AJL9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AJE9" s="15" t="n">
+      <c r="AJM9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AJF9" s="15" t="n">
+      <c r="AJN9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AJG9" s="15" t="n">
+      <c r="AJO9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AJH9" s="15" t="n">
+      <c r="AJP9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AJI9" s="15" t="n">
+      <c r="AJQ9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AJJ9" s="15" t="n">
+      <c r="AJR9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AJK9" s="15" t="n">
+      <c r="AJS9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AJL9" s="15" t="n">
+      <c r="AJT9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AJM9" s="15" t="n">
+      <c r="AJU9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AJN9" s="15" t="n">
+      <c r="AJV9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AJO9" s="15" t="n">
+      <c r="AJW9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AJP9" s="15" t="n">
+      <c r="AJX9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AJQ9" s="15" t="n">
+      <c r="AJY9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AJR9" s="15" t="n">
+      <c r="AJZ9" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="AJS9" s="15" t="n">
+      <c r="AKA9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AJT9" s="15" t="n">
+      <c r="AKB9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AJU9" s="15" t="n">
+      <c r="AKC9" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AJV9" s="15" t="n">
+      <c r="AKD9" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AJW9" s="15" t="n">
+      <c r="AKE9" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="AJX9" s="15" t="n">
+      <c r="AKF9" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="AJY9" s="15" t="n">
+      <c r="AKG9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AJZ9" s="15" t="n">
+      <c r="AKH9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AKA9" s="15" t="n">
+      <c r="AKI9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AKB9" s="15" t="n">
+      <c r="AKJ9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AKC9" s="15" t="n">
+      <c r="AKK9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AKD9" s="15" t="n">
+      <c r="AKL9" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AKE9" s="15" t="n">
+      <c r="AKM9" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AKF9" s="15" t="n">
+      <c r="AKN9" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AKG9" s="15" t="n">
+      <c r="AKO9" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AKH9" s="15" t="n">
+      <c r="AKP9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AKI9" s="15" t="n">
+      <c r="AKQ9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AKJ9" s="15" t="n">
+      <c r="AKR9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AKK9" s="15" t="n">
+      <c r="AKS9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AKL9" s="15" t="n">
+      <c r="AKT9" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AKM9" s="15" t="n">
+      <c r="AKU9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AKN9" s="15" t="n">
+      <c r="AKV9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AKO9" s="15" t="n">
+      <c r="AKW9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AKP9" s="15" t="n">
+      <c r="AKX9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AKQ9" s="15" t="n">
+      <c r="AKY9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AKR9" s="15" t="n">
+      <c r="AKZ9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AKS9" s="15" t="n">
+      <c r="ALA9" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AKT9" s="15" t="n">
+      <c r="ALB9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AKU9" s="15" t="n">
+      <c r="ALC9" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AKV9" s="15" t="n">
+      <c r="ALD9" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AKW9" s="15" t="n">
+      <c r="ALE9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AKX9" s="15" t="n">
+      <c r="ALF9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AKY9" s="15" t="n">
+      <c r="ALG9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AKZ9" s="15" t="n">
+      <c r="ALH9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ALA9" s="15" t="n">
+      <c r="ALI9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ALB9" s="13" t="inlineStr">
+      <c r="ALJ9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALC9" s="13" t="inlineStr">
+      <c r="ALK9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALD9" s="13" t="inlineStr">
+      <c r="ALL9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALE9" s="13" t="inlineStr">
+      <c r="ALM9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALF9" s="13" t="inlineStr">
+      <c r="ALN9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALG9" s="13" t="inlineStr">
+      <c r="ALO9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALH9" s="13" t="inlineStr">
+      <c r="ALP9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALI9" s="13" t="inlineStr">
+      <c r="ALQ9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALJ9" s="13" t="inlineStr">
+      <c r="ALR9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALK9" s="13" t="inlineStr">
+      <c r="ALS9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALL9" s="13" t="inlineStr">
+      <c r="ALT9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALM9" s="13" t="inlineStr">
+      <c r="ALU9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>132.242</v>
+        <v>132.616</v>
       </c>
       <c r="C10" s="14" t="n">
+        <v>126.28</v>
+      </c>
+      <c r="D10" s="14" t="n">
+        <v>132.554</v>
+      </c>
+      <c r="E10" s="14" t="n">
         <v>127.621</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>132.305</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>134.302</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>130.942</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>110.374</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>114.432</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>132.054</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="L10" s="14" t="n">
         <v>158.585</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="M10" s="14" t="n">
         <v>151.06</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>153.668</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>147.738</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>128.774</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>129.747</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>139.697</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>127.026</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>117.661</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="U10" s="14" t="n">
         <v>104.117</v>
       </c>
-      <c r="T10" s="14" t="n">
+      <c r="V10" s="14" t="n">
         <v>96.21</v>
       </c>
-      <c r="U10" s="14" t="n">
+      <c r="W10" s="14" t="n">
         <v>98.969</v>
       </c>
-      <c r="V10" s="14" t="n">
+      <c r="X10" s="14" t="n">
         <v>112.511</v>
       </c>
-      <c r="W10" s="14" t="n">
+      <c r="Y10" s="14" t="n">
         <v>132.486</v>
       </c>
-      <c r="X10" s="14" t="n">
+      <c r="Z10" s="14" t="n">
         <v>133.994</v>
       </c>
-      <c r="Y10" s="14" t="n">
+      <c r="AA10" s="14" t="n">
         <v>131.891</v>
       </c>
-      <c r="Z10" s="14" t="n">
+      <c r="AB10" s="14" t="n">
         <v>142.314</v>
       </c>
-      <c r="AA10" s="14" t="n">
+      <c r="AC10" s="14" t="n">
         <v>148.961</v>
       </c>
-      <c r="AB10" s="14" t="n">
+      <c r="AD10" s="14" t="n">
         <v>142.898</v>
       </c>
-      <c r="AC10" s="14" t="n">
+      <c r="AE10" s="14" t="n">
         <v>141.986</v>
       </c>
-      <c r="AD10" s="14" t="n">
+      <c r="AF10" s="14" t="n">
         <v>143.945</v>
       </c>
-      <c r="AE10" s="14" t="n">
+      <c r="AG10" s="14" t="n">
         <v>138.052</v>
       </c>
-      <c r="AF10" s="14" t="n">
+      <c r="AH10" s="14" t="n">
         <v>143.055</v>
       </c>
-      <c r="AG10" s="14" t="n">
+      <c r="AI10" s="14" t="n">
         <v>152.381</v>
       </c>
-      <c r="AH10" s="14" t="n">
+      <c r="AJ10" s="14" t="n">
         <v>170.178</v>
       </c>
-      <c r="AI10" s="14" t="n">
+      <c r="AK10" s="14" t="n">
         <v>154.477</v>
       </c>
-      <c r="AJ10" s="14" t="n">
+      <c r="AL10" s="14" t="n">
         <v>180.087</v>
       </c>
-      <c r="AK10" s="14" t="n">
+      <c r="AM10" s="14" t="n">
         <v>180.178</v>
       </c>
-      <c r="AL10" s="14" t="n">
+      <c r="AN10" s="14" t="n">
         <v>195.323</v>
       </c>
-      <c r="AM10" s="14" t="n">
+      <c r="AO10" s="14" t="n">
         <v>225.672</v>
       </c>
-      <c r="AN10" s="14" t="n">
+      <c r="AP10" s="14" t="n">
         <v>225.837</v>
       </c>
-      <c r="AO10" s="14" t="n">
+      <c r="AQ10" s="14" t="n">
         <v>193.006</v>
       </c>
-      <c r="AP10" s="14" t="n">
+      <c r="AR10" s="14" t="n">
         <v>181.621</v>
       </c>
-      <c r="AQ10" s="14" t="n">
+      <c r="AS10" s="14" t="n">
         <v>178.599</v>
       </c>
-      <c r="AR10" s="14" t="n">
+      <c r="AT10" s="14" t="n">
         <v>181.929</v>
       </c>
-      <c r="AS10" s="14" t="n">
+      <c r="AU10" s="14" t="n">
         <v>191.109</v>
       </c>
-      <c r="AT10" s="14" t="n">
+      <c r="AV10" s="14" t="n">
         <v>170.171</v>
       </c>
-      <c r="AU10" s="14" t="n">
+      <c r="AW10" s="14" t="n">
         <v>167.653</v>
       </c>
-      <c r="AV10" s="14" t="n">
+      <c r="AX10" s="14" t="n">
         <v>153.504</v>
       </c>
-      <c r="AW10" s="14" t="n">
+      <c r="AY10" s="14" t="n">
         <v>137.822</v>
       </c>
-      <c r="AX10" s="14" t="n">
+      <c r="AZ10" s="14" t="n">
         <v>137.14</v>
       </c>
-      <c r="AY10" s="14" t="n">
+      <c r="BA10" s="14" t="n">
         <v>117.671</v>
       </c>
-      <c r="AZ10" s="14" t="n">
+      <c r="BB10" s="14" t="n">
         <v>98.655</v>
       </c>
-      <c r="BA10" s="14" t="n">
+      <c r="BC10" s="14" t="n">
         <v>91.827</v>
       </c>
-      <c r="BB10" s="14" t="n">
+      <c r="BD10" s="14" t="n">
         <v>87.253</v>
       </c>
-      <c r="BC10" s="14" t="n">
+      <c r="BE10" s="14" t="n">
         <v>80.8</v>
       </c>
-      <c r="BD10" s="14" t="n">
+      <c r="BF10" s="14" t="n">
         <v>79.173</v>
       </c>
-      <c r="BE10" s="14" t="n">
+      <c r="BG10" s="14" t="n">
         <v>71.193</v>
       </c>
-      <c r="BF10" s="14" t="n">
+      <c r="BH10" s="14" t="n">
         <v>67.014</v>
       </c>
-      <c r="BG10" s="14" t="n">
+      <c r="BI10" s="14" t="n">
         <v>77.947</v>
       </c>
-      <c r="BH10" s="14" t="n">
+      <c r="BJ10" s="14" t="n">
         <v>70.389</v>
       </c>
-      <c r="BI10" s="14" t="n">
+      <c r="BK10" s="14" t="n">
         <v>69.597</v>
       </c>
-      <c r="BJ10" s="14" t="n">
+      <c r="BL10" s="14" t="n">
         <v>67.538</v>
       </c>
-      <c r="BK10" s="14" t="n">
+      <c r="BM10" s="14" t="n">
         <v>69.56</v>
       </c>
-      <c r="BL10" s="14" t="n">
+      <c r="BN10" s="14" t="n">
         <v>67.212</v>
       </c>
-      <c r="BM10" s="14" t="n">
+      <c r="BO10" s="14" t="n">
         <v>67.554</v>
       </c>
-      <c r="BN10" s="14" t="n">
+      <c r="BP10" s="14" t="n">
         <v>64.401</v>
       </c>
-      <c r="BO10" s="14" t="n">
+      <c r="BQ10" s="14" t="n">
         <v>60.193</v>
       </c>
-      <c r="BP10" s="14" t="n">
+      <c r="BR10" s="14" t="n">
         <v>59.893</v>
       </c>
-      <c r="BQ10" s="14" t="n">
+      <c r="BS10" s="14" t="n">
         <v>64.711</v>
       </c>
-      <c r="BR10" s="14" t="n">
+      <c r="BT10" s="14" t="n">
         <v>68.753</v>
       </c>
-      <c r="BS10" s="14" t="n">
+      <c r="BU10" s="14" t="n">
         <v>71.622</v>
       </c>
-      <c r="BT10" s="14" t="n">
+      <c r="BV10" s="14" t="n">
         <v>69.93</v>
       </c>
-      <c r="BU10" s="14" t="n">
+      <c r="BW10" s="14" t="n">
         <v>72.258</v>
       </c>
-      <c r="BV10" s="14" t="n">
+      <c r="BX10" s="14" t="n">
         <v>73.919</v>
       </c>
-      <c r="BW10" s="14" t="n">
+      <c r="BY10" s="14" t="n">
         <v>71.909</v>
       </c>
-      <c r="BX10" s="14" t="n">
+      <c r="BZ10" s="14" t="n">
         <v>73.849</v>
       </c>
-      <c r="BY10" s="14" t="n">
+      <c r="CA10" s="14" t="n">
         <v>76.367</v>
       </c>
-      <c r="BZ10" s="14" t="n">
+      <c r="CB10" s="14" t="n">
         <v>74.539</v>
       </c>
-      <c r="CA10" s="14" t="n">
+      <c r="CC10" s="14" t="n">
         <v>75.382</v>
       </c>
-      <c r="CB10" s="14" t="n">
+      <c r="CD10" s="14" t="n">
         <v>76.21</v>
       </c>
-      <c r="CC10" s="14" t="n">
+      <c r="CE10" s="14" t="n">
         <v>75.72</v>
       </c>
-      <c r="CD10" s="14" t="n">
+      <c r="CF10" s="14" t="n">
         <v>78.748</v>
       </c>
-      <c r="CE10" s="14" t="n">
+      <c r="CG10" s="14" t="n">
         <v>81.365</v>
       </c>
-      <c r="CF10" s="14" t="n">
+      <c r="CH10" s="14" t="n">
         <v>80.374</v>
       </c>
-      <c r="CG10" s="14" t="n">
+      <c r="CI10" s="14" t="n">
         <v>80.159</v>
       </c>
-      <c r="CH10" s="14" t="n">
+      <c r="CJ10" s="14" t="n">
         <v>81.576</v>
       </c>
-      <c r="CI10" s="14" t="n">
+      <c r="CK10" s="14" t="n">
         <v>83.048</v>
       </c>
-      <c r="CJ10" s="14" t="n">
+      <c r="CL10" s="14" t="n">
         <v>80.551</v>
       </c>
-      <c r="CK10" s="14" t="n">
+      <c r="CM10" s="14" t="n">
         <v>79.216</v>
       </c>
-      <c r="CL10" s="14" t="n">
+      <c r="CN10" s="14" t="n">
         <v>76.945</v>
       </c>
-      <c r="CM10" s="14" t="n">
+      <c r="CO10" s="14" t="n">
         <v>73.851</v>
       </c>
-      <c r="CN10" s="14" t="n">
+      <c r="CP10" s="14" t="n">
         <v>71.064</v>
       </c>
-      <c r="CO10" s="14" t="n">
+      <c r="CQ10" s="14" t="n">
         <v>71.04</v>
       </c>
-      <c r="CP10" s="14" t="n">
+      <c r="CR10" s="14" t="n">
         <v>75.492</v>
       </c>
-      <c r="CQ10" s="14" t="n">
+      <c r="CS10" s="14" t="n">
         <v>74.455</v>
       </c>
-      <c r="CR10" s="14" t="n">
+      <c r="CT10" s="14" t="n">
         <v>75.989</v>
       </c>
-      <c r="CS10" s="14" t="n">
+      <c r="CU10" s="14" t="n">
         <v>76.016</v>
       </c>
-      <c r="CT10" s="14" t="n">
+      <c r="CV10" s="14" t="n">
         <v>74.639</v>
       </c>
-      <c r="CU10" s="14" t="n">
+      <c r="CW10" s="14" t="n">
         <v>71.921</v>
       </c>
-      <c r="CV10" s="14" t="n">
+      <c r="CX10" s="14" t="n">
         <v>70.886</v>
       </c>
-      <c r="CW10" s="14" t="n">
+      <c r="CY10" s="14" t="n">
         <v>72.235</v>
       </c>
-      <c r="CX10" s="14" t="n">
+      <c r="CZ10" s="14" t="n">
         <v>72.857</v>
       </c>
-      <c r="CY10" s="14" t="n">
+      <c r="DA10" s="14" t="n">
         <v>70.961</v>
       </c>
-      <c r="CZ10" s="14" t="n">
+      <c r="DB10" s="14" t="n">
         <v>70.201</v>
       </c>
-      <c r="DA10" s="14" t="n">
+      <c r="DC10" s="14" t="n">
         <v>69.732</v>
       </c>
-      <c r="DB10" s="14" t="n">
+      <c r="DD10" s="14" t="n">
         <v>74.115</v>
       </c>
-      <c r="DC10" s="14" t="n">
+      <c r="DE10" s="14" t="n">
         <v>81.672</v>
       </c>
-      <c r="DD10" s="14" t="n">
+      <c r="DF10" s="14" t="n">
         <v>76.87</v>
       </c>
-      <c r="DE10" s="14" t="n">
+      <c r="DG10" s="14" t="n">
         <v>74.312</v>
       </c>
-      <c r="DF10" s="14" t="n">
+      <c r="DH10" s="14" t="n">
         <v>72.85</v>
       </c>
-      <c r="DG10" s="14" t="n">
+      <c r="DI10" s="14" t="n">
         <v>68.636</v>
       </c>
-      <c r="DH10" s="14" t="n">
+      <c r="DJ10" s="14" t="n">
         <v>67.425</v>
       </c>
-      <c r="DI10" s="14" t="n">
+      <c r="DK10" s="14" t="n">
         <v>67.929</v>
       </c>
-      <c r="DJ10" s="14" t="n">
+      <c r="DL10" s="14" t="n">
         <v>66.76</v>
       </c>
-      <c r="DK10" s="14" t="n">
+      <c r="DM10" s="14" t="n">
         <v>60.937</v>
       </c>
-      <c r="DL10" s="14" t="n">
+      <c r="DN10" s="14" t="n">
         <v>60.64</v>
       </c>
-      <c r="DM10" s="14" t="n">
+      <c r="DO10" s="14" t="n">
         <v>63.138</v>
       </c>
-      <c r="DN10" s="14" t="n">
+      <c r="DP10" s="14" t="n">
         <v>63.931</v>
       </c>
-      <c r="DO10" s="14" t="n">
+      <c r="DQ10" s="14" t="n">
         <v>66.955</v>
       </c>
-      <c r="DP10" s="14" t="n">
+      <c r="DR10" s="14" t="n">
         <v>74.688</v>
       </c>
-      <c r="DQ10" s="14" t="n">
+      <c r="DS10" s="14" t="n">
         <v>73.735</v>
       </c>
-      <c r="DR10" s="14" t="n">
+      <c r="DT10" s="14" t="n">
         <v>73.287</v>
       </c>
-      <c r="DS10" s="14" t="n">
+      <c r="DU10" s="14" t="n">
         <v>74.446</v>
       </c>
-      <c r="DT10" s="14" t="n">
+      <c r="DV10" s="14" t="n">
         <v>76.241</v>
       </c>
-      <c r="DU10" s="14" t="n">
+      <c r="DW10" s="14" t="n">
         <v>80.002</v>
       </c>
-      <c r="DV10" s="14" t="n">
+      <c r="DX10" s="14" t="n">
         <v>77.802</v>
       </c>
-      <c r="DW10" s="14" t="n">
+      <c r="DY10" s="14" t="n">
         <v>73.14</v>
       </c>
-      <c r="DX10" s="14" t="n">
+      <c r="DZ10" s="14" t="n">
         <v>73.679</v>
       </c>
-      <c r="DY10" s="14" t="n">
+      <c r="EA10" s="14" t="n">
         <v>73.464</v>
       </c>
-      <c r="DZ10" s="14" t="n">
+      <c r="EB10" s="14" t="n">
         <v>74.104</v>
       </c>
-      <c r="EA10" s="14" t="n">
+      <c r="EC10" s="14" t="n">
         <v>77.826</v>
       </c>
-      <c r="EB10" s="14" t="n">
+      <c r="ED10" s="14" t="n">
         <v>75.917</v>
       </c>
-      <c r="EC10" s="14" t="n">
+      <c r="EE10" s="14" t="n">
         <v>75.129</v>
       </c>
-      <c r="ED10" s="14" t="n">
+      <c r="EF10" s="14" t="n">
         <v>78.607</v>
       </c>
-      <c r="EE10" s="14" t="n">
+      <c r="EG10" s="14" t="n">
         <v>80.056</v>
       </c>
-      <c r="EF10" s="14" t="n">
+      <c r="EH10" s="14" t="n">
         <v>76.8</v>
       </c>
-      <c r="EG10" s="14" t="n">
+      <c r="EI10" s="14" t="n">
         <v>80.151</v>
       </c>
-      <c r="EH10" s="14" t="n">
+      <c r="EJ10" s="14" t="n">
         <v>80.136</v>
       </c>
-      <c r="EI10" s="14" t="n">
+      <c r="EK10" s="14" t="n">
         <v>76.711</v>
       </c>
-      <c r="EJ10" s="14" t="n">
+      <c r="EL10" s="14" t="n">
         <v>72.401</v>
       </c>
-      <c r="EK10" s="14" t="n">
+      <c r="EM10" s="14" t="n">
         <v>72.522</v>
       </c>
-      <c r="EL10" s="14" t="n">
+      <c r="EN10" s="14" t="n">
         <v>70.932</v>
       </c>
-      <c r="EM10" s="14" t="n">
+      <c r="EO10" s="14" t="n">
         <v>76.172</v>
       </c>
-      <c r="EN10" s="14" t="n">
+      <c r="EP10" s="14" t="n">
         <v>83.24</v>
       </c>
-      <c r="EO10" s="14" t="n">
+      <c r="EQ10" s="14" t="n">
         <v>77.611</v>
       </c>
-      <c r="EP10" s="14" t="n">
+      <c r="ER10" s="14" t="n">
         <v>80.599</v>
       </c>
-      <c r="EQ10" s="14" t="n">
+      <c r="ES10" s="14" t="n">
         <v>80.723</v>
       </c>
-      <c r="ER10" s="14" t="n">
+      <c r="ET10" s="14" t="n">
         <v>79.661</v>
       </c>
-      <c r="ES10" s="14" t="n">
+      <c r="EU10" s="14" t="n">
         <v>80.44</v>
       </c>
-      <c r="ET10" s="14" t="n">
+      <c r="EV10" s="14" t="n">
         <v>77.111</v>
       </c>
-      <c r="EU10" s="14" t="n">
+      <c r="EW10" s="14" t="n">
         <v>76.362</v>
       </c>
-      <c r="EV10" s="14" t="n">
+      <c r="EX10" s="14" t="n">
         <v>70.95</v>
       </c>
-      <c r="EW10" s="14" t="n">
+      <c r="EY10" s="14" t="n">
         <v>73.958</v>
       </c>
-      <c r="EX10" s="14" t="n">
+      <c r="EZ10" s="14" t="n">
         <v>80.267</v>
       </c>
-      <c r="EY10" s="14" t="n">
+      <c r="FA10" s="14" t="n">
         <v>81.463</v>
       </c>
-      <c r="EZ10" s="14" t="n">
+      <c r="FB10" s="14" t="n">
         <v>77.805</v>
       </c>
-      <c r="FA10" s="14" t="n">
+      <c r="FC10" s="14" t="n">
         <v>76.444</v>
       </c>
-      <c r="FB10" s="14" t="n">
+      <c r="FD10" s="14" t="n">
         <v>76.904</v>
       </c>
-      <c r="FC10" s="14" t="n">
+      <c r="FE10" s="14" t="n">
         <v>76.637</v>
       </c>
-      <c r="FD10" s="14" t="n">
+      <c r="FF10" s="14" t="n">
         <v>78.894</v>
       </c>
-      <c r="FE10" s="14" t="n">
+      <c r="FG10" s="14" t="n">
         <v>78.385</v>
       </c>
-      <c r="FF10" s="14" t="n">
+      <c r="FH10" s="14" t="n">
         <v>76.421</v>
       </c>
-      <c r="FG10" s="14" t="n">
+      <c r="FI10" s="14" t="n">
         <v>75.941</v>
       </c>
-      <c r="FH10" s="14" t="n">
+      <c r="FJ10" s="14" t="n">
         <v>74.201</v>
       </c>
-      <c r="FI10" s="14" t="n">
+      <c r="FK10" s="14" t="n">
         <v>77.975</v>
       </c>
-      <c r="FJ10" s="14" t="n">
+      <c r="FL10" s="14" t="n">
         <v>78.466</v>
       </c>
-      <c r="FK10" s="14" t="n">
+      <c r="FM10" s="14" t="n">
         <v>77.544</v>
       </c>
-      <c r="FL10" s="14" t="n">
+      <c r="FN10" s="14" t="n">
         <v>73.007</v>
       </c>
-      <c r="FM10" s="14" t="n">
+      <c r="FO10" s="14" t="n">
         <v>72.22</v>
       </c>
-      <c r="FN10" s="14" t="n">
+      <c r="FP10" s="14" t="n">
         <v>72.333</v>
       </c>
-      <c r="FO10" s="14" t="n">
+      <c r="FQ10" s="14" t="n">
         <v>71.013</v>
       </c>
-      <c r="FP10" s="14" t="n">
+      <c r="FR10" s="14" t="n">
         <v>71.17</v>
       </c>
-      <c r="FQ10" s="14" t="n">
+      <c r="FS10" s="14" t="n">
         <v>71.643</v>
       </c>
-      <c r="FR10" s="14" t="n">
+      <c r="FT10" s="14" t="n">
         <v>69.366</v>
       </c>
-      <c r="FS10" s="14" t="n">
+      <c r="FU10" s="14" t="n">
         <v>69.191</v>
       </c>
-      <c r="FT10" s="14" t="n">
+      <c r="FV10" s="14" t="n">
         <v>69.083</v>
       </c>
-      <c r="FU10" s="14" t="n">
+      <c r="FW10" s="14" t="n">
         <v>68.919</v>
       </c>
-      <c r="FV10" s="14" t="n">
+      <c r="FX10" s="14" t="n">
         <v>69.088</v>
       </c>
-      <c r="FW10" s="14" t="n">
+      <c r="FY10" s="14" t="n">
         <v>68.922</v>
       </c>
-      <c r="FX10" s="14" t="n">
+      <c r="FZ10" s="14" t="n">
         <v>65.648</v>
       </c>
-      <c r="FY10" s="14" t="n">
+      <c r="GA10" s="14" t="n">
         <v>64.932</v>
       </c>
-      <c r="FZ10" s="14" t="n">
+      <c r="GB10" s="14" t="n">
         <v>64.908</v>
       </c>
-      <c r="GA10" s="14" t="n">
+      <c r="GC10" s="14" t="n">
         <v>63.948</v>
       </c>
-      <c r="GB10" s="14" t="n">
+      <c r="GD10" s="14" t="n">
         <v>64.185</v>
       </c>
-      <c r="GC10" s="14" t="n">
+      <c r="GE10" s="14" t="n">
         <v>64.954</v>
       </c>
-      <c r="GD10" s="14" t="n">
+      <c r="GF10" s="14" t="n">
         <v>63.641</v>
       </c>
-      <c r="GE10" s="14" t="n">
+      <c r="GG10" s="14" t="n">
         <v>63.04</v>
       </c>
-      <c r="GF10" s="14" t="n">
+      <c r="GH10" s="14" t="n">
         <v>63.158</v>
       </c>
-      <c r="GG10" s="14" t="n">
+      <c r="GI10" s="14" t="n">
         <v>62.851</v>
       </c>
-      <c r="GH10" s="14" t="n">
+      <c r="GJ10" s="14" t="n">
         <v>63.018</v>
       </c>
-      <c r="GI10" s="14" t="n">
+      <c r="GK10" s="14" t="n">
         <v>62.913</v>
       </c>
-      <c r="GJ10" s="14" t="n">
+      <c r="GL10" s="14" t="n">
         <v>61.762</v>
       </c>
-      <c r="GK10" s="14" t="n">
+      <c r="GM10" s="14" t="n">
         <v>61.439</v>
       </c>
-      <c r="GL10" s="14" t="n">
+      <c r="GN10" s="14" t="n">
         <v>61.531</v>
       </c>
-      <c r="GM10" s="14" t="n">
+      <c r="GO10" s="14" t="n">
         <v>61.762</v>
       </c>
-      <c r="GN10" s="14" t="n">
+      <c r="GP10" s="14" t="n">
         <v>62.13</v>
       </c>
-      <c r="GO10" s="14" t="n">
+      <c r="GQ10" s="14" t="n">
         <v>62.959</v>
       </c>
-      <c r="GP10" s="14" t="n">
+      <c r="GR10" s="14" t="n">
         <v>62.821</v>
       </c>
-      <c r="GQ10" s="14" t="n">
+      <c r="GS10" s="14" t="n">
         <v>62.453</v>
       </c>
-      <c r="GR10" s="14" t="n">
+      <c r="GT10" s="14" t="n">
         <v>62.591</v>
       </c>
-      <c r="GS10" s="14" t="n">
+      <c r="GU10" s="14" t="n">
         <v>64.617</v>
       </c>
-      <c r="GT10" s="14" t="n">
+      <c r="GV10" s="14" t="n">
         <v>64.479</v>
       </c>
-      <c r="GU10" s="14" t="n">
+      <c r="GW10" s="14" t="n">
         <v>64.433</v>
       </c>
-      <c r="GV10" s="14" t="n">
+      <c r="GX10" s="14" t="n">
         <v>61.716</v>
       </c>
-      <c r="GW10" s="14" t="n">
+      <c r="GY10" s="14" t="n">
         <v>61.439</v>
       </c>
-      <c r="GX10" s="14" t="n">
+      <c r="GZ10" s="14" t="n">
         <v>61.577</v>
       </c>
-      <c r="GY10" s="14" t="n">
+      <c r="HA10" s="14" t="n">
         <v>59.873</v>
       </c>
-      <c r="GZ10" s="14" t="n">
+      <c r="HB10" s="14" t="n">
         <v>60.104</v>
       </c>
-      <c r="HA10" s="14" t="n">
+      <c r="HC10" s="14" t="n">
         <v>60.104</v>
       </c>
-      <c r="HB10" s="14" t="n">
+      <c r="HD10" s="14" t="n">
         <v>54.761</v>
       </c>
-      <c r="HC10" s="14" t="n">
+      <c r="HE10" s="14" t="n">
         <v>54.715</v>
       </c>
-      <c r="HD10" s="14" t="n">
+      <c r="HF10" s="14" t="n">
         <v>54.715</v>
       </c>
-      <c r="HE10" s="14" t="n">
+      <c r="HG10" s="14" t="n">
         <v>54.485</v>
       </c>
-      <c r="HF10" s="14" t="n">
+      <c r="HH10" s="14" t="n">
         <v>54.577</v>
       </c>
-      <c r="HG10" s="14" t="n">
+      <c r="HI10" s="14" t="n">
         <v>54.577</v>
       </c>
-      <c r="HH10" s="14" t="n">
+      <c r="HJ10" s="14" t="n">
         <v>52.642</v>
       </c>
-      <c r="HI10" s="14" t="n">
+      <c r="HK10" s="14" t="n">
         <v>52.596</v>
       </c>
-      <c r="HJ10" s="14" t="n">
+      <c r="HL10" s="14" t="n">
         <v>52.596</v>
-      </c>
-[...4 lines deleted...]
-        <v>52.182</v>
       </c>
       <c r="HM10" s="14" t="n">
         <v>52.228</v>
       </c>
       <c r="HN10" s="14" t="n">
+        <v>52.182</v>
+      </c>
+      <c r="HO10" s="14" t="n">
+        <v>52.228</v>
+      </c>
+      <c r="HP10" s="14" t="n">
         <v>51.86</v>
       </c>
-      <c r="HO10" s="14" t="n">
+      <c r="HQ10" s="14" t="n">
         <v>51.813</v>
       </c>
-      <c r="HP10" s="14" t="n">
+      <c r="HR10" s="14" t="n">
         <v>51.813</v>
       </c>
-      <c r="HQ10" s="14" t="n">
+      <c r="HS10" s="14" t="n">
         <v>52.09</v>
       </c>
-      <c r="HR10" s="14" t="n">
+      <c r="HT10" s="14" t="n">
         <v>52.136</v>
       </c>
-      <c r="HS10" s="14" t="n">
+      <c r="HU10" s="14" t="n">
         <v>52.182</v>
-      </c>
-[...4 lines deleted...]
-        <v>50.202</v>
       </c>
       <c r="HV10" s="14" t="n">
         <v>50.202</v>
       </c>
       <c r="HW10" s="14" t="n">
-        <v>50.248</v>
+        <v>50.202</v>
       </c>
       <c r="HX10" s="14" t="n">
-        <v>50.294</v>
+        <v>50.202</v>
       </c>
       <c r="HY10" s="14" t="n">
         <v>50.248</v>
       </c>
       <c r="HZ10" s="14" t="n">
+        <v>50.294</v>
+      </c>
+      <c r="IA10" s="14" t="n">
+        <v>50.248</v>
+      </c>
+      <c r="IB10" s="14" t="n">
         <v>49.465</v>
       </c>
-      <c r="IA10" s="14" t="n">
+      <c r="IC10" s="14" t="n">
         <v>49.465</v>
       </c>
-      <c r="IB10" s="14" t="n">
+      <c r="ID10" s="14" t="n">
         <v>49.511</v>
-      </c>
-[...4 lines deleted...]
-        <v>49.649</v>
       </c>
       <c r="IE10" s="14" t="n">
         <v>49.603</v>
       </c>
       <c r="IF10" s="14" t="n">
+        <v>49.649</v>
+      </c>
+      <c r="IG10" s="14" t="n">
+        <v>49.603</v>
+      </c>
+      <c r="IH10" s="14" t="n">
         <v>47.3</v>
       </c>
-      <c r="IG10" s="14" t="n">
+      <c r="II10" s="14" t="n">
         <v>47.208</v>
-      </c>
-[...4 lines deleted...]
-        <v>46.241</v>
       </c>
       <c r="IJ10" s="14" t="n">
         <v>46.241</v>
       </c>
       <c r="IK10" s="14" t="n">
+        <v>46.241</v>
+      </c>
+      <c r="IL10" s="14" t="n">
+        <v>46.241</v>
+      </c>
+      <c r="IM10" s="14" t="n">
         <v>45.826</v>
       </c>
-      <c r="IL10" s="14" t="n">
+      <c r="IN10" s="14" t="n">
         <v>45.78</v>
       </c>
-      <c r="IM10" s="14" t="n">
+      <c r="IO10" s="14" t="n">
         <v>45.688</v>
       </c>
-      <c r="IN10" s="14" t="n">
+      <c r="IP10" s="14" t="n">
         <v>45.596</v>
       </c>
-      <c r="IO10" s="14" t="n">
+      <c r="IQ10" s="14" t="n">
         <v>45.596</v>
       </c>
-      <c r="IP10" s="14" t="n">
+      <c r="IR10" s="14" t="n">
         <v>45.504</v>
       </c>
-      <c r="IQ10" s="14" t="n">
+      <c r="IS10" s="14" t="n">
         <v>45.458</v>
       </c>
-      <c r="IR10" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="IT10" s="15" t="n">
-        <v>-1.5</v>
+        <v>5.0</v>
       </c>
       <c r="IU10" s="15" t="n">
-        <v>2.6</v>
+        <v>-4.7</v>
       </c>
       <c r="IV10" s="15" t="n">
-        <v>18.6</v>
+        <v>3.9</v>
       </c>
       <c r="IW10" s="15" t="n">
         <v>-3.5</v>
       </c>
       <c r="IX10" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="IY10" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="IZ10" s="15" t="n">
+        <v>18.6</v>
+      </c>
+      <c r="JA10" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="JB10" s="15" t="n">
         <v>-13.3</v>
       </c>
-      <c r="IY10" s="15" t="n">
+      <c r="JC10" s="15" t="n">
         <v>-16.7</v>
       </c>
-      <c r="IZ10" s="15" t="n">
+      <c r="JD10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="JA10" s="15" t="n">
+      <c r="JE10" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="JB10" s="15" t="n">
+      <c r="JF10" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="JC10" s="15" t="n">
+      <c r="JG10" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="JD10" s="15" t="n">
+      <c r="JH10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="JE10" s="15" t="n">
+      <c r="JI10" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="JF10" s="15" t="n">
+      <c r="JJ10" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="JG10" s="15" t="n">
+      <c r="JK10" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="JH10" s="15" t="n">
+      <c r="JL10" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="JI10" s="15" t="n">
+      <c r="JM10" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="JJ10" s="15" t="n">
+      <c r="JN10" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="JK10" s="15" t="n">
+      <c r="JO10" s="15" t="n">
         <v>-12.0</v>
       </c>
-      <c r="JL10" s="15" t="n">
+      <c r="JP10" s="15" t="n">
         <v>-15.1</v>
       </c>
-      <c r="JM10" s="15" t="n">
+      <c r="JQ10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="JN10" s="15" t="n">
+      <c r="JR10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="JO10" s="15" t="n">
+      <c r="JS10" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="JP10" s="15" t="n">
+      <c r="JT10" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="JQ10" s="15" t="n">
+      <c r="JU10" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="JR10" s="15" t="n">
+      <c r="JV10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JS10" s="15" t="n">
+      <c r="JW10" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="JT10" s="15" t="n">
+      <c r="JX10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="JU10" s="15" t="n">
+      <c r="JY10" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="JV10" s="15" t="n">
+      <c r="JZ10" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="JW10" s="15" t="n">
+      <c r="KA10" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="JX10" s="15" t="n">
+      <c r="KB10" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="JY10" s="15" t="n">
+      <c r="KC10" s="15" t="n">
         <v>-14.2</v>
       </c>
-      <c r="JZ10" s="15" t="n">
+      <c r="KD10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KA10" s="15" t="n">
+      <c r="KE10" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="KB10" s="15" t="n">
+      <c r="KF10" s="15" t="n">
         <v>-13.4</v>
       </c>
-      <c r="KC10" s="15" t="n">
+      <c r="KG10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KD10" s="15" t="n">
+      <c r="KH10" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="KE10" s="15" t="n">
+      <c r="KI10" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="KF10" s="15" t="n">
+      <c r="KJ10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="KG10" s="15" t="n">
+      <c r="KK10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="KH10" s="15" t="n">
+      <c r="KL10" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="KI10" s="15" t="n">
+      <c r="KM10" s="15" t="n">
         <v>12.3</v>
       </c>
-      <c r="KJ10" s="15" t="n">
+      <c r="KN10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="KK10" s="15" t="n">
+      <c r="KO10" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="KL10" s="15" t="n">
+      <c r="KP10" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="KM10" s="15" t="n">
+      <c r="KQ10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="KN10" s="15" t="n">
+      <c r="KR10" s="15" t="n">
         <v>16.5</v>
       </c>
-      <c r="KO10" s="15" t="n">
+      <c r="KS10" s="15" t="n">
         <v>19.3</v>
       </c>
-      <c r="KP10" s="15" t="n">
+      <c r="KT10" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="KQ10" s="15" t="n">
+      <c r="KU10" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="KR10" s="15" t="n">
+      <c r="KV10" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="KS10" s="15" t="n">
+      <c r="KW10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="KT10" s="15" t="n">
+      <c r="KX10" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="KU10" s="15" t="n">
+      <c r="KY10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="KV10" s="15" t="n">
+      <c r="KZ10" s="15" t="n">
         <v>-14.0</v>
       </c>
-      <c r="KW10" s="15" t="n">
+      <c r="LA10" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="KX10" s="15" t="n">
+      <c r="LB10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="KY10" s="15" t="n">
+      <c r="LC10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="KZ10" s="15" t="n">
+      <c r="LD10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="LA10" s="15" t="n">
+      <c r="LE10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="LB10" s="15" t="n">
+      <c r="LF10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="LC10" s="15" t="n">
+      <c r="LG10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="LD10" s="15" t="n">
+      <c r="LH10" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="LE10" s="15" t="n">
+      <c r="LI10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="LF10" s="15" t="n">
+      <c r="LJ10" s="15" t="n">
         <v>-7.4</v>
       </c>
-      <c r="LG10" s="15" t="n">
+      <c r="LK10" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="LH10" s="15" t="n">
+      <c r="LL10" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="LI10" s="15" t="n">
+      <c r="LM10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="LJ10" s="15" t="n">
+      <c r="LN10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="LK10" s="15" t="n">
+      <c r="LO10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="LL10" s="15" t="n">
+      <c r="LP10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="LM10" s="15" t="n">
+      <c r="LQ10" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="LN10" s="15" t="n">
+      <c r="LR10" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="LO10" s="15" t="n">
+      <c r="LS10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="LP10" s="15" t="n">
+      <c r="LT10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="LQ10" s="15" t="n">
+      <c r="LU10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="LR10" s="15" t="n">
+      <c r="LV10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="LS10" s="15" t="n">
+      <c r="LW10" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="LT10" s="15" t="n">
+      <c r="LX10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="LU10" s="15" t="n">
+      <c r="LY10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="LV10" s="15" t="n">
+      <c r="LZ10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="LW10" s="15" t="n">
+      <c r="MA10" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="LX10" s="15" t="n">
+      <c r="MB10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="LY10" s="15" t="n">
+      <c r="MC10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="LZ10" s="15" t="n">
+      <c r="MD10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="MA10" s="15" t="n">
+      <c r="ME10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="MB10" s="15" t="n">
+      <c r="MF10" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="MC10" s="15" t="n">
+      <c r="MG10" s="15" t="n">
         <v>3.9</v>
-      </c>
-[...10 lines deleted...]
-        <v>-2.0</v>
       </c>
       <c r="MH10" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="MI10" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="MJ10" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="MK10" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="ML10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MM10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="MJ10" s="15" t="n">
+      <c r="MN10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="MK10" s="15" t="n">
+      <c r="MO10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ML10" s="15" t="n">
+      <c r="MP10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="MM10" s="15" t="n">
+      <c r="MQ10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="MN10" s="15" t="n">
+      <c r="MR10" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="MO10" s="15" t="n">
+      <c r="MS10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="MP10" s="15" t="n">
+      <c r="MT10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MQ10" s="15" t="n">
+      <c r="MU10" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="MR10" s="15" t="n">
+      <c r="MV10" s="15" t="n">
         <v>-9.3</v>
       </c>
-      <c r="MS10" s="15" t="n">
+      <c r="MW10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="MT10" s="15" t="n">
+      <c r="MX10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="MU10" s="15" t="n">
+      <c r="MY10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="MV10" s="15" t="n">
+      <c r="MZ10" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="MW10" s="15" t="n">
+      <c r="NA10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="MX10" s="15" t="n">
+      <c r="NB10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="MY10" s="15" t="n">
+      <c r="NC10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="MZ10" s="15" t="n">
+      <c r="ND10" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="NA10" s="15" t="n">
+      <c r="NE10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="NB10" s="15" t="n">
+      <c r="NF10" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="NC10" s="15" t="n">
+      <c r="NG10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="ND10" s="15" t="n">
+      <c r="NH10" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="NE10" s="15" t="n">
+      <c r="NI10" s="15" t="n">
         <v>-10.4</v>
       </c>
-      <c r="NF10" s="15" t="n">
+      <c r="NJ10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="NG10" s="15" t="n">
+      <c r="NK10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="NH10" s="15" t="n">
+      <c r="NL10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="NI10" s="15" t="n">
+      <c r="NM10" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="NJ10" s="15" t="n">
+      <c r="NN10" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="NK10" s="15" t="n">
+      <c r="NO10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="NL10" s="15" t="n">
+      <c r="NP10" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="NM10" s="15" t="n">
+      <c r="NQ10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="NN10" s="15" t="n">
+      <c r="NR10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="NO10" s="15" t="n">
+      <c r="NS10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="NP10" s="15" t="n">
+      <c r="NT10" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="NQ10" s="15" t="n">
+      <c r="NU10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="NR10" s="15" t="n">
+      <c r="NV10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="NS10" s="15" t="n">
+      <c r="NW10" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="NT10" s="15" t="n">
+      <c r="NX10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="NU10" s="15" t="n">
+      <c r="NY10" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="NV10" s="15" t="n">
+      <c r="NZ10" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="NW10" s="15" t="n">
+      <c r="OA10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NX10" s="15" t="n">
+      <c r="OB10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="NY10" s="15" t="n">
+      <c r="OC10" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="NZ10" s="15" t="n">
+      <c r="OD10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OA10" s="15" t="n">
+      <c r="OE10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="OB10" s="15" t="n">
+      <c r="OF10" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="OC10" s="15" t="n">
+      <c r="OG10" s="15" t="n">
         <v>-8.5</v>
       </c>
-      <c r="OD10" s="15" t="n">
+      <c r="OH10" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="OE10" s="15" t="n">
+      <c r="OI10" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="OF10" s="15" t="n">
+      <c r="OJ10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OG10" s="15" t="n">
+      <c r="OK10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="OH10" s="15" t="n">
+      <c r="OL10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="OI10" s="15" t="n">
+      <c r="OM10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="OJ10" s="15" t="n">
+      <c r="ON10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="OK10" s="15" t="n">
+      <c r="OO10" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="OL10" s="15" t="n">
+      <c r="OP10" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="OM10" s="15" t="n">
+      <c r="OQ10" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="ON10" s="15" t="n">
+      <c r="OR10" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="OO10" s="15" t="n">
+      <c r="OS10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="OP10" s="15" t="n">
+      <c r="OT10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="OQ10" s="15" t="n">
+      <c r="OU10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="OR10" s="15" t="n">
+      <c r="OV10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="OS10" s="15" t="n">
+      <c r="OW10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="OT10" s="15" t="n">
+      <c r="OX10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="OU10" s="15" t="n">
+      <c r="OY10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="OV10" s="15" t="n">
+      <c r="OZ10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="OW10" s="15" t="n">
+      <c r="PA10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="OX10" s="15" t="n">
+      <c r="PB10" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="OY10" s="15" t="n">
+      <c r="PC10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="OZ10" s="15" t="n">
+      <c r="PD10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="PA10" s="15" t="n">
+      <c r="PE10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="PB10" s="15" t="n">
+      <c r="PF10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="PC10" s="15" t="n">
+      <c r="PG10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="PD10" s="15" t="n">
+      <c r="PH10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="PE10" s="15" t="n">
+      <c r="PI10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="PF10" s="15" t="n">
+      <c r="PJ10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="PG10" s="15" t="n">
+      <c r="PK10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="PH10" s="15" t="n">
+      <c r="PL10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PI10" s="15" t="n">
+      <c r="PM10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PJ10" s="15" t="n">
+      <c r="PN10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PK10" s="15" t="n">
+      <c r="PO10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="PL10" s="15" t="n">
+      <c r="PP10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PM10" s="15" t="n">
+      <c r="PQ10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="PN10" s="15" t="n">
+      <c r="PR10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="PO10" s="15" t="n">
+      <c r="PS10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PP10" s="15" t="n">
+      <c r="PT10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="PQ10" s="15" t="n">
+      <c r="PU10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="PR10" s="15" t="n">
+      <c r="PV10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="PS10" s="15" t="n">
+      <c r="PW10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="PT10" s="15" t="n">
+      <c r="PX10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="PU10" s="15" t="n">
+      <c r="PY10" s="15" t="n">
         <v>-0.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.9</v>
       </c>
       <c r="PZ10" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="QA10" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="QB10" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="QC10" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="QD10" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="QE10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="QB10" s="15" t="n">
+      <c r="QF10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="QC10" s="15" t="n">
+      <c r="QG10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="QD10" s="15" t="n">
+      <c r="QH10" s="15" t="n">
         <v>-1.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>-3.1</v>
       </c>
       <c r="QI10" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="QJ10" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="QK10" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="QL10" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="QM10" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="QN10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QK10" s="15" t="n">
+      <c r="QO10" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="QL10" s="15" t="n">
+      <c r="QP10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="QM10" s="15" t="n">
+      <c r="QQ10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QN10" s="15" t="n">
+      <c r="QR10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="QO10" s="15" t="n">
+      <c r="QS10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="QP10" s="15" t="n">
+      <c r="QT10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QQ10" s="15" t="n">
+      <c r="QU10" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="QR10" s="15" t="n">
+      <c r="QV10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QS10" s="15" t="n">
+      <c r="QW10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QT10" s="15" t="n">
+      <c r="QX10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="QU10" s="15" t="n">
+      <c r="QY10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QV10" s="15" t="n">
+      <c r="QZ10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QW10" s="15" t="n">
+      <c r="RA10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="QX10" s="15" t="n">
+      <c r="RB10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QY10" s="15" t="n">
+      <c r="RC10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QZ10" s="15" t="n">
+      <c r="RD10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="RA10" s="15" t="n">
+      <c r="RE10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RB10" s="15" t="n">
+      <c r="RF10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RC10" s="15" t="n">
+      <c r="RG10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="RD10" s="15" t="n">
+      <c r="RH10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RE10" s="15" t="n">
+      <c r="RI10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RF10" s="15" t="n">
+      <c r="RJ10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="RG10" s="15" t="n">
+      <c r="RK10" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="RL10" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="RM10" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="RN10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="RO10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="RP10" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="RQ10" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="RR10" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="RS10" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="RT10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="RU10" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="RV10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="RS10" s="15" t="n">
+      <c r="RW10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RT10" s="15" t="n">
+      <c r="RX10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RU10" s="15" t="n">
+      <c r="RY10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="RV10" s="15" t="n">
+      <c r="RZ10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RW10" s="15" t="n">
+      <c r="SA10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="RX10" s="15" t="n">
+      <c r="SB10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RY10" s="15" t="n">
+      <c r="SC10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RZ10" s="15" t="n">
+      <c r="SD10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="SA10" s="15" t="n">
+      <c r="SE10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="SB10" s="15" t="n">
+      <c r="SF10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="SC10" s="15" t="n">
+      <c r="SG10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="SD10" s="15" t="n">
+      <c r="SH10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="SE10" s="15" t="n">
+      <c r="SI10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="SF10" s="15" t="n">
+      <c r="SJ10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="SG10" s="13" t="inlineStr">
+      <c r="SK10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="SH10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="SI10" s="15" t="n">
+      <c r="SL10" s="15" t="n">
+        <v>-13.7</v>
+      </c>
+      <c r="SM10" s="15" t="n">
+        <v>-14.5</v>
+      </c>
+      <c r="SN10" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="SO10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="SJ10" s="15" t="n">
+      <c r="SP10" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="SK10" s="15" t="n">
+      <c r="SQ10" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="SL10" s="15" t="n">
+      <c r="SR10" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="SM10" s="15" t="n">
+      <c r="SS10" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="SN10" s="15" t="n">
+      <c r="ST10" s="15" t="n">
         <v>18.9</v>
       </c>
-      <c r="SO10" s="15" t="n">
+      <c r="SU10" s="15" t="n">
         <v>33.4</v>
       </c>
-      <c r="SP10" s="15" t="n">
+      <c r="SV10" s="15" t="n">
         <v>41.0</v>
       </c>
-      <c r="SQ10" s="15" t="n">
+      <c r="SW10" s="15" t="n">
         <v>14.0</v>
       </c>
-      <c r="SR10" s="15" t="n">
+      <c r="SX10" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="SS10" s="15" t="n">
+      <c r="SY10" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="ST10" s="15" t="n">
+      <c r="SZ10" s="15" t="n">
         <v>-9.5</v>
       </c>
-      <c r="SU10" s="15" t="n">
+      <c r="TA10" s="15" t="n">
         <v>-12.9</v>
       </c>
-      <c r="SV10" s="15" t="n">
+      <c r="TB10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="SW10" s="15" t="n">
+      <c r="TC10" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="SX10" s="15" t="n">
+      <c r="TD10" s="15" t="n">
         <v>-18.3</v>
       </c>
-      <c r="SY10" s="15" t="n">
+      <c r="TE10" s="15" t="n">
         <v>-24.6</v>
       </c>
-      <c r="SZ10" s="15" t="n">
+      <c r="TF10" s="15" t="n">
         <v>-32.7</v>
       </c>
-      <c r="TA10" s="15" t="n">
+      <c r="TG10" s="15" t="n">
         <v>-35.1</v>
       </c>
-      <c r="TB10" s="15" t="n">
+      <c r="TH10" s="15" t="n">
         <v>-33.9</v>
       </c>
-      <c r="TC10" s="15" t="n">
+      <c r="TI10" s="15" t="n">
         <v>-14.2</v>
       </c>
-      <c r="TD10" s="15" t="n">
+      <c r="TJ10" s="15" t="n">
         <v>-25.6</v>
       </c>
-      <c r="TE10" s="15" t="n">
+      <c r="TK10" s="15" t="n">
         <v>-26.8</v>
       </c>
-      <c r="TF10" s="15" t="n">
+      <c r="TL10" s="15" t="n">
         <v>-27.1</v>
       </c>
-      <c r="TG10" s="15" t="n">
+      <c r="TM10" s="15" t="n">
         <v>-34.0</v>
       </c>
-      <c r="TH10" s="15" t="n">
+      <c r="TN10" s="15" t="n">
         <v>-36.7</v>
       </c>
-      <c r="TI10" s="15" t="n">
+      <c r="TO10" s="15" t="n">
         <v>-26.4</v>
       </c>
-      <c r="TJ10" s="15" t="n">
+      <c r="TP10" s="15" t="n">
         <v>-20.7</v>
       </c>
-      <c r="TK10" s="15" t="n">
+      <c r="TQ10" s="15" t="n">
         <v>-22.7</v>
       </c>
-      <c r="TL10" s="15" t="n">
+      <c r="TR10" s="15" t="n">
         <v>-21.4</v>
       </c>
-      <c r="TM10" s="15" t="n">
+      <c r="TS10" s="15" t="n">
         <v>-20.3</v>
       </c>
-      <c r="TN10" s="15" t="n">
+      <c r="TT10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="TO10" s="15" t="n">
+      <c r="TU10" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="TP10" s="15" t="n">
+      <c r="TV10" s="15" t="n">
         <v>17.3</v>
       </c>
-      <c r="TQ10" s="15" t="n">
+      <c r="TW10" s="15" t="n">
         <v>30.7</v>
       </c>
-      <c r="TR10" s="15" t="n">
+      <c r="TX10" s="15" t="n">
         <v>42.4</v>
       </c>
-      <c r="TS10" s="15" t="n">
+      <c r="TY10" s="15" t="n">
         <v>91.8</v>
       </c>
-      <c r="TT10" s="15" t="n">
+      <c r="TZ10" s="15" t="n">
         <v>128.9</v>
       </c>
-      <c r="TU10" s="15" t="n">
+      <c r="UA10" s="15" t="n">
         <v>110.2</v>
       </c>
-      <c r="TV10" s="15" t="n">
+      <c r="UB10" s="15" t="n">
         <v>108.2</v>
       </c>
-      <c r="TW10" s="15" t="n">
+      <c r="UC10" s="15" t="n">
         <v>121.0</v>
       </c>
-      <c r="TX10" s="15" t="n">
+      <c r="UD10" s="15" t="n">
         <v>129.8</v>
       </c>
-      <c r="TY10" s="15" t="n">
+      <c r="UE10" s="15" t="n">
         <v>168.4</v>
       </c>
-      <c r="TZ10" s="15" t="n">
+      <c r="UF10" s="15" t="n">
         <v>153.9</v>
       </c>
-      <c r="UA10" s="15" t="n">
+      <c r="UG10" s="15" t="n">
         <v>115.1</v>
       </c>
-      <c r="UB10" s="15" t="n">
+      <c r="UH10" s="15" t="n">
         <v>118.1</v>
       </c>
-      <c r="UC10" s="15" t="n">
+      <c r="UI10" s="15" t="n">
         <v>98.0</v>
       </c>
-      <c r="UD10" s="15" t="n">
+      <c r="UJ10" s="15" t="n">
         <v>103.1</v>
       </c>
-      <c r="UE10" s="15" t="n">
+      <c r="UK10" s="15" t="n">
         <v>69.2</v>
       </c>
-      <c r="UF10" s="15" t="n">
+      <c r="UL10" s="15" t="n">
         <v>46.8</v>
       </c>
-      <c r="UG10" s="15" t="n">
+      <c r="UM10" s="15" t="n">
         <v>35.9</v>
       </c>
-      <c r="UH10" s="15" t="n">
+      <c r="UN10" s="15" t="n">
         <v>35.5</v>
       </c>
-      <c r="UI10" s="15" t="n">
+      <c r="UO10" s="15" t="n">
         <v>34.2</v>
       </c>
-      <c r="UJ10" s="15" t="n">
+      <c r="UP10" s="15" t="n">
         <v>32.2</v>
       </c>
-      <c r="UK10" s="15" t="n">
+      <c r="UQ10" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="UL10" s="15" t="n">
+      <c r="UR10" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="UM10" s="15" t="n">
+      <c r="US10" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="UN10" s="15" t="n">
+      <c r="UT10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="UO10" s="15" t="n">
+      <c r="UU10" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="UP10" s="15" t="n">
+      <c r="UV10" s="15" t="n">
         <v>-8.6</v>
       </c>
-      <c r="UQ10" s="15" t="n">
+      <c r="UW10" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="UR10" s="15" t="n">
+      <c r="UX10" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="US10" s="15" t="n">
+      <c r="UY10" s="15" t="n">
         <v>-11.5</v>
       </c>
-      <c r="UT10" s="15" t="n">
+      <c r="UZ10" s="15" t="n">
         <v>-13.6</v>
       </c>
-      <c r="UU10" s="15" t="n">
+      <c r="VA10" s="15" t="n">
         <v>-20.1</v>
       </c>
-      <c r="UV10" s="15" t="n">
+      <c r="VB10" s="15" t="n">
         <v>-21.4</v>
       </c>
-      <c r="UW10" s="15" t="n">
+      <c r="VC10" s="15" t="n">
         <v>-14.5</v>
       </c>
-      <c r="UX10" s="15" t="n">
+      <c r="VD10" s="15" t="n">
         <v>-12.7</v>
       </c>
-      <c r="UY10" s="15" t="n">
+      <c r="VE10" s="15" t="n">
         <v>-12.0</v>
       </c>
-      <c r="UZ10" s="15" t="n">
+      <c r="VF10" s="15" t="n">
         <v>-13.0</v>
       </c>
-      <c r="VA10" s="15" t="n">
+      <c r="VG10" s="15" t="n">
         <v>-9.9</v>
       </c>
-      <c r="VB10" s="15" t="n">
+      <c r="VH10" s="15" t="n">
         <v>-9.4</v>
       </c>
-      <c r="VC10" s="15" t="n">
+      <c r="VI10" s="15" t="n">
         <v>-13.4</v>
       </c>
-      <c r="VD10" s="15" t="n">
+      <c r="VJ10" s="15" t="n">
         <v>-8.3</v>
       </c>
-      <c r="VE10" s="15" t="n">
+      <c r="VK10" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="VF10" s="15" t="n">
+      <c r="VL10" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="VG10" s="15" t="n">
+      <c r="VM10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="VH10" s="15" t="n">
+      <c r="VN10" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="VI10" s="15" t="n">
+      <c r="VO10" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="VJ10" s="15" t="n">
+      <c r="VP10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="VK10" s="15" t="n">
+      <c r="VQ10" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="VL10" s="15" t="n">
+      <c r="VR10" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="VM10" s="15" t="n">
+      <c r="VS10" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="VN10" s="15" t="n">
+      <c r="VT10" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="VO10" s="15" t="n">
+      <c r="VU10" s="15" t="n">
         <v>15.5</v>
       </c>
-      <c r="VP10" s="15" t="n">
+      <c r="VV10" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="VQ10" s="15" t="n">
+      <c r="VW10" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="VR10" s="15" t="n">
+      <c r="VX10" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="VS10" s="15" t="n">
+      <c r="VY10" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="VT10" s="15" t="n">
+      <c r="VZ10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="VU10" s="15" t="n">
+      <c r="WA10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="VV10" s="15" t="n">
+      <c r="WB10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="VW10" s="15" t="n">
+      <c r="WC10" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="VX10" s="15" t="n">
+      <c r="WD10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="VY10" s="15" t="n">
+      <c r="WE10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="VZ10" s="15" t="n">
+      <c r="WF10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="WA10" s="15" t="n">
+      <c r="WG10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="WB10" s="15" t="n">
+      <c r="WH10" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="WC10" s="15" t="n">
+      <c r="WI10" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="WD10" s="15" t="n">
+      <c r="WJ10" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="WE10" s="15" t="n">
+      <c r="WK10" s="15" t="n">
         <v>16.4</v>
       </c>
-      <c r="WF10" s="15" t="n">
+      <c r="WL10" s="15" t="n">
         <v>15.8</v>
       </c>
-      <c r="WG10" s="15" t="n">
+      <c r="WM10" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="WH10" s="15" t="n">
+      <c r="WN10" s="15" t="n">
         <v>15.9</v>
       </c>
-      <c r="WI10" s="15" t="n">
+      <c r="WO10" s="15" t="n">
         <v>22.0</v>
       </c>
-      <c r="WJ10" s="15" t="n">
+      <c r="WP10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="WK10" s="15" t="n">
+      <c r="WQ10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="WL10" s="15" t="n">
+      <c r="WR10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="WM10" s="15" t="n">
+      <c r="WS10" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="WN10" s="15" t="n">
+      <c r="WT10" s="15" t="n">
         <v>-11.6</v>
       </c>
-      <c r="WO10" s="15" t="n">
+      <c r="WU10" s="15" t="n">
         <v>-15.1</v>
       </c>
-      <c r="WP10" s="15" t="n">
+      <c r="WV10" s="15" t="n">
         <v>-14.2</v>
       </c>
-      <c r="WQ10" s="15" t="n">
+      <c r="WW10" s="15" t="n">
         <v>-16.7</v>
       </c>
-      <c r="WR10" s="15" t="n">
+      <c r="WX10" s="15" t="n">
         <v>-17.7</v>
       </c>
-      <c r="WS10" s="15" t="n">
+      <c r="WY10" s="15" t="n">
         <v>-14.1</v>
       </c>
-      <c r="WT10" s="15" t="n">
+      <c r="WZ10" s="15" t="n">
         <v>-13.7</v>
       </c>
-      <c r="WU10" s="15" t="n">
+      <c r="XA10" s="15" t="n">
         <v>-14.0</v>
       </c>
-      <c r="WV10" s="15" t="n">
+      <c r="XB10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="WW10" s="15" t="n">
+      <c r="XC10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="WX10" s="15" t="n">
+      <c r="XD10" s="15" t="n">
         <v>-6.8</v>
       </c>
-      <c r="WY10" s="15" t="n">
+      <c r="XE10" s="15" t="n">
         <v>-7.0</v>
       </c>
-      <c r="WZ10" s="15" t="n">
+      <c r="XF10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="XA10" s="15" t="n">
+      <c r="XG10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="XB10" s="15" t="n">
+      <c r="XH10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="XC10" s="15" t="n">
+      <c r="XI10" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="XD10" s="15" t="n">
+      <c r="XJ10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="XE10" s="15" t="n">
+      <c r="XK10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="XF10" s="15" t="n">
+      <c r="XL10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="XG10" s="15" t="n">
+      <c r="XM10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="XH10" s="15" t="n">
+      <c r="XN10" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="XI10" s="15" t="n">
+      <c r="XO10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="XJ10" s="15" t="n">
+      <c r="XP10" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="XK10" s="15" t="n">
+      <c r="XQ10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="XL10" s="15" t="n">
+      <c r="XR10" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="XM10" s="15" t="n">
+      <c r="XS10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="XN10" s="15" t="n">
+      <c r="XT10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="XO10" s="15" t="n">
+      <c r="XU10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="XP10" s="15" t="n">
+      <c r="XV10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="XQ10" s="15" t="n">
+      <c r="XW10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="XR10" s="15" t="n">
+      <c r="XX10" s="15" t="n">
         <v>-11.6</v>
       </c>
-      <c r="XS10" s="15" t="n">
+      <c r="XY10" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="XT10" s="15" t="n">
+      <c r="XZ10" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="XU10" s="15" t="n">
+      <c r="YA10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="XV10" s="15" t="n">
+      <c r="YB10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="XW10" s="15" t="n">
+      <c r="YC10" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="XX10" s="15" t="n">
+      <c r="YD10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="XY10" s="15" t="n">
+      <c r="YE10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="XZ10" s="15" t="n">
+      <c r="YF10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="YA10" s="15" t="n">
+      <c r="YG10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="YB10" s="15" t="n">
+      <c r="YH10" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="YC10" s="15" t="n">
+      <c r="YI10" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="YD10" s="15" t="n">
+      <c r="YJ10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="YE10" s="15" t="n">
+      <c r="YK10" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="YF10" s="15" t="n">
+      <c r="YL10" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="YG10" s="15" t="n">
+      <c r="YM10" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="YH10" s="15" t="n">
+      <c r="YN10" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="YI10" s="15" t="n">
+      <c r="YO10" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="YJ10" s="15" t="n">
+      <c r="YP10" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="YK10" s="15" t="n">
+      <c r="YQ10" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="YL10" s="15" t="n">
+      <c r="YR10" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="YM10" s="15" t="n">
+      <c r="YS10" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="YN10" s="15" t="n">
+      <c r="YT10" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="YO10" s="15" t="n">
+      <c r="YU10" s="15" t="n">
         <v>13.1</v>
       </c>
-      <c r="YP10" s="15" t="n">
+      <c r="YV10" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="YQ10" s="15" t="n">
+      <c r="YW10" s="15" t="n">
         <v>12.5</v>
       </c>
-      <c r="YR10" s="15" t="n">
+      <c r="YX10" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="YS10" s="15" t="n">
+      <c r="YY10" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="YT10" s="15" t="n">
+      <c r="YZ10" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="YU10" s="15" t="n">
+      <c r="ZA10" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="YV10" s="15" t="n">
+      <c r="ZB10" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="YW10" s="15" t="n">
+      <c r="ZC10" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="YX10" s="15" t="n">
+      <c r="ZD10" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="YY10" s="15" t="n">
+      <c r="ZE10" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="YZ10" s="15" t="n">
+      <c r="ZF10" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="ZA10" s="15" t="n">
+      <c r="ZG10" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="ZB10" s="15" t="n">
+      <c r="ZH10" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="ZC10" s="15" t="n">
+      <c r="ZI10" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="ZD10" s="15" t="n">
+      <c r="ZJ10" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="ZE10" s="15" t="n">
+      <c r="ZK10" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ZF10" s="15" t="n">
+      <c r="ZL10" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="ZG10" s="15" t="n">
+      <c r="ZM10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ZH10" s="15" t="n">
+      <c r="ZN10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ZI10" s="15" t="n">
+      <c r="ZO10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ZJ10" s="15" t="n">
+      <c r="ZP10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ZK10" s="15" t="n">
+      <c r="ZQ10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ZL10" s="15" t="n">
+      <c r="ZR10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ZM10" s="15" t="n">
+      <c r="ZS10" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="ZN10" s="15" t="n">
+      <c r="ZT10" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="ZO10" s="15" t="n">
+      <c r="ZU10" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="ZP10" s="15" t="n">
+      <c r="ZV10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ZQ10" s="15" t="n">
+      <c r="ZW10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ZR10" s="15" t="n">
+      <c r="ZX10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ZS10" s="15" t="n">
+      <c r="ZY10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ZT10" s="15" t="n">
+      <c r="ZZ10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ZU10" s="15" t="n">
+      <c r="AAA10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="ZV10" s="15" t="n">
+      <c r="AAB10" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="ZW10" s="15" t="n">
+      <c r="AAC10" s="15" t="n">
         <v>14.1</v>
       </c>
-      <c r="ZX10" s="15" t="n">
+      <c r="AAD10" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="ZY10" s="15" t="n">
+      <c r="AAE10" s="15" t="n">
         <v>18.6</v>
       </c>
-      <c r="ZZ10" s="15" t="n">
+      <c r="AAF10" s="15" t="n">
         <v>18.1</v>
       </c>
-      <c r="AAA10" s="15" t="n">
+      <c r="AAG10" s="15" t="n">
         <v>18.1</v>
       </c>
-      <c r="AAB10" s="15" t="n">
+      <c r="AAH10" s="15" t="n">
         <v>17.2</v>
       </c>
-      <c r="AAC10" s="15" t="n">
+      <c r="AAI10" s="15" t="n">
         <v>16.8</v>
       </c>
-      <c r="AAD10" s="15" t="n">
+      <c r="AAJ10" s="15" t="n">
         <v>17.1</v>
       </c>
-      <c r="AAE10" s="15" t="n">
+      <c r="AAK10" s="15" t="n">
         <v>14.6</v>
       </c>
-      <c r="AAF10" s="15" t="n">
+      <c r="AAL10" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="AAG10" s="15" t="n">
+      <c r="AAM10" s="15" t="n">
         <v>15.1</v>
       </c>
-      <c r="AAH10" s="15" t="n">
+      <c r="AAN10" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AAI10" s="15" t="n">
+      <c r="AAO10" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AAJ10" s="15" t="n">
+      <c r="AAP10" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AAK10" s="15" t="n">
+      <c r="AAQ10" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AAL10" s="15" t="n">
+      <c r="AAR10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AAM10" s="15" t="n">
+      <c r="AAS10" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AAN10" s="15" t="n">
+      <c r="AAT10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AAO10" s="15" t="n">
+      <c r="AAU10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AAP10" s="15" t="n">
+      <c r="AAV10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AAQ10" s="15" t="n">
+      <c r="AAW10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AAR10" s="15" t="n">
+      <c r="AAX10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AAS10" s="15" t="n">
+      <c r="AAY10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AAT10" s="15" t="n">
+      <c r="AAZ10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AAU10" s="15" t="n">
+      <c r="ABA10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AAV10" s="15" t="n">
+      <c r="ABB10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AAW10" s="15" t="n">
+      <c r="ABC10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AAX10" s="15" t="n">
+      <c r="ABD10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AAY10" s="15" t="n">
+      <c r="ABE10" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AAZ10" s="15" t="n">
+      <c r="ABF10" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="ABA10" s="15" t="n">
+      <c r="ABG10" s="15" t="n">
         <v>6.3</v>
-      </c>
-[...16 lines deleted...]
-        <v>8.3</v>
       </c>
       <c r="ABH10" s="15" t="n">
         <v>8.6</v>
       </c>
       <c r="ABI10" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="ABJ10" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="ABJ10" s="15" t="n">
+      <c r="ABK10" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="ABL10" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="ABM10" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="ABN10" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="ABO10" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="ABP10" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="ABK10" s="15" t="n">
+      <c r="ABQ10" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="ABL10" s="13" t="inlineStr">
+      <c r="ABR10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABM10" s="13" t="inlineStr">
+      <c r="ABS10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABN10" s="13" t="inlineStr">
+      <c r="ABT10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABO10" s="13" t="inlineStr">
+      <c r="ABU10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABP10" s="13" t="inlineStr">
+      <c r="ABV10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABQ10" s="13" t="inlineStr">
+      <c r="ABW10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABR10" s="13" t="inlineStr">
+      <c r="ABX10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABS10" s="13" t="inlineStr">
+      <c r="ABY10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABT10" s="13" t="inlineStr">
+      <c r="ABZ10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABU10" s="13" t="inlineStr">
+      <c r="ACA10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABV10" s="13" t="inlineStr">
+      <c r="ACB10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABW10" s="13" t="inlineStr">
+      <c r="ACC10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABX10" s="15" t="n">
+      <c r="ACD10" s="15" t="n">
+        <v>-13.7</v>
+      </c>
+      <c r="ACE10" s="15" t="n">
+        <v>-17.8</v>
+      </c>
+      <c r="ACF10" s="15" t="n">
+        <v>-13.7</v>
+      </c>
+      <c r="ACG10" s="15" t="n">
+        <v>-16.9</v>
+      </c>
+      <c r="ACH10" s="15" t="n">
         <v>-13.9</v>
       </c>
-      <c r="ABY10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="ABZ10" s="15" t="n">
+      <c r="ACI10" s="15" t="n">
+        <v>-12.6</v>
+      </c>
+      <c r="ACJ10" s="15" t="n">
+        <v>-14.8</v>
+      </c>
+      <c r="ACK10" s="15" t="n">
+        <v>-28.2</v>
+      </c>
+      <c r="ACL10" s="15" t="n">
+        <v>-25.5</v>
+      </c>
+      <c r="ACM10" s="15" t="n">
+        <v>-14.1</v>
+      </c>
+      <c r="ACN10" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="ACO10" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="ACP10" s="15" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="ACQ10" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="ACR10" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="ACS10" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="ACT10" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="ACU10" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="ACV10" s="15" t="n">
+        <v>-12.2</v>
+      </c>
+      <c r="ACW10" s="15" t="n">
+        <v>-22.3</v>
+      </c>
+      <c r="ACX10" s="15" t="n">
+        <v>-28.2</v>
+      </c>
+      <c r="ACY10" s="15" t="n">
+        <v>-26.1</v>
+      </c>
+      <c r="ACZ10" s="15" t="n">
+        <v>-16.0</v>
+      </c>
+      <c r="ADA10" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="ADB10" s="15" t="n">
+        <v>-25.6</v>
+      </c>
+      <c r="ADC10" s="15" t="n">
+        <v>-26.8</v>
+      </c>
+      <c r="ADD10" s="15" t="n">
+        <v>-21.0</v>
+      </c>
+      <c r="ADE10" s="15" t="n">
+        <v>-17.3</v>
+      </c>
+      <c r="ADF10" s="15" t="n">
+        <v>-20.7</v>
+      </c>
+      <c r="ADG10" s="15" t="n">
+        <v>-21.2</v>
+      </c>
+      <c r="ADH10" s="15" t="n">
+        <v>-20.1</v>
+      </c>
+      <c r="ADI10" s="15" t="n">
+        <v>-23.3</v>
+      </c>
+      <c r="ADJ10" s="15" t="n">
+        <v>-20.6</v>
+      </c>
+      <c r="ADK10" s="15" t="n">
+        <v>-15.4</v>
+      </c>
+      <c r="ADL10" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="ADM10" s="15" t="n">
+        <v>-14.2</v>
+      </c>
+      <c r="ADN10" s="15" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="ADO10" s="15" t="n">
+        <v>17.4</v>
+      </c>
+      <c r="ADP10" s="15" t="n">
+        <v>27.2</v>
+      </c>
+      <c r="ADQ10" s="15" t="n">
+        <v>47.0</v>
+      </c>
+      <c r="ADR10" s="15" t="n">
+        <v>47.1</v>
+      </c>
+      <c r="ADS10" s="15" t="n">
+        <v>25.7</v>
+      </c>
+      <c r="ADT10" s="15" t="n">
+        <v>18.3</v>
+      </c>
+      <c r="ADU10" s="15" t="n">
+        <v>16.3</v>
+      </c>
+      <c r="ADV10" s="15" t="n">
+        <v>18.5</v>
+      </c>
+      <c r="ADW10" s="15" t="n">
+        <v>24.5</v>
+      </c>
+      <c r="ADX10" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="ADY10" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="ADZ10" s="15" t="n">
+        <v>118.1</v>
+      </c>
+      <c r="AEA10" s="15" t="n">
+        <v>95.8</v>
+      </c>
+      <c r="AEB10" s="15" t="n">
+        <v>94.8</v>
+      </c>
+      <c r="AEC10" s="15" t="n">
+        <v>67.2</v>
+      </c>
+      <c r="AED10" s="15" t="n">
+        <v>40.2</v>
+      </c>
+      <c r="AEE10" s="15" t="n">
+        <v>30.5</v>
+      </c>
+      <c r="AEF10" s="15" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="AEG10" s="15" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="AEH10" s="15" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="AEI10" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="AEJ10" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="AEK10" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="AEL10" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="AEM10" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="AEN10" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="AEO10" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="AEP10" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="AEQ10" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="AER10" s="15" t="n">
+        <v>-7.9</v>
+      </c>
+      <c r="AES10" s="15" t="n">
         <v>-13.9</v>
       </c>
-      <c r="ACA10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="ACB10" s="15" t="n">
+      <c r="AET10" s="15" t="n">
+        <v>-14.4</v>
+      </c>
+      <c r="AEU10" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="AEV10" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="AEW10" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="AEX10" s="15" t="n">
+        <v>-13.0</v>
+      </c>
+      <c r="AEY10" s="15" t="n">
+        <v>-10.1</v>
+      </c>
+      <c r="AEZ10" s="15" t="n">
+        <v>-8.0</v>
+      </c>
+      <c r="AFA10" s="15" t="n">
+        <v>-10.5</v>
+      </c>
+      <c r="AFB10" s="15" t="n">
+        <v>-8.1</v>
+      </c>
+      <c r="AFC10" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="AFD10" s="15" t="n">
+        <v>-7.3</v>
+      </c>
+      <c r="AFE10" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="AFF10" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="AFG10" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="AFH10" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="AFI10" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="AFJ10" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="AFK10" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="AFL10" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="AFM10" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="AFN10" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="AFO10" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="AFP10" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="AFQ10" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="AFR10" s="15" t="n">
+        <v>-6.5</v>
+      </c>
+      <c r="AFS10" s="15" t="n">
+        <v>-6.5</v>
+      </c>
+      <c r="AFT10" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="AFU10" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="AFV10" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="AFW10" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="AFX10" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="AFY10" s="15" t="n">
+        <v>-6.4</v>
+      </c>
+      <c r="AFZ10" s="15" t="n">
+        <v>-7.8</v>
+      </c>
+      <c r="AGA10" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="AGB10" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="AGC10" s="15" t="n">
+        <v>-7.7</v>
+      </c>
+      <c r="AGD10" s="15" t="n">
+        <v>-8.7</v>
+      </c>
+      <c r="AGE10" s="15" t="n">
+        <v>-9.3</v>
+      </c>
+      <c r="AGF10" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="AGG10" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="AGH10" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="AGI10" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="AGJ10" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="AGK10" s="15" t="n">
+        <v>-8.1</v>
+      </c>
+      <c r="AGL10" s="15" t="n">
+        <v>-9.7</v>
+      </c>
+      <c r="AGM10" s="15" t="n">
+        <v>-9.0</v>
+      </c>
+      <c r="AGN10" s="15" t="n">
+        <v>-10.6</v>
+      </c>
+      <c r="AGO10" s="15" t="n">
+        <v>-18.4</v>
+      </c>
+      <c r="AGP10" s="15" t="n">
+        <v>-18.8</v>
+      </c>
+      <c r="AGQ10" s="15" t="n">
+        <v>-15.5</v>
+      </c>
+      <c r="AGR10" s="15" t="n">
+        <v>-14.4</v>
+      </c>
+      <c r="AGS10" s="15" t="n">
+        <v>-10.4</v>
+      </c>
+      <c r="AGT10" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="AGU10" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="AGV10" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="AGW10" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="AGX10" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AGY10" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="AGZ10" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="AHA10" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="AHB10" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="AHC10" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="AHD10" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="AHE10" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="AHF10" s="15" t="n">
+        <v>-8.8</v>
+      </c>
+      <c r="AHG10" s="15" t="n">
+        <v>-9.7</v>
+      </c>
+      <c r="AHH10" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="AHI10" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="AHJ10" s="15" t="n">
+        <v>-7.7</v>
+      </c>
+      <c r="AHK10" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="AHL10" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="AHM10" s="15" t="n">
+        <v>-7.8</v>
+      </c>
+      <c r="AHN10" s="15" t="n">
+        <v>-13.0</v>
+      </c>
+      <c r="AHO10" s="15" t="n">
+        <v>-12.9</v>
+      </c>
+      <c r="AHP10" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="ACC10" s="15" t="n">
-[...8 lines deleted...]
-      <c r="ACF10" s="15" t="n">
+      <c r="AHQ10" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="AHR10" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="AHS10" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="AHT10" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="AHU10" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="AHV10" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="AHW10" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="AHX10" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="AHY10" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="AHZ10" s="15" t="n">
+        <v>-8.8</v>
+      </c>
+      <c r="AIA10" s="15" t="n">
+        <v>-4.9</v>
+      </c>
+      <c r="AIB10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ACG10" s="15" t="n">
-[...146 lines deleted...]
-      <c r="AED10" s="15" t="n">
+      <c r="AIC10" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="AID10" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="AIE10" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="AIF10" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="AIG10" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="AIH10" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="AII10" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="AIJ10" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="AIK10" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="AIL10" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="AIM10" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="AIN10" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="AIO10" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="AIP10" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="AIQ10" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="AIR10" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="AIS10" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="AIT10" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="AIU10" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="AIV10" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="AIW10" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="AIX10" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="AIY10" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="AIZ10" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="AJA10" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="AJB10" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="AJC10" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="AJD10" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="AJE10" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="AJF10" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="AJG10" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="AJH10" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="AJI10" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="AJJ10" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="AJK10" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="AJL10" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="AJM10" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="AJN10" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AJO10" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="AJP10" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="AJQ10" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AJR10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AEE10" s="15" t="n">
-[...65 lines deleted...]
-      <c r="AFA10" s="15" t="n">
+      <c r="AJS10" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="AJT10" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="AJU10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AFB10" s="15" t="n">
-[...212 lines deleted...]
-      <c r="AHU10" s="15" t="n">
+      <c r="AJV10" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="AJW10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AHV10" s="15" t="n">
-[...20 lines deleted...]
-      <c r="AIC10" s="15" t="n">
+      <c r="AJX10" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="AJY10" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="AJZ10" s="15" t="n">
+        <v>17.2</v>
+      </c>
+      <c r="AKA10" s="15" t="n">
+        <v>16.7</v>
+      </c>
+      <c r="AKB10" s="15" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="AKC10" s="15" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="AKD10" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="AKE10" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="AKF10" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AID10" s="15" t="n">
-[...59 lines deleted...]
-      <c r="AIX10" s="15" t="n">
+      <c r="AKG10" s="15" t="n">
         <v>3.9</v>
-      </c>
-[...103 lines deleted...]
-        <v>4.0</v>
       </c>
       <c r="AKH10" s="15" t="n">
         <v>3.9</v>
       </c>
       <c r="AKI10" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="AKJ10" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="AKK10" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="AKL10" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="AKM10" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="AKN10" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="AKO10" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AKJ10" s="15" t="n">
+      <c r="AKP10" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="AKQ10" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="AKR10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AKK10" s="15" t="n">
+      <c r="AKS10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AKL10" s="15" t="n">
+      <c r="AKT10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AKM10" s="15" t="n">
+      <c r="AKU10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AKN10" s="15" t="n">
+      <c r="AKV10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AKO10" s="15" t="n">
+      <c r="AKW10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AKP10" s="15" t="n">
+      <c r="AKX10" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AKQ10" s="15" t="n">
+      <c r="AKY10" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AKR10" s="15" t="n">
+      <c r="AKZ10" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AKS10" s="15" t="n">
+      <c r="ALA10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="AKT10" s="15" t="n">
+      <c r="ALB10" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="AKU10" s="15" t="n">
+      <c r="ALC10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="AKV10" s="15" t="n">
+      <c r="ALD10" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AKW10" s="15" t="n">
+      <c r="ALE10" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AKX10" s="15" t="n">
+      <c r="ALF10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AKY10" s="15" t="n">
+      <c r="ALG10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AKZ10" s="15" t="n">
+      <c r="ALH10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ALA10" s="15" t="n">
+      <c r="ALI10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="ALB10" s="13" t="inlineStr">
+      <c r="ALJ10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALC10" s="13" t="inlineStr">
+      <c r="ALK10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALD10" s="13" t="inlineStr">
+      <c r="ALL10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALE10" s="13" t="inlineStr">
+      <c r="ALM10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALF10" s="13" t="inlineStr">
+      <c r="ALN10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALG10" s="13" t="inlineStr">
+      <c r="ALO10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALH10" s="13" t="inlineStr">
+      <c r="ALP10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALI10" s="13" t="inlineStr">
+      <c r="ALQ10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALJ10" s="13" t="inlineStr">
+      <c r="ALR10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALK10" s="13" t="inlineStr">
+      <c r="ALS10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALL10" s="13" t="inlineStr">
+      <c r="ALT10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALM10" s="13" t="inlineStr">
+      <c r="ALU10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    E Water supply; sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>109.268</v>
+        <v>109.587</v>
       </c>
       <c r="C11" s="14" t="n">
+        <v>109.474</v>
+      </c>
+      <c r="D11" s="14" t="n">
+        <v>109.256</v>
+      </c>
+      <c r="E11" s="14" t="n">
         <v>109.288</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>108.928</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>109.039</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>108.626</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>108.52</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>108.481</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>108.126</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="L11" s="14" t="n">
         <v>107.549</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="M11" s="14" t="n">
         <v>107.403</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>106.079</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>106.052</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>106.097</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>106.128</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>105.518</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>105.157</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>104.708</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>104.352</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="V11" s="14" t="n">
         <v>104.15</v>
       </c>
-      <c r="U11" s="14" t="n">
+      <c r="W11" s="14" t="n">
         <v>103.912</v>
       </c>
-      <c r="V11" s="14" t="n">
+      <c r="X11" s="14" t="n">
         <v>103.506</v>
       </c>
-      <c r="W11" s="14" t="n">
+      <c r="Y11" s="14" t="n">
         <v>103.533</v>
-      </c>
-[...4 lines deleted...]
-        <v>102.981</v>
       </c>
       <c r="Z11" s="14" t="n">
         <v>102.981</v>
       </c>
       <c r="AA11" s="14" t="n">
+        <v>102.981</v>
+      </c>
+      <c r="AB11" s="14" t="n">
+        <v>102.981</v>
+      </c>
+      <c r="AC11" s="14" t="n">
         <v>102.932</v>
       </c>
-      <c r="AB11" s="14" t="n">
+      <c r="AD11" s="14" t="n">
         <v>102.699</v>
       </c>
-      <c r="AC11" s="14" t="n">
+      <c r="AE11" s="14" t="n">
         <v>102.71</v>
       </c>
-      <c r="AD11" s="14" t="n">
+      <c r="AF11" s="14" t="n">
         <v>102.861</v>
       </c>
-      <c r="AE11" s="14" t="n">
+      <c r="AG11" s="14" t="n">
         <v>102.779</v>
       </c>
-      <c r="AF11" s="14" t="n">
+      <c r="AH11" s="14" t="n">
         <v>102.543</v>
       </c>
-      <c r="AG11" s="14" t="n">
+      <c r="AI11" s="14" t="n">
         <v>102.415</v>
       </c>
-      <c r="AH11" s="14" t="n">
+      <c r="AJ11" s="14" t="n">
         <v>102.394</v>
       </c>
-      <c r="AI11" s="14" t="n">
+      <c r="AK11" s="14" t="n">
         <v>102.077</v>
       </c>
-      <c r="AJ11" s="14" t="n">
+      <c r="AL11" s="14" t="n">
         <v>101.575</v>
       </c>
-      <c r="AK11" s="14" t="n">
+      <c r="AM11" s="14" t="n">
         <v>101.528</v>
       </c>
-      <c r="AL11" s="14" t="n">
+      <c r="AN11" s="14" t="n">
         <v>101.576</v>
       </c>
-      <c r="AM11" s="14" t="n">
+      <c r="AO11" s="14" t="n">
         <v>101.187</v>
       </c>
-      <c r="AN11" s="14" t="n">
+      <c r="AP11" s="14" t="n">
         <v>100.96</v>
       </c>
-      <c r="AO11" s="14" t="n">
+      <c r="AQ11" s="14" t="n">
         <v>100.724</v>
       </c>
-      <c r="AP11" s="14" t="n">
+      <c r="AR11" s="14" t="n">
         <v>100.683</v>
       </c>
-      <c r="AQ11" s="14" t="n">
+      <c r="AS11" s="14" t="n">
         <v>100.799</v>
       </c>
-      <c r="AR11" s="14" t="n">
+      <c r="AT11" s="14" t="n">
         <v>100.903</v>
       </c>
-      <c r="AS11" s="14" t="n">
+      <c r="AU11" s="14" t="n">
         <v>101.022</v>
       </c>
-      <c r="AT11" s="14" t="n">
+      <c r="AV11" s="14" t="n">
         <v>100.851</v>
       </c>
-      <c r="AU11" s="14" t="n">
+      <c r="AW11" s="14" t="n">
         <v>100.807</v>
       </c>
-      <c r="AV11" s="14" t="n">
+      <c r="AX11" s="14" t="n">
         <v>100.149</v>
       </c>
-      <c r="AW11" s="14" t="n">
+      <c r="AY11" s="14" t="n">
         <v>100.038</v>
       </c>
-      <c r="AX11" s="14" t="n">
+      <c r="AZ11" s="14" t="n">
         <v>99.951</v>
       </c>
-      <c r="AY11" s="14" t="n">
+      <c r="BA11" s="14" t="n">
         <v>99.843</v>
       </c>
-      <c r="AZ11" s="14" t="n">
+      <c r="BB11" s="14" t="n">
         <v>99.7</v>
       </c>
-      <c r="BA11" s="14" t="n">
+      <c r="BC11" s="14" t="n">
         <v>99.809</v>
       </c>
-      <c r="BB11" s="14" t="n">
+      <c r="BD11" s="14" t="n">
         <v>99.899</v>
       </c>
-      <c r="BC11" s="14" t="n">
+      <c r="BE11" s="14" t="n">
         <v>99.932</v>
       </c>
-      <c r="BD11" s="14" t="n">
+      <c r="BF11" s="14" t="n">
         <v>100.174</v>
       </c>
-      <c r="BE11" s="14" t="n">
+      <c r="BG11" s="14" t="n">
         <v>100.149</v>
       </c>
-      <c r="BF11" s="14" t="n">
+      <c r="BH11" s="14" t="n">
         <v>100.232</v>
       </c>
-      <c r="BG11" s="14" t="n">
+      <c r="BI11" s="14" t="n">
         <v>100.125</v>
       </c>
-      <c r="BH11" s="14" t="n">
+      <c r="BJ11" s="14" t="n">
         <v>99.935</v>
       </c>
-      <c r="BI11" s="14" t="n">
+      <c r="BK11" s="14" t="n">
         <v>99.798</v>
       </c>
-      <c r="BJ11" s="14" t="n">
+      <c r="BL11" s="14" t="n">
         <v>99.714</v>
       </c>
-      <c r="BK11" s="14" t="n">
+      <c r="BM11" s="14" t="n">
         <v>99.6</v>
       </c>
-      <c r="BL11" s="14" t="n">
+      <c r="BN11" s="14" t="n">
         <v>99.56</v>
       </c>
-      <c r="BM11" s="14" t="n">
+      <c r="BO11" s="14" t="n">
         <v>99.501</v>
       </c>
-      <c r="BN11" s="14" t="n">
+      <c r="BP11" s="14" t="n">
         <v>99.653</v>
       </c>
-      <c r="BO11" s="14" t="n">
+      <c r="BQ11" s="14" t="n">
         <v>99.749</v>
       </c>
-      <c r="BP11" s="14" t="n">
+      <c r="BR11" s="14" t="n">
         <v>99.626</v>
       </c>
-      <c r="BQ11" s="14" t="n">
+      <c r="BS11" s="14" t="n">
         <v>99.307</v>
       </c>
-      <c r="BR11" s="14" t="n">
+      <c r="BT11" s="14" t="n">
         <v>99.287</v>
       </c>
-      <c r="BS11" s="14" t="n">
+      <c r="BU11" s="14" t="n">
         <v>99.152</v>
       </c>
-      <c r="BT11" s="14" t="n">
+      <c r="BV11" s="14" t="n">
         <v>99.007</v>
       </c>
-      <c r="BU11" s="14" t="n">
+      <c r="BW11" s="14" t="n">
         <v>98.922</v>
       </c>
-      <c r="BV11" s="14" t="n">
+      <c r="BX11" s="14" t="n">
         <v>98.857</v>
       </c>
-      <c r="BW11" s="14" t="n">
+      <c r="BY11" s="14" t="n">
         <v>98.881</v>
       </c>
-      <c r="BX11" s="14" t="n">
+      <c r="BZ11" s="14" t="n">
         <v>98.851</v>
       </c>
-      <c r="BY11" s="14" t="n">
+      <c r="CA11" s="14" t="n">
         <v>98.849</v>
       </c>
-      <c r="BZ11" s="14" t="n">
+      <c r="CB11" s="14" t="n">
         <v>98.89</v>
       </c>
-      <c r="CA11" s="14" t="n">
+      <c r="CC11" s="14" t="n">
         <v>98.964</v>
       </c>
-      <c r="CB11" s="14" t="n">
+      <c r="CD11" s="14" t="n">
         <v>99.16</v>
       </c>
-      <c r="CC11" s="14" t="n">
+      <c r="CE11" s="14" t="n">
         <v>99.118</v>
       </c>
-      <c r="CD11" s="14" t="n">
+      <c r="CF11" s="14" t="n">
         <v>99.132</v>
       </c>
-      <c r="CE11" s="14" t="n">
+      <c r="CG11" s="14" t="n">
         <v>99.107</v>
       </c>
-      <c r="CF11" s="14" t="n">
+      <c r="CH11" s="14" t="n">
         <v>99.026</v>
       </c>
-      <c r="CG11" s="14" t="n">
+      <c r="CI11" s="14" t="n">
         <v>98.937</v>
       </c>
-      <c r="CH11" s="14" t="n">
+      <c r="CJ11" s="14" t="n">
         <v>98.877</v>
       </c>
-      <c r="CI11" s="14" t="n">
+      <c r="CK11" s="14" t="n">
         <v>98.679</v>
       </c>
-      <c r="CJ11" s="14" t="n">
+      <c r="CL11" s="14" t="n">
         <v>98.713</v>
       </c>
-      <c r="CK11" s="14" t="n">
+      <c r="CM11" s="14" t="n">
         <v>98.838</v>
       </c>
-      <c r="CL11" s="14" t="n">
+      <c r="CN11" s="14" t="n">
         <v>98.958</v>
       </c>
-      <c r="CM11" s="14" t="n">
+      <c r="CO11" s="14" t="n">
         <v>98.933</v>
       </c>
-      <c r="CN11" s="14" t="n">
+      <c r="CP11" s="14" t="n">
         <v>99.176</v>
       </c>
-      <c r="CO11" s="14" t="n">
+      <c r="CQ11" s="14" t="n">
         <v>99.069</v>
       </c>
-      <c r="CP11" s="14" t="n">
+      <c r="CR11" s="14" t="n">
         <v>98.981</v>
       </c>
-      <c r="CQ11" s="14" t="n">
+      <c r="CS11" s="14" t="n">
         <v>98.741</v>
       </c>
-      <c r="CR11" s="14" t="n">
+      <c r="CT11" s="14" t="n">
         <v>98.409</v>
       </c>
-      <c r="CS11" s="14" t="n">
+      <c r="CU11" s="14" t="n">
         <v>98.272</v>
       </c>
-      <c r="CT11" s="14" t="n">
+      <c r="CV11" s="14" t="n">
         <v>98.2</v>
       </c>
-      <c r="CU11" s="14" t="n">
+      <c r="CW11" s="14" t="n">
         <v>98.229</v>
       </c>
-      <c r="CV11" s="14" t="n">
+      <c r="CX11" s="14" t="n">
         <v>98.308</v>
       </c>
-      <c r="CW11" s="14" t="n">
+      <c r="CY11" s="14" t="n">
         <v>98.197</v>
       </c>
-      <c r="CX11" s="14" t="n">
+      <c r="CZ11" s="14" t="n">
         <v>98.402</v>
       </c>
-      <c r="CY11" s="14" t="n">
+      <c r="DA11" s="14" t="n">
         <v>98.541</v>
       </c>
-      <c r="CZ11" s="14" t="n">
+      <c r="DB11" s="14" t="n">
         <v>98.655</v>
       </c>
-      <c r="DA11" s="14" t="n">
+      <c r="DC11" s="14" t="n">
         <v>98.691</v>
       </c>
-      <c r="DB11" s="14" t="n">
+      <c r="DD11" s="14" t="n">
         <v>98.68</v>
       </c>
-      <c r="DC11" s="14" t="n">
+      <c r="DE11" s="14" t="n">
         <v>98.498</v>
       </c>
-      <c r="DD11" s="14" t="n">
+      <c r="DF11" s="14" t="n">
         <v>98.348</v>
       </c>
-      <c r="DE11" s="14" t="n">
+      <c r="DG11" s="14" t="n">
         <v>98.246</v>
       </c>
-      <c r="DF11" s="14" t="n">
+      <c r="DH11" s="14" t="n">
         <v>98.145</v>
       </c>
-      <c r="DG11" s="14" t="n">
+      <c r="DI11" s="14" t="n">
         <v>98.255</v>
       </c>
-      <c r="DH11" s="14" t="n">
+      <c r="DJ11" s="14" t="n">
         <v>98.613</v>
       </c>
-      <c r="DI11" s="14" t="n">
+      <c r="DK11" s="14" t="n">
         <v>99.191</v>
       </c>
-      <c r="DJ11" s="14" t="n">
+      <c r="DL11" s="14" t="n">
         <v>99.306</v>
       </c>
-      <c r="DK11" s="14" t="n">
+      <c r="DM11" s="14" t="n">
         <v>99.415</v>
       </c>
-      <c r="DL11" s="14" t="n">
+      <c r="DN11" s="14" t="n">
         <v>99.349</v>
       </c>
-      <c r="DM11" s="14" t="n">
+      <c r="DO11" s="14" t="n">
         <v>99.063</v>
       </c>
-      <c r="DN11" s="14" t="n">
+      <c r="DP11" s="14" t="n">
         <v>98.993</v>
       </c>
-      <c r="DO11" s="14" t="n">
+      <c r="DQ11" s="14" t="n">
         <v>99.019</v>
       </c>
-      <c r="DP11" s="14" t="n">
+      <c r="DR11" s="14" t="n">
         <v>98.618</v>
       </c>
-      <c r="DQ11" s="14" t="n">
+      <c r="DS11" s="14" t="n">
         <v>98.553</v>
       </c>
-      <c r="DR11" s="14" t="n">
+      <c r="DT11" s="14" t="n">
         <v>98.416</v>
       </c>
-      <c r="DS11" s="14" t="n">
+      <c r="DU11" s="14" t="n">
         <v>98.243</v>
       </c>
-      <c r="DT11" s="14" t="n">
+      <c r="DV11" s="14" t="n">
         <v>98.337</v>
       </c>
-      <c r="DU11" s="14" t="n">
+      <c r="DW11" s="14" t="n">
         <v>98.212</v>
       </c>
-      <c r="DV11" s="14" t="n">
+      <c r="DX11" s="14" t="n">
         <v>98.213</v>
       </c>
-      <c r="DW11" s="14" t="n">
+      <c r="DY11" s="14" t="n">
         <v>98.18</v>
       </c>
-      <c r="DX11" s="14" t="n">
+      <c r="DZ11" s="14" t="n">
         <v>98.288</v>
       </c>
-      <c r="DY11" s="14" t="n">
+      <c r="EA11" s="14" t="n">
         <v>98.312</v>
       </c>
-      <c r="DZ11" s="14" t="n">
+      <c r="EB11" s="14" t="n">
         <v>97.991</v>
       </c>
-      <c r="EA11" s="14" t="n">
+      <c r="EC11" s="14" t="n">
         <v>98.02</v>
       </c>
-      <c r="EB11" s="14" t="n">
+      <c r="ED11" s="14" t="n">
         <v>97.731</v>
       </c>
-      <c r="EC11" s="14" t="n">
+      <c r="EE11" s="14" t="n">
         <v>97.52</v>
       </c>
-      <c r="ED11" s="14" t="n">
+      <c r="EF11" s="14" t="n">
         <v>97.335</v>
       </c>
-      <c r="EE11" s="14" t="n">
+      <c r="EG11" s="14" t="n">
         <v>97.234</v>
       </c>
-      <c r="EF11" s="14" t="n">
+      <c r="EH11" s="14" t="n">
         <v>97.09</v>
       </c>
-      <c r="EG11" s="14" t="n">
+      <c r="EI11" s="14" t="n">
         <v>97.2</v>
       </c>
-      <c r="EH11" s="14" t="n">
+      <c r="EJ11" s="14" t="n">
         <v>97.404</v>
       </c>
-      <c r="EI11" s="14" t="n">
+      <c r="EK11" s="14" t="n">
         <v>97.502</v>
       </c>
-      <c r="EJ11" s="14" t="n">
+      <c r="EL11" s="14" t="n">
         <v>97.528</v>
       </c>
-      <c r="EK11" s="14" t="n">
+      <c r="EM11" s="14" t="n">
         <v>98.108</v>
       </c>
-      <c r="EL11" s="14" t="n">
+      <c r="EN11" s="14" t="n">
         <v>96.651</v>
       </c>
-      <c r="EM11" s="14" t="n">
+      <c r="EO11" s="14" t="n">
         <v>96.256</v>
       </c>
-      <c r="EN11" s="14" t="n">
+      <c r="EP11" s="14" t="n">
         <v>95.683</v>
       </c>
-      <c r="EO11" s="14" t="n">
+      <c r="EQ11" s="14" t="n">
         <v>95.351</v>
       </c>
-      <c r="EP11" s="14" t="n">
+      <c r="ER11" s="14" t="n">
         <v>95.374</v>
       </c>
-      <c r="EQ11" s="14" t="n">
+      <c r="ES11" s="14" t="n">
         <v>95.343</v>
       </c>
-      <c r="ER11" s="14" t="n">
+      <c r="ET11" s="14" t="n">
         <v>95.275</v>
       </c>
-      <c r="ES11" s="14" t="n">
+      <c r="EU11" s="14" t="n">
         <v>95.286</v>
       </c>
-      <c r="ET11" s="14" t="n">
+      <c r="EV11" s="14" t="n">
         <v>95.398</v>
       </c>
-      <c r="EU11" s="14" t="n">
+      <c r="EW11" s="14" t="n">
         <v>95.314</v>
       </c>
-      <c r="EV11" s="14" t="n">
+      <c r="EX11" s="14" t="n">
         <v>94.865</v>
       </c>
-      <c r="EW11" s="14" t="n">
+      <c r="EY11" s="14" t="n">
         <v>93.612</v>
       </c>
-      <c r="EX11" s="14" t="n">
+      <c r="EZ11" s="14" t="n">
         <v>92.598</v>
       </c>
-      <c r="EY11" s="14" t="n">
+      <c r="FA11" s="14" t="n">
         <v>92.619</v>
       </c>
-      <c r="EZ11" s="14" t="n">
+      <c r="FB11" s="14" t="n">
         <v>91.537</v>
       </c>
-      <c r="FA11" s="14" t="n">
+      <c r="FC11" s="14" t="n">
         <v>91.244</v>
       </c>
-      <c r="FB11" s="14" t="n">
+      <c r="FD11" s="14" t="n">
         <v>90.208</v>
       </c>
-      <c r="FC11" s="14" t="n">
+      <c r="FE11" s="14" t="n">
         <v>90.02</v>
       </c>
-      <c r="FD11" s="14" t="n">
+      <c r="FF11" s="14" t="n">
         <v>89.997</v>
       </c>
-      <c r="FE11" s="14" t="n">
+      <c r="FG11" s="14" t="n">
         <v>90.077</v>
       </c>
-      <c r="FF11" s="14" t="n">
+      <c r="FH11" s="14" t="n">
         <v>89.898</v>
       </c>
-      <c r="FG11" s="14" t="n">
+      <c r="FI11" s="14" t="n">
         <v>89.476</v>
       </c>
-      <c r="FH11" s="14" t="n">
+      <c r="FJ11" s="14" t="n">
         <v>89.395</v>
       </c>
-      <c r="FI11" s="14" t="n">
+      <c r="FK11" s="14" t="n">
         <v>89.667</v>
       </c>
-      <c r="FJ11" s="14" t="n">
+      <c r="FL11" s="14" t="n">
         <v>89.013</v>
       </c>
-      <c r="FK11" s="14" t="n">
+      <c r="FM11" s="14" t="n">
         <v>88.73</v>
       </c>
-      <c r="FL11" s="14" t="n">
+      <c r="FN11" s="14" t="n">
         <v>87.097</v>
       </c>
-      <c r="FM11" s="14" t="n">
+      <c r="FO11" s="14" t="n">
         <v>86.725</v>
       </c>
-      <c r="FN11" s="14" t="n">
+      <c r="FP11" s="14" t="n">
         <v>86.611</v>
       </c>
-      <c r="FO11" s="14" t="n">
+      <c r="FQ11" s="14" t="n">
         <v>86.68</v>
       </c>
-      <c r="FP11" s="14" t="n">
+      <c r="FR11" s="14" t="n">
         <v>86.742</v>
       </c>
-      <c r="FQ11" s="14" t="n">
+      <c r="FS11" s="14" t="n">
         <v>86.916</v>
       </c>
-      <c r="FR11" s="14" t="n">
+      <c r="FT11" s="14" t="n">
         <v>86.87</v>
       </c>
-      <c r="FS11" s="14" t="n">
+      <c r="FU11" s="14" t="n">
         <v>86.86</v>
       </c>
-      <c r="FT11" s="14" t="n">
+      <c r="FV11" s="14" t="n">
         <v>86.731</v>
       </c>
-      <c r="FU11" s="14" t="n">
+      <c r="FW11" s="14" t="n">
         <v>86.527</v>
       </c>
-      <c r="FV11" s="14" t="n">
+      <c r="FX11" s="14" t="n">
         <v>85.973</v>
       </c>
-      <c r="FW11" s="14" t="n">
+      <c r="FY11" s="14" t="n">
         <v>85.815</v>
       </c>
-      <c r="FX11" s="14" t="n">
+      <c r="FZ11" s="14" t="n">
         <v>84.799</v>
       </c>
-      <c r="FY11" s="14" t="n">
+      <c r="GA11" s="14" t="n">
         <v>84.791</v>
       </c>
-      <c r="FZ11" s="14" t="n">
+      <c r="GB11" s="14" t="n">
         <v>84.643</v>
       </c>
-      <c r="GA11" s="14" t="n">
+      <c r="GC11" s="14" t="n">
         <v>84.503</v>
       </c>
-      <c r="GB11" s="14" t="n">
+      <c r="GD11" s="14" t="n">
         <v>84.388</v>
       </c>
-      <c r="GC11" s="14" t="n">
+      <c r="GE11" s="14" t="n">
         <v>84.429</v>
       </c>
-      <c r="GD11" s="14" t="n">
+      <c r="GF11" s="14" t="n">
         <v>84.465</v>
       </c>
-      <c r="GE11" s="14" t="n">
+      <c r="GG11" s="14" t="n">
         <v>84.57</v>
       </c>
-      <c r="GF11" s="14" t="n">
+      <c r="GH11" s="14" t="n">
         <v>83.941</v>
       </c>
-      <c r="GG11" s="14" t="n">
+      <c r="GI11" s="14" t="n">
         <v>83.816</v>
       </c>
-      <c r="GH11" s="14" t="n">
+      <c r="GJ11" s="14" t="n">
         <v>83.735</v>
       </c>
-      <c r="GI11" s="14" t="n">
+      <c r="GK11" s="14" t="n">
         <v>83.714</v>
       </c>
-      <c r="GJ11" s="14" t="n">
+      <c r="GL11" s="14" t="n">
         <v>82.604</v>
       </c>
-      <c r="GK11" s="14" t="n">
+      <c r="GM11" s="14" t="n">
         <v>82.396</v>
       </c>
-      <c r="GL11" s="14" t="n">
+      <c r="GN11" s="14" t="n">
         <v>82.258</v>
       </c>
-      <c r="GM11" s="14" t="n">
+      <c r="GO11" s="14" t="n">
         <v>82.188</v>
       </c>
-      <c r="GN11" s="14" t="n">
+      <c r="GP11" s="14" t="n">
         <v>82.188</v>
       </c>
-      <c r="GO11" s="14" t="n">
+      <c r="GQ11" s="14" t="n">
         <v>82.327</v>
       </c>
-      <c r="GP11" s="14" t="n">
+      <c r="GR11" s="14" t="n">
         <v>82.258</v>
       </c>
-      <c r="GQ11" s="14" t="n">
+      <c r="GS11" s="14" t="n">
         <v>82.258</v>
       </c>
-      <c r="GR11" s="14" t="n">
+      <c r="GT11" s="14" t="n">
         <v>82.05</v>
       </c>
-      <c r="GS11" s="14" t="n">
+      <c r="GU11" s="14" t="n">
         <v>81.564</v>
       </c>
-      <c r="GT11" s="14" t="n">
+      <c r="GV11" s="14" t="n">
         <v>81.079</v>
       </c>
-      <c r="GU11" s="14" t="n">
+      <c r="GW11" s="14" t="n">
         <v>80.87</v>
       </c>
-      <c r="GV11" s="14" t="n">
+      <c r="GX11" s="14" t="n">
         <v>78.443</v>
       </c>
-      <c r="GW11" s="14" t="n">
+      <c r="GY11" s="14" t="n">
         <v>78.374</v>
       </c>
-      <c r="GX11" s="14" t="n">
+      <c r="GZ11" s="14" t="n">
         <v>78.304</v>
       </c>
-      <c r="GY11" s="14" t="n">
+      <c r="HA11" s="14" t="n">
         <v>78.096</v>
       </c>
-      <c r="GZ11" s="14" t="n">
+      <c r="HB11" s="14" t="n">
         <v>78.027</v>
       </c>
-      <c r="HA11" s="14" t="n">
+      <c r="HC11" s="14" t="n">
         <v>77.888</v>
       </c>
-      <c r="HB11" s="14" t="n">
+      <c r="HD11" s="14" t="n">
         <v>77.541</v>
       </c>
-      <c r="HC11" s="14" t="n">
+      <c r="HE11" s="14" t="n">
         <v>77.333</v>
       </c>
-      <c r="HD11" s="14" t="n">
+      <c r="HF11" s="14" t="n">
         <v>77.333</v>
       </c>
-      <c r="HE11" s="14" t="n">
+      <c r="HG11" s="14" t="n">
         <v>77.056</v>
       </c>
-      <c r="HF11" s="14" t="n">
+      <c r="HH11" s="14" t="n">
         <v>76.917</v>
       </c>
-      <c r="HG11" s="14" t="n">
+      <c r="HI11" s="14" t="n">
         <v>76.362</v>
       </c>
-      <c r="HH11" s="14" t="n">
+      <c r="HJ11" s="14" t="n">
         <v>74.49</v>
       </c>
-      <c r="HI11" s="14" t="n">
+      <c r="HK11" s="14" t="n">
         <v>74.282</v>
       </c>
-      <c r="HJ11" s="14" t="n">
+      <c r="HL11" s="14" t="n">
         <v>74.282</v>
       </c>
-      <c r="HK11" s="14" t="n">
+      <c r="HM11" s="14" t="n">
         <v>74.143</v>
       </c>
-      <c r="HL11" s="14" t="n">
+      <c r="HN11" s="14" t="n">
         <v>74.073</v>
-      </c>
-[...4 lines deleted...]
-        <v>73.935</v>
       </c>
       <c r="HO11" s="14" t="n">
         <v>73.935</v>
       </c>
       <c r="HP11" s="14" t="n">
+        <v>73.935</v>
+      </c>
+      <c r="HQ11" s="14" t="n">
+        <v>73.935</v>
+      </c>
+      <c r="HR11" s="14" t="n">
         <v>74.004</v>
-      </c>
-[...4 lines deleted...]
-        <v>73.935</v>
       </c>
       <c r="HS11" s="14" t="n">
         <v>73.865</v>
       </c>
-      <c r="HT11" s="13" t="inlineStr">
+      <c r="HT11" s="14" t="n">
+        <v>73.935</v>
+      </c>
+      <c r="HU11" s="14" t="n">
+        <v>73.865</v>
+      </c>
+      <c r="HV11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="HU11" s="13" t="inlineStr">
+      <c r="HW11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="HV11" s="13" t="inlineStr">
+      <c r="HX11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="HW11" s="13" t="inlineStr">
+      <c r="HY11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="HX11" s="13" t="inlineStr">
+      <c r="HZ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="HY11" s="13" t="inlineStr">
+      <c r="IA11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="HZ11" s="13" t="inlineStr">
+      <c r="IB11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IA11" s="13" t="inlineStr">
+      <c r="IC11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IB11" s="13" t="inlineStr">
+      <c r="ID11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IC11" s="13" t="inlineStr">
+      <c r="IE11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ID11" s="13" t="inlineStr">
+      <c r="IF11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IE11" s="13" t="inlineStr">
+      <c r="IG11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IF11" s="13" t="inlineStr">
+      <c r="IH11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IG11" s="13" t="inlineStr">
+      <c r="II11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IH11" s="13" t="inlineStr">
+      <c r="IJ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="II11" s="13" t="inlineStr">
+      <c r="IK11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IJ11" s="13" t="inlineStr">
+      <c r="IL11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IK11" s="13" t="inlineStr">
+      <c r="IM11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IL11" s="13" t="inlineStr">
+      <c r="IN11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IM11" s="13" t="inlineStr">
+      <c r="IO11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IN11" s="13" t="inlineStr">
+      <c r="IP11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IO11" s="13" t="inlineStr">
+      <c r="IQ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IP11" s="13" t="inlineStr">
+      <c r="IR11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IQ11" s="13" t="inlineStr">
+      <c r="IS11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IR11" s="15" t="n">
+      <c r="IT11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="IU11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="IV11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="IS11" s="15" t="n">
+      <c r="IW11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="IT11" s="15" t="n">
+      <c r="IX11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="IU11" s="15" t="n">
+      <c r="IY11" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="IZ11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="JA11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JB11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="JC11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="JD11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JE11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="JB11" s="15" t="n">
+      <c r="JF11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JC11" s="15" t="n">
+      <c r="JG11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JD11" s="15" t="n">
+      <c r="JH11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JE11" s="15" t="n">
+      <c r="JI11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JF11" s="15" t="n">
+      <c r="JJ11" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="JK11" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="JL11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.3</v>
       </c>
       <c r="JM11" s="15" t="n">
-        <v>0.5</v>
+        <v>0.2</v>
       </c>
       <c r="JN11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="JO11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.4</v>
       </c>
       <c r="JP11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JQ11" s="15" t="n">
-        <v>0.2</v>
+        <v>0.5</v>
       </c>
       <c r="JR11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JS11" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.0</v>
       </c>
       <c r="JT11" s="15" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="JU11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="JV11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JW11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="JX11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JW11" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="JY11" s="15" t="n">
-        <v>0.5</v>
+        <v>0.2</v>
       </c>
       <c r="JZ11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="KA11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="KB11" s="15" t="n">
-        <v>0.4</v>
+        <v>0.3</v>
       </c>
       <c r="KC11" s="15" t="n">
-        <v>0.2</v>
+        <v>0.5</v>
       </c>
       <c r="KD11" s="15" t="n">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
       <c r="KE11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="KF11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="KG11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="KH11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="KI11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KJ11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KG11" s="15" t="n">
+      <c r="KK11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KH11" s="15" t="n">
+      <c r="KL11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KI11" s="15" t="n">
+      <c r="KM11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KJ11" s="15" t="n">
+      <c r="KN11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="KK11" s="15" t="n">
+      <c r="KO11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="KL11" s="15" t="n">
+      <c r="KP11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KM11" s="15" t="n">
+      <c r="KQ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KN11" s="15" t="n">
+      <c r="KR11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KO11" s="15" t="n">
+      <c r="KS11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KP11" s="15" t="n">
+      <c r="KT11" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="KU11" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="KV11" s="15" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="KW11" s="15" t="n">
-        <v>0.2</v>
+        <v>-0.2</v>
       </c>
       <c r="KX11" s="15" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="KY11" s="15" t="n">
-        <v>0.1</v>
+        <v>-0.1</v>
       </c>
       <c r="KZ11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="LA11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="LB11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="LC11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LD11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LE11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LF11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LG11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="LD11" s="15" t="n">
+      <c r="LH11" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="LI11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="LJ11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="LK11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LL11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LK11" s="15" t="n">
+      <c r="LM11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LL11" s="15" t="n">
+      <c r="LN11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LO11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LP11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="LM11" s="15" t="n">
+      <c r="LQ11" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="LR11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LS11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LT11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="LU11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="LV11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="LU11" s="15" t="n">
+      <c r="LW11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LX11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LY11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LV11" s="15" t="n">
+      <c r="LZ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LW11" s="15" t="n">
+      <c r="MA11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LX11" s="15" t="n">
+      <c r="MB11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LY11" s="15" t="n">
+      <c r="MC11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="LZ11" s="15" t="n">
+      <c r="MD11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="MA11" s="15" t="n">
+      <c r="ME11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="MB11" s="15" t="n">
+      <c r="MF11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MC11" s="15" t="n">
+      <c r="MG11" s="15" t="n">
         <v>-0.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="MH11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="MI11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="MJ11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="MK11" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.3</v>
       </c>
       <c r="ML11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="MM11" s="15" t="n">
-        <v>-0.2</v>
+        <v>0.1</v>
       </c>
       <c r="MN11" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.0</v>
       </c>
       <c r="MO11" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="MP11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MQ11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="MR11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="MS11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="MT11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MQ11" s="15" t="n">
+      <c r="MU11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MR11" s="15" t="n">
+      <c r="MV11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MS11" s="15" t="n">
+      <c r="MW11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MT11" s="15" t="n">
+      <c r="MX11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MU11" s="15" t="n">
+      <c r="MY11" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="MZ11" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="NA11" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="NB11" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="NC11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="ND11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NE11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NB11" s="15" t="n">
+      <c r="NF11" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="NG11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="NH11" s="15" t="n">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
       <c r="NI11" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.4</v>
       </c>
       <c r="NJ11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="NK11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="NL11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="NM11" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="NN11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NO11" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="NP11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="NQ11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NR11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NS11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="NR11" s="15" t="n">
+      <c r="NT11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NU11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="NV11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NS11" s="15" t="n">
+      <c r="NW11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NT11" s="15" t="n">
+      <c r="NX11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NU11" s="15" t="n">
+      <c r="NY11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NV11" s="15" t="n">
+      <c r="NZ11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="NW11" s="15" t="n">
+      <c r="OA11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="NX11" s="15" t="n">
+      <c r="OB11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="NY11" s="15" t="n">
+      <c r="OC11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NZ11" s="15" t="n">
+      <c r="OD11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="OA11" s="15" t="n">
+      <c r="OE11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="OB11" s="15" t="n">
+      <c r="OF11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="OC11" s="15" t="n">
+      <c r="OG11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="OD11" s="15" t="n">
+      <c r="OH11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="OE11" s="15" t="n">
+      <c r="OI11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OF11" s="15" t="n">
+      <c r="OJ11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OG11" s="15" t="n">
+      <c r="OK11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OH11" s="15" t="n">
+      <c r="OL11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OI11" s="15" t="n">
+      <c r="OM11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OJ11" s="15" t="n">
+      <c r="ON11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OK11" s="15" t="n">
+      <c r="OO11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="OL11" s="15" t="n">
+      <c r="OP11" s="15" t="n">
         <v>1.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="OQ11" s="15" t="n">
         <v>1.1</v>
       </c>
       <c r="OR11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OS11" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="OT11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="OU11" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="OV11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OS11" s="15" t="n">
+      <c r="OW11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OT11" s="15" t="n">
+      <c r="OX11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OU11" s="15" t="n">
+      <c r="OY11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OV11" s="15" t="n">
+      <c r="OZ11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="OW11" s="15" t="n">
+      <c r="PA11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OX11" s="15" t="n">
+      <c r="PB11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OY11" s="15" t="n">
+      <c r="PC11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="OZ11" s="15" t="n">
+      <c r="PD11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PA11" s="15" t="n">
+      <c r="PE11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="PB11" s="15" t="n">
+      <c r="PF11" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="PG11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="PH11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="PI11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="PJ11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="PK11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="PL11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PI11" s="15" t="n">
+      <c r="PM11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PJ11" s="15" t="n">
+      <c r="PN11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PK11" s="15" t="n">
+      <c r="PO11" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="PP11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="PQ11" s="15" t="n">
-        <v>0.1</v>
+        <v>1.2</v>
       </c>
       <c r="PR11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="PS11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="PT11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="PU11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="PV11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PT11" s="15" t="n">
+      <c r="PW11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PX11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PU11" s="15" t="n">
+      <c r="PY11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="PV11" s="15" t="n">
+      <c r="PZ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PW11" s="15" t="n">
+      <c r="QA11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PX11" s="15" t="n">
+      <c r="QB11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PY11" s="15" t="n">
+      <c r="QC11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="PZ11" s="15" t="n">
+      <c r="QD11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QA11" s="15" t="n">
+      <c r="QE11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="QB11" s="15" t="n">
+      <c r="QF11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QC11" s="15" t="n">
+      <c r="QG11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QD11" s="15" t="n">
+      <c r="QH11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QE11" s="15" t="n">
+      <c r="QI11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QF11" s="15" t="n">
+      <c r="QJ11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QG11" s="15" t="n">
+      <c r="QK11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QH11" s="15" t="n">
+      <c r="QL11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="QI11" s="15" t="n">
+      <c r="QM11" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="QN11" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="QO11" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="QP11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QP11" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="QQ11" s="15" t="n">
-        <v>0.4</v>
+        <v>0.1</v>
       </c>
       <c r="QR11" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="QS11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="QT11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="QU11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="QV11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="QW11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QT11" s="15" t="n">
+      <c r="QX11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="QU11" s="15" t="n">
+      <c r="QY11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="QV11" s="15" t="n">
+      <c r="QZ11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="QW11" s="15" t="n">
+      <c r="RA11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="QX11" s="15" t="n">
+      <c r="RB11" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="RC11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="RD11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="RE11" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.1</v>
       </c>
       <c r="RF11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="RG11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="RH11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="RI11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RH11" s="15" t="n">
+      <c r="RJ11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="RK11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="RL11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RI11" s="13" t="inlineStr">
+      <c r="RM11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="RJ11" s="13" t="inlineStr">
+      <c r="RN11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RK11" s="13" t="inlineStr">
+      <c r="RO11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RL11" s="13" t="inlineStr">
+      <c r="RP11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RM11" s="13" t="inlineStr">
+      <c r="RQ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RN11" s="13" t="inlineStr">
+      <c r="RR11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RO11" s="13" t="inlineStr">
+      <c r="RS11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RP11" s="13" t="inlineStr">
+      <c r="RT11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RQ11" s="13" t="inlineStr">
+      <c r="RU11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RR11" s="13" t="inlineStr">
+      <c r="RV11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RS11" s="13" t="inlineStr">
+      <c r="RW11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RT11" s="13" t="inlineStr">
+      <c r="RX11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RU11" s="13" t="inlineStr">
+      <c r="RY11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RV11" s="13" t="inlineStr">
+      <c r="RZ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RW11" s="13" t="inlineStr">
+      <c r="SA11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RX11" s="13" t="inlineStr">
+      <c r="SB11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RY11" s="13" t="inlineStr">
+      <c r="SC11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RZ11" s="13" t="inlineStr">
+      <c r="SD11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SA11" s="13" t="inlineStr">
+      <c r="SE11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SB11" s="13" t="inlineStr">
+      <c r="SF11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SC11" s="13" t="inlineStr">
+      <c r="SG11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SD11" s="13" t="inlineStr">
+      <c r="SH11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SE11" s="13" t="inlineStr">
+      <c r="SI11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SF11" s="13" t="inlineStr">
+      <c r="SJ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SG11" s="13" t="inlineStr">
+      <c r="SK11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SH11" s="15" t="n">
+      <c r="SL11" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="SM11" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="SN11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="SI11" s="15" t="n">
+      <c r="SO11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="SJ11" s="15" t="n">
+      <c r="SP11" s="15" t="n">
         <v>3.2</v>
-      </c>
-[...16 lines deleted...]
-        <v>3.9</v>
       </c>
       <c r="SQ11" s="15" t="n">
         <v>3.7</v>
       </c>
       <c r="SR11" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="SS11" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="ST11" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="SU11" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="SV11" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="SW11" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="SX11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="SS11" s="15" t="n">
+      <c r="SY11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ST11" s="15" t="n">
+      <c r="SZ11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="SU11" s="15" t="n">
+      <c r="TA11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="SV11" s="15" t="n">
+      <c r="TB11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="SW11" s="15" t="n">
+      <c r="TC11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="SX11" s="15" t="n">
+      <c r="TD11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="SY11" s="15" t="n">
+      <c r="TE11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="SZ11" s="15" t="n">
+      <c r="TF11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="TA11" s="15" t="n">
+      <c r="TG11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="TB11" s="15" t="n">
+      <c r="TH11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="TC11" s="15" t="n">
+      <c r="TI11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="TD11" s="15" t="n">
+      <c r="TJ11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="TE11" s="15" t="n">
+      <c r="TK11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="TF11" s="15" t="n">
+      <c r="TL11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="TG11" s="15" t="n">
+      <c r="TM11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="TH11" s="15" t="n">
+      <c r="TN11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="TI11" s="15" t="n">
+      <c r="TO11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="TJ11" s="15" t="n">
+      <c r="TP11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="TK11" s="15" t="n">
+      <c r="TQ11" s="15" t="n">
         <v>2.0</v>
-      </c>
-[...16 lines deleted...]
-        <v>1.5</v>
       </c>
       <c r="TR11" s="15" t="n">
         <v>1.6</v>
       </c>
       <c r="TS11" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="TT11" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="TU11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="TT11" s="15" t="n">
+      <c r="TV11" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="TW11" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="TX11" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="TY11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="TU11" s="15" t="n">
+      <c r="TZ11" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="UA11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="TV11" s="15" t="n">
+      <c r="UB11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="TW11" s="15" t="n">
+      <c r="UC11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="TX11" s="15" t="n">
+      <c r="UD11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="TY11" s="15" t="n">
+      <c r="UE11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="TZ11" s="15" t="n">
+      <c r="UF11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="UA11" s="15" t="n">
+      <c r="UG11" s="15" t="n">
         <v>0.7</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="UH11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="UI11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="UJ11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="UK11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="UL11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="UM11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="UN11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="UO11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="UP11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="UK11" s="15" t="n">
+      <c r="UQ11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="UL11" s="15" t="n">
+      <c r="UR11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="UM11" s="15" t="n">
+      <c r="US11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="UN11" s="15" t="n">
+      <c r="UT11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="UO11" s="15" t="n">
+      <c r="UU11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="UP11" s="15" t="n">
+      <c r="UV11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="UQ11" s="15" t="n">
+      <c r="UW11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="UR11" s="15" t="n">
+      <c r="UX11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="US11" s="15" t="n">
+      <c r="UY11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="UT11" s="15" t="n">
+      <c r="UZ11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="UU11" s="15" t="n">
+      <c r="VA11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="UV11" s="15" t="n">
+      <c r="VB11" s="15" t="n">
         <v>0.5</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="VC11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="VD11" s="15" t="n">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="VE11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="VF11" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.0</v>
       </c>
       <c r="VG11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="VH11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="VI11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="VJ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="VJ11" s="15" t="n">
+      <c r="VK11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="VL11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="VM11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="VN11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="VO11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="VP11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="VK11" s="15" t="n">
+      <c r="VQ11" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.7</v>
       </c>
       <c r="VR11" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="VS11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="VT11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="VU11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="VV11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="VT11" s="15" t="n">
+      <c r="VW11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="VX11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="VY11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="VZ11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="VU11" s="15" t="n">
+      <c r="WA11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="VV11" s="15" t="n">
+      <c r="WB11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="VW11" s="15" t="n">
+      <c r="WC11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="VX11" s="15" t="n">
+      <c r="WD11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="VY11" s="15" t="n">
+      <c r="WE11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="VZ11" s="15" t="n">
+      <c r="WF11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="WA11" s="15" t="n">
+      <c r="WG11" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...16 lines deleted...]
-        <v>-0.4</v>
       </c>
       <c r="WH11" s="15" t="n">
         <v>-0.3</v>
       </c>
       <c r="WI11" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="WJ11" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="WK11" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="WL11" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="WM11" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="WN11" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="WO11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="WJ11" s="15" t="n">
+      <c r="WP11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="WK11" s="15" t="n">
+      <c r="WQ11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="WL11" s="15" t="n">
+      <c r="WR11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="WM11" s="15" t="n">
+      <c r="WS11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="WN11" s="15" t="n">
+      <c r="WT11" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...16 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="WU11" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="WV11" s="15" t="n">
-        <v>0.9</v>
+        <v>1.1</v>
       </c>
       <c r="WW11" s="15" t="n">
-        <v>1.1</v>
+        <v>1.3</v>
       </c>
       <c r="WX11" s="15" t="n">
         <v>1.1</v>
       </c>
       <c r="WY11" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="WZ11" s="15" t="n">
         <v>1.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.3</v>
       </c>
       <c r="XA11" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="XB11" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="XC11" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="XD11" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="XE11" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="XF11" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="XG11" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="XH11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="XC11" s="15" t="n">
+      <c r="XI11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="XD11" s="15" t="n">
+      <c r="XJ11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="XE11" s="15" t="n">
+      <c r="XK11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="XF11" s="15" t="n">
+      <c r="XL11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="XG11" s="15" t="n">
+      <c r="XM11" s="15" t="n">
         <v>1.8</v>
-      </c>
-[...16 lines deleted...]
-        <v>2.0</v>
       </c>
       <c r="XN11" s="15" t="n">
         <v>2.1</v>
       </c>
       <c r="XO11" s="15" t="n">
         <v>2.3</v>
       </c>
       <c r="XP11" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="XQ11" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="XR11" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="XS11" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="XT11" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="XU11" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="XV11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="XQ11" s="15" t="n">
+      <c r="XW11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="XR11" s="15" t="n">
+      <c r="XX11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="XS11" s="15" t="n">
+      <c r="XY11" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="XT11" s="15" t="n">
+      <c r="XZ11" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="XU11" s="15" t="n">
+      <c r="YA11" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="XV11" s="15" t="n">
+      <c r="YB11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="XW11" s="15" t="n">
+      <c r="YC11" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="XX11" s="15" t="n">
+      <c r="YD11" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="XY11" s="15" t="n">
+      <c r="YE11" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="XZ11" s="15" t="n">
+      <c r="YF11" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="YA11" s="15" t="n">
+      <c r="YG11" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="YB11" s="15" t="n">
+      <c r="YH11" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="YC11" s="15" t="n">
+      <c r="YI11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="YD11" s="15" t="n">
+      <c r="YJ11" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="YE11" s="15" t="n">
+      <c r="YK11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="YF11" s="15" t="n">
+      <c r="YL11" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="YG11" s="15" t="n">
+      <c r="YM11" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="YH11" s="15" t="n">
+      <c r="YN11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="YI11" s="15" t="n">
+      <c r="YO11" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="YJ11" s="15" t="n">
+      <c r="YP11" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="YK11" s="15" t="n">
+      <c r="YQ11" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="YL11" s="15" t="n">
+      <c r="YR11" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="YM11" s="15" t="n">
+      <c r="YS11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="YN11" s="15" t="n">
+      <c r="YT11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="YO11" s="15" t="n">
+      <c r="YU11" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="YP11" s="15" t="n">
+      <c r="YV11" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="YQ11" s="15" t="n">
+      <c r="YW11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="YR11" s="15" t="n">
+      <c r="YX11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="YS11" s="15" t="n">
+      <c r="YY11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="YT11" s="15" t="n">
+      <c r="YZ11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="YU11" s="15" t="n">
+      <c r="ZA11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="YV11" s="15" t="n">
+      <c r="ZB11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="YW11" s="15" t="n">
+      <c r="ZC11" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="YX11" s="15" t="n">
+      <c r="ZD11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="YY11" s="15" t="n">
+      <c r="ZE11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="YZ11" s="15" t="n">
+      <c r="ZF11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ZA11" s="15" t="n">
+      <c r="ZG11" s="15" t="n">
         <v>3.2</v>
-      </c>
-[...16 lines deleted...]
-        <v>2.8</v>
       </c>
       <c r="ZH11" s="15" t="n">
         <v>2.7</v>
       </c>
       <c r="ZI11" s="15" t="n">
-        <v>2.6</v>
+        <v>2.5</v>
       </c>
       <c r="ZJ11" s="15" t="n">
         <v>2.7</v>
       </c>
       <c r="ZK11" s="15" t="n">
-        <v>2.8</v>
+        <v>2.9</v>
       </c>
       <c r="ZL11" s="15" t="n">
-        <v>2.3</v>
+        <v>2.9</v>
       </c>
       <c r="ZM11" s="15" t="n">
         <v>2.8</v>
       </c>
       <c r="ZN11" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="ZO11" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="ZP11" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="ZQ11" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="ZR11" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="ZS11" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="ZT11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ZO11" s="15" t="n">
+      <c r="ZU11" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ZP11" s="15" t="n">
+      <c r="ZV11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="ZQ11" s="15" t="n">
+      <c r="ZW11" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="ZR11" s="15" t="n">
+      <c r="ZX11" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ZS11" s="15" t="n">
+      <c r="ZY11" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="ZT11" s="15" t="n">
+      <c r="ZZ11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="ZU11" s="15" t="n">
+      <c r="AAA11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ZV11" s="15" t="n">
+      <c r="AAB11" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="ZW11" s="15" t="n">
+      <c r="AAC11" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="ZX11" s="15" t="n">
+      <c r="AAD11" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="ZY11" s="15" t="n">
+      <c r="AAE11" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ZZ11" s="15" t="n">
+      <c r="AAF11" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="AAA11" s="15" t="n">
+      <c r="AAG11" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="AAB11" s="15" t="n">
+      <c r="AAH11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AAC11" s="15" t="n">
+      <c r="AAI11" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AAD11" s="15" t="n">
+      <c r="AAJ11" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="AAE11" s="15" t="n">
+      <c r="AAK11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AAF11" s="15" t="n">
+      <c r="AAL11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AAG11" s="15" t="n">
+      <c r="AAM11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AAH11" s="15" t="n">
+      <c r="AAN11" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AAI11" s="15" t="n">
+      <c r="AAO11" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AAJ11" s="15" t="n">
+      <c r="AAP11" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AAK11" s="15" t="n">
+      <c r="AAQ11" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AAL11" s="15" t="n">
+      <c r="AAR11" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AAM11" s="15" t="n">
+      <c r="AAS11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AAN11" s="13" t="inlineStr">
+      <c r="AAT11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAO11" s="13" t="inlineStr">
+      <c r="AAU11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAP11" s="13" t="inlineStr">
+      <c r="AAV11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAQ11" s="13" t="inlineStr">
+      <c r="AAW11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAR11" s="13" t="inlineStr">
+      <c r="AAX11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAS11" s="13" t="inlineStr">
+      <c r="AAY11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAT11" s="13" t="inlineStr">
+      <c r="AAZ11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAU11" s="13" t="inlineStr">
+      <c r="ABA11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAV11" s="13" t="inlineStr">
+      <c r="ABB11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAW11" s="13" t="inlineStr">
+      <c r="ABC11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAX11" s="13" t="inlineStr">
+      <c r="ABD11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAY11" s="13" t="inlineStr">
+      <c r="ABE11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAZ11" s="13" t="inlineStr">
+      <c r="ABF11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABA11" s="13" t="inlineStr">
+      <c r="ABG11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABB11" s="13" t="inlineStr">
+      <c r="ABH11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABC11" s="13" t="inlineStr">
+      <c r="ABI11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABD11" s="13" t="inlineStr">
+      <c r="ABJ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABE11" s="13" t="inlineStr">
+      <c r="ABK11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABF11" s="13" t="inlineStr">
+      <c r="ABL11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABG11" s="13" t="inlineStr">
+      <c r="ABM11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABH11" s="13" t="inlineStr">
+      <c r="ABN11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABI11" s="13" t="inlineStr">
+      <c r="ABO11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABJ11" s="13" t="inlineStr">
+      <c r="ABP11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABK11" s="13" t="inlineStr">
+      <c r="ABQ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABL11" s="13" t="inlineStr">
+      <c r="ABR11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABM11" s="13" t="inlineStr">
+      <c r="ABS11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABN11" s="13" t="inlineStr">
+      <c r="ABT11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABO11" s="13" t="inlineStr">
+      <c r="ABU11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABP11" s="13" t="inlineStr">
+      <c r="ABV11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABQ11" s="13" t="inlineStr">
+      <c r="ABW11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABR11" s="13" t="inlineStr">
+      <c r="ABX11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABS11" s="13" t="inlineStr">
+      <c r="ABY11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABT11" s="13" t="inlineStr">
+      <c r="ABZ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABU11" s="13" t="inlineStr">
+      <c r="ACA11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABV11" s="13" t="inlineStr">
+      <c r="ACB11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABW11" s="13" t="inlineStr">
+      <c r="ACC11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABX11" s="15" t="n">
+      <c r="ACD11" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="ACE11" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="ACF11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ABY11" s="15" t="n">
+      <c r="ACG11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ABZ11" s="15" t="n">
+      <c r="ACH11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ACA11" s="15" t="n">
+      <c r="ACI11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ACB11" s="15" t="n">
+      <c r="ACJ11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ACC11" s="15" t="n">
+      <c r="ACK11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ACD11" s="15" t="n">
+      <c r="ACL11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ACE11" s="15" t="n">
+      <c r="ACM11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ACF11" s="15" t="n">
+      <c r="ACN11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ACG11" s="15" t="n">
+      <c r="ACO11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ACH11" s="15" t="n">
+      <c r="ACP11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ACI11" s="15" t="n">
+      <c r="ACQ11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ACJ11" s="15" t="n">
+      <c r="ACR11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ACK11" s="15" t="n">
+      <c r="ACS11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ACL11" s="15" t="n">
+      <c r="ACT11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ACM11" s="15" t="n">
+      <c r="ACU11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ACN11" s="15" t="n">
+      <c r="ACV11" s="15" t="n">
         <v>1.7</v>
-      </c>
-[...22 lines deleted...]
-        <v>1.4</v>
       </c>
       <c r="ACW11" s="15" t="n">
         <v>1.3</v>
       </c>
       <c r="ACX11" s="15" t="n">
         <v>1.1</v>
       </c>
       <c r="ACY11" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="ACZ11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="ADA11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="ADB11" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="ADC11" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="ADD11" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="ADE11" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="ADF11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACZ11" s="15" t="n">
+      <c r="ADG11" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="ADH11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ADA11" s="15" t="n">
+      <c r="ADI11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ADB11" s="15" t="n">
+      <c r="ADJ11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ADC11" s="15" t="n">
+      <c r="ADK11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ADD11" s="15" t="n">
+      <c r="ADL11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ADE11" s="15" t="n">
+      <c r="ADM11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ADF11" s="15" t="n">
+      <c r="ADN11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ADG11" s="15" t="n">
+      <c r="ADO11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ADH11" s="15" t="n">
+      <c r="ADP11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ADI11" s="15" t="n">
+      <c r="ADQ11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ADJ11" s="15" t="n">
+      <c r="ADR11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ADK11" s="15" t="n">
+      <c r="ADS11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ADL11" s="15" t="n">
+      <c r="ADT11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ADM11" s="15" t="n">
+      <c r="ADU11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ADN11" s="15" t="n">
+      <c r="ADV11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ADO11" s="15" t="n">
+      <c r="ADW11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ADP11" s="15" t="n">
+      <c r="ADX11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ADQ11" s="15" t="n">
+      <c r="ADY11" s="15" t="n">
         <v>0.7</v>
-      </c>
-[...22 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="ADZ11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="AEA11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AEB11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AEC11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="AED11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="AEE11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="AEF11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AEG11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AEH11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AEB11" s="15" t="n">
+      <c r="AEI11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AEJ11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AEC11" s="15" t="n">
+      <c r="AEK11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AED11" s="15" t="n">
+      <c r="AEL11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AEE11" s="15" t="n">
+      <c r="AEM11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AEF11" s="15" t="n">
+      <c r="AEN11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AEG11" s="15" t="n">
+      <c r="AEO11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AEH11" s="15" t="n">
+      <c r="AEP11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AEI11" s="15" t="n">
+      <c r="AEQ11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AEJ11" s="15" t="n">
+      <c r="AER11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AEK11" s="15" t="n">
+      <c r="AES11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AEL11" s="15" t="n">
+      <c r="AET11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AEM11" s="15" t="n">
+      <c r="AEU11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AEN11" s="15" t="n">
+      <c r="AEV11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AEO11" s="15" t="n">
+      <c r="AEW11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AEP11" s="15" t="n">
+      <c r="AEX11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AEQ11" s="15" t="n">
+      <c r="AEY11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AER11" s="15" t="n">
+      <c r="AEZ11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AES11" s="15" t="n">
+      <c r="AFA11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AET11" s="15" t="n">
+      <c r="AFB11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AEU11" s="15" t="n">
+      <c r="AFC11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AEV11" s="15" t="n">
+      <c r="AFD11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AEW11" s="15" t="n">
+      <c r="AFE11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AEX11" s="15" t="n">
+      <c r="AFF11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AEY11" s="15" t="n">
+      <c r="AFG11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AEZ11" s="15" t="n">
+      <c r="AFH11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AFA11" s="15" t="n">
+      <c r="AFI11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AFB11" s="15" t="n">
+      <c r="AFJ11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AFC11" s="15" t="n">
+      <c r="AFK11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AFD11" s="15" t="n">
+      <c r="AFL11" s="15" t="n">
         <v>0.5</v>
-      </c>
-[...22 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="AFM11" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="AFN11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AFO11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AFP11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AFQ11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AFR11" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="AFS11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="AFT11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AFU11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AFV11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AFO11" s="15" t="n">
+      <c r="AFW11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AFP11" s="15" t="n">
+      <c r="AFX11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AFQ11" s="15" t="n">
+      <c r="AFY11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AFR11" s="15" t="n">
+      <c r="AFZ11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AFS11" s="15" t="n">
+      <c r="AGA11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AFT11" s="15" t="n">
+      <c r="AGB11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AFU11" s="15" t="n">
+      <c r="AGC11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AFV11" s="15" t="n">
+      <c r="AGD11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AFW11" s="15" t="n">
+      <c r="AGE11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AFX11" s="15" t="n">
+      <c r="AGF11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AFY11" s="15" t="n">
+      <c r="AGG11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AFZ11" s="15" t="n">
+      <c r="AGH11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AGA11" s="15" t="n">
+      <c r="AGI11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AGB11" s="15" t="n">
+      <c r="AGJ11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AGC11" s="15" t="n">
+      <c r="AGK11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AGD11" s="15" t="n">
+      <c r="AGL11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AGE11" s="15" t="n">
+      <c r="AGM11" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...22 lines deleted...]
-        <v>0.8</v>
       </c>
       <c r="AGN11" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="AGO11" s="15" t="n">
-        <v>0.5</v>
+        <v>0.8</v>
       </c>
       <c r="AGP11" s="15" t="n">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
       <c r="AGQ11" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="AGR11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AGS11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AGT11" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="AGU11" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="AGV11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="AGW11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AGS11" s="15" t="n">
+      <c r="AGX11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AGY11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AGT11" s="15" t="n">
+      <c r="AGZ11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AHA11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AHB11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AGU11" s="15" t="n">
+      <c r="AHC11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AGV11" s="15" t="n">
+      <c r="AHD11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AGW11" s="15" t="n">
+      <c r="AHE11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AGX11" s="15" t="n">
+      <c r="AHF11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AGY11" s="15" t="n">
+      <c r="AHG11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AGZ11" s="15" t="n">
+      <c r="AHH11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AHA11" s="15" t="n">
+      <c r="AHI11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AHB11" s="15" t="n">
+      <c r="AHJ11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AHC11" s="15" t="n">
+      <c r="AHK11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AHD11" s="15" t="n">
+      <c r="AHL11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AHE11" s="15" t="n">
+      <c r="AHM11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AHF11" s="15" t="n">
+      <c r="AHN11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AHG11" s="15" t="n">
+      <c r="AHO11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AHH11" s="15" t="n">
+      <c r="AHP11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AHI11" s="15" t="n">
+      <c r="AHQ11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AHJ11" s="15" t="n">
+      <c r="AHR11" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AHK11" s="15" t="n">
+      <c r="AHS11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AHL11" s="15" t="n">
+      <c r="AHT11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AHM11" s="15" t="n">
+      <c r="AHU11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AHN11" s="15" t="n">
+      <c r="AHV11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AHO11" s="15" t="n">
+      <c r="AHW11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AHP11" s="15" t="n">
+      <c r="AHX11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AHQ11" s="15" t="n">
+      <c r="AHY11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AHR11" s="15" t="n">
+      <c r="AHZ11" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AHS11" s="15" t="n">
+      <c r="AIA11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AHT11" s="15" t="n">
+      <c r="AIB11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AHU11" s="15" t="n">
+      <c r="AIC11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AHV11" s="15" t="n">
+      <c r="AID11" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AHW11" s="15" t="n">
+      <c r="AIE11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AHX11" s="15" t="n">
+      <c r="AIF11" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AHY11" s="15" t="n">
+      <c r="AIG11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AHZ11" s="15" t="n">
+      <c r="AIH11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AIA11" s="15" t="n">
+      <c r="AII11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AIB11" s="15" t="n">
+      <c r="AIJ11" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AIC11" s="15" t="n">
+      <c r="AIK11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AID11" s="15" t="n">
+      <c r="AIL11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AIE11" s="15" t="n">
+      <c r="AIM11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AIF11" s="15" t="n">
+      <c r="AIN11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AIG11" s="15" t="n">
+      <c r="AIO11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AIH11" s="15" t="n">
+      <c r="AIP11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AII11" s="15" t="n">
+      <c r="AIQ11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AIJ11" s="15" t="n">
+      <c r="AIR11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AIK11" s="15" t="n">
+      <c r="AIS11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AIL11" s="15" t="n">
+      <c r="AIT11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AIM11" s="15" t="n">
+      <c r="AIU11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AIN11" s="15" t="n">
+      <c r="AIV11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AIO11" s="15" t="n">
+      <c r="AIW11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AIP11" s="15" t="n">
+      <c r="AIX11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AIQ11" s="15" t="n">
+      <c r="AIY11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AIR11" s="15" t="n">
+      <c r="AIZ11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AIS11" s="15" t="n">
+      <c r="AJA11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AIT11" s="15" t="n">
+      <c r="AJB11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AIU11" s="15" t="n">
+      <c r="AJC11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AIV11" s="15" t="n">
+      <c r="AJD11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AIW11" s="15" t="n">
+      <c r="AJE11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AIX11" s="15" t="n">
+      <c r="AJF11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AIY11" s="15" t="n">
+      <c r="AJG11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AIZ11" s="15" t="n">
+      <c r="AJH11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AJA11" s="15" t="n">
+      <c r="AJI11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AJB11" s="15" t="n">
+      <c r="AJJ11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AJC11" s="15" t="n">
+      <c r="AJK11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AJD11" s="15" t="n">
+      <c r="AJL11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AJE11" s="15" t="n">
+      <c r="AJM11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AJF11" s="15" t="n">
+      <c r="AJN11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AJG11" s="15" t="n">
+      <c r="AJO11" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AJH11" s="15" t="n">
+      <c r="AJP11" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AJI11" s="15" t="n">
+      <c r="AJQ11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AJJ11" s="15" t="n">
+      <c r="AJR11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AJK11" s="15" t="n">
+      <c r="AJS11" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AJL11" s="15" t="n">
+      <c r="AJT11" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AJM11" s="15" t="n">
+      <c r="AJU11" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AJN11" s="15" t="n">
+      <c r="AJV11" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AJO11" s="15" t="n">
+      <c r="AJW11" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AJP11" s="15" t="n">
+      <c r="AJX11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AJQ11" s="15" t="n">
+      <c r="AJY11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AJR11" s="15" t="n">
+      <c r="AJZ11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AJS11" s="15" t="n">
+      <c r="AKA11" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AJT11" s="15" t="n">
+      <c r="AKB11" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AJU11" s="15" t="n">
+      <c r="AKC11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AJV11" s="15" t="n">
+      <c r="AKD11" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AJW11" s="15" t="n">
+      <c r="AKE11" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AJX11" s="15" t="n">
+      <c r="AKF11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AJY11" s="15" t="n">
+      <c r="AKG11" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AJZ11" s="15" t="n">
+      <c r="AKH11" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AKA11" s="15" t="n">
+      <c r="AKI11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AKB11" s="15" t="n">
+      <c r="AKJ11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AKC11" s="15" t="n">
+      <c r="AKK11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AKD11" s="13" t="inlineStr">
+      <c r="AKL11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKE11" s="13" t="inlineStr">
+      <c r="AKM11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKF11" s="13" t="inlineStr">
+      <c r="AKN11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKG11" s="13" t="inlineStr">
+      <c r="AKO11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKH11" s="13" t="inlineStr">
+      <c r="AKP11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKI11" s="13" t="inlineStr">
+      <c r="AKQ11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKJ11" s="13" t="inlineStr">
+      <c r="AKR11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKK11" s="13" t="inlineStr">
+      <c r="AKS11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKL11" s="13" t="inlineStr">
+      <c r="AKT11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKM11" s="13" t="inlineStr">
+      <c r="AKU11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKN11" s="13" t="inlineStr">
+      <c r="AKV11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKO11" s="13" t="inlineStr">
+      <c r="AKW11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKP11" s="13" t="inlineStr">
+      <c r="AKX11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKQ11" s="13" t="inlineStr">
+      <c r="AKY11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKR11" s="13" t="inlineStr">
+      <c r="AKZ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKS11" s="13" t="inlineStr">
+      <c r="ALA11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKT11" s="13" t="inlineStr">
+      <c r="ALB11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKU11" s="13" t="inlineStr">
+      <c r="ALC11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKV11" s="13" t="inlineStr">
+      <c r="ALD11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKW11" s="13" t="inlineStr">
+      <c r="ALE11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKX11" s="13" t="inlineStr">
+      <c r="ALF11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKY11" s="13" t="inlineStr">
+      <c r="ALG11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKZ11" s="13" t="inlineStr">
+      <c r="ALH11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALA11" s="13" t="inlineStr">
+      <c r="ALI11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALB11" s="13" t="inlineStr">
+      <c r="ALJ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALC11" s="13" t="inlineStr">
+      <c r="ALK11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALD11" s="13" t="inlineStr">
+      <c r="ALL11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALE11" s="13" t="inlineStr">
+      <c r="ALM11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALF11" s="13" t="inlineStr">
+      <c r="ALN11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALG11" s="13" t="inlineStr">
+      <c r="ALO11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALH11" s="13" t="inlineStr">
+      <c r="ALP11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALI11" s="13" t="inlineStr">
+      <c r="ALQ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALJ11" s="13" t="inlineStr">
+      <c r="ALR11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALK11" s="13" t="inlineStr">
+      <c r="ALS11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALL11" s="13" t="inlineStr">
+      <c r="ALT11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALM11" s="13" t="inlineStr">
+      <c r="ALU11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    B Mining and quarrying industries</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>124.403</v>
+        <v>126.108</v>
       </c>
       <c r="C12" s="14" t="n">
+        <v>125.269</v>
+      </c>
+      <c r="D12" s="14" t="n">
+        <v>124.465</v>
+      </c>
+      <c r="E12" s="14" t="n">
         <v>123.093</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>121.747</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="G12" s="14" t="n">
         <v>122.159</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>123.587</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>123.533</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>123.247</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>124.887</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="L12" s="14" t="n">
         <v>123.226</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>121.21</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>119.865</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>119.482</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>120.565</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>118.937</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>118.314</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>120.721</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="T12" s="14" t="n">
         <v>121.746</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="U12" s="14" t="n">
         <v>121.752</v>
       </c>
-      <c r="T12" s="14" t="n">
+      <c r="V12" s="14" t="n">
         <v>120.337</v>
       </c>
-      <c r="U12" s="14" t="n">
+      <c r="W12" s="14" t="n">
         <v>119.201</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>118.033</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>117.134</v>
       </c>
-      <c r="X12" s="14" t="n">
+      <c r="Z12" s="14" t="n">
         <v>115.98</v>
       </c>
-      <c r="Y12" s="14" t="n">
+      <c r="AA12" s="14" t="n">
         <v>115.4</v>
       </c>
-      <c r="Z12" s="14" t="n">
+      <c r="AB12" s="14" t="n">
         <v>115.857</v>
       </c>
-      <c r="AA12" s="14" t="n">
+      <c r="AC12" s="14" t="n">
         <v>117.293</v>
       </c>
-      <c r="AB12" s="14" t="n">
+      <c r="AD12" s="14" t="n">
         <v>117.106</v>
       </c>
-      <c r="AC12" s="14" t="n">
+      <c r="AE12" s="14" t="n">
         <v>117.334</v>
       </c>
-      <c r="AD12" s="14" t="n">
+      <c r="AF12" s="14" t="n">
         <v>116.904</v>
       </c>
-      <c r="AE12" s="14" t="n">
+      <c r="AG12" s="14" t="n">
         <v>117.5</v>
       </c>
-      <c r="AF12" s="14" t="n">
+      <c r="AH12" s="14" t="n">
         <v>117.682</v>
       </c>
-      <c r="AG12" s="14" t="n">
+      <c r="AI12" s="14" t="n">
         <v>117.967</v>
       </c>
-      <c r="AH12" s="14" t="n">
+      <c r="AJ12" s="14" t="n">
         <v>117.999</v>
       </c>
-      <c r="AI12" s="14" t="n">
+      <c r="AK12" s="14" t="n">
         <v>116.59</v>
       </c>
-      <c r="AJ12" s="14" t="n">
+      <c r="AL12" s="14" t="n">
         <v>114.796</v>
       </c>
-      <c r="AK12" s="14" t="n">
+      <c r="AM12" s="14" t="n">
         <v>115.421</v>
       </c>
-      <c r="AL12" s="14" t="n">
+      <c r="AN12" s="14" t="n">
         <v>114.383</v>
       </c>
-      <c r="AM12" s="14" t="n">
+      <c r="AO12" s="14" t="n">
         <v>115.302</v>
       </c>
-      <c r="AN12" s="14" t="n">
+      <c r="AP12" s="14" t="n">
         <v>113.548</v>
       </c>
-      <c r="AO12" s="14" t="n">
+      <c r="AQ12" s="14" t="n">
         <v>112.591</v>
       </c>
-      <c r="AP12" s="14" t="n">
+      <c r="AR12" s="14" t="n">
         <v>113.054</v>
       </c>
-      <c r="AQ12" s="14" t="n">
+      <c r="AS12" s="14" t="n">
         <v>111.806</v>
       </c>
-      <c r="AR12" s="14" t="n">
+      <c r="AT12" s="14" t="n">
         <v>112.158</v>
       </c>
-      <c r="AS12" s="14" t="n">
+      <c r="AU12" s="14" t="n">
         <v>109.144</v>
       </c>
-      <c r="AT12" s="14" t="n">
+      <c r="AV12" s="14" t="n">
         <v>107.554</v>
       </c>
-      <c r="AU12" s="14" t="n">
+      <c r="AW12" s="14" t="n">
         <v>105.803</v>
       </c>
-      <c r="AV12" s="14" t="n">
+      <c r="AX12" s="14" t="n">
         <v>103.347</v>
       </c>
-      <c r="AW12" s="14" t="n">
+      <c r="AY12" s="14" t="n">
         <v>103.099</v>
       </c>
-      <c r="AX12" s="14" t="n">
+      <c r="AZ12" s="14" t="n">
         <v>102.193</v>
       </c>
-      <c r="AY12" s="14" t="n">
+      <c r="BA12" s="14" t="n">
         <v>101.492</v>
       </c>
-      <c r="AZ12" s="14" t="n">
+      <c r="BB12" s="14" t="n">
         <v>100.279</v>
       </c>
-      <c r="BA12" s="14" t="n">
+      <c r="BC12" s="14" t="n">
         <v>100.332</v>
       </c>
-      <c r="BB12" s="14" t="n">
+      <c r="BD12" s="14" t="n">
         <v>100.446</v>
       </c>
-      <c r="BC12" s="14" t="n">
+      <c r="BE12" s="14" t="n">
         <v>99.119</v>
       </c>
-      <c r="BD12" s="14" t="n">
+      <c r="BF12" s="14" t="n">
         <v>98.665</v>
       </c>
-      <c r="BE12" s="14" t="n">
+      <c r="BG12" s="14" t="n">
         <v>97.584</v>
       </c>
-      <c r="BF12" s="14" t="n">
+      <c r="BH12" s="14" t="n">
         <v>96.944</v>
       </c>
-      <c r="BG12" s="14" t="n">
+      <c r="BI12" s="14" t="n">
         <v>96.499</v>
       </c>
-      <c r="BH12" s="14" t="n">
+      <c r="BJ12" s="14" t="n">
         <v>95.917</v>
       </c>
-      <c r="BI12" s="14" t="n">
+      <c r="BK12" s="14" t="n">
         <v>95.777</v>
       </c>
-      <c r="BJ12" s="14" t="n">
+      <c r="BL12" s="14" t="n">
         <v>95.837</v>
       </c>
-      <c r="BK12" s="14" t="n">
+      <c r="BM12" s="14" t="n">
         <v>96.138</v>
       </c>
-      <c r="BL12" s="14" t="n">
+      <c r="BN12" s="14" t="n">
         <v>96.119</v>
       </c>
-      <c r="BM12" s="14" t="n">
+      <c r="BO12" s="14" t="n">
         <v>95.042</v>
       </c>
-      <c r="BN12" s="14" t="n">
+      <c r="BP12" s="14" t="n">
         <v>94.538</v>
       </c>
-      <c r="BO12" s="14" t="n">
+      <c r="BQ12" s="14" t="n">
         <v>94.813</v>
       </c>
-      <c r="BP12" s="14" t="n">
+      <c r="BR12" s="14" t="n">
         <v>94.446</v>
       </c>
-      <c r="BQ12" s="14" t="n">
+      <c r="BS12" s="14" t="n">
         <v>94.002</v>
       </c>
-      <c r="BR12" s="14" t="n">
+      <c r="BT12" s="14" t="n">
         <v>94.924</v>
       </c>
-      <c r="BS12" s="14" t="n">
+      <c r="BU12" s="14" t="n">
         <v>94.967</v>
       </c>
-      <c r="BT12" s="14" t="n">
+      <c r="BV12" s="14" t="n">
         <v>94.007</v>
       </c>
-      <c r="BU12" s="14" t="n">
+      <c r="BW12" s="14" t="n">
         <v>94.364</v>
       </c>
-      <c r="BV12" s="14" t="n">
+      <c r="BX12" s="14" t="n">
         <v>94.593</v>
       </c>
-      <c r="BW12" s="14" t="n">
+      <c r="BY12" s="14" t="n">
         <v>94.583</v>
       </c>
-      <c r="BX12" s="14" t="n">
+      <c r="BZ12" s="14" t="n">
         <v>94.505</v>
       </c>
-      <c r="BY12" s="14" t="n">
+      <c r="CA12" s="14" t="n">
         <v>93.722</v>
       </c>
-      <c r="BZ12" s="14" t="n">
+      <c r="CB12" s="14" t="n">
         <v>93.326</v>
       </c>
-      <c r="CA12" s="14" t="n">
+      <c r="CC12" s="14" t="n">
         <v>93.432</v>
       </c>
-      <c r="CB12" s="14" t="n">
+      <c r="CD12" s="14" t="n">
         <v>93.564</v>
       </c>
-      <c r="CC12" s="14" t="n">
+      <c r="CE12" s="14" t="n">
         <v>93.406</v>
       </c>
-      <c r="CD12" s="14" t="n">
+      <c r="CF12" s="14" t="n">
         <v>94.065</v>
       </c>
-      <c r="CE12" s="14" t="n">
+      <c r="CG12" s="14" t="n">
         <v>93.477</v>
       </c>
-      <c r="CF12" s="14" t="n">
+      <c r="CH12" s="14" t="n">
         <v>93.18</v>
       </c>
-      <c r="CG12" s="14" t="n">
+      <c r="CI12" s="14" t="n">
         <v>93.006</v>
       </c>
-      <c r="CH12" s="14" t="n">
+      <c r="CJ12" s="14" t="n">
         <v>92.613</v>
       </c>
-      <c r="CI12" s="14" t="n">
+      <c r="CK12" s="14" t="n">
         <v>91.934</v>
       </c>
-      <c r="CJ12" s="14" t="n">
+      <c r="CL12" s="14" t="n">
         <v>91.812</v>
       </c>
-      <c r="CK12" s="14" t="n">
+      <c r="CM12" s="14" t="n">
         <v>91.392</v>
       </c>
-      <c r="CL12" s="14" t="n">
+      <c r="CN12" s="14" t="n">
         <v>91.966</v>
       </c>
-      <c r="CM12" s="14" t="n">
+      <c r="CO12" s="14" t="n">
         <v>91.988</v>
       </c>
-      <c r="CN12" s="14" t="n">
+      <c r="CP12" s="14" t="n">
         <v>91.522</v>
       </c>
-      <c r="CO12" s="14" t="n">
+      <c r="CQ12" s="14" t="n">
         <v>90.798</v>
       </c>
-      <c r="CP12" s="14" t="n">
+      <c r="CR12" s="14" t="n">
         <v>90.16</v>
       </c>
-      <c r="CQ12" s="14" t="n">
+      <c r="CS12" s="14" t="n">
         <v>89.877</v>
       </c>
-      <c r="CR12" s="14" t="n">
+      <c r="CT12" s="14" t="n">
         <v>89.375</v>
       </c>
-      <c r="CS12" s="14" t="n">
+      <c r="CU12" s="14" t="n">
         <v>88.707</v>
       </c>
-      <c r="CT12" s="14" t="n">
+      <c r="CV12" s="14" t="n">
         <v>89.686</v>
       </c>
-      <c r="CU12" s="14" t="n">
+      <c r="CW12" s="14" t="n">
         <v>88.837</v>
       </c>
-      <c r="CV12" s="14" t="n">
+      <c r="CX12" s="14" t="n">
         <v>88.601</v>
       </c>
-      <c r="CW12" s="14" t="n">
+      <c r="CY12" s="14" t="n">
         <v>88.206</v>
       </c>
-      <c r="CX12" s="14" t="n">
+      <c r="CZ12" s="14" t="n">
         <v>88.217</v>
       </c>
-      <c r="CY12" s="14" t="n">
+      <c r="DA12" s="14" t="n">
         <v>87.586</v>
       </c>
-      <c r="CZ12" s="14" t="n">
+      <c r="DB12" s="14" t="n">
         <v>87.63</v>
       </c>
-      <c r="DA12" s="14" t="n">
+      <c r="DC12" s="14" t="n">
         <v>87.233</v>
       </c>
-      <c r="DB12" s="14" t="n">
+      <c r="DD12" s="14" t="n">
         <v>87.142</v>
       </c>
-      <c r="DC12" s="14" t="n">
+      <c r="DE12" s="14" t="n">
         <v>87.394</v>
       </c>
-      <c r="DD12" s="14" t="n">
+      <c r="DF12" s="14" t="n">
         <v>86.938</v>
       </c>
-      <c r="DE12" s="14" t="n">
+      <c r="DG12" s="14" t="n">
         <v>86.865</v>
       </c>
-      <c r="DF12" s="14" t="n">
+      <c r="DH12" s="14" t="n">
         <v>86.673</v>
       </c>
-      <c r="DG12" s="14" t="n">
+      <c r="DI12" s="14" t="n">
         <v>86.485</v>
       </c>
-      <c r="DH12" s="14" t="n">
+      <c r="DJ12" s="14" t="n">
         <v>87.457</v>
       </c>
-      <c r="DI12" s="14" t="n">
+      <c r="DK12" s="14" t="n">
         <v>86.863</v>
       </c>
-      <c r="DJ12" s="14" t="n">
+      <c r="DL12" s="14" t="n">
         <v>86.685</v>
       </c>
-      <c r="DK12" s="14" t="n">
+      <c r="DM12" s="14" t="n">
         <v>86.637</v>
       </c>
-      <c r="DL12" s="14" t="n">
+      <c r="DN12" s="14" t="n">
         <v>86.865</v>
       </c>
-      <c r="DM12" s="14" t="n">
+      <c r="DO12" s="14" t="n">
         <v>87.972</v>
       </c>
-      <c r="DN12" s="14" t="n">
+      <c r="DP12" s="14" t="n">
         <v>88.052</v>
       </c>
-      <c r="DO12" s="14" t="n">
+      <c r="DQ12" s="14" t="n">
         <v>87.48</v>
       </c>
-      <c r="DP12" s="14" t="n">
+      <c r="DR12" s="14" t="n">
         <v>88.03</v>
       </c>
-      <c r="DQ12" s="14" t="n">
+      <c r="DS12" s="14" t="n">
         <v>88.465</v>
       </c>
-      <c r="DR12" s="14" t="n">
+      <c r="DT12" s="14" t="n">
         <v>88.519</v>
       </c>
-      <c r="DS12" s="14" t="n">
+      <c r="DU12" s="14" t="n">
         <v>89.08</v>
       </c>
-      <c r="DT12" s="14" t="n">
+      <c r="DV12" s="14" t="n">
         <v>89.428</v>
       </c>
-      <c r="DU12" s="14" t="n">
+      <c r="DW12" s="14" t="n">
         <v>89.358</v>
       </c>
-      <c r="DV12" s="14" t="n">
+      <c r="DX12" s="14" t="n">
         <v>89.323</v>
       </c>
-      <c r="DW12" s="14" t="n">
+      <c r="DY12" s="14" t="n">
         <v>89.789</v>
       </c>
-      <c r="DX12" s="14" t="n">
+      <c r="DZ12" s="14" t="n">
         <v>89.67</v>
       </c>
-      <c r="DY12" s="14" t="n">
+      <c r="EA12" s="14" t="n">
         <v>89.506</v>
       </c>
-      <c r="DZ12" s="14" t="n">
+      <c r="EB12" s="14" t="n">
         <v>89.317</v>
       </c>
-      <c r="EA12" s="14" t="n">
+      <c r="EC12" s="14" t="n">
         <v>88.66</v>
       </c>
-      <c r="EB12" s="14" t="n">
+      <c r="ED12" s="14" t="n">
         <v>87.882</v>
       </c>
-      <c r="EC12" s="14" t="n">
+      <c r="EE12" s="14" t="n">
         <v>88.271</v>
       </c>
-      <c r="ED12" s="14" t="n">
+      <c r="EF12" s="14" t="n">
         <v>87.908</v>
       </c>
-      <c r="EE12" s="14" t="n">
+      <c r="EG12" s="14" t="n">
         <v>87.939</v>
       </c>
-      <c r="EF12" s="14" t="n">
+      <c r="EH12" s="14" t="n">
         <v>87.993</v>
       </c>
-      <c r="EG12" s="14" t="n">
+      <c r="EI12" s="14" t="n">
         <v>88.253</v>
       </c>
-      <c r="EH12" s="14" t="n">
+      <c r="EJ12" s="14" t="n">
         <v>87.839</v>
       </c>
-      <c r="EI12" s="14" t="n">
+      <c r="EK12" s="14" t="n">
         <v>87.761</v>
       </c>
-      <c r="EJ12" s="14" t="n">
+      <c r="EL12" s="14" t="n">
         <v>87.099</v>
       </c>
-      <c r="EK12" s="14" t="n">
+      <c r="EM12" s="14" t="n">
         <v>87.149</v>
       </c>
-      <c r="EL12" s="14" t="n">
+      <c r="EN12" s="14" t="n">
         <v>87.203</v>
       </c>
-      <c r="EM12" s="14" t="n">
+      <c r="EO12" s="14" t="n">
         <v>87.274</v>
       </c>
-      <c r="EN12" s="14" t="n">
+      <c r="EP12" s="14" t="n">
         <v>87.517</v>
       </c>
-      <c r="EO12" s="14" t="n">
+      <c r="EQ12" s="14" t="n">
         <v>87.849</v>
       </c>
-      <c r="EP12" s="14" t="n">
+      <c r="ER12" s="14" t="n">
         <v>87.504</v>
       </c>
-      <c r="EQ12" s="14" t="n">
+      <c r="ES12" s="14" t="n">
         <v>87.054</v>
       </c>
-      <c r="ER12" s="14" t="n">
+      <c r="ET12" s="14" t="n">
         <v>87.071</v>
       </c>
-      <c r="ES12" s="14" t="n">
+      <c r="EU12" s="14" t="n">
         <v>87.55</v>
       </c>
-      <c r="ET12" s="14" t="n">
+      <c r="EV12" s="14" t="n">
         <v>87.15</v>
       </c>
-      <c r="EU12" s="14" t="n">
+      <c r="EW12" s="14" t="n">
         <v>87.78</v>
       </c>
-      <c r="EV12" s="14" t="n">
+      <c r="EX12" s="14" t="n">
         <v>87.744</v>
       </c>
-      <c r="EW12" s="14" t="n">
+      <c r="EY12" s="14" t="n">
         <v>87.813</v>
       </c>
-      <c r="EX12" s="14" t="n">
+      <c r="EZ12" s="14" t="n">
         <v>88.144</v>
       </c>
-      <c r="EY12" s="14" t="n">
+      <c r="FA12" s="14" t="n">
         <v>87.209</v>
       </c>
-      <c r="EZ12" s="14" t="n">
+      <c r="FB12" s="14" t="n">
         <v>86.958</v>
       </c>
-      <c r="FA12" s="14" t="n">
+      <c r="FC12" s="14" t="n">
         <v>87.676</v>
       </c>
-      <c r="FB12" s="14" t="n">
+      <c r="FD12" s="14" t="n">
         <v>88.261</v>
       </c>
-      <c r="FC12" s="14" t="n">
+      <c r="FE12" s="14" t="n">
         <v>88.645</v>
       </c>
-      <c r="FD12" s="14" t="n">
+      <c r="FF12" s="14" t="n">
         <v>88.43</v>
       </c>
-      <c r="FE12" s="14" t="n">
+      <c r="FG12" s="14" t="n">
         <v>88.698</v>
       </c>
-      <c r="FF12" s="14" t="n">
+      <c r="FH12" s="14" t="n">
         <v>88.824</v>
       </c>
-      <c r="FG12" s="14" t="n">
+      <c r="FI12" s="14" t="n">
         <v>88.191</v>
       </c>
-      <c r="FH12" s="14" t="n">
+      <c r="FJ12" s="14" t="n">
         <v>88.287</v>
       </c>
-      <c r="FI12" s="14" t="n">
+      <c r="FK12" s="14" t="n">
         <v>88.265</v>
       </c>
-      <c r="FJ12" s="14" t="n">
+      <c r="FL12" s="14" t="n">
         <v>88.419</v>
       </c>
-      <c r="FK12" s="14" t="n">
+      <c r="FM12" s="14" t="n">
         <v>87.629</v>
       </c>
-      <c r="FL12" s="14" t="n">
+      <c r="FN12" s="14" t="n">
         <v>87.584</v>
       </c>
-      <c r="FM12" s="14" t="n">
+      <c r="FO12" s="14" t="n">
         <v>87.432</v>
       </c>
-      <c r="FN12" s="14" t="n">
+      <c r="FP12" s="14" t="n">
         <v>87.434</v>
       </c>
-      <c r="FO12" s="14" t="n">
+      <c r="FQ12" s="14" t="n">
         <v>87.201</v>
       </c>
-      <c r="FP12" s="14" t="n">
+      <c r="FR12" s="14" t="n">
         <v>87.33</v>
       </c>
-      <c r="FQ12" s="14" t="n">
+      <c r="FS12" s="14" t="n">
         <v>86.889</v>
       </c>
-      <c r="FR12" s="14" t="n">
+      <c r="FT12" s="14" t="n">
         <v>85.106</v>
       </c>
-      <c r="FS12" s="14" t="n">
+      <c r="FU12" s="14" t="n">
         <v>85.232</v>
       </c>
-      <c r="FT12" s="14" t="n">
+      <c r="FV12" s="14" t="n">
         <v>84.522</v>
       </c>
-      <c r="FU12" s="14" t="n">
+      <c r="FW12" s="14" t="n">
         <v>84.539</v>
       </c>
-      <c r="FV12" s="14" t="n">
+      <c r="FX12" s="14" t="n">
         <v>84.536</v>
       </c>
-      <c r="FW12" s="14" t="n">
+      <c r="FY12" s="14" t="n">
         <v>84.292</v>
       </c>
-      <c r="FX12" s="14" t="n">
+      <c r="FZ12" s="14" t="n">
         <v>84.044</v>
       </c>
-      <c r="FY12" s="14" t="n">
+      <c r="GA12" s="14" t="n">
         <v>82.786</v>
       </c>
-      <c r="FZ12" s="14" t="n">
+      <c r="GB12" s="14" t="n">
         <v>80.961</v>
       </c>
-      <c r="GA12" s="14" t="n">
+      <c r="GC12" s="14" t="n">
         <v>81.357</v>
       </c>
-      <c r="GB12" s="14" t="n">
+      <c r="GD12" s="14" t="n">
         <v>80.837</v>
       </c>
-      <c r="GC12" s="14" t="n">
+      <c r="GE12" s="14" t="n">
         <v>80.796</v>
       </c>
-      <c r="GD12" s="14" t="n">
+      <c r="GF12" s="14" t="n">
         <v>80.669</v>
       </c>
-      <c r="GE12" s="14" t="n">
+      <c r="GG12" s="14" t="n">
         <v>80.364</v>
       </c>
-      <c r="GF12" s="14" t="n">
+      <c r="GH12" s="14" t="n">
         <v>80.674</v>
       </c>
-      <c r="GG12" s="14" t="n">
+      <c r="GI12" s="14" t="n">
         <v>80.575</v>
       </c>
-      <c r="GH12" s="14" t="n">
+      <c r="GJ12" s="14" t="n">
         <v>80.525</v>
       </c>
-      <c r="GI12" s="14" t="n">
+      <c r="GK12" s="14" t="n">
         <v>80.963</v>
       </c>
-      <c r="GJ12" s="14" t="n">
+      <c r="GL12" s="14" t="n">
         <v>80.342</v>
       </c>
-      <c r="GK12" s="14" t="n">
+      <c r="GM12" s="14" t="n">
         <v>79.859</v>
-      </c>
-[...4 lines deleted...]
-        <v>80.273</v>
       </c>
       <c r="GN12" s="14" t="n">
         <v>79.997</v>
       </c>
       <c r="GO12" s="14" t="n">
+        <v>80.273</v>
+      </c>
+      <c r="GP12" s="14" t="n">
+        <v>79.997</v>
+      </c>
+      <c r="GQ12" s="14" t="n">
         <v>80.48</v>
       </c>
-      <c r="GP12" s="14" t="n">
+      <c r="GR12" s="14" t="n">
         <v>80.687</v>
       </c>
-      <c r="GQ12" s="14" t="n">
+      <c r="GS12" s="14" t="n">
         <v>81.032</v>
       </c>
-      <c r="GR12" s="14" t="n">
+      <c r="GT12" s="14" t="n">
         <v>80.48</v>
       </c>
-      <c r="GS12" s="14" t="n">
+      <c r="GU12" s="14" t="n">
         <v>80.342</v>
       </c>
-      <c r="GT12" s="14" t="n">
+      <c r="GV12" s="14" t="n">
         <v>80.135</v>
-      </c>
-[...4 lines deleted...]
-        <v>79.928</v>
       </c>
       <c r="GW12" s="14" t="n">
         <v>79.859</v>
       </c>
       <c r="GX12" s="14" t="n">
+        <v>79.928</v>
+      </c>
+      <c r="GY12" s="14" t="n">
+        <v>79.859</v>
+      </c>
+      <c r="GZ12" s="14" t="n">
         <v>79.237</v>
       </c>
-      <c r="GY12" s="14" t="n">
+      <c r="HA12" s="14" t="n">
         <v>79.79</v>
       </c>
-      <c r="GZ12" s="14" t="n">
+      <c r="HB12" s="14" t="n">
         <v>79.928</v>
       </c>
-      <c r="HA12" s="14" t="n">
+      <c r="HC12" s="14" t="n">
         <v>79.859</v>
       </c>
-      <c r="HB12" s="14" t="n">
+      <c r="HD12" s="14" t="n">
         <v>79.651</v>
       </c>
-      <c r="HC12" s="14" t="n">
+      <c r="HE12" s="14" t="n">
         <v>79.651</v>
       </c>
-      <c r="HD12" s="14" t="n">
+      <c r="HF12" s="14" t="n">
         <v>79.168</v>
       </c>
-      <c r="HE12" s="14" t="n">
+      <c r="HG12" s="14" t="n">
         <v>78.754</v>
       </c>
-      <c r="HF12" s="14" t="n">
+      <c r="HH12" s="14" t="n">
         <v>78.409</v>
       </c>
-      <c r="HG12" s="14" t="n">
+      <c r="HI12" s="14" t="n">
         <v>77.857</v>
       </c>
-      <c r="HH12" s="14" t="n">
+      <c r="HJ12" s="14" t="n">
         <v>75.786</v>
       </c>
-      <c r="HI12" s="14" t="n">
+      <c r="HK12" s="14" t="n">
         <v>76.338</v>
       </c>
-      <c r="HJ12" s="14" t="n">
+      <c r="HL12" s="14" t="n">
         <v>76.131</v>
       </c>
-      <c r="HK12" s="14" t="n">
+      <c r="HM12" s="14" t="n">
         <v>75.51</v>
       </c>
-      <c r="HL12" s="14" t="n">
+      <c r="HN12" s="14" t="n">
         <v>75.51</v>
       </c>
-      <c r="HM12" s="14" t="n">
+      <c r="HO12" s="14" t="n">
         <v>75.855</v>
       </c>
-      <c r="HN12" s="14" t="n">
+      <c r="HP12" s="14" t="n">
         <v>75.234</v>
       </c>
-      <c r="HO12" s="14" t="n">
+      <c r="HQ12" s="14" t="n">
         <v>75.096</v>
       </c>
-      <c r="HP12" s="14" t="n">
+      <c r="HR12" s="14" t="n">
         <v>75.027</v>
       </c>
-      <c r="HQ12" s="14" t="n">
+      <c r="HS12" s="14" t="n">
         <v>75.027</v>
       </c>
-      <c r="HR12" s="14" t="n">
+      <c r="HT12" s="14" t="n">
         <v>75.096</v>
       </c>
-      <c r="HS12" s="14" t="n">
+      <c r="HU12" s="14" t="n">
         <v>74.13</v>
       </c>
-      <c r="HT12" s="14" t="n">
+      <c r="HV12" s="14" t="n">
         <v>72.404</v>
-      </c>
-[...4 lines deleted...]
-        <v>71.852</v>
       </c>
       <c r="HW12" s="14" t="n">
         <v>71.99</v>
       </c>
       <c r="HX12" s="14" t="n">
+        <v>71.852</v>
+      </c>
+      <c r="HY12" s="14" t="n">
         <v>71.99</v>
       </c>
-      <c r="HY12" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="HZ12" s="14" t="n">
-        <v>71.921</v>
+        <v>71.99</v>
       </c>
       <c r="IA12" s="14" t="n">
         <v>71.714</v>
       </c>
       <c r="IB12" s="14" t="n">
+        <v>71.921</v>
+      </c>
+      <c r="IC12" s="14" t="n">
+        <v>71.714</v>
+      </c>
+      <c r="ID12" s="14" t="n">
         <v>71.507</v>
       </c>
-      <c r="IC12" s="14" t="n">
+      <c r="IE12" s="14" t="n">
         <v>71.438</v>
       </c>
-      <c r="ID12" s="14" t="n">
+      <c r="IF12" s="14" t="n">
         <v>71.369</v>
       </c>
-      <c r="IE12" s="14" t="n">
+      <c r="IG12" s="14" t="n">
         <v>71.3</v>
       </c>
-      <c r="IF12" s="14" t="n">
+      <c r="IH12" s="14" t="n">
         <v>69.091</v>
       </c>
-      <c r="IG12" s="14" t="n">
+      <c r="II12" s="14" t="n">
         <v>69.574</v>
       </c>
-      <c r="IH12" s="14" t="n">
+      <c r="IJ12" s="14" t="n">
         <v>69.298</v>
       </c>
-      <c r="II12" s="14" t="n">
+      <c r="IK12" s="14" t="n">
         <v>69.367</v>
       </c>
-      <c r="IJ12" s="14" t="n">
+      <c r="IL12" s="14" t="n">
         <v>69.022</v>
       </c>
-      <c r="IK12" s="14" t="n">
+      <c r="IM12" s="14" t="n">
         <v>69.712</v>
       </c>
-      <c r="IL12" s="14" t="n">
+      <c r="IN12" s="14" t="n">
         <v>69.091</v>
-      </c>
-[...4 lines deleted...]
-        <v>68.815</v>
       </c>
       <c r="IO12" s="14" t="n">
         <v>68.815</v>
       </c>
       <c r="IP12" s="14" t="n">
+        <v>68.815</v>
+      </c>
+      <c r="IQ12" s="14" t="n">
+        <v>68.815</v>
+      </c>
+      <c r="IR12" s="14" t="n">
         <v>68.677</v>
       </c>
-      <c r="IQ12" s="14" t="n">
+      <c r="IS12" s="14" t="n">
         <v>67.987</v>
       </c>
-      <c r="IR12" s="15" t="n">
+      <c r="IT12" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="IU12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="IV12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="IS12" s="15" t="n">
+      <c r="IW12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="IT12" s="15" t="n">
+      <c r="IX12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="IU12" s="15" t="n">
+      <c r="IY12" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="IV12" s="15" t="n">
+      <c r="IZ12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="IW12" s="15" t="n">
+      <c r="JA12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="IX12" s="15" t="n">
+      <c r="JB12" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="IY12" s="15" t="n">
+      <c r="JC12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="IZ12" s="15" t="n">
+      <c r="JD12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="JA12" s="15" t="n">
+      <c r="JE12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="JB12" s="15" t="n">
+      <c r="JF12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JC12" s="15" t="n">
+      <c r="JG12" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="JD12" s="15" t="n">
+      <c r="JH12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="JE12" s="15" t="n">
+      <c r="JI12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="JF12" s="15" t="n">
+      <c r="JJ12" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="JG12" s="15" t="n">
+      <c r="JK12" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="JH12" s="15" t="n">
+      <c r="JL12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JI12" s="15" t="n">
+      <c r="JM12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="JJ12" s="15" t="n">
+      <c r="JN12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="JK12" s="15" t="n">
+      <c r="JO12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="JL12" s="15" t="n">
+      <c r="JP12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="JM12" s="15" t="n">
+      <c r="JQ12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="JN12" s="15" t="n">
+      <c r="JR12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="JO12" s="15" t="n">
+      <c r="JS12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="JP12" s="15" t="n">
+      <c r="JT12" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="JQ12" s="15" t="n">
+      <c r="JU12" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="JV12" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="JW12" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="JX12" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="JY12" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="JZ12" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="KA12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JX12" s="15" t="n">
+      <c r="KB12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="JY12" s="15" t="n">
+      <c r="KC12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="JZ12" s="15" t="n">
+      <c r="KD12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="KA12" s="15" t="n">
+      <c r="KE12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="KB12" s="15" t="n">
+      <c r="KF12" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="KC12" s="15" t="n">
+      <c r="KG12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="KD12" s="15" t="n">
+      <c r="KH12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="KE12" s="15" t="n">
+      <c r="KI12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="KF12" s="15" t="n">
+      <c r="KJ12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="KG12" s="15" t="n">
+      <c r="KK12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="KH12" s="15" t="n">
+      <c r="KL12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="KI12" s="15" t="n">
+      <c r="KM12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="KJ12" s="15" t="n">
+      <c r="KN12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="KK12" s="15" t="n">
+      <c r="KO12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="KL12" s="15" t="n">
+      <c r="KP12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KM12" s="15" t="n">
+      <c r="KQ12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="KN12" s="15" t="n">
+      <c r="KR12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="KO12" s="15" t="n">
+      <c r="KS12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="KP12" s="15" t="n">
+      <c r="KT12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KQ12" s="15" t="n">
+      <c r="KU12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KR12" s="15" t="n">
+      <c r="KV12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="KS12" s="15" t="n">
+      <c r="KW12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="KT12" s="15" t="n">
+      <c r="KX12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="KU12" s="15" t="n">
+      <c r="KY12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="KV12" s="15" t="n">
+      <c r="KZ12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="KW12" s="15" t="n">
+      <c r="LA12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="KX12" s="15" t="n">
+      <c r="LB12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KY12" s="15" t="n">
+      <c r="LC12" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="LD12" s="15" t="n">
         <v>-0.3</v>
       </c>
       <c r="LE12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LF12" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="LG12" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="LH12" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="LI12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LF12" s="15" t="n">
+      <c r="LJ12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="LG12" s="15" t="n">
+      <c r="LK12" s="15" t="n">
         <v>-1.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="LL12" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LM12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="LN12" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="LO12" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="LP12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LQ12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LN12" s="15" t="n">
+      <c r="LR12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="LO12" s="15" t="n">
+      <c r="LS12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LP12" s="15" t="n">
+      <c r="LT12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LQ12" s="15" t="n">
+      <c r="LU12" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="LV12" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="LW12" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="LX12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="LY12" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="LZ12" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="MA12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LX12" s="15" t="n">
+      <c r="MB12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="LY12" s="15" t="n">
+      <c r="MC12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LZ12" s="15" t="n">
+      <c r="MD12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="MA12" s="15" t="n">
+      <c r="ME12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="MB12" s="15" t="n">
+      <c r="MF12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MC12" s="15" t="n">
+      <c r="MG12" s="15" t="n">
         <v>0.5</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="MH12" s="15" t="n">
         <v>0.8</v>
       </c>
       <c r="MI12" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="MJ12" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="MK12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="ML12" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="MM12" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="MJ12" s="15" t="n">
+      <c r="MN12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="MK12" s="15" t="n">
+      <c r="MO12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ML12" s="15" t="n">
+      <c r="MP12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="MM12" s="15" t="n">
+      <c r="MQ12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MN12" s="15" t="n">
+      <c r="MR12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MO12" s="15" t="n">
+      <c r="MS12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MP12" s="15" t="n">
+      <c r="MT12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="MQ12" s="15" t="n">
+      <c r="MU12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MR12" s="15" t="n">
+      <c r="MV12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="MS12" s="15" t="n">
+      <c r="MW12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="MT12" s="15" t="n">
+      <c r="MX12" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.7</v>
       </c>
       <c r="MY12" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="MZ12" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="NA12" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="NB12" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="NC12" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="ND12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NA12" s="15" t="n">
+      <c r="NE12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="NB12" s="15" t="n">
+      <c r="NF12" s="15" t="n">
         <v>-1.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.5</v>
       </c>
       <c r="NG12" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="NH12" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="NI12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="NI12" s="15" t="n">
+      <c r="NJ12" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="NK12" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NL12" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="NM12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="NJ12" s="15" t="n">
+      <c r="NN12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NK12" s="15" t="n">
+      <c r="NO12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NL12" s="15" t="n">
+      <c r="NP12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="NM12" s="15" t="n">
+      <c r="NQ12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NN12" s="15" t="n">
+      <c r="NR12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NO12" s="15" t="n">
+      <c r="NS12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NP12" s="15" t="n">
+      <c r="NT12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="NQ12" s="15" t="n">
+      <c r="NU12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="NR12" s="15" t="n">
+      <c r="NV12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="NS12" s="15" t="n">
+      <c r="NW12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="NT12" s="15" t="n">
+      <c r="NX12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NU12" s="15" t="n">
+      <c r="NY12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="NV12" s="15" t="n">
+      <c r="NZ12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="NW12" s="15" t="n">
+      <c r="OA12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="NX12" s="15" t="n">
+      <c r="OB12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NY12" s="15" t="n">
+      <c r="OC12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="NZ12" s="15" t="n">
+      <c r="OD12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OA12" s="15" t="n">
+      <c r="OE12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OB12" s="15" t="n">
+      <c r="OF12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OC12" s="15" t="n">
+      <c r="OG12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OD12" s="15" t="n">
+      <c r="OH12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="OE12" s="15" t="n">
+      <c r="OI12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="OF12" s="15" t="n">
+      <c r="OJ12" s="15" t="n">
         <v>0.5</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.7</v>
       </c>
       <c r="OK12" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="OL12" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="OM12" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="ON12" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="OO12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OP12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OM12" s="15" t="n">
+      <c r="OQ12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="ON12" s="15" t="n">
+      <c r="OR12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="OO12" s="15" t="n">
+      <c r="OS12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="OP12" s="15" t="n">
+      <c r="OT12" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="OQ12" s="15" t="n">
+      <c r="OU12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="OR12" s="15" t="n">
+      <c r="OV12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="OS12" s="15" t="n">
+      <c r="OW12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OT12" s="15" t="n">
+      <c r="OX12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OU12" s="15" t="n">
+      <c r="OY12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OV12" s="15" t="n">
+      <c r="OZ12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="OW12" s="15" t="n">
+      <c r="PA12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OX12" s="15" t="n">
+      <c r="PB12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OY12" s="15" t="n">
+      <c r="PC12" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OZ12" s="15" t="n">
+      <c r="PD12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="PA12" s="15" t="n">
+      <c r="PE12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PB12" s="15" t="n">
+      <c r="PF12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PC12" s="15" t="n">
+      <c r="PG12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PD12" s="15" t="n">
+      <c r="PH12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PE12" s="15" t="n">
+      <c r="PI12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PF12" s="15" t="n">
+      <c r="PJ12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="PG12" s="15" t="n">
+      <c r="PK12" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="PH12" s="15" t="n">
+      <c r="PL12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PI12" s="15" t="n">
+      <c r="PM12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="PJ12" s="15" t="n">
+      <c r="PN12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PK12" s="15" t="n">
+      <c r="PO12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PL12" s="15" t="n">
+      <c r="PP12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PM12" s="15" t="n">
+      <c r="PQ12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PN12" s="15" t="n">
+      <c r="PR12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="PO12" s="15" t="n">
+      <c r="PS12" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="PP12" s="15" t="n">
+      <c r="PT12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="PQ12" s="15" t="n">
+      <c r="PU12" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.4</v>
       </c>
       <c r="PV12" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="PW12" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="PX12" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="PY12" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="PZ12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PX12" s="15" t="n">
+      <c r="QA12" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="QB12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="PY12" s="15" t="n">
+      <c r="QC12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="PZ12" s="15" t="n">
+      <c r="QD12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="QA12" s="15" t="n">
+      <c r="QE12" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QB12" s="15" t="n">
+      <c r="QF12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="QC12" s="15" t="n">
+      <c r="QG12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QD12" s="15" t="n">
+      <c r="QH12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="QE12" s="15" t="n">
+      <c r="QI12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="QF12" s="15" t="n">
+      <c r="QJ12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="QG12" s="15" t="n">
+      <c r="QK12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="QH12" s="15" t="n">
+      <c r="QL12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="QI12" s="15" t="n">
+      <c r="QM12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QJ12" s="15" t="n">
+      <c r="QN12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QK12" s="15" t="n">
+      <c r="QO12" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="QP12" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="QQ12" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="QR12" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="QS12" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="QT12" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="QU12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QR12" s="15" t="n">
+      <c r="QV12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QS12" s="15" t="n">
+      <c r="QW12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="QT12" s="15" t="n">
+      <c r="QX12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="QU12" s="15" t="n">
+      <c r="QY12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="QV12" s="15" t="n">
+      <c r="QZ12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="QW12" s="15" t="n">
+      <c r="RA12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="QX12" s="15" t="n">
+      <c r="RB12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="QY12" s="15" t="n">
+      <c r="RC12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QZ12" s="15" t="n">
+      <c r="RD12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="RA12" s="15" t="n">
+      <c r="RE12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RB12" s="15" t="n">
+      <c r="RF12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="RC12" s="15" t="n">
+      <c r="RG12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="RD12" s="15" t="n">
+      <c r="RH12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RE12" s="15" t="n">
+      <c r="RI12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RF12" s="15" t="n">
+      <c r="RJ12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RG12" s="15" t="n">
+      <c r="RK12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RH12" s="15" t="n">
+      <c r="RL12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="RI12" s="15" t="n">
+      <c r="RM12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="RJ12" s="15" t="n">
+      <c r="RN12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="RK12" s="15" t="n">
+      <c r="RO12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RL12" s="15" t="n">
+      <c r="RP12" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="RM12" s="15" t="n">
+      <c r="RQ12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RN12" s="15" t="n">
+      <c r="RR12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="RO12" s="15" t="n">
+      <c r="RS12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="RP12" s="15" t="n">
+      <c r="RT12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="RQ12" s="15" t="n">
+      <c r="RU12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="RR12" s="15" t="n">
+      <c r="RV12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RS12" s="15" t="n">
+      <c r="RW12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RT12" s="15" t="n">
+      <c r="RX12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RU12" s="15" t="n">
+      <c r="RY12" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="RV12" s="15" t="n">
+      <c r="RZ12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="RW12" s="15" t="n">
+      <c r="SA12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="RX12" s="15" t="n">
+      <c r="SB12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RY12" s="15" t="n">
+      <c r="SC12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="RZ12" s="15" t="n">
+      <c r="SD12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="SA12" s="15" t="n">
+      <c r="SE12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="SB12" s="15" t="n">
+      <c r="SF12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="SC12" s="15" t="n">
+      <c r="SG12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="SD12" s="15" t="n">
+      <c r="SH12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="SE12" s="15" t="n">
+      <c r="SI12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="SF12" s="15" t="n">
+      <c r="SJ12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="SG12" s="13" t="inlineStr">
+      <c r="SK12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="SH12" s="15" t="n">
+      <c r="SL12" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="SM12" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="SN12" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="SI12" s="15" t="n">
+      <c r="SO12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="SJ12" s="15" t="n">
+      <c r="SP12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="SK12" s="15" t="n">
+      <c r="SQ12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="SL12" s="15" t="n">
+      <c r="SR12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="SM12" s="15" t="n">
+      <c r="SS12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="SN12" s="15" t="n">
+      <c r="ST12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="SO12" s="15" t="n">
+      <c r="SU12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="SP12" s="15" t="n">
+      <c r="SV12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="SQ12" s="15" t="n">
+      <c r="SW12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="SR12" s="15" t="n">
+      <c r="SX12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="SS12" s="15" t="n">
+      <c r="SY12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ST12" s="15" t="n">
+      <c r="SZ12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="SU12" s="15" t="n">
+      <c r="TA12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="SV12" s="15" t="n">
+      <c r="TB12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="SW12" s="15" t="n">
+      <c r="TC12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="SX12" s="15" t="n">
+      <c r="TD12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="SY12" s="15" t="n">
+      <c r="TE12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="SZ12" s="15" t="n">
+      <c r="TF12" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="TA12" s="15" t="n">
+      <c r="TG12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="TB12" s="15" t="n">
+      <c r="TH12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="TC12" s="15" t="n">
+      <c r="TI12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="TD12" s="15" t="n">
+      <c r="TJ12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="TE12" s="15" t="n">
+      <c r="TK12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="TF12" s="15" t="n">
+      <c r="TL12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="TG12" s="15" t="n">
+      <c r="TM12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="TH12" s="15" t="n">
+      <c r="TN12" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="TI12" s="15" t="n">
+      <c r="TO12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="TJ12" s="15" t="n">
+      <c r="TP12" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="TK12" s="15" t="n">
+      <c r="TQ12" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="TL12" s="15" t="n">
+      <c r="TR12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="TM12" s="15" t="n">
+      <c r="TS12" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="TN12" s="15" t="n">
+      <c r="TT12" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="TO12" s="15" t="n">
+      <c r="TU12" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="TP12" s="15" t="n">
+      <c r="TV12" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="TQ12" s="15" t="n">
+      <c r="TW12" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="TR12" s="15" t="n">
+      <c r="TX12" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="TS12" s="15" t="n">
+      <c r="TY12" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="TT12" s="15" t="n">
+      <c r="TZ12" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="TU12" s="15" t="n">
+      <c r="UA12" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="TV12" s="15" t="n">
+      <c r="UB12" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="TW12" s="15" t="n">
+      <c r="UC12" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="TX12" s="15" t="n">
+      <c r="UD12" s="15" t="n">
         <v>13.7</v>
       </c>
-      <c r="TY12" s="15" t="n">
+      <c r="UE12" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="TZ12" s="15" t="n">
+      <c r="UF12" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="UA12" s="15" t="n">
+      <c r="UG12" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="UB12" s="15" t="n">
+      <c r="UH12" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="UC12" s="15" t="n">
+      <c r="UI12" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="UD12" s="15" t="n">
+      <c r="UJ12" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="UE12" s="15" t="n">
+      <c r="UK12" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="UF12" s="15" t="n">
+      <c r="UL12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="UG12" s="15" t="n">
+      <c r="UM12" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="UH12" s="15" t="n">
+      <c r="UN12" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="UI12" s="15" t="n">
+      <c r="UO12" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="UJ12" s="15" t="n">
+      <c r="UP12" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="UK12" s="15" t="n">
+      <c r="UQ12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="UL12" s="15" t="n">
+      <c r="UR12" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="UM12" s="15" t="n">
+      <c r="US12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="UN12" s="15" t="n">
+      <c r="UT12" s="15" t="n">
         <v>2.0</v>
-      </c>
-[...16 lines deleted...]
-        <v>1.3</v>
       </c>
       <c r="UU12" s="15" t="n">
         <v>1.5</v>
       </c>
       <c r="UV12" s="15" t="n">
-        <v>0.9</v>
+        <v>1.3</v>
       </c>
       <c r="UW12" s="15" t="n">
-        <v>0.6</v>
+        <v>1.6</v>
       </c>
       <c r="UX12" s="15" t="n">
-        <v>0.9</v>
+        <v>1.7</v>
       </c>
       <c r="UY12" s="15" t="n">
-        <v>1.6</v>
+        <v>1.4</v>
       </c>
       <c r="UZ12" s="15" t="n">
-        <v>0.9</v>
+        <v>1.3</v>
       </c>
       <c r="VA12" s="15" t="n">
         <v>1.5</v>
       </c>
       <c r="VB12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="VC12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="VD12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="VE12" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="VF12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="VG12" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="VH12" s="15" t="n">
         <v>2.1</v>
-      </c>
-[...16 lines deleted...]
-        <v>2.2</v>
       </c>
       <c r="VI12" s="15" t="n">
         <v>2.9</v>
       </c>
       <c r="VJ12" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="VK12" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="VL12" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="VM12" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="VN12" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="VO12" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="VP12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="VK12" s="15" t="n">
+      <c r="VQ12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="VL12" s="15" t="n">
+      <c r="VR12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="VM12" s="15" t="n">
+      <c r="VS12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="VN12" s="15" t="n">
+      <c r="VT12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="VO12" s="15" t="n">
+      <c r="VU12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="VP12" s="15" t="n">
+      <c r="VV12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="VQ12" s="15" t="n">
+      <c r="VW12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="VR12" s="15" t="n">
+      <c r="VX12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="VS12" s="15" t="n">
+      <c r="VY12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="VT12" s="15" t="n">
+      <c r="VZ12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="VU12" s="15" t="n">
+      <c r="WA12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="VV12" s="15" t="n">
+      <c r="WB12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="VW12" s="15" t="n">
+      <c r="WC12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="VX12" s="15" t="n">
+      <c r="WD12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="VY12" s="15" t="n">
+      <c r="WE12" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="VZ12" s="15" t="n">
+      <c r="WF12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="WA12" s="15" t="n">
+      <c r="WG12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="WB12" s="15" t="n">
+      <c r="WH12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="WC12" s="15" t="n">
+      <c r="WI12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="WD12" s="15" t="n">
+      <c r="WJ12" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="WE12" s="15" t="n">
+      <c r="WK12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="WF12" s="15" t="n">
+      <c r="WL12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="WG12" s="15" t="n">
+      <c r="WM12" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="WH12" s="15" t="n">
+      <c r="WN12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="WI12" s="15" t="n">
+      <c r="WO12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="WJ12" s="15" t="n">
+      <c r="WP12" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="WK12" s="15" t="n">
+      <c r="WQ12" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="WL12" s="15" t="n">
+      <c r="WR12" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="WM12" s="15" t="n">
+      <c r="WS12" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="WN12" s="15" t="n">
+      <c r="WT12" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="WO12" s="15" t="n">
+      <c r="WU12" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="WP12" s="15" t="n">
+      <c r="WV12" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="WQ12" s="15" t="n">
+      <c r="WW12" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="WR12" s="15" t="n">
+      <c r="WX12" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="WS12" s="15" t="n">
+      <c r="WY12" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="WT12" s="15" t="n">
+      <c r="WZ12" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="WU12" s="15" t="n">
+      <c r="XA12" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="WV12" s="15" t="n">
+      <c r="XB12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="WW12" s="15" t="n">
+      <c r="XC12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="WX12" s="15" t="n">
+      <c r="XD12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="WY12" s="15" t="n">
+      <c r="XE12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="WZ12" s="15" t="n">
+      <c r="XF12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="XA12" s="15" t="n">
+      <c r="XG12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="XB12" s="15" t="n">
+      <c r="XH12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="XC12" s="15" t="n">
+      <c r="XI12" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="XD12" s="15" t="n">
+      <c r="XJ12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="XE12" s="15" t="n">
+      <c r="XK12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="XF12" s="15" t="n">
+      <c r="XL12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="XG12" s="15" t="n">
+      <c r="XM12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="XH12" s="15" t="n">
+      <c r="XN12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="XI12" s="15" t="n">
+      <c r="XO12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="XJ12" s="15" t="n">
+      <c r="XP12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="XK12" s="15" t="n">
+      <c r="XQ12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="XL12" s="15" t="n">
+      <c r="XR12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="XM12" s="15" t="n">
+      <c r="XS12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="XN12" s="15" t="n">
+      <c r="XT12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="XO12" s="15" t="n">
+      <c r="XU12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="XP12" s="15" t="n">
+      <c r="XV12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="XQ12" s="15" t="n">
+      <c r="XW12" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="XR12" s="15" t="n">
+      <c r="XX12" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="XS12" s="15" t="n">
+      <c r="XY12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="XT12" s="15" t="n">
+      <c r="XZ12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="XU12" s="15" t="n">
+      <c r="YA12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="XV12" s="15" t="n">
+      <c r="YB12" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="XW12" s="15" t="n">
+      <c r="YC12" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="XX12" s="15" t="n">
+      <c r="YD12" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="XY12" s="15" t="n">
+      <c r="YE12" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="XZ12" s="15" t="n">
+      <c r="YF12" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="YA12" s="15" t="n">
+      <c r="YG12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="YB12" s="15" t="n">
+      <c r="YH12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="YC12" s="15" t="n">
+      <c r="YI12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="YD12" s="15" t="n">
+      <c r="YJ12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="YE12" s="15" t="n">
+      <c r="YK12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="YF12" s="15" t="n">
+      <c r="YL12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="YG12" s="15" t="n">
+      <c r="YM12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="YH12" s="15" t="n">
+      <c r="YN12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="YI12" s="15" t="n">
+      <c r="YO12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="YJ12" s="15" t="n">
+      <c r="YP12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="YK12" s="15" t="n">
+      <c r="YQ12" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="YL12" s="15" t="n">
+      <c r="YR12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="YM12" s="15" t="n">
+      <c r="YS12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="YN12" s="15" t="n">
+      <c r="YT12" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="YO12" s="15" t="n">
+      <c r="YU12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="YP12" s="15" t="n">
+      <c r="YV12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="YQ12" s="15" t="n">
+      <c r="YW12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="YR12" s="15" t="n">
+      <c r="YX12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="YS12" s="15" t="n">
+      <c r="YY12" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="YT12" s="15" t="n">
+      <c r="YZ12" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="YU12" s="15" t="n">
+      <c r="ZA12" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="YV12" s="15" t="n">
+      <c r="ZB12" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="YW12" s="15" t="n">
+      <c r="ZC12" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="YX12" s="15" t="n">
+      <c r="ZD12" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="YY12" s="15" t="n">
+      <c r="ZE12" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="YZ12" s="15" t="n">
+      <c r="ZF12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="ZA12" s="15" t="n">
+      <c r="ZG12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="ZB12" s="15" t="n">
+      <c r="ZH12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ZC12" s="15" t="n">
+      <c r="ZI12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ZD12" s="15" t="n">
+      <c r="ZJ12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="ZE12" s="15" t="n">
+      <c r="ZK12" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ZF12" s="15" t="n">
+      <c r="ZL12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ZG12" s="15" t="n">
+      <c r="ZM12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ZH12" s="15" t="n">
+      <c r="ZN12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ZI12" s="15" t="n">
+      <c r="ZO12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ZJ12" s="15" t="n">
+      <c r="ZP12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ZK12" s="15" t="n">
+      <c r="ZQ12" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="ZL12" s="15" t="n">
+      <c r="ZR12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ZM12" s="15" t="n">
+      <c r="ZS12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ZN12" s="15" t="n">
+      <c r="ZT12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ZO12" s="15" t="n">
+      <c r="ZU12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ZP12" s="15" t="n">
+      <c r="ZV12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ZQ12" s="15" t="n">
+      <c r="ZW12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ZR12" s="15" t="n">
+      <c r="ZX12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ZS12" s="15" t="n">
+      <c r="ZY12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ZT12" s="15" t="n">
+      <c r="ZZ12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ZU12" s="15" t="n">
+      <c r="AAA12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ZV12" s="15" t="n">
+      <c r="AAB12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ZW12" s="15" t="n">
+      <c r="AAC12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ZX12" s="15" t="n">
+      <c r="AAD12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ZY12" s="15" t="n">
+      <c r="AAE12" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ZZ12" s="15" t="n">
+      <c r="AAF12" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AAA12" s="15" t="n">
+      <c r="AAG12" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AAB12" s="15" t="n">
+      <c r="AAH12" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AAC12" s="15" t="n">
+      <c r="AAI12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AAD12" s="15" t="n">
+      <c r="AAJ12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AAE12" s="15" t="n">
+      <c r="AAK12" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AAF12" s="15" t="n">
+      <c r="AAL12" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="AAG12" s="15" t="n">
+      <c r="AAM12" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AAH12" s="15" t="n">
+      <c r="AAN12" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="AAI12" s="15" t="n">
+      <c r="AAO12" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AAJ12" s="15" t="n">
+      <c r="AAP12" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AAK12" s="15" t="n">
+      <c r="AAQ12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AAL12" s="15" t="n">
+      <c r="AAR12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AAM12" s="15" t="n">
+      <c r="AAS12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AAN12" s="15" t="n">
+      <c r="AAT12" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AAO12" s="15" t="n">
+      <c r="AAU12" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="AAP12" s="15" t="n">
+      <c r="AAV12" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="AAQ12" s="15" t="n">
+      <c r="AAW12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AAR12" s="15" t="n">
+      <c r="AAX12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AAS12" s="15" t="n">
+      <c r="AAY12" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="AAT12" s="15" t="n">
+      <c r="AAZ12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AAU12" s="15" t="n">
+      <c r="ABA12" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AAV12" s="15" t="n">
+      <c r="ABB12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AAW12" s="15" t="n">
+      <c r="ABC12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AAX12" s="15" t="n">
+      <c r="ABD12" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AAY12" s="15" t="n">
+      <c r="ABE12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AAZ12" s="15" t="n">
+      <c r="ABF12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="ABA12" s="15" t="n">
+      <c r="ABG12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ABB12" s="15" t="n">
+      <c r="ABH12" s="15" t="n">
         <v>3.7</v>
-      </c>
-[...16 lines deleted...]
-        <v>3.9</v>
       </c>
       <c r="ABI12" s="15" t="n">
         <v>3.8</v>
       </c>
       <c r="ABJ12" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="ABK12" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="ABL12" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="ABM12" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="ABN12" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ABK12" s="15" t="n">
+      <c r="ABO12" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="ABP12" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="ABQ12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="ABL12" s="13" t="inlineStr">
+      <c r="ABR12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABM12" s="13" t="inlineStr">
+      <c r="ABS12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABN12" s="13" t="inlineStr">
+      <c r="ABT12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABO12" s="13" t="inlineStr">
+      <c r="ABU12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABP12" s="13" t="inlineStr">
+      <c r="ABV12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABQ12" s="13" t="inlineStr">
+      <c r="ABW12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABR12" s="13" t="inlineStr">
+      <c r="ABX12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABS12" s="13" t="inlineStr">
+      <c r="ABY12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABT12" s="13" t="inlineStr">
+      <c r="ABZ12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABU12" s="13" t="inlineStr">
+      <c r="ACA12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABV12" s="13" t="inlineStr">
+      <c r="ACB12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABW12" s="13" t="inlineStr">
+      <c r="ACC12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABX12" s="15" t="n">
+      <c r="ACD12" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="ACE12" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="ACF12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ABY12" s="15" t="n">
+      <c r="ACG12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ABZ12" s="15" t="n">
+      <c r="ACH12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ACA12" s="15" t="n">
+      <c r="ACI12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ACB12" s="15" t="n">
+      <c r="ACJ12" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ACC12" s="15" t="n">
+      <c r="ACK12" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ACD12" s="15" t="n">
+      <c r="ACL12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ACE12" s="15" t="n">
+      <c r="ACM12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="ACF12" s="15" t="n">
+      <c r="ACN12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ACG12" s="15" t="n">
+      <c r="ACO12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACH12" s="15" t="n">
+      <c r="ACP12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ACI12" s="15" t="n">
+      <c r="ACQ12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ACJ12" s="15" t="n">
+      <c r="ACR12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="ACK12" s="15" t="n">
+      <c r="ACS12" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ACL12" s="15" t="n">
+      <c r="ACT12" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ACM12" s="15" t="n">
+      <c r="ACU12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ACN12" s="15" t="n">
+      <c r="ACV12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ACO12" s="15" t="n">
+      <c r="ACW12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ACP12" s="15" t="n">
+      <c r="ACX12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ACQ12" s="15" t="n">
+      <c r="ACY12" s="15" t="n">
         <v>2.8</v>
-      </c>
-[...22 lines deleted...]
-        <v>2.2</v>
       </c>
       <c r="ACZ12" s="15" t="n">
         <v>1.8</v>
       </c>
       <c r="ADA12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="ADB12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="ADC12" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="ADD12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="ADE12" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="ADF12" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="ADG12" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="ADH12" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="ADI12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ADB12" s="15" t="n">
+      <c r="ADJ12" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ADC12" s="15" t="n">
+      <c r="ADK12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ADD12" s="15" t="n">
+      <c r="ADL12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ADE12" s="15" t="n">
+      <c r="ADM12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ADF12" s="15" t="n">
+      <c r="ADN12" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="ADG12" s="15" t="n">
+      <c r="ADO12" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="ADH12" s="15" t="n">
+      <c r="ADP12" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="ADI12" s="15" t="n">
+      <c r="ADQ12" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="ADJ12" s="15" t="n">
+      <c r="ADR12" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="ADK12" s="15" t="n">
+      <c r="ADS12" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="ADL12" s="15" t="n">
+      <c r="ADT12" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="ADM12" s="15" t="n">
+      <c r="ADU12" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="ADN12" s="15" t="n">
+      <c r="ADV12" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="ADO12" s="15" t="n">
+      <c r="ADW12" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="ADP12" s="15" t="n">
+      <c r="ADX12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ADQ12" s="15" t="n">
+      <c r="ADY12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ADR12" s="15" t="n">
+      <c r="ADZ12" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="ADS12" s="15" t="n">
+      <c r="AEA12" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="ADT12" s="15" t="n">
+      <c r="AEB12" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="ADU12" s="15" t="n">
+      <c r="AEC12" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="ADV12" s="15" t="n">
+      <c r="AED12" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="ADW12" s="15" t="n">
+      <c r="AEE12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="ADX12" s="15" t="n">
+      <c r="AEF12" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="ADY12" s="15" t="n">
+      <c r="AEG12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ADZ12" s="15" t="n">
+      <c r="AEH12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AEA12" s="15" t="n">
+      <c r="AEI12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AEB12" s="15" t="n">
+      <c r="AEJ12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AEC12" s="15" t="n">
+      <c r="AEK12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AED12" s="15" t="n">
+      <c r="AEL12" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AEE12" s="15" t="n">
+      <c r="AEM12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AEF12" s="15" t="n">
+      <c r="AEN12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AEG12" s="15" t="n">
+      <c r="AEO12" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AEH12" s="15" t="n">
+      <c r="AEP12" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AEI12" s="15" t="n">
+      <c r="AEQ12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AEJ12" s="15" t="n">
+      <c r="AER12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AEK12" s="15" t="n">
+      <c r="AES12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AEL12" s="15" t="n">
+      <c r="AET12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AEM12" s="15" t="n">
+      <c r="AEU12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AEN12" s="15" t="n">
+      <c r="AEV12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AEO12" s="15" t="n">
+      <c r="AEW12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AEP12" s="15" t="n">
+      <c r="AEX12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AEQ12" s="15" t="n">
+      <c r="AEY12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AER12" s="15" t="n">
+      <c r="AEZ12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AES12" s="15" t="n">
+      <c r="AFA12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AET12" s="15" t="n">
+      <c r="AFB12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AEU12" s="15" t="n">
+      <c r="AFC12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AEV12" s="15" t="n">
+      <c r="AFD12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AEW12" s="15" t="n">
+      <c r="AFE12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AEX12" s="15" t="n">
+      <c r="AFF12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AEY12" s="15" t="n">
+      <c r="AFG12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AEZ12" s="15" t="n">
+      <c r="AFH12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AFA12" s="15" t="n">
+      <c r="AFI12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AFB12" s="15" t="n">
+      <c r="AFJ12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AFC12" s="15" t="n">
+      <c r="AFK12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AFD12" s="15" t="n">
+      <c r="AFL12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AFE12" s="15" t="n">
+      <c r="AFM12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AFF12" s="15" t="n">
+      <c r="AFN12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AFG12" s="15" t="n">
+      <c r="AFO12" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AFH12" s="15" t="n">
+      <c r="AFP12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AFI12" s="15" t="n">
+      <c r="AFQ12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AFJ12" s="15" t="n">
+      <c r="AFR12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AFK12" s="15" t="n">
+      <c r="AFS12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AFL12" s="15" t="n">
+      <c r="AFT12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AFM12" s="15" t="n">
+      <c r="AFU12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AFN12" s="15" t="n">
+      <c r="AFV12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AFO12" s="15" t="n">
+      <c r="AFW12" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AFP12" s="15" t="n">
+      <c r="AFX12" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AFQ12" s="15" t="n">
+      <c r="AFY12" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AFR12" s="15" t="n">
+      <c r="AFZ12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AFS12" s="15" t="n">
+      <c r="AGA12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AFT12" s="15" t="n">
+      <c r="AGB12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AFU12" s="15" t="n">
+      <c r="AGC12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AFV12" s="15" t="n">
+      <c r="AGD12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AFW12" s="15" t="n">
+      <c r="AGE12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AFX12" s="15" t="n">
+      <c r="AGF12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AFY12" s="15" t="n">
+      <c r="AGG12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AFZ12" s="15" t="n">
+      <c r="AGH12" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="AGA12" s="15" t="n">
+      <c r="AGI12" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AGB12" s="15" t="n">
+      <c r="AGJ12" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="AGC12" s="15" t="n">
+      <c r="AGK12" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="AGD12" s="15" t="n">
+      <c r="AGL12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AGE12" s="15" t="n">
+      <c r="AGM12" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AGF12" s="15" t="n">
+      <c r="AGN12" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="AGG12" s="15" t="n">
+      <c r="AGO12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AGH12" s="15" t="n">
+      <c r="AGP12" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AGI12" s="15" t="n">
+      <c r="AGQ12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AGJ12" s="15" t="n">
+      <c r="AGR12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AGK12" s="15" t="n">
+      <c r="AGS12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="AGL12" s="15" t="n">
+      <c r="AGT12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AGM12" s="15" t="n">
+      <c r="AGU12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AGN12" s="15" t="n">
+      <c r="AGV12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AGO12" s="15" t="n">
+      <c r="AGW12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AGP12" s="15" t="n">
+      <c r="AGX12" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AGQ12" s="15" t="n">
+      <c r="AGY12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AGR12" s="15" t="n">
+      <c r="AGZ12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AGS12" s="15" t="n">
+      <c r="AHA12" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AGT12" s="15" t="n">
+      <c r="AHB12" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AGU12" s="15" t="n">
+      <c r="AHC12" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AGV12" s="15" t="n">
+      <c r="AHD12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AGW12" s="15" t="n">
+      <c r="AHE12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AGX12" s="15" t="n">
+      <c r="AHF12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AGY12" s="15" t="n">
+      <c r="AHG12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AGZ12" s="15" t="n">
+      <c r="AHH12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AHA12" s="15" t="n">
+      <c r="AHI12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AHB12" s="15" t="n">
+      <c r="AHJ12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AHC12" s="15" t="n">
+      <c r="AHK12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AHD12" s="15" t="n">
+      <c r="AHL12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AHE12" s="15" t="n">
+      <c r="AHM12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AHF12" s="15" t="n">
+      <c r="AHN12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AHG12" s="15" t="n">
+      <c r="AHO12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AHH12" s="15" t="n">
+      <c r="AHP12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AHI12" s="15" t="n">
+      <c r="AHQ12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AHJ12" s="15" t="n">
+      <c r="AHR12" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...22 lines deleted...]
-        <v>0.9</v>
       </c>
       <c r="AHS12" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="AHT12" s="15" t="n">
-        <v>1.4</v>
+        <v>0.6</v>
       </c>
       <c r="AHU12" s="15" t="n">
-        <v>0.3</v>
+        <v>0.1</v>
       </c>
       <c r="AHV12" s="15" t="n">
-        <v>-0.7</v>
+        <v>0.1</v>
       </c>
       <c r="AHW12" s="15" t="n">
-        <v>0.1</v>
+        <v>0.7</v>
       </c>
       <c r="AHX12" s="15" t="n">
-        <v>0.8</v>
+        <v>0.2</v>
       </c>
       <c r="AHY12" s="15" t="n">
-        <v>1.2</v>
+        <v>0.9</v>
       </c>
       <c r="AHZ12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="AIA12" s="15" t="n">
         <v>1.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.3</v>
       </c>
       <c r="AIB12" s="15" t="n">
         <v>1.4</v>
       </c>
       <c r="AIC12" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AID12" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="AIE12" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AIF12" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="AIG12" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="AIH12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="AII12" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="AIJ12" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="AIK12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AID12" s="15" t="n">
+      <c r="AIL12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AIE12" s="15" t="n">
+      <c r="AIM12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AIF12" s="15" t="n">
+      <c r="AIN12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AIG12" s="15" t="n">
+      <c r="AIO12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AIH12" s="15" t="n">
+      <c r="AIP12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AII12" s="15" t="n">
+      <c r="AIQ12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AIJ12" s="15" t="n">
+      <c r="AIR12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AIK12" s="15" t="n">
+      <c r="AIS12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AIL12" s="15" t="n">
+      <c r="AIT12" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AIM12" s="15" t="n">
+      <c r="AIU12" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AIN12" s="15" t="n">
+      <c r="AIV12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AIO12" s="15" t="n">
+      <c r="AIW12" s="15" t="n">
         <v>1.4</v>
-      </c>
-[...22 lines deleted...]
-        <v>1.3</v>
       </c>
       <c r="AIX12" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="AIY12" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="AIZ12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AJA12" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AJB12" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="AJC12" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="AJD12" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="AJE12" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="AJF12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AJG12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AJH12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AJA12" s="15" t="n">
+      <c r="AJI12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AJB12" s="15" t="n">
+      <c r="AJJ12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AJC12" s="15" t="n">
+      <c r="AJK12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AJD12" s="15" t="n">
+      <c r="AJL12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AJE12" s="15" t="n">
+      <c r="AJM12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AJF12" s="15" t="n">
+      <c r="AJN12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AJG12" s="15" t="n">
+      <c r="AJO12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AJH12" s="15" t="n">
+      <c r="AJP12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AJI12" s="15" t="n">
+      <c r="AJQ12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AJJ12" s="15" t="n">
+      <c r="AJR12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AJK12" s="15" t="n">
+      <c r="AJS12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AJL12" s="15" t="n">
+      <c r="AJT12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AJM12" s="15" t="n">
+      <c r="AJU12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AJN12" s="15" t="n">
+      <c r="AJV12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AJO12" s="15" t="n">
+      <c r="AJW12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AJP12" s="15" t="n">
+      <c r="AJX12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AJQ12" s="15" t="n">
+      <c r="AJY12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AJR12" s="15" t="n">
+      <c r="AJZ12" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AJS12" s="15" t="n">
+      <c r="AKA12" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="AJT12" s="15" t="n">
+      <c r="AKB12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AJU12" s="15" t="n">
+      <c r="AKC12" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AJV12" s="15" t="n">
+      <c r="AKD12" s="15" t="n">
         <v>5.5</v>
-      </c>
-[...22 lines deleted...]
-        <v>4.7</v>
       </c>
       <c r="AKE12" s="15" t="n">
         <v>5.4</v>
       </c>
       <c r="AKF12" s="15" t="n">
         <v>5.1</v>
       </c>
       <c r="AKG12" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="AKH12" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="AKI12" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="AKJ12" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="AKK12" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="AKL12" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="AKM12" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="AKN12" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="AKO12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AKH12" s="15" t="n">
+      <c r="AKP12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AKI12" s="15" t="n">
+      <c r="AKQ12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AKJ12" s="15" t="n">
+      <c r="AKR12" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AKK12" s="15" t="n">
+      <c r="AKS12" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AKL12" s="15" t="n">
+      <c r="AKT12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AKM12" s="15" t="n">
+      <c r="AKU12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AKN12" s="15" t="n">
+      <c r="AKV12" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AKO12" s="15" t="n">
+      <c r="AKW12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AKP12" s="15" t="n">
+      <c r="AKX12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AKQ12" s="15" t="n">
+      <c r="AKY12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AKR12" s="15" t="n">
+      <c r="AKZ12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AKS12" s="15" t="n">
+      <c r="ALA12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AKT12" s="15" t="n">
+      <c r="ALB12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AKU12" s="15" t="n">
+      <c r="ALC12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AKV12" s="15" t="n">
+      <c r="ALD12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AKW12" s="15" t="n">
+      <c r="ALE12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AKX12" s="15" t="n">
+      <c r="ALF12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AKY12" s="15" t="n">
+      <c r="ALG12" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AKZ12" s="15" t="n">
+      <c r="ALH12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ALA12" s="15" t="n">
+      <c r="ALI12" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ALB12" s="13" t="inlineStr">
+      <c r="ALJ12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALC12" s="13" t="inlineStr">
+      <c r="ALK12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALD12" s="13" t="inlineStr">
+      <c r="ALL12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALE12" s="13" t="inlineStr">
+      <c r="ALM12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALF12" s="13" t="inlineStr">
+      <c r="ALN12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALG12" s="13" t="inlineStr">
+      <c r="ALO12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALH12" s="13" t="inlineStr">
+      <c r="ALP12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALI12" s="13" t="inlineStr">
+      <c r="ALQ12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALJ12" s="13" t="inlineStr">
+      <c r="ALR12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALK12" s="13" t="inlineStr">
+      <c r="ALS12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALL12" s="13" t="inlineStr">
+      <c r="ALT12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALM12" s="13" t="inlineStr">
+      <c r="ALU12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>For all activity branches, data are final three months after their release</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:IQ7"/>
-[...2 lines deleted...]
-    <mergeCell ref="ABX7:ALM7"/>
+    <mergeCell ref="B7:IS7"/>
+    <mergeCell ref="IT7:SK7"/>
+    <mergeCell ref="SL7:ACC7"/>
+    <mergeCell ref="ACD7:ALU7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>