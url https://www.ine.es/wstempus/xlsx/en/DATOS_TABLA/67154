--- v2 (2026-02-11)
+++ v3 (2026-03-30)
@@ -255,51 +255,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:ALU19"/>
+  <dimension ref="A1:AMC19"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -1270,50 +1270,58 @@
     <col min="985" max="985" width="19.53125" customWidth="true"/>
     <col min="986" max="986" width="19.53125" customWidth="true"/>
     <col min="987" max="987" width="19.53125" customWidth="true"/>
     <col min="988" max="988" width="19.53125" customWidth="true"/>
     <col min="989" max="989" width="19.53125" customWidth="true"/>
     <col min="990" max="990" width="19.53125" customWidth="true"/>
     <col min="991" max="991" width="19.53125" customWidth="true"/>
     <col min="992" max="992" width="19.53125" customWidth="true"/>
     <col min="993" max="993" width="19.53125" customWidth="true"/>
     <col min="994" max="994" width="19.53125" customWidth="true"/>
     <col min="995" max="995" width="19.53125" customWidth="true"/>
     <col min="996" max="996" width="19.53125" customWidth="true"/>
     <col min="997" max="997" width="19.53125" customWidth="true"/>
     <col min="998" max="998" width="19.53125" customWidth="true"/>
     <col min="999" max="999" width="19.53125" customWidth="true"/>
     <col min="1000" max="1000" width="19.53125" customWidth="true"/>
     <col min="1001" max="1001" width="19.53125" customWidth="true"/>
     <col min="1002" max="1002" width="19.53125" customWidth="true"/>
     <col min="1003" max="1003" width="19.53125" customWidth="true"/>
     <col min="1004" max="1004" width="19.53125" customWidth="true"/>
     <col min="1005" max="1005" width="19.53125" customWidth="true"/>
     <col min="1006" max="1006" width="19.53125" customWidth="true"/>
     <col min="1007" max="1007" width="19.53125" customWidth="true"/>
     <col min="1008" max="1008" width="19.53125" customWidth="true"/>
     <col min="1009" max="1009" width="19.53125" customWidth="true"/>
+    <col min="1010" max="1010" width="19.53125" customWidth="true"/>
+    <col min="1011" max="1011" width="19.53125" customWidth="true"/>
+    <col min="1012" max="1012" width="19.53125" customWidth="true"/>
+    <col min="1013" max="1013" width="19.53125" customWidth="true"/>
+    <col min="1014" max="1014" width="19.53125" customWidth="true"/>
+    <col min="1015" max="1015" width="19.53125" customWidth="true"/>
+    <col min="1016" max="1016" width="19.53125" customWidth="true"/>
+    <col min="1017" max="1017" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Industrial producer price index breakdowns by activity</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Industrial Price Indices: IPRI+IPRIX</t>
         </is>
       </c>
@@ -1636,57 +1644,57 @@
       <c r="HU7" s="6"/>
       <c r="HV7" s="6"/>
       <c r="HW7" s="6"/>
       <c r="HX7" s="6"/>
       <c r="HY7" s="6"/>
       <c r="HZ7" s="6"/>
       <c r="IA7" s="6"/>
       <c r="IB7" s="6"/>
       <c r="IC7" s="6"/>
       <c r="ID7" s="6"/>
       <c r="IE7" s="6"/>
       <c r="IF7" s="6"/>
       <c r="IG7" s="6"/>
       <c r="IH7" s="6"/>
       <c r="II7" s="6"/>
       <c r="IJ7" s="6"/>
       <c r="IK7" s="6"/>
       <c r="IL7" s="6"/>
       <c r="IM7" s="6"/>
       <c r="IN7" s="6"/>
       <c r="IO7" s="6"/>
       <c r="IP7" s="6"/>
       <c r="IQ7" s="6"/>
       <c r="IR7" s="6"/>
       <c r="IS7" s="6"/>
-      <c r="IT7" s="6" t="inlineStr">
+      <c r="IT7" s="6"/>
+      <c r="IU7" s="6"/>
+      <c r="IV7" s="6" t="inlineStr">
         <is>
           <t>Monthly variation rate</t>
         </is>
       </c>
-      <c r="IU7" s="6"/>
-      <c r="IV7" s="6"/>
       <c r="IW7" s="6"/>
       <c r="IX7" s="6"/>
       <c r="IY7" s="6"/>
       <c r="IZ7" s="6"/>
       <c r="JA7" s="6"/>
       <c r="JB7" s="6"/>
       <c r="JC7" s="6"/>
       <c r="JD7" s="6"/>
       <c r="JE7" s="6"/>
       <c r="JF7" s="6"/>
       <c r="JG7" s="6"/>
       <c r="JH7" s="6"/>
       <c r="JI7" s="6"/>
       <c r="JJ7" s="6"/>
       <c r="JK7" s="6"/>
       <c r="JL7" s="6"/>
       <c r="JM7" s="6"/>
       <c r="JN7" s="6"/>
       <c r="JO7" s="6"/>
       <c r="JP7" s="6"/>
       <c r="JQ7" s="6"/>
       <c r="JR7" s="6"/>
       <c r="JS7" s="6"/>
       <c r="JT7" s="6"/>
       <c r="JU7" s="6"/>
@@ -1892,59 +1900,59 @@
       <c r="RM7" s="6"/>
       <c r="RN7" s="6"/>
       <c r="RO7" s="6"/>
       <c r="RP7" s="6"/>
       <c r="RQ7" s="6"/>
       <c r="RR7" s="6"/>
       <c r="RS7" s="6"/>
       <c r="RT7" s="6"/>
       <c r="RU7" s="6"/>
       <c r="RV7" s="6"/>
       <c r="RW7" s="6"/>
       <c r="RX7" s="6"/>
       <c r="RY7" s="6"/>
       <c r="RZ7" s="6"/>
       <c r="SA7" s="6"/>
       <c r="SB7" s="6"/>
       <c r="SC7" s="6"/>
       <c r="SD7" s="6"/>
       <c r="SE7" s="6"/>
       <c r="SF7" s="6"/>
       <c r="SG7" s="6"/>
       <c r="SH7" s="6"/>
       <c r="SI7" s="6"/>
       <c r="SJ7" s="6"/>
       <c r="SK7" s="6"/>
-      <c r="SL7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="SL7" s="6"/>
       <c r="SM7" s="6"/>
       <c r="SN7" s="6"/>
       <c r="SO7" s="6"/>
-      <c r="SP7" s="6"/>
+      <c r="SP7" s="6" t="inlineStr">
+        <is>
+          <t>Annual variation rate</t>
+        </is>
+      </c>
       <c r="SQ7" s="6"/>
       <c r="SR7" s="6"/>
       <c r="SS7" s="6"/>
       <c r="ST7" s="6"/>
       <c r="SU7" s="6"/>
       <c r="SV7" s="6"/>
       <c r="SW7" s="6"/>
       <c r="SX7" s="6"/>
       <c r="SY7" s="6"/>
       <c r="SZ7" s="6"/>
       <c r="TA7" s="6"/>
       <c r="TB7" s="6"/>
       <c r="TC7" s="6"/>
       <c r="TD7" s="6"/>
       <c r="TE7" s="6"/>
       <c r="TF7" s="6"/>
       <c r="TG7" s="6"/>
       <c r="TH7" s="6"/>
       <c r="TI7" s="6"/>
       <c r="TJ7" s="6"/>
       <c r="TK7" s="6"/>
       <c r="TL7" s="6"/>
       <c r="TM7" s="6"/>
       <c r="TN7" s="6"/>
       <c r="TO7" s="6"/>
@@ -2148,61 +2156,61 @@
       <c r="ABE7" s="6"/>
       <c r="ABF7" s="6"/>
       <c r="ABG7" s="6"/>
       <c r="ABH7" s="6"/>
       <c r="ABI7" s="6"/>
       <c r="ABJ7" s="6"/>
       <c r="ABK7" s="6"/>
       <c r="ABL7" s="6"/>
       <c r="ABM7" s="6"/>
       <c r="ABN7" s="6"/>
       <c r="ABO7" s="6"/>
       <c r="ABP7" s="6"/>
       <c r="ABQ7" s="6"/>
       <c r="ABR7" s="6"/>
       <c r="ABS7" s="6"/>
       <c r="ABT7" s="6"/>
       <c r="ABU7" s="6"/>
       <c r="ABV7" s="6"/>
       <c r="ABW7" s="6"/>
       <c r="ABX7" s="6"/>
       <c r="ABY7" s="6"/>
       <c r="ABZ7" s="6"/>
       <c r="ACA7" s="6"/>
       <c r="ACB7" s="6"/>
       <c r="ACC7" s="6"/>
-      <c r="ACD7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="ACD7" s="6"/>
       <c r="ACE7" s="6"/>
       <c r="ACF7" s="6"/>
       <c r="ACG7" s="6"/>
       <c r="ACH7" s="6"/>
       <c r="ACI7" s="6"/>
-      <c r="ACJ7" s="6"/>
+      <c r="ACJ7" s="6" t="inlineStr">
+        <is>
+          <t>Year-to-date variation rate</t>
+        </is>
+      </c>
       <c r="ACK7" s="6"/>
       <c r="ACL7" s="6"/>
       <c r="ACM7" s="6"/>
       <c r="ACN7" s="6"/>
       <c r="ACO7" s="6"/>
       <c r="ACP7" s="6"/>
       <c r="ACQ7" s="6"/>
       <c r="ACR7" s="6"/>
       <c r="ACS7" s="6"/>
       <c r="ACT7" s="6"/>
       <c r="ACU7" s="6"/>
       <c r="ACV7" s="6"/>
       <c r="ACW7" s="6"/>
       <c r="ACX7" s="6"/>
       <c r="ACY7" s="6"/>
       <c r="ACZ7" s="6"/>
       <c r="ADA7" s="6"/>
       <c r="ADB7" s="6"/>
       <c r="ADC7" s="6"/>
       <c r="ADD7" s="6"/>
       <c r="ADE7" s="6"/>
       <c r="ADF7" s="6"/>
       <c r="ADG7" s="6"/>
       <c r="ADH7" s="6"/>
       <c r="ADI7" s="6"/>
@@ -2404,17646 +2412,17790 @@
       <c r="AKW7" s="6"/>
       <c r="AKX7" s="6"/>
       <c r="AKY7" s="6"/>
       <c r="AKZ7" s="6"/>
       <c r="ALA7" s="6"/>
       <c r="ALB7" s="6"/>
       <c r="ALC7" s="6"/>
       <c r="ALD7" s="6"/>
       <c r="ALE7" s="6"/>
       <c r="ALF7" s="6"/>
       <c r="ALG7" s="6"/>
       <c r="ALH7" s="6"/>
       <c r="ALI7" s="6"/>
       <c r="ALJ7" s="6"/>
       <c r="ALK7" s="6"/>
       <c r="ALL7" s="6"/>
       <c r="ALM7" s="6"/>
       <c r="ALN7" s="6"/>
       <c r="ALO7" s="6"/>
       <c r="ALP7" s="6"/>
       <c r="ALQ7" s="6"/>
       <c r="ALR7" s="6"/>
       <c r="ALS7" s="6"/>
       <c r="ALT7" s="6"/>
       <c r="ALU7" s="6"/>
+      <c r="ALV7" s="6"/>
+      <c r="ALW7" s="6"/>
+      <c r="ALX7" s="6"/>
+      <c r="ALY7" s="6"/>
+      <c r="ALZ7" s="6"/>
+      <c r="AMA7" s="6"/>
+      <c r="AMB7" s="6"/>
+      <c r="AMC7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2026M02</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
+          <t>2026M01</t>
+        </is>
+      </c>
+      <c r="D8" s="7" t="inlineStr">
+        <is>
           <t>2025M12</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2025M11</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="AP8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="AQ8" s="7" t="inlineStr">
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="AR8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="AS8" s="7" t="inlineStr">
+      <c r="AU8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="AT8" s="7" t="inlineStr">
+      <c r="AV8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="AU8" s="7" t="inlineStr">
+      <c r="AW8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="AV8" s="7" t="inlineStr">
+      <c r="AX8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="AW8" s="7" t="inlineStr">
+      <c r="AY8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="AX8" s="7" t="inlineStr">
+      <c r="AZ8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="AY8" s="7" t="inlineStr">
+      <c r="BA8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="AZ8" s="7" t="inlineStr">
+      <c r="BB8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="BA8" s="7" t="inlineStr">
+      <c r="BC8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="BB8" s="7" t="inlineStr">
+      <c r="BD8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="BC8" s="7" t="inlineStr">
+      <c r="BE8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="BD8" s="7" t="inlineStr">
+      <c r="BF8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="BE8" s="7" t="inlineStr">
+      <c r="BG8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="BF8" s="7" t="inlineStr">
+      <c r="BH8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="BG8" s="7" t="inlineStr">
+      <c r="BI8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="BH8" s="7" t="inlineStr">
+      <c r="BJ8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="BI8" s="7" t="inlineStr">
+      <c r="BK8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="BJ8" s="7" t="inlineStr">
+      <c r="BL8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="BK8" s="7" t="inlineStr">
+      <c r="BM8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="BL8" s="7" t="inlineStr">
+      <c r="BN8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="BM8" s="7" t="inlineStr">
+      <c r="BO8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="BN8" s="7" t="inlineStr">
+      <c r="BP8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="BO8" s="7" t="inlineStr">
+      <c r="BQ8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="BP8" s="7" t="inlineStr">
+      <c r="BR8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="BQ8" s="7" t="inlineStr">
+      <c r="BS8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="BR8" s="7" t="inlineStr">
+      <c r="BT8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="BS8" s="7" t="inlineStr">
+      <c r="BU8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="BT8" s="7" t="inlineStr">
+      <c r="BV8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="BU8" s="7" t="inlineStr">
+      <c r="BW8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="BV8" s="7" t="inlineStr">
+      <c r="BX8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="BW8" s="7" t="inlineStr">
+      <c r="BY8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="BX8" s="7" t="inlineStr">
+      <c r="BZ8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="BY8" s="7" t="inlineStr">
+      <c r="CA8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="BZ8" s="7" t="inlineStr">
+      <c r="CB8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="CA8" s="7" t="inlineStr">
+      <c r="CC8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="CB8" s="7" t="inlineStr">
+      <c r="CD8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="CC8" s="7" t="inlineStr">
+      <c r="CE8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="CD8" s="7" t="inlineStr">
+      <c r="CF8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="CE8" s="7" t="inlineStr">
+      <c r="CG8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="CF8" s="7" t="inlineStr">
+      <c r="CH8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="CG8" s="7" t="inlineStr">
+      <c r="CI8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="CH8" s="7" t="inlineStr">
+      <c r="CJ8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="CI8" s="7" t="inlineStr">
+      <c r="CK8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="CJ8" s="7" t="inlineStr">
+      <c r="CL8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="CK8" s="7" t="inlineStr">
+      <c r="CM8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="CL8" s="7" t="inlineStr">
+      <c r="CN8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="CM8" s="7" t="inlineStr">
+      <c r="CO8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="CN8" s="7" t="inlineStr">
+      <c r="CP8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="CO8" s="7" t="inlineStr">
+      <c r="CQ8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="CP8" s="7" t="inlineStr">
+      <c r="CR8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="CQ8" s="7" t="inlineStr">
+      <c r="CS8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="CR8" s="7" t="inlineStr">
+      <c r="CT8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="CS8" s="7" t="inlineStr">
+      <c r="CU8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="CT8" s="7" t="inlineStr">
+      <c r="CV8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="CU8" s="7" t="inlineStr">
+      <c r="CW8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="CV8" s="7" t="inlineStr">
+      <c r="CX8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="CW8" s="7" t="inlineStr">
+      <c r="CY8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="CX8" s="7" t="inlineStr">
+      <c r="CZ8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="CY8" s="7" t="inlineStr">
+      <c r="DA8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="CZ8" s="7" t="inlineStr">
+      <c r="DB8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="DA8" s="7" t="inlineStr">
+      <c r="DC8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="DB8" s="7" t="inlineStr">
+      <c r="DD8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="DC8" s="7" t="inlineStr">
+      <c r="DE8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="DD8" s="7" t="inlineStr">
+      <c r="DF8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="DE8" s="7" t="inlineStr">
+      <c r="DG8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="DF8" s="7" t="inlineStr">
+      <c r="DH8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="DG8" s="7" t="inlineStr">
+      <c r="DI8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="DH8" s="7" t="inlineStr">
+      <c r="DJ8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="DI8" s="7" t="inlineStr">
+      <c r="DK8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="DJ8" s="7" t="inlineStr">
+      <c r="DL8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="DK8" s="7" t="inlineStr">
+      <c r="DM8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="DL8" s="7" t="inlineStr">
+      <c r="DN8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="DM8" s="7" t="inlineStr">
+      <c r="DO8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="DN8" s="7" t="inlineStr">
+      <c r="DP8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="DO8" s="7" t="inlineStr">
+      <c r="DQ8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="DP8" s="7" t="inlineStr">
+      <c r="DR8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="DQ8" s="7" t="inlineStr">
+      <c r="DS8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="DR8" s="7" t="inlineStr">
+      <c r="DT8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="DS8" s="7" t="inlineStr">
+      <c r="DU8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="DT8" s="7" t="inlineStr">
+      <c r="DV8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="DU8" s="7" t="inlineStr">
+      <c r="DW8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="DV8" s="7" t="inlineStr">
+      <c r="DX8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="DW8" s="7" t="inlineStr">
+      <c r="DY8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="DX8" s="7" t="inlineStr">
+      <c r="DZ8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="DY8" s="7" t="inlineStr">
+      <c r="EA8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="DZ8" s="7" t="inlineStr">
+      <c r="EB8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="EA8" s="7" t="inlineStr">
+      <c r="EC8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="EB8" s="7" t="inlineStr">
+      <c r="ED8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="EC8" s="7" t="inlineStr">
+      <c r="EE8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="ED8" s="7" t="inlineStr">
+      <c r="EF8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="EE8" s="7" t="inlineStr">
+      <c r="EG8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="EF8" s="7" t="inlineStr">
+      <c r="EH8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="EG8" s="7" t="inlineStr">
+      <c r="EI8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="EH8" s="7" t="inlineStr">
+      <c r="EJ8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="EI8" s="7" t="inlineStr">
+      <c r="EK8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="EJ8" s="7" t="inlineStr">
+      <c r="EL8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="EK8" s="7" t="inlineStr">
+      <c r="EM8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="EL8" s="7" t="inlineStr">
+      <c r="EN8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="EM8" s="7" t="inlineStr">
+      <c r="EO8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="EN8" s="7" t="inlineStr">
+      <c r="EP8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="EO8" s="7" t="inlineStr">
+      <c r="EQ8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="EP8" s="7" t="inlineStr">
+      <c r="ER8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="EQ8" s="7" t="inlineStr">
+      <c r="ES8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="ER8" s="7" t="inlineStr">
+      <c r="ET8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="ES8" s="7" t="inlineStr">
+      <c r="EU8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="ET8" s="7" t="inlineStr">
+      <c r="EV8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="EU8" s="7" t="inlineStr">
+      <c r="EW8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="EV8" s="7" t="inlineStr">
+      <c r="EX8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="EW8" s="7" t="inlineStr">
+      <c r="EY8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="EX8" s="7" t="inlineStr">
+      <c r="EZ8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="EY8" s="7" t="inlineStr">
+      <c r="FA8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="EZ8" s="7" t="inlineStr">
+      <c r="FB8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="FA8" s="7" t="inlineStr">
+      <c r="FC8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="FB8" s="7" t="inlineStr">
+      <c r="FD8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="FC8" s="7" t="inlineStr">
+      <c r="FE8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="FD8" s="7" t="inlineStr">
+      <c r="FF8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="FE8" s="7" t="inlineStr">
+      <c r="FG8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="FF8" s="7" t="inlineStr">
+      <c r="FH8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="FG8" s="7" t="inlineStr">
+      <c r="FI8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="FH8" s="7" t="inlineStr">
+      <c r="FJ8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="FI8" s="7" t="inlineStr">
+      <c r="FK8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="FJ8" s="7" t="inlineStr">
+      <c r="FL8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="FK8" s="7" t="inlineStr">
+      <c r="FM8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="FL8" s="7" t="inlineStr">
+      <c r="FN8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="FM8" s="7" t="inlineStr">
+      <c r="FO8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="FN8" s="7" t="inlineStr">
+      <c r="FP8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="FO8" s="7" t="inlineStr">
+      <c r="FQ8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="FP8" s="7" t="inlineStr">
+      <c r="FR8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="FQ8" s="7" t="inlineStr">
+      <c r="FS8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="FR8" s="7" t="inlineStr">
+      <c r="FT8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="FS8" s="7" t="inlineStr">
+      <c r="FU8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="FT8" s="7" t="inlineStr">
+      <c r="FV8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="FU8" s="7" t="inlineStr">
+      <c r="FW8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="FV8" s="7" t="inlineStr">
+      <c r="FX8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="FW8" s="7" t="inlineStr">
+      <c r="FY8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="FX8" s="7" t="inlineStr">
+      <c r="FZ8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="FY8" s="7" t="inlineStr">
+      <c r="GA8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="FZ8" s="7" t="inlineStr">
+      <c r="GB8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="GA8" s="7" t="inlineStr">
+      <c r="GC8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="GB8" s="7" t="inlineStr">
+      <c r="GD8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="GC8" s="7" t="inlineStr">
+      <c r="GE8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="GD8" s="7" t="inlineStr">
+      <c r="GF8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="GE8" s="7" t="inlineStr">
+      <c r="GG8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="GF8" s="7" t="inlineStr">
+      <c r="GH8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="GG8" s="7" t="inlineStr">
+      <c r="GI8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="GH8" s="7" t="inlineStr">
+      <c r="GJ8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="GI8" s="7" t="inlineStr">
+      <c r="GK8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="GJ8" s="7" t="inlineStr">
+      <c r="GL8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="GK8" s="7" t="inlineStr">
+      <c r="GM8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="GL8" s="7" t="inlineStr">
+      <c r="GN8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="GM8" s="7" t="inlineStr">
+      <c r="GO8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="GN8" s="7" t="inlineStr">
+      <c r="GP8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="GO8" s="7" t="inlineStr">
+      <c r="GQ8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="GP8" s="7" t="inlineStr">
+      <c r="GR8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="GQ8" s="7" t="inlineStr">
+      <c r="GS8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="GR8" s="7" t="inlineStr">
+      <c r="GT8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="GS8" s="7" t="inlineStr">
+      <c r="GU8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="GT8" s="7" t="inlineStr">
+      <c r="GV8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="GU8" s="7" t="inlineStr">
+      <c r="GW8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="GV8" s="7" t="inlineStr">
+      <c r="GX8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="GW8" s="7" t="inlineStr">
+      <c r="GY8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="GX8" s="7" t="inlineStr">
+      <c r="GZ8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="GY8" s="7" t="inlineStr">
+      <c r="HA8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="GZ8" s="7" t="inlineStr">
+      <c r="HB8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="HA8" s="7" t="inlineStr">
+      <c r="HC8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="HB8" s="7" t="inlineStr">
+      <c r="HD8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="HC8" s="7" t="inlineStr">
+      <c r="HE8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="HD8" s="7" t="inlineStr">
+      <c r="HF8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="HE8" s="7" t="inlineStr">
+      <c r="HG8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="HF8" s="7" t="inlineStr">
+      <c r="HH8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="HG8" s="7" t="inlineStr">
+      <c r="HI8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="HH8" s="7" t="inlineStr">
+      <c r="HJ8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="HI8" s="7" t="inlineStr">
+      <c r="HK8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="HJ8" s="7" t="inlineStr">
+      <c r="HL8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="HK8" s="7" t="inlineStr">
+      <c r="HM8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="HL8" s="7" t="inlineStr">
+      <c r="HN8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="HM8" s="7" t="inlineStr">
+      <c r="HO8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="HN8" s="7" t="inlineStr">
+      <c r="HP8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="HO8" s="7" t="inlineStr">
+      <c r="HQ8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="HP8" s="7" t="inlineStr">
+      <c r="HR8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="HQ8" s="7" t="inlineStr">
+      <c r="HS8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="HR8" s="7" t="inlineStr">
+      <c r="HT8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="HS8" s="7" t="inlineStr">
+      <c r="HU8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="HT8" s="7" t="inlineStr">
+      <c r="HV8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="HU8" s="7" t="inlineStr">
+      <c r="HW8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="HV8" s="7" t="inlineStr">
+      <c r="HX8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="HW8" s="7" t="inlineStr">
+      <c r="HY8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="HX8" s="7" t="inlineStr">
+      <c r="HZ8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="HY8" s="7" t="inlineStr">
+      <c r="IA8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="HZ8" s="7" t="inlineStr">
+      <c r="IB8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="IA8" s="7" t="inlineStr">
+      <c r="IC8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="IB8" s="7" t="inlineStr">
+      <c r="ID8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="IC8" s="7" t="inlineStr">
+      <c r="IE8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="ID8" s="7" t="inlineStr">
+      <c r="IF8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="IE8" s="7" t="inlineStr">
+      <c r="IG8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="IF8" s="7" t="inlineStr">
+      <c r="IH8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="IG8" s="7" t="inlineStr">
+      <c r="II8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="IH8" s="7" t="inlineStr">
+      <c r="IJ8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="II8" s="7" t="inlineStr">
+      <c r="IK8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="IJ8" s="7" t="inlineStr">
+      <c r="IL8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="IK8" s="7" t="inlineStr">
+      <c r="IM8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="IL8" s="7" t="inlineStr">
+      <c r="IN8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="IM8" s="7" t="inlineStr">
+      <c r="IO8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="IN8" s="7" t="inlineStr">
+      <c r="IP8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="IO8" s="7" t="inlineStr">
+      <c r="IQ8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="IP8" s="7" t="inlineStr">
+      <c r="IR8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="IQ8" s="7" t="inlineStr">
+      <c r="IS8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="IR8" s="7" t="inlineStr">
+      <c r="IT8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="IS8" s="7" t="inlineStr">
+      <c r="IU8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
-      <c r="IT8" s="7" t="inlineStr">
+      <c r="IV8" s="7" t="inlineStr">
+        <is>
+          <t>2026M02</t>
+        </is>
+      </c>
+      <c r="IW8" s="7" t="inlineStr">
+        <is>
+          <t>2026M01</t>
+        </is>
+      </c>
+      <c r="IX8" s="7" t="inlineStr">
         <is>
           <t>2025M12</t>
         </is>
       </c>
-      <c r="IU8" s="7" t="inlineStr">
+      <c r="IY8" s="7" t="inlineStr">
         <is>
           <t>2025M11</t>
         </is>
       </c>
-      <c r="IV8" s="7" t="inlineStr">
+      <c r="IZ8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="IW8" s="7" t="inlineStr">
+      <c r="JA8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="IX8" s="7" t="inlineStr">
+      <c r="JB8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="IY8" s="7" t="inlineStr">
+      <c r="JC8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="IZ8" s="7" t="inlineStr">
+      <c r="JD8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="JA8" s="7" t="inlineStr">
+      <c r="JE8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="JB8" s="7" t="inlineStr">
+      <c r="JF8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="JC8" s="7" t="inlineStr">
+      <c r="JG8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="JD8" s="7" t="inlineStr">
+      <c r="JH8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="JE8" s="7" t="inlineStr">
+      <c r="JI8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="JF8" s="7" t="inlineStr">
+      <c r="JJ8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="JG8" s="7" t="inlineStr">
+      <c r="JK8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="JH8" s="7" t="inlineStr">
+      <c r="JL8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="JI8" s="7" t="inlineStr">
+      <c r="JM8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="JJ8" s="7" t="inlineStr">
+      <c r="JN8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="JK8" s="7" t="inlineStr">
+      <c r="JO8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="JL8" s="7" t="inlineStr">
+      <c r="JP8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="JM8" s="7" t="inlineStr">
+      <c r="JQ8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="JN8" s="7" t="inlineStr">
+      <c r="JR8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="JO8" s="7" t="inlineStr">
+      <c r="JS8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="JP8" s="7" t="inlineStr">
+      <c r="JT8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="JQ8" s="7" t="inlineStr">
+      <c r="JU8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="JR8" s="7" t="inlineStr">
+      <c r="JV8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="JS8" s="7" t="inlineStr">
+      <c r="JW8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="JT8" s="7" t="inlineStr">
+      <c r="JX8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="JU8" s="7" t="inlineStr">
+      <c r="JY8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="JV8" s="7" t="inlineStr">
+      <c r="JZ8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="JW8" s="7" t="inlineStr">
+      <c r="KA8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="JX8" s="7" t="inlineStr">
+      <c r="KB8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="JY8" s="7" t="inlineStr">
+      <c r="KC8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="JZ8" s="7" t="inlineStr">
+      <c r="KD8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="KA8" s="7" t="inlineStr">
+      <c r="KE8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="KB8" s="7" t="inlineStr">
+      <c r="KF8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="KC8" s="7" t="inlineStr">
+      <c r="KG8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="KD8" s="7" t="inlineStr">
+      <c r="KH8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="KE8" s="7" t="inlineStr">
+      <c r="KI8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="KF8" s="7" t="inlineStr">
+      <c r="KJ8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="KG8" s="7" t="inlineStr">
+      <c r="KK8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="KH8" s="7" t="inlineStr">
+      <c r="KL8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="KI8" s="7" t="inlineStr">
+      <c r="KM8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="KJ8" s="7" t="inlineStr">
+      <c r="KN8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="KK8" s="7" t="inlineStr">
+      <c r="KO8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="KL8" s="7" t="inlineStr">
+      <c r="KP8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="KM8" s="7" t="inlineStr">
+      <c r="KQ8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="KN8" s="7" t="inlineStr">
+      <c r="KR8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="KO8" s="7" t="inlineStr">
+      <c r="KS8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="KP8" s="7" t="inlineStr">
+      <c r="KT8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="KQ8" s="7" t="inlineStr">
+      <c r="KU8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="KR8" s="7" t="inlineStr">
+      <c r="KV8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="KS8" s="7" t="inlineStr">
+      <c r="KW8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="KT8" s="7" t="inlineStr">
+      <c r="KX8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="KU8" s="7" t="inlineStr">
+      <c r="KY8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="KV8" s="7" t="inlineStr">
+      <c r="KZ8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="KW8" s="7" t="inlineStr">
+      <c r="LA8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="KX8" s="7" t="inlineStr">
+      <c r="LB8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="KY8" s="7" t="inlineStr">
+      <c r="LC8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="KZ8" s="7" t="inlineStr">
+      <c r="LD8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="LA8" s="7" t="inlineStr">
+      <c r="LE8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="LB8" s="7" t="inlineStr">
+      <c r="LF8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="LC8" s="7" t="inlineStr">
+      <c r="LG8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="LD8" s="7" t="inlineStr">
+      <c r="LH8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="LE8" s="7" t="inlineStr">
+      <c r="LI8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="LF8" s="7" t="inlineStr">
+      <c r="LJ8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="LG8" s="7" t="inlineStr">
+      <c r="LK8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="LH8" s="7" t="inlineStr">
+      <c r="LL8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="LI8" s="7" t="inlineStr">
+      <c r="LM8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="LJ8" s="7" t="inlineStr">
+      <c r="LN8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="LK8" s="7" t="inlineStr">
+      <c r="LO8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="LL8" s="7" t="inlineStr">
+      <c r="LP8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="LM8" s="7" t="inlineStr">
+      <c r="LQ8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="LN8" s="7" t="inlineStr">
+      <c r="LR8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="LO8" s="7" t="inlineStr">
+      <c r="LS8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="LP8" s="7" t="inlineStr">
+      <c r="LT8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="LQ8" s="7" t="inlineStr">
+      <c r="LU8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="LR8" s="7" t="inlineStr">
+      <c r="LV8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="LS8" s="7" t="inlineStr">
+      <c r="LW8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="LT8" s="7" t="inlineStr">
+      <c r="LX8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="LU8" s="7" t="inlineStr">
+      <c r="LY8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="LV8" s="7" t="inlineStr">
+      <c r="LZ8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="LW8" s="7" t="inlineStr">
+      <c r="MA8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="LX8" s="7" t="inlineStr">
+      <c r="MB8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="LY8" s="7" t="inlineStr">
+      <c r="MC8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="LZ8" s="7" t="inlineStr">
+      <c r="MD8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="MA8" s="7" t="inlineStr">
+      <c r="ME8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="MB8" s="7" t="inlineStr">
+      <c r="MF8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="MC8" s="7" t="inlineStr">
+      <c r="MG8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="MD8" s="7" t="inlineStr">
+      <c r="MH8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="ME8" s="7" t="inlineStr">
+      <c r="MI8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="MF8" s="7" t="inlineStr">
+      <c r="MJ8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="MG8" s="7" t="inlineStr">
+      <c r="MK8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="MH8" s="7" t="inlineStr">
+      <c r="ML8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="MI8" s="7" t="inlineStr">
+      <c r="MM8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="MJ8" s="7" t="inlineStr">
+      <c r="MN8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="MK8" s="7" t="inlineStr">
+      <c r="MO8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="ML8" s="7" t="inlineStr">
+      <c r="MP8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="MM8" s="7" t="inlineStr">
+      <c r="MQ8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="MN8" s="7" t="inlineStr">
+      <c r="MR8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="MO8" s="7" t="inlineStr">
+      <c r="MS8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="MP8" s="7" t="inlineStr">
+      <c r="MT8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="MQ8" s="7" t="inlineStr">
+      <c r="MU8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="MR8" s="7" t="inlineStr">
+      <c r="MV8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="MS8" s="7" t="inlineStr">
+      <c r="MW8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="MT8" s="7" t="inlineStr">
+      <c r="MX8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="MU8" s="7" t="inlineStr">
+      <c r="MY8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="MV8" s="7" t="inlineStr">
+      <c r="MZ8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="MW8" s="7" t="inlineStr">
+      <c r="NA8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="MX8" s="7" t="inlineStr">
+      <c r="NB8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="MY8" s="7" t="inlineStr">
+      <c r="NC8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="MZ8" s="7" t="inlineStr">
+      <c r="ND8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="NA8" s="7" t="inlineStr">
+      <c r="NE8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="NB8" s="7" t="inlineStr">
+      <c r="NF8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="NC8" s="7" t="inlineStr">
+      <c r="NG8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="ND8" s="7" t="inlineStr">
+      <c r="NH8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="NE8" s="7" t="inlineStr">
+      <c r="NI8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="NF8" s="7" t="inlineStr">
+      <c r="NJ8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="NG8" s="7" t="inlineStr">
+      <c r="NK8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="NH8" s="7" t="inlineStr">
+      <c r="NL8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="NI8" s="7" t="inlineStr">
+      <c r="NM8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="NJ8" s="7" t="inlineStr">
+      <c r="NN8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="NK8" s="7" t="inlineStr">
+      <c r="NO8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="NL8" s="7" t="inlineStr">
+      <c r="NP8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="NM8" s="7" t="inlineStr">
+      <c r="NQ8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="NN8" s="7" t="inlineStr">
+      <c r="NR8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="NO8" s="7" t="inlineStr">
+      <c r="NS8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="NP8" s="7" t="inlineStr">
+      <c r="NT8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="NQ8" s="7" t="inlineStr">
+      <c r="NU8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="NR8" s="7" t="inlineStr">
+      <c r="NV8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="NS8" s="7" t="inlineStr">
+      <c r="NW8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="NT8" s="7" t="inlineStr">
+      <c r="NX8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="NU8" s="7" t="inlineStr">
+      <c r="NY8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="NV8" s="7" t="inlineStr">
+      <c r="NZ8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="NW8" s="7" t="inlineStr">
+      <c r="OA8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="NX8" s="7" t="inlineStr">
+      <c r="OB8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="NY8" s="7" t="inlineStr">
+      <c r="OC8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="NZ8" s="7" t="inlineStr">
+      <c r="OD8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="OA8" s="7" t="inlineStr">
+      <c r="OE8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="OB8" s="7" t="inlineStr">
+      <c r="OF8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="OC8" s="7" t="inlineStr">
+      <c r="OG8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="OD8" s="7" t="inlineStr">
+      <c r="OH8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="OE8" s="7" t="inlineStr">
+      <c r="OI8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="OF8" s="7" t="inlineStr">
+      <c r="OJ8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="OG8" s="7" t="inlineStr">
+      <c r="OK8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="OH8" s="7" t="inlineStr">
+      <c r="OL8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="OI8" s="7" t="inlineStr">
+      <c r="OM8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="OJ8" s="7" t="inlineStr">
+      <c r="ON8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="OK8" s="7" t="inlineStr">
+      <c r="OO8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="OL8" s="7" t="inlineStr">
+      <c r="OP8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="OM8" s="7" t="inlineStr">
+      <c r="OQ8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="ON8" s="7" t="inlineStr">
+      <c r="OR8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="OO8" s="7" t="inlineStr">
+      <c r="OS8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="OP8" s="7" t="inlineStr">
+      <c r="OT8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="OQ8" s="7" t="inlineStr">
+      <c r="OU8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="OR8" s="7" t="inlineStr">
+      <c r="OV8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="OS8" s="7" t="inlineStr">
+      <c r="OW8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="OT8" s="7" t="inlineStr">
+      <c r="OX8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="OU8" s="7" t="inlineStr">
+      <c r="OY8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="OV8" s="7" t="inlineStr">
+      <c r="OZ8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="OW8" s="7" t="inlineStr">
+      <c r="PA8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="OX8" s="7" t="inlineStr">
+      <c r="PB8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="OY8" s="7" t="inlineStr">
+      <c r="PC8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="OZ8" s="7" t="inlineStr">
+      <c r="PD8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="PA8" s="7" t="inlineStr">
+      <c r="PE8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="PB8" s="7" t="inlineStr">
+      <c r="PF8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="PC8" s="7" t="inlineStr">
+      <c r="PG8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="PD8" s="7" t="inlineStr">
+      <c r="PH8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="PE8" s="7" t="inlineStr">
+      <c r="PI8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="PF8" s="7" t="inlineStr">
+      <c r="PJ8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="PG8" s="7" t="inlineStr">
+      <c r="PK8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="PH8" s="7" t="inlineStr">
+      <c r="PL8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="PI8" s="7" t="inlineStr">
+      <c r="PM8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="PJ8" s="7" t="inlineStr">
+      <c r="PN8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="PK8" s="7" t="inlineStr">
+      <c r="PO8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="PL8" s="7" t="inlineStr">
+      <c r="PP8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="PM8" s="7" t="inlineStr">
+      <c r="PQ8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="PN8" s="7" t="inlineStr">
+      <c r="PR8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="PO8" s="7" t="inlineStr">
+      <c r="PS8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="PP8" s="7" t="inlineStr">
+      <c r="PT8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="PQ8" s="7" t="inlineStr">
+      <c r="PU8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="PR8" s="7" t="inlineStr">
+      <c r="PV8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="PS8" s="7" t="inlineStr">
+      <c r="PW8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="PT8" s="7" t="inlineStr">
+      <c r="PX8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="PU8" s="7" t="inlineStr">
+      <c r="PY8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="PV8" s="7" t="inlineStr">
+      <c r="PZ8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="PW8" s="7" t="inlineStr">
+      <c r="QA8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="PX8" s="7" t="inlineStr">
+      <c r="QB8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="PY8" s="7" t="inlineStr">
+      <c r="QC8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="PZ8" s="7" t="inlineStr">
+      <c r="QD8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="QA8" s="7" t="inlineStr">
+      <c r="QE8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="QB8" s="7" t="inlineStr">
+      <c r="QF8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="QC8" s="7" t="inlineStr">
+      <c r="QG8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="QD8" s="7" t="inlineStr">
+      <c r="QH8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="QE8" s="7" t="inlineStr">
+      <c r="QI8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="QF8" s="7" t="inlineStr">
+      <c r="QJ8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="QG8" s="7" t="inlineStr">
+      <c r="QK8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="QH8" s="7" t="inlineStr">
+      <c r="QL8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="QI8" s="7" t="inlineStr">
+      <c r="QM8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="QJ8" s="7" t="inlineStr">
+      <c r="QN8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="QK8" s="7" t="inlineStr">
+      <c r="QO8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="QL8" s="7" t="inlineStr">
+      <c r="QP8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="QM8" s="7" t="inlineStr">
+      <c r="QQ8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="QN8" s="7" t="inlineStr">
+      <c r="QR8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="QO8" s="7" t="inlineStr">
+      <c r="QS8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="QP8" s="7" t="inlineStr">
+      <c r="QT8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="QQ8" s="7" t="inlineStr">
+      <c r="QU8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="QR8" s="7" t="inlineStr">
+      <c r="QV8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="QS8" s="7" t="inlineStr">
+      <c r="QW8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="QT8" s="7" t="inlineStr">
+      <c r="QX8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="QU8" s="7" t="inlineStr">
+      <c r="QY8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="QV8" s="7" t="inlineStr">
+      <c r="QZ8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="QW8" s="7" t="inlineStr">
+      <c r="RA8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="QX8" s="7" t="inlineStr">
+      <c r="RB8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="QY8" s="7" t="inlineStr">
+      <c r="RC8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="QZ8" s="7" t="inlineStr">
+      <c r="RD8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="RA8" s="7" t="inlineStr">
+      <c r="RE8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="RB8" s="7" t="inlineStr">
+      <c r="RF8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="RC8" s="7" t="inlineStr">
+      <c r="RG8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="RD8" s="7" t="inlineStr">
+      <c r="RH8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="RE8" s="7" t="inlineStr">
+      <c r="RI8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="RF8" s="7" t="inlineStr">
+      <c r="RJ8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="RG8" s="7" t="inlineStr">
+      <c r="RK8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="RH8" s="7" t="inlineStr">
+      <c r="RL8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="RI8" s="7" t="inlineStr">
+      <c r="RM8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="RJ8" s="7" t="inlineStr">
+      <c r="RN8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="RK8" s="7" t="inlineStr">
+      <c r="RO8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="RL8" s="7" t="inlineStr">
+      <c r="RP8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="RM8" s="7" t="inlineStr">
+      <c r="RQ8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="RN8" s="7" t="inlineStr">
+      <c r="RR8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="RO8" s="7" t="inlineStr">
+      <c r="RS8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="RP8" s="7" t="inlineStr">
+      <c r="RT8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="RQ8" s="7" t="inlineStr">
+      <c r="RU8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="RR8" s="7" t="inlineStr">
+      <c r="RV8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="RS8" s="7" t="inlineStr">
+      <c r="RW8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="RT8" s="7" t="inlineStr">
+      <c r="RX8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="RU8" s="7" t="inlineStr">
+      <c r="RY8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="RV8" s="7" t="inlineStr">
+      <c r="RZ8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="RW8" s="7" t="inlineStr">
+      <c r="SA8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="RX8" s="7" t="inlineStr">
+      <c r="SB8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="RY8" s="7" t="inlineStr">
+      <c r="SC8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="RZ8" s="7" t="inlineStr">
+      <c r="SD8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="SA8" s="7" t="inlineStr">
+      <c r="SE8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="SB8" s="7" t="inlineStr">
+      <c r="SF8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="SC8" s="7" t="inlineStr">
+      <c r="SG8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="SD8" s="7" t="inlineStr">
+      <c r="SH8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="SE8" s="7" t="inlineStr">
+      <c r="SI8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="SF8" s="7" t="inlineStr">
+      <c r="SJ8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="SG8" s="7" t="inlineStr">
+      <c r="SK8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="SH8" s="7" t="inlineStr">
+      <c r="SL8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="SI8" s="7" t="inlineStr">
+      <c r="SM8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="SJ8" s="7" t="inlineStr">
+      <c r="SN8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="SK8" s="7" t="inlineStr">
+      <c r="SO8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
-      <c r="SL8" s="7" t="inlineStr">
+      <c r="SP8" s="7" t="inlineStr">
+        <is>
+          <t>2026M02</t>
+        </is>
+      </c>
+      <c r="SQ8" s="7" t="inlineStr">
+        <is>
+          <t>2026M01</t>
+        </is>
+      </c>
+      <c r="SR8" s="7" t="inlineStr">
         <is>
           <t>2025M12</t>
         </is>
       </c>
-      <c r="SM8" s="7" t="inlineStr">
+      <c r="SS8" s="7" t="inlineStr">
         <is>
           <t>2025M11</t>
         </is>
       </c>
-      <c r="SN8" s="7" t="inlineStr">
+      <c r="ST8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="SO8" s="7" t="inlineStr">
+      <c r="SU8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="SP8" s="7" t="inlineStr">
+      <c r="SV8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="SQ8" s="7" t="inlineStr">
+      <c r="SW8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="SR8" s="7" t="inlineStr">
+      <c r="SX8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="SS8" s="7" t="inlineStr">
+      <c r="SY8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="ST8" s="7" t="inlineStr">
+      <c r="SZ8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="SU8" s="7" t="inlineStr">
+      <c r="TA8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="SV8" s="7" t="inlineStr">
+      <c r="TB8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="SW8" s="7" t="inlineStr">
+      <c r="TC8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="SX8" s="7" t="inlineStr">
+      <c r="TD8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="SY8" s="7" t="inlineStr">
+      <c r="TE8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="SZ8" s="7" t="inlineStr">
+      <c r="TF8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="TA8" s="7" t="inlineStr">
+      <c r="TG8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="TB8" s="7" t="inlineStr">
+      <c r="TH8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="TC8" s="7" t="inlineStr">
+      <c r="TI8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="TD8" s="7" t="inlineStr">
+      <c r="TJ8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="TE8" s="7" t="inlineStr">
+      <c r="TK8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="TF8" s="7" t="inlineStr">
+      <c r="TL8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="TG8" s="7" t="inlineStr">
+      <c r="TM8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="TH8" s="7" t="inlineStr">
+      <c r="TN8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="TI8" s="7" t="inlineStr">
+      <c r="TO8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="TJ8" s="7" t="inlineStr">
+      <c r="TP8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="TK8" s="7" t="inlineStr">
+      <c r="TQ8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="TL8" s="7" t="inlineStr">
+      <c r="TR8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="TM8" s="7" t="inlineStr">
+      <c r="TS8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="TN8" s="7" t="inlineStr">
+      <c r="TT8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="TO8" s="7" t="inlineStr">
+      <c r="TU8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="TP8" s="7" t="inlineStr">
+      <c r="TV8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="TQ8" s="7" t="inlineStr">
+      <c r="TW8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="TR8" s="7" t="inlineStr">
+      <c r="TX8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="TS8" s="7" t="inlineStr">
+      <c r="TY8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="TT8" s="7" t="inlineStr">
+      <c r="TZ8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="TU8" s="7" t="inlineStr">
+      <c r="UA8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="TV8" s="7" t="inlineStr">
+      <c r="UB8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="TW8" s="7" t="inlineStr">
+      <c r="UC8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="TX8" s="7" t="inlineStr">
+      <c r="UD8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="TY8" s="7" t="inlineStr">
+      <c r="UE8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="TZ8" s="7" t="inlineStr">
+      <c r="UF8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="UA8" s="7" t="inlineStr">
+      <c r="UG8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="UB8" s="7" t="inlineStr">
+      <c r="UH8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="UC8" s="7" t="inlineStr">
+      <c r="UI8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="UD8" s="7" t="inlineStr">
+      <c r="UJ8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="UE8" s="7" t="inlineStr">
+      <c r="UK8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="UF8" s="7" t="inlineStr">
+      <c r="UL8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="UG8" s="7" t="inlineStr">
+      <c r="UM8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="UH8" s="7" t="inlineStr">
+      <c r="UN8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="UI8" s="7" t="inlineStr">
+      <c r="UO8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="UJ8" s="7" t="inlineStr">
+      <c r="UP8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="UK8" s="7" t="inlineStr">
+      <c r="UQ8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="UL8" s="7" t="inlineStr">
+      <c r="UR8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="UM8" s="7" t="inlineStr">
+      <c r="US8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="UN8" s="7" t="inlineStr">
+      <c r="UT8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="UO8" s="7" t="inlineStr">
+      <c r="UU8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="UP8" s="7" t="inlineStr">
+      <c r="UV8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="UQ8" s="7" t="inlineStr">
+      <c r="UW8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="UR8" s="7" t="inlineStr">
+      <c r="UX8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="US8" s="7" t="inlineStr">
+      <c r="UY8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="UT8" s="7" t="inlineStr">
+      <c r="UZ8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="UU8" s="7" t="inlineStr">
+      <c r="VA8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="UV8" s="7" t="inlineStr">
+      <c r="VB8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="UW8" s="7" t="inlineStr">
+      <c r="VC8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="UX8" s="7" t="inlineStr">
+      <c r="VD8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="UY8" s="7" t="inlineStr">
+      <c r="VE8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="UZ8" s="7" t="inlineStr">
+      <c r="VF8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="VA8" s="7" t="inlineStr">
+      <c r="VG8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="VB8" s="7" t="inlineStr">
+      <c r="VH8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="VC8" s="7" t="inlineStr">
+      <c r="VI8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="VD8" s="7" t="inlineStr">
+      <c r="VJ8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="VE8" s="7" t="inlineStr">
+      <c r="VK8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="VF8" s="7" t="inlineStr">
+      <c r="VL8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="VG8" s="7" t="inlineStr">
+      <c r="VM8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="VH8" s="7" t="inlineStr">
+      <c r="VN8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="VI8" s="7" t="inlineStr">
+      <c r="VO8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="VJ8" s="7" t="inlineStr">
+      <c r="VP8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="VK8" s="7" t="inlineStr">
+      <c r="VQ8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="VL8" s="7" t="inlineStr">
+      <c r="VR8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="VM8" s="7" t="inlineStr">
+      <c r="VS8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="VN8" s="7" t="inlineStr">
+      <c r="VT8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="VO8" s="7" t="inlineStr">
+      <c r="VU8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="VP8" s="7" t="inlineStr">
+      <c r="VV8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="VQ8" s="7" t="inlineStr">
+      <c r="VW8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="VR8" s="7" t="inlineStr">
+      <c r="VX8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="VS8" s="7" t="inlineStr">
+      <c r="VY8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="VT8" s="7" t="inlineStr">
+      <c r="VZ8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="VU8" s="7" t="inlineStr">
+      <c r="WA8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="VV8" s="7" t="inlineStr">
+      <c r="WB8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="VW8" s="7" t="inlineStr">
+      <c r="WC8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="VX8" s="7" t="inlineStr">
+      <c r="WD8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="VY8" s="7" t="inlineStr">
+      <c r="WE8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="VZ8" s="7" t="inlineStr">
+      <c r="WF8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="WA8" s="7" t="inlineStr">
+      <c r="WG8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="WB8" s="7" t="inlineStr">
+      <c r="WH8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="WC8" s="7" t="inlineStr">
+      <c r="WI8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="WD8" s="7" t="inlineStr">
+      <c r="WJ8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="WE8" s="7" t="inlineStr">
+      <c r="WK8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="WF8" s="7" t="inlineStr">
+      <c r="WL8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="WG8" s="7" t="inlineStr">
+      <c r="WM8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="WH8" s="7" t="inlineStr">
+      <c r="WN8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="WI8" s="7" t="inlineStr">
+      <c r="WO8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="WJ8" s="7" t="inlineStr">
+      <c r="WP8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="WK8" s="7" t="inlineStr">
+      <c r="WQ8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="WL8" s="7" t="inlineStr">
+      <c r="WR8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="WM8" s="7" t="inlineStr">
+      <c r="WS8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="WN8" s="7" t="inlineStr">
+      <c r="WT8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="WO8" s="7" t="inlineStr">
+      <c r="WU8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="WP8" s="7" t="inlineStr">
+      <c r="WV8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="WQ8" s="7" t="inlineStr">
+      <c r="WW8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="WR8" s="7" t="inlineStr">
+      <c r="WX8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="WS8" s="7" t="inlineStr">
+      <c r="WY8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="WT8" s="7" t="inlineStr">
+      <c r="WZ8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="WU8" s="7" t="inlineStr">
+      <c r="XA8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="WV8" s="7" t="inlineStr">
+      <c r="XB8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="WW8" s="7" t="inlineStr">
+      <c r="XC8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="WX8" s="7" t="inlineStr">
+      <c r="XD8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="WY8" s="7" t="inlineStr">
+      <c r="XE8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="WZ8" s="7" t="inlineStr">
+      <c r="XF8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="XA8" s="7" t="inlineStr">
+      <c r="XG8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="XB8" s="7" t="inlineStr">
+      <c r="XH8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="XC8" s="7" t="inlineStr">
+      <c r="XI8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="XD8" s="7" t="inlineStr">
+      <c r="XJ8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="XE8" s="7" t="inlineStr">
+      <c r="XK8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="XF8" s="7" t="inlineStr">
+      <c r="XL8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="XG8" s="7" t="inlineStr">
+      <c r="XM8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="XH8" s="7" t="inlineStr">
+      <c r="XN8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="XI8" s="7" t="inlineStr">
+      <c r="XO8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="XJ8" s="7" t="inlineStr">
+      <c r="XP8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="XK8" s="7" t="inlineStr">
+      <c r="XQ8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="XL8" s="7" t="inlineStr">
+      <c r="XR8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="XM8" s="7" t="inlineStr">
+      <c r="XS8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="XN8" s="7" t="inlineStr">
+      <c r="XT8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="XO8" s="7" t="inlineStr">
+      <c r="XU8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="XP8" s="7" t="inlineStr">
+      <c r="XV8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="XQ8" s="7" t="inlineStr">
+      <c r="XW8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="XR8" s="7" t="inlineStr">
+      <c r="XX8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="XS8" s="7" t="inlineStr">
+      <c r="XY8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="XT8" s="7" t="inlineStr">
+      <c r="XZ8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="XU8" s="7" t="inlineStr">
+      <c r="YA8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="XV8" s="7" t="inlineStr">
+      <c r="YB8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="XW8" s="7" t="inlineStr">
+      <c r="YC8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="XX8" s="7" t="inlineStr">
+      <c r="YD8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="XY8" s="7" t="inlineStr">
+      <c r="YE8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="XZ8" s="7" t="inlineStr">
+      <c r="YF8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="YA8" s="7" t="inlineStr">
+      <c r="YG8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="YB8" s="7" t="inlineStr">
+      <c r="YH8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="YC8" s="7" t="inlineStr">
+      <c r="YI8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="YD8" s="7" t="inlineStr">
+      <c r="YJ8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="YE8" s="7" t="inlineStr">
+      <c r="YK8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="YF8" s="7" t="inlineStr">
+      <c r="YL8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="YG8" s="7" t="inlineStr">
+      <c r="YM8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="YH8" s="7" t="inlineStr">
+      <c r="YN8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="YI8" s="7" t="inlineStr">
+      <c r="YO8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="YJ8" s="7" t="inlineStr">
+      <c r="YP8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="YK8" s="7" t="inlineStr">
+      <c r="YQ8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="YL8" s="7" t="inlineStr">
+      <c r="YR8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="YM8" s="7" t="inlineStr">
+      <c r="YS8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="YN8" s="7" t="inlineStr">
+      <c r="YT8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="YO8" s="7" t="inlineStr">
+      <c r="YU8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="YP8" s="7" t="inlineStr">
+      <c r="YV8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="YQ8" s="7" t="inlineStr">
+      <c r="YW8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="YR8" s="7" t="inlineStr">
+      <c r="YX8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="YS8" s="7" t="inlineStr">
+      <c r="YY8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="YT8" s="7" t="inlineStr">
+      <c r="YZ8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="YU8" s="7" t="inlineStr">
+      <c r="ZA8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="YV8" s="7" t="inlineStr">
+      <c r="ZB8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="YW8" s="7" t="inlineStr">
+      <c r="ZC8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="YX8" s="7" t="inlineStr">
+      <c r="ZD8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="YY8" s="7" t="inlineStr">
+      <c r="ZE8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="YZ8" s="7" t="inlineStr">
+      <c r="ZF8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="ZA8" s="7" t="inlineStr">
+      <c r="ZG8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="ZB8" s="7" t="inlineStr">
+      <c r="ZH8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="ZC8" s="7" t="inlineStr">
+      <c r="ZI8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="ZD8" s="7" t="inlineStr">
+      <c r="ZJ8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="ZE8" s="7" t="inlineStr">
+      <c r="ZK8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="ZF8" s="7" t="inlineStr">
+      <c r="ZL8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="ZG8" s="7" t="inlineStr">
+      <c r="ZM8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="ZH8" s="7" t="inlineStr">
+      <c r="ZN8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="ZI8" s="7" t="inlineStr">
+      <c r="ZO8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="ZJ8" s="7" t="inlineStr">
+      <c r="ZP8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="ZK8" s="7" t="inlineStr">
+      <c r="ZQ8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="ZL8" s="7" t="inlineStr">
+      <c r="ZR8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="ZM8" s="7" t="inlineStr">
+      <c r="ZS8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="ZN8" s="7" t="inlineStr">
+      <c r="ZT8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="ZO8" s="7" t="inlineStr">
+      <c r="ZU8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="ZP8" s="7" t="inlineStr">
+      <c r="ZV8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="ZQ8" s="7" t="inlineStr">
+      <c r="ZW8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="ZR8" s="7" t="inlineStr">
+      <c r="ZX8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="ZS8" s="7" t="inlineStr">
+      <c r="ZY8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="ZT8" s="7" t="inlineStr">
+      <c r="ZZ8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="ZU8" s="7" t="inlineStr">
+      <c r="AAA8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="ZV8" s="7" t="inlineStr">
+      <c r="AAB8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="ZW8" s="7" t="inlineStr">
+      <c r="AAC8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="ZX8" s="7" t="inlineStr">
+      <c r="AAD8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="ZY8" s="7" t="inlineStr">
+      <c r="AAE8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="ZZ8" s="7" t="inlineStr">
+      <c r="AAF8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="AAA8" s="7" t="inlineStr">
+      <c r="AAG8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="AAB8" s="7" t="inlineStr">
+      <c r="AAH8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="AAC8" s="7" t="inlineStr">
+      <c r="AAI8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="AAD8" s="7" t="inlineStr">
+      <c r="AAJ8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="AAE8" s="7" t="inlineStr">
+      <c r="AAK8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="AAF8" s="7" t="inlineStr">
+      <c r="AAL8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="AAG8" s="7" t="inlineStr">
+      <c r="AAM8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="AAH8" s="7" t="inlineStr">
+      <c r="AAN8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="AAI8" s="7" t="inlineStr">
+      <c r="AAO8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="AAJ8" s="7" t="inlineStr">
+      <c r="AAP8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="AAK8" s="7" t="inlineStr">
+      <c r="AAQ8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="AAL8" s="7" t="inlineStr">
+      <c r="AAR8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="AAM8" s="7" t="inlineStr">
+      <c r="AAS8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="AAN8" s="7" t="inlineStr">
+      <c r="AAT8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="AAO8" s="7" t="inlineStr">
+      <c r="AAU8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="AAP8" s="7" t="inlineStr">
+      <c r="AAV8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="AAQ8" s="7" t="inlineStr">
+      <c r="AAW8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="AAR8" s="7" t="inlineStr">
+      <c r="AAX8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="AAS8" s="7" t="inlineStr">
+      <c r="AAY8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="AAT8" s="7" t="inlineStr">
+      <c r="AAZ8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="AAU8" s="7" t="inlineStr">
+      <c r="ABA8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="AAV8" s="7" t="inlineStr">
+      <c r="ABB8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="AAW8" s="7" t="inlineStr">
+      <c r="ABC8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="AAX8" s="7" t="inlineStr">
+      <c r="ABD8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="AAY8" s="7" t="inlineStr">
+      <c r="ABE8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="AAZ8" s="7" t="inlineStr">
+      <c r="ABF8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="ABA8" s="7" t="inlineStr">
+      <c r="ABG8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="ABB8" s="7" t="inlineStr">
+      <c r="ABH8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="ABC8" s="7" t="inlineStr">
+      <c r="ABI8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="ABD8" s="7" t="inlineStr">
+      <c r="ABJ8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="ABE8" s="7" t="inlineStr">
+      <c r="ABK8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="ABF8" s="7" t="inlineStr">
+      <c r="ABL8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="ABG8" s="7" t="inlineStr">
+      <c r="ABM8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="ABH8" s="7" t="inlineStr">
+      <c r="ABN8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="ABI8" s="7" t="inlineStr">
+      <c r="ABO8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="ABJ8" s="7" t="inlineStr">
+      <c r="ABP8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="ABK8" s="7" t="inlineStr">
+      <c r="ABQ8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="ABL8" s="7" t="inlineStr">
+      <c r="ABR8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="ABM8" s="7" t="inlineStr">
+      <c r="ABS8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="ABN8" s="7" t="inlineStr">
+      <c r="ABT8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="ABO8" s="7" t="inlineStr">
+      <c r="ABU8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="ABP8" s="7" t="inlineStr">
+      <c r="ABV8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="ABQ8" s="7" t="inlineStr">
+      <c r="ABW8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="ABR8" s="7" t="inlineStr">
+      <c r="ABX8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="ABS8" s="7" t="inlineStr">
+      <c r="ABY8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="ABT8" s="7" t="inlineStr">
+      <c r="ABZ8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="ABU8" s="7" t="inlineStr">
+      <c r="ACA8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="ABV8" s="7" t="inlineStr">
+      <c r="ACB8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="ABW8" s="7" t="inlineStr">
+      <c r="ACC8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="ABX8" s="7" t="inlineStr">
+      <c r="ACD8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="ABY8" s="7" t="inlineStr">
+      <c r="ACE8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="ABZ8" s="7" t="inlineStr">
+      <c r="ACF8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="ACA8" s="7" t="inlineStr">
+      <c r="ACG8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="ACB8" s="7" t="inlineStr">
+      <c r="ACH8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="ACC8" s="7" t="inlineStr">
+      <c r="ACI8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
-      <c r="ACD8" s="7" t="inlineStr">
+      <c r="ACJ8" s="7" t="inlineStr">
+        <is>
+          <t>2026M02</t>
+        </is>
+      </c>
+      <c r="ACK8" s="7" t="inlineStr">
+        <is>
+          <t>2026M01</t>
+        </is>
+      </c>
+      <c r="ACL8" s="7" t="inlineStr">
         <is>
           <t>2025M12</t>
         </is>
       </c>
-      <c r="ACE8" s="7" t="inlineStr">
+      <c r="ACM8" s="7" t="inlineStr">
         <is>
           <t>2025M11</t>
         </is>
       </c>
-      <c r="ACF8" s="7" t="inlineStr">
+      <c r="ACN8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="ACG8" s="7" t="inlineStr">
+      <c r="ACO8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="ACH8" s="7" t="inlineStr">
+      <c r="ACP8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="ACI8" s="7" t="inlineStr">
+      <c r="ACQ8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="ACJ8" s="7" t="inlineStr">
+      <c r="ACR8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="ACK8" s="7" t="inlineStr">
+      <c r="ACS8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="ACL8" s="7" t="inlineStr">
+      <c r="ACT8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="ACM8" s="7" t="inlineStr">
+      <c r="ACU8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="ACN8" s="7" t="inlineStr">
+      <c r="ACV8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="ACO8" s="7" t="inlineStr">
+      <c r="ACW8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="ACP8" s="7" t="inlineStr">
+      <c r="ACX8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="ACQ8" s="7" t="inlineStr">
+      <c r="ACY8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="ACR8" s="7" t="inlineStr">
+      <c r="ACZ8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="ACS8" s="7" t="inlineStr">
+      <c r="ADA8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="ACT8" s="7" t="inlineStr">
+      <c r="ADB8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="ACU8" s="7" t="inlineStr">
+      <c r="ADC8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="ACV8" s="7" t="inlineStr">
+      <c r="ADD8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="ACW8" s="7" t="inlineStr">
+      <c r="ADE8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="ACX8" s="7" t="inlineStr">
+      <c r="ADF8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="ACY8" s="7" t="inlineStr">
+      <c r="ADG8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="ACZ8" s="7" t="inlineStr">
+      <c r="ADH8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="ADA8" s="7" t="inlineStr">
+      <c r="ADI8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="ADB8" s="7" t="inlineStr">
+      <c r="ADJ8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="ADC8" s="7" t="inlineStr">
+      <c r="ADK8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="ADD8" s="7" t="inlineStr">
+      <c r="ADL8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="ADE8" s="7" t="inlineStr">
+      <c r="ADM8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="ADF8" s="7" t="inlineStr">
+      <c r="ADN8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="ADG8" s="7" t="inlineStr">
+      <c r="ADO8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="ADH8" s="7" t="inlineStr">
+      <c r="ADP8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="ADI8" s="7" t="inlineStr">
+      <c r="ADQ8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="ADJ8" s="7" t="inlineStr">
+      <c r="ADR8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="ADK8" s="7" t="inlineStr">
+      <c r="ADS8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="ADL8" s="7" t="inlineStr">
+      <c r="ADT8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="ADM8" s="7" t="inlineStr">
+      <c r="ADU8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="ADN8" s="7" t="inlineStr">
+      <c r="ADV8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="ADO8" s="7" t="inlineStr">
+      <c r="ADW8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="ADP8" s="7" t="inlineStr">
+      <c r="ADX8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="ADQ8" s="7" t="inlineStr">
+      <c r="ADY8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="ADR8" s="7" t="inlineStr">
+      <c r="ADZ8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="ADS8" s="7" t="inlineStr">
+      <c r="AEA8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="ADT8" s="7" t="inlineStr">
+      <c r="AEB8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="ADU8" s="7" t="inlineStr">
+      <c r="AEC8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="ADV8" s="7" t="inlineStr">
+      <c r="AED8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="ADW8" s="7" t="inlineStr">
+      <c r="AEE8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="ADX8" s="7" t="inlineStr">
+      <c r="AEF8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="ADY8" s="7" t="inlineStr">
+      <c r="AEG8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="ADZ8" s="7" t="inlineStr">
+      <c r="AEH8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="AEA8" s="7" t="inlineStr">
+      <c r="AEI8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="AEB8" s="7" t="inlineStr">
+      <c r="AEJ8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="AEC8" s="7" t="inlineStr">
+      <c r="AEK8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="AED8" s="7" t="inlineStr">
+      <c r="AEL8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="AEE8" s="7" t="inlineStr">
+      <c r="AEM8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="AEF8" s="7" t="inlineStr">
+      <c r="AEN8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="AEG8" s="7" t="inlineStr">
+      <c r="AEO8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="AEH8" s="7" t="inlineStr">
+      <c r="AEP8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="AEI8" s="7" t="inlineStr">
+      <c r="AEQ8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="AEJ8" s="7" t="inlineStr">
+      <c r="AER8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="AEK8" s="7" t="inlineStr">
+      <c r="AES8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="AEL8" s="7" t="inlineStr">
+      <c r="AET8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="AEM8" s="7" t="inlineStr">
+      <c r="AEU8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="AEN8" s="7" t="inlineStr">
+      <c r="AEV8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="AEO8" s="7" t="inlineStr">
+      <c r="AEW8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="AEP8" s="7" t="inlineStr">
+      <c r="AEX8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="AEQ8" s="7" t="inlineStr">
+      <c r="AEY8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="AER8" s="7" t="inlineStr">
+      <c r="AEZ8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="AES8" s="7" t="inlineStr">
+      <c r="AFA8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="AET8" s="7" t="inlineStr">
+      <c r="AFB8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="AEU8" s="7" t="inlineStr">
+      <c r="AFC8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="AEV8" s="7" t="inlineStr">
+      <c r="AFD8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="AEW8" s="7" t="inlineStr">
+      <c r="AFE8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="AEX8" s="7" t="inlineStr">
+      <c r="AFF8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="AEY8" s="7" t="inlineStr">
+      <c r="AFG8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="AEZ8" s="7" t="inlineStr">
+      <c r="AFH8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="AFA8" s="7" t="inlineStr">
+      <c r="AFI8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="AFB8" s="7" t="inlineStr">
+      <c r="AFJ8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="AFC8" s="7" t="inlineStr">
+      <c r="AFK8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="AFD8" s="7" t="inlineStr">
+      <c r="AFL8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="AFE8" s="7" t="inlineStr">
+      <c r="AFM8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="AFF8" s="7" t="inlineStr">
+      <c r="AFN8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="AFG8" s="7" t="inlineStr">
+      <c r="AFO8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="AFH8" s="7" t="inlineStr">
+      <c r="AFP8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="AFI8" s="7" t="inlineStr">
+      <c r="AFQ8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="AFJ8" s="7" t="inlineStr">
+      <c r="AFR8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="AFK8" s="7" t="inlineStr">
+      <c r="AFS8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="AFL8" s="7" t="inlineStr">
+      <c r="AFT8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="AFM8" s="7" t="inlineStr">
+      <c r="AFU8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="AFN8" s="7" t="inlineStr">
+      <c r="AFV8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="AFO8" s="7" t="inlineStr">
+      <c r="AFW8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="AFP8" s="7" t="inlineStr">
+      <c r="AFX8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="AFQ8" s="7" t="inlineStr">
+      <c r="AFY8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="AFR8" s="7" t="inlineStr">
+      <c r="AFZ8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="AFS8" s="7" t="inlineStr">
+      <c r="AGA8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="AFT8" s="7" t="inlineStr">
+      <c r="AGB8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="AFU8" s="7" t="inlineStr">
+      <c r="AGC8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="AFV8" s="7" t="inlineStr">
+      <c r="AGD8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="AFW8" s="7" t="inlineStr">
+      <c r="AGE8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="AFX8" s="7" t="inlineStr">
+      <c r="AGF8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="AFY8" s="7" t="inlineStr">
+      <c r="AGG8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="AFZ8" s="7" t="inlineStr">
+      <c r="AGH8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="AGA8" s="7" t="inlineStr">
+      <c r="AGI8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="AGB8" s="7" t="inlineStr">
+      <c r="AGJ8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="AGC8" s="7" t="inlineStr">
+      <c r="AGK8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="AGD8" s="7" t="inlineStr">
+      <c r="AGL8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="AGE8" s="7" t="inlineStr">
+      <c r="AGM8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="AGF8" s="7" t="inlineStr">
+      <c r="AGN8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="AGG8" s="7" t="inlineStr">
+      <c r="AGO8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="AGH8" s="7" t="inlineStr">
+      <c r="AGP8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="AGI8" s="7" t="inlineStr">
+      <c r="AGQ8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="AGJ8" s="7" t="inlineStr">
+      <c r="AGR8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="AGK8" s="7" t="inlineStr">
+      <c r="AGS8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="AGL8" s="7" t="inlineStr">
+      <c r="AGT8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="AGM8" s="7" t="inlineStr">
+      <c r="AGU8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="AGN8" s="7" t="inlineStr">
+      <c r="AGV8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="AGO8" s="7" t="inlineStr">
+      <c r="AGW8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="AGP8" s="7" t="inlineStr">
+      <c r="AGX8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="AGQ8" s="7" t="inlineStr">
+      <c r="AGY8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="AGR8" s="7" t="inlineStr">
+      <c r="AGZ8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="AGS8" s="7" t="inlineStr">
+      <c r="AHA8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="AGT8" s="7" t="inlineStr">
+      <c r="AHB8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="AGU8" s="7" t="inlineStr">
+      <c r="AHC8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="AGV8" s="7" t="inlineStr">
+      <c r="AHD8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="AGW8" s="7" t="inlineStr">
+      <c r="AHE8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="AGX8" s="7" t="inlineStr">
+      <c r="AHF8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="AGY8" s="7" t="inlineStr">
+      <c r="AHG8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="AGZ8" s="7" t="inlineStr">
+      <c r="AHH8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="AHA8" s="7" t="inlineStr">
+      <c r="AHI8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="AHB8" s="7" t="inlineStr">
+      <c r="AHJ8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="AHC8" s="7" t="inlineStr">
+      <c r="AHK8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="AHD8" s="7" t="inlineStr">
+      <c r="AHL8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="AHE8" s="7" t="inlineStr">
+      <c r="AHM8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="AHF8" s="7" t="inlineStr">
+      <c r="AHN8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="AHG8" s="7" t="inlineStr">
+      <c r="AHO8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="AHH8" s="7" t="inlineStr">
+      <c r="AHP8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="AHI8" s="7" t="inlineStr">
+      <c r="AHQ8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="AHJ8" s="7" t="inlineStr">
+      <c r="AHR8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="AHK8" s="7" t="inlineStr">
+      <c r="AHS8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="AHL8" s="7" t="inlineStr">
+      <c r="AHT8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="AHM8" s="7" t="inlineStr">
+      <c r="AHU8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="AHN8" s="7" t="inlineStr">
+      <c r="AHV8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="AHO8" s="7" t="inlineStr">
+      <c r="AHW8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="AHP8" s="7" t="inlineStr">
+      <c r="AHX8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="AHQ8" s="7" t="inlineStr">
+      <c r="AHY8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="AHR8" s="7" t="inlineStr">
+      <c r="AHZ8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="AHS8" s="7" t="inlineStr">
+      <c r="AIA8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="AHT8" s="7" t="inlineStr">
+      <c r="AIB8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="AHU8" s="7" t="inlineStr">
+      <c r="AIC8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="AHV8" s="7" t="inlineStr">
+      <c r="AID8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="AHW8" s="7" t="inlineStr">
+      <c r="AIE8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="AHX8" s="7" t="inlineStr">
+      <c r="AIF8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="AHY8" s="7" t="inlineStr">
+      <c r="AIG8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="AHZ8" s="7" t="inlineStr">
+      <c r="AIH8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="AIA8" s="7" t="inlineStr">
+      <c r="AII8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="AIB8" s="7" t="inlineStr">
+      <c r="AIJ8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="AIC8" s="7" t="inlineStr">
+      <c r="AIK8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="AID8" s="7" t="inlineStr">
+      <c r="AIL8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="AIE8" s="7" t="inlineStr">
+      <c r="AIM8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="AIF8" s="7" t="inlineStr">
+      <c r="AIN8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="AIG8" s="7" t="inlineStr">
+      <c r="AIO8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="AIH8" s="7" t="inlineStr">
+      <c r="AIP8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="AII8" s="7" t="inlineStr">
+      <c r="AIQ8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="AIJ8" s="7" t="inlineStr">
+      <c r="AIR8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="AIK8" s="7" t="inlineStr">
+      <c r="AIS8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="AIL8" s="7" t="inlineStr">
+      <c r="AIT8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="AIM8" s="7" t="inlineStr">
+      <c r="AIU8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="AIN8" s="7" t="inlineStr">
+      <c r="AIV8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="AIO8" s="7" t="inlineStr">
+      <c r="AIW8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="AIP8" s="7" t="inlineStr">
+      <c r="AIX8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="AIQ8" s="7" t="inlineStr">
+      <c r="AIY8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="AIR8" s="7" t="inlineStr">
+      <c r="AIZ8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="AIS8" s="7" t="inlineStr">
+      <c r="AJA8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="AIT8" s="7" t="inlineStr">
+      <c r="AJB8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="AIU8" s="7" t="inlineStr">
+      <c r="AJC8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="AIV8" s="7" t="inlineStr">
+      <c r="AJD8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="AIW8" s="7" t="inlineStr">
+      <c r="AJE8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="AIX8" s="7" t="inlineStr">
+      <c r="AJF8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="AIY8" s="7" t="inlineStr">
+      <c r="AJG8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="AIZ8" s="7" t="inlineStr">
+      <c r="AJH8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="AJA8" s="7" t="inlineStr">
+      <c r="AJI8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="AJB8" s="7" t="inlineStr">
+      <c r="AJJ8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="AJC8" s="7" t="inlineStr">
+      <c r="AJK8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="AJD8" s="7" t="inlineStr">
+      <c r="AJL8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="AJE8" s="7" t="inlineStr">
+      <c r="AJM8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="AJF8" s="7" t="inlineStr">
+      <c r="AJN8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="AJG8" s="7" t="inlineStr">
+      <c r="AJO8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="AJH8" s="7" t="inlineStr">
+      <c r="AJP8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="AJI8" s="7" t="inlineStr">
+      <c r="AJQ8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="AJJ8" s="7" t="inlineStr">
+      <c r="AJR8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="AJK8" s="7" t="inlineStr">
+      <c r="AJS8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="AJL8" s="7" t="inlineStr">
+      <c r="AJT8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="AJM8" s="7" t="inlineStr">
+      <c r="AJU8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="AJN8" s="7" t="inlineStr">
+      <c r="AJV8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="AJO8" s="7" t="inlineStr">
+      <c r="AJW8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="AJP8" s="7" t="inlineStr">
+      <c r="AJX8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="AJQ8" s="7" t="inlineStr">
+      <c r="AJY8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="AJR8" s="7" t="inlineStr">
+      <c r="AJZ8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="AJS8" s="7" t="inlineStr">
+      <c r="AKA8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="AJT8" s="7" t="inlineStr">
+      <c r="AKB8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="AJU8" s="7" t="inlineStr">
+      <c r="AKC8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="AJV8" s="7" t="inlineStr">
+      <c r="AKD8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="AJW8" s="7" t="inlineStr">
+      <c r="AKE8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="AJX8" s="7" t="inlineStr">
+      <c r="AKF8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="AJY8" s="7" t="inlineStr">
+      <c r="AKG8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="AJZ8" s="7" t="inlineStr">
+      <c r="AKH8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="AKA8" s="7" t="inlineStr">
+      <c r="AKI8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="AKB8" s="7" t="inlineStr">
+      <c r="AKJ8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="AKC8" s="7" t="inlineStr">
+      <c r="AKK8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="AKD8" s="7" t="inlineStr">
+      <c r="AKL8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="AKE8" s="7" t="inlineStr">
+      <c r="AKM8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="AKF8" s="7" t="inlineStr">
+      <c r="AKN8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="AKG8" s="7" t="inlineStr">
+      <c r="AKO8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="AKH8" s="7" t="inlineStr">
+      <c r="AKP8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="AKI8" s="7" t="inlineStr">
+      <c r="AKQ8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="AKJ8" s="7" t="inlineStr">
+      <c r="AKR8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="AKK8" s="7" t="inlineStr">
+      <c r="AKS8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="AKL8" s="7" t="inlineStr">
+      <c r="AKT8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="AKM8" s="7" t="inlineStr">
+      <c r="AKU8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="AKN8" s="7" t="inlineStr">
+      <c r="AKV8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="AKO8" s="7" t="inlineStr">
+      <c r="AKW8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="AKP8" s="7" t="inlineStr">
+      <c r="AKX8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="AKQ8" s="7" t="inlineStr">
+      <c r="AKY8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="AKR8" s="7" t="inlineStr">
+      <c r="AKZ8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="AKS8" s="7" t="inlineStr">
+      <c r="ALA8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="AKT8" s="7" t="inlineStr">
+      <c r="ALB8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="AKU8" s="7" t="inlineStr">
+      <c r="ALC8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="AKV8" s="7" t="inlineStr">
+      <c r="ALD8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="AKW8" s="7" t="inlineStr">
+      <c r="ALE8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="AKX8" s="7" t="inlineStr">
+      <c r="ALF8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="AKY8" s="7" t="inlineStr">
+      <c r="ALG8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="AKZ8" s="7" t="inlineStr">
+      <c r="ALH8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="ALA8" s="7" t="inlineStr">
+      <c r="ALI8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="ALB8" s="7" t="inlineStr">
+      <c r="ALJ8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="ALC8" s="7" t="inlineStr">
+      <c r="ALK8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="ALD8" s="7" t="inlineStr">
+      <c r="ALL8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="ALE8" s="7" t="inlineStr">
+      <c r="ALM8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="ALF8" s="7" t="inlineStr">
+      <c r="ALN8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="ALG8" s="7" t="inlineStr">
+      <c r="ALO8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="ALH8" s="7" t="inlineStr">
+      <c r="ALP8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="ALI8" s="7" t="inlineStr">
+      <c r="ALQ8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="ALJ8" s="7" t="inlineStr">
+      <c r="ALR8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="ALK8" s="7" t="inlineStr">
+      <c r="ALS8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="ALL8" s="7" t="inlineStr">
+      <c r="ALT8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="ALM8" s="7" t="inlineStr">
+      <c r="ALU8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="ALN8" s="7" t="inlineStr">
+      <c r="ALV8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="ALO8" s="7" t="inlineStr">
+      <c r="ALW8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="ALP8" s="7" t="inlineStr">
+      <c r="ALX8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="ALQ8" s="7" t="inlineStr">
+      <c r="ALY8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="ALR8" s="7" t="inlineStr">
+      <c r="ALZ8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="ALS8" s="7" t="inlineStr">
+      <c r="AMA8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="ALT8" s="7" t="inlineStr">
+      <c r="AMB8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="ALU8" s="7" t="inlineStr">
+      <c r="AMC8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    C Manufacturing industry</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>116.823</v>
+        <v>118.16</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>117.407</v>
+        <v>117.455</v>
       </c>
       <c r="D9" s="14" t="n">
+        <v>116.828</v>
+      </c>
+      <c r="E9" s="14" t="n">
+        <v>117.402</v>
+      </c>
+      <c r="F9" s="14" t="n">
         <v>117.08</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="G9" s="14" t="n">
         <v>117.192</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>117.113</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>117.401</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>117.081</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>116.943</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="L9" s="14" t="n">
         <v>117.155</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="M9" s="14" t="n">
         <v>117.933</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>118.584</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>118.264</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>117.209</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
         <v>117.316</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="R9" s="14" t="n">
         <v>117.524</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>117.239</v>
       </c>
-      <c r="R9" s="14" t="n">
+      <c r="T9" s="14" t="n">
         <v>118.031</v>
       </c>
-      <c r="S9" s="14" t="n">
+      <c r="U9" s="14" t="n">
         <v>118.815</v>
       </c>
-      <c r="T9" s="14" t="n">
+      <c r="V9" s="14" t="n">
         <v>118.843</v>
       </c>
-      <c r="U9" s="14" t="n">
+      <c r="W9" s="14" t="n">
         <v>118.859</v>
       </c>
-      <c r="V9" s="14" t="n">
+      <c r="X9" s="14" t="n">
         <v>119.305</v>
       </c>
-      <c r="W9" s="14" t="n">
+      <c r="Y9" s="14" t="n">
         <v>119.025</v>
       </c>
-      <c r="X9" s="14" t="n">
+      <c r="Z9" s="14" t="n">
         <v>118.878</v>
       </c>
-      <c r="Y9" s="14" t="n">
+      <c r="AA9" s="14" t="n">
         <v>118.158</v>
       </c>
-      <c r="Z9" s="14" t="n">
+      <c r="AB9" s="14" t="n">
         <v>117.653</v>
       </c>
-      <c r="AA9" s="14" t="n">
+      <c r="AC9" s="14" t="n">
         <v>118.213</v>
       </c>
-      <c r="AB9" s="14" t="n">
+      <c r="AD9" s="14" t="n">
         <v>119.136</v>
       </c>
-      <c r="AC9" s="14" t="n">
+      <c r="AE9" s="14" t="n">
         <v>119.656</v>
       </c>
-      <c r="AD9" s="14" t="n">
+      <c r="AF9" s="14" t="n">
         <v>118.682</v>
       </c>
-      <c r="AE9" s="14" t="n">
+      <c r="AG9" s="14" t="n">
         <v>117.488</v>
       </c>
-      <c r="AF9" s="14" t="n">
+      <c r="AH9" s="14" t="n">
         <v>117.611</v>
       </c>
-      <c r="AG9" s="14" t="n">
+      <c r="AI9" s="14" t="n">
         <v>117.608</v>
       </c>
-      <c r="AH9" s="14" t="n">
+      <c r="AJ9" s="14" t="n">
         <v>118.565</v>
       </c>
-      <c r="AI9" s="14" t="n">
+      <c r="AK9" s="14" t="n">
         <v>119.286</v>
       </c>
-      <c r="AJ9" s="14" t="n">
+      <c r="AL9" s="14" t="n">
         <v>119.129</v>
       </c>
-      <c r="AK9" s="14" t="n">
+      <c r="AM9" s="14" t="n">
         <v>119.127</v>
       </c>
-      <c r="AL9" s="14" t="n">
+      <c r="AN9" s="14" t="n">
         <v>117.807</v>
       </c>
-      <c r="AM9" s="14" t="n">
+      <c r="AO9" s="14" t="n">
         <v>119.639</v>
       </c>
-      <c r="AN9" s="14" t="n">
+      <c r="AP9" s="14" t="n">
         <v>120.319</v>
       </c>
-      <c r="AO9" s="14" t="n">
+      <c r="AQ9" s="14" t="n">
         <v>119.145</v>
       </c>
-      <c r="AP9" s="14" t="n">
+      <c r="AR9" s="14" t="n">
         <v>119.134</v>
       </c>
-      <c r="AQ9" s="14" t="n">
+      <c r="AS9" s="14" t="n">
         <v>120.514</v>
       </c>
-      <c r="AR9" s="14" t="n">
+      <c r="AT9" s="14" t="n">
         <v>121.617</v>
       </c>
-      <c r="AS9" s="14" t="n">
+      <c r="AU9" s="14" t="n">
         <v>119.353</v>
       </c>
-      <c r="AT9" s="14" t="n">
+      <c r="AV9" s="14" t="n">
         <v>117.468</v>
       </c>
-      <c r="AU9" s="14" t="n">
+      <c r="AW9" s="14" t="n">
         <v>114.385</v>
       </c>
-      <c r="AV9" s="14" t="n">
+      <c r="AX9" s="14" t="n">
         <v>109.706</v>
       </c>
-      <c r="AW9" s="14" t="n">
+      <c r="AY9" s="14" t="n">
         <v>107.495</v>
       </c>
-      <c r="AX9" s="14" t="n">
+      <c r="AZ9" s="14" t="n">
         <v>105.172</v>
       </c>
-      <c r="AY9" s="14" t="n">
+      <c r="BA9" s="14" t="n">
         <v>105.073</v>
       </c>
-      <c r="AZ9" s="14" t="n">
+      <c r="BB9" s="14" t="n">
         <v>103.734</v>
       </c>
-      <c r="BA9" s="14" t="n">
+      <c r="BC9" s="14" t="n">
         <v>101.888</v>
       </c>
-      <c r="BB9" s="14" t="n">
+      <c r="BD9" s="14" t="n">
         <v>100.99</v>
       </c>
-      <c r="BC9" s="14" t="n">
+      <c r="BE9" s="14" t="n">
         <v>100.756</v>
       </c>
-      <c r="BD9" s="14" t="n">
+      <c r="BF9" s="14" t="n">
         <v>99.523</v>
       </c>
-      <c r="BE9" s="14" t="n">
+      <c r="BG9" s="14" t="n">
         <v>98.952</v>
       </c>
-      <c r="BF9" s="14" t="n">
+      <c r="BH9" s="14" t="n">
         <v>97.791</v>
       </c>
-      <c r="BG9" s="14" t="n">
+      <c r="BI9" s="14" t="n">
         <v>96.956</v>
       </c>
-      <c r="BH9" s="14" t="n">
+      <c r="BJ9" s="14" t="n">
         <v>95.331</v>
       </c>
-      <c r="BI9" s="14" t="n">
+      <c r="BK9" s="14" t="n">
         <v>93.834</v>
       </c>
-      <c r="BJ9" s="14" t="n">
+      <c r="BL9" s="14" t="n">
         <v>92.548</v>
       </c>
-      <c r="BK9" s="14" t="n">
+      <c r="BM9" s="14" t="n">
         <v>91.809</v>
       </c>
-      <c r="BL9" s="14" t="n">
+      <c r="BN9" s="14" t="n">
         <v>91.587</v>
       </c>
-      <c r="BM9" s="14" t="n">
+      <c r="BO9" s="14" t="n">
         <v>91.415</v>
       </c>
-      <c r="BN9" s="14" t="n">
+      <c r="BP9" s="14" t="n">
         <v>91.554</v>
       </c>
-      <c r="BO9" s="14" t="n">
+      <c r="BQ9" s="14" t="n">
         <v>91.487</v>
       </c>
-      <c r="BP9" s="14" t="n">
+      <c r="BR9" s="14" t="n">
         <v>90.784</v>
       </c>
-      <c r="BQ9" s="14" t="n">
+      <c r="BS9" s="14" t="n">
         <v>90.176</v>
       </c>
-      <c r="BR9" s="14" t="n">
+      <c r="BT9" s="14" t="n">
         <v>90.571</v>
       </c>
-      <c r="BS9" s="14" t="n">
+      <c r="BU9" s="14" t="n">
         <v>92.104</v>
       </c>
-      <c r="BT9" s="14" t="n">
+      <c r="BV9" s="14" t="n">
         <v>94.078</v>
       </c>
-      <c r="BU9" s="14" t="n">
+      <c r="BW9" s="14" t="n">
         <v>94.435</v>
       </c>
-      <c r="BV9" s="14" t="n">
+      <c r="BX9" s="14" t="n">
         <v>94.079</v>
       </c>
-      <c r="BW9" s="14" t="n">
+      <c r="BY9" s="14" t="n">
         <v>93.924</v>
       </c>
-      <c r="BX9" s="14" t="n">
+      <c r="BZ9" s="14" t="n">
         <v>93.998</v>
       </c>
-      <c r="BY9" s="14" t="n">
+      <c r="CA9" s="14" t="n">
         <v>94.06</v>
       </c>
-      <c r="BZ9" s="14" t="n">
+      <c r="CB9" s="14" t="n">
         <v>93.402</v>
       </c>
-      <c r="CA9" s="14" t="n">
+      <c r="CC9" s="14" t="n">
         <v>94.212</v>
       </c>
-      <c r="CB9" s="14" t="n">
+      <c r="CD9" s="14" t="n">
         <v>94.049</v>
       </c>
-      <c r="CC9" s="14" t="n">
+      <c r="CE9" s="14" t="n">
         <v>94.979</v>
       </c>
-      <c r="CD9" s="14" t="n">
+      <c r="CF9" s="14" t="n">
         <v>94.81</v>
       </c>
-      <c r="CE9" s="14" t="n">
+      <c r="CG9" s="14" t="n">
         <v>94.166</v>
       </c>
-      <c r="CF9" s="14" t="n">
+      <c r="CH9" s="14" t="n">
         <v>93.662</v>
       </c>
-      <c r="CG9" s="14" t="n">
+      <c r="CI9" s="14" t="n">
         <v>93.015</v>
       </c>
-      <c r="CH9" s="14" t="n">
+      <c r="CJ9" s="14" t="n">
         <v>93.105</v>
       </c>
-      <c r="CI9" s="14" t="n">
+      <c r="CK9" s="14" t="n">
         <v>94.215</v>
       </c>
-      <c r="CJ9" s="14" t="n">
+      <c r="CL9" s="14" t="n">
         <v>94.879</v>
       </c>
-      <c r="CK9" s="14" t="n">
+      <c r="CM9" s="14" t="n">
         <v>94.543</v>
       </c>
-      <c r="CL9" s="14" t="n">
+      <c r="CN9" s="14" t="n">
         <v>94.396</v>
       </c>
-      <c r="CM9" s="14" t="n">
+      <c r="CO9" s="14" t="n">
         <v>94.282</v>
       </c>
-      <c r="CN9" s="14" t="n">
+      <c r="CP9" s="14" t="n">
         <v>94.481</v>
       </c>
-      <c r="CO9" s="14" t="n">
+      <c r="CQ9" s="14" t="n">
         <v>94.197</v>
       </c>
-      <c r="CP9" s="14" t="n">
+      <c r="CR9" s="14" t="n">
         <v>93.516</v>
       </c>
-      <c r="CQ9" s="14" t="n">
+      <c r="CS9" s="14" t="n">
         <v>92.977</v>
       </c>
-      <c r="CR9" s="14" t="n">
+      <c r="CT9" s="14" t="n">
         <v>92.904</v>
       </c>
-      <c r="CS9" s="14" t="n">
+      <c r="CU9" s="14" t="n">
         <v>93.247</v>
       </c>
-      <c r="CT9" s="14" t="n">
+      <c r="CV9" s="14" t="n">
         <v>92.822</v>
       </c>
-      <c r="CU9" s="14" t="n">
+      <c r="CW9" s="14" t="n">
         <v>92.64</v>
       </c>
-      <c r="CV9" s="14" t="n">
+      <c r="CX9" s="14" t="n">
         <v>92.334</v>
       </c>
-      <c r="CW9" s="14" t="n">
+      <c r="CY9" s="14" t="n">
         <v>92.111</v>
       </c>
-      <c r="CX9" s="14" t="n">
+      <c r="CZ9" s="14" t="n">
         <v>91.772</v>
       </c>
-      <c r="CY9" s="14" t="n">
+      <c r="DA9" s="14" t="n">
         <v>91.519</v>
       </c>
-      <c r="CZ9" s="14" t="n">
+      <c r="DB9" s="14" t="n">
         <v>91.564</v>
       </c>
-      <c r="DA9" s="14" t="n">
+      <c r="DC9" s="14" t="n">
         <v>91.957</v>
       </c>
-      <c r="DB9" s="14" t="n">
+      <c r="DD9" s="14" t="n">
         <v>92.158</v>
       </c>
-      <c r="DC9" s="14" t="n">
+      <c r="DE9" s="14" t="n">
         <v>92.034</v>
       </c>
-      <c r="DD9" s="14" t="n">
+      <c r="DF9" s="14" t="n">
         <v>92.109</v>
       </c>
-      <c r="DE9" s="14" t="n">
+      <c r="DG9" s="14" t="n">
         <v>91.636</v>
       </c>
-      <c r="DF9" s="14" t="n">
+      <c r="DH9" s="14" t="n">
         <v>90.859</v>
       </c>
-      <c r="DG9" s="14" t="n">
+      <c r="DI9" s="14" t="n">
         <v>89.835</v>
       </c>
-      <c r="DH9" s="14" t="n">
+      <c r="DJ9" s="14" t="n">
         <v>89.784</v>
       </c>
-      <c r="DI9" s="14" t="n">
+      <c r="DK9" s="14" t="n">
         <v>89.204</v>
       </c>
-      <c r="DJ9" s="14" t="n">
+      <c r="DL9" s="14" t="n">
         <v>89.046</v>
       </c>
-      <c r="DK9" s="14" t="n">
+      <c r="DM9" s="14" t="n">
         <v>89.199</v>
       </c>
-      <c r="DL9" s="14" t="n">
+      <c r="DN9" s="14" t="n">
         <v>89.322</v>
       </c>
-      <c r="DM9" s="14" t="n">
+      <c r="DO9" s="14" t="n">
         <v>88.612</v>
       </c>
-      <c r="DN9" s="14" t="n">
+      <c r="DP9" s="14" t="n">
         <v>87.985</v>
       </c>
-      <c r="DO9" s="14" t="n">
+      <c r="DQ9" s="14" t="n">
         <v>87.617</v>
       </c>
-      <c r="DP9" s="14" t="n">
+      <c r="DR9" s="14" t="n">
         <v>87.014</v>
       </c>
-      <c r="DQ9" s="14" t="n">
+      <c r="DS9" s="14" t="n">
         <v>87.525</v>
       </c>
-      <c r="DR9" s="14" t="n">
+      <c r="DT9" s="14" t="n">
         <v>88.417</v>
       </c>
-      <c r="DS9" s="14" t="n">
+      <c r="DU9" s="14" t="n">
         <v>89.254</v>
       </c>
-      <c r="DT9" s="14" t="n">
+      <c r="DV9" s="14" t="n">
         <v>89.439</v>
       </c>
-      <c r="DU9" s="14" t="n">
+      <c r="DW9" s="14" t="n">
         <v>89.929</v>
       </c>
-      <c r="DV9" s="14" t="n">
+      <c r="DX9" s="14" t="n">
         <v>90.486</v>
       </c>
-      <c r="DW9" s="14" t="n">
+      <c r="DY9" s="14" t="n">
         <v>91.466</v>
       </c>
-      <c r="DX9" s="14" t="n">
+      <c r="DZ9" s="14" t="n">
         <v>91.712</v>
       </c>
-      <c r="DY9" s="14" t="n">
+      <c r="EA9" s="14" t="n">
         <v>91.757</v>
       </c>
-      <c r="DZ9" s="14" t="n">
+      <c r="EB9" s="14" t="n">
         <v>91.402</v>
       </c>
-      <c r="EA9" s="14" t="n">
+      <c r="EC9" s="14" t="n">
         <v>90.913</v>
       </c>
-      <c r="EB9" s="14" t="n">
+      <c r="ED9" s="14" t="n">
         <v>90.287</v>
       </c>
-      <c r="EC9" s="14" t="n">
+      <c r="EE9" s="14" t="n">
         <v>89.409</v>
       </c>
-      <c r="ED9" s="14" t="n">
+      <c r="EF9" s="14" t="n">
         <v>90.199</v>
       </c>
-      <c r="EE9" s="14" t="n">
+      <c r="EG9" s="14" t="n">
         <v>91.247</v>
       </c>
-      <c r="EF9" s="14" t="n">
+      <c r="EH9" s="14" t="n">
         <v>91.68</v>
       </c>
-      <c r="EG9" s="14" t="n">
+      <c r="EI9" s="14" t="n">
         <v>92.154</v>
       </c>
-      <c r="EH9" s="14" t="n">
+      <c r="EJ9" s="14" t="n">
         <v>92.158</v>
       </c>
-      <c r="EI9" s="14" t="n">
+      <c r="EK9" s="14" t="n">
         <v>92.24</v>
       </c>
-      <c r="EJ9" s="14" t="n">
+      <c r="EL9" s="14" t="n">
         <v>92.161</v>
       </c>
-      <c r="EK9" s="14" t="n">
+      <c r="EM9" s="14" t="n">
         <v>91.953</v>
       </c>
-      <c r="EL9" s="14" t="n">
+      <c r="EN9" s="14" t="n">
         <v>91.868</v>
       </c>
-      <c r="EM9" s="14" t="n">
+      <c r="EO9" s="14" t="n">
         <v>91.733</v>
       </c>
-      <c r="EN9" s="14" t="n">
+      <c r="EP9" s="14" t="n">
         <v>91.894</v>
       </c>
-      <c r="EO9" s="14" t="n">
+      <c r="EQ9" s="14" t="n">
         <v>92.038</v>
       </c>
-      <c r="EP9" s="14" t="n">
+      <c r="ER9" s="14" t="n">
         <v>92.157</v>
       </c>
-      <c r="EQ9" s="14" t="n">
+      <c r="ES9" s="14" t="n">
         <v>92.292</v>
       </c>
-      <c r="ER9" s="14" t="n">
+      <c r="ET9" s="14" t="n">
         <v>92.522</v>
       </c>
-      <c r="ES9" s="14" t="n">
+      <c r="EU9" s="14" t="n">
         <v>93.023</v>
       </c>
-      <c r="ET9" s="14" t="n">
+      <c r="EV9" s="14" t="n">
         <v>93.095</v>
       </c>
-      <c r="EU9" s="14" t="n">
+      <c r="EW9" s="14" t="n">
         <v>93.084</v>
       </c>
-      <c r="EV9" s="14" t="n">
+      <c r="EX9" s="14" t="n">
         <v>92.888</v>
       </c>
-      <c r="EW9" s="14" t="n">
+      <c r="EY9" s="14" t="n">
         <v>93.076</v>
       </c>
-      <c r="EX9" s="14" t="n">
+      <c r="EZ9" s="14" t="n">
         <v>93.244</v>
       </c>
-      <c r="EY9" s="14" t="n">
+      <c r="FA9" s="14" t="n">
         <v>93.934</v>
       </c>
-      <c r="EZ9" s="14" t="n">
+      <c r="FB9" s="14" t="n">
         <v>94.219</v>
       </c>
-      <c r="FA9" s="14" t="n">
+      <c r="FC9" s="14" t="n">
         <v>93.774</v>
       </c>
-      <c r="FB9" s="14" t="n">
+      <c r="FD9" s="14" t="n">
         <v>93.501</v>
       </c>
-      <c r="FC9" s="14" t="n">
+      <c r="FE9" s="14" t="n">
         <v>93.793</v>
       </c>
-      <c r="FD9" s="14" t="n">
+      <c r="FF9" s="14" t="n">
         <v>94.231</v>
       </c>
-      <c r="FE9" s="14" t="n">
+      <c r="FG9" s="14" t="n">
         <v>94.475</v>
       </c>
-      <c r="FF9" s="14" t="n">
+      <c r="FH9" s="14" t="n">
         <v>94.112</v>
       </c>
-      <c r="FG9" s="14" t="n">
+      <c r="FI9" s="14" t="n">
         <v>93.204</v>
       </c>
-      <c r="FH9" s="14" t="n">
+      <c r="FJ9" s="14" t="n">
         <v>92.732</v>
       </c>
-      <c r="FI9" s="14" t="n">
+      <c r="FK9" s="14" t="n">
         <v>93.281</v>
       </c>
-      <c r="FJ9" s="14" t="n">
+      <c r="FL9" s="14" t="n">
         <v>93.607</v>
       </c>
-      <c r="FK9" s="14" t="n">
+      <c r="FM9" s="14" t="n">
         <v>93.458</v>
       </c>
-      <c r="FL9" s="14" t="n">
+      <c r="FN9" s="14" t="n">
         <v>92.747</v>
       </c>
-      <c r="FM9" s="14" t="n">
+      <c r="FO9" s="14" t="n">
         <v>92.268</v>
       </c>
-      <c r="FN9" s="14" t="n">
+      <c r="FP9" s="14" t="n">
         <v>91.377</v>
       </c>
-      <c r="FO9" s="14" t="n">
+      <c r="FQ9" s="14" t="n">
         <v>91.491</v>
       </c>
-      <c r="FP9" s="14" t="n">
+      <c r="FR9" s="14" t="n">
         <v>91.383</v>
       </c>
-      <c r="FQ9" s="14" t="n">
+      <c r="FS9" s="14" t="n">
         <v>91.499</v>
       </c>
-      <c r="FR9" s="14" t="n">
+      <c r="FT9" s="14" t="n">
         <v>91.336</v>
       </c>
-      <c r="FS9" s="14" t="n">
+      <c r="FU9" s="14" t="n">
         <v>91.546</v>
       </c>
-      <c r="FT9" s="14" t="n">
+      <c r="FV9" s="14" t="n">
         <v>91.315</v>
       </c>
-      <c r="FU9" s="14" t="n">
+      <c r="FW9" s="14" t="n">
         <v>91.311</v>
       </c>
-      <c r="FV9" s="14" t="n">
+      <c r="FX9" s="14" t="n">
         <v>91.539</v>
       </c>
-      <c r="FW9" s="14" t="n">
+      <c r="FY9" s="14" t="n">
         <v>91.035</v>
       </c>
-      <c r="FX9" s="14" t="n">
+      <c r="FZ9" s="14" t="n">
         <v>90.334</v>
       </c>
-      <c r="FY9" s="14" t="n">
+      <c r="GA9" s="14" t="n">
         <v>89.512</v>
       </c>
-      <c r="FZ9" s="14" t="n">
+      <c r="GB9" s="14" t="n">
         <v>88.298</v>
       </c>
-      <c r="GA9" s="14" t="n">
+      <c r="GC9" s="14" t="n">
         <v>87.285</v>
       </c>
-      <c r="GB9" s="14" t="n">
+      <c r="GD9" s="14" t="n">
         <v>86.719</v>
       </c>
-      <c r="GC9" s="14" t="n">
+      <c r="GE9" s="14" t="n">
         <v>86.658</v>
       </c>
-      <c r="GD9" s="14" t="n">
+      <c r="GF9" s="14" t="n">
         <v>86.423</v>
       </c>
-      <c r="GE9" s="14" t="n">
+      <c r="GG9" s="14" t="n">
         <v>86.087</v>
       </c>
-      <c r="GF9" s="14" t="n">
+      <c r="GH9" s="14" t="n">
         <v>86.43</v>
       </c>
-      <c r="GG9" s="14" t="n">
+      <c r="GI9" s="14" t="n">
         <v>86.259</v>
       </c>
-      <c r="GH9" s="14" t="n">
+      <c r="GJ9" s="14" t="n">
         <v>85.766</v>
       </c>
-      <c r="GI9" s="14" t="n">
+      <c r="GK9" s="14" t="n">
         <v>84.581</v>
       </c>
-      <c r="GJ9" s="14" t="n">
+      <c r="GL9" s="14" t="n">
         <v>83.776</v>
       </c>
-      <c r="GK9" s="14" t="n">
+      <c r="GM9" s="14" t="n">
         <v>83.475</v>
       </c>
-      <c r="GL9" s="14" t="n">
+      <c r="GN9" s="14" t="n">
         <v>82.864</v>
       </c>
-      <c r="GM9" s="14" t="n">
+      <c r="GO9" s="14" t="n">
         <v>82.864</v>
       </c>
-      <c r="GN9" s="14" t="n">
+      <c r="GP9" s="14" t="n">
         <v>82.788</v>
       </c>
-      <c r="GO9" s="14" t="n">
+      <c r="GQ9" s="14" t="n">
         <v>82.712</v>
       </c>
-      <c r="GP9" s="14" t="n">
+      <c r="GR9" s="14" t="n">
         <v>83.017</v>
       </c>
-      <c r="GQ9" s="14" t="n">
+      <c r="GS9" s="14" t="n">
         <v>82.33</v>
       </c>
-      <c r="GR9" s="14" t="n">
+      <c r="GT9" s="14" t="n">
         <v>82.483</v>
       </c>
-      <c r="GS9" s="14" t="n">
+      <c r="GU9" s="14" t="n">
         <v>81.949</v>
       </c>
-      <c r="GT9" s="14" t="n">
+      <c r="GV9" s="14" t="n">
         <v>81.872</v>
       </c>
-      <c r="GU9" s="14" t="n">
+      <c r="GW9" s="14" t="n">
         <v>81.796</v>
       </c>
-      <c r="GV9" s="14" t="n">
+      <c r="GX9" s="14" t="n">
         <v>82.33</v>
       </c>
-      <c r="GW9" s="14" t="n">
+      <c r="GY9" s="14" t="n">
         <v>82.33</v>
       </c>
-      <c r="GX9" s="14" t="n">
+      <c r="GZ9" s="14" t="n">
         <v>82.559</v>
       </c>
-      <c r="GY9" s="14" t="n">
+      <c r="HA9" s="14" t="n">
         <v>84.696</v>
       </c>
-      <c r="GZ9" s="14" t="n">
+      <c r="HB9" s="14" t="n">
         <v>86.908</v>
       </c>
-      <c r="HA9" s="14" t="n">
+      <c r="HC9" s="14" t="n">
         <v>88.434</v>
       </c>
-      <c r="HB9" s="14" t="n">
+      <c r="HD9" s="14" t="n">
         <v>88.816</v>
       </c>
-      <c r="HC9" s="14" t="n">
+      <c r="HE9" s="14" t="n">
         <v>89.35</v>
       </c>
-      <c r="HD9" s="14" t="n">
+      <c r="HF9" s="14" t="n">
         <v>88.663</v>
       </c>
-      <c r="HE9" s="14" t="n">
+      <c r="HG9" s="14" t="n">
         <v>87.671</v>
       </c>
-      <c r="HF9" s="14" t="n">
+      <c r="HH9" s="14" t="n">
         <v>86.527</v>
       </c>
-      <c r="HG9" s="14" t="n">
+      <c r="HI9" s="14" t="n">
         <v>85.993</v>
       </c>
-      <c r="HH9" s="14" t="n">
+      <c r="HJ9" s="14" t="n">
         <v>85.306</v>
       </c>
-      <c r="HI9" s="14" t="n">
+      <c r="HK9" s="14" t="n">
         <v>84.772</v>
       </c>
-      <c r="HJ9" s="14" t="n">
+      <c r="HL9" s="14" t="n">
         <v>84.085</v>
       </c>
-      <c r="HK9" s="14" t="n">
+      <c r="HM9" s="14" t="n">
         <v>83.78</v>
       </c>
-      <c r="HL9" s="14" t="n">
+      <c r="HN9" s="14" t="n">
         <v>83.246</v>
       </c>
-      <c r="HM9" s="14" t="n">
+      <c r="HO9" s="14" t="n">
         <v>82.788</v>
       </c>
-      <c r="HN9" s="14" t="n">
+      <c r="HP9" s="14" t="n">
         <v>82.635</v>
       </c>
-      <c r="HO9" s="14" t="n">
+      <c r="HQ9" s="14" t="n">
         <v>82.559</v>
       </c>
-      <c r="HP9" s="14" t="n">
+      <c r="HR9" s="14" t="n">
         <v>82.407</v>
       </c>
-      <c r="HQ9" s="14" t="n">
+      <c r="HS9" s="14" t="n">
         <v>82.254</v>
       </c>
-      <c r="HR9" s="14" t="n">
+      <c r="HT9" s="14" t="n">
         <v>81.796</v>
       </c>
-      <c r="HS9" s="14" t="n">
+      <c r="HU9" s="14" t="n">
         <v>81.415</v>
       </c>
-      <c r="HT9" s="14" t="n">
+      <c r="HV9" s="14" t="n">
         <v>80.881</v>
       </c>
-      <c r="HU9" s="14" t="n">
+      <c r="HW9" s="14" t="n">
         <v>80.346</v>
       </c>
-      <c r="HV9" s="14" t="n">
+      <c r="HX9" s="14" t="n">
         <v>80.117</v>
       </c>
-      <c r="HW9" s="14" t="n">
+      <c r="HY9" s="14" t="n">
         <v>80.117</v>
       </c>
-      <c r="HX9" s="14" t="n">
+      <c r="HZ9" s="14" t="n">
         <v>80.27</v>
       </c>
-      <c r="HY9" s="14" t="n">
+      <c r="IA9" s="14" t="n">
         <v>80.423</v>
       </c>
-      <c r="HZ9" s="14" t="n">
+      <c r="IB9" s="14" t="n">
         <v>80.804</v>
       </c>
-      <c r="IA9" s="14" t="n">
+      <c r="IC9" s="14" t="n">
         <v>80.728</v>
       </c>
-      <c r="IB9" s="14" t="n">
+      <c r="ID9" s="14" t="n">
         <v>80.346</v>
       </c>
-      <c r="IC9" s="14" t="n">
+      <c r="IE9" s="14" t="n">
         <v>80.194</v>
       </c>
-      <c r="ID9" s="14" t="n">
+      <c r="IF9" s="14" t="n">
         <v>79.66</v>
       </c>
-      <c r="IE9" s="14" t="n">
+      <c r="IG9" s="14" t="n">
         <v>79.202</v>
       </c>
-      <c r="IF9" s="14" t="n">
+      <c r="IH9" s="14" t="n">
         <v>78.897</v>
       </c>
-      <c r="IG9" s="14" t="n">
+      <c r="II9" s="14" t="n">
         <v>78.286</v>
       </c>
-      <c r="IH9" s="14" t="n">
+      <c r="IJ9" s="14" t="n">
         <v>77.447</v>
       </c>
-      <c r="II9" s="14" t="n">
+      <c r="IK9" s="14" t="n">
         <v>77.447</v>
       </c>
-      <c r="IJ9" s="14" t="n">
+      <c r="IL9" s="14" t="n">
         <v>77.752</v>
       </c>
-      <c r="IK9" s="14" t="n">
+      <c r="IM9" s="14" t="n">
         <v>77.523</v>
       </c>
-      <c r="IL9" s="14" t="n">
+      <c r="IN9" s="14" t="n">
         <v>76.836</v>
       </c>
-      <c r="IM9" s="14" t="n">
+      <c r="IO9" s="14" t="n">
         <v>76.379</v>
       </c>
-      <c r="IN9" s="14" t="n">
+      <c r="IP9" s="14" t="n">
         <v>76.073</v>
       </c>
-      <c r="IO9" s="14" t="n">
+      <c r="IQ9" s="14" t="n">
         <v>75.692</v>
       </c>
-      <c r="IP9" s="14" t="n">
+      <c r="IR9" s="14" t="n">
         <v>75.768</v>
       </c>
-      <c r="IQ9" s="14" t="n">
+      <c r="IS9" s="14" t="n">
         <v>75.387</v>
       </c>
-      <c r="IR9" s="14" t="n">
+      <c r="IT9" s="14" t="n">
         <v>74.929</v>
       </c>
-      <c r="IS9" s="14" t="n">
+      <c r="IU9" s="14" t="n">
         <v>74.395</v>
       </c>
-      <c r="IT9" s="15" t="n">
+      <c r="IV9" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="IW9" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="IX9" s="15" t="n">
         <v>-0.5</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="IY9" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="IZ9" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="JA9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JA9" s="15" t="n">
+      <c r="JB9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="JB9" s="15" t="n">
+      <c r="JC9" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="JD9" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JE9" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="JF9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="JC9" s="15" t="n">
+      <c r="JG9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JD9" s="15" t="n">
+      <c r="JH9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JE9" s="15" t="n">
+      <c r="JI9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="JF9" s="15" t="n">
+      <c r="JJ9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="JG9" s="15" t="n">
+      <c r="JK9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="JH9" s="15" t="n">
+      <c r="JL9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JI9" s="15" t="n">
+      <c r="JM9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="JJ9" s="15" t="n">
+      <c r="JN9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="JK9" s="15" t="n">
+      <c r="JO9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JL9" s="15" t="n">
+      <c r="JP9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JM9" s="15" t="n">
+      <c r="JQ9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="JN9" s="15" t="n">
+      <c r="JR9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JO9" s="15" t="n">
+      <c r="JS9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JP9" s="15" t="n">
+      <c r="JT9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JQ9" s="15" t="n">
+      <c r="JU9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="JR9" s="15" t="n">
+      <c r="JV9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JS9" s="15" t="n">
+      <c r="JW9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="JT9" s="15" t="n">
+      <c r="JX9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="JU9" s="15" t="n">
+      <c r="JY9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="JV9" s="15" t="n">
+      <c r="JZ9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="JW9" s="15" t="n">
+      <c r="KA9" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="KB9" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="KC9" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="KD9" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="KE9" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="KF9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KG9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="KD9" s="15" t="n">
+      <c r="KH9" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="KE9" s="15" t="n">
+      <c r="KI9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="KF9" s="15" t="n">
+      <c r="KJ9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="KG9" s="15" t="n">
+      <c r="KK9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="KH9" s="15" t="n">
+      <c r="KL9" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="KI9" s="15" t="n">
+      <c r="KM9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="KJ9" s="15" t="n">
+      <c r="KN9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="KK9" s="15" t="n">
+      <c r="KO9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="KL9" s="15" t="n">
+      <c r="KP9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="KM9" s="15" t="n">
+      <c r="KQ9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="KN9" s="15" t="n">
+      <c r="KR9" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="KO9" s="15" t="n">
+      <c r="KS9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="KP9" s="15" t="n">
+      <c r="KT9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KQ9" s="15" t="n">
+      <c r="KU9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="KR9" s="15" t="n">
+      <c r="KV9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="KS9" s="15" t="n">
+      <c r="KW9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="KT9" s="15" t="n">
+      <c r="KX9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KU9" s="15" t="n">
+      <c r="KY9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="KV9" s="15" t="n">
+      <c r="KZ9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="KW9" s="15" t="n">
+      <c r="LA9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="KX9" s="15" t="n">
+      <c r="LB9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="KY9" s="15" t="n">
+      <c r="LC9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="KZ9" s="15" t="n">
+      <c r="LD9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="LA9" s="15" t="n">
+      <c r="LE9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="LB9" s="15" t="n">
+      <c r="LF9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="LC9" s="15" t="n">
+      <c r="LG9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LD9" s="15" t="n">
+      <c r="LH9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LE9" s="15" t="n">
+      <c r="LI9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="LF9" s="15" t="n">
+      <c r="LJ9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LG9" s="15" t="n">
+      <c r="LK9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="LH9" s="15" t="n">
+      <c r="LL9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="LI9" s="15" t="n">
+      <c r="LM9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="LJ9" s="15" t="n">
+      <c r="LN9" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="LK9" s="15" t="n">
+      <c r="LO9" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="LL9" s="15" t="n">
+      <c r="LP9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="LM9" s="15" t="n">
+      <c r="LQ9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LN9" s="15" t="n">
+      <c r="LR9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LO9" s="15" t="n">
+      <c r="LS9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LP9" s="15" t="n">
+      <c r="LT9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LQ9" s="15" t="n">
+      <c r="LU9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="LR9" s="15" t="n">
+      <c r="LV9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="LS9" s="15" t="n">
+      <c r="LW9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LT9" s="15" t="n">
+      <c r="LX9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="LU9" s="15" t="n">
+      <c r="LY9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LV9" s="15" t="n">
+      <c r="LZ9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="LW9" s="15" t="n">
+      <c r="MA9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="LX9" s="15" t="n">
+      <c r="MB9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="LY9" s="15" t="n">
+      <c r="MC9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LZ9" s="15" t="n">
+      <c r="MD9" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="MA9" s="15" t="n">
+      <c r="ME9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="MB9" s="15" t="n">
+      <c r="MF9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="MC9" s="15" t="n">
+      <c r="MG9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MD9" s="15" t="n">
+      <c r="MH9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ME9" s="15" t="n">
+      <c r="MI9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="MF9" s="15" t="n">
+      <c r="MJ9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="MG9" s="15" t="n">
+      <c r="MK9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MH9" s="15" t="n">
+      <c r="ML9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="MI9" s="15" t="n">
+      <c r="MM9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MJ9" s="15" t="n">
+      <c r="MN9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="MK9" s="15" t="n">
+      <c r="MO9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ML9" s="15" t="n">
+      <c r="MP9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MM9" s="15" t="n">
+      <c r="MQ9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="MN9" s="15" t="n">
+      <c r="MR9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MO9" s="15" t="n">
+      <c r="MS9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="MP9" s="15" t="n">
+      <c r="MT9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="MQ9" s="15" t="n">
+      <c r="MU9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MR9" s="15" t="n">
+      <c r="MV9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="MS9" s="15" t="n">
+      <c r="MW9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="MT9" s="15" t="n">
+      <c r="MX9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MU9" s="15" t="n">
+      <c r="MY9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="MV9" s="15" t="n">
+      <c r="MZ9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="MW9" s="15" t="n">
+      <c r="NA9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="MX9" s="15" t="n">
+      <c r="NB9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="MY9" s="15" t="n">
+      <c r="NC9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MZ9" s="15" t="n">
+      <c r="ND9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="NA9" s="15" t="n">
+      <c r="NE9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NB9" s="15" t="n">
+      <c r="NF9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="NC9" s="15" t="n">
+      <c r="NG9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ND9" s="15" t="n">
+      <c r="NH9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="NE9" s="15" t="n">
+      <c r="NI9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="NF9" s="15" t="n">
+      <c r="NJ9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="NG9" s="15" t="n">
+      <c r="NK9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="NH9" s="15" t="n">
+      <c r="NL9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="NI9" s="15" t="n">
+      <c r="NM9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="NJ9" s="15" t="n">
+      <c r="NN9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="NK9" s="15" t="n">
+      <c r="NO9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="NL9" s="15" t="n">
+      <c r="NP9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="NM9" s="15" t="n">
+      <c r="NQ9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="NN9" s="15" t="n">
+      <c r="NR9" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="NO9" s="15" t="n">
+      <c r="NS9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="NP9" s="15" t="n">
+      <c r="NT9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NQ9" s="15" t="n">
+      <c r="NU9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="NR9" s="15" t="n">
+      <c r="NV9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="NS9" s="15" t="n">
+      <c r="NW9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="NT9" s="15" t="n">
+      <c r="NX9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="NU9" s="15" t="n">
+      <c r="NY9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="NV9" s="15" t="n">
+      <c r="NZ9" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="NW9" s="15" t="n">
+      <c r="OA9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="NX9" s="15" t="n">
+      <c r="OB9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="NY9" s="15" t="n">
+      <c r="OC9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NZ9" s="15" t="n">
+      <c r="OD9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OA9" s="15" t="n">
+      <c r="OE9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OB9" s="15" t="n">
+      <c r="OF9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OC9" s="15" t="n">
+      <c r="OG9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OD9" s="15" t="n">
+      <c r="OH9" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="OI9" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="OJ9" s="15" t="n">
-        <v>-0.5</v>
+        <v>-0.2</v>
       </c>
       <c r="OK9" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="OL9" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="OM9" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="ON9" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="OO9" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="OP9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OM9" s="15" t="n">
+      <c r="OQ9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ON9" s="15" t="n">
+      <c r="OR9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OO9" s="15" t="n">
+      <c r="OS9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OP9" s="15" t="n">
+      <c r="OT9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="OQ9" s="15" t="n">
+      <c r="OU9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OR9" s="15" t="n">
+      <c r="OV9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="OS9" s="15" t="n">
+      <c r="OW9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="OT9" s="15" t="n">
+      <c r="OX9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OU9" s="15" t="n">
+      <c r="OY9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="OV9" s="15" t="n">
+      <c r="OZ9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OW9" s="15" t="n">
+      <c r="PA9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="OX9" s="15" t="n">
+      <c r="PB9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="OY9" s="15" t="n">
+      <c r="PC9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="OZ9" s="15" t="n">
+      <c r="PD9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="PA9" s="15" t="n">
+      <c r="PE9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="PB9" s="15" t="n">
+      <c r="PF9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PC9" s="15" t="n">
+      <c r="PG9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="PD9" s="15" t="n">
+      <c r="PH9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="PE9" s="15" t="n">
+      <c r="PI9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="PF9" s="15" t="n">
+      <c r="PJ9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PG9" s="15" t="n">
+      <c r="PK9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PH9" s="15" t="n">
+      <c r="PL9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PI9" s="15" t="n">
+      <c r="PM9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PJ9" s="15" t="n">
+      <c r="PN9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="PK9" s="15" t="n">
+      <c r="PO9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PL9" s="15" t="n">
+      <c r="PP9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PM9" s="15" t="n">
+      <c r="PQ9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="PN9" s="15" t="n">
+      <c r="PR9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="PO9" s="15" t="n">
+      <c r="PS9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="PP9" s="15" t="n">
+      <c r="PT9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="PQ9" s="15" t="n">
+      <c r="PU9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="PR9" s="15" t="n">
+      <c r="PV9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="PS9" s="15" t="n">
+      <c r="PW9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="PT9" s="15" t="n">
+      <c r="PX9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PU9" s="15" t="n">
+      <c r="PY9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PV9" s="15" t="n">
+      <c r="PZ9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="PW9" s="15" t="n">
+      <c r="QA9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="PX9" s="15" t="n">
+      <c r="QB9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PY9" s="15" t="n">
+      <c r="QC9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="PZ9" s="15" t="n">
+      <c r="QD9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="QA9" s="15" t="n">
+      <c r="QE9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="QB9" s="15" t="n">
+      <c r="QF9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="QC9" s="15" t="n">
+      <c r="QG9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="QD9" s="15" t="n">
+      <c r="QH9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QE9" s="15" t="n">
+      <c r="QI9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QF9" s="15" t="n">
+      <c r="QJ9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QG9" s="15" t="n">
+      <c r="QK9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="QH9" s="15" t="n">
+      <c r="QL9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="QI9" s="15" t="n">
+      <c r="QM9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QJ9" s="15" t="n">
+      <c r="QN9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="QK9" s="15" t="n">
+      <c r="QO9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QL9" s="15" t="n">
+      <c r="QP9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QM9" s="15" t="n">
+      <c r="QQ9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="QN9" s="15" t="n">
+      <c r="QR9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QO9" s="15" t="n">
+      <c r="QS9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="QP9" s="15" t="n">
+      <c r="QT9" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="QQ9" s="15" t="n">
+      <c r="QU9" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="QR9" s="15" t="n">
+      <c r="QV9" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="QS9" s="15" t="n">
+      <c r="QW9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="QT9" s="15" t="n">
+      <c r="QX9" s="15" t="n">
         <v>-0.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="QY9" s="15" t="n">
         <v>0.8</v>
       </c>
       <c r="QZ9" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="RA9" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="RB9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="RA9" s="15" t="n">
+      <c r="RC9" s="15" t="n">
         <v>0.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="RD9" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="RE9" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="RF9" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="RG9" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="RH9" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="RI9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RF9" s="15" t="n">
+      <c r="RJ9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RG9" s="15" t="n">
+      <c r="RK9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RH9" s="15" t="n">
+      <c r="RL9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RI9" s="15" t="n">
+      <c r="RM9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="RJ9" s="15" t="n">
+      <c r="RN9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="RK9" s="15" t="n">
+      <c r="RO9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="RL9" s="15" t="n">
+      <c r="RP9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="RM9" s="15" t="n">
+      <c r="RQ9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="RN9" s="15" t="n">
+      <c r="RR9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RO9" s="15" t="n">
+      <c r="RS9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="RP9" s="15" t="n">
+      <c r="RT9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="RQ9" s="15" t="n">
+      <c r="RU9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="RR9" s="15" t="n">
+      <c r="RV9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RS9" s="15" t="n">
+      <c r="RW9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="RT9" s="15" t="n">
+      <c r="RX9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RU9" s="15" t="n">
+      <c r="RY9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="RV9" s="15" t="n">
+      <c r="RZ9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="RW9" s="15" t="n">
+      <c r="SA9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="RX9" s="15" t="n">
+      <c r="SB9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="RY9" s="15" t="n">
+      <c r="SC9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="RZ9" s="15" t="n">
+      <c r="SD9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="SA9" s="15" t="n">
+      <c r="SE9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="SB9" s="15" t="n">
+      <c r="SF9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="SC9" s="15" t="n">
+      <c r="SG9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="SD9" s="15" t="n">
+      <c r="SH9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="SE9" s="15" t="n">
+      <c r="SI9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="SF9" s="15" t="n">
+      <c r="SJ9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="SG9" s="15" t="n">
+      <c r="SK9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="SH9" s="15" t="n">
+      <c r="SL9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="SI9" s="15" t="n">
+      <c r="SM9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="SJ9" s="15" t="n">
+      <c r="SN9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="SK9" s="13" t="inlineStr">
+      <c r="SO9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="SL9" s="15" t="n">
+      <c r="SP9" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="SQ9" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="SR9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="SM9" s="15" t="n">
+      <c r="SS9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="SN9" s="15" t="n">
+      <c r="ST9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="SO9" s="15" t="n">
+      <c r="SU9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="SP9" s="15" t="n">
+      <c r="SV9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="SQ9" s="15" t="n">
+      <c r="SW9" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="SR9" s="15" t="n">
+      <c r="SX9" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="SS9" s="15" t="n">
+      <c r="SY9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="ST9" s="15" t="n">
+      <c r="SZ9" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="SU9" s="15" t="n">
+      <c r="TA9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="SV9" s="15" t="n">
+      <c r="TB9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="SW9" s="15" t="n">
+      <c r="TC9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="SX9" s="15" t="n">
+      <c r="TD9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="SY9" s="15" t="n">
+      <c r="TE9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="SZ9" s="15" t="n">
+      <c r="TF9" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="TA9" s="15" t="n">
+      <c r="TG9" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="TB9" s="15" t="n">
+      <c r="TH9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="TC9" s="15" t="n">
+      <c r="TI9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="TD9" s="15" t="n">
+      <c r="TJ9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="TE9" s="15" t="n">
+      <c r="TK9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="TF9" s="15" t="n">
+      <c r="TL9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="TG9" s="15" t="n">
+      <c r="TM9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="TH9" s="15" t="n">
+      <c r="TN9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="TI9" s="15" t="n">
+      <c r="TO9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="TJ9" s="15" t="n">
+      <c r="TP9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="TK9" s="15" t="n">
+      <c r="TQ9" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="TL9" s="15" t="n">
+      <c r="TR9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="TM9" s="15" t="n">
+      <c r="TS9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="TN9" s="15" t="n">
+      <c r="TT9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="TO9" s="15" t="n">
+      <c r="TU9" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="TP9" s="15" t="n">
+      <c r="TV9" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="TQ9" s="15" t="n">
+      <c r="TW9" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="TR9" s="15" t="n">
+      <c r="TX9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="TS9" s="15" t="n">
+      <c r="TY9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="TT9" s="15" t="n">
+      <c r="TZ9" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="TU9" s="15" t="n">
+      <c r="UA9" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="TV9" s="15" t="n">
+      <c r="UB9" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="TW9" s="15" t="n">
+      <c r="UC9" s="15" t="n">
         <v>13.9</v>
       </c>
-      <c r="TX9" s="15" t="n">
+      <c r="UD9" s="15" t="n">
         <v>16.0</v>
       </c>
-      <c r="TY9" s="15" t="n">
+      <c r="UE9" s="15" t="n">
         <v>16.9</v>
       </c>
-      <c r="TZ9" s="15" t="n">
+      <c r="UF9" s="15" t="n">
         <v>18.0</v>
       </c>
-      <c r="UA9" s="15" t="n">
+      <c r="UG9" s="15" t="n">
         <v>19.6</v>
       </c>
-      <c r="UB9" s="15" t="n">
+      <c r="UH9" s="15" t="n">
         <v>22.2</v>
       </c>
-      <c r="UC9" s="15" t="n">
+      <c r="UI9" s="15" t="n">
         <v>20.6</v>
       </c>
-      <c r="UD9" s="15" t="n">
+      <c r="UJ9" s="15" t="n">
         <v>20.1</v>
       </c>
-      <c r="UE9" s="15" t="n">
+      <c r="UK9" s="15" t="n">
         <v>18.0</v>
       </c>
-      <c r="UF9" s="15" t="n">
+      <c r="UL9" s="15" t="n">
         <v>15.1</v>
       </c>
-      <c r="UG9" s="15" t="n">
+      <c r="UM9" s="15" t="n">
         <v>14.6</v>
       </c>
-      <c r="UH9" s="15" t="n">
+      <c r="UN9" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="UI9" s="15" t="n">
+      <c r="UO9" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="UJ9" s="15" t="n">
+      <c r="UP9" s="15" t="n">
         <v>13.3</v>
       </c>
-      <c r="UK9" s="15" t="n">
+      <c r="UQ9" s="15" t="n">
         <v>11.5</v>
       </c>
-      <c r="UL9" s="15" t="n">
+      <c r="UR9" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="UM9" s="15" t="n">
+      <c r="US9" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="UN9" s="15" t="n">
+      <c r="UT9" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="UO9" s="15" t="n">
+      <c r="UU9" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="UP9" s="15" t="n">
+      <c r="UV9" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="UQ9" s="15" t="n">
+      <c r="UW9" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="UR9" s="15" t="n">
+      <c r="UX9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="US9" s="15" t="n">
+      <c r="UY9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="UT9" s="15" t="n">
+      <c r="UZ9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="UU9" s="15" t="n">
+      <c r="VA9" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="UV9" s="15" t="n">
+      <c r="VB9" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="UW9" s="15" t="n">
+      <c r="VC9" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="UX9" s="15" t="n">
+      <c r="VD9" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="UY9" s="15" t="n">
+      <c r="VE9" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="UZ9" s="15" t="n">
+      <c r="VF9" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="VA9" s="15" t="n">
+      <c r="VG9" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="VB9" s="15" t="n">
+      <c r="VH9" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="VC9" s="15" t="n">
+      <c r="VI9" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="VD9" s="15" t="n">
+      <c r="VJ9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="VE9" s="15" t="n">
+      <c r="VK9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="VF9" s="15" t="n">
+      <c r="VL9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="VG9" s="15" t="n">
+      <c r="VM9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="VH9" s="15" t="n">
+      <c r="VN9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="VI9" s="15" t="n">
+      <c r="VO9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="VJ9" s="15" t="n">
+      <c r="VP9" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="VK9" s="15" t="n">
+      <c r="VQ9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="VL9" s="15" t="n">
+      <c r="VR9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="VM9" s="15" t="n">
+      <c r="VS9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="VN9" s="15" t="n">
+      <c r="VT9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="VO9" s="15" t="n">
+      <c r="VU9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="VP9" s="15" t="n">
+      <c r="VV9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="VQ9" s="15" t="n">
+      <c r="VW9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="VR9" s="15" t="n">
+      <c r="VX9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="VS9" s="15" t="n">
+      <c r="VY9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="VT9" s="15" t="n">
+      <c r="VZ9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="VU9" s="15" t="n">
+      <c r="WA9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="VV9" s="15" t="n">
+      <c r="WB9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="VW9" s="15" t="n">
+      <c r="WC9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="VX9" s="15" t="n">
+      <c r="WD9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="VY9" s="15" t="n">
+      <c r="WE9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="VZ9" s="15" t="n">
+      <c r="WF9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="WA9" s="15" t="n">
+      <c r="WG9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="WB9" s="15" t="n">
+      <c r="WH9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="WC9" s="15" t="n">
+      <c r="WI9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="WD9" s="15" t="n">
+      <c r="WJ9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="WE9" s="15" t="n">
+      <c r="WK9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="WF9" s="15" t="n">
+      <c r="WL9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="WG9" s="15" t="n">
+      <c r="WM9" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="WH9" s="15" t="n">
+      <c r="WN9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="WI9" s="15" t="n">
+      <c r="WO9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="WJ9" s="15" t="n">
+      <c r="WP9" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="WK9" s="15" t="n">
+      <c r="WQ9" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="WL9" s="15" t="n">
+      <c r="WR9" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="WM9" s="15" t="n">
+      <c r="WS9" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="WN9" s="15" t="n">
+      <c r="WT9" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="WO9" s="15" t="n">
+      <c r="WU9" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="WP9" s="15" t="n">
+      <c r="WV9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="WQ9" s="15" t="n">
+      <c r="WW9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="WR9" s="15" t="n">
+      <c r="WX9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="WS9" s="15" t="n">
+      <c r="WY9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="WT9" s="15" t="n">
+      <c r="WZ9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="WU9" s="15" t="n">
+      <c r="XA9" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="WV9" s="15" t="n">
+      <c r="XB9" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="WW9" s="15" t="n">
+      <c r="XC9" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="WX9" s="15" t="n">
+      <c r="XD9" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="WY9" s="15" t="n">
+      <c r="XE9" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="WZ9" s="15" t="n">
+      <c r="XF9" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="XA9" s="15" t="n">
+      <c r="XG9" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="XB9" s="15" t="n">
+      <c r="XH9" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="XC9" s="15" t="n">
+      <c r="XI9" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="XD9" s="15" t="n">
+      <c r="XJ9" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="XE9" s="15" t="n">
+      <c r="XK9" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="XF9" s="15" t="n">
+      <c r="XL9" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="XG9" s="15" t="n">
+      <c r="XM9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="XH9" s="15" t="n">
+      <c r="XN9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="XI9" s="15" t="n">
+      <c r="XO9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="XJ9" s="15" t="n">
+      <c r="XP9" s="15" t="n">
         <v>-0.5</v>
-      </c>
-[...16 lines deleted...]
-        <v>-0.9</v>
       </c>
       <c r="XQ9" s="15" t="n">
         <v>-0.9</v>
       </c>
       <c r="XR9" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="XS9" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="XT9" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="XU9" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="XV9" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="XW9" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="XX9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="XS9" s="15" t="n">
+      <c r="XY9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="XT9" s="15" t="n">
+      <c r="XZ9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="XU9" s="15" t="n">
+      <c r="YA9" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="XV9" s="15" t="n">
+      <c r="YB9" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="XW9" s="15" t="n">
+      <c r="YC9" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="XX9" s="15" t="n">
+      <c r="YD9" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="XY9" s="15" t="n">
+      <c r="YE9" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="XZ9" s="15" t="n">
+      <c r="YF9" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="YA9" s="15" t="n">
+      <c r="YG9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="YB9" s="15" t="n">
+      <c r="YH9" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="YC9" s="15" t="n">
+      <c r="YI9" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="YD9" s="15" t="n">
+      <c r="YJ9" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="YE9" s="15" t="n">
+      <c r="YK9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="YF9" s="15" t="n">
+      <c r="YL9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="YG9" s="15" t="n">
+      <c r="YM9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="YH9" s="15" t="n">
+      <c r="YN9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="YI9" s="15" t="n">
+      <c r="YO9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="YJ9" s="15" t="n">
+      <c r="YP9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="YK9" s="15" t="n">
+      <c r="YQ9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="YL9" s="15" t="n">
+      <c r="YR9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="YM9" s="15" t="n">
+      <c r="YS9" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="YN9" s="15" t="n">
+      <c r="YT9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="YO9" s="15" t="n">
+      <c r="YU9" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="YP9" s="15" t="n">
+      <c r="YV9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="YQ9" s="15" t="n">
+      <c r="YW9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="YR9" s="15" t="n">
+      <c r="YX9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="YS9" s="15" t="n">
+      <c r="YY9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="YT9" s="15" t="n">
+      <c r="YZ9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="YU9" s="15" t="n">
+      <c r="ZA9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="YV9" s="15" t="n">
+      <c r="ZB9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="YW9" s="15" t="n">
+      <c r="ZC9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="YX9" s="15" t="n">
+      <c r="ZD9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="YY9" s="15" t="n">
+      <c r="ZE9" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="YZ9" s="15" t="n">
+      <c r="ZF9" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="ZA9" s="15" t="n">
+      <c r="ZG9" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="ZB9" s="15" t="n">
+      <c r="ZH9" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ZC9" s="15" t="n">
+      <c r="ZI9" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="ZD9" s="15" t="n">
+      <c r="ZJ9" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ZE9" s="15" t="n">
+      <c r="ZK9" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ZF9" s="15" t="n">
+      <c r="ZL9" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="ZG9" s="15" t="n">
+      <c r="ZM9" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="ZH9" s="15" t="n">
+      <c r="ZN9" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="ZI9" s="15" t="n">
+      <c r="ZO9" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="ZJ9" s="15" t="n">
+      <c r="ZP9" s="15" t="n">
         <v>6.6</v>
-      </c>
-[...16 lines deleted...]
-        <v>4.8</v>
       </c>
       <c r="ZQ9" s="15" t="n">
         <v>5.3</v>
       </c>
       <c r="ZR9" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="ZS9" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="ZS9" s="15" t="n">
+      <c r="ZT9" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="ZU9" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="ZV9" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="ZW9" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="ZX9" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="ZY9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ZT9" s="15" t="n">
+      <c r="ZZ9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="ZU9" s="15" t="n">
+      <c r="AAA9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ZV9" s="15" t="n">
+      <c r="AAB9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ZW9" s="15" t="n">
+      <c r="AAC9" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="ZX9" s="15" t="n">
+      <c r="AAD9" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="ZY9" s="15" t="n">
+      <c r="AAE9" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="ZZ9" s="15" t="n">
+      <c r="AAF9" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="AAA9" s="15" t="n">
+      <c r="AAG9" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="AAB9" s="15" t="n">
+      <c r="AAH9" s="15" t="n">
         <v>-7.0</v>
       </c>
-      <c r="AAC9" s="15" t="n">
+      <c r="AAI9" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="AAD9" s="15" t="n">
+      <c r="AAJ9" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="AAE9" s="15" t="n">
+      <c r="AAK9" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="AAF9" s="15" t="n">
+      <c r="AAL9" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="AAG9" s="15" t="n">
+      <c r="AAM9" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="AAH9" s="15" t="n">
+      <c r="AAN9" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="AAI9" s="15" t="n">
+      <c r="AAO9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AAJ9" s="15" t="n">
+      <c r="AAP9" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AAK9" s="15" t="n">
+      <c r="AAQ9" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="AAL9" s="15" t="n">
+      <c r="AAR9" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="AAM9" s="15" t="n">
+      <c r="AAS9" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="AAN9" s="15" t="n">
+      <c r="AAT9" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="AAO9" s="15" t="n">
+      <c r="AAU9" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="AAP9" s="15" t="n">
+      <c r="AAV9" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="AAQ9" s="15" t="n">
+      <c r="AAW9" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AAR9" s="15" t="n">
+      <c r="AAX9" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AAS9" s="15" t="n">
+      <c r="AAY9" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AAT9" s="15" t="n">
+      <c r="AAZ9" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AAU9" s="15" t="n">
+      <c r="ABA9" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AAV9" s="15" t="n">
+      <c r="ABB9" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AAW9" s="15" t="n">
+      <c r="ABC9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AAX9" s="15" t="n">
+      <c r="ABD9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AAY9" s="15" t="n">
+      <c r="ABE9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AAZ9" s="15" t="n">
+      <c r="ABF9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ABA9" s="15" t="n">
+      <c r="ABG9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ABB9" s="15" t="n">
+      <c r="ABH9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ABC9" s="15" t="n">
+      <c r="ABI9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ABD9" s="15" t="n">
+      <c r="ABJ9" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ABE9" s="15" t="n">
+      <c r="ABK9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ABF9" s="15" t="n">
+      <c r="ABL9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ABG9" s="15" t="n">
+      <c r="ABM9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ABH9" s="15" t="n">
+      <c r="ABN9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ABI9" s="15" t="n">
+      <c r="ABO9" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ABJ9" s="15" t="n">
+      <c r="ABP9" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="ABK9" s="15" t="n">
+      <c r="ABQ9" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ABL9" s="15" t="n">
+      <c r="ABR9" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="ABM9" s="15" t="n">
+      <c r="ABS9" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ABN9" s="15" t="n">
+      <c r="ABT9" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="ABO9" s="15" t="n">
+      <c r="ABU9" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="ABP9" s="15" t="n">
+      <c r="ABV9" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="ABQ9" s="15" t="n">
+      <c r="ABW9" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="ABR9" s="13" t="inlineStr">
+      <c r="ABX9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABS9" s="13" t="inlineStr">
+      <c r="ABY9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABT9" s="13" t="inlineStr">
+      <c r="ABZ9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABU9" s="13" t="inlineStr">
+      <c r="ACA9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABV9" s="13" t="inlineStr">
+      <c r="ACB9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABW9" s="13" t="inlineStr">
+      <c r="ACC9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABX9" s="13" t="inlineStr">
+      <c r="ACD9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABY9" s="13" t="inlineStr">
+      <c r="ACE9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABZ9" s="13" t="inlineStr">
+      <c r="ACF9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ACA9" s="13" t="inlineStr">
+      <c r="ACG9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ACB9" s="13" t="inlineStr">
+      <c r="ACH9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ACC9" s="13" t="inlineStr">
+      <c r="ACI9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ACD9" s="15" t="n">
+      <c r="ACJ9" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="ACK9" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="ACL9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ACE9" s="15" t="n">
+      <c r="ACM9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ACF9" s="15" t="n">
+      <c r="ACN9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ACG9" s="15" t="n">
+      <c r="ACO9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ACH9" s="15" t="n">
+      <c r="ACP9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ACI9" s="15" t="n">
+      <c r="ACQ9" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...22 lines deleted...]
-        <v>-0.3</v>
       </c>
       <c r="ACR9" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="ACS9" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="ACT9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ACU9" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="ACV9" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="ACW9" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="ACX9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="ACT9" s="15" t="n">
+      <c r="ACY9" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="ACZ9" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="ADA9" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="ADB9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ACU9" s="15" t="n">
+      <c r="ADC9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ACV9" s="15" t="n">
+      <c r="ADD9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ACW9" s="15" t="n">
+      <c r="ADE9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ACX9" s="15" t="n">
+      <c r="ADF9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ACY9" s="15" t="n">
+      <c r="ADG9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ACZ9" s="15" t="n">
+      <c r="ADH9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ADA9" s="15" t="n">
+      <c r="ADI9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ADB9" s="15" t="n">
+      <c r="ADJ9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ADC9" s="15" t="n">
+      <c r="ADK9" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...22 lines deleted...]
-        <v>1.3</v>
       </c>
       <c r="ADL9" s="15" t="n">
         <v>1.1</v>
       </c>
       <c r="ADM9" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="ADN9" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="ADO9" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="ADP9" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="ADQ9" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="ADR9" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="ADS9" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="ADT9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ADN9" s="15" t="n">
+      <c r="ADU9" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="ADV9" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="ADO9" s="15" t="n">
+      <c r="ADW9" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="ADP9" s="15" t="n">
+      <c r="ADX9" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="ADQ9" s="15" t="n">
+      <c r="ADY9" s="15" t="n">
         <v>13.3</v>
       </c>
-      <c r="ADR9" s="15" t="n">
+      <c r="ADZ9" s="15" t="n">
         <v>13.3</v>
       </c>
-      <c r="ADS9" s="15" t="n">
+      <c r="AEA9" s="15" t="n">
         <v>14.6</v>
       </c>
-      <c r="ADT9" s="15" t="n">
+      <c r="AEB9" s="15" t="n">
         <v>15.6</v>
       </c>
-      <c r="ADU9" s="15" t="n">
+      <c r="AEC9" s="15" t="n">
         <v>13.5</v>
       </c>
-      <c r="ADV9" s="15" t="n">
+      <c r="AED9" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="ADW9" s="15" t="n">
+      <c r="AEE9" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="ADX9" s="15" t="n">
+      <c r="AEF9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ADY9" s="15" t="n">
+      <c r="AEG9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="ADZ9" s="15" t="n">
+      <c r="AEH9" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="AEA9" s="15" t="n">
+      <c r="AEI9" s="15" t="n">
         <v>13.5</v>
       </c>
-      <c r="AEB9" s="15" t="n">
+      <c r="AEJ9" s="15" t="n">
         <v>12.1</v>
       </c>
-      <c r="AEC9" s="15" t="n">
+      <c r="AEK9" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="AED9" s="15" t="n">
+      <c r="AEL9" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="AEE9" s="15" t="n">
+      <c r="AEM9" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="AEF9" s="15" t="n">
+      <c r="AEN9" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="AEG9" s="15" t="n">
+      <c r="AEO9" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="AEH9" s="15" t="n">
+      <c r="AEP9" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AEI9" s="15" t="n">
+      <c r="AEQ9" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AEJ9" s="15" t="n">
+      <c r="AER9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AEK9" s="15" t="n">
+      <c r="AES9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AEL9" s="15" t="n">
+      <c r="AET9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AEM9" s="15" t="n">
+      <c r="AEU9" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="AEN9" s="15" t="n">
+      <c r="AEV9" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="AEO9" s="15" t="n">
+      <c r="AEW9" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="AEP9" s="15" t="n">
+      <c r="AEX9" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="AEQ9" s="15" t="n">
+      <c r="AEY9" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="AER9" s="15" t="n">
+      <c r="AEZ9" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="AES9" s="15" t="n">
+      <c r="AFA9" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="AET9" s="15" t="n">
+      <c r="AFB9" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="AEU9" s="15" t="n">
+      <c r="AFC9" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="AEV9" s="15" t="n">
+      <c r="AFD9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AEW9" s="15" t="n">
+      <c r="AFE9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AEX9" s="15" t="n">
+      <c r="AFF9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AEY9" s="15" t="n">
+      <c r="AFG9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AEZ9" s="15" t="n">
+      <c r="AFH9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AFA9" s="15" t="n">
+      <c r="AFI9" s="15" t="n">
         <v>1.0</v>
-      </c>
-[...22 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="AFJ9" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="AFK9" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="AFL9" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="AFM9" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="AFN9" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="AFO9" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="AFP9" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AFQ9" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="AFR9" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AFS9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AFL9" s="15" t="n">
+      <c r="AFT9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AFM9" s="15" t="n">
+      <c r="AFU9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AFN9" s="15" t="n">
+      <c r="AFV9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AFO9" s="15" t="n">
+      <c r="AFW9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AFP9" s="15" t="n">
+      <c r="AFX9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AFQ9" s="15" t="n">
+      <c r="AFY9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AFR9" s="15" t="n">
+      <c r="AFZ9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AFS9" s="15" t="n">
+      <c r="AGA9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AFT9" s="15" t="n">
+      <c r="AGB9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AFU9" s="15" t="n">
+      <c r="AGC9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AFV9" s="15" t="n">
+      <c r="AGD9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AFW9" s="15" t="n">
+      <c r="AGE9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AFX9" s="15" t="n">
+      <c r="AGF9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AFY9" s="15" t="n">
+      <c r="AGG9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AFZ9" s="15" t="n">
+      <c r="AGH9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AGA9" s="15" t="n">
+      <c r="AGI9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AGB9" s="15" t="n">
+      <c r="AGJ9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AGC9" s="15" t="n">
+      <c r="AGK9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AGD9" s="15" t="n">
+      <c r="AGL9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AGE9" s="15" t="n">
+      <c r="AGM9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AGF9" s="15" t="n">
+      <c r="AGN9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AGG9" s="15" t="n">
+      <c r="AGO9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AGH9" s="15" t="n">
+      <c r="AGP9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AGI9" s="15" t="n">
+      <c r="AGQ9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AGJ9" s="15" t="n">
+      <c r="AGR9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AGK9" s="15" t="n">
+      <c r="AGS9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AGL9" s="15" t="n">
+      <c r="AGT9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AGM9" s="15" t="n">
+      <c r="AGU9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AGN9" s="15" t="n">
+      <c r="AGV9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AGO9" s="15" t="n">
+      <c r="AGW9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AGP9" s="15" t="n">
+      <c r="AGX9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AGQ9" s="15" t="n">
+      <c r="AGY9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AGR9" s="15" t="n">
+      <c r="AGZ9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AGS9" s="15" t="n">
+      <c r="AHA9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AGT9" s="15" t="n">
+      <c r="AHB9" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AGU9" s="15" t="n">
+      <c r="AHC9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AGV9" s="15" t="n">
+      <c r="AHD9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AGW9" s="15" t="n">
+      <c r="AHE9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AGX9" s="15" t="n">
+      <c r="AHF9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AGY9" s="15" t="n">
+      <c r="AHG9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AGZ9" s="15" t="n">
+      <c r="AHH9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AHA9" s="15" t="n">
+      <c r="AHI9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AHB9" s="15" t="n">
+      <c r="AHJ9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AHC9" s="15" t="n">
+      <c r="AHK9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AHD9" s="15" t="n">
+      <c r="AHL9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AHE9" s="15" t="n">
+      <c r="AHM9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AHF9" s="15" t="n">
+      <c r="AHN9" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="AHG9" s="15" t="n">
+      <c r="AHO9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AHH9" s="15" t="n">
+      <c r="AHP9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AHI9" s="15" t="n">
+      <c r="AHQ9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AHJ9" s="15" t="n">
+      <c r="AHR9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AHK9" s="15" t="n">
+      <c r="AHS9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AHL9" s="15" t="n">
+      <c r="AHT9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AHM9" s="15" t="n">
+      <c r="AHU9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AHN9" s="15" t="n">
+      <c r="AHV9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AHO9" s="15" t="n">
+      <c r="AHW9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AHP9" s="15" t="n">
+      <c r="AHX9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AHQ9" s="15" t="n">
+      <c r="AHY9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AHR9" s="15" t="n">
+      <c r="AHZ9" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="AHS9" s="15" t="n">
+      <c r="AIA9" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AHT9" s="15" t="n">
+      <c r="AIB9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AHU9" s="15" t="n">
+      <c r="AIC9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AHV9" s="15" t="n">
+      <c r="AID9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AHW9" s="15" t="n">
+      <c r="AIE9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AHX9" s="15" t="n">
+      <c r="AIF9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AHY9" s="15" t="n">
+      <c r="AIG9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AHZ9" s="15" t="n">
+      <c r="AIH9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AIA9" s="15" t="n">
+      <c r="AII9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AIB9" s="15" t="n">
+      <c r="AIJ9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AIC9" s="15" t="n">
+      <c r="AIK9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AID9" s="15" t="n">
+      <c r="AIL9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AIE9" s="15" t="n">
+      <c r="AIM9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AIF9" s="15" t="n">
+      <c r="AIN9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AIG9" s="15" t="n">
+      <c r="AIO9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AIH9" s="15" t="n">
+      <c r="AIP9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AII9" s="15" t="n">
+      <c r="AIQ9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AIJ9" s="15" t="n">
+      <c r="AIR9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AIK9" s="15" t="n">
+      <c r="AIS9" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AIL9" s="15" t="n">
+      <c r="AIT9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AIM9" s="15" t="n">
+      <c r="AIU9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AIN9" s="15" t="n">
+      <c r="AIV9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AIO9" s="15" t="n">
+      <c r="AIW9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AIP9" s="15" t="n">
+      <c r="AIX9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AIQ9" s="15" t="n">
+      <c r="AIY9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AIR9" s="15" t="n">
+      <c r="AIZ9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AIS9" s="15" t="n">
+      <c r="AJA9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AIT9" s="15" t="n">
+      <c r="AJB9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AIU9" s="15" t="n">
+      <c r="AJC9" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AIV9" s="15" t="n">
+      <c r="AJD9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AIW9" s="15" t="n">
+      <c r="AJE9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AIX9" s="15" t="n">
+      <c r="AJF9" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AIY9" s="15" t="n">
+      <c r="AJG9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AIZ9" s="15" t="n">
+      <c r="AJH9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AJA9" s="15" t="n">
+      <c r="AJI9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AJB9" s="15" t="n">
+      <c r="AJJ9" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="AJC9" s="15" t="n">
+      <c r="AJK9" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AJD9" s="15" t="n">
+      <c r="AJL9" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AJE9" s="15" t="n">
+      <c r="AJM9" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AJF9" s="15" t="n">
+      <c r="AJN9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AJG9" s="15" t="n">
+      <c r="AJO9" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AJH9" s="15" t="n">
+      <c r="AJP9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AJI9" s="15" t="n">
+      <c r="AJQ9" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AJJ9" s="15" t="n">
+      <c r="AJR9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AJK9" s="15" t="n">
+      <c r="AJS9" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AJL9" s="15" t="n">
+      <c r="AJT9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AJM9" s="15" t="n">
+      <c r="AJU9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AJN9" s="15" t="n">
+      <c r="AJV9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AJO9" s="15" t="n">
+      <c r="AJW9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AJP9" s="15" t="n">
+      <c r="AJX9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AJQ9" s="15" t="n">
+      <c r="AJY9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AJR9" s="15" t="n">
+      <c r="AJZ9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AJS9" s="15" t="n">
+      <c r="AKA9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AJT9" s="15" t="n">
+      <c r="AKB9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AJU9" s="15" t="n">
+      <c r="AKC9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AJV9" s="15" t="n">
+      <c r="AKD9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AJW9" s="15" t="n">
+      <c r="AKE9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AJX9" s="15" t="n">
+      <c r="AKF9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AJY9" s="15" t="n">
+      <c r="AKG9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AJZ9" s="15" t="n">
+      <c r="AKH9" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="AKA9" s="15" t="n">
+      <c r="AKI9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AKB9" s="15" t="n">
+      <c r="AKJ9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AKC9" s="15" t="n">
+      <c r="AKK9" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AKD9" s="15" t="n">
+      <c r="AKL9" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AKE9" s="15" t="n">
+      <c r="AKM9" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="AKF9" s="15" t="n">
+      <c r="AKN9" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="AKG9" s="15" t="n">
+      <c r="AKO9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AKH9" s="15" t="n">
+      <c r="AKP9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AKI9" s="15" t="n">
+      <c r="AKQ9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AKJ9" s="15" t="n">
+      <c r="AKR9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AKK9" s="15" t="n">
+      <c r="AKS9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AKL9" s="15" t="n">
+      <c r="AKT9" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AKM9" s="15" t="n">
+      <c r="AKU9" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AKN9" s="15" t="n">
+      <c r="AKV9" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AKO9" s="15" t="n">
+      <c r="AKW9" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AKP9" s="15" t="n">
+      <c r="AKX9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AKQ9" s="15" t="n">
+      <c r="AKY9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AKR9" s="15" t="n">
+      <c r="AKZ9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AKS9" s="15" t="n">
+      <c r="ALA9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AKT9" s="15" t="n">
+      <c r="ALB9" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AKU9" s="15" t="n">
+      <c r="ALC9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AKV9" s="15" t="n">
+      <c r="ALD9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AKW9" s="15" t="n">
+      <c r="ALE9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AKX9" s="15" t="n">
+      <c r="ALF9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AKY9" s="15" t="n">
+      <c r="ALG9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AKZ9" s="15" t="n">
+      <c r="ALH9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="ALA9" s="15" t="n">
+      <c r="ALI9" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ALB9" s="15" t="n">
+      <c r="ALJ9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ALC9" s="15" t="n">
+      <c r="ALK9" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="ALD9" s="15" t="n">
+      <c r="ALL9" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ALE9" s="15" t="n">
+      <c r="ALM9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ALF9" s="15" t="n">
+      <c r="ALN9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ALG9" s="15" t="n">
+      <c r="ALO9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ALH9" s="15" t="n">
+      <c r="ALP9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ALI9" s="15" t="n">
+      <c r="ALQ9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ALJ9" s="13" t="inlineStr">
+      <c r="ALR9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALK9" s="13" t="inlineStr">
+      <c r="ALS9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALL9" s="13" t="inlineStr">
+      <c r="ALT9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALM9" s="13" t="inlineStr">
+      <c r="ALU9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALN9" s="13" t="inlineStr">
+      <c r="ALV9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALO9" s="13" t="inlineStr">
+      <c r="ALW9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALP9" s="13" t="inlineStr">
+      <c r="ALX9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALQ9" s="13" t="inlineStr">
+      <c r="ALY9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALR9" s="13" t="inlineStr">
+      <c r="ALZ9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALS9" s="13" t="inlineStr">
+      <c r="AMA9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALT9" s="13" t="inlineStr">
+      <c r="AMB9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALU9" s="13" t="inlineStr">
+      <c r="AMC9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>132.616</v>
+        <v>111.374</v>
       </c>
       <c r="C10" s="14" t="n">
+        <v>134.04</v>
+      </c>
+      <c r="D10" s="14" t="n">
+        <v>132.501</v>
+      </c>
+      <c r="E10" s="14" t="n">
         <v>126.28</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>132.554</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>127.621</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>132.305</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>134.302</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>130.942</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>110.374</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="L10" s="14" t="n">
         <v>114.432</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="M10" s="14" t="n">
         <v>132.054</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>158.585</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>151.06</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>153.668</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>147.738</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>128.774</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>129.747</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>139.697</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="U10" s="14" t="n">
         <v>127.026</v>
       </c>
-      <c r="T10" s="14" t="n">
+      <c r="V10" s="14" t="n">
         <v>117.661</v>
       </c>
-      <c r="U10" s="14" t="n">
+      <c r="W10" s="14" t="n">
         <v>104.117</v>
       </c>
-      <c r="V10" s="14" t="n">
+      <c r="X10" s="14" t="n">
         <v>96.21</v>
       </c>
-      <c r="W10" s="14" t="n">
+      <c r="Y10" s="14" t="n">
         <v>98.969</v>
       </c>
-      <c r="X10" s="14" t="n">
+      <c r="Z10" s="14" t="n">
         <v>112.511</v>
       </c>
-      <c r="Y10" s="14" t="n">
+      <c r="AA10" s="14" t="n">
         <v>132.486</v>
       </c>
-      <c r="Z10" s="14" t="n">
+      <c r="AB10" s="14" t="n">
         <v>133.994</v>
       </c>
-      <c r="AA10" s="14" t="n">
+      <c r="AC10" s="14" t="n">
         <v>131.891</v>
       </c>
-      <c r="AB10" s="14" t="n">
+      <c r="AD10" s="14" t="n">
         <v>142.314</v>
       </c>
-      <c r="AC10" s="14" t="n">
+      <c r="AE10" s="14" t="n">
         <v>148.961</v>
       </c>
-      <c r="AD10" s="14" t="n">
+      <c r="AF10" s="14" t="n">
         <v>142.898</v>
       </c>
-      <c r="AE10" s="14" t="n">
+      <c r="AG10" s="14" t="n">
         <v>141.986</v>
       </c>
-      <c r="AF10" s="14" t="n">
+      <c r="AH10" s="14" t="n">
         <v>143.945</v>
       </c>
-      <c r="AG10" s="14" t="n">
+      <c r="AI10" s="14" t="n">
         <v>138.052</v>
       </c>
-      <c r="AH10" s="14" t="n">
+      <c r="AJ10" s="14" t="n">
         <v>143.055</v>
       </c>
-      <c r="AI10" s="14" t="n">
+      <c r="AK10" s="14" t="n">
         <v>152.381</v>
       </c>
-      <c r="AJ10" s="14" t="n">
+      <c r="AL10" s="14" t="n">
         <v>170.178</v>
       </c>
-      <c r="AK10" s="14" t="n">
+      <c r="AM10" s="14" t="n">
         <v>154.477</v>
       </c>
-      <c r="AL10" s="14" t="n">
+      <c r="AN10" s="14" t="n">
         <v>180.087</v>
       </c>
-      <c r="AM10" s="14" t="n">
+      <c r="AO10" s="14" t="n">
         <v>180.178</v>
       </c>
-      <c r="AN10" s="14" t="n">
+      <c r="AP10" s="14" t="n">
         <v>195.323</v>
       </c>
-      <c r="AO10" s="14" t="n">
+      <c r="AQ10" s="14" t="n">
         <v>225.672</v>
       </c>
-      <c r="AP10" s="14" t="n">
+      <c r="AR10" s="14" t="n">
         <v>225.837</v>
       </c>
-      <c r="AQ10" s="14" t="n">
+      <c r="AS10" s="14" t="n">
         <v>193.006</v>
       </c>
-      <c r="AR10" s="14" t="n">
+      <c r="AT10" s="14" t="n">
         <v>181.621</v>
       </c>
-      <c r="AS10" s="14" t="n">
+      <c r="AU10" s="14" t="n">
         <v>178.599</v>
       </c>
-      <c r="AT10" s="14" t="n">
+      <c r="AV10" s="14" t="n">
         <v>181.929</v>
       </c>
-      <c r="AU10" s="14" t="n">
+      <c r="AW10" s="14" t="n">
         <v>191.109</v>
       </c>
-      <c r="AV10" s="14" t="n">
+      <c r="AX10" s="14" t="n">
         <v>170.171</v>
       </c>
-      <c r="AW10" s="14" t="n">
+      <c r="AY10" s="14" t="n">
         <v>167.653</v>
       </c>
-      <c r="AX10" s="14" t="n">
+      <c r="AZ10" s="14" t="n">
         <v>153.504</v>
       </c>
-      <c r="AY10" s="14" t="n">
+      <c r="BA10" s="14" t="n">
         <v>137.822</v>
       </c>
-      <c r="AZ10" s="14" t="n">
+      <c r="BB10" s="14" t="n">
         <v>137.14</v>
       </c>
-      <c r="BA10" s="14" t="n">
+      <c r="BC10" s="14" t="n">
         <v>117.671</v>
       </c>
-      <c r="BB10" s="14" t="n">
+      <c r="BD10" s="14" t="n">
         <v>98.655</v>
       </c>
-      <c r="BC10" s="14" t="n">
+      <c r="BE10" s="14" t="n">
         <v>91.827</v>
       </c>
-      <c r="BD10" s="14" t="n">
+      <c r="BF10" s="14" t="n">
         <v>87.253</v>
       </c>
-      <c r="BE10" s="14" t="n">
+      <c r="BG10" s="14" t="n">
         <v>80.8</v>
       </c>
-      <c r="BF10" s="14" t="n">
+      <c r="BH10" s="14" t="n">
         <v>79.173</v>
       </c>
-      <c r="BG10" s="14" t="n">
+      <c r="BI10" s="14" t="n">
         <v>71.193</v>
       </c>
-      <c r="BH10" s="14" t="n">
+      <c r="BJ10" s="14" t="n">
         <v>67.014</v>
       </c>
-      <c r="BI10" s="14" t="n">
+      <c r="BK10" s="14" t="n">
         <v>77.947</v>
       </c>
-      <c r="BJ10" s="14" t="n">
+      <c r="BL10" s="14" t="n">
         <v>70.389</v>
       </c>
-      <c r="BK10" s="14" t="n">
+      <c r="BM10" s="14" t="n">
         <v>69.597</v>
       </c>
-      <c r="BL10" s="14" t="n">
+      <c r="BN10" s="14" t="n">
         <v>67.538</v>
       </c>
-      <c r="BM10" s="14" t="n">
+      <c r="BO10" s="14" t="n">
         <v>69.56</v>
       </c>
-      <c r="BN10" s="14" t="n">
+      <c r="BP10" s="14" t="n">
         <v>67.212</v>
       </c>
-      <c r="BO10" s="14" t="n">
+      <c r="BQ10" s="14" t="n">
         <v>67.554</v>
       </c>
-      <c r="BP10" s="14" t="n">
+      <c r="BR10" s="14" t="n">
         <v>64.401</v>
       </c>
-      <c r="BQ10" s="14" t="n">
+      <c r="BS10" s="14" t="n">
         <v>60.193</v>
       </c>
-      <c r="BR10" s="14" t="n">
+      <c r="BT10" s="14" t="n">
         <v>59.893</v>
       </c>
-      <c r="BS10" s="14" t="n">
+      <c r="BU10" s="14" t="n">
         <v>64.711</v>
       </c>
-      <c r="BT10" s="14" t="n">
+      <c r="BV10" s="14" t="n">
         <v>68.753</v>
       </c>
-      <c r="BU10" s="14" t="n">
+      <c r="BW10" s="14" t="n">
         <v>71.622</v>
       </c>
-      <c r="BV10" s="14" t="n">
+      <c r="BX10" s="14" t="n">
         <v>69.93</v>
       </c>
-      <c r="BW10" s="14" t="n">
+      <c r="BY10" s="14" t="n">
         <v>72.258</v>
       </c>
-      <c r="BX10" s="14" t="n">
+      <c r="BZ10" s="14" t="n">
         <v>73.919</v>
       </c>
-      <c r="BY10" s="14" t="n">
+      <c r="CA10" s="14" t="n">
         <v>71.909</v>
       </c>
-      <c r="BZ10" s="14" t="n">
+      <c r="CB10" s="14" t="n">
         <v>73.849</v>
       </c>
-      <c r="CA10" s="14" t="n">
+      <c r="CC10" s="14" t="n">
         <v>76.367</v>
       </c>
-      <c r="CB10" s="14" t="n">
+      <c r="CD10" s="14" t="n">
         <v>74.539</v>
       </c>
-      <c r="CC10" s="14" t="n">
+      <c r="CE10" s="14" t="n">
         <v>75.382</v>
       </c>
-      <c r="CD10" s="14" t="n">
+      <c r="CF10" s="14" t="n">
         <v>76.21</v>
       </c>
-      <c r="CE10" s="14" t="n">
+      <c r="CG10" s="14" t="n">
         <v>75.72</v>
       </c>
-      <c r="CF10" s="14" t="n">
+      <c r="CH10" s="14" t="n">
         <v>78.748</v>
       </c>
-      <c r="CG10" s="14" t="n">
+      <c r="CI10" s="14" t="n">
         <v>81.365</v>
       </c>
-      <c r="CH10" s="14" t="n">
+      <c r="CJ10" s="14" t="n">
         <v>80.374</v>
       </c>
-      <c r="CI10" s="14" t="n">
+      <c r="CK10" s="14" t="n">
         <v>80.159</v>
       </c>
-      <c r="CJ10" s="14" t="n">
+      <c r="CL10" s="14" t="n">
         <v>81.576</v>
       </c>
-      <c r="CK10" s="14" t="n">
+      <c r="CM10" s="14" t="n">
         <v>83.048</v>
       </c>
-      <c r="CL10" s="14" t="n">
+      <c r="CN10" s="14" t="n">
         <v>80.551</v>
       </c>
-      <c r="CM10" s="14" t="n">
+      <c r="CO10" s="14" t="n">
         <v>79.216</v>
       </c>
-      <c r="CN10" s="14" t="n">
+      <c r="CP10" s="14" t="n">
         <v>76.945</v>
       </c>
-      <c r="CO10" s="14" t="n">
+      <c r="CQ10" s="14" t="n">
         <v>73.851</v>
       </c>
-      <c r="CP10" s="14" t="n">
+      <c r="CR10" s="14" t="n">
         <v>71.064</v>
       </c>
-      <c r="CQ10" s="14" t="n">
+      <c r="CS10" s="14" t="n">
         <v>71.04</v>
       </c>
-      <c r="CR10" s="14" t="n">
+      <c r="CT10" s="14" t="n">
         <v>75.492</v>
       </c>
-      <c r="CS10" s="14" t="n">
+      <c r="CU10" s="14" t="n">
         <v>74.455</v>
       </c>
-      <c r="CT10" s="14" t="n">
+      <c r="CV10" s="14" t="n">
         <v>75.989</v>
       </c>
-      <c r="CU10" s="14" t="n">
+      <c r="CW10" s="14" t="n">
         <v>76.016</v>
       </c>
-      <c r="CV10" s="14" t="n">
+      <c r="CX10" s="14" t="n">
         <v>74.639</v>
       </c>
-      <c r="CW10" s="14" t="n">
+      <c r="CY10" s="14" t="n">
         <v>71.921</v>
       </c>
-      <c r="CX10" s="14" t="n">
+      <c r="CZ10" s="14" t="n">
         <v>70.886</v>
       </c>
-      <c r="CY10" s="14" t="n">
+      <c r="DA10" s="14" t="n">
         <v>72.235</v>
       </c>
-      <c r="CZ10" s="14" t="n">
+      <c r="DB10" s="14" t="n">
         <v>72.857</v>
       </c>
-      <c r="DA10" s="14" t="n">
+      <c r="DC10" s="14" t="n">
         <v>70.961</v>
       </c>
-      <c r="DB10" s="14" t="n">
+      <c r="DD10" s="14" t="n">
         <v>70.201</v>
       </c>
-      <c r="DC10" s="14" t="n">
+      <c r="DE10" s="14" t="n">
         <v>69.732</v>
       </c>
-      <c r="DD10" s="14" t="n">
+      <c r="DF10" s="14" t="n">
         <v>74.115</v>
       </c>
-      <c r="DE10" s="14" t="n">
+      <c r="DG10" s="14" t="n">
         <v>81.672</v>
       </c>
-      <c r="DF10" s="14" t="n">
+      <c r="DH10" s="14" t="n">
         <v>76.87</v>
       </c>
-      <c r="DG10" s="14" t="n">
+      <c r="DI10" s="14" t="n">
         <v>74.312</v>
       </c>
-      <c r="DH10" s="14" t="n">
+      <c r="DJ10" s="14" t="n">
         <v>72.85</v>
       </c>
-      <c r="DI10" s="14" t="n">
+      <c r="DK10" s="14" t="n">
         <v>68.636</v>
       </c>
-      <c r="DJ10" s="14" t="n">
+      <c r="DL10" s="14" t="n">
         <v>67.425</v>
       </c>
-      <c r="DK10" s="14" t="n">
+      <c r="DM10" s="14" t="n">
         <v>67.929</v>
       </c>
-      <c r="DL10" s="14" t="n">
+      <c r="DN10" s="14" t="n">
         <v>66.76</v>
       </c>
-      <c r="DM10" s="14" t="n">
+      <c r="DO10" s="14" t="n">
         <v>60.937</v>
       </c>
-      <c r="DN10" s="14" t="n">
+      <c r="DP10" s="14" t="n">
         <v>60.64</v>
       </c>
-      <c r="DO10" s="14" t="n">
+      <c r="DQ10" s="14" t="n">
         <v>63.138</v>
       </c>
-      <c r="DP10" s="14" t="n">
+      <c r="DR10" s="14" t="n">
         <v>63.931</v>
       </c>
-      <c r="DQ10" s="14" t="n">
+      <c r="DS10" s="14" t="n">
         <v>66.955</v>
       </c>
-      <c r="DR10" s="14" t="n">
+      <c r="DT10" s="14" t="n">
         <v>74.688</v>
       </c>
-      <c r="DS10" s="14" t="n">
+      <c r="DU10" s="14" t="n">
         <v>73.735</v>
       </c>
-      <c r="DT10" s="14" t="n">
+      <c r="DV10" s="14" t="n">
         <v>73.287</v>
       </c>
-      <c r="DU10" s="14" t="n">
+      <c r="DW10" s="14" t="n">
         <v>74.446</v>
       </c>
-      <c r="DV10" s="14" t="n">
+      <c r="DX10" s="14" t="n">
         <v>76.241</v>
       </c>
-      <c r="DW10" s="14" t="n">
+      <c r="DY10" s="14" t="n">
         <v>80.002</v>
       </c>
-      <c r="DX10" s="14" t="n">
+      <c r="DZ10" s="14" t="n">
         <v>77.802</v>
       </c>
-      <c r="DY10" s="14" t="n">
+      <c r="EA10" s="14" t="n">
         <v>73.14</v>
       </c>
-      <c r="DZ10" s="14" t="n">
+      <c r="EB10" s="14" t="n">
         <v>73.679</v>
       </c>
-      <c r="EA10" s="14" t="n">
+      <c r="EC10" s="14" t="n">
         <v>73.464</v>
       </c>
-      <c r="EB10" s="14" t="n">
+      <c r="ED10" s="14" t="n">
         <v>74.104</v>
       </c>
-      <c r="EC10" s="14" t="n">
+      <c r="EE10" s="14" t="n">
         <v>77.826</v>
       </c>
-      <c r="ED10" s="14" t="n">
+      <c r="EF10" s="14" t="n">
         <v>75.917</v>
       </c>
-      <c r="EE10" s="14" t="n">
+      <c r="EG10" s="14" t="n">
         <v>75.129</v>
       </c>
-      <c r="EF10" s="14" t="n">
+      <c r="EH10" s="14" t="n">
         <v>78.607</v>
       </c>
-      <c r="EG10" s="14" t="n">
+      <c r="EI10" s="14" t="n">
         <v>80.056</v>
       </c>
-      <c r="EH10" s="14" t="n">
+      <c r="EJ10" s="14" t="n">
         <v>76.8</v>
       </c>
-      <c r="EI10" s="14" t="n">
+      <c r="EK10" s="14" t="n">
         <v>80.151</v>
       </c>
-      <c r="EJ10" s="14" t="n">
+      <c r="EL10" s="14" t="n">
         <v>80.136</v>
       </c>
-      <c r="EK10" s="14" t="n">
+      <c r="EM10" s="14" t="n">
         <v>76.711</v>
       </c>
-      <c r="EL10" s="14" t="n">
+      <c r="EN10" s="14" t="n">
         <v>72.401</v>
       </c>
-      <c r="EM10" s="14" t="n">
+      <c r="EO10" s="14" t="n">
         <v>72.522</v>
       </c>
-      <c r="EN10" s="14" t="n">
+      <c r="EP10" s="14" t="n">
         <v>70.932</v>
       </c>
-      <c r="EO10" s="14" t="n">
+      <c r="EQ10" s="14" t="n">
         <v>76.172</v>
       </c>
-      <c r="EP10" s="14" t="n">
+      <c r="ER10" s="14" t="n">
         <v>83.24</v>
       </c>
-      <c r="EQ10" s="14" t="n">
+      <c r="ES10" s="14" t="n">
         <v>77.611</v>
       </c>
-      <c r="ER10" s="14" t="n">
+      <c r="ET10" s="14" t="n">
         <v>80.599</v>
       </c>
-      <c r="ES10" s="14" t="n">
+      <c r="EU10" s="14" t="n">
         <v>80.723</v>
       </c>
-      <c r="ET10" s="14" t="n">
+      <c r="EV10" s="14" t="n">
         <v>79.661</v>
       </c>
-      <c r="EU10" s="14" t="n">
+      <c r="EW10" s="14" t="n">
         <v>80.44</v>
       </c>
-      <c r="EV10" s="14" t="n">
+      <c r="EX10" s="14" t="n">
         <v>77.111</v>
       </c>
-      <c r="EW10" s="14" t="n">
+      <c r="EY10" s="14" t="n">
         <v>76.362</v>
       </c>
-      <c r="EX10" s="14" t="n">
+      <c r="EZ10" s="14" t="n">
         <v>70.95</v>
       </c>
-      <c r="EY10" s="14" t="n">
+      <c r="FA10" s="14" t="n">
         <v>73.958</v>
       </c>
-      <c r="EZ10" s="14" t="n">
+      <c r="FB10" s="14" t="n">
         <v>80.267</v>
       </c>
-      <c r="FA10" s="14" t="n">
+      <c r="FC10" s="14" t="n">
         <v>81.463</v>
       </c>
-      <c r="FB10" s="14" t="n">
+      <c r="FD10" s="14" t="n">
         <v>77.805</v>
       </c>
-      <c r="FC10" s="14" t="n">
+      <c r="FE10" s="14" t="n">
         <v>76.444</v>
       </c>
-      <c r="FD10" s="14" t="n">
+      <c r="FF10" s="14" t="n">
         <v>76.904</v>
       </c>
-      <c r="FE10" s="14" t="n">
+      <c r="FG10" s="14" t="n">
         <v>76.637</v>
       </c>
-      <c r="FF10" s="14" t="n">
+      <c r="FH10" s="14" t="n">
         <v>78.894</v>
       </c>
-      <c r="FG10" s="14" t="n">
+      <c r="FI10" s="14" t="n">
         <v>78.385</v>
       </c>
-      <c r="FH10" s="14" t="n">
+      <c r="FJ10" s="14" t="n">
         <v>76.421</v>
       </c>
-      <c r="FI10" s="14" t="n">
+      <c r="FK10" s="14" t="n">
         <v>75.941</v>
       </c>
-      <c r="FJ10" s="14" t="n">
+      <c r="FL10" s="14" t="n">
         <v>74.201</v>
       </c>
-      <c r="FK10" s="14" t="n">
+      <c r="FM10" s="14" t="n">
         <v>77.975</v>
       </c>
-      <c r="FL10" s="14" t="n">
+      <c r="FN10" s="14" t="n">
         <v>78.466</v>
       </c>
-      <c r="FM10" s="14" t="n">
+      <c r="FO10" s="14" t="n">
         <v>77.544</v>
       </c>
-      <c r="FN10" s="14" t="n">
+      <c r="FP10" s="14" t="n">
         <v>73.007</v>
       </c>
-      <c r="FO10" s="14" t="n">
+      <c r="FQ10" s="14" t="n">
         <v>72.22</v>
       </c>
-      <c r="FP10" s="14" t="n">
+      <c r="FR10" s="14" t="n">
         <v>72.333</v>
       </c>
-      <c r="FQ10" s="14" t="n">
+      <c r="FS10" s="14" t="n">
         <v>71.013</v>
       </c>
-      <c r="FR10" s="14" t="n">
+      <c r="FT10" s="14" t="n">
         <v>71.17</v>
       </c>
-      <c r="FS10" s="14" t="n">
+      <c r="FU10" s="14" t="n">
         <v>71.643</v>
       </c>
-      <c r="FT10" s="14" t="n">
+      <c r="FV10" s="14" t="n">
         <v>69.366</v>
       </c>
-      <c r="FU10" s="14" t="n">
+      <c r="FW10" s="14" t="n">
         <v>69.191</v>
       </c>
-      <c r="FV10" s="14" t="n">
+      <c r="FX10" s="14" t="n">
         <v>69.083</v>
       </c>
-      <c r="FW10" s="14" t="n">
+      <c r="FY10" s="14" t="n">
         <v>68.919</v>
       </c>
-      <c r="FX10" s="14" t="n">
+      <c r="FZ10" s="14" t="n">
         <v>69.088</v>
       </c>
-      <c r="FY10" s="14" t="n">
+      <c r="GA10" s="14" t="n">
         <v>68.922</v>
       </c>
-      <c r="FZ10" s="14" t="n">
+      <c r="GB10" s="14" t="n">
         <v>65.648</v>
       </c>
-      <c r="GA10" s="14" t="n">
+      <c r="GC10" s="14" t="n">
         <v>64.932</v>
       </c>
-      <c r="GB10" s="14" t="n">
+      <c r="GD10" s="14" t="n">
         <v>64.908</v>
       </c>
-      <c r="GC10" s="14" t="n">
+      <c r="GE10" s="14" t="n">
         <v>63.948</v>
       </c>
-      <c r="GD10" s="14" t="n">
+      <c r="GF10" s="14" t="n">
         <v>64.185</v>
       </c>
-      <c r="GE10" s="14" t="n">
+      <c r="GG10" s="14" t="n">
         <v>64.954</v>
       </c>
-      <c r="GF10" s="14" t="n">
+      <c r="GH10" s="14" t="n">
         <v>63.641</v>
       </c>
-      <c r="GG10" s="14" t="n">
+      <c r="GI10" s="14" t="n">
         <v>63.04</v>
       </c>
-      <c r="GH10" s="14" t="n">
+      <c r="GJ10" s="14" t="n">
         <v>63.158</v>
       </c>
-      <c r="GI10" s="14" t="n">
+      <c r="GK10" s="14" t="n">
         <v>62.851</v>
       </c>
-      <c r="GJ10" s="14" t="n">
+      <c r="GL10" s="14" t="n">
         <v>63.018</v>
       </c>
-      <c r="GK10" s="14" t="n">
+      <c r="GM10" s="14" t="n">
         <v>62.913</v>
       </c>
-      <c r="GL10" s="14" t="n">
+      <c r="GN10" s="14" t="n">
         <v>61.762</v>
       </c>
-      <c r="GM10" s="14" t="n">
+      <c r="GO10" s="14" t="n">
         <v>61.439</v>
       </c>
-      <c r="GN10" s="14" t="n">
+      <c r="GP10" s="14" t="n">
         <v>61.531</v>
       </c>
-      <c r="GO10" s="14" t="n">
+      <c r="GQ10" s="14" t="n">
         <v>61.762</v>
       </c>
-      <c r="GP10" s="14" t="n">
+      <c r="GR10" s="14" t="n">
         <v>62.13</v>
       </c>
-      <c r="GQ10" s="14" t="n">
+      <c r="GS10" s="14" t="n">
         <v>62.959</v>
       </c>
-      <c r="GR10" s="14" t="n">
+      <c r="GT10" s="14" t="n">
         <v>62.821</v>
       </c>
-      <c r="GS10" s="14" t="n">
+      <c r="GU10" s="14" t="n">
         <v>62.453</v>
       </c>
-      <c r="GT10" s="14" t="n">
+      <c r="GV10" s="14" t="n">
         <v>62.591</v>
       </c>
-      <c r="GU10" s="14" t="n">
+      <c r="GW10" s="14" t="n">
         <v>64.617</v>
       </c>
-      <c r="GV10" s="14" t="n">
+      <c r="GX10" s="14" t="n">
         <v>64.479</v>
       </c>
-      <c r="GW10" s="14" t="n">
+      <c r="GY10" s="14" t="n">
         <v>64.433</v>
       </c>
-      <c r="GX10" s="14" t="n">
+      <c r="GZ10" s="14" t="n">
         <v>61.716</v>
       </c>
-      <c r="GY10" s="14" t="n">
+      <c r="HA10" s="14" t="n">
         <v>61.439</v>
       </c>
-      <c r="GZ10" s="14" t="n">
+      <c r="HB10" s="14" t="n">
         <v>61.577</v>
       </c>
-      <c r="HA10" s="14" t="n">
+      <c r="HC10" s="14" t="n">
         <v>59.873</v>
       </c>
-      <c r="HB10" s="14" t="n">
+      <c r="HD10" s="14" t="n">
         <v>60.104</v>
       </c>
-      <c r="HC10" s="14" t="n">
+      <c r="HE10" s="14" t="n">
         <v>60.104</v>
       </c>
-      <c r="HD10" s="14" t="n">
+      <c r="HF10" s="14" t="n">
         <v>54.761</v>
       </c>
-      <c r="HE10" s="14" t="n">
+      <c r="HG10" s="14" t="n">
         <v>54.715</v>
       </c>
-      <c r="HF10" s="14" t="n">
+      <c r="HH10" s="14" t="n">
         <v>54.715</v>
       </c>
-      <c r="HG10" s="14" t="n">
+      <c r="HI10" s="14" t="n">
         <v>54.485</v>
       </c>
-      <c r="HH10" s="14" t="n">
+      <c r="HJ10" s="14" t="n">
         <v>54.577</v>
       </c>
-      <c r="HI10" s="14" t="n">
+      <c r="HK10" s="14" t="n">
         <v>54.577</v>
       </c>
-      <c r="HJ10" s="14" t="n">
+      <c r="HL10" s="14" t="n">
         <v>52.642</v>
       </c>
-      <c r="HK10" s="14" t="n">
+      <c r="HM10" s="14" t="n">
         <v>52.596</v>
       </c>
-      <c r="HL10" s="14" t="n">
+      <c r="HN10" s="14" t="n">
         <v>52.596</v>
-      </c>
-[...4 lines deleted...]
-        <v>52.182</v>
       </c>
       <c r="HO10" s="14" t="n">
         <v>52.228</v>
       </c>
       <c r="HP10" s="14" t="n">
+        <v>52.182</v>
+      </c>
+      <c r="HQ10" s="14" t="n">
+        <v>52.228</v>
+      </c>
+      <c r="HR10" s="14" t="n">
         <v>51.86</v>
       </c>
-      <c r="HQ10" s="14" t="n">
+      <c r="HS10" s="14" t="n">
         <v>51.813</v>
       </c>
-      <c r="HR10" s="14" t="n">
+      <c r="HT10" s="14" t="n">
         <v>51.813</v>
       </c>
-      <c r="HS10" s="14" t="n">
+      <c r="HU10" s="14" t="n">
         <v>52.09</v>
       </c>
-      <c r="HT10" s="14" t="n">
+      <c r="HV10" s="14" t="n">
         <v>52.136</v>
       </c>
-      <c r="HU10" s="14" t="n">
+      <c r="HW10" s="14" t="n">
         <v>52.182</v>
-      </c>
-[...4 lines deleted...]
-        <v>50.202</v>
       </c>
       <c r="HX10" s="14" t="n">
         <v>50.202</v>
       </c>
       <c r="HY10" s="14" t="n">
-        <v>50.248</v>
+        <v>50.202</v>
       </c>
       <c r="HZ10" s="14" t="n">
-        <v>50.294</v>
+        <v>50.202</v>
       </c>
       <c r="IA10" s="14" t="n">
         <v>50.248</v>
       </c>
       <c r="IB10" s="14" t="n">
+        <v>50.294</v>
+      </c>
+      <c r="IC10" s="14" t="n">
+        <v>50.248</v>
+      </c>
+      <c r="ID10" s="14" t="n">
         <v>49.465</v>
       </c>
-      <c r="IC10" s="14" t="n">
+      <c r="IE10" s="14" t="n">
         <v>49.465</v>
       </c>
-      <c r="ID10" s="14" t="n">
+      <c r="IF10" s="14" t="n">
         <v>49.511</v>
-      </c>
-[...4 lines deleted...]
-        <v>49.649</v>
       </c>
       <c r="IG10" s="14" t="n">
         <v>49.603</v>
       </c>
       <c r="IH10" s="14" t="n">
+        <v>49.649</v>
+      </c>
+      <c r="II10" s="14" t="n">
+        <v>49.603</v>
+      </c>
+      <c r="IJ10" s="14" t="n">
         <v>47.3</v>
       </c>
-      <c r="II10" s="14" t="n">
+      <c r="IK10" s="14" t="n">
         <v>47.208</v>
-      </c>
-[...4 lines deleted...]
-        <v>46.241</v>
       </c>
       <c r="IL10" s="14" t="n">
         <v>46.241</v>
       </c>
       <c r="IM10" s="14" t="n">
+        <v>46.241</v>
+      </c>
+      <c r="IN10" s="14" t="n">
+        <v>46.241</v>
+      </c>
+      <c r="IO10" s="14" t="n">
         <v>45.826</v>
       </c>
-      <c r="IN10" s="14" t="n">
+      <c r="IP10" s="14" t="n">
         <v>45.78</v>
       </c>
-      <c r="IO10" s="14" t="n">
+      <c r="IQ10" s="14" t="n">
         <v>45.688</v>
       </c>
-      <c r="IP10" s="14" t="n">
+      <c r="IR10" s="14" t="n">
         <v>45.596</v>
       </c>
-      <c r="IQ10" s="14" t="n">
+      <c r="IS10" s="14" t="n">
         <v>45.596</v>
       </c>
-      <c r="IR10" s="14" t="n">
+      <c r="IT10" s="14" t="n">
         <v>45.504</v>
       </c>
-      <c r="IS10" s="14" t="n">
+      <c r="IU10" s="14" t="n">
         <v>45.458</v>
       </c>
-      <c r="IT10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="IU10" s="15" t="n">
+      <c r="IV10" s="15" t="n">
+        <v>-16.9</v>
+      </c>
+      <c r="IW10" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="IX10" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="IY10" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="IV10" s="15" t="n">
+      <c r="IZ10" s="15" t="n">
         <v>3.9</v>
-      </c>
-[...10 lines deleted...]
-        <v>18.6</v>
       </c>
       <c r="JA10" s="15" t="n">
         <v>-3.5</v>
       </c>
       <c r="JB10" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="JC10" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="JD10" s="15" t="n">
+        <v>18.6</v>
+      </c>
+      <c r="JE10" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="JF10" s="15" t="n">
         <v>-13.3</v>
       </c>
-      <c r="JC10" s="15" t="n">
+      <c r="JG10" s="15" t="n">
         <v>-16.7</v>
       </c>
-      <c r="JD10" s="15" t="n">
+      <c r="JH10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="JE10" s="15" t="n">
+      <c r="JI10" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="JF10" s="15" t="n">
+      <c r="JJ10" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="JG10" s="15" t="n">
+      <c r="JK10" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="JH10" s="15" t="n">
+      <c r="JL10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="JI10" s="15" t="n">
+      <c r="JM10" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="JJ10" s="15" t="n">
+      <c r="JN10" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="JK10" s="15" t="n">
+      <c r="JO10" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="JL10" s="15" t="n">
+      <c r="JP10" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="JM10" s="15" t="n">
+      <c r="JQ10" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="JN10" s="15" t="n">
+      <c r="JR10" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="JO10" s="15" t="n">
+      <c r="JS10" s="15" t="n">
         <v>-12.0</v>
       </c>
-      <c r="JP10" s="15" t="n">
+      <c r="JT10" s="15" t="n">
         <v>-15.1</v>
       </c>
-      <c r="JQ10" s="15" t="n">
+      <c r="JU10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="JR10" s="15" t="n">
+      <c r="JV10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="JS10" s="15" t="n">
+      <c r="JW10" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="JT10" s="15" t="n">
+      <c r="JX10" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="JU10" s="15" t="n">
+      <c r="JY10" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="JV10" s="15" t="n">
+      <c r="JZ10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JW10" s="15" t="n">
+      <c r="KA10" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="JX10" s="15" t="n">
+      <c r="KB10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="JY10" s="15" t="n">
+      <c r="KC10" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="JZ10" s="15" t="n">
+      <c r="KD10" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="KA10" s="15" t="n">
+      <c r="KE10" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="KB10" s="15" t="n">
+      <c r="KF10" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="KC10" s="15" t="n">
+      <c r="KG10" s="15" t="n">
         <v>-14.2</v>
       </c>
-      <c r="KD10" s="15" t="n">
+      <c r="KH10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KE10" s="15" t="n">
+      <c r="KI10" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="KF10" s="15" t="n">
+      <c r="KJ10" s="15" t="n">
         <v>-13.4</v>
       </c>
-      <c r="KG10" s="15" t="n">
+      <c r="KK10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KH10" s="15" t="n">
+      <c r="KL10" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="KI10" s="15" t="n">
+      <c r="KM10" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="KJ10" s="15" t="n">
+      <c r="KN10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="KK10" s="15" t="n">
+      <c r="KO10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="KL10" s="15" t="n">
+      <c r="KP10" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="KM10" s="15" t="n">
+      <c r="KQ10" s="15" t="n">
         <v>12.3</v>
       </c>
-      <c r="KN10" s="15" t="n">
+      <c r="KR10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="KO10" s="15" t="n">
+      <c r="KS10" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="KP10" s="15" t="n">
+      <c r="KT10" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="KQ10" s="15" t="n">
+      <c r="KU10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="KR10" s="15" t="n">
+      <c r="KV10" s="15" t="n">
         <v>16.5</v>
       </c>
-      <c r="KS10" s="15" t="n">
+      <c r="KW10" s="15" t="n">
         <v>19.3</v>
       </c>
-      <c r="KT10" s="15" t="n">
+      <c r="KX10" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="KU10" s="15" t="n">
+      <c r="KY10" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="KV10" s="15" t="n">
+      <c r="KZ10" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="KW10" s="15" t="n">
+      <c r="LA10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="KX10" s="15" t="n">
+      <c r="LB10" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="KY10" s="15" t="n">
+      <c r="LC10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="KZ10" s="15" t="n">
+      <c r="LD10" s="15" t="n">
         <v>-14.0</v>
       </c>
-      <c r="LA10" s="15" t="n">
+      <c r="LE10" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="LB10" s="15" t="n">
+      <c r="LF10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="LC10" s="15" t="n">
+      <c r="LG10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="LD10" s="15" t="n">
+      <c r="LH10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="LE10" s="15" t="n">
+      <c r="LI10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="LF10" s="15" t="n">
+      <c r="LJ10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="LG10" s="15" t="n">
+      <c r="LK10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="LH10" s="15" t="n">
+      <c r="LL10" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="LI10" s="15" t="n">
+      <c r="LM10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="LJ10" s="15" t="n">
+      <c r="LN10" s="15" t="n">
         <v>-7.4</v>
       </c>
-      <c r="LK10" s="15" t="n">
+      <c r="LO10" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="LL10" s="15" t="n">
+      <c r="LP10" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="LM10" s="15" t="n">
+      <c r="LQ10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="LN10" s="15" t="n">
+      <c r="LR10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="LO10" s="15" t="n">
+      <c r="LS10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="LP10" s="15" t="n">
+      <c r="LT10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="LQ10" s="15" t="n">
+      <c r="LU10" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="LR10" s="15" t="n">
+      <c r="LV10" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="LS10" s="15" t="n">
+      <c r="LW10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="LT10" s="15" t="n">
+      <c r="LX10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="LU10" s="15" t="n">
+      <c r="LY10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="LV10" s="15" t="n">
+      <c r="LZ10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="LW10" s="15" t="n">
+      <c r="MA10" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="LX10" s="15" t="n">
+      <c r="MB10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="LY10" s="15" t="n">
+      <c r="MC10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="LZ10" s="15" t="n">
+      <c r="MD10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="MA10" s="15" t="n">
+      <c r="ME10" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="MB10" s="15" t="n">
+      <c r="MF10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="MC10" s="15" t="n">
+      <c r="MG10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="MD10" s="15" t="n">
+      <c r="MH10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ME10" s="15" t="n">
+      <c r="MI10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="MF10" s="15" t="n">
+      <c r="MJ10" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="MG10" s="15" t="n">
+      <c r="MK10" s="15" t="n">
         <v>3.9</v>
-      </c>
-[...10 lines deleted...]
-        <v>-2.0</v>
       </c>
       <c r="ML10" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="MM10" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="MN10" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="MO10" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="MP10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MQ10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="MN10" s="15" t="n">
+      <c r="MR10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="MO10" s="15" t="n">
+      <c r="MS10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="MP10" s="15" t="n">
+      <c r="MT10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="MQ10" s="15" t="n">
+      <c r="MU10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="MR10" s="15" t="n">
+      <c r="MV10" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="MS10" s="15" t="n">
+      <c r="MW10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="MT10" s="15" t="n">
+      <c r="MX10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MU10" s="15" t="n">
+      <c r="MY10" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="MV10" s="15" t="n">
+      <c r="MZ10" s="15" t="n">
         <v>-9.3</v>
       </c>
-      <c r="MW10" s="15" t="n">
+      <c r="NA10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="MX10" s="15" t="n">
+      <c r="NB10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="MY10" s="15" t="n">
+      <c r="NC10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="MZ10" s="15" t="n">
+      <c r="ND10" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="NA10" s="15" t="n">
+      <c r="NE10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="NB10" s="15" t="n">
+      <c r="NF10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="NC10" s="15" t="n">
+      <c r="NG10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ND10" s="15" t="n">
+      <c r="NH10" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="NE10" s="15" t="n">
+      <c r="NI10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="NF10" s="15" t="n">
+      <c r="NJ10" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="NG10" s="15" t="n">
+      <c r="NK10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="NH10" s="15" t="n">
+      <c r="NL10" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="NI10" s="15" t="n">
+      <c r="NM10" s="15" t="n">
         <v>-10.4</v>
       </c>
-      <c r="NJ10" s="15" t="n">
+      <c r="NN10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="NK10" s="15" t="n">
+      <c r="NO10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="NL10" s="15" t="n">
+      <c r="NP10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="NM10" s="15" t="n">
+      <c r="NQ10" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="NN10" s="15" t="n">
+      <c r="NR10" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="NO10" s="15" t="n">
+      <c r="NS10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="NP10" s="15" t="n">
+      <c r="NT10" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="NQ10" s="15" t="n">
+      <c r="NU10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="NR10" s="15" t="n">
+      <c r="NV10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="NS10" s="15" t="n">
+      <c r="NW10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="NT10" s="15" t="n">
+      <c r="NX10" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="NU10" s="15" t="n">
+      <c r="NY10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="NV10" s="15" t="n">
+      <c r="NZ10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="NW10" s="15" t="n">
+      <c r="OA10" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="NX10" s="15" t="n">
+      <c r="OB10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="NY10" s="15" t="n">
+      <c r="OC10" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="NZ10" s="15" t="n">
+      <c r="OD10" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="OA10" s="15" t="n">
+      <c r="OE10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OB10" s="15" t="n">
+      <c r="OF10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="OC10" s="15" t="n">
+      <c r="OG10" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="OD10" s="15" t="n">
+      <c r="OH10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OE10" s="15" t="n">
+      <c r="OI10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="OF10" s="15" t="n">
+      <c r="OJ10" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="OG10" s="15" t="n">
+      <c r="OK10" s="15" t="n">
         <v>-8.5</v>
       </c>
-      <c r="OH10" s="15" t="n">
+      <c r="OL10" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="OI10" s="15" t="n">
+      <c r="OM10" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="OJ10" s="15" t="n">
+      <c r="ON10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OK10" s="15" t="n">
+      <c r="OO10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="OL10" s="15" t="n">
+      <c r="OP10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="OM10" s="15" t="n">
+      <c r="OQ10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ON10" s="15" t="n">
+      <c r="OR10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="OO10" s="15" t="n">
+      <c r="OS10" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="OP10" s="15" t="n">
+      <c r="OT10" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="OQ10" s="15" t="n">
+      <c r="OU10" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="OR10" s="15" t="n">
+      <c r="OV10" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="OS10" s="15" t="n">
+      <c r="OW10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="OT10" s="15" t="n">
+      <c r="OX10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="OU10" s="15" t="n">
+      <c r="OY10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="OV10" s="15" t="n">
+      <c r="OZ10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="OW10" s="15" t="n">
+      <c r="PA10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="OX10" s="15" t="n">
+      <c r="PB10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="OY10" s="15" t="n">
+      <c r="PC10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="OZ10" s="15" t="n">
+      <c r="PD10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="PA10" s="15" t="n">
+      <c r="PE10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="PB10" s="15" t="n">
+      <c r="PF10" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="PC10" s="15" t="n">
+      <c r="PG10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="PD10" s="15" t="n">
+      <c r="PH10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="PE10" s="15" t="n">
+      <c r="PI10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="PF10" s="15" t="n">
+      <c r="PJ10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="PG10" s="15" t="n">
+      <c r="PK10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="PH10" s="15" t="n">
+      <c r="PL10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="PI10" s="15" t="n">
+      <c r="PM10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="PJ10" s="15" t="n">
+      <c r="PN10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="PK10" s="15" t="n">
+      <c r="PO10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="PL10" s="15" t="n">
+      <c r="PP10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PM10" s="15" t="n">
+      <c r="PQ10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PN10" s="15" t="n">
+      <c r="PR10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PO10" s="15" t="n">
+      <c r="PS10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="PP10" s="15" t="n">
+      <c r="PT10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PQ10" s="15" t="n">
+      <c r="PU10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="PR10" s="15" t="n">
+      <c r="PV10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="PS10" s="15" t="n">
+      <c r="PW10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PT10" s="15" t="n">
+      <c r="PX10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="PU10" s="15" t="n">
+      <c r="PY10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="PV10" s="15" t="n">
+      <c r="PZ10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="PW10" s="15" t="n">
+      <c r="QA10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="PX10" s="15" t="n">
+      <c r="QB10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="PY10" s="15" t="n">
+      <c r="QC10" s="15" t="n">
         <v>-0.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.9</v>
       </c>
       <c r="QD10" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="QE10" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="QF10" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="QG10" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="QH10" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="QI10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="QF10" s="15" t="n">
+      <c r="QJ10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="QG10" s="15" t="n">
+      <c r="QK10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="QH10" s="15" t="n">
+      <c r="QL10" s="15" t="n">
         <v>-1.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>-3.1</v>
       </c>
       <c r="QM10" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="QN10" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="QO10" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="QP10" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="QQ10" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="QR10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QO10" s="15" t="n">
+      <c r="QS10" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="QP10" s="15" t="n">
+      <c r="QT10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="QQ10" s="15" t="n">
+      <c r="QU10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QR10" s="15" t="n">
+      <c r="QV10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="QS10" s="15" t="n">
+      <c r="QW10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="QT10" s="15" t="n">
+      <c r="QX10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QU10" s="15" t="n">
+      <c r="QY10" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="QV10" s="15" t="n">
+      <c r="QZ10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QW10" s="15" t="n">
+      <c r="RA10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QX10" s="15" t="n">
+      <c r="RB10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="QY10" s="15" t="n">
+      <c r="RC10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QZ10" s="15" t="n">
+      <c r="RD10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RA10" s="15" t="n">
+      <c r="RE10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="RB10" s="15" t="n">
+      <c r="RF10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RC10" s="15" t="n">
+      <c r="RG10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RD10" s="15" t="n">
+      <c r="RH10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="RE10" s="15" t="n">
+      <c r="RI10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RF10" s="15" t="n">
+      <c r="RJ10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RG10" s="15" t="n">
+      <c r="RK10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="RH10" s="15" t="n">
+      <c r="RL10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RI10" s="15" t="n">
+      <c r="RM10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RJ10" s="15" t="n">
+      <c r="RN10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="RK10" s="15" t="n">
+      <c r="RO10" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="RP10" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="RQ10" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="RR10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="RS10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="RT10" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="RU10" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="RV10" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="RW10" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="RX10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="RY10" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="RZ10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="RW10" s="15" t="n">
+      <c r="SA10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RX10" s="15" t="n">
+      <c r="SB10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RY10" s="15" t="n">
+      <c r="SC10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="RZ10" s="15" t="n">
+      <c r="SD10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="SA10" s="15" t="n">
+      <c r="SE10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="SB10" s="15" t="n">
+      <c r="SF10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="SC10" s="15" t="n">
+      <c r="SG10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="SD10" s="15" t="n">
+      <c r="SH10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="SE10" s="15" t="n">
+      <c r="SI10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="SF10" s="15" t="n">
+      <c r="SJ10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="SG10" s="15" t="n">
+      <c r="SK10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="SH10" s="15" t="n">
+      <c r="SL10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="SI10" s="15" t="n">
+      <c r="SM10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="SJ10" s="15" t="n">
+      <c r="SN10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="SK10" s="13" t="inlineStr">
+      <c r="SO10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="SL10" s="15" t="n">
+      <c r="SP10" s="15" t="n">
+        <v>-29.8</v>
+      </c>
+      <c r="SQ10" s="15" t="n">
+        <v>-11.3</v>
+      </c>
+      <c r="SR10" s="15" t="n">
+        <v>-13.8</v>
+      </c>
+      <c r="SS10" s="15" t="n">
+        <v>-14.5</v>
+      </c>
+      <c r="ST10" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="SU10" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="SV10" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="SW10" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="SX10" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="SY10" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="SZ10" s="15" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="TA10" s="15" t="n">
+        <v>33.4</v>
+      </c>
+      <c r="TB10" s="15" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="TC10" s="15" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="TD10" s="15" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="TE10" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="TF10" s="15" t="n">
+        <v>-9.5</v>
+      </c>
+      <c r="TG10" s="15" t="n">
+        <v>-12.9</v>
+      </c>
+      <c r="TH10" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="TI10" s="15" t="n">
+        <v>-10.5</v>
+      </c>
+      <c r="TJ10" s="15" t="n">
+        <v>-18.3</v>
+      </c>
+      <c r="TK10" s="15" t="n">
+        <v>-24.6</v>
+      </c>
+      <c r="TL10" s="15" t="n">
+        <v>-32.7</v>
+      </c>
+      <c r="TM10" s="15" t="n">
+        <v>-35.1</v>
+      </c>
+      <c r="TN10" s="15" t="n">
+        <v>-33.9</v>
+      </c>
+      <c r="TO10" s="15" t="n">
+        <v>-14.2</v>
+      </c>
+      <c r="TP10" s="15" t="n">
+        <v>-25.6</v>
+      </c>
+      <c r="TQ10" s="15" t="n">
+        <v>-26.8</v>
+      </c>
+      <c r="TR10" s="15" t="n">
+        <v>-27.1</v>
+      </c>
+      <c r="TS10" s="15" t="n">
+        <v>-34.0</v>
+      </c>
+      <c r="TT10" s="15" t="n">
+        <v>-36.7</v>
+      </c>
+      <c r="TU10" s="15" t="n">
+        <v>-26.4</v>
+      </c>
+      <c r="TV10" s="15" t="n">
+        <v>-20.7</v>
+      </c>
+      <c r="TW10" s="15" t="n">
+        <v>-22.7</v>
+      </c>
+      <c r="TX10" s="15" t="n">
+        <v>-21.4</v>
+      </c>
+      <c r="TY10" s="15" t="n">
+        <v>-20.3</v>
+      </c>
+      <c r="TZ10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="UA10" s="15" t="n">
+        <v>-7.9</v>
+      </c>
+      <c r="UB10" s="15" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="UC10" s="15" t="n">
+        <v>30.7</v>
+      </c>
+      <c r="UD10" s="15" t="n">
+        <v>42.4</v>
+      </c>
+      <c r="UE10" s="15" t="n">
+        <v>91.8</v>
+      </c>
+      <c r="UF10" s="15" t="n">
+        <v>128.9</v>
+      </c>
+      <c r="UG10" s="15" t="n">
+        <v>110.2</v>
+      </c>
+      <c r="UH10" s="15" t="n">
+        <v>108.2</v>
+      </c>
+      <c r="UI10" s="15" t="n">
+        <v>121.0</v>
+      </c>
+      <c r="UJ10" s="15" t="n">
+        <v>129.8</v>
+      </c>
+      <c r="UK10" s="15" t="n">
+        <v>168.4</v>
+      </c>
+      <c r="UL10" s="15" t="n">
+        <v>153.9</v>
+      </c>
+      <c r="UM10" s="15" t="n">
+        <v>115.1</v>
+      </c>
+      <c r="UN10" s="15" t="n">
+        <v>118.1</v>
+      </c>
+      <c r="UO10" s="15" t="n">
+        <v>98.0</v>
+      </c>
+      <c r="UP10" s="15" t="n">
+        <v>103.1</v>
+      </c>
+      <c r="UQ10" s="15" t="n">
+        <v>69.2</v>
+      </c>
+      <c r="UR10" s="15" t="n">
+        <v>46.8</v>
+      </c>
+      <c r="US10" s="15" t="n">
+        <v>35.9</v>
+      </c>
+      <c r="UT10" s="15" t="n">
+        <v>35.5</v>
+      </c>
+      <c r="UU10" s="15" t="n">
+        <v>34.2</v>
+      </c>
+      <c r="UV10" s="15" t="n">
+        <v>32.2</v>
+      </c>
+      <c r="UW10" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="UX10" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="UY10" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="UZ10" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="VA10" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="VB10" s="15" t="n">
+        <v>-8.6</v>
+      </c>
+      <c r="VC10" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="VD10" s="15" t="n">
+        <v>-9.0</v>
+      </c>
+      <c r="VE10" s="15" t="n">
+        <v>-11.5</v>
+      </c>
+      <c r="VF10" s="15" t="n">
+        <v>-13.6</v>
+      </c>
+      <c r="VG10" s="15" t="n">
+        <v>-20.1</v>
+      </c>
+      <c r="VH10" s="15" t="n">
+        <v>-21.4</v>
+      </c>
+      <c r="VI10" s="15" t="n">
+        <v>-14.5</v>
+      </c>
+      <c r="VJ10" s="15" t="n">
+        <v>-12.7</v>
+      </c>
+      <c r="VK10" s="15" t="n">
+        <v>-12.0</v>
+      </c>
+      <c r="VL10" s="15" t="n">
+        <v>-13.0</v>
+      </c>
+      <c r="VM10" s="15" t="n">
+        <v>-9.9</v>
+      </c>
+      <c r="VN10" s="15" t="n">
+        <v>-9.4</v>
+      </c>
+      <c r="VO10" s="15" t="n">
+        <v>-13.4</v>
+      </c>
+      <c r="VP10" s="15" t="n">
+        <v>-8.3</v>
+      </c>
+      <c r="VQ10" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="VR10" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="VS10" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="VT10" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="VU10" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="VV10" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="VW10" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="VX10" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="VY10" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="VZ10" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="WA10" s="15" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="WB10" s="15" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="WC10" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="WD10" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="WE10" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="WF10" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="WG10" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="WH10" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="WI10" s="15" t="n">
+        <v>-8.8</v>
+      </c>
+      <c r="WJ10" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="WK10" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="WL10" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="WM10" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="WN10" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="WO10" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="WP10" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="WQ10" s="15" t="n">
+        <v>16.4</v>
+      </c>
+      <c r="WR10" s="15" t="n">
+        <v>15.8</v>
+      </c>
+      <c r="WS10" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="WT10" s="15" t="n">
+        <v>15.9</v>
+      </c>
+      <c r="WU10" s="15" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="WV10" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="WW10" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="WX10" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="WY10" s="15" t="n">
+        <v>-7.8</v>
+      </c>
+      <c r="WZ10" s="15" t="n">
+        <v>-11.6</v>
+      </c>
+      <c r="XA10" s="15" t="n">
+        <v>-15.1</v>
+      </c>
+      <c r="XB10" s="15" t="n">
+        <v>-14.2</v>
+      </c>
+      <c r="XC10" s="15" t="n">
+        <v>-16.7</v>
+      </c>
+      <c r="XD10" s="15" t="n">
+        <v>-17.7</v>
+      </c>
+      <c r="XE10" s="15" t="n">
+        <v>-14.1</v>
+      </c>
+      <c r="XF10" s="15" t="n">
         <v>-13.7</v>
       </c>
-      <c r="SM10" s="15" t="n">
-[...5 lines deleted...]
-      <c r="SO10" s="15" t="n">
+      <c r="XG10" s="15" t="n">
+        <v>-14.0</v>
+      </c>
+      <c r="XH10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="SP10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="SQ10" s="15" t="n">
+      <c r="XI10" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="XJ10" s="15" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="XK10" s="15" t="n">
+        <v>-7.0</v>
+      </c>
+      <c r="XL10" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="XM10" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="XN10" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="XO10" s="15" t="n">
+        <v>-4.7</v>
+      </c>
+      <c r="XP10" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="XQ10" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="XR10" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="XS10" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="XT10" s="15" t="n">
+        <v>-8.8</v>
+      </c>
+      <c r="XU10" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="XV10" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="XW10" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="XX10" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="XY10" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="XZ10" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="YA10" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="YB10" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="YC10" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="YD10" s="15" t="n">
+        <v>-11.6</v>
+      </c>
+      <c r="YE10" s="15" t="n">
+        <v>-6.5</v>
+      </c>
+      <c r="YF10" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="YG10" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="YH10" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="YI10" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="YJ10" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="YK10" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="YL10" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="YM10" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="YN10" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="YO10" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="YP10" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="YQ10" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="YR10" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="YS10" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="YT10" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="YU10" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="YV10" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="YW10" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="YX10" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="YY10" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="YZ10" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="ZA10" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="ZB10" s="15" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="ZC10" s="15" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="ZD10" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="ZE10" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="ZF10" s="15" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="ZG10" s="15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="ZH10" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="ZI10" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="ZJ10" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="ZK10" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="ZL10" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="ZM10" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="ZN10" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="ZO10" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="ZP10" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="ZQ10" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="SR10" s="15" t="n">
-[...17 lines deleted...]
-      <c r="SX10" s="15" t="n">
+      <c r="ZR10" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="ZS10" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="ZT10" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="ZU10" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="ZV10" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="ZW10" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="ZX10" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="ZY10" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="ZZ10" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="AAA10" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="AAB10" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AAC10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AAD10" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="AAE10" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="AAF10" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="AAG10" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="AAH10" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="SY10" s="15" t="n">
-[...230 lines deleted...]
-      <c r="VX10" s="15" t="n">
+      <c r="AAI10" s="15" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="AAJ10" s="15" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="AAK10" s="15" t="n">
+        <v>18.6</v>
+      </c>
+      <c r="AAL10" s="15" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="AAM10" s="15" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="AAN10" s="15" t="n">
+        <v>17.2</v>
+      </c>
+      <c r="AAO10" s="15" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="AAP10" s="15" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="AAQ10" s="15" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="AAR10" s="15" t="n">
+        <v>15.2</v>
+      </c>
+      <c r="AAS10" s="15" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="AAT10" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="VY10" s="15" t="n">
-[...23 lines deleted...]
-      <c r="WG10" s="15" t="n">
+      <c r="AAU10" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="AAV10" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="AAW10" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="AAX10" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="AAY10" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="AAZ10" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="ABA10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="WH10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="WI10" s="15" t="n">
+      <c r="ABB10" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="ABC10" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="ABD10" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="ABE10" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="ABF10" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="ABG10" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="ABH10" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="ABI10" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="ABJ10" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="ABK10" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="ABL10" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="ABM10" s="15" t="n">
         <v>6.3</v>
-      </c>
-[...400 lines deleted...]
-        <v>8.3</v>
       </c>
       <c r="ABN10" s="15" t="n">
         <v>8.6</v>
       </c>
       <c r="ABO10" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="ABP10" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="ABP10" s="15" t="n">
+      <c r="ABQ10" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="ABR10" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="ABS10" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="ABT10" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="ABU10" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="ABV10" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="ABQ10" s="15" t="n">
+      <c r="ABW10" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="ABR10" s="13" t="inlineStr">
+      <c r="ABX10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABS10" s="13" t="inlineStr">
+      <c r="ABY10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABT10" s="13" t="inlineStr">
+      <c r="ABZ10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABU10" s="13" t="inlineStr">
+      <c r="ACA10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABV10" s="13" t="inlineStr">
+      <c r="ACB10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABW10" s="13" t="inlineStr">
+      <c r="ACC10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABX10" s="13" t="inlineStr">
+      <c r="ACD10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABY10" s="13" t="inlineStr">
+      <c r="ACE10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABZ10" s="13" t="inlineStr">
+      <c r="ACF10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ACA10" s="13" t="inlineStr">
+      <c r="ACG10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ACB10" s="13" t="inlineStr">
+      <c r="ACH10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ACC10" s="13" t="inlineStr">
+      <c r="ACI10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ACD10" s="15" t="n">
+      <c r="ACJ10" s="15" t="n">
+        <v>-15.9</v>
+      </c>
+      <c r="ACK10" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="ACL10" s="15" t="n">
+        <v>-13.8</v>
+      </c>
+      <c r="ACM10" s="15" t="n">
+        <v>-17.8</v>
+      </c>
+      <c r="ACN10" s="15" t="n">
         <v>-13.7</v>
       </c>
-      <c r="ACE10" s="15" t="n">
-[...5 lines deleted...]
-      <c r="ACG10" s="15" t="n">
+      <c r="ACO10" s="15" t="n">
         <v>-16.9</v>
       </c>
-      <c r="ACH10" s="15" t="n">
+      <c r="ACP10" s="15" t="n">
         <v>-13.9</v>
       </c>
-      <c r="ACI10" s="15" t="n">
+      <c r="ACQ10" s="15" t="n">
         <v>-12.6</v>
       </c>
-      <c r="ACJ10" s="15" t="n">
+      <c r="ACR10" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="ACK10" s="15" t="n">
+      <c r="ACS10" s="15" t="n">
         <v>-28.2</v>
       </c>
-      <c r="ACL10" s="15" t="n">
+      <c r="ACT10" s="15" t="n">
         <v>-25.5</v>
       </c>
-      <c r="ACM10" s="15" t="n">
+      <c r="ACU10" s="15" t="n">
         <v>-14.1</v>
       </c>
-      <c r="ACN10" s="15" t="n">
+      <c r="ACV10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ACO10" s="15" t="n">
+      <c r="ACW10" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="ACP10" s="15" t="n">
+      <c r="ACX10" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="ACQ10" s="15" t="n">
+      <c r="ACY10" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="ACR10" s="15" t="n">
+      <c r="ACZ10" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="ACS10" s="15" t="n">
+      <c r="ADA10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="ACT10" s="15" t="n">
+      <c r="ADB10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ACU10" s="15" t="n">
+      <c r="ADC10" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="ACV10" s="15" t="n">
+      <c r="ADD10" s="15" t="n">
         <v>-12.2</v>
       </c>
-      <c r="ACW10" s="15" t="n">
+      <c r="ADE10" s="15" t="n">
         <v>-22.3</v>
       </c>
-      <c r="ACX10" s="15" t="n">
+      <c r="ADF10" s="15" t="n">
         <v>-28.2</v>
       </c>
-      <c r="ACY10" s="15" t="n">
+      <c r="ADG10" s="15" t="n">
         <v>-26.1</v>
       </c>
-      <c r="ACZ10" s="15" t="n">
+      <c r="ADH10" s="15" t="n">
         <v>-16.0</v>
       </c>
-      <c r="ADA10" s="15" t="n">
+      <c r="ADI10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="ADB10" s="15" t="n">
+      <c r="ADJ10" s="15" t="n">
         <v>-25.6</v>
       </c>
-      <c r="ADC10" s="15" t="n">
+      <c r="ADK10" s="15" t="n">
         <v>-26.8</v>
       </c>
-      <c r="ADD10" s="15" t="n">
+      <c r="ADL10" s="15" t="n">
         <v>-21.0</v>
       </c>
-      <c r="ADE10" s="15" t="n">
+      <c r="ADM10" s="15" t="n">
         <v>-17.3</v>
       </c>
-      <c r="ADF10" s="15" t="n">
+      <c r="ADN10" s="15" t="n">
         <v>-20.7</v>
       </c>
-      <c r="ADG10" s="15" t="n">
+      <c r="ADO10" s="15" t="n">
         <v>-21.2</v>
       </c>
-      <c r="ADH10" s="15" t="n">
+      <c r="ADP10" s="15" t="n">
         <v>-20.1</v>
       </c>
-      <c r="ADI10" s="15" t="n">
+      <c r="ADQ10" s="15" t="n">
         <v>-23.3</v>
       </c>
-      <c r="ADJ10" s="15" t="n">
+      <c r="ADR10" s="15" t="n">
         <v>-20.6</v>
       </c>
-      <c r="ADK10" s="15" t="n">
+      <c r="ADS10" s="15" t="n">
         <v>-15.4</v>
       </c>
-      <c r="ADL10" s="15" t="n">
+      <c r="ADT10" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="ADM10" s="15" t="n">
+      <c r="ADU10" s="15" t="n">
         <v>-14.2</v>
       </c>
-      <c r="ADN10" s="15" t="n">
+      <c r="ADV10" s="15" t="n">
         <v>17.3</v>
       </c>
-      <c r="ADO10" s="15" t="n">
+      <c r="ADW10" s="15" t="n">
         <v>17.4</v>
       </c>
-      <c r="ADP10" s="15" t="n">
+      <c r="ADX10" s="15" t="n">
         <v>27.2</v>
       </c>
-      <c r="ADQ10" s="15" t="n">
+      <c r="ADY10" s="15" t="n">
         <v>47.0</v>
       </c>
-      <c r="ADR10" s="15" t="n">
+      <c r="ADZ10" s="15" t="n">
         <v>47.1</v>
       </c>
-      <c r="ADS10" s="15" t="n">
+      <c r="AEA10" s="15" t="n">
         <v>25.7</v>
       </c>
-      <c r="ADT10" s="15" t="n">
+      <c r="AEB10" s="15" t="n">
         <v>18.3</v>
       </c>
-      <c r="ADU10" s="15" t="n">
+      <c r="AEC10" s="15" t="n">
         <v>16.3</v>
       </c>
-      <c r="ADV10" s="15" t="n">
+      <c r="AED10" s="15" t="n">
         <v>18.5</v>
       </c>
-      <c r="ADW10" s="15" t="n">
+      <c r="AEE10" s="15" t="n">
         <v>24.5</v>
       </c>
-      <c r="ADX10" s="15" t="n">
+      <c r="AEF10" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="ADY10" s="15" t="n">
+      <c r="AEG10" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="ADZ10" s="15" t="n">
+      <c r="AEH10" s="15" t="n">
         <v>118.1</v>
       </c>
-      <c r="AEA10" s="15" t="n">
+      <c r="AEI10" s="15" t="n">
         <v>95.8</v>
       </c>
-      <c r="AEB10" s="15" t="n">
+      <c r="AEJ10" s="15" t="n">
         <v>94.8</v>
       </c>
-      <c r="AEC10" s="15" t="n">
+      <c r="AEK10" s="15" t="n">
         <v>67.2</v>
       </c>
-      <c r="AED10" s="15" t="n">
+      <c r="AEL10" s="15" t="n">
         <v>40.2</v>
       </c>
-      <c r="AEE10" s="15" t="n">
+      <c r="AEM10" s="15" t="n">
         <v>30.5</v>
       </c>
-      <c r="AEF10" s="15" t="n">
+      <c r="AEN10" s="15" t="n">
         <v>24.0</v>
       </c>
-      <c r="AEG10" s="15" t="n">
+      <c r="AEO10" s="15" t="n">
         <v>14.8</v>
       </c>
-      <c r="AEH10" s="15" t="n">
+      <c r="AEP10" s="15" t="n">
         <v>12.5</v>
       </c>
-      <c r="AEI10" s="15" t="n">
+      <c r="AEQ10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AEJ10" s="15" t="n">
+      <c r="AER10" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="AEK10" s="15" t="n">
+      <c r="AES10" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="AEL10" s="15" t="n">
+      <c r="AET10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AEM10" s="15" t="n">
+      <c r="AEU10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AEN10" s="15" t="n">
+      <c r="AEV10" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="AEO10" s="15" t="n">
+      <c r="AEW10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AEP10" s="15" t="n">
+      <c r="AEX10" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="AEQ10" s="15" t="n">
+      <c r="AEY10" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="AER10" s="15" t="n">
+      <c r="AEZ10" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="AES10" s="15" t="n">
+      <c r="AFA10" s="15" t="n">
         <v>-13.9</v>
       </c>
-      <c r="AET10" s="15" t="n">
+      <c r="AFB10" s="15" t="n">
         <v>-14.4</v>
       </c>
-      <c r="AEU10" s="15" t="n">
+      <c r="AFC10" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="AEV10" s="15" t="n">
+      <c r="AFD10" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="AEW10" s="15" t="n">
+      <c r="AFE10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AEX10" s="15" t="n">
+      <c r="AFF10" s="15" t="n">
         <v>-13.0</v>
       </c>
-      <c r="AEY10" s="15" t="n">
+      <c r="AFG10" s="15" t="n">
         <v>-10.1</v>
       </c>
-      <c r="AEZ10" s="15" t="n">
+      <c r="AFH10" s="15" t="n">
         <v>-8.0</v>
       </c>
-      <c r="AFA10" s="15" t="n">
+      <c r="AFI10" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="AFB10" s="15" t="n">
+      <c r="AFJ10" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="AFC10" s="15" t="n">
+      <c r="AFK10" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="AFD10" s="15" t="n">
+      <c r="AFL10" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="AFE10" s="15" t="n">
+      <c r="AFM10" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="AFF10" s="15" t="n">
+      <c r="AFN10" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="AFG10" s="15" t="n">
+      <c r="AFO10" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="AFH10" s="15" t="n">
+      <c r="AFP10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AFI10" s="15" t="n">
+      <c r="AFQ10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AFJ10" s="15" t="n">
+      <c r="AFR10" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="AFK10" s="15" t="n">
+      <c r="AFS10" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AFL10" s="15" t="n">
+      <c r="AFT10" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="AFM10" s="15" t="n">
+      <c r="AFU10" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="AFN10" s="15" t="n">
+      <c r="AFV10" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="AFO10" s="15" t="n">
+      <c r="AFW10" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AFP10" s="15" t="n">
+      <c r="AFX10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AFQ10" s="15" t="n">
+      <c r="AFY10" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="AFR10" s="15" t="n">
+      <c r="AFZ10" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="AFS10" s="15" t="n">
+      <c r="AGA10" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="AFT10" s="15" t="n">
+      <c r="AGB10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AFU10" s="15" t="n">
+      <c r="AGC10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AFV10" s="15" t="n">
+      <c r="AGD10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="AFW10" s="15" t="n">
+      <c r="AGE10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="AFX10" s="15" t="n">
+      <c r="AGF10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="AFY10" s="15" t="n">
+      <c r="AGG10" s="15" t="n">
         <v>-6.4</v>
       </c>
-      <c r="AFZ10" s="15" t="n">
+      <c r="AGH10" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="AGA10" s="15" t="n">
+      <c r="AGI10" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="AGB10" s="15" t="n">
+      <c r="AGJ10" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="AGC10" s="15" t="n">
+      <c r="AGK10" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="AGD10" s="15" t="n">
+      <c r="AGL10" s="15" t="n">
         <v>-8.7</v>
       </c>
-      <c r="AGE10" s="15" t="n">
+      <c r="AGM10" s="15" t="n">
         <v>-9.3</v>
       </c>
-      <c r="AGF10" s="15" t="n">
+      <c r="AGN10" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="AGG10" s="15" t="n">
+      <c r="AGO10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="AGH10" s="15" t="n">
+      <c r="AGP10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AGI10" s="15" t="n">
+      <c r="AGQ10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AGJ10" s="15" t="n">
+      <c r="AGR10" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="AGK10" s="15" t="n">
+      <c r="AGS10" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="AGL10" s="15" t="n">
+      <c r="AGT10" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="AGM10" s="15" t="n">
+      <c r="AGU10" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="AGN10" s="15" t="n">
+      <c r="AGV10" s="15" t="n">
         <v>-10.6</v>
       </c>
-      <c r="AGO10" s="15" t="n">
+      <c r="AGW10" s="15" t="n">
         <v>-18.4</v>
       </c>
-      <c r="AGP10" s="15" t="n">
+      <c r="AGX10" s="15" t="n">
         <v>-18.8</v>
       </c>
-      <c r="AGQ10" s="15" t="n">
+      <c r="AGY10" s="15" t="n">
         <v>-15.5</v>
       </c>
-      <c r="AGR10" s="15" t="n">
+      <c r="AGZ10" s="15" t="n">
         <v>-14.4</v>
       </c>
-      <c r="AGS10" s="15" t="n">
+      <c r="AHA10" s="15" t="n">
         <v>-10.4</v>
       </c>
-      <c r="AGT10" s="15" t="n">
+      <c r="AHB10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AGU10" s="15" t="n">
+      <c r="AHC10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="AGV10" s="15" t="n">
+      <c r="AHD10" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="AGW10" s="15" t="n">
+      <c r="AHE10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="AGX10" s="15" t="n">
+      <c r="AHF10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AGY10" s="15" t="n">
+      <c r="AHG10" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="AGZ10" s="15" t="n">
+      <c r="AHH10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AHA10" s="15" t="n">
+      <c r="AHI10" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="AHB10" s="15" t="n">
+      <c r="AHJ10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="AHC10" s="15" t="n">
+      <c r="AHK10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="AHD10" s="15" t="n">
+      <c r="AHL10" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="AHE10" s="15" t="n">
+      <c r="AHM10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AHF10" s="15" t="n">
+      <c r="AHN10" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="AHG10" s="15" t="n">
+      <c r="AHO10" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="AHH10" s="15" t="n">
+      <c r="AHP10" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="AHI10" s="15" t="n">
+      <c r="AHQ10" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="AHJ10" s="15" t="n">
+      <c r="AHR10" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="AHK10" s="15" t="n">
+      <c r="AHS10" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="AHL10" s="15" t="n">
+      <c r="AHT10" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="AHM10" s="15" t="n">
+      <c r="AHU10" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="AHN10" s="15" t="n">
+      <c r="AHV10" s="15" t="n">
         <v>-13.0</v>
       </c>
-      <c r="AHO10" s="15" t="n">
+      <c r="AHW10" s="15" t="n">
         <v>-12.9</v>
       </c>
-      <c r="AHP10" s="15" t="n">
+      <c r="AHX10" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="AHQ10" s="15" t="n">
+      <c r="AHY10" s="15" t="n">
         <v>-8.5</v>
       </c>
-      <c r="AHR10" s="15" t="n">
+      <c r="AHZ10" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="AHS10" s="15" t="n">
+      <c r="AIA10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AHT10" s="15" t="n">
+      <c r="AIB10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AHU10" s="15" t="n">
+      <c r="AIC10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AHV10" s="15" t="n">
+      <c r="AID10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AHW10" s="15" t="n">
+      <c r="AIE10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AHX10" s="15" t="n">
+      <c r="AIF10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AHY10" s="15" t="n">
+      <c r="AIG10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="AHZ10" s="15" t="n">
+      <c r="AIH10" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="AIA10" s="15" t="n">
+      <c r="AII10" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="AIB10" s="15" t="n">
+      <c r="AIJ10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AIC10" s="15" t="n">
+      <c r="AIK10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AID10" s="15" t="n">
+      <c r="AIL10" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="AIE10" s="15" t="n">
+      <c r="AIM10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AIF10" s="15" t="n">
+      <c r="AIN10" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AIG10" s="15" t="n">
+      <c r="AIO10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AIH10" s="15" t="n">
+      <c r="AIP10" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="AII10" s="15" t="n">
+      <c r="AIQ10" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="AIJ10" s="15" t="n">
+      <c r="AIR10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AIK10" s="15" t="n">
+      <c r="AIS10" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AIL10" s="15" t="n">
+      <c r="AIT10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AIM10" s="15" t="n">
+      <c r="AIU10" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="AIN10" s="15" t="n">
+      <c r="AIV10" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="AIO10" s="15" t="n">
+      <c r="AIW10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="AIP10" s="15" t="n">
+      <c r="AIX10" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="AIQ10" s="15" t="n">
+      <c r="AIY10" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="AIR10" s="15" t="n">
+      <c r="AIZ10" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="AIS10" s="15" t="n">
+      <c r="AJA10" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="AIT10" s="15" t="n">
+      <c r="AJB10" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="AIU10" s="15" t="n">
+      <c r="AJC10" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="AIV10" s="15" t="n">
+      <c r="AJD10" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AIW10" s="15" t="n">
+      <c r="AJE10" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="AIX10" s="15" t="n">
+      <c r="AJF10" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AIY10" s="15" t="n">
+      <c r="AJG10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AIZ10" s="15" t="n">
+      <c r="AJH10" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AJA10" s="15" t="n">
+      <c r="AJI10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AJB10" s="15" t="n">
+      <c r="AJJ10" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="AJC10" s="15" t="n">
+      <c r="AJK10" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AJD10" s="15" t="n">
+      <c r="AJL10" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AJE10" s="15" t="n">
+      <c r="AJM10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AJF10" s="15" t="n">
+      <c r="AJN10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AJG10" s="15" t="n">
+      <c r="AJO10" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AJH10" s="15" t="n">
+      <c r="AJP10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AJI10" s="15" t="n">
+      <c r="AJQ10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AJJ10" s="15" t="n">
+      <c r="AJR10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AJK10" s="15" t="n">
+      <c r="AJS10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AJL10" s="15" t="n">
+      <c r="AJT10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AJM10" s="15" t="n">
+      <c r="AJU10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AJN10" s="15" t="n">
+      <c r="AJV10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AJO10" s="15" t="n">
+      <c r="AJW10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AJP10" s="15" t="n">
+      <c r="AJX10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AJQ10" s="15" t="n">
+      <c r="AJY10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AJR10" s="15" t="n">
+      <c r="AJZ10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AJS10" s="15" t="n">
+      <c r="AKA10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AJT10" s="15" t="n">
+      <c r="AKB10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AJU10" s="15" t="n">
+      <c r="AKC10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AJV10" s="15" t="n">
+      <c r="AKD10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AJW10" s="15" t="n">
+      <c r="AKE10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AJX10" s="15" t="n">
+      <c r="AKF10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AJY10" s="15" t="n">
+      <c r="AKG10" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AJZ10" s="15" t="n">
+      <c r="AKH10" s="15" t="n">
         <v>17.2</v>
       </c>
-      <c r="AKA10" s="15" t="n">
+      <c r="AKI10" s="15" t="n">
         <v>16.7</v>
       </c>
-      <c r="AKB10" s="15" t="n">
+      <c r="AKJ10" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="AKC10" s="15" t="n">
+      <c r="AKK10" s="15" t="n">
         <v>13.7</v>
       </c>
-      <c r="AKD10" s="15" t="n">
+      <c r="AKL10" s="15" t="n">
         <v>14.2</v>
       </c>
-      <c r="AKE10" s="15" t="n">
+      <c r="AKM10" s="15" t="n">
         <v>14.2</v>
       </c>
-      <c r="AKF10" s="15" t="n">
+      <c r="AKN10" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AKG10" s="15" t="n">
+      <c r="AKO10" s="15" t="n">
         <v>3.9</v>
-      </c>
-[...22 lines deleted...]
-        <v>4.0</v>
       </c>
       <c r="AKP10" s="15" t="n">
         <v>3.9</v>
       </c>
       <c r="AKQ10" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="AKR10" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="AKS10" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="AKT10" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="AKU10" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="AKV10" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="AKW10" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AKR10" s="15" t="n">
+      <c r="AKX10" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="AKY10" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="AKZ10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AKS10" s="15" t="n">
+      <c r="ALA10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AKT10" s="15" t="n">
+      <c r="ALB10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AKU10" s="15" t="n">
+      <c r="ALC10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AKV10" s="15" t="n">
+      <c r="ALD10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AKW10" s="15" t="n">
+      <c r="ALE10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AKX10" s="15" t="n">
+      <c r="ALF10" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AKY10" s="15" t="n">
+      <c r="ALG10" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AKZ10" s="15" t="n">
+      <c r="ALH10" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="ALA10" s="15" t="n">
+      <c r="ALI10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="ALB10" s="15" t="n">
+      <c r="ALJ10" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="ALC10" s="15" t="n">
+      <c r="ALK10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="ALD10" s="15" t="n">
+      <c r="ALL10" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="ALE10" s="15" t="n">
+      <c r="ALM10" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="ALF10" s="15" t="n">
+      <c r="ALN10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="ALG10" s="15" t="n">
+      <c r="ALO10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="ALH10" s="15" t="n">
+      <c r="ALP10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ALI10" s="15" t="n">
+      <c r="ALQ10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="ALJ10" s="13" t="inlineStr">
+      <c r="ALR10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALK10" s="13" t="inlineStr">
+      <c r="ALS10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALL10" s="13" t="inlineStr">
+      <c r="ALT10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALM10" s="13" t="inlineStr">
+      <c r="ALU10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALN10" s="13" t="inlineStr">
+      <c r="ALV10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALO10" s="13" t="inlineStr">
+      <c r="ALW10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALP10" s="13" t="inlineStr">
+      <c r="ALX10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALQ10" s="13" t="inlineStr">
+      <c r="ALY10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALR10" s="13" t="inlineStr">
+      <c r="ALZ10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALS10" s="13" t="inlineStr">
+      <c r="AMA10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALT10" s="13" t="inlineStr">
+      <c r="AMB10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALU10" s="13" t="inlineStr">
+      <c r="AMC10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    E Water supply; sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>109.587</v>
+        <v>110.314</v>
       </c>
       <c r="C11" s="14" t="n">
+        <v>110.036</v>
+      </c>
+      <c r="D11" s="14" t="n">
+        <v>109.606</v>
+      </c>
+      <c r="E11" s="14" t="n">
         <v>109.474</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>109.256</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>109.288</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>108.928</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>109.039</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>108.626</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>108.52</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="L11" s="14" t="n">
         <v>108.481</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="M11" s="14" t="n">
         <v>108.126</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>107.549</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>107.403</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>106.079</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>106.052</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>106.097</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>106.128</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>105.518</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>105.157</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="V11" s="14" t="n">
         <v>104.708</v>
       </c>
-      <c r="U11" s="14" t="n">
+      <c r="W11" s="14" t="n">
         <v>104.352</v>
       </c>
-      <c r="V11" s="14" t="n">
+      <c r="X11" s="14" t="n">
         <v>104.15</v>
       </c>
-      <c r="W11" s="14" t="n">
+      <c r="Y11" s="14" t="n">
         <v>103.912</v>
       </c>
-      <c r="X11" s="14" t="n">
+      <c r="Z11" s="14" t="n">
         <v>103.506</v>
       </c>
-      <c r="Y11" s="14" t="n">
+      <c r="AA11" s="14" t="n">
         <v>103.533</v>
-      </c>
-[...4 lines deleted...]
-        <v>102.981</v>
       </c>
       <c r="AB11" s="14" t="n">
         <v>102.981</v>
       </c>
       <c r="AC11" s="14" t="n">
+        <v>102.981</v>
+      </c>
+      <c r="AD11" s="14" t="n">
+        <v>102.981</v>
+      </c>
+      <c r="AE11" s="14" t="n">
         <v>102.932</v>
       </c>
-      <c r="AD11" s="14" t="n">
+      <c r="AF11" s="14" t="n">
         <v>102.699</v>
       </c>
-      <c r="AE11" s="14" t="n">
+      <c r="AG11" s="14" t="n">
         <v>102.71</v>
       </c>
-      <c r="AF11" s="14" t="n">
+      <c r="AH11" s="14" t="n">
         <v>102.861</v>
       </c>
-      <c r="AG11" s="14" t="n">
+      <c r="AI11" s="14" t="n">
         <v>102.779</v>
       </c>
-      <c r="AH11" s="14" t="n">
+      <c r="AJ11" s="14" t="n">
         <v>102.543</v>
       </c>
-      <c r="AI11" s="14" t="n">
+      <c r="AK11" s="14" t="n">
         <v>102.415</v>
       </c>
-      <c r="AJ11" s="14" t="n">
+      <c r="AL11" s="14" t="n">
         <v>102.394</v>
       </c>
-      <c r="AK11" s="14" t="n">
+      <c r="AM11" s="14" t="n">
         <v>102.077</v>
       </c>
-      <c r="AL11" s="14" t="n">
+      <c r="AN11" s="14" t="n">
         <v>101.575</v>
       </c>
-      <c r="AM11" s="14" t="n">
+      <c r="AO11" s="14" t="n">
         <v>101.528</v>
       </c>
-      <c r="AN11" s="14" t="n">
+      <c r="AP11" s="14" t="n">
         <v>101.576</v>
       </c>
-      <c r="AO11" s="14" t="n">
+      <c r="AQ11" s="14" t="n">
         <v>101.187</v>
       </c>
-      <c r="AP11" s="14" t="n">
+      <c r="AR11" s="14" t="n">
         <v>100.96</v>
       </c>
-      <c r="AQ11" s="14" t="n">
+      <c r="AS11" s="14" t="n">
         <v>100.724</v>
       </c>
-      <c r="AR11" s="14" t="n">
+      <c r="AT11" s="14" t="n">
         <v>100.683</v>
       </c>
-      <c r="AS11" s="14" t="n">
+      <c r="AU11" s="14" t="n">
         <v>100.799</v>
       </c>
-      <c r="AT11" s="14" t="n">
+      <c r="AV11" s="14" t="n">
         <v>100.903</v>
       </c>
-      <c r="AU11" s="14" t="n">
+      <c r="AW11" s="14" t="n">
         <v>101.022</v>
       </c>
-      <c r="AV11" s="14" t="n">
+      <c r="AX11" s="14" t="n">
         <v>100.851</v>
       </c>
-      <c r="AW11" s="14" t="n">
+      <c r="AY11" s="14" t="n">
         <v>100.807</v>
       </c>
-      <c r="AX11" s="14" t="n">
+      <c r="AZ11" s="14" t="n">
         <v>100.149</v>
       </c>
-      <c r="AY11" s="14" t="n">
+      <c r="BA11" s="14" t="n">
         <v>100.038</v>
       </c>
-      <c r="AZ11" s="14" t="n">
+      <c r="BB11" s="14" t="n">
         <v>99.951</v>
       </c>
-      <c r="BA11" s="14" t="n">
+      <c r="BC11" s="14" t="n">
         <v>99.843</v>
       </c>
-      <c r="BB11" s="14" t="n">
+      <c r="BD11" s="14" t="n">
         <v>99.7</v>
       </c>
-      <c r="BC11" s="14" t="n">
+      <c r="BE11" s="14" t="n">
         <v>99.809</v>
       </c>
-      <c r="BD11" s="14" t="n">
+      <c r="BF11" s="14" t="n">
         <v>99.899</v>
       </c>
-      <c r="BE11" s="14" t="n">
+      <c r="BG11" s="14" t="n">
         <v>99.932</v>
       </c>
-      <c r="BF11" s="14" t="n">
+      <c r="BH11" s="14" t="n">
         <v>100.174</v>
       </c>
-      <c r="BG11" s="14" t="n">
+      <c r="BI11" s="14" t="n">
         <v>100.149</v>
       </c>
-      <c r="BH11" s="14" t="n">
+      <c r="BJ11" s="14" t="n">
         <v>100.232</v>
       </c>
-      <c r="BI11" s="14" t="n">
+      <c r="BK11" s="14" t="n">
         <v>100.125</v>
       </c>
-      <c r="BJ11" s="14" t="n">
+      <c r="BL11" s="14" t="n">
         <v>99.935</v>
       </c>
-      <c r="BK11" s="14" t="n">
+      <c r="BM11" s="14" t="n">
         <v>99.798</v>
       </c>
-      <c r="BL11" s="14" t="n">
+      <c r="BN11" s="14" t="n">
         <v>99.714</v>
       </c>
-      <c r="BM11" s="14" t="n">
+      <c r="BO11" s="14" t="n">
         <v>99.6</v>
       </c>
-      <c r="BN11" s="14" t="n">
+      <c r="BP11" s="14" t="n">
         <v>99.56</v>
       </c>
-      <c r="BO11" s="14" t="n">
+      <c r="BQ11" s="14" t="n">
         <v>99.501</v>
       </c>
-      <c r="BP11" s="14" t="n">
+      <c r="BR11" s="14" t="n">
         <v>99.653</v>
       </c>
-      <c r="BQ11" s="14" t="n">
+      <c r="BS11" s="14" t="n">
         <v>99.749</v>
       </c>
-      <c r="BR11" s="14" t="n">
+      <c r="BT11" s="14" t="n">
         <v>99.626</v>
       </c>
-      <c r="BS11" s="14" t="n">
+      <c r="BU11" s="14" t="n">
         <v>99.307</v>
       </c>
-      <c r="BT11" s="14" t="n">
+      <c r="BV11" s="14" t="n">
         <v>99.287</v>
       </c>
-      <c r="BU11" s="14" t="n">
+      <c r="BW11" s="14" t="n">
         <v>99.152</v>
       </c>
-      <c r="BV11" s="14" t="n">
+      <c r="BX11" s="14" t="n">
         <v>99.007</v>
       </c>
-      <c r="BW11" s="14" t="n">
+      <c r="BY11" s="14" t="n">
         <v>98.922</v>
       </c>
-      <c r="BX11" s="14" t="n">
+      <c r="BZ11" s="14" t="n">
         <v>98.857</v>
       </c>
-      <c r="BY11" s="14" t="n">
+      <c r="CA11" s="14" t="n">
         <v>98.881</v>
       </c>
-      <c r="BZ11" s="14" t="n">
+      <c r="CB11" s="14" t="n">
         <v>98.851</v>
       </c>
-      <c r="CA11" s="14" t="n">
+      <c r="CC11" s="14" t="n">
         <v>98.849</v>
       </c>
-      <c r="CB11" s="14" t="n">
+      <c r="CD11" s="14" t="n">
         <v>98.89</v>
       </c>
-      <c r="CC11" s="14" t="n">
+      <c r="CE11" s="14" t="n">
         <v>98.964</v>
       </c>
-      <c r="CD11" s="14" t="n">
+      <c r="CF11" s="14" t="n">
         <v>99.16</v>
       </c>
-      <c r="CE11" s="14" t="n">
+      <c r="CG11" s="14" t="n">
         <v>99.118</v>
       </c>
-      <c r="CF11" s="14" t="n">
+      <c r="CH11" s="14" t="n">
         <v>99.132</v>
       </c>
-      <c r="CG11" s="14" t="n">
+      <c r="CI11" s="14" t="n">
         <v>99.107</v>
       </c>
-      <c r="CH11" s="14" t="n">
+      <c r="CJ11" s="14" t="n">
         <v>99.026</v>
       </c>
-      <c r="CI11" s="14" t="n">
+      <c r="CK11" s="14" t="n">
         <v>98.937</v>
       </c>
-      <c r="CJ11" s="14" t="n">
+      <c r="CL11" s="14" t="n">
         <v>98.877</v>
       </c>
-      <c r="CK11" s="14" t="n">
+      <c r="CM11" s="14" t="n">
         <v>98.679</v>
       </c>
-      <c r="CL11" s="14" t="n">
+      <c r="CN11" s="14" t="n">
         <v>98.713</v>
       </c>
-      <c r="CM11" s="14" t="n">
+      <c r="CO11" s="14" t="n">
         <v>98.838</v>
       </c>
-      <c r="CN11" s="14" t="n">
+      <c r="CP11" s="14" t="n">
         <v>98.958</v>
       </c>
-      <c r="CO11" s="14" t="n">
+      <c r="CQ11" s="14" t="n">
         <v>98.933</v>
       </c>
-      <c r="CP11" s="14" t="n">
+      <c r="CR11" s="14" t="n">
         <v>99.176</v>
       </c>
-      <c r="CQ11" s="14" t="n">
+      <c r="CS11" s="14" t="n">
         <v>99.069</v>
       </c>
-      <c r="CR11" s="14" t="n">
+      <c r="CT11" s="14" t="n">
         <v>98.981</v>
       </c>
-      <c r="CS11" s="14" t="n">
+      <c r="CU11" s="14" t="n">
         <v>98.741</v>
       </c>
-      <c r="CT11" s="14" t="n">
+      <c r="CV11" s="14" t="n">
         <v>98.409</v>
       </c>
-      <c r="CU11" s="14" t="n">
+      <c r="CW11" s="14" t="n">
         <v>98.272</v>
       </c>
-      <c r="CV11" s="14" t="n">
+      <c r="CX11" s="14" t="n">
         <v>98.2</v>
       </c>
-      <c r="CW11" s="14" t="n">
+      <c r="CY11" s="14" t="n">
         <v>98.229</v>
       </c>
-      <c r="CX11" s="14" t="n">
+      <c r="CZ11" s="14" t="n">
         <v>98.308</v>
       </c>
-      <c r="CY11" s="14" t="n">
+      <c r="DA11" s="14" t="n">
         <v>98.197</v>
       </c>
-      <c r="CZ11" s="14" t="n">
+      <c r="DB11" s="14" t="n">
         <v>98.402</v>
       </c>
-      <c r="DA11" s="14" t="n">
+      <c r="DC11" s="14" t="n">
         <v>98.541</v>
       </c>
-      <c r="DB11" s="14" t="n">
+      <c r="DD11" s="14" t="n">
         <v>98.655</v>
       </c>
-      <c r="DC11" s="14" t="n">
+      <c r="DE11" s="14" t="n">
         <v>98.691</v>
       </c>
-      <c r="DD11" s="14" t="n">
+      <c r="DF11" s="14" t="n">
         <v>98.68</v>
       </c>
-      <c r="DE11" s="14" t="n">
+      <c r="DG11" s="14" t="n">
         <v>98.498</v>
       </c>
-      <c r="DF11" s="14" t="n">
+      <c r="DH11" s="14" t="n">
         <v>98.348</v>
       </c>
-      <c r="DG11" s="14" t="n">
+      <c r="DI11" s="14" t="n">
         <v>98.246</v>
       </c>
-      <c r="DH11" s="14" t="n">
+      <c r="DJ11" s="14" t="n">
         <v>98.145</v>
       </c>
-      <c r="DI11" s="14" t="n">
+      <c r="DK11" s="14" t="n">
         <v>98.255</v>
       </c>
-      <c r="DJ11" s="14" t="n">
+      <c r="DL11" s="14" t="n">
         <v>98.613</v>
       </c>
-      <c r="DK11" s="14" t="n">
+      <c r="DM11" s="14" t="n">
         <v>99.191</v>
       </c>
-      <c r="DL11" s="14" t="n">
+      <c r="DN11" s="14" t="n">
         <v>99.306</v>
       </c>
-      <c r="DM11" s="14" t="n">
+      <c r="DO11" s="14" t="n">
         <v>99.415</v>
       </c>
-      <c r="DN11" s="14" t="n">
+      <c r="DP11" s="14" t="n">
         <v>99.349</v>
       </c>
-      <c r="DO11" s="14" t="n">
+      <c r="DQ11" s="14" t="n">
         <v>99.063</v>
       </c>
-      <c r="DP11" s="14" t="n">
+      <c r="DR11" s="14" t="n">
         <v>98.993</v>
       </c>
-      <c r="DQ11" s="14" t="n">
+      <c r="DS11" s="14" t="n">
         <v>99.019</v>
       </c>
-      <c r="DR11" s="14" t="n">
+      <c r="DT11" s="14" t="n">
         <v>98.618</v>
       </c>
-      <c r="DS11" s="14" t="n">
+      <c r="DU11" s="14" t="n">
         <v>98.553</v>
       </c>
-      <c r="DT11" s="14" t="n">
+      <c r="DV11" s="14" t="n">
         <v>98.416</v>
       </c>
-      <c r="DU11" s="14" t="n">
+      <c r="DW11" s="14" t="n">
         <v>98.243</v>
       </c>
-      <c r="DV11" s="14" t="n">
+      <c r="DX11" s="14" t="n">
         <v>98.337</v>
       </c>
-      <c r="DW11" s="14" t="n">
+      <c r="DY11" s="14" t="n">
         <v>98.212</v>
       </c>
-      <c r="DX11" s="14" t="n">
+      <c r="DZ11" s="14" t="n">
         <v>98.213</v>
       </c>
-      <c r="DY11" s="14" t="n">
+      <c r="EA11" s="14" t="n">
         <v>98.18</v>
       </c>
-      <c r="DZ11" s="14" t="n">
+      <c r="EB11" s="14" t="n">
         <v>98.288</v>
       </c>
-      <c r="EA11" s="14" t="n">
+      <c r="EC11" s="14" t="n">
         <v>98.312</v>
       </c>
-      <c r="EB11" s="14" t="n">
+      <c r="ED11" s="14" t="n">
         <v>97.991</v>
       </c>
-      <c r="EC11" s="14" t="n">
+      <c r="EE11" s="14" t="n">
         <v>98.02</v>
       </c>
-      <c r="ED11" s="14" t="n">
+      <c r="EF11" s="14" t="n">
         <v>97.731</v>
       </c>
-      <c r="EE11" s="14" t="n">
+      <c r="EG11" s="14" t="n">
         <v>97.52</v>
       </c>
-      <c r="EF11" s="14" t="n">
+      <c r="EH11" s="14" t="n">
         <v>97.335</v>
       </c>
-      <c r="EG11" s="14" t="n">
+      <c r="EI11" s="14" t="n">
         <v>97.234</v>
       </c>
-      <c r="EH11" s="14" t="n">
+      <c r="EJ11" s="14" t="n">
         <v>97.09</v>
       </c>
-      <c r="EI11" s="14" t="n">
+      <c r="EK11" s="14" t="n">
         <v>97.2</v>
       </c>
-      <c r="EJ11" s="14" t="n">
+      <c r="EL11" s="14" t="n">
         <v>97.404</v>
       </c>
-      <c r="EK11" s="14" t="n">
+      <c r="EM11" s="14" t="n">
         <v>97.502</v>
       </c>
-      <c r="EL11" s="14" t="n">
+      <c r="EN11" s="14" t="n">
         <v>97.528</v>
       </c>
-      <c r="EM11" s="14" t="n">
+      <c r="EO11" s="14" t="n">
         <v>98.108</v>
       </c>
-      <c r="EN11" s="14" t="n">
+      <c r="EP11" s="14" t="n">
         <v>96.651</v>
       </c>
-      <c r="EO11" s="14" t="n">
+      <c r="EQ11" s="14" t="n">
         <v>96.256</v>
       </c>
-      <c r="EP11" s="14" t="n">
+      <c r="ER11" s="14" t="n">
         <v>95.683</v>
       </c>
-      <c r="EQ11" s="14" t="n">
+      <c r="ES11" s="14" t="n">
         <v>95.351</v>
       </c>
-      <c r="ER11" s="14" t="n">
+      <c r="ET11" s="14" t="n">
         <v>95.374</v>
       </c>
-      <c r="ES11" s="14" t="n">
+      <c r="EU11" s="14" t="n">
         <v>95.343</v>
       </c>
-      <c r="ET11" s="14" t="n">
+      <c r="EV11" s="14" t="n">
         <v>95.275</v>
       </c>
-      <c r="EU11" s="14" t="n">
+      <c r="EW11" s="14" t="n">
         <v>95.286</v>
       </c>
-      <c r="EV11" s="14" t="n">
+      <c r="EX11" s="14" t="n">
         <v>95.398</v>
       </c>
-      <c r="EW11" s="14" t="n">
+      <c r="EY11" s="14" t="n">
         <v>95.314</v>
       </c>
-      <c r="EX11" s="14" t="n">
+      <c r="EZ11" s="14" t="n">
         <v>94.865</v>
       </c>
-      <c r="EY11" s="14" t="n">
+      <c r="FA11" s="14" t="n">
         <v>93.612</v>
       </c>
-      <c r="EZ11" s="14" t="n">
+      <c r="FB11" s="14" t="n">
         <v>92.598</v>
       </c>
-      <c r="FA11" s="14" t="n">
+      <c r="FC11" s="14" t="n">
         <v>92.619</v>
       </c>
-      <c r="FB11" s="14" t="n">
+      <c r="FD11" s="14" t="n">
         <v>91.537</v>
       </c>
-      <c r="FC11" s="14" t="n">
+      <c r="FE11" s="14" t="n">
         <v>91.244</v>
       </c>
-      <c r="FD11" s="14" t="n">
+      <c r="FF11" s="14" t="n">
         <v>90.208</v>
       </c>
-      <c r="FE11" s="14" t="n">
+      <c r="FG11" s="14" t="n">
         <v>90.02</v>
       </c>
-      <c r="FF11" s="14" t="n">
+      <c r="FH11" s="14" t="n">
         <v>89.997</v>
       </c>
-      <c r="FG11" s="14" t="n">
+      <c r="FI11" s="14" t="n">
         <v>90.077</v>
       </c>
-      <c r="FH11" s="14" t="n">
+      <c r="FJ11" s="14" t="n">
         <v>89.898</v>
       </c>
-      <c r="FI11" s="14" t="n">
+      <c r="FK11" s="14" t="n">
         <v>89.476</v>
       </c>
-      <c r="FJ11" s="14" t="n">
+      <c r="FL11" s="14" t="n">
         <v>89.395</v>
       </c>
-      <c r="FK11" s="14" t="n">
+      <c r="FM11" s="14" t="n">
         <v>89.667</v>
       </c>
-      <c r="FL11" s="14" t="n">
+      <c r="FN11" s="14" t="n">
         <v>89.013</v>
       </c>
-      <c r="FM11" s="14" t="n">
+      <c r="FO11" s="14" t="n">
         <v>88.73</v>
       </c>
-      <c r="FN11" s="14" t="n">
+      <c r="FP11" s="14" t="n">
         <v>87.097</v>
       </c>
-      <c r="FO11" s="14" t="n">
+      <c r="FQ11" s="14" t="n">
         <v>86.725</v>
       </c>
-      <c r="FP11" s="14" t="n">
+      <c r="FR11" s="14" t="n">
         <v>86.611</v>
       </c>
-      <c r="FQ11" s="14" t="n">
+      <c r="FS11" s="14" t="n">
         <v>86.68</v>
       </c>
-      <c r="FR11" s="14" t="n">
+      <c r="FT11" s="14" t="n">
         <v>86.742</v>
       </c>
-      <c r="FS11" s="14" t="n">
+      <c r="FU11" s="14" t="n">
         <v>86.916</v>
       </c>
-      <c r="FT11" s="14" t="n">
+      <c r="FV11" s="14" t="n">
         <v>86.87</v>
       </c>
-      <c r="FU11" s="14" t="n">
+      <c r="FW11" s="14" t="n">
         <v>86.86</v>
       </c>
-      <c r="FV11" s="14" t="n">
+      <c r="FX11" s="14" t="n">
         <v>86.731</v>
       </c>
-      <c r="FW11" s="14" t="n">
+      <c r="FY11" s="14" t="n">
         <v>86.527</v>
       </c>
-      <c r="FX11" s="14" t="n">
+      <c r="FZ11" s="14" t="n">
         <v>85.973</v>
       </c>
-      <c r="FY11" s="14" t="n">
+      <c r="GA11" s="14" t="n">
         <v>85.815</v>
       </c>
-      <c r="FZ11" s="14" t="n">
+      <c r="GB11" s="14" t="n">
         <v>84.799</v>
       </c>
-      <c r="GA11" s="14" t="n">
+      <c r="GC11" s="14" t="n">
         <v>84.791</v>
       </c>
-      <c r="GB11" s="14" t="n">
+      <c r="GD11" s="14" t="n">
         <v>84.643</v>
       </c>
-      <c r="GC11" s="14" t="n">
+      <c r="GE11" s="14" t="n">
         <v>84.503</v>
       </c>
-      <c r="GD11" s="14" t="n">
+      <c r="GF11" s="14" t="n">
         <v>84.388</v>
       </c>
-      <c r="GE11" s="14" t="n">
+      <c r="GG11" s="14" t="n">
         <v>84.429</v>
       </c>
-      <c r="GF11" s="14" t="n">
+      <c r="GH11" s="14" t="n">
         <v>84.465</v>
       </c>
-      <c r="GG11" s="14" t="n">
+      <c r="GI11" s="14" t="n">
         <v>84.57</v>
       </c>
-      <c r="GH11" s="14" t="n">
+      <c r="GJ11" s="14" t="n">
         <v>83.941</v>
       </c>
-      <c r="GI11" s="14" t="n">
+      <c r="GK11" s="14" t="n">
         <v>83.816</v>
       </c>
-      <c r="GJ11" s="14" t="n">
+      <c r="GL11" s="14" t="n">
         <v>83.735</v>
       </c>
-      <c r="GK11" s="14" t="n">
+      <c r="GM11" s="14" t="n">
         <v>83.714</v>
       </c>
-      <c r="GL11" s="14" t="n">
+      <c r="GN11" s="14" t="n">
         <v>82.604</v>
       </c>
-      <c r="GM11" s="14" t="n">
+      <c r="GO11" s="14" t="n">
         <v>82.396</v>
       </c>
-      <c r="GN11" s="14" t="n">
+      <c r="GP11" s="14" t="n">
         <v>82.258</v>
       </c>
-      <c r="GO11" s="14" t="n">
+      <c r="GQ11" s="14" t="n">
         <v>82.188</v>
       </c>
-      <c r="GP11" s="14" t="n">
+      <c r="GR11" s="14" t="n">
         <v>82.188</v>
       </c>
-      <c r="GQ11" s="14" t="n">
+      <c r="GS11" s="14" t="n">
         <v>82.327</v>
       </c>
-      <c r="GR11" s="14" t="n">
+      <c r="GT11" s="14" t="n">
         <v>82.258</v>
       </c>
-      <c r="GS11" s="14" t="n">
+      <c r="GU11" s="14" t="n">
         <v>82.258</v>
       </c>
-      <c r="GT11" s="14" t="n">
+      <c r="GV11" s="14" t="n">
         <v>82.05</v>
       </c>
-      <c r="GU11" s="14" t="n">
+      <c r="GW11" s="14" t="n">
         <v>81.564</v>
       </c>
-      <c r="GV11" s="14" t="n">
+      <c r="GX11" s="14" t="n">
         <v>81.079</v>
       </c>
-      <c r="GW11" s="14" t="n">
+      <c r="GY11" s="14" t="n">
         <v>80.87</v>
       </c>
-      <c r="GX11" s="14" t="n">
+      <c r="GZ11" s="14" t="n">
         <v>78.443</v>
       </c>
-      <c r="GY11" s="14" t="n">
+      <c r="HA11" s="14" t="n">
         <v>78.374</v>
       </c>
-      <c r="GZ11" s="14" t="n">
+      <c r="HB11" s="14" t="n">
         <v>78.304</v>
       </c>
-      <c r="HA11" s="14" t="n">
+      <c r="HC11" s="14" t="n">
         <v>78.096</v>
       </c>
-      <c r="HB11" s="14" t="n">
+      <c r="HD11" s="14" t="n">
         <v>78.027</v>
       </c>
-      <c r="HC11" s="14" t="n">
+      <c r="HE11" s="14" t="n">
         <v>77.888</v>
       </c>
-      <c r="HD11" s="14" t="n">
+      <c r="HF11" s="14" t="n">
         <v>77.541</v>
       </c>
-      <c r="HE11" s="14" t="n">
+      <c r="HG11" s="14" t="n">
         <v>77.333</v>
       </c>
-      <c r="HF11" s="14" t="n">
+      <c r="HH11" s="14" t="n">
         <v>77.333</v>
       </c>
-      <c r="HG11" s="14" t="n">
+      <c r="HI11" s="14" t="n">
         <v>77.056</v>
       </c>
-      <c r="HH11" s="14" t="n">
+      <c r="HJ11" s="14" t="n">
         <v>76.917</v>
       </c>
-      <c r="HI11" s="14" t="n">
+      <c r="HK11" s="14" t="n">
         <v>76.362</v>
       </c>
-      <c r="HJ11" s="14" t="n">
+      <c r="HL11" s="14" t="n">
         <v>74.49</v>
       </c>
-      <c r="HK11" s="14" t="n">
+      <c r="HM11" s="14" t="n">
         <v>74.282</v>
       </c>
-      <c r="HL11" s="14" t="n">
+      <c r="HN11" s="14" t="n">
         <v>74.282</v>
       </c>
-      <c r="HM11" s="14" t="n">
+      <c r="HO11" s="14" t="n">
         <v>74.143</v>
       </c>
-      <c r="HN11" s="14" t="n">
+      <c r="HP11" s="14" t="n">
         <v>74.073</v>
-      </c>
-[...4 lines deleted...]
-        <v>73.935</v>
       </c>
       <c r="HQ11" s="14" t="n">
         <v>73.935</v>
       </c>
       <c r="HR11" s="14" t="n">
+        <v>73.935</v>
+      </c>
+      <c r="HS11" s="14" t="n">
+        <v>73.935</v>
+      </c>
+      <c r="HT11" s="14" t="n">
         <v>74.004</v>
-      </c>
-[...4 lines deleted...]
-        <v>73.935</v>
       </c>
       <c r="HU11" s="14" t="n">
         <v>73.865</v>
       </c>
-      <c r="HV11" s="13" t="inlineStr">
+      <c r="HV11" s="14" t="n">
+        <v>73.935</v>
+      </c>
+      <c r="HW11" s="14" t="n">
+        <v>73.865</v>
+      </c>
+      <c r="HX11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="HW11" s="13" t="inlineStr">
+      <c r="HY11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="HX11" s="13" t="inlineStr">
+      <c r="HZ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="HY11" s="13" t="inlineStr">
+      <c r="IA11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="HZ11" s="13" t="inlineStr">
+      <c r="IB11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IA11" s="13" t="inlineStr">
+      <c r="IC11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IB11" s="13" t="inlineStr">
+      <c r="ID11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IC11" s="13" t="inlineStr">
+      <c r="IE11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ID11" s="13" t="inlineStr">
+      <c r="IF11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IE11" s="13" t="inlineStr">
+      <c r="IG11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IF11" s="13" t="inlineStr">
+      <c r="IH11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IG11" s="13" t="inlineStr">
+      <c r="II11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IH11" s="13" t="inlineStr">
+      <c r="IJ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="II11" s="13" t="inlineStr">
+      <c r="IK11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IJ11" s="13" t="inlineStr">
+      <c r="IL11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IK11" s="13" t="inlineStr">
+      <c r="IM11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IL11" s="13" t="inlineStr">
+      <c r="IN11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IM11" s="13" t="inlineStr">
+      <c r="IO11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IN11" s="13" t="inlineStr">
+      <c r="IP11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IO11" s="13" t="inlineStr">
+      <c r="IQ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IP11" s="13" t="inlineStr">
+      <c r="IR11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IQ11" s="13" t="inlineStr">
+      <c r="IS11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IR11" s="13" t="inlineStr">
+      <c r="IT11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IS11" s="13" t="inlineStr">
+      <c r="IU11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IT11" s="15" t="n">
+      <c r="IV11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="IW11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="IX11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="IU11" s="15" t="n">
+      <c r="IY11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="IV11" s="15" t="n">
+      <c r="IZ11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="IW11" s="15" t="n">
+      <c r="JA11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="IX11" s="15" t="n">
+      <c r="JB11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="IY11" s="15" t="n">
+      <c r="JC11" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="JD11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="JE11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JF11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="JG11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="JH11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JI11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="JF11" s="15" t="n">
+      <c r="JJ11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JG11" s="15" t="n">
+      <c r="JK11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JH11" s="15" t="n">
+      <c r="JL11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JI11" s="15" t="n">
+      <c r="JM11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JJ11" s="15" t="n">
+      <c r="JN11" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="JO11" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="JP11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.3</v>
       </c>
       <c r="JQ11" s="15" t="n">
-        <v>0.5</v>
+        <v>0.2</v>
       </c>
       <c r="JR11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="JS11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.4</v>
       </c>
       <c r="JT11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JU11" s="15" t="n">
-        <v>0.2</v>
+        <v>0.5</v>
       </c>
       <c r="JV11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JW11" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.0</v>
       </c>
       <c r="JX11" s="15" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="JY11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="JZ11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KA11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="KB11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KA11" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="KC11" s="15" t="n">
-        <v>0.5</v>
+        <v>0.2</v>
       </c>
       <c r="KD11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="KE11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="KF11" s="15" t="n">
-        <v>0.4</v>
+        <v>0.3</v>
       </c>
       <c r="KG11" s="15" t="n">
-        <v>0.2</v>
+        <v>0.5</v>
       </c>
       <c r="KH11" s="15" t="n">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
       <c r="KI11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="KJ11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="KK11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="KL11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="KM11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KN11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KK11" s="15" t="n">
+      <c r="KO11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KL11" s="15" t="n">
+      <c r="KP11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KM11" s="15" t="n">
+      <c r="KQ11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KN11" s="15" t="n">
+      <c r="KR11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="KO11" s="15" t="n">
+      <c r="KS11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="KP11" s="15" t="n">
+      <c r="KT11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KQ11" s="15" t="n">
+      <c r="KU11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KR11" s="15" t="n">
+      <c r="KV11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KS11" s="15" t="n">
+      <c r="KW11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KT11" s="15" t="n">
+      <c r="KX11" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="KY11" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="KZ11" s="15" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="LA11" s="15" t="n">
-        <v>0.2</v>
+        <v>-0.2</v>
       </c>
       <c r="LB11" s="15" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="LC11" s="15" t="n">
-        <v>0.1</v>
+        <v>-0.1</v>
       </c>
       <c r="LD11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="LE11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="LF11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="LG11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LH11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LI11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LJ11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LK11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="LH11" s="15" t="n">
+      <c r="LL11" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="LM11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="LN11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="LO11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LP11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LO11" s="15" t="n">
+      <c r="LQ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LP11" s="15" t="n">
+      <c r="LR11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LS11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LT11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="LQ11" s="15" t="n">
+      <c r="LU11" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="LV11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LW11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LX11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="LY11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="LZ11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="LY11" s="15" t="n">
+      <c r="MA11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MB11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MC11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LZ11" s="15" t="n">
+      <c r="MD11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MA11" s="15" t="n">
+      <c r="ME11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MB11" s="15" t="n">
+      <c r="MF11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MC11" s="15" t="n">
+      <c r="MG11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MD11" s="15" t="n">
+      <c r="MH11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ME11" s="15" t="n">
+      <c r="MI11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="MF11" s="15" t="n">
+      <c r="MJ11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MG11" s="15" t="n">
+      <c r="MK11" s="15" t="n">
         <v>-0.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="ML11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="MM11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="MN11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="MO11" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.3</v>
       </c>
       <c r="MP11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="MQ11" s="15" t="n">
-        <v>-0.2</v>
+        <v>0.1</v>
       </c>
       <c r="MR11" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.0</v>
       </c>
       <c r="MS11" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="MT11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MU11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="MV11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="MW11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="MX11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MU11" s="15" t="n">
+      <c r="MY11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MV11" s="15" t="n">
+      <c r="MZ11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MW11" s="15" t="n">
+      <c r="NA11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MX11" s="15" t="n">
+      <c r="NB11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MY11" s="15" t="n">
+      <c r="NC11" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="ND11" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="NE11" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="NF11" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="NG11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NH11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NI11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NF11" s="15" t="n">
+      <c r="NJ11" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="NK11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="NL11" s="15" t="n">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
       <c r="NM11" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.4</v>
       </c>
       <c r="NN11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="NO11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="NP11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="NQ11" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="NR11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NS11" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="NT11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="NU11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NV11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NW11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="NV11" s="15" t="n">
+      <c r="NX11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NY11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="NZ11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NW11" s="15" t="n">
+      <c r="OA11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NX11" s="15" t="n">
+      <c r="OB11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NY11" s="15" t="n">
+      <c r="OC11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NZ11" s="15" t="n">
+      <c r="OD11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OA11" s="15" t="n">
+      <c r="OE11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OB11" s="15" t="n">
+      <c r="OF11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OC11" s="15" t="n">
+      <c r="OG11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OD11" s="15" t="n">
+      <c r="OH11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="OE11" s="15" t="n">
+      <c r="OI11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="OF11" s="15" t="n">
+      <c r="OJ11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="OG11" s="15" t="n">
+      <c r="OK11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="OH11" s="15" t="n">
+      <c r="OL11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="OI11" s="15" t="n">
+      <c r="OM11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OJ11" s="15" t="n">
+      <c r="ON11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OK11" s="15" t="n">
+      <c r="OO11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OL11" s="15" t="n">
+      <c r="OP11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OM11" s="15" t="n">
+      <c r="OQ11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ON11" s="15" t="n">
+      <c r="OR11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OO11" s="15" t="n">
+      <c r="OS11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="OP11" s="15" t="n">
+      <c r="OT11" s="15" t="n">
         <v>1.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="OU11" s="15" t="n">
         <v>1.1</v>
       </c>
       <c r="OV11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OW11" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="OX11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="OY11" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="OZ11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OW11" s="15" t="n">
+      <c r="PA11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OX11" s="15" t="n">
+      <c r="PB11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OY11" s="15" t="n">
+      <c r="PC11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OZ11" s="15" t="n">
+      <c r="PD11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="PA11" s="15" t="n">
+      <c r="PE11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PB11" s="15" t="n">
+      <c r="PF11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="PC11" s="15" t="n">
+      <c r="PG11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="PD11" s="15" t="n">
+      <c r="PH11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PE11" s="15" t="n">
+      <c r="PI11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="PF11" s="15" t="n">
+      <c r="PJ11" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="PK11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="PL11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="PM11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="PN11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="PO11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="PP11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PM11" s="15" t="n">
+      <c r="PQ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PN11" s="15" t="n">
+      <c r="PR11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PO11" s="15" t="n">
+      <c r="PS11" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="PT11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="PU11" s="15" t="n">
-        <v>0.1</v>
+        <v>1.2</v>
       </c>
       <c r="PV11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="PW11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="PX11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="PY11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="PZ11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PX11" s="15" t="n">
+      <c r="QA11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="QB11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PY11" s="15" t="n">
+      <c r="QC11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="PZ11" s="15" t="n">
+      <c r="QD11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QA11" s="15" t="n">
+      <c r="QE11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QB11" s="15" t="n">
+      <c r="QF11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QC11" s="15" t="n">
+      <c r="QG11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="QD11" s="15" t="n">
+      <c r="QH11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QE11" s="15" t="n">
+      <c r="QI11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="QF11" s="15" t="n">
+      <c r="QJ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QG11" s="15" t="n">
+      <c r="QK11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QH11" s="15" t="n">
+      <c r="QL11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QI11" s="15" t="n">
+      <c r="QM11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QJ11" s="15" t="n">
+      <c r="QN11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QK11" s="15" t="n">
+      <c r="QO11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QL11" s="15" t="n">
+      <c r="QP11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="QM11" s="15" t="n">
+      <c r="QQ11" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="QR11" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="QS11" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="QT11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QT11" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="QU11" s="15" t="n">
-        <v>0.4</v>
+        <v>0.1</v>
       </c>
       <c r="QV11" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="QW11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="QX11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="QY11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="QZ11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="RA11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QX11" s="15" t="n">
+      <c r="RB11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="QY11" s="15" t="n">
+      <c r="RC11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="QZ11" s="15" t="n">
+      <c r="RD11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="RA11" s="15" t="n">
+      <c r="RE11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="RB11" s="15" t="n">
+      <c r="RF11" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="RG11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="RH11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="RI11" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.1</v>
       </c>
       <c r="RJ11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="RK11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="RL11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="RM11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RL11" s="15" t="n">
+      <c r="RN11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="RO11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="RP11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RM11" s="13" t="inlineStr">
+      <c r="RQ11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="RN11" s="13" t="inlineStr">
+      <c r="RR11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RO11" s="13" t="inlineStr">
+      <c r="RS11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RP11" s="13" t="inlineStr">
+      <c r="RT11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RQ11" s="13" t="inlineStr">
+      <c r="RU11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RR11" s="13" t="inlineStr">
+      <c r="RV11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RS11" s="13" t="inlineStr">
+      <c r="RW11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RT11" s="13" t="inlineStr">
+      <c r="RX11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RU11" s="13" t="inlineStr">
+      <c r="RY11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RV11" s="13" t="inlineStr">
+      <c r="RZ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RW11" s="13" t="inlineStr">
+      <c r="SA11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RX11" s="13" t="inlineStr">
+      <c r="SB11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RY11" s="13" t="inlineStr">
+      <c r="SC11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="RZ11" s="13" t="inlineStr">
+      <c r="SD11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SA11" s="13" t="inlineStr">
+      <c r="SE11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SB11" s="13" t="inlineStr">
+      <c r="SF11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SC11" s="13" t="inlineStr">
+      <c r="SG11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SD11" s="13" t="inlineStr">
+      <c r="SH11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SE11" s="13" t="inlineStr">
+      <c r="SI11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SF11" s="13" t="inlineStr">
+      <c r="SJ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SG11" s="13" t="inlineStr">
+      <c r="SK11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SH11" s="13" t="inlineStr">
+      <c r="SL11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SI11" s="13" t="inlineStr">
+      <c r="SM11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SJ11" s="13" t="inlineStr">
+      <c r="SN11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SK11" s="13" t="inlineStr">
+      <c r="SO11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SL11" s="15" t="n">
+      <c r="SP11" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="SQ11" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="SR11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="SM11" s="15" t="n">
+      <c r="SS11" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="SN11" s="15" t="n">
+      <c r="ST11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="SO11" s="15" t="n">
+      <c r="SU11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="SP11" s="15" t="n">
+      <c r="SV11" s="15" t="n">
         <v>3.2</v>
-      </c>
-[...16 lines deleted...]
-        <v>3.9</v>
       </c>
       <c r="SW11" s="15" t="n">
         <v>3.7</v>
       </c>
       <c r="SX11" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="SY11" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="SZ11" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="TA11" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="TB11" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="TC11" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="TD11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="SY11" s="15" t="n">
+      <c r="TE11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="SZ11" s="15" t="n">
+      <c r="TF11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="TA11" s="15" t="n">
+      <c r="TG11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="TB11" s="15" t="n">
+      <c r="TH11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="TC11" s="15" t="n">
+      <c r="TI11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="TD11" s="15" t="n">
+      <c r="TJ11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="TE11" s="15" t="n">
+      <c r="TK11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="TF11" s="15" t="n">
+      <c r="TL11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="TG11" s="15" t="n">
+      <c r="TM11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="TH11" s="15" t="n">
+      <c r="TN11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="TI11" s="15" t="n">
+      <c r="TO11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="TJ11" s="15" t="n">
+      <c r="TP11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="TK11" s="15" t="n">
+      <c r="TQ11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="TL11" s="15" t="n">
+      <c r="TR11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="TM11" s="15" t="n">
+      <c r="TS11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="TN11" s="15" t="n">
+      <c r="TT11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="TO11" s="15" t="n">
+      <c r="TU11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="TP11" s="15" t="n">
+      <c r="TV11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="TQ11" s="15" t="n">
+      <c r="TW11" s="15" t="n">
         <v>2.0</v>
-      </c>
-[...16 lines deleted...]
-        <v>1.5</v>
       </c>
       <c r="TX11" s="15" t="n">
         <v>1.6</v>
       </c>
       <c r="TY11" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="TZ11" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="UA11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="TZ11" s="15" t="n">
+      <c r="UB11" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="UC11" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="UD11" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="UE11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="UA11" s="15" t="n">
+      <c r="UF11" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="UG11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="UB11" s="15" t="n">
+      <c r="UH11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="UC11" s="15" t="n">
+      <c r="UI11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="UD11" s="15" t="n">
+      <c r="UJ11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="UE11" s="15" t="n">
+      <c r="UK11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="UF11" s="15" t="n">
+      <c r="UL11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="UG11" s="15" t="n">
+      <c r="UM11" s="15" t="n">
         <v>0.7</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="UN11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="UO11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="UP11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="UQ11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="UR11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="US11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="UT11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="UU11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="UV11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="UQ11" s="15" t="n">
+      <c r="UW11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="UR11" s="15" t="n">
+      <c r="UX11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="US11" s="15" t="n">
+      <c r="UY11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="UT11" s="15" t="n">
+      <c r="UZ11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="UU11" s="15" t="n">
+      <c r="VA11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="UV11" s="15" t="n">
+      <c r="VB11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="UW11" s="15" t="n">
+      <c r="VC11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="UX11" s="15" t="n">
+      <c r="VD11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="UY11" s="15" t="n">
+      <c r="VE11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="UZ11" s="15" t="n">
+      <c r="VF11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="VA11" s="15" t="n">
+      <c r="VG11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="VB11" s="15" t="n">
+      <c r="VH11" s="15" t="n">
         <v>0.5</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="VI11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="VJ11" s="15" t="n">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="VK11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="VL11" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.0</v>
       </c>
       <c r="VM11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="VN11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="VO11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="VP11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="VP11" s="15" t="n">
+      <c r="VQ11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="VR11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="VS11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="VT11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="VU11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="VV11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="VQ11" s="15" t="n">
+      <c r="VW11" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.7</v>
       </c>
       <c r="VX11" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="VY11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="VZ11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="WA11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="WB11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="VZ11" s="15" t="n">
+      <c r="WC11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="WD11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="WE11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="WF11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="WA11" s="15" t="n">
+      <c r="WG11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="WB11" s="15" t="n">
+      <c r="WH11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="WC11" s="15" t="n">
+      <c r="WI11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="WD11" s="15" t="n">
+      <c r="WJ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="WE11" s="15" t="n">
+      <c r="WK11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="WF11" s="15" t="n">
+      <c r="WL11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="WG11" s="15" t="n">
+      <c r="WM11" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...16 lines deleted...]
-        <v>-0.4</v>
       </c>
       <c r="WN11" s="15" t="n">
         <v>-0.3</v>
       </c>
       <c r="WO11" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="WP11" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="WQ11" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="WR11" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="WS11" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="WT11" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="WU11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="WP11" s="15" t="n">
+      <c r="WV11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="WQ11" s="15" t="n">
+      <c r="WW11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="WR11" s="15" t="n">
+      <c r="WX11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="WS11" s="15" t="n">
+      <c r="WY11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="WT11" s="15" t="n">
+      <c r="WZ11" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...16 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="XA11" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="XB11" s="15" t="n">
-        <v>0.9</v>
+        <v>1.1</v>
       </c>
       <c r="XC11" s="15" t="n">
-        <v>1.1</v>
+        <v>1.3</v>
       </c>
       <c r="XD11" s="15" t="n">
         <v>1.1</v>
       </c>
       <c r="XE11" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="XF11" s="15" t="n">
         <v>1.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.3</v>
       </c>
       <c r="XG11" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="XH11" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="XI11" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="XJ11" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="XK11" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="XL11" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="XM11" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="XN11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="XI11" s="15" t="n">
+      <c r="XO11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="XJ11" s="15" t="n">
+      <c r="XP11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="XK11" s="15" t="n">
+      <c r="XQ11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="XL11" s="15" t="n">
+      <c r="XR11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="XM11" s="15" t="n">
+      <c r="XS11" s="15" t="n">
         <v>1.8</v>
-      </c>
-[...16 lines deleted...]
-        <v>2.0</v>
       </c>
       <c r="XT11" s="15" t="n">
         <v>2.1</v>
       </c>
       <c r="XU11" s="15" t="n">
         <v>2.3</v>
       </c>
       <c r="XV11" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="XW11" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="XX11" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="XY11" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="XZ11" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="YA11" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="YB11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="XW11" s="15" t="n">
+      <c r="YC11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="XX11" s="15" t="n">
+      <c r="YD11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="XY11" s="15" t="n">
+      <c r="YE11" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="XZ11" s="15" t="n">
+      <c r="YF11" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="YA11" s="15" t="n">
+      <c r="YG11" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="YB11" s="15" t="n">
+      <c r="YH11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="YC11" s="15" t="n">
+      <c r="YI11" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="YD11" s="15" t="n">
+      <c r="YJ11" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="YE11" s="15" t="n">
+      <c r="YK11" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="YF11" s="15" t="n">
+      <c r="YL11" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="YG11" s="15" t="n">
+      <c r="YM11" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="YH11" s="15" t="n">
+      <c r="YN11" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="YI11" s="15" t="n">
+      <c r="YO11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="YJ11" s="15" t="n">
+      <c r="YP11" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="YK11" s="15" t="n">
+      <c r="YQ11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="YL11" s="15" t="n">
+      <c r="YR11" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="YM11" s="15" t="n">
+      <c r="YS11" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="YN11" s="15" t="n">
+      <c r="YT11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="YO11" s="15" t="n">
+      <c r="YU11" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="YP11" s="15" t="n">
+      <c r="YV11" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="YQ11" s="15" t="n">
+      <c r="YW11" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="YR11" s="15" t="n">
+      <c r="YX11" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="YS11" s="15" t="n">
+      <c r="YY11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="YT11" s="15" t="n">
+      <c r="YZ11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="YU11" s="15" t="n">
+      <c r="ZA11" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="YV11" s="15" t="n">
+      <c r="ZB11" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="YW11" s="15" t="n">
+      <c r="ZC11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="YX11" s="15" t="n">
+      <c r="ZD11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="YY11" s="15" t="n">
+      <c r="ZE11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="YZ11" s="15" t="n">
+      <c r="ZF11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ZA11" s="15" t="n">
+      <c r="ZG11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ZB11" s="15" t="n">
+      <c r="ZH11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ZC11" s="15" t="n">
+      <c r="ZI11" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ZD11" s="15" t="n">
+      <c r="ZJ11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ZE11" s="15" t="n">
+      <c r="ZK11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ZF11" s="15" t="n">
+      <c r="ZL11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ZG11" s="15" t="n">
+      <c r="ZM11" s="15" t="n">
         <v>3.2</v>
-      </c>
-[...16 lines deleted...]
-        <v>2.8</v>
       </c>
       <c r="ZN11" s="15" t="n">
         <v>2.7</v>
       </c>
       <c r="ZO11" s="15" t="n">
-        <v>2.6</v>
+        <v>2.5</v>
       </c>
       <c r="ZP11" s="15" t="n">
         <v>2.7</v>
       </c>
       <c r="ZQ11" s="15" t="n">
-        <v>2.8</v>
+        <v>2.9</v>
       </c>
       <c r="ZR11" s="15" t="n">
-        <v>2.3</v>
+        <v>2.9</v>
       </c>
       <c r="ZS11" s="15" t="n">
         <v>2.8</v>
       </c>
       <c r="ZT11" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="ZU11" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="ZV11" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="ZW11" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="ZX11" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="ZY11" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="ZZ11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ZU11" s="15" t="n">
+      <c r="AAA11" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ZV11" s="15" t="n">
+      <c r="AAB11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="ZW11" s="15" t="n">
+      <c r="AAC11" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="ZX11" s="15" t="n">
+      <c r="AAD11" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ZY11" s="15" t="n">
+      <c r="AAE11" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="ZZ11" s="15" t="n">
+      <c r="AAF11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AAA11" s="15" t="n">
+      <c r="AAG11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AAB11" s="15" t="n">
+      <c r="AAH11" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AAC11" s="15" t="n">
+      <c r="AAI11" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="AAD11" s="15" t="n">
+      <c r="AAJ11" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AAE11" s="15" t="n">
+      <c r="AAK11" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="AAF11" s="15" t="n">
+      <c r="AAL11" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="AAG11" s="15" t="n">
+      <c r="AAM11" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="AAH11" s="15" t="n">
+      <c r="AAN11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AAI11" s="15" t="n">
+      <c r="AAO11" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AAJ11" s="15" t="n">
+      <c r="AAP11" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="AAK11" s="15" t="n">
+      <c r="AAQ11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AAL11" s="15" t="n">
+      <c r="AAR11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AAM11" s="15" t="n">
+      <c r="AAS11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AAN11" s="15" t="n">
+      <c r="AAT11" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AAO11" s="15" t="n">
+      <c r="AAU11" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AAP11" s="15" t="n">
+      <c r="AAV11" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AAQ11" s="15" t="n">
+      <c r="AAW11" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AAR11" s="15" t="n">
+      <c r="AAX11" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AAS11" s="15" t="n">
+      <c r="AAY11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AAT11" s="13" t="inlineStr">
+      <c r="AAZ11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAU11" s="13" t="inlineStr">
+      <c r="ABA11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAV11" s="13" t="inlineStr">
+      <c r="ABB11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAW11" s="13" t="inlineStr">
+      <c r="ABC11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAX11" s="13" t="inlineStr">
+      <c r="ABD11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAY11" s="13" t="inlineStr">
+      <c r="ABE11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AAZ11" s="13" t="inlineStr">
+      <c r="ABF11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABA11" s="13" t="inlineStr">
+      <c r="ABG11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABB11" s="13" t="inlineStr">
+      <c r="ABH11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABC11" s="13" t="inlineStr">
+      <c r="ABI11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABD11" s="13" t="inlineStr">
+      <c r="ABJ11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABE11" s="13" t="inlineStr">
+      <c r="ABK11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABF11" s="13" t="inlineStr">
+      <c r="ABL11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABG11" s="13" t="inlineStr">
+      <c r="ABM11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABH11" s="13" t="inlineStr">
+      <c r="ABN11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABI11" s="13" t="inlineStr">
+      <c r="ABO11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABJ11" s="13" t="inlineStr">
+      <c r="ABP11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABK11" s="13" t="inlineStr">
+      <c r="ABQ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABL11" s="13" t="inlineStr">
+      <c r="ABR11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABM11" s="13" t="inlineStr">
+      <c r="ABS11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABN11" s="13" t="inlineStr">
+      <c r="ABT11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABO11" s="13" t="inlineStr">
+      <c r="ABU11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABP11" s="13" t="inlineStr">
+      <c r="ABV11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABQ11" s="13" t="inlineStr">
+      <c r="ABW11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABR11" s="13" t="inlineStr">
+      <c r="ABX11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABS11" s="13" t="inlineStr">
+      <c r="ABY11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABT11" s="13" t="inlineStr">
+      <c r="ABZ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABU11" s="13" t="inlineStr">
+      <c r="ACA11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABV11" s="13" t="inlineStr">
+      <c r="ACB11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABW11" s="13" t="inlineStr">
+      <c r="ACC11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABX11" s="13" t="inlineStr">
+      <c r="ACD11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABY11" s="13" t="inlineStr">
+      <c r="ACE11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABZ11" s="13" t="inlineStr">
+      <c r="ACF11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ACA11" s="13" t="inlineStr">
+      <c r="ACG11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ACB11" s="13" t="inlineStr">
+      <c r="ACH11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ACC11" s="13" t="inlineStr">
+      <c r="ACI11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ACD11" s="15" t="n">
+      <c r="ACJ11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="ACK11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="ACL11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ACE11" s="15" t="n">
+      <c r="ACM11" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ACF11" s="15" t="n">
+      <c r="ACN11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ACG11" s="15" t="n">
+      <c r="ACO11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ACH11" s="15" t="n">
+      <c r="ACP11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ACI11" s="15" t="n">
+      <c r="ACQ11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ACJ11" s="15" t="n">
+      <c r="ACR11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ACK11" s="15" t="n">
+      <c r="ACS11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ACL11" s="15" t="n">
+      <c r="ACT11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ACM11" s="15" t="n">
+      <c r="ACU11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ACN11" s="15" t="n">
+      <c r="ACV11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ACO11" s="15" t="n">
+      <c r="ACW11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ACP11" s="15" t="n">
+      <c r="ACX11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ACQ11" s="15" t="n">
+      <c r="ACY11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ACR11" s="15" t="n">
+      <c r="ACZ11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ACS11" s="15" t="n">
+      <c r="ADA11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ACT11" s="15" t="n">
+      <c r="ADB11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ACU11" s="15" t="n">
+      <c r="ADC11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ACV11" s="15" t="n">
+      <c r="ADD11" s="15" t="n">
         <v>1.7</v>
-      </c>
-[...22 lines deleted...]
-        <v>1.4</v>
       </c>
       <c r="ADE11" s="15" t="n">
         <v>1.3</v>
       </c>
       <c r="ADF11" s="15" t="n">
         <v>1.1</v>
       </c>
       <c r="ADG11" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="ADH11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="ADI11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="ADJ11" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="ADK11" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="ADL11" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="ADM11" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="ADN11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ADH11" s="15" t="n">
+      <c r="ADO11" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="ADP11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ADI11" s="15" t="n">
+      <c r="ADQ11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ADJ11" s="15" t="n">
+      <c r="ADR11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ADK11" s="15" t="n">
+      <c r="ADS11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ADL11" s="15" t="n">
+      <c r="ADT11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ADM11" s="15" t="n">
+      <c r="ADU11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ADN11" s="15" t="n">
+      <c r="ADV11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ADO11" s="15" t="n">
+      <c r="ADW11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ADP11" s="15" t="n">
+      <c r="ADX11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ADQ11" s="15" t="n">
+      <c r="ADY11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ADR11" s="15" t="n">
+      <c r="ADZ11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ADS11" s="15" t="n">
+      <c r="AEA11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ADT11" s="15" t="n">
+      <c r="AEB11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ADU11" s="15" t="n">
+      <c r="AEC11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ADV11" s="15" t="n">
+      <c r="AED11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ADW11" s="15" t="n">
+      <c r="AEE11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ADX11" s="15" t="n">
+      <c r="AEF11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ADY11" s="15" t="n">
+      <c r="AEG11" s="15" t="n">
         <v>0.7</v>
-      </c>
-[...22 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="AEH11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="AEI11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AEJ11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AEK11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="AEL11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="AEM11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="AEN11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AEO11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AEP11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AEJ11" s="15" t="n">
+      <c r="AEQ11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AER11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AEK11" s="15" t="n">
+      <c r="AES11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AEL11" s="15" t="n">
+      <c r="AET11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AEM11" s="15" t="n">
+      <c r="AEU11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AEN11" s="15" t="n">
+      <c r="AEV11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AEO11" s="15" t="n">
+      <c r="AEW11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AEP11" s="15" t="n">
+      <c r="AEX11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AEQ11" s="15" t="n">
+      <c r="AEY11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AER11" s="15" t="n">
+      <c r="AEZ11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AES11" s="15" t="n">
+      <c r="AFA11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AET11" s="15" t="n">
+      <c r="AFB11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AEU11" s="15" t="n">
+      <c r="AFC11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AEV11" s="15" t="n">
+      <c r="AFD11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AEW11" s="15" t="n">
+      <c r="AFE11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AEX11" s="15" t="n">
+      <c r="AFF11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AEY11" s="15" t="n">
+      <c r="AFG11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AEZ11" s="15" t="n">
+      <c r="AFH11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AFA11" s="15" t="n">
+      <c r="AFI11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AFB11" s="15" t="n">
+      <c r="AFJ11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AFC11" s="15" t="n">
+      <c r="AFK11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AFD11" s="15" t="n">
+      <c r="AFL11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AFE11" s="15" t="n">
+      <c r="AFM11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AFF11" s="15" t="n">
+      <c r="AFN11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AFG11" s="15" t="n">
+      <c r="AFO11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AFH11" s="15" t="n">
+      <c r="AFP11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AFI11" s="15" t="n">
+      <c r="AFQ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AFJ11" s="15" t="n">
+      <c r="AFR11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AFK11" s="15" t="n">
+      <c r="AFS11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AFL11" s="15" t="n">
+      <c r="AFT11" s="15" t="n">
         <v>0.5</v>
-      </c>
-[...22 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="AFU11" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="AFV11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AFW11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AFX11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AFY11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AFZ11" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="AGA11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="AGB11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AGC11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AGD11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AFW11" s="15" t="n">
+      <c r="AGE11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AFX11" s="15" t="n">
+      <c r="AGF11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AFY11" s="15" t="n">
+      <c r="AGG11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AFZ11" s="15" t="n">
+      <c r="AGH11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AGA11" s="15" t="n">
+      <c r="AGI11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AGB11" s="15" t="n">
+      <c r="AGJ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AGC11" s="15" t="n">
+      <c r="AGK11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AGD11" s="15" t="n">
+      <c r="AGL11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AGE11" s="15" t="n">
+      <c r="AGM11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AGF11" s="15" t="n">
+      <c r="AGN11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AGG11" s="15" t="n">
+      <c r="AGO11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AGH11" s="15" t="n">
+      <c r="AGP11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AGI11" s="15" t="n">
+      <c r="AGQ11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AGJ11" s="15" t="n">
+      <c r="AGR11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AGK11" s="15" t="n">
+      <c r="AGS11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AGL11" s="15" t="n">
+      <c r="AGT11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AGM11" s="15" t="n">
+      <c r="AGU11" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...22 lines deleted...]
-        <v>0.8</v>
       </c>
       <c r="AGV11" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="AGW11" s="15" t="n">
-        <v>0.5</v>
+        <v>0.8</v>
       </c>
       <c r="AGX11" s="15" t="n">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
       <c r="AGY11" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="AGZ11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AHA11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AHB11" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="AHC11" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="AHD11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="AHE11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AHA11" s="15" t="n">
+      <c r="AHF11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AHG11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AHB11" s="15" t="n">
+      <c r="AHH11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AHI11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AHJ11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AHC11" s="15" t="n">
+      <c r="AHK11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AHD11" s="15" t="n">
+      <c r="AHL11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AHE11" s="15" t="n">
+      <c r="AHM11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AHF11" s="15" t="n">
+      <c r="AHN11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AHG11" s="15" t="n">
+      <c r="AHO11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AHH11" s="15" t="n">
+      <c r="AHP11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AHI11" s="15" t="n">
+      <c r="AHQ11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AHJ11" s="15" t="n">
+      <c r="AHR11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AHK11" s="15" t="n">
+      <c r="AHS11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AHL11" s="15" t="n">
+      <c r="AHT11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AHM11" s="15" t="n">
+      <c r="AHU11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AHN11" s="15" t="n">
+      <c r="AHV11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AHO11" s="15" t="n">
+      <c r="AHW11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AHP11" s="15" t="n">
+      <c r="AHX11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AHQ11" s="15" t="n">
+      <c r="AHY11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AHR11" s="15" t="n">
+      <c r="AHZ11" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AHS11" s="15" t="n">
+      <c r="AIA11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AHT11" s="15" t="n">
+      <c r="AIB11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AHU11" s="15" t="n">
+      <c r="AIC11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AHV11" s="15" t="n">
+      <c r="AID11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AHW11" s="15" t="n">
+      <c r="AIE11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AHX11" s="15" t="n">
+      <c r="AIF11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AHY11" s="15" t="n">
+      <c r="AIG11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AHZ11" s="15" t="n">
+      <c r="AIH11" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AIA11" s="15" t="n">
+      <c r="AII11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AIB11" s="15" t="n">
+      <c r="AIJ11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AIC11" s="15" t="n">
+      <c r="AIK11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AID11" s="15" t="n">
+      <c r="AIL11" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AIE11" s="15" t="n">
+      <c r="AIM11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AIF11" s="15" t="n">
+      <c r="AIN11" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AIG11" s="15" t="n">
+      <c r="AIO11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AIH11" s="15" t="n">
+      <c r="AIP11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AII11" s="15" t="n">
+      <c r="AIQ11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AIJ11" s="15" t="n">
+      <c r="AIR11" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AIK11" s="15" t="n">
+      <c r="AIS11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AIL11" s="15" t="n">
+      <c r="AIT11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AIM11" s="15" t="n">
+      <c r="AIU11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AIN11" s="15" t="n">
+      <c r="AIV11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AIO11" s="15" t="n">
+      <c r="AIW11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AIP11" s="15" t="n">
+      <c r="AIX11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AIQ11" s="15" t="n">
+      <c r="AIY11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AIR11" s="15" t="n">
+      <c r="AIZ11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AIS11" s="15" t="n">
+      <c r="AJA11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AIT11" s="15" t="n">
+      <c r="AJB11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AIU11" s="15" t="n">
+      <c r="AJC11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AIV11" s="15" t="n">
+      <c r="AJD11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AIW11" s="15" t="n">
+      <c r="AJE11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AIX11" s="15" t="n">
+      <c r="AJF11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AIY11" s="15" t="n">
+      <c r="AJG11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AIZ11" s="15" t="n">
+      <c r="AJH11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AJA11" s="15" t="n">
+      <c r="AJI11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AJB11" s="15" t="n">
+      <c r="AJJ11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AJC11" s="15" t="n">
+      <c r="AJK11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AJD11" s="15" t="n">
+      <c r="AJL11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AJE11" s="15" t="n">
+      <c r="AJM11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AJF11" s="15" t="n">
+      <c r="AJN11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AJG11" s="15" t="n">
+      <c r="AJO11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AJH11" s="15" t="n">
+      <c r="AJP11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AJI11" s="15" t="n">
+      <c r="AJQ11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AJJ11" s="15" t="n">
+      <c r="AJR11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AJK11" s="15" t="n">
+      <c r="AJS11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AJL11" s="15" t="n">
+      <c r="AJT11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AJM11" s="15" t="n">
+      <c r="AJU11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AJN11" s="15" t="n">
+      <c r="AJV11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AJO11" s="15" t="n">
+      <c r="AJW11" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AJP11" s="15" t="n">
+      <c r="AJX11" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AJQ11" s="15" t="n">
+      <c r="AJY11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AJR11" s="15" t="n">
+      <c r="AJZ11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AJS11" s="15" t="n">
+      <c r="AKA11" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AJT11" s="15" t="n">
+      <c r="AKB11" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AJU11" s="15" t="n">
+      <c r="AKC11" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AJV11" s="15" t="n">
+      <c r="AKD11" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AJW11" s="15" t="n">
+      <c r="AKE11" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AJX11" s="15" t="n">
+      <c r="AKF11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AJY11" s="15" t="n">
+      <c r="AKG11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AJZ11" s="15" t="n">
+      <c r="AKH11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AKA11" s="15" t="n">
+      <c r="AKI11" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AKB11" s="15" t="n">
+      <c r="AKJ11" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AKC11" s="15" t="n">
+      <c r="AKK11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AKD11" s="15" t="n">
+      <c r="AKL11" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AKE11" s="15" t="n">
+      <c r="AKM11" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AKF11" s="15" t="n">
+      <c r="AKN11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AKG11" s="15" t="n">
+      <c r="AKO11" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AKH11" s="15" t="n">
+      <c r="AKP11" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AKI11" s="15" t="n">
+      <c r="AKQ11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AKJ11" s="15" t="n">
+      <c r="AKR11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AKK11" s="15" t="n">
+      <c r="AKS11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AKL11" s="13" t="inlineStr">
+      <c r="AKT11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKM11" s="13" t="inlineStr">
+      <c r="AKU11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKN11" s="13" t="inlineStr">
+      <c r="AKV11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKO11" s="13" t="inlineStr">
+      <c r="AKW11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKP11" s="13" t="inlineStr">
+      <c r="AKX11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKQ11" s="13" t="inlineStr">
+      <c r="AKY11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKR11" s="13" t="inlineStr">
+      <c r="AKZ11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKS11" s="13" t="inlineStr">
+      <c r="ALA11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKT11" s="13" t="inlineStr">
+      <c r="ALB11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKU11" s="13" t="inlineStr">
+      <c r="ALC11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKV11" s="13" t="inlineStr">
+      <c r="ALD11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKW11" s="13" t="inlineStr">
+      <c r="ALE11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AKX11" s="13" t="inlineStr">
+      <c r="ALF11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKY11" s="13" t="inlineStr">
+      <c r="ALG11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AKZ11" s="13" t="inlineStr">
+      <c r="ALH11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALA11" s="13" t="inlineStr">
+      <c r="ALI11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALB11" s="13" t="inlineStr">
+      <c r="ALJ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALC11" s="13" t="inlineStr">
+      <c r="ALK11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALD11" s="13" t="inlineStr">
+      <c r="ALL11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALE11" s="13" t="inlineStr">
+      <c r="ALM11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALF11" s="13" t="inlineStr">
+      <c r="ALN11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALG11" s="13" t="inlineStr">
+      <c r="ALO11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALH11" s="13" t="inlineStr">
+      <c r="ALP11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALI11" s="13" t="inlineStr">
+      <c r="ALQ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALJ11" s="13" t="inlineStr">
+      <c r="ALR11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALK11" s="13" t="inlineStr">
+      <c r="ALS11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALL11" s="13" t="inlineStr">
+      <c r="ALT11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALM11" s="13" t="inlineStr">
+      <c r="ALU11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALN11" s="13" t="inlineStr">
+      <c r="ALV11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALO11" s="13" t="inlineStr">
+      <c r="ALW11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALP11" s="13" t="inlineStr">
+      <c r="ALX11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALQ11" s="13" t="inlineStr">
+      <c r="ALY11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALR11" s="13" t="inlineStr">
+      <c r="ALZ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALS11" s="13" t="inlineStr">
+      <c r="AMA11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALT11" s="13" t="inlineStr">
+      <c r="AMB11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ALU11" s="13" t="inlineStr">
+      <c r="AMC11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    B Mining and quarrying industries</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>126.108</v>
+        <v>131.418</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>125.269</v>
+        <v>130.639</v>
       </c>
       <c r="D12" s="14" t="n">
+        <v>125.689</v>
+      </c>
+      <c r="E12" s="14" t="n">
+        <v>125.275</v>
+      </c>
+      <c r="F12" s="14" t="n">
         <v>124.465</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="G12" s="14" t="n">
         <v>123.093</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>121.747</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>122.159</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>123.587</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>123.533</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="L12" s="14" t="n">
         <v>123.247</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>124.887</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>123.226</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>121.21</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>119.865</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>119.482</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>120.565</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>118.937</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="T12" s="14" t="n">
         <v>118.314</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="U12" s="14" t="n">
         <v>120.721</v>
       </c>
-      <c r="T12" s="14" t="n">
+      <c r="V12" s="14" t="n">
         <v>121.746</v>
       </c>
-      <c r="U12" s="14" t="n">
+      <c r="W12" s="14" t="n">
         <v>121.752</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>120.337</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>119.201</v>
       </c>
-      <c r="X12" s="14" t="n">
+      <c r="Z12" s="14" t="n">
         <v>118.033</v>
       </c>
-      <c r="Y12" s="14" t="n">
+      <c r="AA12" s="14" t="n">
         <v>117.134</v>
       </c>
-      <c r="Z12" s="14" t="n">
+      <c r="AB12" s="14" t="n">
         <v>115.98</v>
       </c>
-      <c r="AA12" s="14" t="n">
+      <c r="AC12" s="14" t="n">
         <v>115.4</v>
       </c>
-      <c r="AB12" s="14" t="n">
+      <c r="AD12" s="14" t="n">
         <v>115.857</v>
       </c>
-      <c r="AC12" s="14" t="n">
+      <c r="AE12" s="14" t="n">
         <v>117.293</v>
       </c>
-      <c r="AD12" s="14" t="n">
+      <c r="AF12" s="14" t="n">
         <v>117.106</v>
       </c>
-      <c r="AE12" s="14" t="n">
+      <c r="AG12" s="14" t="n">
         <v>117.334</v>
       </c>
-      <c r="AF12" s="14" t="n">
+      <c r="AH12" s="14" t="n">
         <v>116.904</v>
       </c>
-      <c r="AG12" s="14" t="n">
+      <c r="AI12" s="14" t="n">
         <v>117.5</v>
       </c>
-      <c r="AH12" s="14" t="n">
+      <c r="AJ12" s="14" t="n">
         <v>117.682</v>
       </c>
-      <c r="AI12" s="14" t="n">
+      <c r="AK12" s="14" t="n">
         <v>117.967</v>
       </c>
-      <c r="AJ12" s="14" t="n">
+      <c r="AL12" s="14" t="n">
         <v>117.999</v>
       </c>
-      <c r="AK12" s="14" t="n">
+      <c r="AM12" s="14" t="n">
         <v>116.59</v>
       </c>
-      <c r="AL12" s="14" t="n">
+      <c r="AN12" s="14" t="n">
         <v>114.796</v>
       </c>
-      <c r="AM12" s="14" t="n">
+      <c r="AO12" s="14" t="n">
         <v>115.421</v>
       </c>
-      <c r="AN12" s="14" t="n">
+      <c r="AP12" s="14" t="n">
         <v>114.383</v>
       </c>
-      <c r="AO12" s="14" t="n">
+      <c r="AQ12" s="14" t="n">
         <v>115.302</v>
       </c>
-      <c r="AP12" s="14" t="n">
+      <c r="AR12" s="14" t="n">
         <v>113.548</v>
       </c>
-      <c r="AQ12" s="14" t="n">
+      <c r="AS12" s="14" t="n">
         <v>112.591</v>
       </c>
-      <c r="AR12" s="14" t="n">
+      <c r="AT12" s="14" t="n">
         <v>113.054</v>
       </c>
-      <c r="AS12" s="14" t="n">
+      <c r="AU12" s="14" t="n">
         <v>111.806</v>
       </c>
-      <c r="AT12" s="14" t="n">
+      <c r="AV12" s="14" t="n">
         <v>112.158</v>
       </c>
-      <c r="AU12" s="14" t="n">
+      <c r="AW12" s="14" t="n">
         <v>109.144</v>
       </c>
-      <c r="AV12" s="14" t="n">
+      <c r="AX12" s="14" t="n">
         <v>107.554</v>
       </c>
-      <c r="AW12" s="14" t="n">
+      <c r="AY12" s="14" t="n">
         <v>105.803</v>
       </c>
-      <c r="AX12" s="14" t="n">
+      <c r="AZ12" s="14" t="n">
         <v>103.347</v>
       </c>
-      <c r="AY12" s="14" t="n">
+      <c r="BA12" s="14" t="n">
         <v>103.099</v>
       </c>
-      <c r="AZ12" s="14" t="n">
+      <c r="BB12" s="14" t="n">
         <v>102.193</v>
       </c>
-      <c r="BA12" s="14" t="n">
+      <c r="BC12" s="14" t="n">
         <v>101.492</v>
       </c>
-      <c r="BB12" s="14" t="n">
+      <c r="BD12" s="14" t="n">
         <v>100.279</v>
       </c>
-      <c r="BC12" s="14" t="n">
+      <c r="BE12" s="14" t="n">
         <v>100.332</v>
       </c>
-      <c r="BD12" s="14" t="n">
+      <c r="BF12" s="14" t="n">
         <v>100.446</v>
       </c>
-      <c r="BE12" s="14" t="n">
+      <c r="BG12" s="14" t="n">
         <v>99.119</v>
       </c>
-      <c r="BF12" s="14" t="n">
+      <c r="BH12" s="14" t="n">
         <v>98.665</v>
       </c>
-      <c r="BG12" s="14" t="n">
+      <c r="BI12" s="14" t="n">
         <v>97.584</v>
       </c>
-      <c r="BH12" s="14" t="n">
+      <c r="BJ12" s="14" t="n">
         <v>96.944</v>
       </c>
-      <c r="BI12" s="14" t="n">
+      <c r="BK12" s="14" t="n">
         <v>96.499</v>
       </c>
-      <c r="BJ12" s="14" t="n">
+      <c r="BL12" s="14" t="n">
         <v>95.917</v>
       </c>
-      <c r="BK12" s="14" t="n">
+      <c r="BM12" s="14" t="n">
         <v>95.777</v>
       </c>
-      <c r="BL12" s="14" t="n">
+      <c r="BN12" s="14" t="n">
         <v>95.837</v>
       </c>
-      <c r="BM12" s="14" t="n">
+      <c r="BO12" s="14" t="n">
         <v>96.138</v>
       </c>
-      <c r="BN12" s="14" t="n">
+      <c r="BP12" s="14" t="n">
         <v>96.119</v>
       </c>
-      <c r="BO12" s="14" t="n">
+      <c r="BQ12" s="14" t="n">
         <v>95.042</v>
       </c>
-      <c r="BP12" s="14" t="n">
+      <c r="BR12" s="14" t="n">
         <v>94.538</v>
       </c>
-      <c r="BQ12" s="14" t="n">
+      <c r="BS12" s="14" t="n">
         <v>94.813</v>
       </c>
-      <c r="BR12" s="14" t="n">
+      <c r="BT12" s="14" t="n">
         <v>94.446</v>
       </c>
-      <c r="BS12" s="14" t="n">
+      <c r="BU12" s="14" t="n">
         <v>94.002</v>
       </c>
-      <c r="BT12" s="14" t="n">
+      <c r="BV12" s="14" t="n">
         <v>94.924</v>
       </c>
-      <c r="BU12" s="14" t="n">
+      <c r="BW12" s="14" t="n">
         <v>94.967</v>
       </c>
-      <c r="BV12" s="14" t="n">
+      <c r="BX12" s="14" t="n">
         <v>94.007</v>
       </c>
-      <c r="BW12" s="14" t="n">
+      <c r="BY12" s="14" t="n">
         <v>94.364</v>
       </c>
-      <c r="BX12" s="14" t="n">
+      <c r="BZ12" s="14" t="n">
         <v>94.593</v>
       </c>
-      <c r="BY12" s="14" t="n">
+      <c r="CA12" s="14" t="n">
         <v>94.583</v>
       </c>
-      <c r="BZ12" s="14" t="n">
+      <c r="CB12" s="14" t="n">
         <v>94.505</v>
       </c>
-      <c r="CA12" s="14" t="n">
+      <c r="CC12" s="14" t="n">
         <v>93.722</v>
       </c>
-      <c r="CB12" s="14" t="n">
+      <c r="CD12" s="14" t="n">
         <v>93.326</v>
       </c>
-      <c r="CC12" s="14" t="n">
+      <c r="CE12" s="14" t="n">
         <v>93.432</v>
       </c>
-      <c r="CD12" s="14" t="n">
+      <c r="CF12" s="14" t="n">
         <v>93.564</v>
       </c>
-      <c r="CE12" s="14" t="n">
+      <c r="CG12" s="14" t="n">
         <v>93.406</v>
       </c>
-      <c r="CF12" s="14" t="n">
+      <c r="CH12" s="14" t="n">
         <v>94.065</v>
       </c>
-      <c r="CG12" s="14" t="n">
+      <c r="CI12" s="14" t="n">
         <v>93.477</v>
       </c>
-      <c r="CH12" s="14" t="n">
+      <c r="CJ12" s="14" t="n">
         <v>93.18</v>
       </c>
-      <c r="CI12" s="14" t="n">
+      <c r="CK12" s="14" t="n">
         <v>93.006</v>
       </c>
-      <c r="CJ12" s="14" t="n">
+      <c r="CL12" s="14" t="n">
         <v>92.613</v>
       </c>
-      <c r="CK12" s="14" t="n">
+      <c r="CM12" s="14" t="n">
         <v>91.934</v>
       </c>
-      <c r="CL12" s="14" t="n">
+      <c r="CN12" s="14" t="n">
         <v>91.812</v>
       </c>
-      <c r="CM12" s="14" t="n">
+      <c r="CO12" s="14" t="n">
         <v>91.392</v>
       </c>
-      <c r="CN12" s="14" t="n">
+      <c r="CP12" s="14" t="n">
         <v>91.966</v>
       </c>
-      <c r="CO12" s="14" t="n">
+      <c r="CQ12" s="14" t="n">
         <v>91.988</v>
       </c>
-      <c r="CP12" s="14" t="n">
+      <c r="CR12" s="14" t="n">
         <v>91.522</v>
       </c>
-      <c r="CQ12" s="14" t="n">
+      <c r="CS12" s="14" t="n">
         <v>90.798</v>
       </c>
-      <c r="CR12" s="14" t="n">
+      <c r="CT12" s="14" t="n">
         <v>90.16</v>
       </c>
-      <c r="CS12" s="14" t="n">
+      <c r="CU12" s="14" t="n">
         <v>89.877</v>
       </c>
-      <c r="CT12" s="14" t="n">
+      <c r="CV12" s="14" t="n">
         <v>89.375</v>
       </c>
-      <c r="CU12" s="14" t="n">
+      <c r="CW12" s="14" t="n">
         <v>88.707</v>
       </c>
-      <c r="CV12" s="14" t="n">
+      <c r="CX12" s="14" t="n">
         <v>89.686</v>
       </c>
-      <c r="CW12" s="14" t="n">
+      <c r="CY12" s="14" t="n">
         <v>88.837</v>
       </c>
-      <c r="CX12" s="14" t="n">
+      <c r="CZ12" s="14" t="n">
         <v>88.601</v>
       </c>
-      <c r="CY12" s="14" t="n">
+      <c r="DA12" s="14" t="n">
         <v>88.206</v>
       </c>
-      <c r="CZ12" s="14" t="n">
+      <c r="DB12" s="14" t="n">
         <v>88.217</v>
       </c>
-      <c r="DA12" s="14" t="n">
+      <c r="DC12" s="14" t="n">
         <v>87.586</v>
       </c>
-      <c r="DB12" s="14" t="n">
+      <c r="DD12" s="14" t="n">
         <v>87.63</v>
       </c>
-      <c r="DC12" s="14" t="n">
+      <c r="DE12" s="14" t="n">
         <v>87.233</v>
       </c>
-      <c r="DD12" s="14" t="n">
+      <c r="DF12" s="14" t="n">
         <v>87.142</v>
       </c>
-      <c r="DE12" s="14" t="n">
+      <c r="DG12" s="14" t="n">
         <v>87.394</v>
       </c>
-      <c r="DF12" s="14" t="n">
+      <c r="DH12" s="14" t="n">
         <v>86.938</v>
       </c>
-      <c r="DG12" s="14" t="n">
+      <c r="DI12" s="14" t="n">
         <v>86.865</v>
       </c>
-      <c r="DH12" s="14" t="n">
+      <c r="DJ12" s="14" t="n">
         <v>86.673</v>
       </c>
-      <c r="DI12" s="14" t="n">
+      <c r="DK12" s="14" t="n">
         <v>86.485</v>
       </c>
-      <c r="DJ12" s="14" t="n">
+      <c r="DL12" s="14" t="n">
         <v>87.457</v>
       </c>
-      <c r="DK12" s="14" t="n">
+      <c r="DM12" s="14" t="n">
         <v>86.863</v>
       </c>
-      <c r="DL12" s="14" t="n">
+      <c r="DN12" s="14" t="n">
         <v>86.685</v>
       </c>
-      <c r="DM12" s="14" t="n">
+      <c r="DO12" s="14" t="n">
         <v>86.637</v>
       </c>
-      <c r="DN12" s="14" t="n">
+      <c r="DP12" s="14" t="n">
         <v>86.865</v>
       </c>
-      <c r="DO12" s="14" t="n">
+      <c r="DQ12" s="14" t="n">
         <v>87.972</v>
       </c>
-      <c r="DP12" s="14" t="n">
+      <c r="DR12" s="14" t="n">
         <v>88.052</v>
       </c>
-      <c r="DQ12" s="14" t="n">
+      <c r="DS12" s="14" t="n">
         <v>87.48</v>
       </c>
-      <c r="DR12" s="14" t="n">
+      <c r="DT12" s="14" t="n">
         <v>88.03</v>
       </c>
-      <c r="DS12" s="14" t="n">
+      <c r="DU12" s="14" t="n">
         <v>88.465</v>
       </c>
-      <c r="DT12" s="14" t="n">
+      <c r="DV12" s="14" t="n">
         <v>88.519</v>
       </c>
-      <c r="DU12" s="14" t="n">
+      <c r="DW12" s="14" t="n">
         <v>89.08</v>
       </c>
-      <c r="DV12" s="14" t="n">
+      <c r="DX12" s="14" t="n">
         <v>89.428</v>
       </c>
-      <c r="DW12" s="14" t="n">
+      <c r="DY12" s="14" t="n">
         <v>89.358</v>
       </c>
-      <c r="DX12" s="14" t="n">
+      <c r="DZ12" s="14" t="n">
         <v>89.323</v>
       </c>
-      <c r="DY12" s="14" t="n">
+      <c r="EA12" s="14" t="n">
         <v>89.789</v>
       </c>
-      <c r="DZ12" s="14" t="n">
+      <c r="EB12" s="14" t="n">
         <v>89.67</v>
       </c>
-      <c r="EA12" s="14" t="n">
+      <c r="EC12" s="14" t="n">
         <v>89.506</v>
       </c>
-      <c r="EB12" s="14" t="n">
+      <c r="ED12" s="14" t="n">
         <v>89.317</v>
       </c>
-      <c r="EC12" s="14" t="n">
+      <c r="EE12" s="14" t="n">
         <v>88.66</v>
       </c>
-      <c r="ED12" s="14" t="n">
+      <c r="EF12" s="14" t="n">
         <v>87.882</v>
       </c>
-      <c r="EE12" s="14" t="n">
+      <c r="EG12" s="14" t="n">
         <v>88.271</v>
       </c>
-      <c r="EF12" s="14" t="n">
+      <c r="EH12" s="14" t="n">
         <v>87.908</v>
       </c>
-      <c r="EG12" s="14" t="n">
+      <c r="EI12" s="14" t="n">
         <v>87.939</v>
       </c>
-      <c r="EH12" s="14" t="n">
+      <c r="EJ12" s="14" t="n">
         <v>87.993</v>
       </c>
-      <c r="EI12" s="14" t="n">
+      <c r="EK12" s="14" t="n">
         <v>88.253</v>
       </c>
-      <c r="EJ12" s="14" t="n">
+      <c r="EL12" s="14" t="n">
         <v>87.839</v>
       </c>
-      <c r="EK12" s="14" t="n">
+      <c r="EM12" s="14" t="n">
         <v>87.761</v>
       </c>
-      <c r="EL12" s="14" t="n">
+      <c r="EN12" s="14" t="n">
         <v>87.099</v>
       </c>
-      <c r="EM12" s="14" t="n">
+      <c r="EO12" s="14" t="n">
         <v>87.149</v>
       </c>
-      <c r="EN12" s="14" t="n">
+      <c r="EP12" s="14" t="n">
         <v>87.203</v>
       </c>
-      <c r="EO12" s="14" t="n">
+      <c r="EQ12" s="14" t="n">
         <v>87.274</v>
       </c>
-      <c r="EP12" s="14" t="n">
+      <c r="ER12" s="14" t="n">
         <v>87.517</v>
       </c>
-      <c r="EQ12" s="14" t="n">
+      <c r="ES12" s="14" t="n">
         <v>87.849</v>
       </c>
-      <c r="ER12" s="14" t="n">
+      <c r="ET12" s="14" t="n">
         <v>87.504</v>
       </c>
-      <c r="ES12" s="14" t="n">
+      <c r="EU12" s="14" t="n">
         <v>87.054</v>
       </c>
-      <c r="ET12" s="14" t="n">
+      <c r="EV12" s="14" t="n">
         <v>87.071</v>
       </c>
-      <c r="EU12" s="14" t="n">
+      <c r="EW12" s="14" t="n">
         <v>87.55</v>
       </c>
-      <c r="EV12" s="14" t="n">
+      <c r="EX12" s="14" t="n">
         <v>87.15</v>
       </c>
-      <c r="EW12" s="14" t="n">
+      <c r="EY12" s="14" t="n">
         <v>87.78</v>
       </c>
-      <c r="EX12" s="14" t="n">
+      <c r="EZ12" s="14" t="n">
         <v>87.744</v>
       </c>
-      <c r="EY12" s="14" t="n">
+      <c r="FA12" s="14" t="n">
         <v>87.813</v>
       </c>
-      <c r="EZ12" s="14" t="n">
+      <c r="FB12" s="14" t="n">
         <v>88.144</v>
       </c>
-      <c r="FA12" s="14" t="n">
+      <c r="FC12" s="14" t="n">
         <v>87.209</v>
       </c>
-      <c r="FB12" s="14" t="n">
+      <c r="FD12" s="14" t="n">
         <v>86.958</v>
       </c>
-      <c r="FC12" s="14" t="n">
+      <c r="FE12" s="14" t="n">
         <v>87.676</v>
       </c>
-      <c r="FD12" s="14" t="n">
+      <c r="FF12" s="14" t="n">
         <v>88.261</v>
       </c>
-      <c r="FE12" s="14" t="n">
+      <c r="FG12" s="14" t="n">
         <v>88.645</v>
       </c>
-      <c r="FF12" s="14" t="n">
+      <c r="FH12" s="14" t="n">
         <v>88.43</v>
       </c>
-      <c r="FG12" s="14" t="n">
+      <c r="FI12" s="14" t="n">
         <v>88.698</v>
       </c>
-      <c r="FH12" s="14" t="n">
+      <c r="FJ12" s="14" t="n">
         <v>88.824</v>
       </c>
-      <c r="FI12" s="14" t="n">
+      <c r="FK12" s="14" t="n">
         <v>88.191</v>
       </c>
-      <c r="FJ12" s="14" t="n">
+      <c r="FL12" s="14" t="n">
         <v>88.287</v>
       </c>
-      <c r="FK12" s="14" t="n">
+      <c r="FM12" s="14" t="n">
         <v>88.265</v>
       </c>
-      <c r="FL12" s="14" t="n">
+      <c r="FN12" s="14" t="n">
         <v>88.419</v>
       </c>
-      <c r="FM12" s="14" t="n">
+      <c r="FO12" s="14" t="n">
         <v>87.629</v>
       </c>
-      <c r="FN12" s="14" t="n">
+      <c r="FP12" s="14" t="n">
         <v>87.584</v>
       </c>
-      <c r="FO12" s="14" t="n">
+      <c r="FQ12" s="14" t="n">
         <v>87.432</v>
       </c>
-      <c r="FP12" s="14" t="n">
+      <c r="FR12" s="14" t="n">
         <v>87.434</v>
       </c>
-      <c r="FQ12" s="14" t="n">
+      <c r="FS12" s="14" t="n">
         <v>87.201</v>
       </c>
-      <c r="FR12" s="14" t="n">
+      <c r="FT12" s="14" t="n">
         <v>87.33</v>
       </c>
-      <c r="FS12" s="14" t="n">
+      <c r="FU12" s="14" t="n">
         <v>86.889</v>
       </c>
-      <c r="FT12" s="14" t="n">
+      <c r="FV12" s="14" t="n">
         <v>85.106</v>
       </c>
-      <c r="FU12" s="14" t="n">
+      <c r="FW12" s="14" t="n">
         <v>85.232</v>
       </c>
-      <c r="FV12" s="14" t="n">
+      <c r="FX12" s="14" t="n">
         <v>84.522</v>
       </c>
-      <c r="FW12" s="14" t="n">
+      <c r="FY12" s="14" t="n">
         <v>84.539</v>
       </c>
-      <c r="FX12" s="14" t="n">
+      <c r="FZ12" s="14" t="n">
         <v>84.536</v>
       </c>
-      <c r="FY12" s="14" t="n">
+      <c r="GA12" s="14" t="n">
         <v>84.292</v>
       </c>
-      <c r="FZ12" s="14" t="n">
+      <c r="GB12" s="14" t="n">
         <v>84.044</v>
       </c>
-      <c r="GA12" s="14" t="n">
+      <c r="GC12" s="14" t="n">
         <v>82.786</v>
       </c>
-      <c r="GB12" s="14" t="n">
+      <c r="GD12" s="14" t="n">
         <v>80.961</v>
       </c>
-      <c r="GC12" s="14" t="n">
+      <c r="GE12" s="14" t="n">
         <v>81.357</v>
       </c>
-      <c r="GD12" s="14" t="n">
+      <c r="GF12" s="14" t="n">
         <v>80.837</v>
       </c>
-      <c r="GE12" s="14" t="n">
+      <c r="GG12" s="14" t="n">
         <v>80.796</v>
       </c>
-      <c r="GF12" s="14" t="n">
+      <c r="GH12" s="14" t="n">
         <v>80.669</v>
       </c>
-      <c r="GG12" s="14" t="n">
+      <c r="GI12" s="14" t="n">
         <v>80.364</v>
       </c>
-      <c r="GH12" s="14" t="n">
+      <c r="GJ12" s="14" t="n">
         <v>80.674</v>
       </c>
-      <c r="GI12" s="14" t="n">
+      <c r="GK12" s="14" t="n">
         <v>80.575</v>
       </c>
-      <c r="GJ12" s="14" t="n">
+      <c r="GL12" s="14" t="n">
         <v>80.525</v>
       </c>
-      <c r="GK12" s="14" t="n">
+      <c r="GM12" s="14" t="n">
         <v>80.963</v>
       </c>
-      <c r="GL12" s="14" t="n">
+      <c r="GN12" s="14" t="n">
         <v>80.342</v>
       </c>
-      <c r="GM12" s="14" t="n">
+      <c r="GO12" s="14" t="n">
         <v>79.859</v>
-      </c>
-[...4 lines deleted...]
-        <v>80.273</v>
       </c>
       <c r="GP12" s="14" t="n">
         <v>79.997</v>
       </c>
       <c r="GQ12" s="14" t="n">
+        <v>80.273</v>
+      </c>
+      <c r="GR12" s="14" t="n">
+        <v>79.997</v>
+      </c>
+      <c r="GS12" s="14" t="n">
         <v>80.48</v>
       </c>
-      <c r="GR12" s="14" t="n">
+      <c r="GT12" s="14" t="n">
         <v>80.687</v>
       </c>
-      <c r="GS12" s="14" t="n">
+      <c r="GU12" s="14" t="n">
         <v>81.032</v>
       </c>
-      <c r="GT12" s="14" t="n">
+      <c r="GV12" s="14" t="n">
         <v>80.48</v>
       </c>
-      <c r="GU12" s="14" t="n">
+      <c r="GW12" s="14" t="n">
         <v>80.342</v>
       </c>
-      <c r="GV12" s="14" t="n">
+      <c r="GX12" s="14" t="n">
         <v>80.135</v>
-      </c>
-[...4 lines deleted...]
-        <v>79.928</v>
       </c>
       <c r="GY12" s="14" t="n">
         <v>79.859</v>
       </c>
       <c r="GZ12" s="14" t="n">
+        <v>79.928</v>
+      </c>
+      <c r="HA12" s="14" t="n">
+        <v>79.859</v>
+      </c>
+      <c r="HB12" s="14" t="n">
         <v>79.237</v>
       </c>
-      <c r="HA12" s="14" t="n">
+      <c r="HC12" s="14" t="n">
         <v>79.79</v>
       </c>
-      <c r="HB12" s="14" t="n">
+      <c r="HD12" s="14" t="n">
         <v>79.928</v>
       </c>
-      <c r="HC12" s="14" t="n">
+      <c r="HE12" s="14" t="n">
         <v>79.859</v>
       </c>
-      <c r="HD12" s="14" t="n">
+      <c r="HF12" s="14" t="n">
         <v>79.651</v>
       </c>
-      <c r="HE12" s="14" t="n">
+      <c r="HG12" s="14" t="n">
         <v>79.651</v>
       </c>
-      <c r="HF12" s="14" t="n">
+      <c r="HH12" s="14" t="n">
         <v>79.168</v>
       </c>
-      <c r="HG12" s="14" t="n">
+      <c r="HI12" s="14" t="n">
         <v>78.754</v>
       </c>
-      <c r="HH12" s="14" t="n">
+      <c r="HJ12" s="14" t="n">
         <v>78.409</v>
       </c>
-      <c r="HI12" s="14" t="n">
+      <c r="HK12" s="14" t="n">
         <v>77.857</v>
       </c>
-      <c r="HJ12" s="14" t="n">
+      <c r="HL12" s="14" t="n">
         <v>75.786</v>
       </c>
-      <c r="HK12" s="14" t="n">
+      <c r="HM12" s="14" t="n">
         <v>76.338</v>
       </c>
-      <c r="HL12" s="14" t="n">
+      <c r="HN12" s="14" t="n">
         <v>76.131</v>
       </c>
-      <c r="HM12" s="14" t="n">
+      <c r="HO12" s="14" t="n">
         <v>75.51</v>
       </c>
-      <c r="HN12" s="14" t="n">
+      <c r="HP12" s="14" t="n">
         <v>75.51</v>
       </c>
-      <c r="HO12" s="14" t="n">
+      <c r="HQ12" s="14" t="n">
         <v>75.855</v>
       </c>
-      <c r="HP12" s="14" t="n">
+      <c r="HR12" s="14" t="n">
         <v>75.234</v>
       </c>
-      <c r="HQ12" s="14" t="n">
+      <c r="HS12" s="14" t="n">
         <v>75.096</v>
       </c>
-      <c r="HR12" s="14" t="n">
+      <c r="HT12" s="14" t="n">
         <v>75.027</v>
       </c>
-      <c r="HS12" s="14" t="n">
+      <c r="HU12" s="14" t="n">
         <v>75.027</v>
       </c>
-      <c r="HT12" s="14" t="n">
+      <c r="HV12" s="14" t="n">
         <v>75.096</v>
       </c>
-      <c r="HU12" s="14" t="n">
+      <c r="HW12" s="14" t="n">
         <v>74.13</v>
       </c>
-      <c r="HV12" s="14" t="n">
+      <c r="HX12" s="14" t="n">
         <v>72.404</v>
-      </c>
-[...4 lines deleted...]
-        <v>71.852</v>
       </c>
       <c r="HY12" s="14" t="n">
         <v>71.99</v>
       </c>
       <c r="HZ12" s="14" t="n">
+        <v>71.852</v>
+      </c>
+      <c r="IA12" s="14" t="n">
         <v>71.99</v>
       </c>
-      <c r="IA12" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="IB12" s="14" t="n">
-        <v>71.921</v>
+        <v>71.99</v>
       </c>
       <c r="IC12" s="14" t="n">
         <v>71.714</v>
       </c>
       <c r="ID12" s="14" t="n">
+        <v>71.921</v>
+      </c>
+      <c r="IE12" s="14" t="n">
+        <v>71.714</v>
+      </c>
+      <c r="IF12" s="14" t="n">
         <v>71.507</v>
       </c>
-      <c r="IE12" s="14" t="n">
+      <c r="IG12" s="14" t="n">
         <v>71.438</v>
       </c>
-      <c r="IF12" s="14" t="n">
+      <c r="IH12" s="14" t="n">
         <v>71.369</v>
       </c>
-      <c r="IG12" s="14" t="n">
+      <c r="II12" s="14" t="n">
         <v>71.3</v>
       </c>
-      <c r="IH12" s="14" t="n">
+      <c r="IJ12" s="14" t="n">
         <v>69.091</v>
       </c>
-      <c r="II12" s="14" t="n">
+      <c r="IK12" s="14" t="n">
         <v>69.574</v>
       </c>
-      <c r="IJ12" s="14" t="n">
+      <c r="IL12" s="14" t="n">
         <v>69.298</v>
       </c>
-      <c r="IK12" s="14" t="n">
+      <c r="IM12" s="14" t="n">
         <v>69.367</v>
       </c>
-      <c r="IL12" s="14" t="n">
+      <c r="IN12" s="14" t="n">
         <v>69.022</v>
       </c>
-      <c r="IM12" s="14" t="n">
+      <c r="IO12" s="14" t="n">
         <v>69.712</v>
       </c>
-      <c r="IN12" s="14" t="n">
+      <c r="IP12" s="14" t="n">
         <v>69.091</v>
-      </c>
-[...4 lines deleted...]
-        <v>68.815</v>
       </c>
       <c r="IQ12" s="14" t="n">
         <v>68.815</v>
       </c>
       <c r="IR12" s="14" t="n">
+        <v>68.815</v>
+      </c>
+      <c r="IS12" s="14" t="n">
+        <v>68.815</v>
+      </c>
+      <c r="IT12" s="14" t="n">
         <v>68.677</v>
       </c>
-      <c r="IS12" s="14" t="n">
+      <c r="IU12" s="14" t="n">
         <v>67.987</v>
       </c>
-      <c r="IT12" s="15" t="n">
+      <c r="IV12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="IW12" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="IX12" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="IY12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="IU12" s="15" t="n">
-[...2 lines deleted...]
-      <c r="IV12" s="15" t="n">
+      <c r="IZ12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="IW12" s="15" t="n">
+      <c r="JA12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="IX12" s="15" t="n">
+      <c r="JB12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="IY12" s="15" t="n">
+      <c r="JC12" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="IZ12" s="15" t="n">
+      <c r="JD12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JA12" s="15" t="n">
+      <c r="JE12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JB12" s="15" t="n">
+      <c r="JF12" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="JC12" s="15" t="n">
+      <c r="JG12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="JD12" s="15" t="n">
+      <c r="JH12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="JE12" s="15" t="n">
+      <c r="JI12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="JF12" s="15" t="n">
+      <c r="JJ12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JG12" s="15" t="n">
+      <c r="JK12" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="JH12" s="15" t="n">
+      <c r="JL12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="JI12" s="15" t="n">
+      <c r="JM12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="JJ12" s="15" t="n">
+      <c r="JN12" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="JK12" s="15" t="n">
+      <c r="JO12" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="JL12" s="15" t="n">
+      <c r="JP12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JM12" s="15" t="n">
+      <c r="JQ12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="JN12" s="15" t="n">
+      <c r="JR12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="JO12" s="15" t="n">
+      <c r="JS12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="JP12" s="15" t="n">
+      <c r="JT12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="JQ12" s="15" t="n">
+      <c r="JU12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="JR12" s="15" t="n">
+      <c r="JV12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="JS12" s="15" t="n">
+      <c r="JW12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="JT12" s="15" t="n">
+      <c r="JX12" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="JU12" s="15" t="n">
+      <c r="JY12" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="JZ12" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="KA12" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="KB12" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="KC12" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="KD12" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="KE12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="KB12" s="15" t="n">
+      <c r="KF12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="KC12" s="15" t="n">
+      <c r="KG12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="KD12" s="15" t="n">
+      <c r="KH12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="KE12" s="15" t="n">
+      <c r="KI12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="KF12" s="15" t="n">
+      <c r="KJ12" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="KG12" s="15" t="n">
+      <c r="KK12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="KH12" s="15" t="n">
+      <c r="KL12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="KI12" s="15" t="n">
+      <c r="KM12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="KJ12" s="15" t="n">
+      <c r="KN12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="KK12" s="15" t="n">
+      <c r="KO12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="KL12" s="15" t="n">
+      <c r="KP12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="KM12" s="15" t="n">
+      <c r="KQ12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="KN12" s="15" t="n">
+      <c r="KR12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="KO12" s="15" t="n">
+      <c r="KS12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="KP12" s="15" t="n">
+      <c r="KT12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KQ12" s="15" t="n">
+      <c r="KU12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="KR12" s="15" t="n">
+      <c r="KV12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="KS12" s="15" t="n">
+      <c r="KW12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="KT12" s="15" t="n">
+      <c r="KX12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KU12" s="15" t="n">
+      <c r="KY12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KV12" s="15" t="n">
+      <c r="KZ12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="KW12" s="15" t="n">
+      <c r="LA12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="KX12" s="15" t="n">
+      <c r="LB12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="KY12" s="15" t="n">
+      <c r="LC12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="KZ12" s="15" t="n">
+      <c r="LD12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="LA12" s="15" t="n">
+      <c r="LE12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="LB12" s="15" t="n">
+      <c r="LF12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LC12" s="15" t="n">
+      <c r="LG12" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="LH12" s="15" t="n">
         <v>-0.3</v>
       </c>
       <c r="LI12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LJ12" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="LK12" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="LL12" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="LM12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LJ12" s="15" t="n">
+      <c r="LN12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="LK12" s="15" t="n">
+      <c r="LO12" s="15" t="n">
         <v>-1.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="LP12" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LQ12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="LR12" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="LS12" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="LT12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LU12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LR12" s="15" t="n">
+      <c r="LV12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="LS12" s="15" t="n">
+      <c r="LW12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LT12" s="15" t="n">
+      <c r="LX12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LU12" s="15" t="n">
+      <c r="LY12" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="LZ12" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="MA12" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="MB12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="MC12" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="MD12" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="ME12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="MB12" s="15" t="n">
+      <c r="MF12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MC12" s="15" t="n">
+      <c r="MG12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MD12" s="15" t="n">
+      <c r="MH12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ME12" s="15" t="n">
+      <c r="MI12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="MF12" s="15" t="n">
+      <c r="MJ12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MG12" s="15" t="n">
+      <c r="MK12" s="15" t="n">
         <v>0.5</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="ML12" s="15" t="n">
         <v>0.8</v>
       </c>
       <c r="MM12" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="MN12" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="MO12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="MP12" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="MQ12" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="MN12" s="15" t="n">
+      <c r="MR12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="MO12" s="15" t="n">
+      <c r="MS12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="MP12" s="15" t="n">
+      <c r="MT12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="MQ12" s="15" t="n">
+      <c r="MU12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MR12" s="15" t="n">
+      <c r="MV12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MS12" s="15" t="n">
+      <c r="MW12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MT12" s="15" t="n">
+      <c r="MX12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="MU12" s="15" t="n">
+      <c r="MY12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MV12" s="15" t="n">
+      <c r="MZ12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="MW12" s="15" t="n">
+      <c r="NA12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="MX12" s="15" t="n">
+      <c r="NB12" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.7</v>
       </c>
       <c r="NC12" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="ND12" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="NE12" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="NF12" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="NG12" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="NH12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NE12" s="15" t="n">
+      <c r="NI12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="NF12" s="15" t="n">
+      <c r="NJ12" s="15" t="n">
         <v>-1.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.5</v>
       </c>
       <c r="NK12" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="NL12" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="NM12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="NM12" s="15" t="n">
+      <c r="NN12" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="NO12" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NP12" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="NQ12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="NN12" s="15" t="n">
+      <c r="NR12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NO12" s="15" t="n">
+      <c r="NS12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NP12" s="15" t="n">
+      <c r="NT12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="NQ12" s="15" t="n">
+      <c r="NU12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NR12" s="15" t="n">
+      <c r="NV12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NS12" s="15" t="n">
+      <c r="NW12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NT12" s="15" t="n">
+      <c r="NX12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="NU12" s="15" t="n">
+      <c r="NY12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="NV12" s="15" t="n">
+      <c r="NZ12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="NW12" s="15" t="n">
+      <c r="OA12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="NX12" s="15" t="n">
+      <c r="OB12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NY12" s="15" t="n">
+      <c r="OC12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="NZ12" s="15" t="n">
+      <c r="OD12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OA12" s="15" t="n">
+      <c r="OE12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="OB12" s="15" t="n">
+      <c r="OF12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OC12" s="15" t="n">
+      <c r="OG12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="OD12" s="15" t="n">
+      <c r="OH12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OE12" s="15" t="n">
+      <c r="OI12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OF12" s="15" t="n">
+      <c r="OJ12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OG12" s="15" t="n">
+      <c r="OK12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OH12" s="15" t="n">
+      <c r="OL12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="OI12" s="15" t="n">
+      <c r="OM12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="OJ12" s="15" t="n">
+      <c r="ON12" s="15" t="n">
         <v>0.5</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.7</v>
       </c>
       <c r="OO12" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="OP12" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="OQ12" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="OR12" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="OS12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OT12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OQ12" s="15" t="n">
+      <c r="OU12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="OR12" s="15" t="n">
+      <c r="OV12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="OS12" s="15" t="n">
+      <c r="OW12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="OT12" s="15" t="n">
+      <c r="OX12" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="OU12" s="15" t="n">
+      <c r="OY12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="OV12" s="15" t="n">
+      <c r="OZ12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="OW12" s="15" t="n">
+      <c r="PA12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OX12" s="15" t="n">
+      <c r="PB12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OY12" s="15" t="n">
+      <c r="PC12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OZ12" s="15" t="n">
+      <c r="PD12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="PA12" s="15" t="n">
+      <c r="PE12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PB12" s="15" t="n">
+      <c r="PF12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PC12" s="15" t="n">
+      <c r="PG12" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="PD12" s="15" t="n">
+      <c r="PH12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="PE12" s="15" t="n">
+      <c r="PI12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PF12" s="15" t="n">
+      <c r="PJ12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PG12" s="15" t="n">
+      <c r="PK12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PH12" s="15" t="n">
+      <c r="PL12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PI12" s="15" t="n">
+      <c r="PM12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PJ12" s="15" t="n">
+      <c r="PN12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="PK12" s="15" t="n">
+      <c r="PO12" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="PL12" s="15" t="n">
+      <c r="PP12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PM12" s="15" t="n">
+      <c r="PQ12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="PN12" s="15" t="n">
+      <c r="PR12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PO12" s="15" t="n">
+      <c r="PS12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PP12" s="15" t="n">
+      <c r="PT12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PQ12" s="15" t="n">
+      <c r="PU12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PR12" s="15" t="n">
+      <c r="PV12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="PS12" s="15" t="n">
+      <c r="PW12" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="PT12" s="15" t="n">
+      <c r="PX12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="PU12" s="15" t="n">
+      <c r="PY12" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.4</v>
       </c>
       <c r="PZ12" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="QA12" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="QB12" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="QC12" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="QD12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QB12" s="15" t="n">
+      <c r="QE12" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="QF12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="QC12" s="15" t="n">
+      <c r="QG12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="QD12" s="15" t="n">
+      <c r="QH12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="QE12" s="15" t="n">
+      <c r="QI12" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QF12" s="15" t="n">
+      <c r="QJ12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="QG12" s="15" t="n">
+      <c r="QK12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QH12" s="15" t="n">
+      <c r="QL12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="QI12" s="15" t="n">
+      <c r="QM12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="QJ12" s="15" t="n">
+      <c r="QN12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="QK12" s="15" t="n">
+      <c r="QO12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="QL12" s="15" t="n">
+      <c r="QP12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="QM12" s="15" t="n">
+      <c r="QQ12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QN12" s="15" t="n">
+      <c r="QR12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QO12" s="15" t="n">
+      <c r="QS12" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="QT12" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="QU12" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="QV12" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="QW12" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="QX12" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="QY12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QV12" s="15" t="n">
+      <c r="QZ12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QW12" s="15" t="n">
+      <c r="RA12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="QX12" s="15" t="n">
+      <c r="RB12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="QY12" s="15" t="n">
+      <c r="RC12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="QZ12" s="15" t="n">
+      <c r="RD12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="RA12" s="15" t="n">
+      <c r="RE12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="RB12" s="15" t="n">
+      <c r="RF12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="RC12" s="15" t="n">
+      <c r="RG12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="RD12" s="15" t="n">
+      <c r="RH12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="RE12" s="15" t="n">
+      <c r="RI12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RF12" s="15" t="n">
+      <c r="RJ12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="RG12" s="15" t="n">
+      <c r="RK12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="RH12" s="15" t="n">
+      <c r="RL12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RI12" s="15" t="n">
+      <c r="RM12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RJ12" s="15" t="n">
+      <c r="RN12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RK12" s="15" t="n">
+      <c r="RO12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RL12" s="15" t="n">
+      <c r="RP12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="RM12" s="15" t="n">
+      <c r="RQ12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="RN12" s="15" t="n">
+      <c r="RR12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="RO12" s="15" t="n">
+      <c r="RS12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RP12" s="15" t="n">
+      <c r="RT12" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="RQ12" s="15" t="n">
+      <c r="RU12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RR12" s="15" t="n">
+      <c r="RV12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="RS12" s="15" t="n">
+      <c r="RW12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="RT12" s="15" t="n">
+      <c r="RX12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="RU12" s="15" t="n">
+      <c r="RY12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="RV12" s="15" t="n">
+      <c r="RZ12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RW12" s="15" t="n">
+      <c r="SA12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RX12" s="15" t="n">
+      <c r="SB12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RY12" s="15" t="n">
+      <c r="SC12" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="RZ12" s="15" t="n">
+      <c r="SD12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="SA12" s="15" t="n">
+      <c r="SE12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="SB12" s="15" t="n">
+      <c r="SF12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="SC12" s="15" t="n">
+      <c r="SG12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="SD12" s="15" t="n">
+      <c r="SH12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="SE12" s="15" t="n">
+      <c r="SI12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="SF12" s="15" t="n">
+      <c r="SJ12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="SG12" s="15" t="n">
+      <c r="SK12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="SH12" s="15" t="n">
+      <c r="SL12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="SI12" s="15" t="n">
+      <c r="SM12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="SJ12" s="15" t="n">
+      <c r="SN12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="SK12" s="13" t="inlineStr">
+      <c r="SO12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="SL12" s="15" t="n">
-[...2 lines deleted...]
-      <c r="SM12" s="15" t="n">
+      <c r="SP12" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="SQ12" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="SR12" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="SS12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="SN12" s="15" t="n">
+      <c r="ST12" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="SO12" s="15" t="n">
+      <c r="SU12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="SP12" s="15" t="n">
+      <c r="SV12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="SQ12" s="15" t="n">
+      <c r="SW12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="SR12" s="15" t="n">
+      <c r="SX12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="SS12" s="15" t="n">
+      <c r="SY12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ST12" s="15" t="n">
+      <c r="SZ12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="SU12" s="15" t="n">
+      <c r="TA12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="SV12" s="15" t="n">
+      <c r="TB12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="SW12" s="15" t="n">
+      <c r="TC12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="SX12" s="15" t="n">
+      <c r="TD12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="SY12" s="15" t="n">
+      <c r="TE12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="SZ12" s="15" t="n">
+      <c r="TF12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="TA12" s="15" t="n">
+      <c r="TG12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="TB12" s="15" t="n">
+      <c r="TH12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="TC12" s="15" t="n">
+      <c r="TI12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="TD12" s="15" t="n">
+      <c r="TJ12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="TE12" s="15" t="n">
+      <c r="TK12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="TF12" s="15" t="n">
+      <c r="TL12" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="TG12" s="15" t="n">
+      <c r="TM12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="TH12" s="15" t="n">
+      <c r="TN12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="TI12" s="15" t="n">
+      <c r="TO12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="TJ12" s="15" t="n">
+      <c r="TP12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="TK12" s="15" t="n">
+      <c r="TQ12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="TL12" s="15" t="n">
+      <c r="TR12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="TM12" s="15" t="n">
+      <c r="TS12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="TN12" s="15" t="n">
+      <c r="TT12" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="TO12" s="15" t="n">
+      <c r="TU12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="TP12" s="15" t="n">
+      <c r="TV12" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="TQ12" s="15" t="n">
+      <c r="TW12" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="TR12" s="15" t="n">
+      <c r="TX12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="TS12" s="15" t="n">
+      <c r="TY12" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="TT12" s="15" t="n">
+      <c r="TZ12" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="TU12" s="15" t="n">
+      <c r="UA12" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="TV12" s="15" t="n">
+      <c r="UB12" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="TW12" s="15" t="n">
+      <c r="UC12" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="TX12" s="15" t="n">
+      <c r="UD12" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="TY12" s="15" t="n">
+      <c r="UE12" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="TZ12" s="15" t="n">
+      <c r="UF12" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="UA12" s="15" t="n">
+      <c r="UG12" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="UB12" s="15" t="n">
+      <c r="UH12" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="UC12" s="15" t="n">
+      <c r="UI12" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="UD12" s="15" t="n">
+      <c r="UJ12" s="15" t="n">
         <v>13.7</v>
       </c>
-      <c r="UE12" s="15" t="n">
+      <c r="UK12" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="UF12" s="15" t="n">
+      <c r="UL12" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="UG12" s="15" t="n">
+      <c r="UM12" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="UH12" s="15" t="n">
+      <c r="UN12" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="UI12" s="15" t="n">
+      <c r="UO12" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="UJ12" s="15" t="n">
+      <c r="UP12" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="UK12" s="15" t="n">
+      <c r="UQ12" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="UL12" s="15" t="n">
+      <c r="UR12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="UM12" s="15" t="n">
+      <c r="US12" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="UN12" s="15" t="n">
+      <c r="UT12" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="UO12" s="15" t="n">
+      <c r="UU12" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="UP12" s="15" t="n">
+      <c r="UV12" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="UQ12" s="15" t="n">
+      <c r="UW12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="UR12" s="15" t="n">
+      <c r="UX12" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="US12" s="15" t="n">
+      <c r="UY12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="UT12" s="15" t="n">
+      <c r="UZ12" s="15" t="n">
         <v>2.0</v>
-      </c>
-[...16 lines deleted...]
-        <v>1.3</v>
       </c>
       <c r="VA12" s="15" t="n">
         <v>1.5</v>
       </c>
       <c r="VB12" s="15" t="n">
-        <v>0.9</v>
+        <v>1.3</v>
       </c>
       <c r="VC12" s="15" t="n">
-        <v>0.6</v>
+        <v>1.6</v>
       </c>
       <c r="VD12" s="15" t="n">
-        <v>0.9</v>
+        <v>1.7</v>
       </c>
       <c r="VE12" s="15" t="n">
-        <v>1.6</v>
+        <v>1.4</v>
       </c>
       <c r="VF12" s="15" t="n">
-        <v>0.9</v>
+        <v>1.3</v>
       </c>
       <c r="VG12" s="15" t="n">
         <v>1.5</v>
       </c>
       <c r="VH12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="VI12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="VJ12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="VK12" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="VL12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="VM12" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="VN12" s="15" t="n">
         <v>2.1</v>
-      </c>
-[...16 lines deleted...]
-        <v>2.2</v>
       </c>
       <c r="VO12" s="15" t="n">
         <v>2.9</v>
       </c>
       <c r="VP12" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="VQ12" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="VR12" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="VS12" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="VT12" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="VU12" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="VV12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="VQ12" s="15" t="n">
+      <c r="VW12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="VR12" s="15" t="n">
+      <c r="VX12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="VS12" s="15" t="n">
+      <c r="VY12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="VT12" s="15" t="n">
+      <c r="VZ12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="VU12" s="15" t="n">
+      <c r="WA12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="VV12" s="15" t="n">
+      <c r="WB12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="VW12" s="15" t="n">
+      <c r="WC12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="VX12" s="15" t="n">
+      <c r="WD12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="VY12" s="15" t="n">
+      <c r="WE12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="VZ12" s="15" t="n">
+      <c r="WF12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="WA12" s="15" t="n">
+      <c r="WG12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="WB12" s="15" t="n">
+      <c r="WH12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="WC12" s="15" t="n">
+      <c r="WI12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="WD12" s="15" t="n">
+      <c r="WJ12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="WE12" s="15" t="n">
+      <c r="WK12" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="WF12" s="15" t="n">
+      <c r="WL12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="WG12" s="15" t="n">
+      <c r="WM12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="WH12" s="15" t="n">
+      <c r="WN12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="WI12" s="15" t="n">
+      <c r="WO12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="WJ12" s="15" t="n">
+      <c r="WP12" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="WK12" s="15" t="n">
+      <c r="WQ12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="WL12" s="15" t="n">
+      <c r="WR12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="WM12" s="15" t="n">
+      <c r="WS12" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="WN12" s="15" t="n">
+      <c r="WT12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="WO12" s="15" t="n">
+      <c r="WU12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="WP12" s="15" t="n">
+      <c r="WV12" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="WQ12" s="15" t="n">
+      <c r="WW12" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="WR12" s="15" t="n">
+      <c r="WX12" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="WS12" s="15" t="n">
+      <c r="WY12" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="WT12" s="15" t="n">
+      <c r="WZ12" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="WU12" s="15" t="n">
+      <c r="XA12" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="WV12" s="15" t="n">
+      <c r="XB12" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="WW12" s="15" t="n">
+      <c r="XC12" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="WX12" s="15" t="n">
+      <c r="XD12" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="WY12" s="15" t="n">
+      <c r="XE12" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="WZ12" s="15" t="n">
+      <c r="XF12" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="XA12" s="15" t="n">
+      <c r="XG12" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="XB12" s="15" t="n">
+      <c r="XH12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="XC12" s="15" t="n">
+      <c r="XI12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="XD12" s="15" t="n">
+      <c r="XJ12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="XE12" s="15" t="n">
+      <c r="XK12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="XF12" s="15" t="n">
+      <c r="XL12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="XG12" s="15" t="n">
+      <c r="XM12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="XH12" s="15" t="n">
+      <c r="XN12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="XI12" s="15" t="n">
+      <c r="XO12" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="XJ12" s="15" t="n">
+      <c r="XP12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="XK12" s="15" t="n">
+      <c r="XQ12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="XL12" s="15" t="n">
+      <c r="XR12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="XM12" s="15" t="n">
+      <c r="XS12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="XN12" s="15" t="n">
+      <c r="XT12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="XO12" s="15" t="n">
+      <c r="XU12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="XP12" s="15" t="n">
+      <c r="XV12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="XQ12" s="15" t="n">
+      <c r="XW12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="XR12" s="15" t="n">
+      <c r="XX12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="XS12" s="15" t="n">
+      <c r="XY12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="XT12" s="15" t="n">
+      <c r="XZ12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="XU12" s="15" t="n">
+      <c r="YA12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="XV12" s="15" t="n">
+      <c r="YB12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="XW12" s="15" t="n">
+      <c r="YC12" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="XX12" s="15" t="n">
+      <c r="YD12" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="XY12" s="15" t="n">
+      <c r="YE12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="XZ12" s="15" t="n">
+      <c r="YF12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="YA12" s="15" t="n">
+      <c r="YG12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="YB12" s="15" t="n">
+      <c r="YH12" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="YC12" s="15" t="n">
+      <c r="YI12" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="YD12" s="15" t="n">
+      <c r="YJ12" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="YE12" s="15" t="n">
+      <c r="YK12" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="YF12" s="15" t="n">
+      <c r="YL12" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="YG12" s="15" t="n">
+      <c r="YM12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="YH12" s="15" t="n">
+      <c r="YN12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="YI12" s="15" t="n">
+      <c r="YO12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="YJ12" s="15" t="n">
+      <c r="YP12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="YK12" s="15" t="n">
+      <c r="YQ12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="YL12" s="15" t="n">
+      <c r="YR12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="YM12" s="15" t="n">
+      <c r="YS12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="YN12" s="15" t="n">
+      <c r="YT12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="YO12" s="15" t="n">
+      <c r="YU12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="YP12" s="15" t="n">
+      <c r="YV12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="YQ12" s="15" t="n">
+      <c r="YW12" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="YR12" s="15" t="n">
+      <c r="YX12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="YS12" s="15" t="n">
+      <c r="YY12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="YT12" s="15" t="n">
+      <c r="YZ12" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="YU12" s="15" t="n">
+      <c r="ZA12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="YV12" s="15" t="n">
+      <c r="ZB12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="YW12" s="15" t="n">
+      <c r="ZC12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="YX12" s="15" t="n">
+      <c r="ZD12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="YY12" s="15" t="n">
+      <c r="ZE12" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="YZ12" s="15" t="n">
+      <c r="ZF12" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="ZA12" s="15" t="n">
+      <c r="ZG12" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="ZB12" s="15" t="n">
+      <c r="ZH12" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="ZC12" s="15" t="n">
+      <c r="ZI12" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="ZD12" s="15" t="n">
+      <c r="ZJ12" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="ZE12" s="15" t="n">
+      <c r="ZK12" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="ZF12" s="15" t="n">
+      <c r="ZL12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="ZG12" s="15" t="n">
+      <c r="ZM12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="ZH12" s="15" t="n">
+      <c r="ZN12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ZI12" s="15" t="n">
+      <c r="ZO12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ZJ12" s="15" t="n">
+      <c r="ZP12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="ZK12" s="15" t="n">
+      <c r="ZQ12" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ZL12" s="15" t="n">
+      <c r="ZR12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ZM12" s="15" t="n">
+      <c r="ZS12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ZN12" s="15" t="n">
+      <c r="ZT12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ZO12" s="15" t="n">
+      <c r="ZU12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ZP12" s="15" t="n">
+      <c r="ZV12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ZQ12" s="15" t="n">
+      <c r="ZW12" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="ZR12" s="15" t="n">
+      <c r="ZX12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ZS12" s="15" t="n">
+      <c r="ZY12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ZT12" s="15" t="n">
+      <c r="ZZ12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ZU12" s="15" t="n">
+      <c r="AAA12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ZV12" s="15" t="n">
+      <c r="AAB12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ZW12" s="15" t="n">
+      <c r="AAC12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ZX12" s="15" t="n">
+      <c r="AAD12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ZY12" s="15" t="n">
+      <c r="AAE12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ZZ12" s="15" t="n">
+      <c r="AAF12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AAA12" s="15" t="n">
+      <c r="AAG12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AAB12" s="15" t="n">
+      <c r="AAH12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AAC12" s="15" t="n">
+      <c r="AAI12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AAD12" s="15" t="n">
+      <c r="AAJ12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AAE12" s="15" t="n">
+      <c r="AAK12" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AAF12" s="15" t="n">
+      <c r="AAL12" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AAG12" s="15" t="n">
+      <c r="AAM12" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AAH12" s="15" t="n">
+      <c r="AAN12" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AAI12" s="15" t="n">
+      <c r="AAO12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AAJ12" s="15" t="n">
+      <c r="AAP12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AAK12" s="15" t="n">
+      <c r="AAQ12" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AAL12" s="15" t="n">
+      <c r="AAR12" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="AAM12" s="15" t="n">
+      <c r="AAS12" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AAN12" s="15" t="n">
+      <c r="AAT12" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="AAO12" s="15" t="n">
+      <c r="AAU12" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AAP12" s="15" t="n">
+      <c r="AAV12" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AAQ12" s="15" t="n">
+      <c r="AAW12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AAR12" s="15" t="n">
+      <c r="AAX12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AAS12" s="15" t="n">
+      <c r="AAY12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AAT12" s="15" t="n">
+      <c r="AAZ12" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AAU12" s="15" t="n">
+      <c r="ABA12" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="AAV12" s="15" t="n">
+      <c r="ABB12" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="AAW12" s="15" t="n">
+      <c r="ABC12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AAX12" s="15" t="n">
+      <c r="ABD12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AAY12" s="15" t="n">
+      <c r="ABE12" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="AAZ12" s="15" t="n">
+      <c r="ABF12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="ABA12" s="15" t="n">
+      <c r="ABG12" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="ABB12" s="15" t="n">
+      <c r="ABH12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="ABC12" s="15" t="n">
+      <c r="ABI12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ABD12" s="15" t="n">
+      <c r="ABJ12" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="ABE12" s="15" t="n">
+      <c r="ABK12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="ABF12" s="15" t="n">
+      <c r="ABL12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="ABG12" s="15" t="n">
+      <c r="ABM12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ABH12" s="15" t="n">
+      <c r="ABN12" s="15" t="n">
         <v>3.7</v>
-      </c>
-[...16 lines deleted...]
-        <v>3.9</v>
       </c>
       <c r="ABO12" s="15" t="n">
         <v>3.8</v>
       </c>
       <c r="ABP12" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="ABQ12" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="ABR12" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="ABS12" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="ABT12" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ABQ12" s="15" t="n">
+      <c r="ABU12" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="ABV12" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="ABW12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="ABR12" s="13" t="inlineStr">
+      <c r="ABX12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABS12" s="13" t="inlineStr">
+      <c r="ABY12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABT12" s="13" t="inlineStr">
+      <c r="ABZ12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABU12" s="13" t="inlineStr">
+      <c r="ACA12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABV12" s="13" t="inlineStr">
+      <c r="ACB12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABW12" s="13" t="inlineStr">
+      <c r="ACC12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABX12" s="13" t="inlineStr">
+      <c r="ACD12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABY12" s="13" t="inlineStr">
+      <c r="ACE12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABZ12" s="13" t="inlineStr">
+      <c r="ACF12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ACA12" s="13" t="inlineStr">
+      <c r="ACG12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ACB12" s="13" t="inlineStr">
+      <c r="ACH12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ACC12" s="13" t="inlineStr">
+      <c r="ACI12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ACD12" s="15" t="n">
-[...2 lines deleted...]
-      <c r="ACE12" s="15" t="n">
+      <c r="ACJ12" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="ACK12" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="ACL12" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="ACM12" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="ACF12" s="15" t="n">
+      <c r="ACN12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ACG12" s="15" t="n">
+      <c r="ACO12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ACH12" s="15" t="n">
+      <c r="ACP12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ACI12" s="15" t="n">
+      <c r="ACQ12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ACJ12" s="15" t="n">
+      <c r="ACR12" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ACK12" s="15" t="n">
+      <c r="ACS12" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ACL12" s="15" t="n">
+      <c r="ACT12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ACM12" s="15" t="n">
+      <c r="ACU12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="ACN12" s="15" t="n">
+      <c r="ACV12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ACO12" s="15" t="n">
+      <c r="ACW12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACP12" s="15" t="n">
+      <c r="ACX12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ACQ12" s="15" t="n">
+      <c r="ACY12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ACR12" s="15" t="n">
+      <c r="ACZ12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="ACS12" s="15" t="n">
+      <c r="ADA12" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ACT12" s="15" t="n">
+      <c r="ADB12" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ACU12" s="15" t="n">
+      <c r="ADC12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ACV12" s="15" t="n">
+      <c r="ADD12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ACW12" s="15" t="n">
+      <c r="ADE12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ACX12" s="15" t="n">
+      <c r="ADF12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ACY12" s="15" t="n">
+      <c r="ADG12" s="15" t="n">
         <v>2.8</v>
-      </c>
-[...22 lines deleted...]
-        <v>2.2</v>
       </c>
       <c r="ADH12" s="15" t="n">
         <v>1.8</v>
       </c>
       <c r="ADI12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="ADJ12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="ADK12" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="ADL12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="ADM12" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="ADN12" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="ADO12" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="ADP12" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="ADQ12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ADJ12" s="15" t="n">
+      <c r="ADR12" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ADK12" s="15" t="n">
+      <c r="ADS12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ADL12" s="15" t="n">
+      <c r="ADT12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ADM12" s="15" t="n">
+      <c r="ADU12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ADN12" s="15" t="n">
+      <c r="ADV12" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="ADO12" s="15" t="n">
+      <c r="ADW12" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="ADP12" s="15" t="n">
+      <c r="ADX12" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="ADQ12" s="15" t="n">
+      <c r="ADY12" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="ADR12" s="15" t="n">
+      <c r="ADZ12" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="ADS12" s="15" t="n">
+      <c r="AEA12" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="ADT12" s="15" t="n">
+      <c r="AEB12" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="ADU12" s="15" t="n">
+      <c r="AEC12" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="ADV12" s="15" t="n">
+      <c r="AED12" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="ADW12" s="15" t="n">
+      <c r="AEE12" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="ADX12" s="15" t="n">
+      <c r="AEF12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ADY12" s="15" t="n">
+      <c r="AEG12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ADZ12" s="15" t="n">
+      <c r="AEH12" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="AEA12" s="15" t="n">
+      <c r="AEI12" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="AEB12" s="15" t="n">
+      <c r="AEJ12" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="AEC12" s="15" t="n">
+      <c r="AEK12" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="AED12" s="15" t="n">
+      <c r="AEL12" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AEE12" s="15" t="n">
+      <c r="AEM12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AEF12" s="15" t="n">
+      <c r="AEN12" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AEG12" s="15" t="n">
+      <c r="AEO12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AEH12" s="15" t="n">
+      <c r="AEP12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AEI12" s="15" t="n">
+      <c r="AEQ12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AEJ12" s="15" t="n">
+      <c r="AER12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AEK12" s="15" t="n">
+      <c r="AES12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AEL12" s="15" t="n">
+      <c r="AET12" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AEM12" s="15" t="n">
+      <c r="AEU12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AEN12" s="15" t="n">
+      <c r="AEV12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AEO12" s="15" t="n">
+      <c r="AEW12" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AEP12" s="15" t="n">
+      <c r="AEX12" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AEQ12" s="15" t="n">
+      <c r="AEY12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AER12" s="15" t="n">
+      <c r="AEZ12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AES12" s="15" t="n">
+      <c r="AFA12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AET12" s="15" t="n">
+      <c r="AFB12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AEU12" s="15" t="n">
+      <c r="AFC12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AEV12" s="15" t="n">
+      <c r="AFD12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AEW12" s="15" t="n">
+      <c r="AFE12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AEX12" s="15" t="n">
+      <c r="AFF12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AEY12" s="15" t="n">
+      <c r="AFG12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AEZ12" s="15" t="n">
+      <c r="AFH12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AFA12" s="15" t="n">
+      <c r="AFI12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AFB12" s="15" t="n">
+      <c r="AFJ12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AFC12" s="15" t="n">
+      <c r="AFK12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AFD12" s="15" t="n">
+      <c r="AFL12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AFE12" s="15" t="n">
+      <c r="AFM12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AFF12" s="15" t="n">
+      <c r="AFN12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AFG12" s="15" t="n">
+      <c r="AFO12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AFH12" s="15" t="n">
+      <c r="AFP12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AFI12" s="15" t="n">
+      <c r="AFQ12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AFJ12" s="15" t="n">
+      <c r="AFR12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AFK12" s="15" t="n">
+      <c r="AFS12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AFL12" s="15" t="n">
+      <c r="AFT12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AFM12" s="15" t="n">
+      <c r="AFU12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AFN12" s="15" t="n">
+      <c r="AFV12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AFO12" s="15" t="n">
+      <c r="AFW12" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AFP12" s="15" t="n">
+      <c r="AFX12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AFQ12" s="15" t="n">
+      <c r="AFY12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AFR12" s="15" t="n">
+      <c r="AFZ12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AFS12" s="15" t="n">
+      <c r="AGA12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AFT12" s="15" t="n">
+      <c r="AGB12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AFU12" s="15" t="n">
+      <c r="AGC12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AFV12" s="15" t="n">
+      <c r="AGD12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AFW12" s="15" t="n">
+      <c r="AGE12" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AFX12" s="15" t="n">
+      <c r="AGF12" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AFY12" s="15" t="n">
+      <c r="AGG12" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AFZ12" s="15" t="n">
+      <c r="AGH12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AGA12" s="15" t="n">
+      <c r="AGI12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AGB12" s="15" t="n">
+      <c r="AGJ12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AGC12" s="15" t="n">
+      <c r="AGK12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AGD12" s="15" t="n">
+      <c r="AGL12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AGE12" s="15" t="n">
+      <c r="AGM12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AGF12" s="15" t="n">
+      <c r="AGN12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AGG12" s="15" t="n">
+      <c r="AGO12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AGH12" s="15" t="n">
+      <c r="AGP12" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="AGI12" s="15" t="n">
+      <c r="AGQ12" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AGJ12" s="15" t="n">
+      <c r="AGR12" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="AGK12" s="15" t="n">
+      <c r="AGS12" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="AGL12" s="15" t="n">
+      <c r="AGT12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AGM12" s="15" t="n">
+      <c r="AGU12" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AGN12" s="15" t="n">
+      <c r="AGV12" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="AGO12" s="15" t="n">
+      <c r="AGW12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AGP12" s="15" t="n">
+      <c r="AGX12" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AGQ12" s="15" t="n">
+      <c r="AGY12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AGR12" s="15" t="n">
+      <c r="AGZ12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AGS12" s="15" t="n">
+      <c r="AHA12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="AGT12" s="15" t="n">
+      <c r="AHB12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AGU12" s="15" t="n">
+      <c r="AHC12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AGV12" s="15" t="n">
+      <c r="AHD12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AGW12" s="15" t="n">
+      <c r="AHE12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AGX12" s="15" t="n">
+      <c r="AHF12" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AGY12" s="15" t="n">
+      <c r="AHG12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AGZ12" s="15" t="n">
+      <c r="AHH12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AHA12" s="15" t="n">
+      <c r="AHI12" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AHB12" s="15" t="n">
+      <c r="AHJ12" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AHC12" s="15" t="n">
+      <c r="AHK12" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AHD12" s="15" t="n">
+      <c r="AHL12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AHE12" s="15" t="n">
+      <c r="AHM12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AHF12" s="15" t="n">
+      <c r="AHN12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AHG12" s="15" t="n">
+      <c r="AHO12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AHH12" s="15" t="n">
+      <c r="AHP12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AHI12" s="15" t="n">
+      <c r="AHQ12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AHJ12" s="15" t="n">
+      <c r="AHR12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AHK12" s="15" t="n">
+      <c r="AHS12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AHL12" s="15" t="n">
+      <c r="AHT12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AHM12" s="15" t="n">
+      <c r="AHU12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AHN12" s="15" t="n">
+      <c r="AHV12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AHO12" s="15" t="n">
+      <c r="AHW12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AHP12" s="15" t="n">
+      <c r="AHX12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AHQ12" s="15" t="n">
+      <c r="AHY12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AHR12" s="15" t="n">
+      <c r="AHZ12" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...22 lines deleted...]
-        <v>0.9</v>
       </c>
       <c r="AIA12" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="AIB12" s="15" t="n">
-        <v>1.4</v>
+        <v>0.6</v>
       </c>
       <c r="AIC12" s="15" t="n">
-        <v>0.3</v>
+        <v>0.1</v>
       </c>
       <c r="AID12" s="15" t="n">
-        <v>-0.7</v>
+        <v>0.1</v>
       </c>
       <c r="AIE12" s="15" t="n">
-        <v>0.1</v>
+        <v>0.7</v>
       </c>
       <c r="AIF12" s="15" t="n">
-        <v>0.8</v>
+        <v>0.2</v>
       </c>
       <c r="AIG12" s="15" t="n">
-        <v>1.2</v>
+        <v>0.9</v>
       </c>
       <c r="AIH12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="AII12" s="15" t="n">
         <v>1.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.3</v>
       </c>
       <c r="AIJ12" s="15" t="n">
         <v>1.4</v>
       </c>
       <c r="AIK12" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AIL12" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="AIM12" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AIN12" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="AIO12" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="AIP12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="AIQ12" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="AIR12" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="AIS12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AIL12" s="15" t="n">
+      <c r="AIT12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AIM12" s="15" t="n">
+      <c r="AIU12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AIN12" s="15" t="n">
+      <c r="AIV12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AIO12" s="15" t="n">
+      <c r="AIW12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AIP12" s="15" t="n">
+      <c r="AIX12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AIQ12" s="15" t="n">
+      <c r="AIY12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AIR12" s="15" t="n">
+      <c r="AIZ12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AIS12" s="15" t="n">
+      <c r="AJA12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AIT12" s="15" t="n">
+      <c r="AJB12" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AIU12" s="15" t="n">
+      <c r="AJC12" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AIV12" s="15" t="n">
+      <c r="AJD12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AIW12" s="15" t="n">
+      <c r="AJE12" s="15" t="n">
         <v>1.4</v>
-      </c>
-[...22 lines deleted...]
-        <v>1.3</v>
       </c>
       <c r="AJF12" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="AJG12" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="AJH12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AJI12" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AJJ12" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="AJK12" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="AJL12" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="AJM12" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="AJN12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AJO12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AJP12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AJI12" s="15" t="n">
+      <c r="AJQ12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AJJ12" s="15" t="n">
+      <c r="AJR12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AJK12" s="15" t="n">
+      <c r="AJS12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AJL12" s="15" t="n">
+      <c r="AJT12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AJM12" s="15" t="n">
+      <c r="AJU12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AJN12" s="15" t="n">
+      <c r="AJV12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AJO12" s="15" t="n">
+      <c r="AJW12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AJP12" s="15" t="n">
+      <c r="AJX12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AJQ12" s="15" t="n">
+      <c r="AJY12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AJR12" s="15" t="n">
+      <c r="AJZ12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AJS12" s="15" t="n">
+      <c r="AKA12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AJT12" s="15" t="n">
+      <c r="AKB12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AJU12" s="15" t="n">
+      <c r="AKC12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AJV12" s="15" t="n">
+      <c r="AKD12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AJW12" s="15" t="n">
+      <c r="AKE12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AJX12" s="15" t="n">
+      <c r="AKF12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AJY12" s="15" t="n">
+      <c r="AKG12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AJZ12" s="15" t="n">
+      <c r="AKH12" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AKA12" s="15" t="n">
+      <c r="AKI12" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="AKB12" s="15" t="n">
+      <c r="AKJ12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AKC12" s="15" t="n">
+      <c r="AKK12" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AKD12" s="15" t="n">
+      <c r="AKL12" s="15" t="n">
         <v>5.5</v>
-      </c>
-[...22 lines deleted...]
-        <v>4.7</v>
       </c>
       <c r="AKM12" s="15" t="n">
         <v>5.4</v>
       </c>
       <c r="AKN12" s="15" t="n">
         <v>5.1</v>
       </c>
       <c r="AKO12" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="AKP12" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="AKQ12" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="AKR12" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="AKS12" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="AKT12" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="AKU12" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="AKV12" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="AKW12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AKP12" s="15" t="n">
+      <c r="AKX12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AKQ12" s="15" t="n">
+      <c r="AKY12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AKR12" s="15" t="n">
+      <c r="AKZ12" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AKS12" s="15" t="n">
+      <c r="ALA12" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AKT12" s="15" t="n">
+      <c r="ALB12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AKU12" s="15" t="n">
+      <c r="ALC12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AKV12" s="15" t="n">
+      <c r="ALD12" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AKW12" s="15" t="n">
+      <c r="ALE12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AKX12" s="15" t="n">
+      <c r="ALF12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AKY12" s="15" t="n">
+      <c r="ALG12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AKZ12" s="15" t="n">
+      <c r="ALH12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="ALA12" s="15" t="n">
+      <c r="ALI12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="ALB12" s="15" t="n">
+      <c r="ALJ12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="ALC12" s="15" t="n">
+      <c r="ALK12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ALD12" s="15" t="n">
+      <c r="ALL12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ALE12" s="15" t="n">
+      <c r="ALM12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ALF12" s="15" t="n">
+      <c r="ALN12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ALG12" s="15" t="n">
+      <c r="ALO12" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ALH12" s="15" t="n">
+      <c r="ALP12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ALI12" s="15" t="n">
+      <c r="ALQ12" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ALJ12" s="13" t="inlineStr">
+      <c r="ALR12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALK12" s="13" t="inlineStr">
+      <c r="ALS12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALL12" s="13" t="inlineStr">
+      <c r="ALT12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALM12" s="13" t="inlineStr">
+      <c r="ALU12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALN12" s="13" t="inlineStr">
+      <c r="ALV12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALO12" s="13" t="inlineStr">
+      <c r="ALW12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALP12" s="13" t="inlineStr">
+      <c r="ALX12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALQ12" s="13" t="inlineStr">
+      <c r="ALY12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALR12" s="13" t="inlineStr">
+      <c r="ALZ12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALS12" s="13" t="inlineStr">
+      <c r="AMA12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALT12" s="13" t="inlineStr">
+      <c r="AMB12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALU12" s="13" t="inlineStr">
+      <c r="AMC12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>For all activity branches, data are final three months after their release</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:IS7"/>
-[...2 lines deleted...]
-    <mergeCell ref="ACD7:ALU7"/>
+    <mergeCell ref="B7:IU7"/>
+    <mergeCell ref="IV7:SO7"/>
+    <mergeCell ref="SP7:ACI7"/>
+    <mergeCell ref="ACJ7:AMC7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>