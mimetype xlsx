--- v0 (2025-11-05)
+++ v1 (2025-12-26)
@@ -255,51 +255,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:HO66"/>
+  <dimension ref="A1:HR66"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -484,50 +484,53 @@
     <col min="199" max="199" width="19.53125" customWidth="true"/>
     <col min="200" max="200" width="19.53125" customWidth="true"/>
     <col min="201" max="201" width="19.53125" customWidth="true"/>
     <col min="202" max="202" width="19.53125" customWidth="true"/>
     <col min="203" max="203" width="19.53125" customWidth="true"/>
     <col min="204" max="204" width="19.53125" customWidth="true"/>
     <col min="205" max="205" width="19.53125" customWidth="true"/>
     <col min="206" max="206" width="19.53125" customWidth="true"/>
     <col min="207" max="207" width="19.53125" customWidth="true"/>
     <col min="208" max="208" width="19.53125" customWidth="true"/>
     <col min="209" max="209" width="19.53125" customWidth="true"/>
     <col min="210" max="210" width="19.53125" customWidth="true"/>
     <col min="211" max="211" width="19.53125" customWidth="true"/>
     <col min="212" max="212" width="19.53125" customWidth="true"/>
     <col min="213" max="213" width="19.53125" customWidth="true"/>
     <col min="214" max="214" width="19.53125" customWidth="true"/>
     <col min="215" max="215" width="19.53125" customWidth="true"/>
     <col min="216" max="216" width="19.53125" customWidth="true"/>
     <col min="217" max="217" width="19.53125" customWidth="true"/>
     <col min="218" max="218" width="19.53125" customWidth="true"/>
     <col min="219" max="219" width="19.53125" customWidth="true"/>
     <col min="220" max="220" width="19.53125" customWidth="true"/>
     <col min="221" max="221" width="19.53125" customWidth="true"/>
     <col min="222" max="222" width="19.53125" customWidth="true"/>
     <col min="223" max="223" width="19.53125" customWidth="true"/>
+    <col min="224" max="224" width="19.53125" customWidth="true"/>
+    <col min="225" max="225" width="19.53125" customWidth="true"/>
+    <col min="226" max="226" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Industrial producer price index breakdowns by activity</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Service Sector Price Indices</t>
         </is>
       </c>
@@ -557,51 +560,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Services sector price index by sectors</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: Índice, Tasas</t>
+          <t>Unidades: Index, Rates</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -672,56 +675,56 @@
       <c r="AY7" s="6"/>
       <c r="AZ7" s="6"/>
       <c r="BA7" s="6"/>
       <c r="BB7" s="6"/>
       <c r="BC7" s="6"/>
       <c r="BD7" s="6"/>
       <c r="BE7" s="6"/>
       <c r="BF7" s="6"/>
       <c r="BG7" s="6"/>
       <c r="BH7" s="6"/>
       <c r="BI7" s="6"/>
       <c r="BJ7" s="6"/>
       <c r="BK7" s="6"/>
       <c r="BL7" s="6"/>
       <c r="BM7" s="6"/>
       <c r="BN7" s="6"/>
       <c r="BO7" s="6"/>
       <c r="BP7" s="6"/>
       <c r="BQ7" s="6"/>
       <c r="BR7" s="6"/>
       <c r="BS7" s="6"/>
       <c r="BT7" s="6"/>
       <c r="BU7" s="6"/>
       <c r="BV7" s="6"/>
       <c r="BW7" s="6"/>
-      <c r="BX7" s="6" t="inlineStr">
+      <c r="BX7" s="6"/>
+      <c r="BY7" s="6" t="inlineStr">
         <is>
           <t>Quarterly variation rate</t>
         </is>
       </c>
-      <c r="BY7" s="6"/>
       <c r="BZ7" s="6"/>
       <c r="CA7" s="6"/>
       <c r="CB7" s="6"/>
       <c r="CC7" s="6"/>
       <c r="CD7" s="6"/>
       <c r="CE7" s="6"/>
       <c r="CF7" s="6"/>
       <c r="CG7" s="6"/>
       <c r="CH7" s="6"/>
       <c r="CI7" s="6"/>
       <c r="CJ7" s="6"/>
       <c r="CK7" s="6"/>
       <c r="CL7" s="6"/>
       <c r="CM7" s="6"/>
       <c r="CN7" s="6"/>
       <c r="CO7" s="6"/>
       <c r="CP7" s="6"/>
       <c r="CQ7" s="6"/>
       <c r="CR7" s="6"/>
       <c r="CS7" s="6"/>
       <c r="CT7" s="6"/>
       <c r="CU7" s="6"/>
       <c r="CV7" s="6"/>
       <c r="CW7" s="6"/>
       <c r="CX7" s="6"/>
@@ -750,57 +753,57 @@
       <c r="DU7" s="6"/>
       <c r="DV7" s="6"/>
       <c r="DW7" s="6"/>
       <c r="DX7" s="6"/>
       <c r="DY7" s="6"/>
       <c r="DZ7" s="6"/>
       <c r="EA7" s="6"/>
       <c r="EB7" s="6"/>
       <c r="EC7" s="6"/>
       <c r="ED7" s="6"/>
       <c r="EE7" s="6"/>
       <c r="EF7" s="6"/>
       <c r="EG7" s="6"/>
       <c r="EH7" s="6"/>
       <c r="EI7" s="6"/>
       <c r="EJ7" s="6"/>
       <c r="EK7" s="6"/>
       <c r="EL7" s="6"/>
       <c r="EM7" s="6"/>
       <c r="EN7" s="6"/>
       <c r="EO7" s="6"/>
       <c r="EP7" s="6"/>
       <c r="EQ7" s="6"/>
       <c r="ER7" s="6"/>
       <c r="ES7" s="6"/>
-      <c r="ET7" s="6" t="inlineStr">
+      <c r="ET7" s="6"/>
+      <c r="EU7" s="6"/>
+      <c r="EV7" s="6" t="inlineStr">
         <is>
           <t>Annual variation</t>
         </is>
       </c>
-      <c r="EU7" s="6"/>
-      <c r="EV7" s="6"/>
       <c r="EW7" s="6"/>
       <c r="EX7" s="6"/>
       <c r="EY7" s="6"/>
       <c r="EZ7" s="6"/>
       <c r="FA7" s="6"/>
       <c r="FB7" s="6"/>
       <c r="FC7" s="6"/>
       <c r="FD7" s="6"/>
       <c r="FE7" s="6"/>
       <c r="FF7" s="6"/>
       <c r="FG7" s="6"/>
       <c r="FH7" s="6"/>
       <c r="FI7" s="6"/>
       <c r="FJ7" s="6"/>
       <c r="FK7" s="6"/>
       <c r="FL7" s="6"/>
       <c r="FM7" s="6"/>
       <c r="FN7" s="6"/>
       <c r="FO7" s="6"/>
       <c r="FP7" s="6"/>
       <c r="FQ7" s="6"/>
       <c r="FR7" s="6"/>
       <c r="FS7" s="6"/>
       <c r="FT7" s="6"/>
       <c r="FU7" s="6"/>
@@ -828,1233 +831,1249 @@
       <c r="GQ7" s="6"/>
       <c r="GR7" s="6"/>
       <c r="GS7" s="6"/>
       <c r="GT7" s="6"/>
       <c r="GU7" s="6"/>
       <c r="GV7" s="6"/>
       <c r="GW7" s="6"/>
       <c r="GX7" s="6"/>
       <c r="GY7" s="6"/>
       <c r="GZ7" s="6"/>
       <c r="HA7" s="6"/>
       <c r="HB7" s="6"/>
       <c r="HC7" s="6"/>
       <c r="HD7" s="6"/>
       <c r="HE7" s="6"/>
       <c r="HF7" s="6"/>
       <c r="HG7" s="6"/>
       <c r="HH7" s="6"/>
       <c r="HI7" s="6"/>
       <c r="HJ7" s="6"/>
       <c r="HK7" s="6"/>
       <c r="HL7" s="6"/>
       <c r="HM7" s="6"/>
       <c r="HN7" s="6"/>
       <c r="HO7" s="6"/>
+      <c r="HP7" s="6"/>
+      <c r="HQ7" s="6"/>
+      <c r="HR7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2025QIII</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2020QIV</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
         <is>
           <t>2020QIII</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2020QII</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2020QI</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2019QIV</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2019QIII</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2019QII</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2019QI</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2018QIV</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2018QIII</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2018QII</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2018QI</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2017QIV</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2017QIII</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2017QII</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2017QI</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2016QIV</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
         <is>
           <t>2016QIII</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2016QII</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
         <is>
           <t>2016QI</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2015QIV</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
         <is>
           <t>2015QIII</t>
         </is>
       </c>
-      <c r="AP8" s="7" t="inlineStr">
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2015QII</t>
         </is>
       </c>
-      <c r="AQ8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
         <is>
           <t>2015QI</t>
         </is>
       </c>
-      <c r="AR8" s="7" t="inlineStr">
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2014QIV</t>
         </is>
       </c>
-      <c r="AS8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2014QIII</t>
         </is>
       </c>
-      <c r="AT8" s="7" t="inlineStr">
+      <c r="AU8" s="7" t="inlineStr">
         <is>
           <t>2014QII</t>
         </is>
       </c>
-      <c r="AU8" s="7" t="inlineStr">
+      <c r="AV8" s="7" t="inlineStr">
         <is>
           <t>2014QI</t>
         </is>
       </c>
-      <c r="AV8" s="7" t="inlineStr">
+      <c r="AW8" s="7" t="inlineStr">
         <is>
           <t>2013QIV</t>
         </is>
       </c>
-      <c r="AW8" s="7" t="inlineStr">
+      <c r="AX8" s="7" t="inlineStr">
         <is>
           <t>2013QIII</t>
         </is>
       </c>
-      <c r="AX8" s="7" t="inlineStr">
+      <c r="AY8" s="7" t="inlineStr">
         <is>
           <t>2013QII</t>
         </is>
       </c>
-      <c r="AY8" s="7" t="inlineStr">
+      <c r="AZ8" s="7" t="inlineStr">
         <is>
           <t>2013QI</t>
         </is>
       </c>
-      <c r="AZ8" s="7" t="inlineStr">
+      <c r="BA8" s="7" t="inlineStr">
         <is>
           <t>2012QIV</t>
         </is>
       </c>
-      <c r="BA8" s="7" t="inlineStr">
+      <c r="BB8" s="7" t="inlineStr">
         <is>
           <t>2012QIII</t>
         </is>
       </c>
-      <c r="BB8" s="7" t="inlineStr">
+      <c r="BC8" s="7" t="inlineStr">
         <is>
           <t>2012QII</t>
         </is>
       </c>
-      <c r="BC8" s="7" t="inlineStr">
+      <c r="BD8" s="7" t="inlineStr">
         <is>
           <t>2012QI</t>
         </is>
       </c>
-      <c r="BD8" s="7" t="inlineStr">
+      <c r="BE8" s="7" t="inlineStr">
         <is>
           <t>2011QIV</t>
         </is>
       </c>
-      <c r="BE8" s="7" t="inlineStr">
+      <c r="BF8" s="7" t="inlineStr">
         <is>
           <t>2011QIII</t>
         </is>
       </c>
-      <c r="BF8" s="7" t="inlineStr">
+      <c r="BG8" s="7" t="inlineStr">
         <is>
           <t>2011QII</t>
         </is>
       </c>
-      <c r="BG8" s="7" t="inlineStr">
+      <c r="BH8" s="7" t="inlineStr">
         <is>
           <t>2011QI</t>
         </is>
       </c>
-      <c r="BH8" s="7" t="inlineStr">
+      <c r="BI8" s="7" t="inlineStr">
         <is>
           <t>2010QIV</t>
         </is>
       </c>
-      <c r="BI8" s="7" t="inlineStr">
+      <c r="BJ8" s="7" t="inlineStr">
         <is>
           <t>2010QIII</t>
         </is>
       </c>
-      <c r="BJ8" s="7" t="inlineStr">
+      <c r="BK8" s="7" t="inlineStr">
         <is>
           <t>2010QII</t>
         </is>
       </c>
-      <c r="BK8" s="7" t="inlineStr">
+      <c r="BL8" s="7" t="inlineStr">
         <is>
           <t>2010QI</t>
         </is>
       </c>
-      <c r="BL8" s="7" t="inlineStr">
+      <c r="BM8" s="7" t="inlineStr">
         <is>
           <t>2009QIV</t>
         </is>
       </c>
-      <c r="BM8" s="7" t="inlineStr">
+      <c r="BN8" s="7" t="inlineStr">
         <is>
           <t>2009QIII</t>
         </is>
       </c>
-      <c r="BN8" s="7" t="inlineStr">
+      <c r="BO8" s="7" t="inlineStr">
         <is>
           <t>2009QII</t>
         </is>
       </c>
-      <c r="BO8" s="7" t="inlineStr">
+      <c r="BP8" s="7" t="inlineStr">
         <is>
           <t>2009QI</t>
         </is>
       </c>
-      <c r="BP8" s="7" t="inlineStr">
+      <c r="BQ8" s="7" t="inlineStr">
         <is>
           <t>2008QIV</t>
         </is>
       </c>
-      <c r="BQ8" s="7" t="inlineStr">
+      <c r="BR8" s="7" t="inlineStr">
         <is>
           <t>2008QIII</t>
         </is>
       </c>
-      <c r="BR8" s="7" t="inlineStr">
+      <c r="BS8" s="7" t="inlineStr">
         <is>
           <t>2008QII</t>
         </is>
       </c>
-      <c r="BS8" s="7" t="inlineStr">
+      <c r="BT8" s="7" t="inlineStr">
         <is>
           <t>2008QI</t>
         </is>
       </c>
-      <c r="BT8" s="7" t="inlineStr">
+      <c r="BU8" s="7" t="inlineStr">
         <is>
           <t>2007QIV</t>
         </is>
       </c>
-      <c r="BU8" s="7" t="inlineStr">
+      <c r="BV8" s="7" t="inlineStr">
         <is>
           <t>2007QIII</t>
         </is>
       </c>
-      <c r="BV8" s="7" t="inlineStr">
+      <c r="BW8" s="7" t="inlineStr">
         <is>
           <t>2007QII</t>
         </is>
       </c>
-      <c r="BW8" s="7" t="inlineStr">
+      <c r="BX8" s="7" t="inlineStr">
         <is>
           <t>2007QI</t>
         </is>
       </c>
-      <c r="BX8" s="7" t="inlineStr">
+      <c r="BY8" s="7" t="inlineStr">
+        <is>
+          <t>2025QIII</t>
+        </is>
+      </c>
+      <c r="BZ8" s="7" t="inlineStr">
         <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="BY8" s="7" t="inlineStr">
+      <c r="CA8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="BZ8" s="7" t="inlineStr">
+      <c r="CB8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="CA8" s="7" t="inlineStr">
+      <c r="CC8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="CB8" s="7" t="inlineStr">
+      <c r="CD8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="CC8" s="7" t="inlineStr">
+      <c r="CE8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="CD8" s="7" t="inlineStr">
+      <c r="CF8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="CE8" s="7" t="inlineStr">
+      <c r="CG8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="CF8" s="7" t="inlineStr">
+      <c r="CH8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="CG8" s="7" t="inlineStr">
+      <c r="CI8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="CH8" s="7" t="inlineStr">
+      <c r="CJ8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="CI8" s="7" t="inlineStr">
+      <c r="CK8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="CJ8" s="7" t="inlineStr">
+      <c r="CL8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="CK8" s="7" t="inlineStr">
+      <c r="CM8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="CL8" s="7" t="inlineStr">
+      <c r="CN8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="CM8" s="7" t="inlineStr">
+      <c r="CO8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="CN8" s="7" t="inlineStr">
+      <c r="CP8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="CO8" s="7" t="inlineStr">
+      <c r="CQ8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
-      <c r="CP8" s="7" t="inlineStr">
+      <c r="CR8" s="7" t="inlineStr">
         <is>
           <t>2020QIV</t>
         </is>
       </c>
-      <c r="CQ8" s="7" t="inlineStr">
+      <c r="CS8" s="7" t="inlineStr">
         <is>
           <t>2020QIII</t>
         </is>
       </c>
-      <c r="CR8" s="7" t="inlineStr">
+      <c r="CT8" s="7" t="inlineStr">
         <is>
           <t>2020QII</t>
         </is>
       </c>
-      <c r="CS8" s="7" t="inlineStr">
+      <c r="CU8" s="7" t="inlineStr">
         <is>
           <t>2020QI</t>
         </is>
       </c>
-      <c r="CT8" s="7" t="inlineStr">
+      <c r="CV8" s="7" t="inlineStr">
         <is>
           <t>2019QIV</t>
         </is>
       </c>
-      <c r="CU8" s="7" t="inlineStr">
+      <c r="CW8" s="7" t="inlineStr">
         <is>
           <t>2019QIII</t>
         </is>
       </c>
-      <c r="CV8" s="7" t="inlineStr">
+      <c r="CX8" s="7" t="inlineStr">
         <is>
           <t>2019QII</t>
         </is>
       </c>
-      <c r="CW8" s="7" t="inlineStr">
+      <c r="CY8" s="7" t="inlineStr">
         <is>
           <t>2019QI</t>
         </is>
       </c>
-      <c r="CX8" s="7" t="inlineStr">
+      <c r="CZ8" s="7" t="inlineStr">
         <is>
           <t>2018QIV</t>
         </is>
       </c>
-      <c r="CY8" s="7" t="inlineStr">
+      <c r="DA8" s="7" t="inlineStr">
         <is>
           <t>2018QIII</t>
         </is>
       </c>
-      <c r="CZ8" s="7" t="inlineStr">
+      <c r="DB8" s="7" t="inlineStr">
         <is>
           <t>2018QII</t>
         </is>
       </c>
-      <c r="DA8" s="7" t="inlineStr">
+      <c r="DC8" s="7" t="inlineStr">
         <is>
           <t>2018QI</t>
         </is>
       </c>
-      <c r="DB8" s="7" t="inlineStr">
+      <c r="DD8" s="7" t="inlineStr">
         <is>
           <t>2017QIV</t>
         </is>
       </c>
-      <c r="DC8" s="7" t="inlineStr">
+      <c r="DE8" s="7" t="inlineStr">
         <is>
           <t>2017QIII</t>
         </is>
       </c>
-      <c r="DD8" s="7" t="inlineStr">
+      <c r="DF8" s="7" t="inlineStr">
         <is>
           <t>2017QII</t>
         </is>
       </c>
-      <c r="DE8" s="7" t="inlineStr">
+      <c r="DG8" s="7" t="inlineStr">
         <is>
           <t>2017QI</t>
         </is>
       </c>
-      <c r="DF8" s="7" t="inlineStr">
+      <c r="DH8" s="7" t="inlineStr">
         <is>
           <t>2016QIV</t>
         </is>
       </c>
-      <c r="DG8" s="7" t="inlineStr">
+      <c r="DI8" s="7" t="inlineStr">
         <is>
           <t>2016QIII</t>
         </is>
       </c>
-      <c r="DH8" s="7" t="inlineStr">
+      <c r="DJ8" s="7" t="inlineStr">
         <is>
           <t>2016QII</t>
         </is>
       </c>
-      <c r="DI8" s="7" t="inlineStr">
+      <c r="DK8" s="7" t="inlineStr">
         <is>
           <t>2016QI</t>
         </is>
       </c>
-      <c r="DJ8" s="7" t="inlineStr">
+      <c r="DL8" s="7" t="inlineStr">
         <is>
           <t>2015QIV</t>
         </is>
       </c>
-      <c r="DK8" s="7" t="inlineStr">
+      <c r="DM8" s="7" t="inlineStr">
         <is>
           <t>2015QIII</t>
         </is>
       </c>
-      <c r="DL8" s="7" t="inlineStr">
+      <c r="DN8" s="7" t="inlineStr">
         <is>
           <t>2015QII</t>
         </is>
       </c>
-      <c r="DM8" s="7" t="inlineStr">
+      <c r="DO8" s="7" t="inlineStr">
         <is>
           <t>2015QI</t>
         </is>
       </c>
-      <c r="DN8" s="7" t="inlineStr">
+      <c r="DP8" s="7" t="inlineStr">
         <is>
           <t>2014QIV</t>
         </is>
       </c>
-      <c r="DO8" s="7" t="inlineStr">
+      <c r="DQ8" s="7" t="inlineStr">
         <is>
           <t>2014QIII</t>
         </is>
       </c>
-      <c r="DP8" s="7" t="inlineStr">
+      <c r="DR8" s="7" t="inlineStr">
         <is>
           <t>2014QII</t>
         </is>
       </c>
-      <c r="DQ8" s="7" t="inlineStr">
+      <c r="DS8" s="7" t="inlineStr">
         <is>
           <t>2014QI</t>
         </is>
       </c>
-      <c r="DR8" s="7" t="inlineStr">
+      <c r="DT8" s="7" t="inlineStr">
         <is>
           <t>2013QIV</t>
         </is>
       </c>
-      <c r="DS8" s="7" t="inlineStr">
+      <c r="DU8" s="7" t="inlineStr">
         <is>
           <t>2013QIII</t>
         </is>
       </c>
-      <c r="DT8" s="7" t="inlineStr">
+      <c r="DV8" s="7" t="inlineStr">
         <is>
           <t>2013QII</t>
         </is>
       </c>
-      <c r="DU8" s="7" t="inlineStr">
+      <c r="DW8" s="7" t="inlineStr">
         <is>
           <t>2013QI</t>
         </is>
       </c>
-      <c r="DV8" s="7" t="inlineStr">
+      <c r="DX8" s="7" t="inlineStr">
         <is>
           <t>2012QIV</t>
         </is>
       </c>
-      <c r="DW8" s="7" t="inlineStr">
+      <c r="DY8" s="7" t="inlineStr">
         <is>
           <t>2012QIII</t>
         </is>
       </c>
-      <c r="DX8" s="7" t="inlineStr">
+      <c r="DZ8" s="7" t="inlineStr">
         <is>
           <t>2012QII</t>
         </is>
       </c>
-      <c r="DY8" s="7" t="inlineStr">
+      <c r="EA8" s="7" t="inlineStr">
         <is>
           <t>2012QI</t>
         </is>
       </c>
-      <c r="DZ8" s="7" t="inlineStr">
+      <c r="EB8" s="7" t="inlineStr">
         <is>
           <t>2011QIV</t>
         </is>
       </c>
-      <c r="EA8" s="7" t="inlineStr">
+      <c r="EC8" s="7" t="inlineStr">
         <is>
           <t>2011QIII</t>
         </is>
       </c>
-      <c r="EB8" s="7" t="inlineStr">
+      <c r="ED8" s="7" t="inlineStr">
         <is>
           <t>2011QII</t>
         </is>
       </c>
-      <c r="EC8" s="7" t="inlineStr">
+      <c r="EE8" s="7" t="inlineStr">
         <is>
           <t>2011QI</t>
         </is>
       </c>
-      <c r="ED8" s="7" t="inlineStr">
+      <c r="EF8" s="7" t="inlineStr">
         <is>
           <t>2010QIV</t>
         </is>
       </c>
-      <c r="EE8" s="7" t="inlineStr">
+      <c r="EG8" s="7" t="inlineStr">
         <is>
           <t>2010QIII</t>
         </is>
       </c>
-      <c r="EF8" s="7" t="inlineStr">
+      <c r="EH8" s="7" t="inlineStr">
         <is>
           <t>2010QII</t>
         </is>
       </c>
-      <c r="EG8" s="7" t="inlineStr">
+      <c r="EI8" s="7" t="inlineStr">
         <is>
           <t>2010QI</t>
         </is>
       </c>
-      <c r="EH8" s="7" t="inlineStr">
+      <c r="EJ8" s="7" t="inlineStr">
         <is>
           <t>2009QIV</t>
         </is>
       </c>
-      <c r="EI8" s="7" t="inlineStr">
+      <c r="EK8" s="7" t="inlineStr">
         <is>
           <t>2009QIII</t>
         </is>
       </c>
-      <c r="EJ8" s="7" t="inlineStr">
+      <c r="EL8" s="7" t="inlineStr">
         <is>
           <t>2009QII</t>
         </is>
       </c>
-      <c r="EK8" s="7" t="inlineStr">
+      <c r="EM8" s="7" t="inlineStr">
         <is>
           <t>2009QI</t>
         </is>
       </c>
-      <c r="EL8" s="7" t="inlineStr">
+      <c r="EN8" s="7" t="inlineStr">
         <is>
           <t>2008QIV</t>
         </is>
       </c>
-      <c r="EM8" s="7" t="inlineStr">
+      <c r="EO8" s="7" t="inlineStr">
         <is>
           <t>2008QIII</t>
         </is>
       </c>
-      <c r="EN8" s="7" t="inlineStr">
+      <c r="EP8" s="7" t="inlineStr">
         <is>
           <t>2008QII</t>
         </is>
       </c>
-      <c r="EO8" s="7" t="inlineStr">
+      <c r="EQ8" s="7" t="inlineStr">
         <is>
           <t>2008QI</t>
         </is>
       </c>
-      <c r="EP8" s="7" t="inlineStr">
+      <c r="ER8" s="7" t="inlineStr">
         <is>
           <t>2007QIV</t>
         </is>
       </c>
-      <c r="EQ8" s="7" t="inlineStr">
+      <c r="ES8" s="7" t="inlineStr">
         <is>
           <t>2007QIII</t>
         </is>
       </c>
-      <c r="ER8" s="7" t="inlineStr">
+      <c r="ET8" s="7" t="inlineStr">
         <is>
           <t>2007QII</t>
         </is>
       </c>
-      <c r="ES8" s="7" t="inlineStr">
+      <c r="EU8" s="7" t="inlineStr">
         <is>
           <t>2007QI</t>
         </is>
       </c>
-      <c r="ET8" s="7" t="inlineStr">
+      <c r="EV8" s="7" t="inlineStr">
+        <is>
+          <t>2025QIII</t>
+        </is>
+      </c>
+      <c r="EW8" s="7" t="inlineStr">
         <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="EU8" s="7" t="inlineStr">
+      <c r="EX8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="EV8" s="7" t="inlineStr">
+      <c r="EY8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="EW8" s="7" t="inlineStr">
+      <c r="EZ8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="EX8" s="7" t="inlineStr">
+      <c r="FA8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="EY8" s="7" t="inlineStr">
+      <c r="FB8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="EZ8" s="7" t="inlineStr">
+      <c r="FC8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="FA8" s="7" t="inlineStr">
+      <c r="FD8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="FB8" s="7" t="inlineStr">
+      <c r="FE8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="FC8" s="7" t="inlineStr">
+      <c r="FF8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="FD8" s="7" t="inlineStr">
+      <c r="FG8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="FE8" s="7" t="inlineStr">
+      <c r="FH8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="FF8" s="7" t="inlineStr">
+      <c r="FI8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="FG8" s="7" t="inlineStr">
+      <c r="FJ8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="FH8" s="7" t="inlineStr">
+      <c r="FK8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="FI8" s="7" t="inlineStr">
+      <c r="FL8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="FJ8" s="7" t="inlineStr">
+      <c r="FM8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="FK8" s="7" t="inlineStr">
+      <c r="FN8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
-      <c r="FL8" s="7" t="inlineStr">
+      <c r="FO8" s="7" t="inlineStr">
         <is>
           <t>2020QIV</t>
         </is>
       </c>
-      <c r="FM8" s="7" t="inlineStr">
+      <c r="FP8" s="7" t="inlineStr">
         <is>
           <t>2020QIII</t>
         </is>
       </c>
-      <c r="FN8" s="7" t="inlineStr">
+      <c r="FQ8" s="7" t="inlineStr">
         <is>
           <t>2020QII</t>
         </is>
       </c>
-      <c r="FO8" s="7" t="inlineStr">
+      <c r="FR8" s="7" t="inlineStr">
         <is>
           <t>2020QI</t>
         </is>
       </c>
-      <c r="FP8" s="7" t="inlineStr">
+      <c r="FS8" s="7" t="inlineStr">
         <is>
           <t>2019QIV</t>
         </is>
       </c>
-      <c r="FQ8" s="7" t="inlineStr">
+      <c r="FT8" s="7" t="inlineStr">
         <is>
           <t>2019QIII</t>
         </is>
       </c>
-      <c r="FR8" s="7" t="inlineStr">
+      <c r="FU8" s="7" t="inlineStr">
         <is>
           <t>2019QII</t>
         </is>
       </c>
-      <c r="FS8" s="7" t="inlineStr">
+      <c r="FV8" s="7" t="inlineStr">
         <is>
           <t>2019QI</t>
         </is>
       </c>
-      <c r="FT8" s="7" t="inlineStr">
+      <c r="FW8" s="7" t="inlineStr">
         <is>
           <t>2018QIV</t>
         </is>
       </c>
-      <c r="FU8" s="7" t="inlineStr">
+      <c r="FX8" s="7" t="inlineStr">
         <is>
           <t>2018QIII</t>
         </is>
       </c>
-      <c r="FV8" s="7" t="inlineStr">
+      <c r="FY8" s="7" t="inlineStr">
         <is>
           <t>2018QII</t>
         </is>
       </c>
-      <c r="FW8" s="7" t="inlineStr">
+      <c r="FZ8" s="7" t="inlineStr">
         <is>
           <t>2018QI</t>
         </is>
       </c>
-      <c r="FX8" s="7" t="inlineStr">
+      <c r="GA8" s="7" t="inlineStr">
         <is>
           <t>2017QIV</t>
         </is>
       </c>
-      <c r="FY8" s="7" t="inlineStr">
+      <c r="GB8" s="7" t="inlineStr">
         <is>
           <t>2017QIII</t>
         </is>
       </c>
-      <c r="FZ8" s="7" t="inlineStr">
+      <c r="GC8" s="7" t="inlineStr">
         <is>
           <t>2017QII</t>
         </is>
       </c>
-      <c r="GA8" s="7" t="inlineStr">
+      <c r="GD8" s="7" t="inlineStr">
         <is>
           <t>2017QI</t>
         </is>
       </c>
-      <c r="GB8" s="7" t="inlineStr">
+      <c r="GE8" s="7" t="inlineStr">
         <is>
           <t>2016QIV</t>
         </is>
       </c>
-      <c r="GC8" s="7" t="inlineStr">
+      <c r="GF8" s="7" t="inlineStr">
         <is>
           <t>2016QIII</t>
         </is>
       </c>
-      <c r="GD8" s="7" t="inlineStr">
+      <c r="GG8" s="7" t="inlineStr">
         <is>
           <t>2016QII</t>
         </is>
       </c>
-      <c r="GE8" s="7" t="inlineStr">
+      <c r="GH8" s="7" t="inlineStr">
         <is>
           <t>2016QI</t>
         </is>
       </c>
-      <c r="GF8" s="7" t="inlineStr">
+      <c r="GI8" s="7" t="inlineStr">
         <is>
           <t>2015QIV</t>
         </is>
       </c>
-      <c r="GG8" s="7" t="inlineStr">
+      <c r="GJ8" s="7" t="inlineStr">
         <is>
           <t>2015QIII</t>
         </is>
       </c>
-      <c r="GH8" s="7" t="inlineStr">
+      <c r="GK8" s="7" t="inlineStr">
         <is>
           <t>2015QII</t>
         </is>
       </c>
-      <c r="GI8" s="7" t="inlineStr">
+      <c r="GL8" s="7" t="inlineStr">
         <is>
           <t>2015QI</t>
         </is>
       </c>
-      <c r="GJ8" s="7" t="inlineStr">
+      <c r="GM8" s="7" t="inlineStr">
         <is>
           <t>2014QIV</t>
         </is>
       </c>
-      <c r="GK8" s="7" t="inlineStr">
+      <c r="GN8" s="7" t="inlineStr">
         <is>
           <t>2014QIII</t>
         </is>
       </c>
-      <c r="GL8" s="7" t="inlineStr">
+      <c r="GO8" s="7" t="inlineStr">
         <is>
           <t>2014QII</t>
         </is>
       </c>
-      <c r="GM8" s="7" t="inlineStr">
+      <c r="GP8" s="7" t="inlineStr">
         <is>
           <t>2014QI</t>
         </is>
       </c>
-      <c r="GN8" s="7" t="inlineStr">
+      <c r="GQ8" s="7" t="inlineStr">
         <is>
           <t>2013QIV</t>
         </is>
       </c>
-      <c r="GO8" s="7" t="inlineStr">
+      <c r="GR8" s="7" t="inlineStr">
         <is>
           <t>2013QIII</t>
         </is>
       </c>
-      <c r="GP8" s="7" t="inlineStr">
+      <c r="GS8" s="7" t="inlineStr">
         <is>
           <t>2013QII</t>
         </is>
       </c>
-      <c r="GQ8" s="7" t="inlineStr">
+      <c r="GT8" s="7" t="inlineStr">
         <is>
           <t>2013QI</t>
         </is>
       </c>
-      <c r="GR8" s="7" t="inlineStr">
+      <c r="GU8" s="7" t="inlineStr">
         <is>
           <t>2012QIV</t>
         </is>
       </c>
-      <c r="GS8" s="7" t="inlineStr">
+      <c r="GV8" s="7" t="inlineStr">
         <is>
           <t>2012QIII</t>
         </is>
       </c>
-      <c r="GT8" s="7" t="inlineStr">
+      <c r="GW8" s="7" t="inlineStr">
         <is>
           <t>2012QII</t>
         </is>
       </c>
-      <c r="GU8" s="7" t="inlineStr">
+      <c r="GX8" s="7" t="inlineStr">
         <is>
           <t>2012QI</t>
         </is>
       </c>
-      <c r="GV8" s="7" t="inlineStr">
+      <c r="GY8" s="7" t="inlineStr">
         <is>
           <t>2011QIV</t>
         </is>
       </c>
-      <c r="GW8" s="7" t="inlineStr">
+      <c r="GZ8" s="7" t="inlineStr">
         <is>
           <t>2011QIII</t>
         </is>
       </c>
-      <c r="GX8" s="7" t="inlineStr">
+      <c r="HA8" s="7" t="inlineStr">
         <is>
           <t>2011QII</t>
         </is>
       </c>
-      <c r="GY8" s="7" t="inlineStr">
+      <c r="HB8" s="7" t="inlineStr">
         <is>
           <t>2011QI</t>
         </is>
       </c>
-      <c r="GZ8" s="7" t="inlineStr">
+      <c r="HC8" s="7" t="inlineStr">
         <is>
           <t>2010QIV</t>
         </is>
       </c>
-      <c r="HA8" s="7" t="inlineStr">
+      <c r="HD8" s="7" t="inlineStr">
         <is>
           <t>2010QIII</t>
         </is>
       </c>
-      <c r="HB8" s="7" t="inlineStr">
+      <c r="HE8" s="7" t="inlineStr">
         <is>
           <t>2010QII</t>
         </is>
       </c>
-      <c r="HC8" s="7" t="inlineStr">
+      <c r="HF8" s="7" t="inlineStr">
         <is>
           <t>2010QI</t>
         </is>
       </c>
-      <c r="HD8" s="7" t="inlineStr">
+      <c r="HG8" s="7" t="inlineStr">
         <is>
           <t>2009QIV</t>
         </is>
       </c>
-      <c r="HE8" s="7" t="inlineStr">
+      <c r="HH8" s="7" t="inlineStr">
         <is>
           <t>2009QIII</t>
         </is>
       </c>
-      <c r="HF8" s="7" t="inlineStr">
+      <c r="HI8" s="7" t="inlineStr">
         <is>
           <t>2009QII</t>
         </is>
       </c>
-      <c r="HG8" s="7" t="inlineStr">
+      <c r="HJ8" s="7" t="inlineStr">
         <is>
           <t>2009QI</t>
         </is>
       </c>
-      <c r="HH8" s="7" t="inlineStr">
+      <c r="HK8" s="7" t="inlineStr">
         <is>
           <t>2008QIV</t>
         </is>
       </c>
-      <c r="HI8" s="7" t="inlineStr">
+      <c r="HL8" s="7" t="inlineStr">
         <is>
           <t>2008QIII</t>
         </is>
       </c>
-      <c r="HJ8" s="7" t="inlineStr">
+      <c r="HM8" s="7" t="inlineStr">
         <is>
           <t>2008QII</t>
         </is>
       </c>
-      <c r="HK8" s="7" t="inlineStr">
+      <c r="HN8" s="7" t="inlineStr">
         <is>
           <t>2008QI</t>
         </is>
       </c>
-      <c r="HL8" s="7" t="inlineStr">
+      <c r="HO8" s="7" t="inlineStr">
         <is>
           <t>2007QIV</t>
         </is>
       </c>
-      <c r="HM8" s="7" t="inlineStr">
+      <c r="HP8" s="7" t="inlineStr">
         <is>
           <t>2007QIII</t>
         </is>
       </c>
-      <c r="HN8" s="7" t="inlineStr">
+      <c r="HQ8" s="7" t="inlineStr">
         <is>
           <t>2007QII</t>
         </is>
       </c>
-      <c r="HO8" s="7" t="inlineStr">
+      <c r="HR8" s="7" t="inlineStr">
         <is>
           <t>2007QI</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>Total services</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>115.364</v>
+        <v>114.983</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>112.142</v>
+        <v>115.389</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>111.874</v>
+        <v>112.072</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>112.402</v>
+        <v>111.872</v>
       </c>
       <c r="F9" s="14" t="n">
+        <v>112.388</v>
+      </c>
+      <c r="G9" s="14" t="n">
         <v>112.221</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>109.439</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>108.959</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>109.648</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>109.618</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="L9" s="14" t="n">
         <v>106.712</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="M9" s="14" t="n">
         <v>105.168</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>106.757</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>105.803</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>101.673</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
         <v>100.547</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="R9" s="14" t="n">
         <v>100.778</v>
       </c>
-      <c r="R9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>100.19</v>
       </c>
-      <c r="S9" s="14" t="n">
+      <c r="T9" s="14" t="n">
         <v>98.485</v>
       </c>
-      <c r="T9" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -2286,111 +2305,109 @@
       <c r="BS9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX9" s="15" t="n">
-        <v>2.9</v>
+      <c r="BX9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="BY9" s="15" t="n">
-        <v>0.2</v>
+        <v>-0.4</v>
       </c>
       <c r="BZ9" s="15" t="n">
-        <v>-0.5</v>
+        <v>3.0</v>
       </c>
       <c r="CA9" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="CB9" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="CC9" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CD9" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="CC9" s="15" t="n">
+      <c r="CE9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CD9" s="15" t="n">
+      <c r="CF9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="CE9" s="15" t="n">
+      <c r="CG9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CF9" s="15" t="n">
+      <c r="CH9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="CG9" s="15" t="n">
+      <c r="CI9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CH9" s="15" t="n">
+      <c r="CJ9" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="CI9" s="15" t="n">
+      <c r="CK9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CJ9" s="15" t="n">
+      <c r="CL9" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="CK9" s="15" t="n">
+      <c r="CM9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CL9" s="15" t="n">
+      <c r="CN9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CM9" s="15" t="n">
+      <c r="CO9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CN9" s="15" t="n">
+      <c r="CP9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="CO9" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -2622,107 +2639,105 @@
       <c r="EO9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET9" s="15" t="n">
+      <c r="ET9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV9" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="EW9" s="15" t="n">
         <v>2.8</v>
-      </c>
-[...7 lines deleted...]
-        <v>2.5</v>
       </c>
       <c r="EX9" s="15" t="n">
         <v>2.4</v>
       </c>
       <c r="EY9" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="EZ9" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="FA9" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="FB9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="EZ9" s="15" t="n">
+      <c r="FC9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="FA9" s="15" t="n">
+      <c r="FD9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="FB9" s="15" t="n">
+      <c r="FE9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="FC9" s="15" t="n">
+      <c r="FF9" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="FD9" s="15" t="n">
+      <c r="FG9" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="FE9" s="15" t="n">
+      <c r="FH9" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="FF9" s="15" t="n">
+      <c r="FI9" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="FG9" s="15" t="n">
+      <c r="FJ9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="FH9" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -2960,119 +2975,132 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
           <t xml:space="preserve">H Transportation and storage </t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>117.365</v>
+        <v>118.253</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>113.722</v>
+        <v>117.727</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>114.17</v>
+        <v>113.705</v>
       </c>
       <c r="E10" s="14" t="n">
+        <v>114.16</v>
+      </c>
+      <c r="F10" s="14" t="n">
         <v>115.71</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>113.627</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>111.785</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>111.946</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>112.448</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>112.046</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="L10" s="14" t="n">
         <v>110.386</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="M10" s="14" t="n">
         <v>108.326</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>109.621</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>107.198</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>103.352</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>100.995</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>100.692</v>
-      </c>
-[...1 lines deleted...]
-        <v>99.156</v>
       </c>
       <c r="S10" s="14" t="n">
         <v>99.156</v>
       </c>
-      <c r="T10" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="T10" s="14" t="n">
+        <v>99.156</v>
       </c>
       <c r="U10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
@@ -3305,111 +3333,109 @@
       <c r="BS10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX10" s="15" t="n">
-        <v>3.2</v>
+      <c r="BX10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="BY10" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="BZ10" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="CA10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="BZ10" s="15" t="n">
+      <c r="CB10" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="CA10" s="15" t="n">
+      <c r="CC10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="CB10" s="15" t="n">
+      <c r="CD10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="CC10" s="15" t="n">
+      <c r="CE10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CD10" s="15" t="n">
+      <c r="CF10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CE10" s="15" t="n">
+      <c r="CG10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CF10" s="15" t="n">
+      <c r="CH10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CG10" s="15" t="n">
+      <c r="CI10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="CH10" s="15" t="n">
+      <c r="CJ10" s="15" t="n">
         <v>-1.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>3.7</v>
       </c>
       <c r="CK10" s="15" t="n">
         <v>2.3</v>
       </c>
       <c r="CL10" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="CM10" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="CN10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CM10" s="15" t="n">
+      <c r="CO10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CN10" s="15" t="n">
+      <c r="CP10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CO10" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -3641,107 +3667,105 @@
       <c r="EO10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET10" s="15" t="n">
+      <c r="ET10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV10" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="EW10" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="EX10" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="EY10" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="EZ10" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="FA10" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="FB10" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="FC10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="EU10" s="15" t="n">
-[...17 lines deleted...]
-      <c r="FA10" s="15" t="n">
+      <c r="FD10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="FB10" s="15" t="n">
+      <c r="FE10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="FC10" s="15" t="n">
+      <c r="FF10" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="FD10" s="15" t="n">
+      <c r="FG10" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="FE10" s="15" t="n">
+      <c r="FH10" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="FF10" s="15" t="n">
+      <c r="FI10" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="FG10" s="15" t="n">
+      <c r="FJ10" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="FH10" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -3979,120 +4003,133 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
           <t>49 Land transport and transport via pipelines</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
+        <v>119.114</v>
+      </c>
+      <c r="C11" s="14" t="n">
         <v>120.35</v>
       </c>
-      <c r="C11" s="14" t="n">
+      <c r="D11" s="14" t="n">
         <v>113.824</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>116.231</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>117.522</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>114.896</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>113.174</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>116.515</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>115.177</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>113.843</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="L11" s="14" t="n">
         <v>111.528</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="M11" s="14" t="n">
         <v>114.347</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>114.288</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>110.059</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>103.311</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>101.443</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>100.538</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>99.328</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>98.691</v>
       </c>
-      <c r="T11" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -4324,111 +4361,109 @@
       <c r="BS11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX11" s="15" t="n">
+      <c r="BX11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY11" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="BZ11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="BY11" s="15" t="n">
+      <c r="CA11" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="BZ11" s="15" t="n">
+      <c r="CB11" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="CA11" s="15" t="n">
+      <c r="CC11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="CB11" s="15" t="n">
+      <c r="CD11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CC11" s="15" t="n">
+      <c r="CE11" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="CD11" s="15" t="n">
+      <c r="CF11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CE11" s="15" t="n">
+      <c r="CG11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CF11" s="15" t="n">
+      <c r="CH11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="CG11" s="15" t="n">
+      <c r="CI11" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="CH11" s="15" t="n">
+      <c r="CJ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CI11" s="15" t="n">
+      <c r="CK11" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="CJ11" s="15" t="n">
+      <c r="CL11" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="CK11" s="15" t="n">
+      <c r="CM11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="CL11" s="15" t="n">
+      <c r="CN11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CM11" s="15" t="n">
+      <c r="CO11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CN11" s="15" t="n">
+      <c r="CP11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CO11" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -4660,107 +4695,105 @@
       <c r="EO11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET11" s="15" t="n">
+      <c r="ET11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV11" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="EW11" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="EU11" s="15" t="n">
+      <c r="EX11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="EV11" s="15" t="n">
+      <c r="EY11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EW11" s="15" t="n">
+      <c r="EZ11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="EX11" s="15" t="n">
+      <c r="FA11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="EY11" s="15" t="n">
+      <c r="FB11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="EZ11" s="15" t="n">
+      <c r="FC11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FA11" s="15" t="n">
+      <c r="FD11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="FB11" s="15" t="n">
+      <c r="FE11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="FC11" s="15" t="n">
+      <c r="FF11" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="FD11" s="15" t="n">
+      <c r="FG11" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="FE11" s="15" t="n">
+      <c r="FH11" s="15" t="n">
         <v>13.7</v>
       </c>
-      <c r="FF11" s="15" t="n">
+      <c r="FI11" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="FG11" s="15" t="n">
+      <c r="FJ11" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="FH11" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -4998,120 +5031,133 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>50 Water transport</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>119.661</v>
+        <v>118.884</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>122.601</v>
+        <v>119.414</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>121.04</v>
+        <v>122.322</v>
       </c>
       <c r="E12" s="14" t="n">
+        <v>121.087</v>
+      </c>
+      <c r="F12" s="14" t="n">
         <v>117.824</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="G12" s="14" t="n">
         <v>114.347</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>113.054</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>108.125</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>107.62</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>107.419</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="L12" s="14" t="n">
         <v>106.121</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>107.412</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>108.438</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>106.688</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>102.357</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>100.287</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>100.075</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>100.092</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="T12" s="14" t="n">
         <v>99.546</v>
       </c>
-      <c r="T12" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -5343,111 +5389,109 @@
       <c r="BS12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX12" s="15" t="n">
+      <c r="BX12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY12" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="BZ12" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="BY12" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="CA12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CB12" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="CC12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="CB12" s="15" t="n">
+      <c r="CD12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CC12" s="15" t="n">
+      <c r="CE12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="CD12" s="15" t="n">
+      <c r="CF12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CE12" s="15" t="n">
+      <c r="CG12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CF12" s="15" t="n">
+      <c r="CH12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CG12" s="15" t="n">
+      <c r="CI12" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="CH12" s="15" t="n">
+      <c r="CJ12" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="CI12" s="15" t="n">
+      <c r="CK12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="CJ12" s="15" t="n">
+      <c r="CL12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="CK12" s="15" t="n">
+      <c r="CM12" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="CL12" s="15" t="n">
+      <c r="CN12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CM12" s="15" t="n">
+      <c r="CO12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CN12" s="15" t="n">
+      <c r="CP12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CO12" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -5679,107 +5723,105 @@
       <c r="EO12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET12" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EU12" s="15" t="n">
+      <c r="ET12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="EW12" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="EX12" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="EY12" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="EZ12" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="FA12" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="FB12" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="FC12" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="FD12" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="FE12" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="FF12" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="FG12" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="FH12" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="EV12" s="15" t="n">
-[...29 lines deleted...]
-      <c r="FF12" s="15" t="n">
+      <c r="FI12" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="FG12" s="15" t="n">
+      <c r="FJ12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="FH12" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -6017,120 +6059,133 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="inlineStr">
         <is>
           <t>50.1 Sea and coastal passenger water transport</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
+        <v>146.368</v>
+      </c>
+      <c r="C13" s="14" t="n">
         <v>144.465</v>
       </c>
-      <c r="C13" s="14" t="n">
+      <c r="D13" s="14" t="n">
         <v>149.263</v>
       </c>
-      <c r="D13" s="14" t="n">
+      <c r="E13" s="14" t="n">
         <v>148.988</v>
       </c>
-      <c r="E13" s="14" t="n">
+      <c r="F13" s="14" t="n">
         <v>141.829</v>
       </c>
-      <c r="F13" s="14" t="n">
+      <c r="G13" s="14" t="n">
         <v>132.383</v>
       </c>
-      <c r="G13" s="14" t="n">
+      <c r="H13" s="14" t="n">
         <v>127.705</v>
       </c>
-      <c r="H13" s="14" t="n">
+      <c r="I13" s="14" t="n">
         <v>114.14</v>
       </c>
-      <c r="I13" s="14" t="n">
+      <c r="J13" s="14" t="n">
         <v>111.879</v>
       </c>
-      <c r="J13" s="14" t="n">
+      <c r="K13" s="14" t="n">
         <v>108.541</v>
       </c>
-      <c r="K13" s="14" t="n">
+      <c r="L13" s="14" t="n">
         <v>103.369</v>
       </c>
-      <c r="L13" s="14" t="n">
+      <c r="M13" s="14" t="n">
         <v>106.076</v>
       </c>
-      <c r="M13" s="14" t="n">
+      <c r="N13" s="14" t="n">
         <v>108.987</v>
       </c>
-      <c r="N13" s="14" t="n">
+      <c r="O13" s="14" t="n">
         <v>108.632</v>
       </c>
-      <c r="O13" s="14" t="n">
+      <c r="P13" s="14" t="n">
         <v>99.155</v>
       </c>
-      <c r="P13" s="14" t="n">
+      <c r="Q13" s="14" t="n">
         <v>98.242</v>
       </c>
-      <c r="Q13" s="14" t="n">
+      <c r="R13" s="14" t="n">
         <v>99.831</v>
       </c>
-      <c r="R13" s="14" t="n">
+      <c r="S13" s="14" t="n">
         <v>101.171</v>
       </c>
-      <c r="S13" s="14" t="n">
+      <c r="T13" s="14" t="n">
         <v>100.756</v>
       </c>
-      <c r="T13" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -6362,111 +6417,109 @@
       <c r="BS13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX13" s="15" t="n">
+      <c r="BX13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY13" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="BZ13" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="BY13" s="15" t="n">
+      <c r="CA13" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="BZ13" s="15" t="n">
+      <c r="CB13" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="CA13" s="15" t="n">
+      <c r="CC13" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="CB13" s="15" t="n">
+      <c r="CD13" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="CC13" s="15" t="n">
+      <c r="CE13" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="CD13" s="15" t="n">
+      <c r="CF13" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="CE13" s="15" t="n">
+      <c r="CG13" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="CF13" s="15" t="n">
+      <c r="CH13" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="CG13" s="15" t="n">
+      <c r="CI13" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="CH13" s="15" t="n">
+      <c r="CJ13" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="CI13" s="15" t="n">
+      <c r="CK13" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CJ13" s="15" t="n">
+      <c r="CL13" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="CK13" s="15" t="n">
+      <c r="CM13" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CL13" s="15" t="n">
+      <c r="CN13" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="CM13" s="15" t="n">
+      <c r="CO13" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="CN13" s="15" t="n">
+      <c r="CP13" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CO13" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -6698,107 +6751,105 @@
       <c r="EO13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET13" s="15" t="n">
+      <c r="ET13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV13" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="EW13" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="EU13" s="15" t="n">
+      <c r="EX13" s="15" t="n">
         <v>16.9</v>
       </c>
-      <c r="EV13" s="15" t="n">
+      <c r="EY13" s="15" t="n">
         <v>30.5</v>
       </c>
-      <c r="EW13" s="15" t="n">
+      <c r="EZ13" s="15" t="n">
         <v>26.8</v>
       </c>
-      <c r="EX13" s="15" t="n">
+      <c r="FA13" s="15" t="n">
         <v>22.0</v>
       </c>
-      <c r="EY13" s="15" t="n">
+      <c r="FB13" s="15" t="n">
         <v>23.5</v>
       </c>
-      <c r="EZ13" s="15" t="n">
+      <c r="FC13" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="FA13" s="15" t="n">
+      <c r="FD13" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="FB13" s="15" t="n">
+      <c r="FE13" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="FC13" s="15" t="n">
+      <c r="FF13" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="FD13" s="15" t="n">
+      <c r="FG13" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="FE13" s="15" t="n">
+      <c r="FH13" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="FF13" s="15" t="n">
+      <c r="FI13" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="FG13" s="15" t="n">
+      <c r="FJ13" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="FH13" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -7036,803 +7087,825 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="6" t="inlineStr">
         <is>
           <t>50.2 Sea and coastal freight water transport</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>105.687</v>
+        <v>103.405</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>107.582</v>
+        <v>105.303</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>105.299</v>
+        <v>107.147</v>
       </c>
       <c r="E14" s="14" t="n">
+        <v>105.372</v>
+      </c>
+      <c r="F14" s="14" t="n">
         <v>104.335</v>
       </c>
-      <c r="F14" s="14" t="n">
+      <c r="G14" s="14" t="n">
         <v>104.271</v>
       </c>
-      <c r="G14" s="14" t="n">
+      <c r="H14" s="14" t="n">
         <v>104.916</v>
       </c>
-      <c r="H14" s="14" t="n">
+      <c r="I14" s="14" t="n">
         <v>104.925</v>
       </c>
-      <c r="I14" s="14" t="n">
+      <c r="J14" s="14" t="n">
         <v>105.331</v>
       </c>
-      <c r="J14" s="14" t="n">
+      <c r="K14" s="14" t="n">
         <v>106.755</v>
       </c>
-      <c r="K14" s="14" t="n">
+      <c r="L14" s="14" t="n">
         <v>107.466</v>
       </c>
-      <c r="L14" s="14" t="n">
+      <c r="M14" s="14" t="n">
         <v>108.022</v>
       </c>
-      <c r="M14" s="14" t="n">
+      <c r="N14" s="14" t="n">
         <v>108.055</v>
       </c>
-      <c r="N14" s="14" t="n">
+      <c r="O14" s="14" t="n">
         <v>105.573</v>
       </c>
-      <c r="O14" s="14" t="n">
+      <c r="P14" s="14" t="n">
         <v>103.953</v>
       </c>
-      <c r="P14" s="14" t="n">
+      <c r="Q14" s="14" t="n">
         <v>101.276</v>
       </c>
-      <c r="Q14" s="14" t="n">
+      <c r="R14" s="14" t="n">
         <v>100.193</v>
       </c>
-      <c r="R14" s="14" t="n">
+      <c r="S14" s="14" t="n">
         <v>99.57</v>
       </c>
-      <c r="S14" s="14" t="n">
+      <c r="T14" s="14" t="n">
         <v>98.961</v>
       </c>
-      <c r="T14" s="14" t="n">
+      <c r="U14" s="14" t="n">
         <v>98.836</v>
       </c>
-      <c r="U14" s="14" t="n">
+      <c r="V14" s="14" t="n">
         <v>99.247</v>
       </c>
-      <c r="V14" s="14" t="n">
+      <c r="W14" s="14" t="n">
         <v>99.79</v>
       </c>
-      <c r="W14" s="14" t="n">
+      <c r="X14" s="14" t="n">
         <v>100.37</v>
       </c>
-      <c r="X14" s="14" t="n">
+      <c r="Y14" s="14" t="n">
         <v>96.134</v>
       </c>
-      <c r="Y14" s="14" t="n">
+      <c r="Z14" s="14" t="n">
         <v>95.626</v>
       </c>
-      <c r="Z14" s="14" t="n">
+      <c r="AA14" s="14" t="n">
         <v>95.582</v>
       </c>
-      <c r="AA14" s="14" t="n">
+      <c r="AB14" s="14" t="n">
         <v>95.528</v>
       </c>
-      <c r="AB14" s="14" t="n">
+      <c r="AC14" s="14" t="n">
         <v>96.255</v>
       </c>
-      <c r="AC14" s="14" t="n">
+      <c r="AD14" s="14" t="n">
         <v>94.25</v>
       </c>
-      <c r="AD14" s="14" t="n">
+      <c r="AE14" s="14" t="n">
         <v>94.719</v>
       </c>
-      <c r="AE14" s="14" t="n">
+      <c r="AF14" s="14" t="n">
         <v>94.486</v>
       </c>
-      <c r="AF14" s="14" t="n">
+      <c r="AG14" s="14" t="n">
         <v>94.85</v>
       </c>
-      <c r="AG14" s="14" t="n">
+      <c r="AH14" s="14" t="n">
         <v>95.693</v>
       </c>
-      <c r="AH14" s="14" t="n">
+      <c r="AI14" s="14" t="n">
         <v>97.595</v>
       </c>
-      <c r="AI14" s="14" t="n">
+      <c r="AJ14" s="14" t="n">
         <v>98.638</v>
       </c>
-      <c r="AJ14" s="14" t="n">
+      <c r="AK14" s="14" t="n">
         <v>98.767</v>
       </c>
-      <c r="AK14" s="14" t="n">
+      <c r="AL14" s="14" t="n">
         <v>99.34</v>
       </c>
-      <c r="AL14" s="14" t="n">
+      <c r="AM14" s="14" t="n">
         <v>99.817</v>
       </c>
-      <c r="AM14" s="14" t="n">
+      <c r="AN14" s="14" t="n">
         <v>100.805</v>
       </c>
-      <c r="AN14" s="14" t="n">
+      <c r="AO14" s="14" t="n">
         <v>101.06</v>
       </c>
-      <c r="AO14" s="14" t="n">
+      <c r="AP14" s="14" t="n">
         <v>101.8</v>
       </c>
-      <c r="AP14" s="14" t="n">
+      <c r="AQ14" s="14" t="n">
         <v>103.048</v>
       </c>
-      <c r="AQ14" s="14" t="n">
+      <c r="AR14" s="14" t="n">
         <v>102.46</v>
       </c>
-      <c r="AR14" s="14" t="n">
+      <c r="AS14" s="14" t="n">
         <v>100.864</v>
       </c>
-      <c r="AS14" s="14" t="n">
+      <c r="AT14" s="14" t="n">
         <v>98.067</v>
       </c>
-      <c r="AT14" s="14" t="n">
+      <c r="AU14" s="14" t="n">
         <v>98.899</v>
       </c>
-      <c r="AU14" s="14" t="n">
+      <c r="AV14" s="14" t="n">
         <v>100.802</v>
       </c>
-      <c r="AV14" s="14" t="n">
+      <c r="AW14" s="14" t="n">
         <v>102.851</v>
       </c>
-      <c r="AW14" s="14" t="n">
+      <c r="AX14" s="14" t="n">
         <v>99.764</v>
       </c>
-      <c r="AX14" s="14" t="n">
+      <c r="AY14" s="14" t="n">
         <v>102.27</v>
       </c>
-      <c r="AY14" s="14" t="n">
+      <c r="AZ14" s="14" t="n">
         <v>99.498</v>
       </c>
-      <c r="AZ14" s="14" t="n">
+      <c r="BA14" s="14" t="n">
         <v>102.012</v>
       </c>
-      <c r="BA14" s="14" t="n">
+      <c r="BB14" s="14" t="n">
         <v>100.135</v>
       </c>
-      <c r="BB14" s="14" t="n">
+      <c r="BC14" s="14" t="n">
         <v>102.31</v>
       </c>
-      <c r="BC14" s="14" t="n">
+      <c r="BD14" s="14" t="n">
         <v>103.664</v>
       </c>
-      <c r="BD14" s="14" t="n">
+      <c r="BE14" s="14" t="n">
         <v>101.559</v>
       </c>
-      <c r="BE14" s="14" t="n">
+      <c r="BF14" s="14" t="n">
         <v>101.17</v>
       </c>
-      <c r="BF14" s="14" t="n">
+      <c r="BG14" s="14" t="n">
         <v>99.063</v>
       </c>
-      <c r="BG14" s="14" t="n">
+      <c r="BH14" s="14" t="n">
         <v>101.203</v>
       </c>
-      <c r="BH14" s="14" t="n">
+      <c r="BI14" s="14" t="n">
         <v>96.745</v>
       </c>
-      <c r="BI14" s="14" t="n">
+      <c r="BJ14" s="14" t="n">
         <v>98.648</v>
       </c>
-      <c r="BJ14" s="14" t="n">
+      <c r="BK14" s="14" t="n">
         <v>99.566</v>
       </c>
-      <c r="BK14" s="14" t="n">
+      <c r="BL14" s="14" t="n">
         <v>98.689</v>
       </c>
-      <c r="BL14" s="14" t="n">
+      <c r="BM14" s="14" t="n">
         <v>97.48</v>
       </c>
-      <c r="BM14" s="14" t="n">
+      <c r="BN14" s="14" t="n">
         <v>94.963</v>
       </c>
-      <c r="BN14" s="14" t="n">
+      <c r="BO14" s="14" t="n">
         <v>97.207</v>
       </c>
-      <c r="BO14" s="14" t="n">
+      <c r="BP14" s="14" t="n">
         <v>96.217</v>
       </c>
-      <c r="BP14" s="14" t="n">
+      <c r="BQ14" s="14" t="n">
         <v>100.493</v>
       </c>
-      <c r="BQ14" s="14" t="n">
+      <c r="BR14" s="14" t="n">
         <v>97.519</v>
       </c>
-      <c r="BR14" s="14" t="n">
+      <c r="BS14" s="14" t="n">
         <v>95.192</v>
       </c>
-      <c r="BS14" s="14" t="n">
+      <c r="BT14" s="14" t="n">
         <v>96.524</v>
       </c>
-      <c r="BT14" s="14" t="n">
+      <c r="BU14" s="14" t="n">
         <v>96.997</v>
       </c>
-      <c r="BU14" s="14" t="n">
+      <c r="BV14" s="14" t="n">
         <v>97.486</v>
       </c>
-      <c r="BV14" s="14" t="n">
+      <c r="BW14" s="14" t="n">
         <v>98.21</v>
       </c>
-      <c r="BW14" s="14" t="n">
+      <c r="BX14" s="14" t="n">
         <v>97.25</v>
       </c>
-      <c r="BX14" s="15" t="n">
+      <c r="BY14" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="BY14" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="BZ14" s="15" t="n">
-        <v>0.9</v>
+        <v>-1.7</v>
       </c>
       <c r="CA14" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="CB14" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CC14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CB14" s="15" t="n">
+      <c r="CD14" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="CC14" s="15" t="n">
+      <c r="CE14" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CD14" s="15" t="n">
+      <c r="CF14" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CE14" s="15" t="n">
+      <c r="CG14" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="CF14" s="15" t="n">
+      <c r="CH14" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="CG14" s="15" t="n">
+      <c r="CI14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CH14" s="15" t="n">
+      <c r="CJ14" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CI14" s="15" t="n">
+      <c r="CK14" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="CJ14" s="15" t="n">
+      <c r="CL14" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="CK14" s="15" t="n">
+      <c r="CM14" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="CL14" s="15" t="n">
+      <c r="CN14" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CM14" s="15" t="n">
+      <c r="CO14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CN14" s="15" t="n">
+      <c r="CP14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CO14" s="15" t="n">
+      <c r="CQ14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CP14" s="15" t="n">
+      <c r="CR14" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CQ14" s="15" t="n">
+      <c r="CS14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CR14" s="15" t="n">
+      <c r="CT14" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="CS14" s="15" t="n">
+      <c r="CU14" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="CT14" s="15" t="n">
+      <c r="CV14" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CU14" s="15" t="n">
+      <c r="CW14" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CV14" s="15" t="n">
+      <c r="CX14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CW14" s="15" t="n">
+      <c r="CY14" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="CX14" s="15" t="n">
+      <c r="CZ14" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="CY14" s="15" t="n">
+      <c r="DA14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CZ14" s="15" t="n">
+      <c r="DB14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DA14" s="15" t="n">
+      <c r="DC14" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DB14" s="15" t="n">
+      <c r="DD14" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="DC14" s="15" t="n">
+      <c r="DE14" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="DD14" s="15" t="n">
+      <c r="DF14" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="DE14" s="15" t="n">
+      <c r="DG14" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DF14" s="15" t="n">
+      <c r="DH14" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="DG14" s="15" t="n">
+      <c r="DI14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DH14" s="15" t="n">
+      <c r="DJ14" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="DI14" s="15" t="n">
+      <c r="DK14" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DJ14" s="15" t="n">
+      <c r="DL14" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="DK14" s="15" t="n">
+      <c r="DM14" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="DL14" s="15" t="n">
+      <c r="DN14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="DM14" s="15" t="n">
+      <c r="DO14" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="DN14" s="15" t="n">
+      <c r="DP14" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="DO14" s="15" t="n">
+      <c r="DQ14" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="DP14" s="15" t="n">
+      <c r="DR14" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="DQ14" s="15" t="n">
+      <c r="DS14" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="DR14" s="15" t="n">
+      <c r="DT14" s="15" t="n">
         <v>3.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.8</v>
       </c>
       <c r="DU14" s="15" t="n">
         <v>-2.5</v>
       </c>
       <c r="DV14" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="DW14" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="DX14" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="DW14" s="15" t="n">
+      <c r="DY14" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="DX14" s="15" t="n">
+      <c r="DZ14" s="15" t="n">
         <v>-1.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="EA14" s="15" t="n">
         <v>2.1</v>
       </c>
       <c r="EB14" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="EC14" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="ED14" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="EC14" s="15" t="n">
+      <c r="EE14" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="ED14" s="15" t="n">
+      <c r="EF14" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="EE14" s="15" t="n">
+      <c r="EG14" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="EF14" s="15" t="n">
+      <c r="EH14" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="EG14" s="15" t="n">
+      <c r="EI14" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="EH14" s="15" t="n">
+      <c r="EJ14" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EI14" s="15" t="n">
+      <c r="EK14" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="EJ14" s="15" t="n">
+      <c r="EL14" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="EK14" s="15" t="n">
+      <c r="EM14" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="EL14" s="15" t="n">
+      <c r="EN14" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="EM14" s="15" t="n">
+      <c r="EO14" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="EN14" s="15" t="n">
+      <c r="EP14" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="EO14" s="15" t="n">
+      <c r="EQ14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="EP14" s="15" t="n">
+      <c r="ER14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="EQ14" s="15" t="n">
+      <c r="ES14" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="ER14" s="15" t="n">
+      <c r="ET14" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ES14" s="13" t="inlineStr">
-[...7 lines deleted...]
-      <c r="EU14" s="15" t="n">
+      <c r="EU14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV14" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="EW14" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="EX14" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EY14" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="EZ14" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="FA14" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="FB14" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="FC14" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="FD14" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="FE14" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="FF14" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="FG14" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="FH14" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="FI14" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="FJ14" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="FK14" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="EV14" s="15" t="n">
-[...38 lines deleted...]
-      <c r="FI14" s="15" t="n">
+      <c r="FL14" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FJ14" s="15" t="n">
+      <c r="FM14" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="FK14" s="15" t="n">
+      <c r="FN14" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="FL14" s="15" t="n">
+      <c r="FO14" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="FM14" s="15" t="n">
+      <c r="FP14" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="FN14" s="15" t="n">
+      <c r="FQ14" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="FO14" s="15" t="n">
+      <c r="FR14" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="FP14" s="15" t="n">
+      <c r="FS14" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.1</v>
       </c>
       <c r="FT14" s="15" t="n">
         <v>1.5</v>
       </c>
       <c r="FU14" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="FV14" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="FW14" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="FX14" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="FV14" s="15" t="n">
+      <c r="FY14" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="FW14" s="15" t="n">
+      <c r="FZ14" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="FX14" s="15" t="n">
+      <c r="GA14" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="FY14" s="15" t="n">
+      <c r="GB14" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="FZ14" s="15" t="n">
+      <c r="GC14" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="GA14" s="15" t="n">
+      <c r="GD14" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="GB14" s="15" t="n">
+      <c r="GE14" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="GC14" s="15" t="n">
+      <c r="GF14" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="GD14" s="15" t="n">
+      <c r="GG14" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="GE14" s="15" t="n">
+      <c r="GH14" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="GF14" s="15" t="n">
+      <c r="GI14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="GG14" s="15" t="n">
+      <c r="GJ14" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="GH14" s="15" t="n">
+      <c r="GK14" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="GI14" s="15" t="n">
+      <c r="GL14" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="GJ14" s="15" t="n">
+      <c r="GM14" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="GK14" s="15" t="n">
+      <c r="GN14" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="GL14" s="15" t="n">
+      <c r="GO14" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="GM14" s="15" t="n">
+      <c r="GP14" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="GN14" s="15" t="n">
+      <c r="GQ14" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="GO14" s="15" t="n">
+      <c r="GR14" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GP14" s="15" t="n">
+      <c r="GS14" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GQ14" s="15" t="n">
+      <c r="GT14" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="GR14" s="15" t="n">
+      <c r="GU14" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="GS14" s="15" t="n">
+      <c r="GV14" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GT14" s="15" t="n">
+      <c r="GW14" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="GU14" s="15" t="n">
+      <c r="GX14" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="GV14" s="15" t="n">
+      <c r="GY14" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="GW14" s="15" t="n">
+      <c r="GZ14" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="GX14" s="15" t="n">
+      <c r="HA14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GY14" s="15" t="n">
+      <c r="HB14" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="GZ14" s="15" t="n">
+      <c r="HC14" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="HA14" s="15" t="n">
+      <c r="HD14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="HB14" s="15" t="n">
+      <c r="HE14" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="HC14" s="15" t="n">
+      <c r="HF14" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="HD14" s="15" t="n">
+      <c r="HG14" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="HE14" s="15" t="n">
+      <c r="HH14" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="HF14" s="15" t="n">
+      <c r="HI14" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="HG14" s="15" t="n">
+      <c r="HJ14" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="HH14" s="15" t="n">
+      <c r="HK14" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="HI14" s="15" t="n">
+      <c r="HL14" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="HJ14" s="15" t="n">
+      <c r="HM14" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="HK14" s="15" t="n">
+      <c r="HN14" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="HL14" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HO14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="6" t="inlineStr">
         <is>
           <t>51 Air transport</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>120.493</v>
+        <v>128.421</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>107.026</v>
+        <v>120.503</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>114.025</v>
+        <v>107.03</v>
       </c>
       <c r="E15" s="14" t="n">
+        <v>113.91</v>
+      </c>
+      <c r="F15" s="14" t="n">
         <v>119.26</v>
       </c>
-      <c r="F15" s="14" t="n">
+      <c r="G15" s="14" t="n">
         <v>114.264</v>
       </c>
-      <c r="G15" s="14" t="n">
+      <c r="H15" s="14" t="n">
         <v>103.031</v>
       </c>
-      <c r="H15" s="14" t="n">
+      <c r="I15" s="14" t="n">
         <v>108.514</v>
       </c>
-      <c r="I15" s="14" t="n">
+      <c r="J15" s="14" t="n">
         <v>119.188</v>
       </c>
-      <c r="J15" s="14" t="n">
+      <c r="K15" s="14" t="n">
         <v>118.241</v>
       </c>
-      <c r="K15" s="14" t="n">
+      <c r="L15" s="14" t="n">
         <v>110.214</v>
       </c>
-      <c r="L15" s="14" t="n">
+      <c r="M15" s="14" t="n">
         <v>109.648</v>
       </c>
-      <c r="M15" s="14" t="n">
+      <c r="N15" s="14" t="n">
         <v>120.392</v>
       </c>
-      <c r="N15" s="14" t="n">
+      <c r="O15" s="14" t="n">
         <v>115.727</v>
       </c>
-      <c r="O15" s="14" t="n">
+      <c r="P15" s="14" t="n">
         <v>103.379</v>
       </c>
-      <c r="P15" s="14" t="n">
+      <c r="Q15" s="14" t="n">
         <v>103.018</v>
       </c>
-      <c r="Q15" s="14" t="n">
+      <c r="R15" s="14" t="n">
         <v>101.698</v>
       </c>
-      <c r="R15" s="14" t="n">
+      <c r="S15" s="14" t="n">
         <v>96.783</v>
       </c>
-      <c r="S15" s="14" t="n">
+      <c r="T15" s="14" t="n">
         <v>98.502</v>
       </c>
-      <c r="T15" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -8064,111 +8137,109 @@
       <c r="BS15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX15" s="15" t="n">
+      <c r="BX15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY15" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="BZ15" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="BY15" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="CA15" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="CB15" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="CC15" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="CB15" s="15" t="n">
+      <c r="CD15" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="CC15" s="15" t="n">
+      <c r="CE15" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="CD15" s="15" t="n">
+      <c r="CF15" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="CE15" s="15" t="n">
+      <c r="CG15" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CF15" s="15" t="n">
+      <c r="CH15" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="CG15" s="15" t="n">
+      <c r="CI15" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CH15" s="15" t="n">
+      <c r="CJ15" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="CI15" s="15" t="n">
+      <c r="CK15" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="CJ15" s="15" t="n">
+      <c r="CL15" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="CK15" s="15" t="n">
+      <c r="CM15" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CL15" s="15" t="n">
+      <c r="CN15" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CM15" s="15" t="n">
+      <c r="CO15" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="CN15" s="15" t="n">
+      <c r="CP15" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="CO15" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -8400,107 +8471,105 @@
       <c r="EO15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET15" s="15" t="n">
+      <c r="ET15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV15" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="EW15" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="EU15" s="15" t="n">
+      <c r="EX15" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="EV15" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EW15" s="15" t="n">
+      <c r="EY15" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="EZ15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EX15" s="15" t="n">
+      <c r="FA15" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="EY15" s="15" t="n">
+      <c r="FB15" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="EZ15" s="15" t="n">
+      <c r="FC15" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="FA15" s="15" t="n">
+      <c r="FD15" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="FB15" s="15" t="n">
+      <c r="FE15" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="FC15" s="15" t="n">
+      <c r="FF15" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="FD15" s="15" t="n">
+      <c r="FG15" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="FE15" s="15" t="n">
+      <c r="FH15" s="15" t="n">
         <v>18.4</v>
       </c>
-      <c r="FF15" s="15" t="n">
+      <c r="FI15" s="15" t="n">
         <v>19.6</v>
       </c>
-      <c r="FG15" s="15" t="n">
+      <c r="FJ15" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="FH15" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -8738,120 +8807,133 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
           <t>51.1 Passenger air transport</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
-        <v>120.493</v>
+        <v>128.421</v>
       </c>
       <c r="C16" s="14" t="n">
-        <v>107.026</v>
+        <v>120.503</v>
       </c>
       <c r="D16" s="14" t="n">
-        <v>114.025</v>
+        <v>107.03</v>
       </c>
       <c r="E16" s="14" t="n">
+        <v>113.91</v>
+      </c>
+      <c r="F16" s="14" t="n">
         <v>119.26</v>
       </c>
-      <c r="F16" s="14" t="n">
+      <c r="G16" s="14" t="n">
         <v>114.264</v>
       </c>
-      <c r="G16" s="14" t="n">
+      <c r="H16" s="14" t="n">
         <v>103.031</v>
       </c>
-      <c r="H16" s="14" t="n">
+      <c r="I16" s="14" t="n">
         <v>108.514</v>
       </c>
-      <c r="I16" s="14" t="n">
+      <c r="J16" s="14" t="n">
         <v>119.188</v>
       </c>
-      <c r="J16" s="14" t="n">
+      <c r="K16" s="14" t="n">
         <v>118.241</v>
       </c>
-      <c r="K16" s="14" t="n">
+      <c r="L16" s="14" t="n">
         <v>110.214</v>
       </c>
-      <c r="L16" s="14" t="n">
+      <c r="M16" s="14" t="n">
         <v>109.648</v>
       </c>
-      <c r="M16" s="14" t="n">
+      <c r="N16" s="14" t="n">
         <v>120.392</v>
       </c>
-      <c r="N16" s="14" t="n">
+      <c r="O16" s="14" t="n">
         <v>115.727</v>
       </c>
-      <c r="O16" s="14" t="n">
+      <c r="P16" s="14" t="n">
         <v>103.379</v>
       </c>
-      <c r="P16" s="14" t="n">
+      <c r="Q16" s="14" t="n">
         <v>103.018</v>
       </c>
-      <c r="Q16" s="14" t="n">
+      <c r="R16" s="14" t="n">
         <v>101.698</v>
       </c>
-      <c r="R16" s="14" t="n">
+      <c r="S16" s="14" t="n">
         <v>96.783</v>
       </c>
-      <c r="S16" s="14" t="n">
+      <c r="T16" s="14" t="n">
         <v>98.502</v>
       </c>
-      <c r="T16" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -9083,111 +9165,109 @@
       <c r="BS16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX16" s="15" t="n">
+      <c r="BX16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY16" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="BZ16" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="BY16" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="CA16" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="CB16" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="CC16" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="CB16" s="15" t="n">
+      <c r="CD16" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="CC16" s="15" t="n">
+      <c r="CE16" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="CD16" s="15" t="n">
+      <c r="CF16" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="CE16" s="15" t="n">
+      <c r="CG16" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CF16" s="15" t="n">
+      <c r="CH16" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="CG16" s="15" t="n">
+      <c r="CI16" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CH16" s="15" t="n">
+      <c r="CJ16" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="CI16" s="15" t="n">
+      <c r="CK16" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="CJ16" s="15" t="n">
+      <c r="CL16" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="CK16" s="15" t="n">
+      <c r="CM16" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CL16" s="15" t="n">
+      <c r="CN16" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CM16" s="15" t="n">
+      <c r="CO16" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="CN16" s="15" t="n">
+      <c r="CP16" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="CO16" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -9419,107 +9499,105 @@
       <c r="EO16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET16" s="15" t="n">
+      <c r="ET16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV16" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="EW16" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="EU16" s="15" t="n">
+      <c r="EX16" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="EV16" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EW16" s="15" t="n">
+      <c r="EY16" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="EZ16" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EX16" s="15" t="n">
+      <c r="FA16" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="EY16" s="15" t="n">
+      <c r="FB16" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="EZ16" s="15" t="n">
+      <c r="FC16" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="FA16" s="15" t="n">
+      <c r="FD16" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="FB16" s="15" t="n">
+      <c r="FE16" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="FC16" s="15" t="n">
+      <c r="FF16" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="FD16" s="15" t="n">
+      <c r="FG16" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="FE16" s="15" t="n">
+      <c r="FH16" s="15" t="n">
         <v>18.4</v>
       </c>
-      <c r="FF16" s="15" t="n">
+      <c r="FI16" s="15" t="n">
         <v>19.6</v>
       </c>
-      <c r="FG16" s="15" t="n">
+      <c r="FJ16" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="FH16" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -9757,120 +9835,133 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="6" t="inlineStr">
         <is>
           <t>52 Warehousing and support activities for transportation</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>113.891</v>
+        <v>115.214</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>114.512</v>
+        <v>114.722</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>112.062</v>
+        <v>114.485</v>
       </c>
       <c r="E17" s="14" t="n">
+        <v>112.064</v>
+      </c>
+      <c r="F17" s="14" t="n">
         <v>113.297</v>
       </c>
-      <c r="F17" s="14" t="n">
+      <c r="G17" s="14" t="n">
         <v>112.24</v>
       </c>
-      <c r="G17" s="14" t="n">
+      <c r="H17" s="14" t="n">
         <v>112.318</v>
       </c>
-      <c r="H17" s="14" t="n">
+      <c r="I17" s="14" t="n">
         <v>108.94</v>
       </c>
-      <c r="I17" s="14" t="n">
+      <c r="J17" s="14" t="n">
         <v>108.816</v>
       </c>
-      <c r="J17" s="14" t="n">
+      <c r="K17" s="14" t="n">
         <v>109.365</v>
       </c>
-      <c r="K17" s="14" t="n">
+      <c r="L17" s="14" t="n">
         <v>109.646</v>
       </c>
-      <c r="L17" s="14" t="n">
+      <c r="M17" s="14" t="n">
         <v>102.412</v>
       </c>
-      <c r="M17" s="14" t="n">
+      <c r="N17" s="14" t="n">
         <v>102.838</v>
       </c>
-      <c r="N17" s="14" t="n">
+      <c r="O17" s="14" t="n">
         <v>102.403</v>
       </c>
-      <c r="O17" s="14" t="n">
+      <c r="P17" s="14" t="n">
         <v>103.243</v>
       </c>
-      <c r="P17" s="14" t="n">
+      <c r="Q17" s="14" t="n">
         <v>100.167</v>
       </c>
-      <c r="Q17" s="14" t="n">
+      <c r="R17" s="14" t="n">
         <v>100.696</v>
       </c>
-      <c r="R17" s="14" t="n">
+      <c r="S17" s="14" t="n">
         <v>99.434</v>
       </c>
-      <c r="S17" s="14" t="n">
+      <c r="T17" s="14" t="n">
         <v>99.702</v>
       </c>
-      <c r="T17" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -10102,443 +10193,439 @@
       <c r="BS17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX17" s="15" t="n">
+      <c r="BX17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY17" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="BZ17" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CA17" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="CB17" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="CC17" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="CD17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CE17" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="CF17" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CG17" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="BY17" s="15" t="n">
+      <c r="CH17" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="CI17" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="CJ17" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="CK17" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CL17" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="CM17" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="CN17" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="CO17" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="CP17" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="CQ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CR17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CS17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CT17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CU17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CV17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CW17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CX17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CY17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CZ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DA17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DB17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DC17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DD17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DE17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DF17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DG17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DH17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DI17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DJ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DK17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DL17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DM17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DN17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DO17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DP17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DQ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DS17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DT17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DU17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DV17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DW17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DX17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DY17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DZ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EA17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EB17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EC17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ED17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EE17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EF17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EG17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EH17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EI17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EJ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EK17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EL17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EM17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EN17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EO17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EP17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EQ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ER17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ES17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ET17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV17" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="EW17" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="BZ17" s="15" t="n">
-[...335 lines deleted...]
-      <c r="EV17" s="15" t="n">
+      <c r="EX17" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="EY17" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="EW17" s="15" t="n">
+      <c r="EZ17" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="EX17" s="15" t="n">
+      <c r="FA17" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="EY17" s="15" t="n">
+      <c r="FB17" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="EZ17" s="15" t="n">
+      <c r="FC17" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="FA17" s="15" t="n">
+      <c r="FD17" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="FB17" s="15" t="n">
+      <c r="FE17" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="FC17" s="15" t="n">
+      <c r="FF17" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="FD17" s="15" t="n">
+      <c r="FG17" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="FE17" s="15" t="n">
+      <c r="FH17" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="FF17" s="15" t="n">
+      <c r="FI17" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="FG17" s="15" t="n">
+      <c r="FJ17" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="FH17" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -10776,803 +10863,825 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="6" t="inlineStr">
         <is>
           <t>52.1 Warehousing and storage</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>110.378</v>
+        <v>110.242</v>
       </c>
       <c r="C18" s="14" t="n">
-        <v>110.302</v>
+        <v>110.396</v>
       </c>
       <c r="D18" s="14" t="n">
-        <v>108.601</v>
+        <v>110.312</v>
       </c>
       <c r="E18" s="14" t="n">
+        <v>108.596</v>
+      </c>
+      <c r="F18" s="14" t="n">
         <v>108.367</v>
       </c>
-      <c r="F18" s="14" t="n">
+      <c r="G18" s="14" t="n">
         <v>108.474</v>
       </c>
-      <c r="G18" s="14" t="n">
+      <c r="H18" s="14" t="n">
         <v>107.989</v>
       </c>
-      <c r="H18" s="14" t="n">
+      <c r="I18" s="14" t="n">
         <v>105.727</v>
       </c>
-      <c r="I18" s="14" t="n">
+      <c r="J18" s="14" t="n">
         <v>105.773</v>
       </c>
-      <c r="J18" s="14" t="n">
+      <c r="K18" s="14" t="n">
         <v>105.981</v>
       </c>
-      <c r="K18" s="14" t="n">
+      <c r="L18" s="14" t="n">
         <v>105.451</v>
       </c>
-      <c r="L18" s="14" t="n">
+      <c r="M18" s="14" t="n">
         <v>101.837</v>
       </c>
-      <c r="M18" s="14" t="n">
+      <c r="N18" s="14" t="n">
         <v>101.947</v>
       </c>
-      <c r="N18" s="14" t="n">
+      <c r="O18" s="14" t="n">
         <v>101.369</v>
       </c>
-      <c r="O18" s="14" t="n">
+      <c r="P18" s="14" t="n">
         <v>101.313</v>
       </c>
-      <c r="P18" s="14" t="n">
+      <c r="Q18" s="14" t="n">
         <v>100.083</v>
       </c>
-      <c r="Q18" s="14" t="n">
+      <c r="R18" s="14" t="n">
         <v>100.043</v>
       </c>
-      <c r="R18" s="14" t="n">
+      <c r="S18" s="14" t="n">
         <v>99.955</v>
       </c>
-      <c r="S18" s="14" t="n">
+      <c r="T18" s="14" t="n">
         <v>99.918</v>
       </c>
-      <c r="T18" s="14" t="n">
+      <c r="U18" s="14" t="n">
         <v>100.045</v>
       </c>
-      <c r="U18" s="14" t="n">
+      <c r="V18" s="14" t="n">
         <v>100.109</v>
       </c>
-      <c r="V18" s="14" t="n">
+      <c r="W18" s="14" t="n">
         <v>99.898</v>
       </c>
-      <c r="W18" s="14" t="n">
+      <c r="X18" s="14" t="n">
         <v>99.261</v>
       </c>
-      <c r="X18" s="14" t="n">
+      <c r="Y18" s="14" t="n">
         <v>98.696</v>
       </c>
-      <c r="Y18" s="14" t="n">
+      <c r="Z18" s="14" t="n">
         <v>98.591</v>
       </c>
-      <c r="Z18" s="14" t="n">
+      <c r="AA18" s="14" t="n">
         <v>98.552</v>
       </c>
-      <c r="AA18" s="14" t="n">
+      <c r="AB18" s="14" t="n">
         <v>98.288</v>
       </c>
-      <c r="AB18" s="14" t="n">
+      <c r="AC18" s="14" t="n">
         <v>97.564</v>
       </c>
-      <c r="AC18" s="14" t="n">
+      <c r="AD18" s="14" t="n">
         <v>97.758</v>
       </c>
-      <c r="AD18" s="14" t="n">
+      <c r="AE18" s="14" t="n">
         <v>97.584</v>
       </c>
-      <c r="AE18" s="14" t="n">
+      <c r="AF18" s="14" t="n">
         <v>97.475</v>
       </c>
-      <c r="AF18" s="14" t="n">
+      <c r="AG18" s="14" t="n">
         <v>97.001</v>
       </c>
-      <c r="AG18" s="14" t="n">
+      <c r="AH18" s="14" t="n">
         <v>97.047</v>
       </c>
-      <c r="AH18" s="14" t="n">
+      <c r="AI18" s="14" t="n">
         <v>97.016</v>
       </c>
-      <c r="AI18" s="14" t="n">
+      <c r="AJ18" s="14" t="n">
         <v>97.059</v>
       </c>
-      <c r="AJ18" s="14" t="n">
+      <c r="AK18" s="14" t="n">
         <v>96.827</v>
       </c>
-      <c r="AK18" s="14" t="n">
+      <c r="AL18" s="14" t="n">
         <v>97.015</v>
       </c>
-      <c r="AL18" s="14" t="n">
+      <c r="AM18" s="14" t="n">
         <v>97.21</v>
       </c>
-      <c r="AM18" s="14" t="n">
+      <c r="AN18" s="14" t="n">
         <v>99.777</v>
       </c>
-      <c r="AN18" s="14" t="n">
+      <c r="AO18" s="14" t="n">
         <v>99.894</v>
       </c>
-      <c r="AO18" s="14" t="n">
+      <c r="AP18" s="14" t="n">
         <v>99.965</v>
       </c>
-      <c r="AP18" s="14" t="n">
+      <c r="AQ18" s="14" t="n">
         <v>100.02</v>
       </c>
-      <c r="AQ18" s="14" t="n">
+      <c r="AR18" s="14" t="n">
         <v>100.128</v>
       </c>
-      <c r="AR18" s="14" t="n">
+      <c r="AS18" s="14" t="n">
         <v>100.347</v>
       </c>
-      <c r="AS18" s="14" t="n">
+      <c r="AT18" s="14" t="n">
         <v>99.87</v>
       </c>
-      <c r="AT18" s="14" t="n">
+      <c r="AU18" s="14" t="n">
         <v>101.639</v>
       </c>
-      <c r="AU18" s="14" t="n">
+      <c r="AV18" s="14" t="n">
         <v>101.458</v>
       </c>
-      <c r="AV18" s="14" t="n">
+      <c r="AW18" s="14" t="n">
         <v>101.473</v>
       </c>
-      <c r="AW18" s="14" t="n">
+      <c r="AX18" s="14" t="n">
         <v>101.677</v>
       </c>
-      <c r="AX18" s="14" t="n">
+      <c r="AY18" s="14" t="n">
         <v>101.715</v>
       </c>
-      <c r="AY18" s="14" t="n">
+      <c r="AZ18" s="14" t="n">
         <v>101.697</v>
       </c>
-      <c r="AZ18" s="14" t="n">
+      <c r="BA18" s="14" t="n">
         <v>100.835</v>
       </c>
-      <c r="BA18" s="14" t="n">
+      <c r="BB18" s="14" t="n">
         <v>101.364</v>
       </c>
-      <c r="BB18" s="14" t="n">
+      <c r="BC18" s="14" t="n">
         <v>101.626</v>
       </c>
-      <c r="BC18" s="14" t="n">
+      <c r="BD18" s="14" t="n">
         <v>101.467</v>
       </c>
-      <c r="BD18" s="14" t="n">
+      <c r="BE18" s="14" t="n">
         <v>100.824</v>
       </c>
-      <c r="BE18" s="14" t="n">
+      <c r="BF18" s="14" t="n">
         <v>100.812</v>
       </c>
-      <c r="BF18" s="14" t="n">
+      <c r="BG18" s="14" t="n">
         <v>100.948</v>
       </c>
-      <c r="BG18" s="14" t="n">
+      <c r="BH18" s="14" t="n">
         <v>100.883</v>
       </c>
-      <c r="BH18" s="14" t="n">
+      <c r="BI18" s="14" t="n">
         <v>99.64</v>
       </c>
-      <c r="BI18" s="14" t="n">
+      <c r="BJ18" s="14" t="n">
         <v>99.904</v>
       </c>
-      <c r="BJ18" s="14" t="n">
+      <c r="BK18" s="14" t="n">
         <v>100.038</v>
       </c>
-      <c r="BK18" s="14" t="n">
+      <c r="BL18" s="14" t="n">
         <v>99.716</v>
       </c>
-      <c r="BL18" s="14" t="n">
+      <c r="BM18" s="14" t="n">
         <v>100.267</v>
       </c>
-      <c r="BM18" s="14" t="n">
+      <c r="BN18" s="14" t="n">
         <v>100.611</v>
       </c>
-      <c r="BN18" s="14" t="n">
+      <c r="BO18" s="14" t="n">
         <v>100.778</v>
       </c>
-      <c r="BO18" s="14" t="n">
+      <c r="BP18" s="14" t="n">
         <v>101.062</v>
       </c>
-      <c r="BP18" s="14" t="n">
+      <c r="BQ18" s="14" t="n">
         <v>99.894</v>
       </c>
-      <c r="BQ18" s="14" t="n">
+      <c r="BR18" s="14" t="n">
         <v>99.767</v>
       </c>
-      <c r="BR18" s="14" t="n">
+      <c r="BS18" s="14" t="n">
         <v>99.504</v>
       </c>
-      <c r="BS18" s="14" t="n">
+      <c r="BT18" s="14" t="n">
         <v>98.758</v>
       </c>
-      <c r="BT18" s="14" t="n">
+      <c r="BU18" s="14" t="n">
         <v>96.658</v>
       </c>
-      <c r="BU18" s="14" t="n">
+      <c r="BV18" s="14" t="n">
         <v>96.096</v>
       </c>
-      <c r="BV18" s="14" t="n">
+      <c r="BW18" s="14" t="n">
         <v>95.804</v>
       </c>
-      <c r="BW18" s="14" t="n">
+      <c r="BX18" s="14" t="n">
         <v>95.638</v>
       </c>
-      <c r="BX18" s="15" t="n">
+      <c r="BY18" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="BZ18" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="BY18" s="15" t="n">
+      <c r="CA18" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="BZ18" s="15" t="n">
+      <c r="CB18" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CA18" s="15" t="n">
+      <c r="CC18" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CB18" s="15" t="n">
+      <c r="CD18" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CC18" s="15" t="n">
+      <c r="CE18" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="CD18" s="15" t="n">
+      <c r="CF18" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CE18" s="15" t="n">
+      <c r="CG18" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CF18" s="15" t="n">
+      <c r="CH18" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CG18" s="15" t="n">
+      <c r="CI18" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="CH18" s="15" t="n">
+      <c r="CJ18" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CI18" s="15" t="n">
+      <c r="CK18" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CJ18" s="15" t="n">
+      <c r="CL18" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CK18" s="15" t="n">
+      <c r="CM18" s="15" t="n">
         <v>1.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="CN18" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="CO18" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CP18" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CQ18" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CP18" s="15" t="n">
+      <c r="CR18" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CQ18" s="15" t="n">
+      <c r="CS18" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CR18" s="15" t="n">
+      <c r="CT18" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CS18" s="15" t="n">
+      <c r="CU18" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CT18" s="15" t="n">
+      <c r="CV18" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CU18" s="15" t="n">
+      <c r="CW18" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CV18" s="15" t="n">
+      <c r="CX18" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CW18" s="15" t="n">
+      <c r="CY18" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CX18" s="15" t="n">
+      <c r="CZ18" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CY18" s="15" t="n">
+      <c r="DA18" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CZ18" s="15" t="n">
+      <c r="DB18" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DA18" s="15" t="n">
+      <c r="DC18" s="15" t="n">
         <v>0.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="DD18" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="DE18" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DF18" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DG18" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DF18" s="15" t="n">
+      <c r="DH18" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DG18" s="15" t="n">
+      <c r="DI18" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DH18" s="15" t="n">
+      <c r="DJ18" s="15" t="n">
         <v>-2.6</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="DK18" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="DL18" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="DM18" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="DN18" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="DO18" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DN18" s="15" t="n">
+      <c r="DP18" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="DO18" s="15" t="n">
+      <c r="DQ18" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="DP18" s="15" t="n">
+      <c r="DR18" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="DS18" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="DT18" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="DU18" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DU18" s="15" t="n">
+      <c r="DV18" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DW18" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="DV18" s="15" t="n">
+      <c r="DX18" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DW18" s="15" t="n">
+      <c r="DY18" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DX18" s="15" t="n">
+      <c r="DZ18" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DY18" s="15" t="n">
+      <c r="EA18" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="DZ18" s="15" t="n">
+      <c r="EB18" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EA18" s="15" t="n">
+      <c r="EC18" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EB18" s="15" t="n">
+      <c r="ED18" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EC18" s="15" t="n">
+      <c r="EE18" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ED18" s="15" t="n">
+      <c r="EF18" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="EE18" s="15" t="n">
+      <c r="EG18" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EF18" s="15" t="n">
+      <c r="EH18" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EG18" s="15" t="n">
+      <c r="EI18" s="15" t="n">
         <v>-0.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="EJ18" s="15" t="n">
         <v>-0.3</v>
       </c>
       <c r="EK18" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="EL18" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="EM18" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="EL18" s="15" t="n">
+      <c r="EN18" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EM18" s="15" t="n">
+      <c r="EO18" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EN18" s="15" t="n">
+      <c r="EP18" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="EO18" s="15" t="n">
+      <c r="EQ18" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="EP18" s="15" t="n">
+      <c r="ER18" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="EQ18" s="15" t="n">
+      <c r="ES18" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ER18" s="15" t="n">
+      <c r="ET18" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ES18" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="ET18" s="15" t="n">
+      <c r="EU18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV18" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="EW18" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="EU18" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EV18" s="15" t="n">
+      <c r="EX18" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="EY18" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EW18" s="15" t="n">
+      <c r="EZ18" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="EX18" s="15" t="n">
+      <c r="FA18" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="EY18" s="15" t="n">
+      <c r="FB18" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="EZ18" s="15" t="n">
+      <c r="FC18" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="FA18" s="15" t="n">
+      <c r="FD18" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="FB18" s="15" t="n">
+      <c r="FE18" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="FC18" s="15" t="n">
+      <c r="FF18" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="FD18" s="15" t="n">
+      <c r="FG18" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="FE18" s="15" t="n">
+      <c r="FH18" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FF18" s="15" t="n">
+      <c r="FI18" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FG18" s="15" t="n">
+      <c r="FJ18" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FH18" s="15" t="n">
+      <c r="FK18" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="FI18" s="15" t="n">
+      <c r="FL18" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="FJ18" s="15" t="n">
+      <c r="FM18" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="FK18" s="15" t="n">
+      <c r="FN18" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="FL18" s="15" t="n">
+      <c r="FO18" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FM18" s="15" t="n">
+      <c r="FP18" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="FN18" s="15" t="n">
+      <c r="FQ18" s="15" t="n">
         <v>1.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.9</v>
       </c>
       <c r="FR18" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="FS18" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="FT18" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="FU18" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="FV18" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="FT18" s="15" t="n">
+      <c r="FW18" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FU18" s="15" t="n">
+      <c r="FX18" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="FV18" s="15" t="n">
+      <c r="FY18" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FW18" s="15" t="n">
+      <c r="FZ18" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="FX18" s="15" t="n">
+      <c r="GA18" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="FY18" s="15" t="n">
+      <c r="GB18" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="FZ18" s="15" t="n">
+      <c r="GC18" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GA18" s="15" t="n">
+      <c r="GD18" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="GB18" s="15" t="n">
+      <c r="GE18" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="GC18" s="15" t="n">
+      <c r="GF18" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="GD18" s="15" t="n">
+      <c r="GG18" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="GE18" s="15" t="n">
+      <c r="GH18" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="GF18" s="15" t="n">
+      <c r="GI18" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GG18" s="15" t="n">
+      <c r="GJ18" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GH18" s="15" t="n">
+      <c r="GK18" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="GI18" s="15" t="n">
+      <c r="GL18" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="GJ18" s="15" t="n">
+      <c r="GM18" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="GK18" s="15" t="n">
+      <c r="GN18" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="GL18" s="15" t="n">
+      <c r="GO18" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GM18" s="15" t="n">
+      <c r="GP18" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GN18" s="15" t="n">
+      <c r="GQ18" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="GO18" s="15" t="n">
+      <c r="GR18" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="GP18" s="15" t="n">
+      <c r="GS18" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GQ18" s="15" t="n">
+      <c r="GT18" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="GR18" s="15" t="n">
+      <c r="GU18" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GS18" s="15" t="n">
+      <c r="GV18" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="GT18" s="15" t="n">
+      <c r="GW18" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="GU18" s="15" t="n">
+      <c r="GX18" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.9</v>
       </c>
       <c r="GY18" s="15" t="n">
         <v>1.2</v>
       </c>
       <c r="GZ18" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="HA18" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="HB18" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="HC18" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="HA18" s="15" t="n">
+      <c r="HD18" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="HB18" s="15" t="n">
+      <c r="HE18" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="HC18" s="15" t="n">
+      <c r="HF18" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="HD18" s="15" t="n">
+      <c r="HG18" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="HE18" s="15" t="n">
+      <c r="HH18" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="HF18" s="15" t="n">
+      <c r="HI18" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="HG18" s="15" t="n">
+      <c r="HJ18" s="15" t="n">
         <v>2.3</v>
-      </c>
-[...7 lines deleted...]
-        <v>3.9</v>
       </c>
       <c r="HK18" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="HL18" s="13" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="HL18" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="HM18" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="HN18" s="15" t="n">
+        <v>3.3</v>
       </c>
       <c r="HO18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="6" t="inlineStr">
         <is>
           <t>52.2 Support activities for transportation</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>114.232</v>
+        <v>115.718</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>114.931</v>
+        <v>115.155</v>
       </c>
       <c r="D19" s="14" t="n">
-        <v>112.398</v>
+        <v>114.9</v>
       </c>
       <c r="E19" s="14" t="n">
+        <v>112.402</v>
+      </c>
+      <c r="F19" s="14" t="n">
         <v>113.798</v>
       </c>
-      <c r="F19" s="14" t="n">
+      <c r="G19" s="14" t="n">
         <v>112.61</v>
       </c>
-      <c r="G19" s="14" t="n">
+      <c r="H19" s="14" t="n">
         <v>112.752</v>
       </c>
-      <c r="H19" s="14" t="n">
+      <c r="I19" s="14" t="n">
         <v>109.25</v>
       </c>
-      <c r="I19" s="14" t="n">
+      <c r="J19" s="14" t="n">
         <v>109.11</v>
       </c>
-      <c r="J19" s="14" t="n">
+      <c r="K19" s="14" t="n">
         <v>109.691</v>
       </c>
-      <c r="K19" s="14" t="n">
+      <c r="L19" s="14" t="n">
         <v>110.051</v>
       </c>
-      <c r="L19" s="14" t="n">
+      <c r="M19" s="14" t="n">
         <v>102.468</v>
       </c>
-      <c r="M19" s="14" t="n">
+      <c r="N19" s="14" t="n">
         <v>102.924</v>
       </c>
-      <c r="N19" s="14" t="n">
+      <c r="O19" s="14" t="n">
         <v>102.503</v>
       </c>
-      <c r="O19" s="14" t="n">
+      <c r="P19" s="14" t="n">
         <v>103.43</v>
       </c>
-      <c r="P19" s="14" t="n">
+      <c r="Q19" s="14" t="n">
         <v>100.175</v>
       </c>
-      <c r="Q19" s="14" t="n">
+      <c r="R19" s="14" t="n">
         <v>100.762</v>
       </c>
-      <c r="R19" s="14" t="n">
+      <c r="S19" s="14" t="n">
         <v>99.382</v>
       </c>
-      <c r="S19" s="14" t="n">
+      <c r="T19" s="14" t="n">
         <v>99.681</v>
       </c>
-      <c r="T19" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -11804,443 +11913,439 @@
       <c r="BS19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX19" s="15" t="n">
+      <c r="BX19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY19" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="BZ19" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CA19" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="CB19" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="CC19" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="CD19" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CE19" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="CF19" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CG19" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="CH19" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="CI19" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="CJ19" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="CK19" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CL19" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="CM19" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="CN19" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="BY19" s="15" t="n">
+      <c r="CO19" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="CP19" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="CQ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CR19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CS19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CT19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CU19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CV19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CW19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CX19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CY19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CZ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DA19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DB19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DC19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DD19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DE19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DF19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DG19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DH19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DI19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DJ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DK19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DL19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DM19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DN19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DO19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DP19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DQ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DS19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DT19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DU19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DV19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DW19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DX19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DY19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DZ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EA19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EB19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EC19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ED19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EE19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EF19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EG19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EH19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EI19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EJ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EK19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EL19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EM19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EN19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EO19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EP19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EQ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ER19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ES19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ET19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV19" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="EW19" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="BZ19" s="15" t="n">
-[...332 lines deleted...]
-      <c r="EU19" s="15" t="n">
+      <c r="EX19" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="EV19" s="15" t="n">
+      <c r="EY19" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="EW19" s="15" t="n">
+      <c r="EZ19" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="EX19" s="15" t="n">
+      <c r="FA19" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EY19" s="15" t="n">
+      <c r="FB19" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="EZ19" s="15" t="n">
+      <c r="FC19" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="FA19" s="15" t="n">
+      <c r="FD19" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="FB19" s="15" t="n">
+      <c r="FE19" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="FC19" s="15" t="n">
+      <c r="FF19" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="FD19" s="15" t="n">
+      <c r="FG19" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="FE19" s="15" t="n">
+      <c r="FH19" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="FF19" s="15" t="n">
+      <c r="FI19" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="FG19" s="15" t="n">
+      <c r="FJ19" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="FH19" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -12478,50 +12583,65 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
           <t>52.21 Service activities incidental to land transportation</t>
         </is>
       </c>
       <c r="B20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="C20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
@@ -12581,51 +12701,51 @@
           <t>.</t>
         </is>
       </c>
       <c r="P20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="Q20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="R20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="S20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="T20" s="13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t>.</t>
         </is>
       </c>
       <c r="U20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
@@ -12861,141 +12981,141 @@
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX20" s="13" t="inlineStr">
         <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY20" s="13" t="inlineStr">
+        <is>
           <t>.</t>
         </is>
       </c>
-      <c r="BY20" s="13" t="inlineStr">
+      <c r="BZ20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="BZ20" s="13" t="inlineStr">
+      <c r="CA20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CA20" s="13" t="inlineStr">
+      <c r="CB20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CB20" s="13" t="inlineStr">
+      <c r="CC20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CC20" s="13" t="inlineStr">
+      <c r="CD20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CD20" s="13" t="inlineStr">
+      <c r="CE20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CE20" s="13" t="inlineStr">
+      <c r="CF20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CF20" s="13" t="inlineStr">
+      <c r="CG20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CG20" s="13" t="inlineStr">
+      <c r="CH20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CH20" s="13" t="inlineStr">
+      <c r="CI20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CI20" s="13" t="inlineStr">
+      <c r="CJ20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CJ20" s="13" t="inlineStr">
+      <c r="CK20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CK20" s="13" t="inlineStr">
+      <c r="CL20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CL20" s="13" t="inlineStr">
+      <c r="CM20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CM20" s="13" t="inlineStr">
+      <c r="CN20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CN20" s="13" t="inlineStr">
+      <c r="CO20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CO20" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="CP20" s="13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t>.</t>
         </is>
       </c>
       <c r="CQ20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
@@ -13231,131 +13351,131 @@
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET20" s="13" t="inlineStr">
         <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV20" s="13" t="inlineStr">
+        <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EU20" s="13" t="inlineStr">
+      <c r="EW20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EV20" s="13" t="inlineStr">
+      <c r="EX20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EW20" s="13" t="inlineStr">
+      <c r="EY20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EX20" s="13" t="inlineStr">
+      <c r="EZ20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EY20" s="13" t="inlineStr">
+      <c r="FA20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EZ20" s="13" t="inlineStr">
+      <c r="FB20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FA20" s="13" t="inlineStr">
+      <c r="FC20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FB20" s="13" t="inlineStr">
+      <c r="FD20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FC20" s="13" t="inlineStr">
+      <c r="FE20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FD20" s="13" t="inlineStr">
+      <c r="FF20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FE20" s="13" t="inlineStr">
+      <c r="FG20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FF20" s="13" t="inlineStr">
+      <c r="FH20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FG20" s="13" t="inlineStr">
+      <c r="FI20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FH20" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="FJ20" s="13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t>.</t>
         </is>
       </c>
       <c r="FK20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
@@ -13595,50 +13715,65 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="6" t="inlineStr">
         <is>
           <t>52.22 Service activities incidental to water transportation</t>
         </is>
       </c>
       <c r="B21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="C21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
@@ -13698,51 +13833,51 @@
           <t>.</t>
         </is>
       </c>
       <c r="P21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="Q21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="R21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="S21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="T21" s="13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t>.</t>
         </is>
       </c>
       <c r="U21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
@@ -13978,141 +14113,141 @@
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX21" s="13" t="inlineStr">
         <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY21" s="13" t="inlineStr">
+        <is>
           <t>.</t>
         </is>
       </c>
-      <c r="BY21" s="13" t="inlineStr">
+      <c r="BZ21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="BZ21" s="13" t="inlineStr">
+      <c r="CA21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CA21" s="13" t="inlineStr">
+      <c r="CB21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CB21" s="13" t="inlineStr">
+      <c r="CC21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CC21" s="13" t="inlineStr">
+      <c r="CD21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CD21" s="13" t="inlineStr">
+      <c r="CE21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CE21" s="13" t="inlineStr">
+      <c r="CF21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CF21" s="13" t="inlineStr">
+      <c r="CG21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CG21" s="13" t="inlineStr">
+      <c r="CH21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CH21" s="13" t="inlineStr">
+      <c r="CI21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CI21" s="13" t="inlineStr">
+      <c r="CJ21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CJ21" s="13" t="inlineStr">
+      <c r="CK21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CK21" s="13" t="inlineStr">
+      <c r="CL21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CL21" s="13" t="inlineStr">
+      <c r="CM21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CM21" s="13" t="inlineStr">
+      <c r="CN21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CN21" s="13" t="inlineStr">
+      <c r="CO21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CO21" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="CP21" s="13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t>.</t>
         </is>
       </c>
       <c r="CQ21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
@@ -14348,131 +14483,131 @@
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET21" s="13" t="inlineStr">
         <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV21" s="13" t="inlineStr">
+        <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EU21" s="13" t="inlineStr">
+      <c r="EW21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EV21" s="13" t="inlineStr">
+      <c r="EX21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EW21" s="13" t="inlineStr">
+      <c r="EY21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EX21" s="13" t="inlineStr">
+      <c r="EZ21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EY21" s="13" t="inlineStr">
+      <c r="FA21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EZ21" s="13" t="inlineStr">
+      <c r="FB21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FA21" s="13" t="inlineStr">
+      <c r="FC21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FB21" s="13" t="inlineStr">
+      <c r="FD21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FC21" s="13" t="inlineStr">
+      <c r="FE21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FD21" s="13" t="inlineStr">
+      <c r="FF21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FE21" s="13" t="inlineStr">
+      <c r="FG21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FF21" s="13" t="inlineStr">
+      <c r="FH21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FG21" s="13" t="inlineStr">
+      <c r="FI21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FH21" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="FJ21" s="13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t>.</t>
         </is>
       </c>
       <c r="FK21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
@@ -14712,50 +14847,65 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="6" t="inlineStr">
         <is>
           <t>52.23 Service activities incidental to air transportation</t>
         </is>
       </c>
       <c r="B22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="C22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
@@ -14815,51 +14965,51 @@
           <t>.</t>
         </is>
       </c>
       <c r="P22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="Q22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="R22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="S22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="T22" s="13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t>.</t>
         </is>
       </c>
       <c r="U22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
@@ -15095,141 +15245,141 @@
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX22" s="13" t="inlineStr">
         <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY22" s="13" t="inlineStr">
+        <is>
           <t>.</t>
         </is>
       </c>
-      <c r="BY22" s="13" t="inlineStr">
+      <c r="BZ22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="BZ22" s="13" t="inlineStr">
+      <c r="CA22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CA22" s="13" t="inlineStr">
+      <c r="CB22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CB22" s="13" t="inlineStr">
+      <c r="CC22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CC22" s="13" t="inlineStr">
+      <c r="CD22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CD22" s="13" t="inlineStr">
+      <c r="CE22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CE22" s="13" t="inlineStr">
+      <c r="CF22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CF22" s="13" t="inlineStr">
+      <c r="CG22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CG22" s="13" t="inlineStr">
+      <c r="CH22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CH22" s="13" t="inlineStr">
+      <c r="CI22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CI22" s="13" t="inlineStr">
+      <c r="CJ22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CJ22" s="13" t="inlineStr">
+      <c r="CK22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CK22" s="13" t="inlineStr">
+      <c r="CL22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CL22" s="13" t="inlineStr">
+      <c r="CM22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CM22" s="13" t="inlineStr">
+      <c r="CN22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CN22" s="13" t="inlineStr">
+      <c r="CO22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CO22" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="CP22" s="13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t>.</t>
         </is>
       </c>
       <c r="CQ22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
@@ -15465,131 +15615,131 @@
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET22" s="13" t="inlineStr">
         <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV22" s="13" t="inlineStr">
+        <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EU22" s="13" t="inlineStr">
+      <c r="EW22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EV22" s="13" t="inlineStr">
+      <c r="EX22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EW22" s="13" t="inlineStr">
+      <c r="EY22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EX22" s="13" t="inlineStr">
+      <c r="EZ22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EY22" s="13" t="inlineStr">
+      <c r="FA22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EZ22" s="13" t="inlineStr">
+      <c r="FB22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FA22" s="13" t="inlineStr">
+      <c r="FC22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FB22" s="13" t="inlineStr">
+      <c r="FD22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FC22" s="13" t="inlineStr">
+      <c r="FE22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FD22" s="13" t="inlineStr">
+      <c r="FF22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FE22" s="13" t="inlineStr">
+      <c r="FG22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FF22" s="13" t="inlineStr">
+      <c r="FH22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FG22" s="13" t="inlineStr">
+      <c r="FI22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FH22" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="FJ22" s="13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t>.</t>
         </is>
       </c>
       <c r="FK22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
@@ -15829,803 +15979,825 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="6" t="inlineStr">
         <is>
           <t>52.24 Cargo handling</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>114.528</v>
+        <v>114.527</v>
       </c>
       <c r="C23" s="14" t="n">
+        <v>114.258</v>
+      </c>
+      <c r="D23" s="14" t="n">
         <v>114.42</v>
       </c>
-      <c r="D23" s="14" t="n">
+      <c r="E23" s="14" t="n">
         <v>111.203</v>
       </c>
-      <c r="E23" s="14" t="n">
+      <c r="F23" s="14" t="n">
         <v>111.574</v>
       </c>
-      <c r="F23" s="14" t="n">
+      <c r="G23" s="14" t="n">
         <v>111.446</v>
       </c>
-      <c r="G23" s="14" t="n">
+      <c r="H23" s="14" t="n">
         <v>110.887</v>
       </c>
-      <c r="H23" s="14" t="n">
+      <c r="I23" s="14" t="n">
         <v>108.112</v>
       </c>
-      <c r="I23" s="14" t="n">
+      <c r="J23" s="14" t="n">
         <v>107.954</v>
       </c>
-      <c r="J23" s="14" t="n">
+      <c r="K23" s="14" t="n">
         <v>107.604</v>
       </c>
-      <c r="K23" s="14" t="n">
+      <c r="L23" s="14" t="n">
         <v>106.218</v>
       </c>
-      <c r="L23" s="14" t="n">
+      <c r="M23" s="14" t="n">
         <v>104.145</v>
       </c>
-      <c r="M23" s="14" t="n">
+      <c r="N23" s="14" t="n">
         <v>104.218</v>
       </c>
-      <c r="N23" s="14" t="n">
+      <c r="O23" s="14" t="n">
         <v>103.643</v>
       </c>
-      <c r="O23" s="14" t="n">
+      <c r="P23" s="14" t="n">
         <v>102.252</v>
       </c>
-      <c r="P23" s="14" t="n">
+      <c r="Q23" s="14" t="n">
         <v>99.854</v>
       </c>
-      <c r="Q23" s="14" t="n">
+      <c r="R23" s="14" t="n">
         <v>100.096</v>
       </c>
-      <c r="R23" s="14" t="n">
+      <c r="S23" s="14" t="n">
         <v>100.123</v>
       </c>
-      <c r="S23" s="14" t="n">
+      <c r="T23" s="14" t="n">
         <v>99.927</v>
       </c>
-      <c r="T23" s="14" t="n">
+      <c r="U23" s="14" t="n">
         <v>99.627</v>
       </c>
-      <c r="U23" s="14" t="n">
+      <c r="V23" s="14" t="n">
         <v>99.06</v>
       </c>
-      <c r="V23" s="14" t="n">
+      <c r="W23" s="14" t="n">
         <v>98.999</v>
       </c>
-      <c r="W23" s="14" t="n">
+      <c r="X23" s="14" t="n">
         <v>98.57</v>
       </c>
-      <c r="X23" s="14" t="n">
+      <c r="Y23" s="14" t="n">
         <v>97.802</v>
       </c>
-      <c r="Y23" s="14" t="n">
+      <c r="Z23" s="14" t="n">
         <v>97.91</v>
       </c>
-      <c r="Z23" s="14" t="n">
+      <c r="AA23" s="14" t="n">
         <v>97.904</v>
       </c>
-      <c r="AA23" s="14" t="n">
+      <c r="AB23" s="14" t="n">
         <v>97.951</v>
       </c>
-      <c r="AB23" s="14" t="n">
+      <c r="AC23" s="14" t="n">
         <v>97.468</v>
       </c>
-      <c r="AC23" s="14" t="n">
+      <c r="AD23" s="14" t="n">
         <v>97.387</v>
       </c>
-      <c r="AD23" s="14" t="n">
+      <c r="AE23" s="14" t="n">
         <v>97.555</v>
       </c>
-      <c r="AE23" s="14" t="n">
+      <c r="AF23" s="14" t="n">
         <v>97.867</v>
       </c>
-      <c r="AF23" s="14" t="n">
+      <c r="AG23" s="14" t="n">
         <v>97.767</v>
       </c>
-      <c r="AG23" s="14" t="n">
+      <c r="AH23" s="14" t="n">
         <v>97.795</v>
       </c>
-      <c r="AH23" s="14" t="n">
+      <c r="AI23" s="14" t="n">
         <v>97.015</v>
       </c>
-      <c r="AI23" s="14" t="n">
+      <c r="AJ23" s="14" t="n">
         <v>96.912</v>
       </c>
-      <c r="AJ23" s="14" t="n">
+      <c r="AK23" s="14" t="n">
         <v>96.948</v>
       </c>
-      <c r="AK23" s="14" t="n">
+      <c r="AL23" s="14" t="n">
         <v>97.037</v>
       </c>
-      <c r="AL23" s="14" t="n">
+      <c r="AM23" s="14" t="n">
         <v>96.924</v>
       </c>
-      <c r="AM23" s="14" t="n">
+      <c r="AN23" s="14" t="n">
         <v>96.884</v>
       </c>
-      <c r="AN23" s="14" t="n">
+      <c r="AO23" s="14" t="n">
         <v>96.956</v>
       </c>
-      <c r="AO23" s="14" t="n">
+      <c r="AP23" s="14" t="n">
         <v>97.379</v>
       </c>
-      <c r="AP23" s="14" t="n">
+      <c r="AQ23" s="14" t="n">
         <v>96.832</v>
       </c>
-      <c r="AQ23" s="14" t="n">
+      <c r="AR23" s="14" t="n">
         <v>97.018</v>
       </c>
-      <c r="AR23" s="14" t="n">
+      <c r="AS23" s="14" t="n">
         <v>97.025</v>
       </c>
-      <c r="AS23" s="14" t="n">
+      <c r="AT23" s="14" t="n">
         <v>97.454</v>
       </c>
-      <c r="AT23" s="14" t="n">
+      <c r="AU23" s="14" t="n">
         <v>97.334</v>
       </c>
-      <c r="AU23" s="14" t="n">
+      <c r="AV23" s="14" t="n">
         <v>97.547</v>
       </c>
-      <c r="AV23" s="14" t="n">
+      <c r="AW23" s="14" t="n">
         <v>97.437</v>
       </c>
-      <c r="AW23" s="14" t="n">
+      <c r="AX23" s="14" t="n">
         <v>97.106</v>
       </c>
-      <c r="AX23" s="14" t="n">
+      <c r="AY23" s="14" t="n">
         <v>96.798</v>
       </c>
-      <c r="AY23" s="14" t="n">
+      <c r="AZ23" s="14" t="n">
         <v>96.676</v>
       </c>
-      <c r="AZ23" s="14" t="n">
+      <c r="BA23" s="14" t="n">
         <v>96.57</v>
       </c>
-      <c r="BA23" s="14" t="n">
+      <c r="BB23" s="14" t="n">
         <v>96.544</v>
       </c>
-      <c r="BB23" s="14" t="n">
+      <c r="BC23" s="14" t="n">
         <v>96.625</v>
       </c>
-      <c r="BC23" s="14" t="n">
+      <c r="BD23" s="14" t="n">
         <v>96.255</v>
       </c>
-      <c r="BD23" s="14" t="n">
+      <c r="BE23" s="14" t="n">
         <v>94.104</v>
       </c>
-      <c r="BE23" s="14" t="n">
+      <c r="BF23" s="14" t="n">
         <v>94.318</v>
       </c>
-      <c r="BF23" s="14" t="n">
+      <c r="BG23" s="14" t="n">
         <v>94.198</v>
       </c>
-      <c r="BG23" s="14" t="n">
+      <c r="BH23" s="14" t="n">
         <v>93.873</v>
       </c>
-      <c r="BH23" s="14" t="n">
+      <c r="BI23" s="14" t="n">
         <v>92.375</v>
       </c>
-      <c r="BI23" s="14" t="n">
+      <c r="BJ23" s="14" t="n">
         <v>92.123</v>
       </c>
-      <c r="BJ23" s="14" t="n">
+      <c r="BK23" s="14" t="n">
         <v>91.842</v>
       </c>
-      <c r="BK23" s="14" t="n">
+      <c r="BL23" s="14" t="n">
         <v>91.71</v>
       </c>
-      <c r="BL23" s="14" t="n">
+      <c r="BM23" s="14" t="n">
         <v>90.889</v>
       </c>
-      <c r="BM23" s="14" t="n">
+      <c r="BN23" s="14" t="n">
         <v>90.965</v>
       </c>
-      <c r="BN23" s="14" t="n">
+      <c r="BO23" s="14" t="n">
         <v>91.413</v>
       </c>
-      <c r="BO23" s="14" t="n">
+      <c r="BP23" s="14" t="n">
         <v>91.238</v>
       </c>
-      <c r="BP23" s="14" t="n">
+      <c r="BQ23" s="14" t="n">
         <v>90.766</v>
       </c>
-      <c r="BQ23" s="14" t="n">
+      <c r="BR23" s="14" t="n">
         <v>91.426</v>
       </c>
-      <c r="BR23" s="14" t="n">
+      <c r="BS23" s="14" t="n">
         <v>91.198</v>
       </c>
-      <c r="BS23" s="14" t="n">
+      <c r="BT23" s="14" t="n">
         <v>90.699</v>
       </c>
-      <c r="BT23" s="14" t="n">
+      <c r="BU23" s="14" t="n">
         <v>86.38</v>
       </c>
-      <c r="BU23" s="14" t="n">
+      <c r="BV23" s="14" t="n">
         <v>86.512</v>
       </c>
-      <c r="BV23" s="14" t="n">
+      <c r="BW23" s="14" t="n">
         <v>86.234</v>
       </c>
-      <c r="BW23" s="14" t="n">
+      <c r="BX23" s="14" t="n">
         <v>86.116</v>
       </c>
-      <c r="BX23" s="15" t="n">
+      <c r="BY23" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="BZ23" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CA23" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="CB23" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="CC23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="BY23" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BZ23" s="15" t="n">
+      <c r="CD23" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CE23" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="CF23" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CG23" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CH23" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="CI23" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="CJ23" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CK23" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="CL23" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="CM23" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="CN23" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="CO23" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CP23" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CQ23" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CR23" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="CS23" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CT23" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CU23" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CV23" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CW23" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CX23" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CY23" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CZ23" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DA23" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="DB23" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CA23" s="15" t="n">
+      <c r="DC23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CB23" s="15" t="n">
-[...5 lines deleted...]
-      <c r="CD23" s="15" t="n">
+      <c r="DD23" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DE23" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="DF23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CE23" s="15" t="n">
-[...8 lines deleted...]
-      <c r="CH23" s="15" t="n">
+      <c r="DG23" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DH23" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CI23" s="15" t="n">
+      <c r="DI23" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DJ23" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DK23" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="DL23" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="DM23" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CJ23" s="15" t="n">
-[...5 lines deleted...]
-      <c r="CL23" s="15" t="n">
+      <c r="DN23" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CM23" s="15" t="n">
+      <c r="DO23" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CN23" s="15" t="n">
-[...65 lines deleted...]
-      <c r="DJ23" s="15" t="n">
+      <c r="DP23" s="15" t="n">
         <v>-0.4</v>
-      </c>
-[...16 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="DQ23" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="DR23" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="DS23" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DT23" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DS23" s="15" t="n">
+      <c r="DU23" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DT23" s="15" t="n">
+      <c r="DV23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DU23" s="15" t="n">
+      <c r="DW23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DV23" s="15" t="n">
+      <c r="DX23" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DW23" s="15" t="n">
+      <c r="DY23" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DX23" s="15" t="n">
+      <c r="DZ23" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DY23" s="15" t="n">
+      <c r="EA23" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="DZ23" s="15" t="n">
+      <c r="EB23" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EA23" s="15" t="n">
+      <c r="EC23" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.6</v>
       </c>
       <c r="ED23" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="EE23" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="EF23" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EF23" s="15" t="n">
+      <c r="EG23" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="EH23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EG23" s="15" t="n">
+      <c r="EI23" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="EH23" s="15" t="n">
+      <c r="EJ23" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EI23" s="15" t="n">
+      <c r="EK23" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="EJ23" s="15" t="n">
+      <c r="EL23" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EK23" s="15" t="n">
+      <c r="EM23" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="EL23" s="15" t="n">
+      <c r="EN23" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="EM23" s="15" t="n">
+      <c r="EO23" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EN23" s="15" t="n">
+      <c r="EP23" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="EO23" s="15" t="n">
+      <c r="EQ23" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="EP23" s="15" t="n">
+      <c r="ER23" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EQ23" s="15" t="n">
+      <c r="ES23" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ER23" s="15" t="n">
+      <c r="ET23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ES23" s="13" t="inlineStr">
-[...7 lines deleted...]
-      <c r="EU23" s="15" t="n">
+      <c r="EU23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV23" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EW23" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="EX23" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="EV23" s="15" t="n">
+      <c r="EY23" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="EW23" s="15" t="n">
+      <c r="EZ23" s="15" t="n">
         <v>3.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>3.8</v>
       </c>
       <c r="FA23" s="15" t="n">
         <v>3.6</v>
       </c>
       <c r="FB23" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="FC23" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="FC23" s="15" t="n">
+      <c r="FD23" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="FE23" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="FF23" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="FD23" s="15" t="n">
+      <c r="FG23" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="FE23" s="15" t="n">
+      <c r="FH23" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="FF23" s="15" t="n">
+      <c r="FI23" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="FG23" s="15" t="n">
+      <c r="FJ23" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="FH23" s="15" t="n">
+      <c r="FK23" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="FI23" s="15" t="n">
+      <c r="FL23" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FJ23" s="15" t="n">
+      <c r="FM23" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="FK23" s="15" t="n">
+      <c r="FN23" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FL23" s="15" t="n">
+      <c r="FO23" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FM23" s="15" t="n">
+      <c r="FP23" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FN23" s="15" t="n">
+      <c r="FQ23" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="FO23" s="15" t="n">
+      <c r="FR23" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FP23" s="15" t="n">
+      <c r="FS23" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="FQ23" s="15" t="n">
+      <c r="FT23" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="FR23" s="15" t="n">
+      <c r="FU23" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="FS23" s="15" t="n">
+      <c r="FV23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="FT23" s="15" t="n">
+      <c r="FW23" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="FU23" s="15" t="n">
+      <c r="FX23" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="FV23" s="15" t="n">
+      <c r="FY23" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FW23" s="15" t="n">
+      <c r="FZ23" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FX23" s="15" t="n">
+      <c r="GA23" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="FY23" s="15" t="n">
+      <c r="GB23" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="FZ23" s="15" t="n">
+      <c r="GC23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GA23" s="15" t="n">
+      <c r="GD23" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GB23" s="15" t="n">
+      <c r="GE23" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GC23" s="15" t="n">
+      <c r="GF23" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GD23" s="15" t="n">
+      <c r="GG23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GE23" s="15" t="n">
+      <c r="GH23" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GF23" s="15" t="n">
+      <c r="GI23" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GG23" s="15" t="n">
+      <c r="GJ23" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GH23" s="15" t="n">
+      <c r="GK23" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GI23" s="15" t="n">
+      <c r="GL23" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GJ23" s="15" t="n">
+      <c r="GM23" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GK23" s="15" t="n">
+      <c r="GN23" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.9</v>
       </c>
       <c r="GO23" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="GP23" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="GQ23" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="GR23" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GS23" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="GQ23" s="15" t="n">
+      <c r="GT23" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="GR23" s="15" t="n">
+      <c r="GU23" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="GS23" s="15" t="n">
+      <c r="GV23" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="GT23" s="15" t="n">
+      <c r="GW23" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="GU23" s="15" t="n">
+      <c r="GX23" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="GV23" s="15" t="n">
+      <c r="GY23" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="GW23" s="15" t="n">
+      <c r="GZ23" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="GX23" s="15" t="n">
+      <c r="HA23" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="GY23" s="15" t="n">
+      <c r="HB23" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="GZ23" s="15" t="n">
+      <c r="HC23" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="HA23" s="15" t="n">
+      <c r="HD23" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="HB23" s="15" t="n">
+      <c r="HE23" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="HC23" s="15" t="n">
+      <c r="HF23" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="HD23" s="15" t="n">
+      <c r="HG23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="HE23" s="15" t="n">
+      <c r="HH23" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="HF23" s="15" t="n">
+      <c r="HI23" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="HG23" s="15" t="n">
+      <c r="HJ23" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="HH23" s="15" t="n">
+      <c r="HK23" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="HI23" s="15" t="n">
+      <c r="HL23" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="HJ23" s="15" t="n">
+      <c r="HM23" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="HK23" s="15" t="n">
+      <c r="HN23" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="HL23" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HO23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR23" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="inlineStr">
         <is>
           <t>53 Postal and courier activities</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
-        <v>113.012</v>
+        <v>112.902</v>
       </c>
       <c r="C24" s="14" t="n">
-        <v>112.823</v>
+        <v>113.005</v>
       </c>
       <c r="D24" s="14" t="n">
-        <v>110.274</v>
+        <v>112.815</v>
       </c>
       <c r="E24" s="14" t="n">
+        <v>110.266</v>
+      </c>
+      <c r="F24" s="14" t="n">
         <v>110.547</v>
       </c>
-      <c r="F24" s="14" t="n">
+      <c r="G24" s="14" t="n">
         <v>110.469</v>
       </c>
-      <c r="G24" s="14" t="n">
+      <c r="H24" s="14" t="n">
         <v>110.086</v>
       </c>
-      <c r="H24" s="14" t="n">
+      <c r="I24" s="14" t="n">
         <v>107.377</v>
       </c>
-      <c r="I24" s="14" t="n">
+      <c r="J24" s="14" t="n">
         <v>107.345</v>
       </c>
-      <c r="J24" s="14" t="n">
+      <c r="K24" s="14" t="n">
         <v>107.563</v>
       </c>
-      <c r="K24" s="14" t="n">
+      <c r="L24" s="14" t="n">
         <v>108.08</v>
       </c>
-      <c r="L24" s="14" t="n">
+      <c r="M24" s="14" t="n">
         <v>105.85</v>
       </c>
-      <c r="M24" s="14" t="n">
+      <c r="N24" s="14" t="n">
         <v>106.145</v>
       </c>
-      <c r="N24" s="14" t="n">
+      <c r="O24" s="14" t="n">
         <v>106.532</v>
       </c>
-      <c r="O24" s="14" t="n">
+      <c r="P24" s="14" t="n">
         <v>105.147</v>
       </c>
-      <c r="P24" s="14" t="n">
+      <c r="Q24" s="14" t="n">
         <v>100.333</v>
       </c>
-      <c r="Q24" s="14" t="n">
+      <c r="R24" s="14" t="n">
         <v>100.053</v>
       </c>
-      <c r="R24" s="14" t="n">
+      <c r="S24" s="14" t="n">
         <v>99.965</v>
       </c>
-      <c r="S24" s="14" t="n">
+      <c r="T24" s="14" t="n">
         <v>99.649</v>
       </c>
-      <c r="T24" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -16857,110 +17029,108 @@
       <c r="BS24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX24" s="15" t="n">
+      <c r="BX24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY24" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="BZ24" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="BY24" s="15" t="n">
+      <c r="CA24" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="BZ24" s="15" t="n">
+      <c r="CB24" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="CC24" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CD24" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CE24" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="CF24" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG24" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CA24" s="15" t="n">
-[...14 lines deleted...]
-      <c r="CF24" s="15" t="n">
+      <c r="CH24" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CG24" s="15" t="n">
+      <c r="CI24" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="CH24" s="15" t="n">
+      <c r="CJ24" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CI24" s="15" t="n">
+      <c r="CK24" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CJ24" s="15" t="n">
+      <c r="CL24" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CK24" s="15" t="n">
+      <c r="CM24" s="15" t="n">
         <v>4.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="CN24" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CO24" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="CO24" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CP24" s="15" t="n">
+        <v>0.3</v>
       </c>
       <c r="CQ24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
@@ -17193,106 +17363,104 @@
       <c r="EO24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET24" s="15" t="n">
+      <c r="ET24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV24" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EW24" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="EU24" s="15" t="n">
+      <c r="EX24" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="EV24" s="15" t="n">
+      <c r="EY24" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EW24" s="15" t="n">
+      <c r="EZ24" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="EX24" s="15" t="n">
+      <c r="FA24" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EY24" s="15" t="n">
+      <c r="FB24" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="EZ24" s="15" t="n">
+      <c r="FC24" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FA24" s="15" t="n">
+      <c r="FD24" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="FB24" s="15" t="n">
+      <c r="FE24" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FC24" s="15" t="n">
+      <c r="FF24" s="15" t="n">
         <v>2.8</v>
-      </c>
-[...7 lines deleted...]
-        <v>6.6</v>
       </c>
       <c r="FG24" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="FH24" s="13" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="FH24" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="FI24" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="FJ24" s="15" t="n">
+        <v>5.5</v>
       </c>
       <c r="FK24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
@@ -17531,803 +17699,825 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="6" t="inlineStr">
         <is>
           <t>53B Postal and courier activities</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>113.03</v>
+        <v>112.92</v>
       </c>
       <c r="C25" s="14" t="n">
-        <v>112.84</v>
+        <v>113.023</v>
       </c>
       <c r="D25" s="14" t="n">
-        <v>110.291</v>
+        <v>112.833</v>
       </c>
       <c r="E25" s="14" t="n">
+        <v>110.283</v>
+      </c>
+      <c r="F25" s="14" t="n">
         <v>110.565</v>
       </c>
-      <c r="F25" s="14" t="n">
+      <c r="G25" s="14" t="n">
         <v>110.486</v>
       </c>
-      <c r="G25" s="14" t="n">
+      <c r="H25" s="14" t="n">
         <v>110.103</v>
       </c>
-      <c r="H25" s="14" t="n">
+      <c r="I25" s="14" t="n">
         <v>107.394</v>
       </c>
-      <c r="I25" s="14" t="n">
+      <c r="J25" s="14" t="n">
         <v>107.362</v>
       </c>
-      <c r="J25" s="14" t="n">
+      <c r="K25" s="14" t="n">
         <v>107.58</v>
       </c>
-      <c r="K25" s="14" t="n">
+      <c r="L25" s="14" t="n">
         <v>108.097</v>
       </c>
-      <c r="L25" s="14" t="n">
+      <c r="M25" s="14" t="n">
         <v>105.867</v>
       </c>
-      <c r="M25" s="14" t="n">
+      <c r="N25" s="14" t="n">
         <v>106.162</v>
       </c>
-      <c r="N25" s="14" t="n">
+      <c r="O25" s="14" t="n">
         <v>106.549</v>
       </c>
-      <c r="O25" s="14" t="n">
+      <c r="P25" s="14" t="n">
         <v>105.164</v>
       </c>
-      <c r="P25" s="14" t="n">
+      <c r="Q25" s="14" t="n">
         <v>100.349</v>
       </c>
-      <c r="Q25" s="14" t="n">
+      <c r="R25" s="14" t="n">
         <v>100.056</v>
       </c>
-      <c r="R25" s="14" t="n">
+      <c r="S25" s="14" t="n">
         <v>99.963</v>
       </c>
-      <c r="S25" s="14" t="n">
+      <c r="T25" s="14" t="n">
         <v>99.632</v>
       </c>
-      <c r="T25" s="14" t="n">
+      <c r="U25" s="14" t="n">
         <v>96.101</v>
       </c>
-      <c r="U25" s="14" t="n">
+      <c r="V25" s="14" t="n">
         <v>95.927</v>
       </c>
-      <c r="V25" s="14" t="n">
+      <c r="W25" s="14" t="n">
         <v>95.713</v>
       </c>
-      <c r="W25" s="14" t="n">
+      <c r="X25" s="14" t="n">
         <v>95.464</v>
       </c>
-      <c r="X25" s="14" t="n">
+      <c r="Y25" s="14" t="n">
         <v>93.088</v>
       </c>
-      <c r="Y25" s="14" t="n">
+      <c r="Z25" s="14" t="n">
         <v>93.31</v>
       </c>
-      <c r="Z25" s="14" t="n">
+      <c r="AA25" s="14" t="n">
         <v>93.08</v>
       </c>
-      <c r="AA25" s="14" t="n">
+      <c r="AB25" s="14" t="n">
         <v>93.229</v>
       </c>
-      <c r="AB25" s="14" t="n">
+      <c r="AC25" s="14" t="n">
         <v>90.846</v>
       </c>
-      <c r="AC25" s="14" t="n">
+      <c r="AD25" s="14" t="n">
         <v>90.591</v>
       </c>
-      <c r="AD25" s="14" t="n">
+      <c r="AE25" s="14" t="n">
         <v>90.711</v>
       </c>
-      <c r="AE25" s="14" t="n">
+      <c r="AF25" s="14" t="n">
         <v>90.865</v>
       </c>
-      <c r="AF25" s="14" t="n">
+      <c r="AG25" s="14" t="n">
         <v>88.028</v>
       </c>
-      <c r="AG25" s="14" t="n">
+      <c r="AH25" s="14" t="n">
         <v>87.443</v>
       </c>
-      <c r="AH25" s="14" t="n">
+      <c r="AI25" s="14" t="n">
         <v>87.547</v>
       </c>
-      <c r="AI25" s="14" t="n">
+      <c r="AJ25" s="14" t="n">
         <v>87.693</v>
       </c>
-      <c r="AJ25" s="14" t="n">
+      <c r="AK25" s="14" t="n">
         <v>84.476</v>
       </c>
-      <c r="AK25" s="14" t="n">
+      <c r="AL25" s="14" t="n">
         <v>84.246</v>
       </c>
-      <c r="AL25" s="14" t="n">
+      <c r="AM25" s="14" t="n">
         <v>84.757</v>
       </c>
-      <c r="AM25" s="14" t="n">
+      <c r="AN25" s="14" t="n">
         <v>84.333</v>
       </c>
-      <c r="AN25" s="14" t="n">
+      <c r="AO25" s="14" t="n">
         <v>82.32</v>
       </c>
-      <c r="AO25" s="14" t="n">
+      <c r="AP25" s="14" t="n">
         <v>82.07</v>
       </c>
-      <c r="AP25" s="14" t="n">
+      <c r="AQ25" s="14" t="n">
         <v>82.381</v>
       </c>
-      <c r="AQ25" s="14" t="n">
+      <c r="AR25" s="14" t="n">
         <v>82.315</v>
       </c>
-      <c r="AR25" s="14" t="n">
+      <c r="AS25" s="14" t="n">
         <v>80.115</v>
       </c>
-      <c r="AS25" s="14" t="n">
+      <c r="AT25" s="14" t="n">
         <v>80.148</v>
       </c>
-      <c r="AT25" s="14" t="n">
+      <c r="AU25" s="14" t="n">
         <v>80.501</v>
       </c>
-      <c r="AU25" s="14" t="n">
+      <c r="AV25" s="14" t="n">
         <v>81.025</v>
       </c>
-      <c r="AV25" s="14" t="n">
+      <c r="AW25" s="14" t="n">
         <v>80.732</v>
       </c>
-      <c r="AW25" s="14" t="n">
+      <c r="AX25" s="14" t="n">
         <v>80.786</v>
       </c>
-      <c r="AX25" s="14" t="n">
+      <c r="AY25" s="14" t="n">
         <v>81.398</v>
       </c>
-      <c r="AY25" s="14" t="n">
+      <c r="AZ25" s="14" t="n">
         <v>81.208</v>
       </c>
-      <c r="AZ25" s="14" t="n">
+      <c r="BA25" s="14" t="n">
         <v>80.625</v>
       </c>
-      <c r="BA25" s="14" t="n">
+      <c r="BB25" s="14" t="n">
         <v>80.533</v>
       </c>
-      <c r="BB25" s="14" t="n">
+      <c r="BC25" s="14" t="n">
         <v>81.824</v>
       </c>
-      <c r="BC25" s="14" t="n">
+      <c r="BD25" s="14" t="n">
         <v>80.807</v>
       </c>
-      <c r="BD25" s="14" t="n">
+      <c r="BE25" s="14" t="n">
         <v>81.179</v>
       </c>
-      <c r="BE25" s="14" t="n">
+      <c r="BF25" s="14" t="n">
         <v>81.316</v>
       </c>
-      <c r="BF25" s="14" t="n">
+      <c r="BG25" s="14" t="n">
         <v>82.42</v>
       </c>
-      <c r="BG25" s="14" t="n">
+      <c r="BH25" s="14" t="n">
         <v>81.739</v>
       </c>
-      <c r="BH25" s="14" t="n">
+      <c r="BI25" s="14" t="n">
         <v>80.383</v>
       </c>
-      <c r="BI25" s="14" t="n">
+      <c r="BJ25" s="14" t="n">
         <v>81.82</v>
       </c>
-      <c r="BJ25" s="14" t="n">
+      <c r="BK25" s="14" t="n">
         <v>82.874</v>
       </c>
-      <c r="BK25" s="14" t="n">
+      <c r="BL25" s="14" t="n">
         <v>82.394</v>
       </c>
-      <c r="BL25" s="14" t="n">
+      <c r="BM25" s="14" t="n">
         <v>81.551</v>
       </c>
-      <c r="BM25" s="14" t="n">
+      <c r="BN25" s="14" t="n">
         <v>81.337</v>
       </c>
-      <c r="BN25" s="14" t="n">
+      <c r="BO25" s="14" t="n">
         <v>82.144</v>
       </c>
-      <c r="BO25" s="14" t="n">
+      <c r="BP25" s="14" t="n">
         <v>84.428</v>
       </c>
-      <c r="BP25" s="14" t="n">
+      <c r="BQ25" s="14" t="n">
         <v>83.591</v>
       </c>
-      <c r="BQ25" s="14" t="n">
+      <c r="BR25" s="14" t="n">
         <v>83.917</v>
       </c>
-      <c r="BR25" s="14" t="n">
+      <c r="BS25" s="14" t="n">
         <v>83.294</v>
       </c>
-      <c r="BS25" s="14" t="n">
+      <c r="BT25" s="14" t="n">
         <v>84.88</v>
       </c>
-      <c r="BT25" s="14" t="n">
+      <c r="BU25" s="14" t="n">
         <v>84.869</v>
       </c>
-      <c r="BU25" s="14" t="n">
+      <c r="BV25" s="14" t="n">
         <v>84.361</v>
       </c>
-      <c r="BV25" s="14" t="n">
+      <c r="BW25" s="14" t="n">
         <v>84.69</v>
       </c>
-      <c r="BW25" s="14" t="n">
+      <c r="BX25" s="14" t="n">
         <v>84.976</v>
       </c>
-      <c r="BX25" s="15" t="n">
+      <c r="BY25" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="BZ25" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="BY25" s="15" t="n">
+      <c r="CA25" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="BZ25" s="15" t="n">
+      <c r="CB25" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="CC25" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CD25" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CE25" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="CF25" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG25" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CA25" s="15" t="n">
-[...14 lines deleted...]
-      <c r="CF25" s="15" t="n">
+      <c r="CH25" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CG25" s="15" t="n">
+      <c r="CI25" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="CH25" s="15" t="n">
+      <c r="CJ25" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CI25" s="15" t="n">
+      <c r="CK25" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CJ25" s="15" t="n">
+      <c r="CL25" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CK25" s="15" t="n">
+      <c r="CM25" s="15" t="n">
         <v>4.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="CN25" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="CO25" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CP25" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CQ25" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="CP25" s="15" t="n">
+      <c r="CR25" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CQ25" s="15" t="n">
+      <c r="CS25" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CR25" s="15" t="n">
+      <c r="CT25" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CS25" s="15" t="n">
+      <c r="CU25" s="15" t="n">
         <v>2.6</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="CV25" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="CW25" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CX25" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="CY25" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="CX25" s="15" t="n">
+      <c r="CZ25" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CY25" s="15" t="n">
+      <c r="DA25" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CZ25" s="15" t="n">
+      <c r="DB25" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DA25" s="15" t="n">
+      <c r="DC25" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="DB25" s="15" t="n">
+      <c r="DD25" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DC25" s="15" t="n">
+      <c r="DE25" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DD25" s="15" t="n">
+      <c r="DF25" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DE25" s="15" t="n">
+      <c r="DG25" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="DF25" s="15" t="n">
+      <c r="DH25" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DG25" s="15" t="n">
+      <c r="DI25" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="DH25" s="15" t="n">
+      <c r="DJ25" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="DI25" s="15" t="n">
+      <c r="DK25" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="DJ25" s="15" t="n">
+      <c r="DL25" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DK25" s="15" t="n">
+      <c r="DM25" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DL25" s="15" t="n">
+      <c r="DN25" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DM25" s="15" t="n">
+      <c r="DO25" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="DN25" s="15" t="n">
+      <c r="DP25" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DO25" s="15" t="n">
+      <c r="DQ25" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DP25" s="15" t="n">
+      <c r="DR25" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="DQ25" s="15" t="n">
+      <c r="DS25" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DR25" s="15" t="n">
+      <c r="DT25" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DS25" s="15" t="n">
+      <c r="DU25" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="DT25" s="15" t="n">
+      <c r="DV25" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DU25" s="15" t="n">
+      <c r="DW25" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DV25" s="15" t="n">
+      <c r="DX25" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DW25" s="15" t="n">
+      <c r="DY25" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="DX25" s="15" t="n">
+      <c r="DZ25" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="DY25" s="15" t="n">
+      <c r="EA25" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DZ25" s="15" t="n">
+      <c r="EB25" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EA25" s="15" t="n">
+      <c r="EC25" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="EB25" s="15" t="n">
+      <c r="ED25" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="EC25" s="15" t="n">
+      <c r="EE25" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ED25" s="15" t="n">
+      <c r="EF25" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="EE25" s="15" t="n">
+      <c r="EG25" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="EF25" s="15" t="n">
+      <c r="EH25" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="EG25" s="15" t="n">
+      <c r="EI25" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="EH25" s="15" t="n">
+      <c r="EJ25" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EI25" s="15" t="n">
+      <c r="EK25" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="EJ25" s="15" t="n">
+      <c r="EL25" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="EK25" s="15" t="n">
+      <c r="EM25" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="EL25" s="15" t="n">
+      <c r="EN25" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="EM25" s="15" t="n">
+      <c r="EO25" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="EN25" s="15" t="n">
+      <c r="EP25" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="EO25" s="15" t="n">
+      <c r="EQ25" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EP25" s="15" t="n">
+      <c r="ER25" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="EQ25" s="15" t="n">
+      <c r="ES25" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="ER25" s="15" t="n">
+      <c r="ET25" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ES25" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="ET25" s="15" t="n">
+      <c r="EU25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV25" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EW25" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="EU25" s="15" t="n">
+      <c r="EX25" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="EV25" s="15" t="n">
+      <c r="EY25" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EW25" s="15" t="n">
+      <c r="EZ25" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="EX25" s="15" t="n">
+      <c r="FA25" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EY25" s="15" t="n">
+      <c r="FB25" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="EZ25" s="15" t="n">
+      <c r="FC25" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FA25" s="15" t="n">
+      <c r="FD25" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="FB25" s="15" t="n">
+      <c r="FE25" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FC25" s="15" t="n">
+      <c r="FF25" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="FD25" s="15" t="n">
+      <c r="FG25" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="FE25" s="15" t="n">
+      <c r="FH25" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="FF25" s="15" t="n">
+      <c r="FI25" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="FG25" s="15" t="n">
+      <c r="FJ25" s="15" t="n">
         <v>5.6</v>
-      </c>
-[...7 lines deleted...]
-        <v>4.4</v>
       </c>
       <c r="FK25" s="15" t="n">
         <v>4.4</v>
       </c>
       <c r="FL25" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="FM25" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="FN25" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="FO25" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="FM25" s="15" t="n">
+      <c r="FP25" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="FN25" s="15" t="n">
+      <c r="FQ25" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="FO25" s="15" t="n">
+      <c r="FR25" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="FP25" s="15" t="n">
+      <c r="FS25" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="FQ25" s="15" t="n">
+      <c r="FT25" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="FR25" s="15" t="n">
+      <c r="FU25" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="FS25" s="15" t="n">
+      <c r="FV25" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="FT25" s="15" t="n">
+      <c r="FW25" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="FU25" s="15" t="n">
+      <c r="FX25" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="FV25" s="15" t="n">
+      <c r="FY25" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="FW25" s="15" t="n">
+      <c r="FZ25" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="FX25" s="15" t="n">
+      <c r="GA25" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="FY25" s="15" t="n">
+      <c r="GB25" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="FZ25" s="15" t="n">
+      <c r="GC25" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="GA25" s="15" t="n">
+      <c r="GD25" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="GB25" s="15" t="n">
+      <c r="GE25" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="GC25" s="15" t="n">
+      <c r="GF25" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="GD25" s="15" t="n">
+      <c r="GG25" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="GE25" s="15" t="n">
+      <c r="GH25" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="GF25" s="15" t="n">
+      <c r="GI25" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="GG25" s="15" t="n">
+      <c r="GJ25" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="GH25" s="15" t="n">
+      <c r="GK25" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="GI25" s="15" t="n">
+      <c r="GL25" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="GJ25" s="15" t="n">
+      <c r="GM25" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="GK25" s="15" t="n">
+      <c r="GN25" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="GL25" s="15" t="n">
+      <c r="GO25" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="GM25" s="15" t="n">
+      <c r="GP25" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GN25" s="15" t="n">
+      <c r="GQ25" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GO25" s="15" t="n">
+      <c r="GR25" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="GP25" s="15" t="n">
+      <c r="GS25" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GQ25" s="15" t="n">
+      <c r="GT25" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="GR25" s="15" t="n">
+      <c r="GU25" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="GS25" s="15" t="n">
+      <c r="GV25" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GT25" s="15" t="n">
+      <c r="GW25" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="GU25" s="15" t="n">
+      <c r="GX25" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="GV25" s="15" t="n">
+      <c r="GY25" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="GW25" s="15" t="n">
+      <c r="GZ25" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="GX25" s="15" t="n">
+      <c r="HA25" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GY25" s="15" t="n">
+      <c r="HB25" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="GZ25" s="15" t="n">
+      <c r="HC25" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="HA25" s="15" t="n">
+      <c r="HD25" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="HB25" s="15" t="n">
+      <c r="HE25" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="HC25" s="15" t="n">
+      <c r="HF25" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="HD25" s="15" t="n">
+      <c r="HG25" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="HE25" s="15" t="n">
+      <c r="HH25" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="HF25" s="15" t="n">
+      <c r="HI25" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="HG25" s="15" t="n">
+      <c r="HJ25" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="HH25" s="15" t="n">
+      <c r="HK25" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="HI25" s="15" t="n">
+      <c r="HL25" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="HJ25" s="15" t="n">
+      <c r="HM25" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="HK25" s="15" t="n">
+      <c r="HN25" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="HL25" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HO25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR25" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="6" t="inlineStr">
         <is>
           <t xml:space="preserve">I Accommodation and food service activities </t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
+        <v>132.019</v>
+      </c>
+      <c r="C26" s="14" t="n">
         <v>131.148</v>
       </c>
-      <c r="C26" s="14" t="n">
+      <c r="D26" s="14" t="n">
         <v>122.513</v>
       </c>
-      <c r="D26" s="14" t="n">
+      <c r="E26" s="14" t="n">
         <v>122.609</v>
       </c>
-      <c r="E26" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F26" s="14" t="n">
+        <v>126.283</v>
+      </c>
+      <c r="G26" s="14" t="n">
         <v>125.239</v>
       </c>
-      <c r="G26" s="14" t="n">
+      <c r="H26" s="14" t="n">
         <v>117.454</v>
       </c>
-      <c r="H26" s="14" t="n">
+      <c r="I26" s="14" t="n">
         <v>117.037</v>
       </c>
-      <c r="I26" s="14" t="n">
+      <c r="J26" s="14" t="n">
         <v>120.026</v>
       </c>
-      <c r="J26" s="14" t="n">
+      <c r="K26" s="14" t="n">
         <v>118.815</v>
       </c>
-      <c r="K26" s="14" t="n">
+      <c r="L26" s="14" t="n">
         <v>110.539</v>
       </c>
-      <c r="L26" s="14" t="n">
+      <c r="M26" s="14" t="n">
         <v>109.734</v>
       </c>
-      <c r="M26" s="14" t="n">
+      <c r="N26" s="14" t="n">
         <v>112.938</v>
       </c>
-      <c r="N26" s="14" t="n">
+      <c r="O26" s="14" t="n">
         <v>110.683</v>
       </c>
-      <c r="O26" s="14" t="n">
+      <c r="P26" s="14" t="n">
         <v>102.048</v>
       </c>
-      <c r="P26" s="14" t="n">
+      <c r="Q26" s="14" t="n">
         <v>101.805</v>
       </c>
-      <c r="Q26" s="14" t="n">
+      <c r="R26" s="14" t="n">
         <v>104.238</v>
       </c>
-      <c r="R26" s="14" t="n">
+      <c r="S26" s="14" t="n">
         <v>100.106</v>
       </c>
-      <c r="S26" s="14" t="n">
+      <c r="T26" s="14" t="n">
         <v>93.852</v>
       </c>
-      <c r="T26" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -18559,111 +18749,109 @@
       <c r="BS26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX26" s="15" t="n">
+      <c r="BX26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY26" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="BZ26" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="BY26" s="15" t="n">
+      <c r="CA26" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="BZ26" s="15" t="n">
+      <c r="CB26" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="CA26" s="15" t="n">
+      <c r="CC26" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CB26" s="15" t="n">
+      <c r="CD26" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="CC26" s="15" t="n">
+      <c r="CE26" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CD26" s="15" t="n">
+      <c r="CF26" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="CE26" s="15" t="n">
+      <c r="CG26" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="CF26" s="15" t="n">
+      <c r="CH26" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="CG26" s="15" t="n">
+      <c r="CI26" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CH26" s="15" t="n">
+      <c r="CJ26" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="CI26" s="15" t="n">
+      <c r="CK26" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="CJ26" s="15" t="n">
+      <c r="CL26" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="CK26" s="15" t="n">
+      <c r="CM26" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CL26" s="15" t="n">
+      <c r="CN26" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="CM26" s="15" t="n">
+      <c r="CO26" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="CN26" s="15" t="n">
+      <c r="CP26" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="CO26" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -18895,107 +19083,105 @@
       <c r="EO26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET26" s="15" t="n">
+      <c r="ET26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV26" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="EW26" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="EU26" s="15" t="n">
+      <c r="EX26" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="EV26" s="15" t="n">
+      <c r="EY26" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="EW26" s="15" t="n">
+      <c r="EZ26" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="EX26" s="15" t="n">
+      <c r="FA26" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="EY26" s="15" t="n">
+      <c r="FB26" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="EZ26" s="15" t="n">
+      <c r="FC26" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="FA26" s="15" t="n">
+      <c r="FD26" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="FB26" s="15" t="n">
+      <c r="FE26" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="FC26" s="15" t="n">
+      <c r="FF26" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="FD26" s="15" t="n">
+      <c r="FG26" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="FE26" s="15" t="n">
+      <c r="FH26" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="FF26" s="15" t="n">
+      <c r="FI26" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="FG26" s="15" t="n">
+      <c r="FJ26" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="FH26" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -19233,120 +19419,133 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="6" t="inlineStr">
         <is>
           <t>55 Accommodation services</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>150.935</v>
+        <v>151.508</v>
       </c>
       <c r="C27" s="14" t="n">
+        <v>150.936</v>
+      </c>
+      <c r="D27" s="14" t="n">
         <v>127.069</v>
       </c>
-      <c r="D27" s="14" t="n">
+      <c r="E27" s="14" t="n">
         <v>130.198</v>
       </c>
-      <c r="E27" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F27" s="14" t="n">
+        <v>143.803</v>
+      </c>
+      <c r="G27" s="14" t="n">
         <v>142.466</v>
       </c>
-      <c r="G27" s="14" t="n">
+      <c r="H27" s="14" t="n">
         <v>121.206</v>
       </c>
-      <c r="H27" s="14" t="n">
+      <c r="I27" s="14" t="n">
         <v>122.811</v>
       </c>
-      <c r="I27" s="14" t="n">
+      <c r="J27" s="14" t="n">
         <v>134.674</v>
       </c>
-      <c r="J27" s="14" t="n">
+      <c r="K27" s="14" t="n">
         <v>133.568</v>
       </c>
-      <c r="K27" s="14" t="n">
+      <c r="L27" s="14" t="n">
         <v>111.814</v>
       </c>
-      <c r="L27" s="14" t="n">
+      <c r="M27" s="14" t="n">
         <v>112.825</v>
       </c>
-      <c r="M27" s="14" t="n">
+      <c r="N27" s="14" t="n">
         <v>126.122</v>
       </c>
-      <c r="N27" s="14" t="n">
+      <c r="O27" s="14" t="n">
         <v>122.987</v>
       </c>
-      <c r="O27" s="14" t="n">
+      <c r="P27" s="14" t="n">
         <v>101.239</v>
       </c>
-      <c r="P27" s="14" t="n">
+      <c r="Q27" s="14" t="n">
         <v>103.341</v>
       </c>
-      <c r="Q27" s="14" t="n">
+      <c r="R27" s="14" t="n">
         <v>111.303</v>
       </c>
-      <c r="R27" s="14" t="n">
+      <c r="S27" s="14" t="n">
         <v>100.818</v>
       </c>
-      <c r="S27" s="14" t="n">
+      <c r="T27" s="14" t="n">
         <v>84.538</v>
       </c>
-      <c r="T27" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -19578,111 +19777,109 @@
       <c r="BS27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX27" s="15" t="n">
+      <c r="BX27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY27" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="BZ27" s="15" t="n">
         <v>18.8</v>
       </c>
-      <c r="BY27" s="15" t="n">
+      <c r="CA27" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="BZ27" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CA27" s="15" t="n">
+      <c r="CB27" s="15" t="n">
+        <v>-9.5</v>
+      </c>
+      <c r="CC27" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CB27" s="15" t="n">
+      <c r="CD27" s="15" t="n">
         <v>17.5</v>
       </c>
-      <c r="CC27" s="15" t="n">
+      <c r="CE27" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="CD27" s="15" t="n">
+      <c r="CF27" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="CE27" s="15" t="n">
+      <c r="CG27" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CF27" s="15" t="n">
+      <c r="CH27" s="15" t="n">
         <v>19.5</v>
       </c>
-      <c r="CG27" s="15" t="n">
+      <c r="CI27" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="CH27" s="15" t="n">
+      <c r="CJ27" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="CI27" s="15" t="n">
+      <c r="CK27" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="CJ27" s="15" t="n">
+      <c r="CL27" s="15" t="n">
         <v>21.5</v>
       </c>
-      <c r="CK27" s="15" t="n">
+      <c r="CM27" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="CL27" s="15" t="n">
+      <c r="CN27" s="15" t="n">
         <v>-7.2</v>
       </c>
-      <c r="CM27" s="15" t="n">
+      <c r="CO27" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="CN27" s="15" t="n">
+      <c r="CP27" s="15" t="n">
         <v>19.3</v>
       </c>
-      <c r="CO27" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -19914,107 +20111,105 @@
       <c r="EO27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET27" s="15" t="n">
+      <c r="ET27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV27" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="EW27" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="EU27" s="15" t="n">
+      <c r="EX27" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="EV27" s="15" t="n">
+      <c r="EY27" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="EW27" s="15" t="n">
+      <c r="EZ27" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="EX27" s="15" t="n">
+      <c r="FA27" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="EY27" s="15" t="n">
+      <c r="FB27" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="EZ27" s="15" t="n">
+      <c r="FC27" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="FA27" s="15" t="n">
+      <c r="FD27" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="FB27" s="15" t="n">
+      <c r="FE27" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="FC27" s="15" t="n">
+      <c r="FF27" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="FD27" s="15" t="n">
+      <c r="FG27" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="FE27" s="15" t="n">
+      <c r="FH27" s="15" t="n">
         <v>13.3</v>
       </c>
-      <c r="FF27" s="15" t="n">
+      <c r="FI27" s="15" t="n">
         <v>22.0</v>
       </c>
-      <c r="FG27" s="15" t="n">
+      <c r="FJ27" s="15" t="n">
         <v>19.8</v>
       </c>
-      <c r="FH27" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -20252,120 +20447,133 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="6" t="inlineStr">
         <is>
           <t>56 Food and beverage service activities</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
+        <v>122.382</v>
+      </c>
+      <c r="C28" s="14" t="n">
         <v>121.369</v>
       </c>
-      <c r="C28" s="14" t="n">
+      <c r="D28" s="14" t="n">
         <v>120.051</v>
       </c>
-      <c r="D28" s="14" t="n">
+      <c r="E28" s="14" t="n">
         <v>118.694</v>
       </c>
-      <c r="E28" s="14" t="n">
+      <c r="F28" s="14" t="n">
         <v>117.602</v>
       </c>
-      <c r="F28" s="14" t="n">
+      <c r="G28" s="14" t="n">
         <v>116.7</v>
       </c>
-      <c r="G28" s="14" t="n">
+      <c r="H28" s="14" t="n">
         <v>115.388</v>
       </c>
-      <c r="H28" s="14" t="n">
+      <c r="I28" s="14" t="n">
         <v>114.004</v>
       </c>
-      <c r="I28" s="14" t="n">
+      <c r="J28" s="14" t="n">
         <v>112.604</v>
       </c>
-      <c r="J28" s="14" t="n">
+      <c r="K28" s="14" t="n">
         <v>111.341</v>
       </c>
-      <c r="K28" s="14" t="n">
+      <c r="L28" s="14" t="n">
         <v>109.739</v>
       </c>
-      <c r="L28" s="14" t="n">
+      <c r="M28" s="14" t="n">
         <v>108.038</v>
       </c>
-      <c r="M28" s="14" t="n">
+      <c r="N28" s="14" t="n">
         <v>106.135</v>
       </c>
-      <c r="N28" s="14" t="n">
+      <c r="O28" s="14" t="n">
         <v>104.328</v>
       </c>
-      <c r="O28" s="14" t="n">
+      <c r="P28" s="14" t="n">
         <v>102.333</v>
       </c>
-      <c r="P28" s="14" t="n">
+      <c r="Q28" s="14" t="n">
         <v>100.905</v>
       </c>
-      <c r="Q28" s="14" t="n">
+      <c r="R28" s="14" t="n">
         <v>100.099</v>
       </c>
-      <c r="R28" s="14" t="n">
+      <c r="S28" s="14" t="n">
         <v>99.689</v>
       </c>
-      <c r="S28" s="14" t="n">
+      <c r="T28" s="14" t="n">
         <v>99.307</v>
       </c>
-      <c r="T28" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -20597,111 +20805,109 @@
       <c r="BS28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX28" s="15" t="n">
+      <c r="BX28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY28" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="BZ28" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="BY28" s="15" t="n">
+      <c r="CA28" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="BZ28" s="15" t="n">
+      <c r="CB28" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CA28" s="15" t="n">
+      <c r="CC28" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CB28" s="15" t="n">
+      <c r="CD28" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CC28" s="15" t="n">
+      <c r="CE28" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CD28" s="15" t="n">
+      <c r="CF28" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CE28" s="15" t="n">
+      <c r="CG28" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CF28" s="15" t="n">
+      <c r="CH28" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CG28" s="15" t="n">
+      <c r="CI28" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="CH28" s="15" t="n">
+      <c r="CJ28" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="CI28" s="15" t="n">
+      <c r="CK28" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="CJ28" s="15" t="n">
+      <c r="CL28" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="CK28" s="15" t="n">
+      <c r="CM28" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="CL28" s="15" t="n">
+      <c r="CN28" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CM28" s="15" t="n">
+      <c r="CO28" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CN28" s="15" t="n">
+      <c r="CP28" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CO28" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -20933,107 +21139,105 @@
       <c r="EO28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET28" s="15" t="n">
-[...3 lines deleted...]
-        <v>4.0</v>
+      <c r="ET28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="EV28" s="15" t="n">
         <v>4.1</v>
       </c>
       <c r="EW28" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="EX28" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="EY28" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="EZ28" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="EX28" s="15" t="n">
+      <c r="FA28" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="EY28" s="15" t="n">
+      <c r="FB28" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="EZ28" s="15" t="n">
+      <c r="FC28" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="FA28" s="15" t="n">
+      <c r="FD28" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="FB28" s="15" t="n">
+      <c r="FE28" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="FC28" s="15" t="n">
+      <c r="FF28" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="FD28" s="15" t="n">
+      <c r="FG28" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="FE28" s="15" t="n">
+      <c r="FH28" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="FF28" s="15" t="n">
+      <c r="FI28" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="FG28" s="15" t="n">
+      <c r="FJ28" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="FH28" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -21271,120 +21475,133 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="6" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>107.858</v>
+        <v>106.799</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>106.712</v>
+        <v>107.665</v>
       </c>
       <c r="D29" s="14" t="n">
-        <v>104.981</v>
+        <v>106.705</v>
       </c>
       <c r="E29" s="14" t="n">
+        <v>104.982</v>
+      </c>
+      <c r="F29" s="14" t="n">
         <v>104.345</v>
       </c>
-      <c r="F29" s="14" t="n">
+      <c r="G29" s="14" t="n">
         <v>105.691</v>
       </c>
-      <c r="G29" s="14" t="n">
+      <c r="H29" s="14" t="n">
         <v>105.175</v>
       </c>
-      <c r="H29" s="14" t="n">
+      <c r="I29" s="14" t="n">
         <v>103.7</v>
       </c>
-      <c r="I29" s="14" t="n">
+      <c r="J29" s="14" t="n">
         <v>103.457</v>
       </c>
-      <c r="J29" s="14" t="n">
+      <c r="K29" s="14" t="n">
         <v>103.398</v>
       </c>
-      <c r="K29" s="14" t="n">
+      <c r="L29" s="14" t="n">
         <v>102.987</v>
       </c>
-      <c r="L29" s="14" t="n">
+      <c r="M29" s="14" t="n">
         <v>101.26</v>
       </c>
-      <c r="M29" s="14" t="n">
+      <c r="N29" s="14" t="n">
         <v>100.93</v>
       </c>
-      <c r="N29" s="14" t="n">
+      <c r="O29" s="14" t="n">
         <v>101.944</v>
       </c>
-      <c r="O29" s="14" t="n">
+      <c r="P29" s="14" t="n">
         <v>101.153</v>
       </c>
-      <c r="P29" s="14" t="n">
+      <c r="Q29" s="14" t="n">
         <v>99.631</v>
       </c>
-      <c r="Q29" s="14" t="n">
+      <c r="R29" s="14" t="n">
         <v>99.516</v>
       </c>
-      <c r="R29" s="14" t="n">
+      <c r="S29" s="14" t="n">
         <v>100.726</v>
       </c>
-      <c r="S29" s="14" t="n">
+      <c r="T29" s="14" t="n">
         <v>100.127</v>
       </c>
-      <c r="T29" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -21616,111 +21833,109 @@
       <c r="BS29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX29" s="15" t="n">
-        <v>1.1</v>
+      <c r="BX29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="BY29" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="BZ29" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="CA29" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="BZ29" s="15" t="n">
+      <c r="CB29" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CA29" s="15" t="n">
+      <c r="CC29" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="CB29" s="15" t="n">
+      <c r="CD29" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CC29" s="15" t="n">
+      <c r="CE29" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="CD29" s="15" t="n">
+      <c r="CF29" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CE29" s="15" t="n">
+      <c r="CG29" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CF29" s="15" t="n">
+      <c r="CH29" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CG29" s="15" t="n">
+      <c r="CI29" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="CH29" s="15" t="n">
+      <c r="CJ29" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CI29" s="15" t="n">
+      <c r="CK29" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="CJ29" s="15" t="n">
+      <c r="CL29" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CK29" s="15" t="n">
+      <c r="CM29" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CL29" s="15" t="n">
+      <c r="CN29" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CM29" s="15" t="n">
+      <c r="CO29" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="CN29" s="15" t="n">
+      <c r="CP29" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CO29" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -21952,107 +22167,105 @@
       <c r="EO29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET29" s="15" t="n">
+      <c r="ET29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV29" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="EW29" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="EX29" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="EY29" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="EZ29" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="FA29" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="FB29" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="EU29" s="15" t="n">
-[...14 lines deleted...]
-      <c r="EZ29" s="15" t="n">
+      <c r="FC29" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="FA29" s="15" t="n">
+      <c r="FD29" s="15" t="n">
         <v>2.5</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.6</v>
       </c>
       <c r="FE29" s="15" t="n">
         <v>1.4</v>
       </c>
       <c r="FF29" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="FG29" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="FH29" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="FI29" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FG29" s="15" t="n">
+      <c r="FJ29" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FH29" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -22290,120 +22503,133 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="6" t="inlineStr">
         <is>
           <t>58 Publishing activities</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
-        <v>108.61</v>
+        <v>107.413</v>
       </c>
       <c r="C30" s="14" t="n">
-        <v>103.995</v>
+        <v>108.107</v>
       </c>
       <c r="D30" s="14" t="n">
+        <v>103.975</v>
+      </c>
+      <c r="E30" s="14" t="n">
         <v>107.168</v>
       </c>
-      <c r="E30" s="14" t="n">
+      <c r="F30" s="14" t="n">
         <v>106.658</v>
       </c>
-      <c r="F30" s="14" t="n">
+      <c r="G30" s="14" t="n">
         <v>106.863</v>
       </c>
-      <c r="G30" s="14" t="n">
+      <c r="H30" s="14" t="n">
         <v>101.636</v>
       </c>
-      <c r="H30" s="14" t="n">
+      <c r="I30" s="14" t="n">
         <v>103.787</v>
       </c>
-      <c r="I30" s="14" t="n">
+      <c r="J30" s="14" t="n">
         <v>104.126</v>
       </c>
-      <c r="J30" s="14" t="n">
+      <c r="K30" s="14" t="n">
         <v>106.527</v>
       </c>
-      <c r="K30" s="14" t="n">
+      <c r="L30" s="14" t="n">
         <v>100.606</v>
       </c>
-      <c r="L30" s="14" t="n">
+      <c r="M30" s="14" t="n">
         <v>103.333</v>
       </c>
-      <c r="M30" s="14" t="n">
+      <c r="N30" s="14" t="n">
         <v>102.618</v>
       </c>
-      <c r="N30" s="14" t="n">
+      <c r="O30" s="14" t="n">
         <v>105.144</v>
       </c>
-      <c r="O30" s="14" t="n">
+      <c r="P30" s="14" t="n">
         <v>97.461</v>
       </c>
-      <c r="P30" s="14" t="n">
+      <c r="Q30" s="14" t="n">
         <v>99.762</v>
       </c>
-      <c r="Q30" s="14" t="n">
+      <c r="R30" s="14" t="n">
         <v>101.404</v>
       </c>
-      <c r="R30" s="14" t="n">
+      <c r="S30" s="14" t="n">
         <v>101.588</v>
       </c>
-      <c r="S30" s="14" t="n">
+      <c r="T30" s="14" t="n">
         <v>97.246</v>
       </c>
-      <c r="T30" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -22635,111 +22861,109 @@
       <c r="BS30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX30" s="15" t="n">
-        <v>4.4</v>
+      <c r="BX30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="BY30" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="BZ30" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="CA30" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="BZ30" s="15" t="n">
+      <c r="CB30" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CA30" s="15" t="n">
+      <c r="CC30" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CB30" s="15" t="n">
+      <c r="CD30" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="CC30" s="15" t="n">
+      <c r="CE30" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="CD30" s="15" t="n">
+      <c r="CF30" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CE30" s="15" t="n">
+      <c r="CG30" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="CF30" s="15" t="n">
+      <c r="CH30" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="CG30" s="15" t="n">
+      <c r="CI30" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="CH30" s="15" t="n">
+      <c r="CJ30" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CI30" s="15" t="n">
+      <c r="CK30" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="CJ30" s="15" t="n">
+      <c r="CL30" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="CK30" s="15" t="n">
+      <c r="CM30" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="CL30" s="15" t="n">
+      <c r="CN30" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="CM30" s="15" t="n">
+      <c r="CO30" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CN30" s="15" t="n">
+      <c r="CP30" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="CO30" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -22971,107 +23195,105 @@
       <c r="EO30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET30" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EU30" s="15" t="n">
+      <c r="ET30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV30" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="EW30" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="EX30" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="EV30" s="15" t="n">
+      <c r="EY30" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="EW30" s="15" t="n">
+      <c r="EZ30" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="EX30" s="15" t="n">
+      <c r="FA30" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EY30" s="15" t="n">
+      <c r="FB30" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="EZ30" s="15" t="n">
+      <c r="FC30" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="FA30" s="15" t="n">
+      <c r="FD30" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="FB30" s="15" t="n">
+      <c r="FE30" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FC30" s="15" t="n">
+      <c r="FF30" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="FD30" s="15" t="n">
+      <c r="FG30" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="FE30" s="15" t="n">
+      <c r="FH30" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FF30" s="15" t="n">
+      <c r="FI30" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="FG30" s="15" t="n">
+      <c r="FJ30" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="FH30" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -23309,120 +23531,133 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="6" t="inlineStr">
         <is>
           <t>59 Motion picture, video and television programme production, sound recording and music publishing activities</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
-        <v>105.939</v>
+        <v>105.286</v>
       </c>
       <c r="C31" s="14" t="n">
-        <v>105.218</v>
+        <v>105.945</v>
       </c>
       <c r="D31" s="14" t="n">
-        <v>104.217</v>
+        <v>105.217</v>
       </c>
       <c r="E31" s="14" t="n">
+        <v>104.222</v>
+      </c>
+      <c r="F31" s="14" t="n">
         <v>104.335</v>
       </c>
-      <c r="F31" s="14" t="n">
+      <c r="G31" s="14" t="n">
         <v>104.286</v>
       </c>
-      <c r="G31" s="14" t="n">
+      <c r="H31" s="14" t="n">
         <v>104.535</v>
       </c>
-      <c r="H31" s="14" t="n">
+      <c r="I31" s="14" t="n">
         <v>103.717</v>
       </c>
-      <c r="I31" s="14" t="n">
+      <c r="J31" s="14" t="n">
         <v>103.459</v>
       </c>
-      <c r="J31" s="14" t="n">
+      <c r="K31" s="14" t="n">
         <v>102.554</v>
       </c>
-      <c r="K31" s="14" t="n">
+      <c r="L31" s="14" t="n">
         <v>102.346</v>
       </c>
-      <c r="L31" s="14" t="n">
+      <c r="M31" s="14" t="n">
         <v>102.509</v>
       </c>
-      <c r="M31" s="14" t="n">
+      <c r="N31" s="14" t="n">
         <v>103.038</v>
       </c>
-      <c r="N31" s="14" t="n">
+      <c r="O31" s="14" t="n">
         <v>102.288</v>
       </c>
-      <c r="O31" s="14" t="n">
+      <c r="P31" s="14" t="n">
         <v>102.081</v>
       </c>
-      <c r="P31" s="14" t="n">
+      <c r="Q31" s="14" t="n">
         <v>99.918</v>
       </c>
-      <c r="Q31" s="14" t="n">
+      <c r="R31" s="14" t="n">
         <v>100.157</v>
       </c>
-      <c r="R31" s="14" t="n">
+      <c r="S31" s="14" t="n">
         <v>99.736</v>
       </c>
-      <c r="S31" s="14" t="n">
+      <c r="T31" s="14" t="n">
         <v>100.189</v>
       </c>
-      <c r="T31" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -23654,111 +23889,109 @@
       <c r="BS31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX31" s="15" t="n">
+      <c r="BX31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY31" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="BZ31" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="BY31" s="15" t="n">
+      <c r="CA31" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="BZ31" s="15" t="n">
+      <c r="CB31" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CA31" s="15" t="n">
+      <c r="CC31" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CB31" s="15" t="n">
+      <c r="CD31" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CC31" s="15" t="n">
+      <c r="CE31" s="15" t="n">
         <v>0.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.9</v>
       </c>
       <c r="CF31" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="CG31" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="CH31" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CI31" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CH31" s="15" t="n">
+      <c r="CJ31" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CI31" s="15" t="n">
+      <c r="CK31" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CJ31" s="15" t="n">
+      <c r="CL31" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CK31" s="15" t="n">
+      <c r="CM31" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="CL31" s="15" t="n">
+      <c r="CN31" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CM31" s="15" t="n">
+      <c r="CO31" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CN31" s="15" t="n">
+      <c r="CP31" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CO31" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -23990,107 +24223,105 @@
       <c r="EO31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET31" s="15" t="n">
+      <c r="ET31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV31" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="EW31" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="EU31" s="15" t="n">
+      <c r="EX31" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="EV31" s="15" t="n">
+      <c r="EY31" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="EW31" s="15" t="n">
+      <c r="EZ31" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="EX31" s="15" t="n">
+      <c r="FA31" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="EY31" s="15" t="n">
+      <c r="FB31" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="EZ31" s="15" t="n">
+      <c r="FC31" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FA31" s="15" t="n">
+      <c r="FD31" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="FB31" s="15" t="n">
+      <c r="FE31" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="FC31" s="15" t="n">
+      <c r="FF31" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="FD31" s="15" t="n">
+      <c r="FG31" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="FE31" s="15" t="n">
+      <c r="FH31" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="FF31" s="15" t="n">
+      <c r="FI31" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="FG31" s="15" t="n">
+      <c r="FJ31" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FH31" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -24328,120 +24559,133 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="6" t="inlineStr">
         <is>
           <t>60 Programming and broadcasting activities</t>
         </is>
       </c>
       <c r="B32" s="14" t="n">
+        <v>88.962</v>
+      </c>
+      <c r="C32" s="14" t="n">
         <v>106.437</v>
       </c>
-      <c r="C32" s="14" t="n">
+      <c r="D32" s="14" t="n">
         <v>100.316</v>
       </c>
-      <c r="D32" s="14" t="n">
+      <c r="E32" s="14" t="n">
         <v>96.769</v>
       </c>
-      <c r="E32" s="14" t="n">
+      <c r="F32" s="14" t="n">
         <v>89.46</v>
       </c>
-      <c r="F32" s="14" t="n">
+      <c r="G32" s="14" t="n">
         <v>105.079</v>
       </c>
-      <c r="G32" s="14" t="n">
+      <c r="H32" s="14" t="n">
         <v>97.254</v>
       </c>
-      <c r="H32" s="14" t="n">
+      <c r="I32" s="14" t="n">
         <v>96.047</v>
       </c>
-      <c r="I32" s="14" t="n">
+      <c r="J32" s="14" t="n">
         <v>94.257</v>
       </c>
-      <c r="J32" s="14" t="n">
+      <c r="K32" s="14" t="n">
         <v>99.994</v>
       </c>
-      <c r="K32" s="14" t="n">
+      <c r="L32" s="14" t="n">
         <v>102.012</v>
       </c>
-      <c r="L32" s="14" t="n">
+      <c r="M32" s="14" t="n">
         <v>100.844</v>
       </c>
-      <c r="M32" s="14" t="n">
+      <c r="N32" s="14" t="n">
         <v>97.654</v>
       </c>
-      <c r="N32" s="14" t="n">
+      <c r="O32" s="14" t="n">
         <v>103.923</v>
       </c>
-      <c r="O32" s="14" t="n">
+      <c r="P32" s="14" t="n">
         <v>103.853</v>
       </c>
-      <c r="P32" s="14" t="n">
+      <c r="Q32" s="14" t="n">
         <v>98.181</v>
       </c>
-      <c r="Q32" s="14" t="n">
+      <c r="R32" s="14" t="n">
         <v>89.92</v>
       </c>
-      <c r="R32" s="14" t="n">
+      <c r="S32" s="14" t="n">
         <v>107.002</v>
       </c>
-      <c r="S32" s="14" t="n">
+      <c r="T32" s="14" t="n">
         <v>104.897</v>
       </c>
-      <c r="T32" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -24673,111 +24917,109 @@
       <c r="BS32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX32" s="15" t="n">
+      <c r="BX32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY32" s="15" t="n">
+        <v>-16.4</v>
+      </c>
+      <c r="BZ32" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="BY32" s="15" t="n">
+      <c r="CA32" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="BZ32" s="15" t="n">
+      <c r="CB32" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="CA32" s="15" t="n">
+      <c r="CC32" s="15" t="n">
         <v>-14.9</v>
       </c>
-      <c r="CB32" s="15" t="n">
+      <c r="CD32" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="CC32" s="15" t="n">
+      <c r="CE32" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CD32" s="15" t="n">
+      <c r="CF32" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="CE32" s="15" t="n">
+      <c r="CG32" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="CF32" s="15" t="n">
+      <c r="CH32" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="CG32" s="15" t="n">
+      <c r="CI32" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CH32" s="15" t="n">
+      <c r="CJ32" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="CI32" s="15" t="n">
+      <c r="CK32" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="CJ32" s="15" t="n">
+      <c r="CL32" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CK32" s="15" t="n">
+      <c r="CM32" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="CL32" s="15" t="n">
+      <c r="CN32" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="CM32" s="15" t="n">
+      <c r="CO32" s="15" t="n">
         <v>-16.0</v>
       </c>
-      <c r="CN32" s="15" t="n">
+      <c r="CP32" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="CO32" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -25009,107 +25251,105 @@
       <c r="EO32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET32" s="15" t="n">
+      <c r="ET32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV32" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="EW32" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="EU32" s="15" t="n">
+      <c r="EX32" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="EV32" s="15" t="n">
+      <c r="EY32" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="EW32" s="15" t="n">
+      <c r="EZ32" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="EX32" s="15" t="n">
+      <c r="FA32" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="EY32" s="15" t="n">
+      <c r="FB32" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="EZ32" s="15" t="n">
+      <c r="FC32" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="FA32" s="15" t="n">
+      <c r="FD32" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="FB32" s="15" t="n">
+      <c r="FE32" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="FC32" s="15" t="n">
+      <c r="FF32" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="FD32" s="15" t="n">
+      <c r="FG32" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="FE32" s="15" t="n">
+      <c r="FH32" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="FF32" s="15" t="n">
+      <c r="FI32" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="FG32" s="15" t="n">
+      <c r="FJ32" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="FH32" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -25347,120 +25587,133 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="6" t="inlineStr">
         <is>
           <t>61 telecommunications</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>108.309</v>
+        <v>108.729</v>
       </c>
       <c r="C33" s="14" t="n">
+        <v>108.118</v>
+      </c>
+      <c r="D33" s="14" t="n">
         <v>107.502</v>
       </c>
-      <c r="D33" s="14" t="n">
+      <c r="E33" s="14" t="n">
         <v>104.387</v>
       </c>
-      <c r="E33" s="14" t="n">
+      <c r="F33" s="14" t="n">
         <v>104.04</v>
       </c>
-      <c r="F33" s="14" t="n">
+      <c r="G33" s="14" t="n">
         <v>104.853</v>
       </c>
-      <c r="G33" s="14" t="n">
+      <c r="H33" s="14" t="n">
         <v>106.085</v>
       </c>
-      <c r="H33" s="14" t="n">
+      <c r="I33" s="14" t="n">
         <v>103.242</v>
       </c>
-      <c r="I33" s="14" t="n">
+      <c r="J33" s="14" t="n">
         <v>103.163</v>
       </c>
-      <c r="J33" s="14" t="n">
+      <c r="K33" s="14" t="n">
         <v>101.762</v>
       </c>
-      <c r="K33" s="14" t="n">
+      <c r="L33" s="14" t="n">
         <v>101.573</v>
       </c>
-      <c r="L33" s="14" t="n">
+      <c r="M33" s="14" t="n">
         <v>98.957</v>
       </c>
-      <c r="M33" s="14" t="n">
+      <c r="N33" s="14" t="n">
         <v>99.066</v>
       </c>
-      <c r="N33" s="14" t="n">
+      <c r="O33" s="14" t="n">
         <v>99.823</v>
       </c>
-      <c r="O33" s="14" t="n">
+      <c r="P33" s="14" t="n">
         <v>99.684</v>
       </c>
-      <c r="P33" s="14" t="n">
+      <c r="Q33" s="14" t="n">
         <v>99.146</v>
       </c>
-      <c r="Q33" s="14" t="n">
+      <c r="R33" s="14" t="n">
         <v>100.143</v>
       </c>
-      <c r="R33" s="14" t="n">
+      <c r="S33" s="14" t="n">
         <v>100.677</v>
       </c>
-      <c r="S33" s="14" t="n">
+      <c r="T33" s="14" t="n">
         <v>100.034</v>
       </c>
-      <c r="T33" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -25692,111 +25945,109 @@
       <c r="BS33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX33" s="15" t="n">
-        <v>0.8</v>
+      <c r="BX33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="BY33" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="BZ33" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="CA33" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="BZ33" s="15" t="n">
+      <c r="CB33" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CA33" s="15" t="n">
+      <c r="CC33" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="CB33" s="15" t="n">
+      <c r="CD33" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="CC33" s="15" t="n">
+      <c r="CE33" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="CD33" s="15" t="n">
+      <c r="CF33" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CE33" s="15" t="n">
+      <c r="CG33" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="CF33" s="15" t="n">
+      <c r="CH33" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CG33" s="15" t="n">
+      <c r="CI33" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="CH33" s="15" t="n">
+      <c r="CJ33" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CI33" s="15" t="n">
+      <c r="CK33" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="CJ33" s="15" t="n">
+      <c r="CL33" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CK33" s="15" t="n">
+      <c r="CM33" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CL33" s="15" t="n">
+      <c r="CN33" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="CM33" s="15" t="n">
+      <c r="CO33" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CN33" s="15" t="n">
+      <c r="CP33" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CO33" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -26028,107 +26279,105 @@
       <c r="EO33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET33" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EU33" s="15" t="n">
+      <c r="ET33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV33" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="EW33" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EX33" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="EV33" s="15" t="n">
+      <c r="EY33" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="EW33" s="15" t="n">
+      <c r="EZ33" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="EX33" s="15" t="n">
+      <c r="FA33" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="EY33" s="15" t="n">
+      <c r="FB33" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="EZ33" s="15" t="n">
+      <c r="FC33" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="FA33" s="15" t="n">
+      <c r="FD33" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="FB33" s="15" t="n">
+      <c r="FE33" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FC33" s="15" t="n">
+      <c r="FF33" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FD33" s="15" t="n">
+      <c r="FG33" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="FE33" s="15" t="n">
+      <c r="FH33" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="FF33" s="15" t="n">
+      <c r="FI33" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="FG33" s="15" t="n">
+      <c r="FJ33" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="FH33" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -26366,803 +26615,825 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="6" t="inlineStr">
         <is>
           <t>61B Telecommunications (business services)</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>108.428</v>
+        <v>110.91</v>
       </c>
       <c r="C34" s="14" t="n">
+        <v>108.061</v>
+      </c>
+      <c r="D34" s="14" t="n">
         <v>107.277</v>
       </c>
-      <c r="D34" s="14" t="n">
+      <c r="E34" s="14" t="n">
         <v>105.029</v>
       </c>
-      <c r="E34" s="14" t="n">
+      <c r="F34" s="14" t="n">
         <v>103.503</v>
       </c>
-      <c r="F34" s="14" t="n">
+      <c r="G34" s="14" t="n">
         <v>104.79</v>
       </c>
-      <c r="G34" s="14" t="n">
+      <c r="H34" s="14" t="n">
         <v>107.358</v>
       </c>
-      <c r="H34" s="14" t="n">
+      <c r="I34" s="14" t="n">
         <v>103.929</v>
       </c>
-      <c r="I34" s="14" t="n">
+      <c r="J34" s="14" t="n">
         <v>102.729</v>
       </c>
-      <c r="J34" s="14" t="n">
+      <c r="K34" s="14" t="n">
         <v>99.874</v>
       </c>
-      <c r="K34" s="14" t="n">
+      <c r="L34" s="14" t="n">
         <v>100.208</v>
       </c>
-      <c r="L34" s="14" t="n">
+      <c r="M34" s="14" t="n">
         <v>99.677</v>
       </c>
-      <c r="M34" s="14" t="n">
+      <c r="N34" s="14" t="n">
         <v>99.729</v>
       </c>
-      <c r="N34" s="14" t="n">
+      <c r="O34" s="14" t="n">
         <v>99.293</v>
       </c>
-      <c r="O34" s="14" t="n">
+      <c r="P34" s="14" t="n">
         <v>99.608</v>
       </c>
-      <c r="P34" s="14" t="n">
+      <c r="Q34" s="14" t="n">
         <v>98.761</v>
       </c>
-      <c r="Q34" s="14" t="n">
+      <c r="R34" s="14" t="n">
         <v>100.048</v>
       </c>
-      <c r="R34" s="14" t="n">
+      <c r="S34" s="14" t="n">
         <v>101.139</v>
       </c>
-      <c r="S34" s="14" t="n">
+      <c r="T34" s="14" t="n">
         <v>100.053</v>
       </c>
-      <c r="T34" s="14" t="n">
+      <c r="U34" s="14" t="n">
         <v>100.172</v>
       </c>
-      <c r="U34" s="14" t="n">
+      <c r="V34" s="14" t="n">
         <v>99.336</v>
       </c>
-      <c r="V34" s="14" t="n">
+      <c r="W34" s="14" t="n">
         <v>99.951</v>
       </c>
-      <c r="W34" s="14" t="n">
+      <c r="X34" s="14" t="n">
         <v>98.679</v>
       </c>
-      <c r="X34" s="14" t="n">
+      <c r="Y34" s="14" t="n">
         <v>99.169</v>
       </c>
-      <c r="Y34" s="14" t="n">
+      <c r="Z34" s="14" t="n">
         <v>99.92</v>
       </c>
-      <c r="Z34" s="14" t="n">
+      <c r="AA34" s="14" t="n">
         <v>100.998</v>
       </c>
-      <c r="AA34" s="14" t="n">
+      <c r="AB34" s="14" t="n">
         <v>99.761</v>
       </c>
-      <c r="AB34" s="14" t="n">
+      <c r="AC34" s="14" t="n">
         <v>99.627</v>
       </c>
-      <c r="AC34" s="14" t="n">
+      <c r="AD34" s="14" t="n">
         <v>98.266</v>
       </c>
-      <c r="AD34" s="14" t="n">
+      <c r="AE34" s="14" t="n">
         <v>99.203</v>
       </c>
-      <c r="AE34" s="14" t="n">
+      <c r="AF34" s="14" t="n">
         <v>100.742</v>
       </c>
-      <c r="AF34" s="14" t="n">
+      <c r="AG34" s="14" t="n">
         <v>100.361</v>
       </c>
-      <c r="AG34" s="14" t="n">
+      <c r="AH34" s="14" t="n">
         <v>100.494</v>
       </c>
-      <c r="AH34" s="14" t="n">
+      <c r="AI34" s="14" t="n">
         <v>100.015</v>
       </c>
-      <c r="AI34" s="14" t="n">
+      <c r="AJ34" s="14" t="n">
         <v>100.108</v>
       </c>
-      <c r="AJ34" s="14" t="n">
+      <c r="AK34" s="14" t="n">
         <v>102.024</v>
       </c>
-      <c r="AK34" s="14" t="n">
+      <c r="AL34" s="14" t="n">
         <v>104.701</v>
       </c>
-      <c r="AL34" s="14" t="n">
+      <c r="AM34" s="14" t="n">
         <v>105.88</v>
       </c>
-      <c r="AM34" s="14" t="n">
+      <c r="AN34" s="14" t="n">
         <v>106.679</v>
       </c>
-      <c r="AN34" s="14" t="n">
+      <c r="AO34" s="14" t="n">
         <v>108.915</v>
       </c>
-      <c r="AO34" s="14" t="n">
+      <c r="AP34" s="14" t="n">
         <v>110.067</v>
       </c>
-      <c r="AP34" s="14" t="n">
+      <c r="AQ34" s="14" t="n">
         <v>110.084</v>
       </c>
-      <c r="AQ34" s="14" t="n">
+      <c r="AR34" s="14" t="n">
         <v>111.392</v>
       </c>
-      <c r="AR34" s="14" t="n">
+      <c r="AS34" s="14" t="n">
         <v>111.964</v>
       </c>
-      <c r="AS34" s="14" t="n">
+      <c r="AT34" s="14" t="n">
         <v>115.579</v>
       </c>
-      <c r="AT34" s="14" t="n">
+      <c r="AU34" s="14" t="n">
         <v>116.527</v>
       </c>
-      <c r="AU34" s="14" t="n">
+      <c r="AV34" s="14" t="n">
         <v>121.186</v>
       </c>
-      <c r="AV34" s="14" t="n">
+      <c r="AW34" s="14" t="n">
         <v>125.517</v>
       </c>
-      <c r="AW34" s="14" t="n">
+      <c r="AX34" s="14" t="n">
         <v>130.676</v>
       </c>
-      <c r="AX34" s="14" t="n">
+      <c r="AY34" s="14" t="n">
         <v>131.289</v>
       </c>
-      <c r="AY34" s="14" t="n">
+      <c r="AZ34" s="14" t="n">
         <v>138.357</v>
       </c>
-      <c r="AZ34" s="14" t="n">
+      <c r="BA34" s="14" t="n">
         <v>142.471</v>
       </c>
-      <c r="BA34" s="14" t="n">
+      <c r="BB34" s="14" t="n">
         <v>150.11</v>
       </c>
-      <c r="BB34" s="14" t="n">
+      <c r="BC34" s="14" t="n">
         <v>150.324</v>
       </c>
-      <c r="BC34" s="14" t="n">
+      <c r="BD34" s="14" t="n">
         <v>153.983</v>
       </c>
-      <c r="BD34" s="14" t="n">
+      <c r="BE34" s="14" t="n">
         <v>157.108</v>
       </c>
-      <c r="BE34" s="14" t="n">
+      <c r="BF34" s="14" t="n">
         <v>163.119</v>
       </c>
-      <c r="BF34" s="14" t="n">
+      <c r="BG34" s="14" t="n">
         <v>157.322</v>
       </c>
-      <c r="BG34" s="14" t="n">
+      <c r="BH34" s="14" t="n">
         <v>157.485</v>
       </c>
-      <c r="BH34" s="14" t="n">
+      <c r="BI34" s="14" t="n">
         <v>160.085</v>
       </c>
-      <c r="BI34" s="14" t="n">
+      <c r="BJ34" s="14" t="n">
         <v>165.662</v>
       </c>
-      <c r="BJ34" s="14" t="n">
+      <c r="BK34" s="14" t="n">
         <v>165.225</v>
       </c>
-      <c r="BK34" s="14" t="n">
+      <c r="BL34" s="14" t="n">
         <v>167.976</v>
       </c>
-      <c r="BL34" s="14" t="n">
+      <c r="BM34" s="14" t="n">
         <v>168.499</v>
       </c>
-      <c r="BM34" s="14" t="n">
+      <c r="BN34" s="14" t="n">
         <v>175.952</v>
       </c>
-      <c r="BN34" s="14" t="n">
+      <c r="BO34" s="14" t="n">
         <v>175.693</v>
       </c>
-      <c r="BO34" s="14" t="n">
+      <c r="BP34" s="14" t="n">
         <v>178.98</v>
       </c>
-      <c r="BP34" s="14" t="n">
+      <c r="BQ34" s="14" t="n">
         <v>178.834</v>
       </c>
-      <c r="BQ34" s="14" t="n">
+      <c r="BR34" s="14" t="n">
         <v>178.495</v>
       </c>
-      <c r="BR34" s="14" t="n">
+      <c r="BS34" s="14" t="n">
         <v>178.023</v>
       </c>
-      <c r="BS34" s="14" t="n">
+      <c r="BT34" s="14" t="n">
         <v>178.604</v>
       </c>
-      <c r="BT34" s="14" t="n">
+      <c r="BU34" s="14" t="n">
         <v>189.521</v>
       </c>
-      <c r="BU34" s="14" t="n">
+      <c r="BV34" s="14" t="n">
         <v>193.893</v>
       </c>
-      <c r="BV34" s="14" t="n">
+      <c r="BW34" s="14" t="n">
         <v>192.087</v>
       </c>
-      <c r="BW34" s="14" t="n">
+      <c r="BX34" s="14" t="n">
         <v>191.761</v>
       </c>
-      <c r="BX34" s="15" t="n">
+      <c r="BY34" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="BZ34" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CA34" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="CB34" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="CC34" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="CD34" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="CE34" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="CF34" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="CG34" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="CH34" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="CI34" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CJ34" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CK34" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CL34" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="CM34" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="CN34" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="CO34" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="CP34" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="BY34" s="15" t="n">
-[...14 lines deleted...]
-      <c r="CD34" s="15" t="n">
+      <c r="CQ34" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CR34" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CS34" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="CT34" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="CU34" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="CV34" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="CW34" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="CX34" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CE34" s="15" t="n">
-[...11 lines deleted...]
-      <c r="CI34" s="15" t="n">
+      <c r="CY34" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CZ34" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="DA34" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="DB34" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="DC34" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...58 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="DD34" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="DE34" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="DF34" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="DG34" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="DF34" s="15" t="n">
+      <c r="DH34" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="DG34" s="15" t="n">
+      <c r="DI34" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="DH34" s="15" t="n">
+      <c r="DJ34" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="DI34" s="15" t="n">
+      <c r="DK34" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="DJ34" s="15" t="n">
+      <c r="DL34" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="DK34" s="15" t="n">
+      <c r="DM34" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DL34" s="15" t="n">
+      <c r="DN34" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="DM34" s="15" t="n">
+      <c r="DO34" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DN34" s="15" t="n">
+      <c r="DP34" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="DO34" s="15" t="n">
+      <c r="DQ34" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="DP34" s="15" t="n">
+      <c r="DR34" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="DQ34" s="15" t="n">
+      <c r="DS34" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="DR34" s="15" t="n">
+      <c r="DT34" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="DS34" s="15" t="n">
+      <c r="DU34" s="15" t="n">
         <v>-0.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>-2.9</v>
       </c>
       <c r="DV34" s="15" t="n">
         <v>-5.1</v>
       </c>
       <c r="DW34" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="DX34" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="DY34" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DX34" s="15" t="n">
+      <c r="DZ34" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="DY34" s="15" t="n">
+      <c r="EA34" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="DZ34" s="15" t="n">
+      <c r="EB34" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="EA34" s="15" t="n">
+      <c r="EC34" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="EB34" s="15" t="n">
+      <c r="ED34" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EC34" s="15" t="n">
+      <c r="EE34" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="ED34" s="15" t="n">
+      <c r="EF34" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="EE34" s="15" t="n">
+      <c r="EG34" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EF34" s="15" t="n">
+      <c r="EH34" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="EG34" s="15" t="n">
+      <c r="EI34" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="EH34" s="15" t="n">
+      <c r="EJ34" s="15" t="n">
         <v>-4.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>-1.8</v>
       </c>
       <c r="EK34" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="EL34" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="EM34" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="EN34" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EM34" s="15" t="n">
+      <c r="EO34" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EN34" s="15" t="n">
+      <c r="EP34" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="EO34" s="15" t="n">
+      <c r="EQ34" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="EP34" s="15" t="n">
+      <c r="ER34" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="EQ34" s="15" t="n">
+      <c r="ES34" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ER34" s="15" t="n">
+      <c r="ET34" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ES34" s="13" t="inlineStr">
-[...7 lines deleted...]
-      <c r="EU34" s="15" t="n">
+      <c r="EU34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV34" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="EW34" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EX34" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EV34" s="15" t="n">
+      <c r="EY34" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="EW34" s="15" t="n">
+      <c r="EZ34" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="EX34" s="15" t="n">
+      <c r="FA34" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="EY34" s="15" t="n">
+      <c r="FB34" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="EZ34" s="15" t="n">
+      <c r="FC34" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="FA34" s="15" t="n">
+      <c r="FD34" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="FB34" s="15" t="n">
+      <c r="FE34" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FC34" s="15" t="n">
+      <c r="FF34" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FD34" s="15" t="n">
+      <c r="FG34" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="FE34" s="15" t="n">
+      <c r="FH34" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="FF34" s="15" t="n">
+      <c r="FI34" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="FG34" s="15" t="n">
+      <c r="FJ34" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="FH34" s="15" t="n">
+      <c r="FK34" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="FI34" s="15" t="n">
+      <c r="FL34" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="FJ34" s="15" t="n">
+      <c r="FM34" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FK34" s="15" t="n">
+      <c r="FN34" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FL34" s="15" t="n">
+      <c r="FO34" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FM34" s="15" t="n">
+      <c r="FP34" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="FN34" s="15" t="n">
+      <c r="FQ34" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="FO34" s="15" t="n">
+      <c r="FR34" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="FP34" s="15" t="n">
+      <c r="FS34" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="FQ34" s="15" t="n">
+      <c r="FT34" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="FR34" s="15" t="n">
+      <c r="FU34" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="FS34" s="15" t="n">
+      <c r="FV34" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="FT34" s="15" t="n">
+      <c r="FW34" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="FU34" s="15" t="n">
+      <c r="FX34" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="FV34" s="15" t="n">
+      <c r="FY34" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="FW34" s="15" t="n">
+      <c r="FZ34" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FX34" s="15" t="n">
+      <c r="GA34" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="FY34" s="15" t="n">
+      <c r="GB34" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="FZ34" s="15" t="n">
+      <c r="GC34" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="GA34" s="15" t="n">
+      <c r="GD34" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="GB34" s="15" t="n">
+      <c r="GE34" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="GC34" s="15" t="n">
+      <c r="GF34" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="GD34" s="15" t="n">
+      <c r="GG34" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="GE34" s="15" t="n">
+      <c r="GH34" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="GF34" s="15" t="n">
+      <c r="GI34" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="GG34" s="15" t="n">
+      <c r="GJ34" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="GH34" s="15" t="n">
+      <c r="GK34" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="GI34" s="15" t="n">
+      <c r="GL34" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="GJ34" s="15" t="n">
+      <c r="GM34" s="15" t="n">
         <v>-10.8</v>
       </c>
-      <c r="GK34" s="15" t="n">
+      <c r="GN34" s="15" t="n">
         <v>-11.6</v>
       </c>
-      <c r="GL34" s="15" t="n">
+      <c r="GO34" s="15" t="n">
         <v>-11.2</v>
       </c>
-      <c r="GM34" s="15" t="n">
+      <c r="GP34" s="15" t="n">
         <v>-12.4</v>
       </c>
-      <c r="GN34" s="15" t="n">
+      <c r="GQ34" s="15" t="n">
         <v>-11.9</v>
       </c>
-      <c r="GO34" s="15" t="n">
+      <c r="GR34" s="15" t="n">
         <v>-12.9</v>
       </c>
-      <c r="GP34" s="15" t="n">
+      <c r="GS34" s="15" t="n">
         <v>-12.7</v>
       </c>
-      <c r="GQ34" s="15" t="n">
+      <c r="GT34" s="15" t="n">
         <v>-10.1</v>
       </c>
-      <c r="GR34" s="15" t="n">
+      <c r="GU34" s="15" t="n">
         <v>-9.3</v>
       </c>
-      <c r="GS34" s="15" t="n">
+      <c r="GV34" s="15" t="n">
         <v>-8.0</v>
       </c>
-      <c r="GT34" s="15" t="n">
+      <c r="GW34" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="GU34" s="15" t="n">
+      <c r="GX34" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="GV34" s="15" t="n">
+      <c r="GY34" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="GW34" s="15" t="n">
+      <c r="GZ34" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="GX34" s="15" t="n">
+      <c r="HA34" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="GY34" s="15" t="n">
+      <c r="HB34" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="GZ34" s="15" t="n">
+      <c r="HC34" s="15" t="n">
         <v>-5.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>-6.1</v>
       </c>
       <c r="HD34" s="15" t="n">
         <v>-5.8</v>
       </c>
       <c r="HE34" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="HF34" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="HG34" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="HH34" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="HF34" s="15" t="n">
+      <c r="HI34" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="HG34" s="15" t="n">
+      <c r="HJ34" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="HH34" s="15" t="n">
+      <c r="HK34" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="HI34" s="15" t="n">
+      <c r="HL34" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="HJ34" s="15" t="n">
+      <c r="HM34" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="HK34" s="15" t="n">
+      <c r="HN34" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="HL34" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HO34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR34" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="6" t="inlineStr">
         <is>
           <t>61H Telecommunications (household services)</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
+        <v>106.287</v>
+      </c>
+      <c r="C35" s="14" t="n">
         <v>108.11</v>
       </c>
-      <c r="C35" s="14" t="n">
+      <c r="D35" s="14" t="n">
         <v>107.678</v>
       </c>
-      <c r="D35" s="14" t="n">
+      <c r="E35" s="14" t="n">
         <v>103.622</v>
       </c>
-      <c r="E35" s="14" t="n">
+      <c r="F35" s="14" t="n">
         <v>104.557</v>
       </c>
-      <c r="F35" s="14" t="n">
+      <c r="G35" s="14" t="n">
         <v>104.853</v>
       </c>
-      <c r="G35" s="14" t="n">
+      <c r="H35" s="14" t="n">
         <v>104.631</v>
       </c>
-      <c r="H35" s="14" t="n">
+      <c r="I35" s="14" t="n">
         <v>102.429</v>
       </c>
-      <c r="I35" s="14" t="n">
+      <c r="J35" s="14" t="n">
         <v>103.604</v>
       </c>
-      <c r="J35" s="14" t="n">
+      <c r="K35" s="14" t="n">
         <v>103.835</v>
       </c>
-      <c r="K35" s="14" t="n">
+      <c r="L35" s="14" t="n">
         <v>103.058</v>
       </c>
-      <c r="L35" s="14" t="n">
+      <c r="M35" s="14" t="n">
         <v>98.108</v>
       </c>
-      <c r="M35" s="14" t="n">
+      <c r="N35" s="14" t="n">
         <v>98.284</v>
       </c>
-      <c r="N35" s="14" t="n">
+      <c r="O35" s="14" t="n">
         <v>100.402</v>
       </c>
-      <c r="O35" s="14" t="n">
+      <c r="P35" s="14" t="n">
         <v>99.746</v>
       </c>
-      <c r="P35" s="14" t="n">
+      <c r="Q35" s="14" t="n">
         <v>99.56</v>
       </c>
-      <c r="Q35" s="14" t="n">
+      <c r="R35" s="14" t="n">
         <v>100.245</v>
       </c>
-      <c r="R35" s="14" t="n">
+      <c r="S35" s="14" t="n">
         <v>100.18</v>
       </c>
-      <c r="S35" s="14" t="n">
+      <c r="T35" s="14" t="n">
         <v>100.014</v>
       </c>
-      <c r="T35" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -27394,111 +27665,109 @@
       <c r="BS35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX35" s="15" t="n">
+      <c r="BX35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY35" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="BZ35" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="BY35" s="15" t="n">
+      <c r="CA35" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="BZ35" s="15" t="n">
+      <c r="CB35" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="CA35" s="15" t="n">
+      <c r="CC35" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CB35" s="15" t="n">
+      <c r="CD35" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CC35" s="15" t="n">
+      <c r="CE35" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="CD35" s="15" t="n">
+      <c r="CF35" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="CE35" s="15" t="n">
+      <c r="CG35" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CF35" s="15" t="n">
+      <c r="CH35" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CG35" s="15" t="n">
+      <c r="CI35" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="CH35" s="15" t="n">
+      <c r="CJ35" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CI35" s="15" t="n">
+      <c r="CK35" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="CJ35" s="15" t="n">
+      <c r="CL35" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CK35" s="15" t="n">
+      <c r="CM35" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CL35" s="15" t="n">
+      <c r="CN35" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="CM35" s="15" t="n">
+      <c r="CO35" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CN35" s="15" t="n">
+      <c r="CP35" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CO35" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -27730,107 +27999,105 @@
       <c r="EO35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET35" s="15" t="n">
+      <c r="ET35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV35" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="EW35" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="EU35" s="15" t="n">
+      <c r="EX35" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="EV35" s="15" t="n">
+      <c r="EY35" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="EW35" s="15" t="n">
+      <c r="EZ35" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="EX35" s="15" t="n">
+      <c r="FA35" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="EY35" s="15" t="n">
+      <c r="FB35" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="EZ35" s="15" t="n">
+      <c r="FC35" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="FA35" s="15" t="n">
+      <c r="FD35" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="FB35" s="15" t="n">
+      <c r="FE35" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="FC35" s="15" t="n">
+      <c r="FF35" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="FD35" s="15" t="n">
+      <c r="FG35" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="FE35" s="15" t="n">
+      <c r="FH35" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="FF35" s="15" t="n">
+      <c r="FI35" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="FG35" s="15" t="n">
+      <c r="FJ35" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="FH35" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -28068,1618 +28335,1649 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="6" t="inlineStr">
         <is>
           <t>62 Computer programing and consultancy</t>
         </is>
       </c>
       <c r="B36" s="14" t="n">
-        <v>107.389</v>
+        <v>107.606</v>
       </c>
       <c r="C36" s="14" t="n">
-        <v>107.261</v>
+        <v>107.304</v>
       </c>
       <c r="D36" s="14" t="n">
-        <v>106.236</v>
+        <v>107.246</v>
       </c>
       <c r="E36" s="14" t="n">
+        <v>106.237</v>
+      </c>
+      <c r="F36" s="14" t="n">
         <v>106.193</v>
       </c>
-      <c r="F36" s="14" t="n">
+      <c r="G36" s="14" t="n">
         <v>106.311</v>
       </c>
-      <c r="G36" s="14" t="n">
+      <c r="H36" s="14" t="n">
         <v>106.016</v>
       </c>
-      <c r="H36" s="14" t="n">
+      <c r="I36" s="14" t="n">
         <v>105.13</v>
       </c>
-      <c r="I36" s="14" t="n">
+      <c r="J36" s="14" t="n">
         <v>104.896</v>
       </c>
-      <c r="J36" s="14" t="n">
+      <c r="K36" s="14" t="n">
         <v>104.892</v>
       </c>
-      <c r="K36" s="14" t="n">
+      <c r="L36" s="14" t="n">
         <v>104.695</v>
       </c>
-      <c r="L36" s="14" t="n">
+      <c r="M36" s="14" t="n">
         <v>102.764</v>
       </c>
-      <c r="M36" s="14" t="n">
+      <c r="N36" s="14" t="n">
         <v>102.392</v>
       </c>
-      <c r="N36" s="14" t="n">
+      <c r="O36" s="14" t="n">
         <v>102.959</v>
       </c>
-      <c r="O36" s="14" t="n">
+      <c r="P36" s="14" t="n">
         <v>102.38</v>
       </c>
-      <c r="P36" s="14" t="n">
+      <c r="Q36" s="14" t="n">
         <v>100.249</v>
       </c>
-      <c r="Q36" s="14" t="n">
+      <c r="R36" s="14" t="n">
         <v>99.959</v>
       </c>
-      <c r="R36" s="14" t="n">
+      <c r="S36" s="14" t="n">
         <v>99.84</v>
       </c>
-      <c r="S36" s="14" t="n">
+      <c r="T36" s="14" t="n">
         <v>99.952</v>
       </c>
-      <c r="T36" s="14" t="n">
+      <c r="U36" s="14" t="n">
         <v>99.191</v>
       </c>
-      <c r="U36" s="14" t="n">
+      <c r="V36" s="14" t="n">
         <v>98.903</v>
       </c>
-      <c r="V36" s="14" t="n">
+      <c r="W36" s="14" t="n">
         <v>98.73</v>
       </c>
-      <c r="W36" s="14" t="n">
+      <c r="X36" s="14" t="n">
         <v>98.906</v>
       </c>
-      <c r="X36" s="14" t="n">
+      <c r="Y36" s="14" t="n">
         <v>98.838</v>
       </c>
-      <c r="Y36" s="14" t="n">
+      <c r="Z36" s="14" t="n">
         <v>98.801</v>
       </c>
-      <c r="Z36" s="14" t="n">
+      <c r="AA36" s="14" t="n">
         <v>98.561</v>
       </c>
-      <c r="AA36" s="14" t="n">
+      <c r="AB36" s="14" t="n">
         <v>98.482</v>
       </c>
-      <c r="AB36" s="14" t="n">
+      <c r="AC36" s="14" t="n">
         <v>97.815</v>
       </c>
-      <c r="AC36" s="14" t="n">
+      <c r="AD36" s="14" t="n">
         <v>96.997</v>
       </c>
-      <c r="AD36" s="14" t="n">
+      <c r="AE36" s="14" t="n">
         <v>96.752</v>
       </c>
-      <c r="AE36" s="14" t="n">
+      <c r="AF36" s="14" t="n">
         <v>96.744</v>
       </c>
-      <c r="AF36" s="14" t="n">
+      <c r="AG36" s="14" t="n">
         <v>96.36</v>
       </c>
-      <c r="AG36" s="14" t="n">
+      <c r="AH36" s="14" t="n">
         <v>95.8</v>
       </c>
-      <c r="AH36" s="14" t="n">
+      <c r="AI36" s="14" t="n">
         <v>95.533</v>
       </c>
-      <c r="AI36" s="14" t="n">
+      <c r="AJ36" s="14" t="n">
         <v>95.123</v>
       </c>
-      <c r="AJ36" s="14" t="n">
+      <c r="AK36" s="14" t="n">
         <v>94.616</v>
       </c>
-      <c r="AK36" s="14" t="n">
+      <c r="AL36" s="14" t="n">
         <v>94.282</v>
       </c>
-      <c r="AL36" s="14" t="n">
+      <c r="AM36" s="14" t="n">
         <v>94.657</v>
       </c>
-      <c r="AM36" s="14" t="n">
+      <c r="AN36" s="14" t="n">
         <v>94.367</v>
       </c>
-      <c r="AN36" s="14" t="n">
+      <c r="AO36" s="14" t="n">
         <v>93.538</v>
       </c>
-      <c r="AO36" s="14" t="n">
+      <c r="AP36" s="14" t="n">
         <v>93.434</v>
       </c>
-      <c r="AP36" s="14" t="n">
+      <c r="AQ36" s="14" t="n">
         <v>93.411</v>
       </c>
-      <c r="AQ36" s="14" t="n">
+      <c r="AR36" s="14" t="n">
         <v>93.585</v>
       </c>
-      <c r="AR36" s="14" t="n">
+      <c r="AS36" s="14" t="n">
         <v>93.007</v>
       </c>
-      <c r="AS36" s="14" t="n">
+      <c r="AT36" s="14" t="n">
         <v>93.42</v>
       </c>
-      <c r="AT36" s="14" t="n">
+      <c r="AU36" s="14" t="n">
         <v>93.734</v>
       </c>
-      <c r="AU36" s="14" t="n">
+      <c r="AV36" s="14" t="n">
         <v>93.633</v>
       </c>
-      <c r="AV36" s="14" t="n">
+      <c r="AW36" s="14" t="n">
         <v>92.993</v>
       </c>
-      <c r="AW36" s="14" t="n">
+      <c r="AX36" s="14" t="n">
         <v>92.608</v>
       </c>
-      <c r="AX36" s="14" t="n">
+      <c r="AY36" s="14" t="n">
         <v>92.693</v>
       </c>
-      <c r="AY36" s="14" t="n">
+      <c r="AZ36" s="14" t="n">
         <v>92.941</v>
       </c>
-      <c r="AZ36" s="14" t="n">
+      <c r="BA36" s="14" t="n">
         <v>92.709</v>
       </c>
-      <c r="BA36" s="14" t="n">
+      <c r="BB36" s="14" t="n">
         <v>93.517</v>
       </c>
-      <c r="BB36" s="14" t="n">
+      <c r="BC36" s="14" t="n">
         <v>93.027</v>
       </c>
-      <c r="BC36" s="14" t="n">
+      <c r="BD36" s="14" t="n">
         <v>92.548</v>
       </c>
-      <c r="BD36" s="14" t="n">
+      <c r="BE36" s="14" t="n">
         <v>92.124</v>
       </c>
-      <c r="BE36" s="14" t="n">
+      <c r="BF36" s="14" t="n">
         <v>92.015</v>
       </c>
-      <c r="BF36" s="14" t="n">
+      <c r="BG36" s="14" t="n">
         <v>92.109</v>
       </c>
-      <c r="BG36" s="14" t="n">
+      <c r="BH36" s="14" t="n">
         <v>92.034</v>
       </c>
-      <c r="BH36" s="14" t="n">
+      <c r="BI36" s="14" t="n">
         <v>90.591</v>
       </c>
-      <c r="BI36" s="14" t="n">
+      <c r="BJ36" s="14" t="n">
         <v>90.954</v>
       </c>
-      <c r="BJ36" s="14" t="n">
+      <c r="BK36" s="14" t="n">
         <v>91.054</v>
       </c>
-      <c r="BK36" s="14" t="n">
+      <c r="BL36" s="14" t="n">
         <v>91.204</v>
       </c>
-      <c r="BL36" s="14" t="n">
+      <c r="BM36" s="14" t="n">
         <v>92.836</v>
       </c>
-      <c r="BM36" s="14" t="n">
+      <c r="BN36" s="14" t="n">
         <v>93.399</v>
       </c>
-      <c r="BN36" s="14" t="n">
+      <c r="BO36" s="14" t="n">
         <v>93.209</v>
       </c>
-      <c r="BO36" s="14" t="n">
+      <c r="BP36" s="14" t="n">
         <v>93.752</v>
       </c>
-      <c r="BP36" s="14" t="n">
+      <c r="BQ36" s="14" t="n">
         <v>94.03</v>
       </c>
-      <c r="BQ36" s="14" t="n">
+      <c r="BR36" s="14" t="n">
         <v>92.517</v>
       </c>
-      <c r="BR36" s="14" t="n">
+      <c r="BS36" s="14" t="n">
         <v>92.292</v>
       </c>
-      <c r="BS36" s="14" t="n">
+      <c r="BT36" s="14" t="n">
         <v>92.279</v>
       </c>
-      <c r="BT36" s="14" t="n">
+      <c r="BU36" s="14" t="n">
         <v>90.034</v>
       </c>
-      <c r="BU36" s="14" t="n">
+      <c r="BV36" s="14" t="n">
         <v>89.241</v>
       </c>
-      <c r="BV36" s="14" t="n">
+      <c r="BW36" s="14" t="n">
         <v>89.449</v>
       </c>
-      <c r="BW36" s="14" t="n">
+      <c r="BX36" s="14" t="n">
         <v>88.903</v>
       </c>
-      <c r="BX36" s="15" t="n">
+      <c r="BY36" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="BZ36" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="BY36" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BZ36" s="15" t="n">
+      <c r="CA36" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="CB36" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CA36" s="15" t="n">
+      <c r="CC36" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CB36" s="15" t="n">
+      <c r="CD36" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CC36" s="15" t="n">
+      <c r="CE36" s="15" t="n">
         <v>0.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="CF36" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="CG36" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH36" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CI36" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="CH36" s="15" t="n">
+      <c r="CJ36" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CI36" s="15" t="n">
+      <c r="CK36" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="CJ36" s="15" t="n">
+      <c r="CL36" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CK36" s="15" t="n">
+      <c r="CM36" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="CL36" s="15" t="n">
+      <c r="CN36" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CM36" s="15" t="n">
+      <c r="CO36" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CN36" s="15" t="n">
+      <c r="CP36" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CO36" s="15" t="n">
+      <c r="CQ36" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CP36" s="15" t="n">
+      <c r="CR36" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CQ36" s="15" t="n">
+      <c r="CS36" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CR36" s="15" t="n">
+      <c r="CT36" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CS36" s="15" t="n">
+      <c r="CU36" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CT36" s="15" t="n">
+      <c r="CV36" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CU36" s="15" t="n">
+      <c r="CW36" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CV36" s="15" t="n">
+      <c r="CX36" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CW36" s="15" t="n">
+      <c r="CY36" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CX36" s="15" t="n">
+      <c r="CZ36" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CY36" s="15" t="n">
+      <c r="DA36" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CZ36" s="15" t="n">
+      <c r="DB36" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DA36" s="15" t="n">
+      <c r="DC36" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DB36" s="15" t="n">
+      <c r="DD36" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="DC36" s="15" t="n">
+      <c r="DE36" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="DF36" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="DG36" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="DH36" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="DI36" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DH36" s="15" t="n">
+      <c r="DJ36" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DI36" s="15" t="n">
+      <c r="DK36" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="DJ36" s="15" t="n">
+      <c r="DL36" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DK36" s="15" t="n">
+      <c r="DM36" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DL36" s="15" t="n">
+      <c r="DN36" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DM36" s="15" t="n">
+      <c r="DO36" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="DN36" s="15" t="n">
+      <c r="DP36" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DO36" s="15" t="n">
+      <c r="DQ36" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DP36" s="15" t="n">
+      <c r="DR36" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DQ36" s="15" t="n">
+      <c r="DS36" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DR36" s="15" t="n">
+      <c r="DT36" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DS36" s="15" t="n">
+      <c r="DU36" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DT36" s="15" t="n">
+      <c r="DV36" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DU36" s="15" t="n">
+      <c r="DW36" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DV36" s="15" t="n">
+      <c r="DX36" s="15" t="n">
         <v>-0.9</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="DY36" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="DZ36" s="15" t="n">
-        <v>0.1</v>
+        <v>0.5</v>
       </c>
       <c r="EA36" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.5</v>
       </c>
       <c r="EB36" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="EC36" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="ED36" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="EE36" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ED36" s="15" t="n">
+      <c r="EF36" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="EE36" s="15" t="n">
+      <c r="EG36" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EF36" s="15" t="n">
+      <c r="EH36" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EG36" s="15" t="n">
+      <c r="EI36" s="15" t="n">
         <v>-1.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="EJ36" s="15" t="n">
         <v>-0.6</v>
       </c>
       <c r="EK36" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="EL36" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="EM36" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="EL36" s="15" t="n">
+      <c r="EN36" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="EM36" s="15" t="n">
+      <c r="EO36" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EN36" s="15" t="n">
+      <c r="EP36" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EO36" s="15" t="n">
+      <c r="EQ36" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="EP36" s="15" t="n">
+      <c r="ER36" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="EQ36" s="15" t="n">
+      <c r="ES36" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="ER36" s="15" t="n">
+      <c r="ET36" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ES36" s="13" t="inlineStr">
-[...7 lines deleted...]
-      <c r="EU36" s="15" t="n">
+      <c r="EU36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV36" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="EW36" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="EX36" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="EV36" s="15" t="n">
+      <c r="EY36" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="EW36" s="15" t="n">
+      <c r="EZ36" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="EX36" s="15" t="n">
+      <c r="FA36" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="EY36" s="15" t="n">
+      <c r="FB36" s="15" t="n">
         <v>1.3</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.9</v>
       </c>
       <c r="FC36" s="15" t="n">
         <v>2.3</v>
       </c>
       <c r="FD36" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="FE36" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="FF36" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="FG36" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="FE36" s="15" t="n">
+      <c r="FH36" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="FF36" s="15" t="n">
+      <c r="FI36" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="FG36" s="15" t="n">
+      <c r="FJ36" s="15" t="n">
         <v>2.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.1</v>
       </c>
       <c r="FK36" s="15" t="n">
         <v>1.1</v>
       </c>
       <c r="FL36" s="15" t="n">
-        <v>0.4</v>
+        <v>1.1</v>
       </c>
       <c r="FM36" s="15" t="n">
-        <v>0.1</v>
+        <v>1.1</v>
       </c>
       <c r="FN36" s="15" t="n">
-        <v>0.2</v>
+        <v>1.1</v>
       </c>
       <c r="FO36" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="FP36" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="FQ36" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="FR36" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FS36" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FQ36" s="15" t="n">
+      <c r="FT36" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FR36" s="15" t="n">
+      <c r="FU36" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FS36" s="15" t="n">
+      <c r="FV36" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="FT36" s="15" t="n">
+      <c r="FW36" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="FU36" s="15" t="n">
+      <c r="FX36" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FV36" s="15" t="n">
+      <c r="FY36" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FW36" s="15" t="n">
+      <c r="FZ36" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="FX36" s="15" t="n">
+      <c r="GA36" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="FY36" s="15" t="n">
+      <c r="GB36" s="15" t="n">
         <v>1.6</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.2</v>
       </c>
       <c r="GC36" s="15" t="n">
         <v>0.9</v>
       </c>
       <c r="GD36" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="GE36" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="GF36" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="GG36" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="GE36" s="15" t="n">
+      <c r="GH36" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="GF36" s="15" t="n">
+      <c r="GI36" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...7 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="GJ36" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="GK36" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="GL36" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="GM36" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GN36" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="GL36" s="15" t="n">
+      <c r="GO36" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GM36" s="15" t="n">
+      <c r="GP36" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="GN36" s="15" t="n">
+      <c r="GQ36" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="GO36" s="15" t="n">
+      <c r="GR36" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GP36" s="15" t="n">
+      <c r="GS36" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GQ36" s="15" t="n">
+      <c r="GT36" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="GU36" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="GV36" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GW36" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="GX36" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GY36" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="GW36" s="15" t="n">
+      <c r="GZ36" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="GX36" s="15" t="n">
+      <c r="HA36" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="GY36" s="15" t="n">
+      <c r="HB36" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="GZ36" s="15" t="n">
+      <c r="HC36" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="HA36" s="15" t="n">
+      <c r="HD36" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="HB36" s="15" t="n">
+      <c r="HE36" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="HC36" s="15" t="n">
+      <c r="HF36" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="HD36" s="15" t="n">
+      <c r="HG36" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="HE36" s="15" t="n">
+      <c r="HH36" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="HF36" s="15" t="n">
+      <c r="HI36" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="HG36" s="15" t="n">
+      <c r="HJ36" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="HH36" s="15" t="n">
+      <c r="HK36" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="HI36" s="15" t="n">
+      <c r="HL36" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="HJ36" s="15" t="n">
+      <c r="HM36" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="HK36" s="15" t="n">
+      <c r="HN36" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="HL36" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HO36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR36" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="6" t="inlineStr">
         <is>
           <t>63 Information service activities</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
-        <v>113.874</v>
+        <v>112.582</v>
       </c>
       <c r="C37" s="14" t="n">
+        <v>112.532</v>
+      </c>
+      <c r="D37" s="14" t="n">
         <v>112.114</v>
       </c>
-      <c r="D37" s="14" t="n">
+      <c r="E37" s="14" t="n">
         <v>109.838</v>
       </c>
-      <c r="E37" s="14" t="n">
+      <c r="F37" s="14" t="n">
         <v>109.95</v>
       </c>
-      <c r="F37" s="14" t="n">
+      <c r="G37" s="14" t="n">
         <v>109.596</v>
       </c>
-      <c r="G37" s="14" t="n">
+      <c r="H37" s="14" t="n">
         <v>109.364</v>
       </c>
-      <c r="H37" s="14" t="n">
+      <c r="I37" s="14" t="n">
         <v>106.96</v>
       </c>
-      <c r="I37" s="14" t="n">
+      <c r="J37" s="14" t="n">
         <v>106.711</v>
       </c>
-      <c r="J37" s="14" t="n">
+      <c r="K37" s="14" t="n">
         <v>106.598</v>
       </c>
-      <c r="K37" s="14" t="n">
+      <c r="L37" s="14" t="n">
         <v>106.653</v>
       </c>
-      <c r="L37" s="14" t="n">
+      <c r="M37" s="14" t="n">
         <v>104.155</v>
       </c>
-      <c r="M37" s="14" t="n">
+      <c r="N37" s="14" t="n">
         <v>104.087</v>
       </c>
-      <c r="N37" s="14" t="n">
+      <c r="O37" s="14" t="n">
         <v>103.412</v>
       </c>
-      <c r="O37" s="14" t="n">
+      <c r="P37" s="14" t="n">
         <v>103.507</v>
       </c>
-      <c r="P37" s="14" t="n">
+      <c r="Q37" s="14" t="n">
         <v>100.091</v>
       </c>
-      <c r="Q37" s="14" t="n">
+      <c r="R37" s="14" t="n">
         <v>100.188</v>
       </c>
-      <c r="R37" s="14" t="n">
+      <c r="S37" s="14" t="n">
         <v>99.965</v>
       </c>
-      <c r="S37" s="14" t="n">
+      <c r="T37" s="14" t="n">
         <v>99.756</v>
       </c>
-      <c r="T37" s="14" t="n">
+      <c r="U37" s="14" t="n">
         <v>101.252</v>
       </c>
-      <c r="U37" s="14" t="n">
+      <c r="V37" s="14" t="n">
         <v>97.29</v>
       </c>
-      <c r="V37" s="14" t="n">
+      <c r="W37" s="14" t="n">
         <v>97.304</v>
       </c>
-      <c r="W37" s="14" t="n">
+      <c r="X37" s="14" t="n">
         <v>100.161</v>
       </c>
-      <c r="X37" s="14" t="n">
+      <c r="Y37" s="14" t="n">
         <v>103.479</v>
       </c>
-      <c r="Y37" s="14" t="n">
+      <c r="Z37" s="14" t="n">
         <v>103.562</v>
       </c>
-      <c r="Z37" s="14" t="n">
+      <c r="AA37" s="14" t="n">
         <v>103.784</v>
       </c>
-      <c r="AA37" s="14" t="n">
+      <c r="AB37" s="14" t="n">
         <v>100.89</v>
       </c>
-      <c r="AB37" s="14" t="n">
+      <c r="AC37" s="14" t="n">
         <v>102.408</v>
       </c>
-      <c r="AC37" s="14" t="n">
+      <c r="AD37" s="14" t="n">
         <v>100.653</v>
       </c>
-      <c r="AD37" s="14" t="n">
+      <c r="AE37" s="14" t="n">
         <v>101.88</v>
       </c>
-      <c r="AE37" s="14" t="n">
+      <c r="AF37" s="14" t="n">
         <v>98.472</v>
       </c>
-      <c r="AF37" s="14" t="n">
+      <c r="AG37" s="14" t="n">
         <v>100.329</v>
       </c>
-      <c r="AG37" s="14" t="n">
+      <c r="AH37" s="14" t="n">
         <v>98.6</v>
       </c>
-      <c r="AH37" s="14" t="n">
+      <c r="AI37" s="14" t="n">
         <v>100.655</v>
       </c>
-      <c r="AI37" s="14" t="n">
+      <c r="AJ37" s="14" t="n">
         <v>99.211</v>
       </c>
-      <c r="AJ37" s="14" t="n">
+      <c r="AK37" s="14" t="n">
         <v>100.569</v>
       </c>
-      <c r="AK37" s="14" t="n">
+      <c r="AL37" s="14" t="n">
         <v>98.555</v>
       </c>
-      <c r="AL37" s="14" t="n">
+      <c r="AM37" s="14" t="n">
         <v>99.83</v>
       </c>
-      <c r="AM37" s="14" t="n">
+      <c r="AN37" s="14" t="n">
         <v>98.646</v>
       </c>
-      <c r="AN37" s="14" t="n">
+      <c r="AO37" s="14" t="n">
         <v>98.753</v>
       </c>
-      <c r="AO37" s="14" t="n">
+      <c r="AP37" s="14" t="n">
         <v>98.206</v>
       </c>
-      <c r="AP37" s="14" t="n">
+      <c r="AQ37" s="14" t="n">
         <v>97.983</v>
       </c>
-      <c r="AQ37" s="14" t="n">
+      <c r="AR37" s="14" t="n">
         <v>96.684</v>
       </c>
-      <c r="AR37" s="14" t="n">
+      <c r="AS37" s="14" t="n">
         <v>96.406</v>
       </c>
-      <c r="AS37" s="14" t="n">
+      <c r="AT37" s="14" t="n">
         <v>96.256</v>
       </c>
-      <c r="AT37" s="14" t="n">
+      <c r="AU37" s="14" t="n">
         <v>96.611</v>
       </c>
-      <c r="AU37" s="14" t="n">
+      <c r="AV37" s="14" t="n">
         <v>96.295</v>
       </c>
-      <c r="AV37" s="14" t="n">
+      <c r="AW37" s="14" t="n">
         <v>96.511</v>
       </c>
-      <c r="AW37" s="14" t="n">
+      <c r="AX37" s="14" t="n">
         <v>97.225</v>
       </c>
-      <c r="AX37" s="14" t="n">
+      <c r="AY37" s="14" t="n">
         <v>97.183</v>
       </c>
-      <c r="AY37" s="14" t="n">
+      <c r="AZ37" s="14" t="n">
         <v>96.92</v>
       </c>
-      <c r="AZ37" s="14" t="n">
+      <c r="BA37" s="14" t="n">
         <v>99.126</v>
       </c>
-      <c r="BA37" s="14" t="n">
+      <c r="BB37" s="14" t="n">
         <v>99.013</v>
       </c>
-      <c r="BB37" s="14" t="n">
+      <c r="BC37" s="14" t="n">
         <v>98.517</v>
       </c>
-      <c r="BC37" s="14" t="n">
+      <c r="BD37" s="14" t="n">
         <v>99.614</v>
       </c>
-      <c r="BD37" s="14" t="n">
+      <c r="BE37" s="14" t="n">
         <v>98.532</v>
       </c>
-      <c r="BE37" s="14" t="n">
+      <c r="BF37" s="14" t="n">
         <v>98.389</v>
       </c>
-      <c r="BF37" s="14" t="n">
+      <c r="BG37" s="14" t="n">
         <v>99.05</v>
       </c>
-      <c r="BG37" s="14" t="n">
+      <c r="BH37" s="14" t="n">
         <v>98.74</v>
       </c>
-      <c r="BH37" s="14" t="n">
+      <c r="BI37" s="14" t="n">
         <v>100.718</v>
       </c>
-      <c r="BI37" s="14" t="n">
+      <c r="BJ37" s="14" t="n">
         <v>103.344</v>
       </c>
-      <c r="BJ37" s="14" t="n">
+      <c r="BK37" s="14" t="n">
         <v>104.093</v>
       </c>
-      <c r="BK37" s="14" t="n">
+      <c r="BL37" s="14" t="n">
         <v>102.656</v>
       </c>
-      <c r="BL37" s="14" t="n">
+      <c r="BM37" s="14" t="n">
         <v>105.405</v>
       </c>
-      <c r="BM37" s="14" t="n">
+      <c r="BN37" s="14" t="n">
         <v>105.797</v>
       </c>
-      <c r="BN37" s="14" t="n">
+      <c r="BO37" s="14" t="n">
         <v>106.205</v>
       </c>
-      <c r="BO37" s="14" t="n">
+      <c r="BP37" s="14" t="n">
         <v>106.033</v>
       </c>
-      <c r="BP37" s="14" t="n">
+      <c r="BQ37" s="14" t="n">
         <v>106.668</v>
       </c>
-      <c r="BQ37" s="14" t="n">
+      <c r="BR37" s="14" t="n">
         <v>108.919</v>
       </c>
-      <c r="BR37" s="14" t="n">
+      <c r="BS37" s="14" t="n">
         <v>108.839</v>
       </c>
-      <c r="BS37" s="14" t="n">
+      <c r="BT37" s="14" t="n">
         <v>109.377</v>
       </c>
-      <c r="BT37" s="14" t="n">
+      <c r="BU37" s="14" t="n">
         <v>102.624</v>
       </c>
-      <c r="BU37" s="14" t="n">
+      <c r="BV37" s="14" t="n">
         <v>99.915</v>
       </c>
-      <c r="BV37" s="14" t="n">
+      <c r="BW37" s="14" t="n">
         <v>101.034</v>
       </c>
-      <c r="BW37" s="14" t="n">
+      <c r="BX37" s="14" t="n">
         <v>100.698</v>
       </c>
-      <c r="BX37" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="BY37" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BZ37" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CA37" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="BZ37" s="15" t="n">
+      <c r="CB37" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CA37" s="15" t="n">
+      <c r="CC37" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.2</v>
       </c>
       <c r="CD37" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="CE37" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="CF37" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CG37" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CF37" s="15" t="n">
+      <c r="CH37" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CG37" s="15" t="n">
+      <c r="CI37" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="CH37" s="15" t="n">
+      <c r="CJ37" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CI37" s="15" t="n">
+      <c r="CK37" s="15" t="n">
         <v>0.7</v>
-      </c>
-[...4 lines deleted...]
-        <v>3.4</v>
       </c>
       <c r="CL37" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="CM37" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="CN37" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CO37" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CN37" s="15" t="n">
+      <c r="CP37" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CO37" s="15" t="n">
+      <c r="CQ37" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="CP37" s="15" t="n">
+      <c r="CR37" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="CQ37" s="15" t="n">
+      <c r="CS37" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CR37" s="15" t="n">
+      <c r="CT37" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="CS37" s="15" t="n">
+      <c r="CU37" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="CT37" s="15" t="n">
+      <c r="CV37" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CU37" s="15" t="n">
+      <c r="CW37" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CV37" s="15" t="n">
+      <c r="CX37" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="CW37" s="15" t="n">
+      <c r="CY37" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="CX37" s="15" t="n">
+      <c r="CZ37" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="CY37" s="15" t="n">
+      <c r="DA37" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="CZ37" s="15" t="n">
+      <c r="DB37" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="DA37" s="15" t="n">
+      <c r="DC37" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="DB37" s="15" t="n">
+      <c r="DD37" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="DC37" s="15" t="n">
+      <c r="DE37" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="DD37" s="15" t="n">
+      <c r="DF37" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="DE37" s="15" t="n">
+      <c r="DG37" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="DF37" s="15" t="n">
+      <c r="DH37" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="DG37" s="15" t="n">
+      <c r="DI37" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="DH37" s="15" t="n">
+      <c r="DJ37" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="DI37" s="15" t="n">
+      <c r="DK37" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DJ37" s="15" t="n">
+      <c r="DL37" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="DK37" s="15" t="n">
+      <c r="DM37" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DL37" s="15" t="n">
+      <c r="DN37" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="DM37" s="15" t="n">
+      <c r="DO37" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DN37" s="15" t="n">
+      <c r="DP37" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DO37" s="15" t="n">
+      <c r="DQ37" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DP37" s="15" t="n">
+      <c r="DR37" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DQ37" s="15" t="n">
+      <c r="DS37" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DR37" s="15" t="n">
+      <c r="DT37" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="DS37" s="15" t="n">
+      <c r="DU37" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DT37" s="15" t="n">
+      <c r="DV37" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DU37" s="15" t="n">
+      <c r="DW37" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="DV37" s="15" t="n">
+      <c r="DX37" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DW37" s="15" t="n">
+      <c r="DY37" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="DX37" s="15" t="n">
+      <c r="DZ37" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="DY37" s="15" t="n">
+      <c r="EA37" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="DZ37" s="15" t="n">
+      <c r="EB37" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EA37" s="15" t="n">
+      <c r="EC37" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="EB37" s="15" t="n">
+      <c r="ED37" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EC37" s="15" t="n">
+      <c r="EE37" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="ED37" s="15" t="n">
+      <c r="EF37" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="EE37" s="15" t="n">
+      <c r="EG37" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="EF37" s="15" t="n">
+      <c r="EH37" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="EG37" s="15" t="n">
+      <c r="EI37" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="EH37" s="15" t="n">
+      <c r="EJ37" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="EI37" s="15" t="n">
+      <c r="EK37" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="EJ37" s="15" t="n">
+      <c r="EL37" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EK37" s="15" t="n">
+      <c r="EM37" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="EL37" s="15" t="n">
+      <c r="EN37" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="EM37" s="15" t="n">
+      <c r="EO37" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EN37" s="15" t="n">
+      <c r="EP37" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="EO37" s="15" t="n">
+      <c r="EQ37" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="EP37" s="15" t="n">
+      <c r="ER37" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EQ37" s="15" t="n">
+      <c r="ES37" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="ER37" s="15" t="n">
+      <c r="ET37" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ES37" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="ET37" s="15" t="n">
+      <c r="EU37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV37" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="EW37" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="EX37" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="EY37" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="EZ37" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="FA37" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="FB37" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="FC37" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="FD37" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="FE37" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="FF37" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="FG37" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="FH37" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="EU37" s="15" t="n">
+      <c r="FI37" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="FJ37" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="FK37" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="FL37" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="FM37" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="FN37" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="FO37" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="FP37" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="FQ37" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="FR37" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="FS37" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="FT37" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="FU37" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="FV37" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="EV37" s="15" t="n">
-[...26 lines deleted...]
-      <c r="FE37" s="15" t="n">
+      <c r="FW37" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="FX37" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="FY37" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="FZ37" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="GA37" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="GB37" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GC37" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="GD37" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GE37" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="GF37" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="GG37" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="GH37" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="GI37" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GJ37" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="GK37" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="GL37" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="GM37" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="GN37" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="GO37" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="GP37" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="GQ37" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="GR37" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="GS37" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="GT37" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="GU37" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GV37" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GW37" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="GX37" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="GY37" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="GZ37" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="HA37" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="HB37" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="HC37" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="HD37" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="HE37" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="HF37" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="HG37" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="HH37" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="HI37" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="HJ37" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="HK37" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="FF37" s="15" t="n">
-[...164 lines deleted...]
-      <c r="HI37" s="15" t="n">
+      <c r="HL37" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="HJ37" s="15" t="n">
+      <c r="HM37" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="HK37" s="15" t="n">
+      <c r="HN37" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="HL37" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HO37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR37" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="6" t="inlineStr">
         <is>
           <t>63.1 Data processing, hosting and related activities; web portals</t>
         </is>
       </c>
       <c r="B38" s="14" t="n">
-        <v>114.553</v>
+        <v>113.136</v>
       </c>
       <c r="C38" s="14" t="n">
+        <v>113.075</v>
+      </c>
+      <c r="D38" s="14" t="n">
         <v>112.577</v>
       </c>
-      <c r="D38" s="14" t="n">
+      <c r="E38" s="14" t="n">
         <v>110.149</v>
       </c>
-      <c r="E38" s="14" t="n">
+      <c r="F38" s="14" t="n">
         <v>110.287</v>
       </c>
-      <c r="F38" s="14" t="n">
+      <c r="G38" s="14" t="n">
         <v>109.88</v>
       </c>
-      <c r="G38" s="14" t="n">
+      <c r="H38" s="14" t="n">
         <v>109.692</v>
       </c>
-      <c r="H38" s="14" t="n">
+      <c r="I38" s="14" t="n">
         <v>107.19</v>
       </c>
-      <c r="I38" s="14" t="n">
+      <c r="J38" s="14" t="n">
         <v>106.92</v>
       </c>
-      <c r="J38" s="14" t="n">
+      <c r="K38" s="14" t="n">
         <v>106.803</v>
       </c>
-      <c r="K38" s="14" t="n">
+      <c r="L38" s="14" t="n">
         <v>106.841</v>
       </c>
-      <c r="L38" s="14" t="n">
+      <c r="M38" s="14" t="n">
         <v>104.278</v>
       </c>
-      <c r="M38" s="14" t="n">
+      <c r="N38" s="14" t="n">
         <v>104.212</v>
       </c>
-      <c r="N38" s="14" t="n">
+      <c r="O38" s="14" t="n">
         <v>103.514</v>
       </c>
-      <c r="O38" s="14" t="n">
+      <c r="P38" s="14" t="n">
         <v>103.638</v>
       </c>
-      <c r="P38" s="14" t="n">
+      <c r="Q38" s="14" t="n">
         <v>100.066</v>
       </c>
-      <c r="Q38" s="14" t="n">
+      <c r="R38" s="14" t="n">
         <v>100.187</v>
       </c>
-      <c r="R38" s="14" t="n">
+      <c r="S38" s="14" t="n">
         <v>99.973</v>
       </c>
-      <c r="S38" s="14" t="n">
+      <c r="T38" s="14" t="n">
         <v>99.774</v>
       </c>
-      <c r="T38" s="14" t="n">
+      <c r="U38" s="14" t="n">
         <v>101.329</v>
       </c>
-      <c r="U38" s="14" t="n">
+      <c r="V38" s="14" t="n">
         <v>97.116</v>
       </c>
-      <c r="V38" s="14" t="n">
+      <c r="W38" s="14" t="n">
         <v>97.12</v>
       </c>
-      <c r="W38" s="14" t="n">
+      <c r="X38" s="14" t="n">
         <v>100.087</v>
       </c>
-      <c r="X38" s="14" t="n">
+      <c r="Y38" s="14" t="n">
         <v>103.565</v>
       </c>
-      <c r="Y38" s="14" t="n">
+      <c r="Z38" s="14" t="n">
         <v>103.642</v>
       </c>
-      <c r="Z38" s="14" t="n">
+      <c r="AA38" s="14" t="n">
         <v>103.881</v>
       </c>
-      <c r="AA38" s="14" t="n">
+      <c r="AB38" s="14" t="n">
         <v>100.864</v>
       </c>
-      <c r="AB38" s="14" t="n">
+      <c r="AC38" s="14" t="n">
         <v>102.46</v>
       </c>
-      <c r="AC38" s="14" t="n">
+      <c r="AD38" s="14" t="n">
         <v>100.618</v>
       </c>
-      <c r="AD38" s="14" t="n">
+      <c r="AE38" s="14" t="n">
         <v>101.915</v>
       </c>
-      <c r="AE38" s="14" t="n">
+      <c r="AF38" s="14" t="n">
         <v>98.348</v>
       </c>
-      <c r="AF38" s="14" t="n">
+      <c r="AG38" s="14" t="n">
         <v>100.289</v>
       </c>
-      <c r="AG38" s="14" t="n">
+      <c r="AH38" s="14" t="n">
         <v>98.336</v>
       </c>
-      <c r="AH38" s="14" t="n">
+      <c r="AI38" s="14" t="n">
         <v>100.583</v>
       </c>
-      <c r="AI38" s="14" t="n">
+      <c r="AJ38" s="14" t="n">
         <v>98.867</v>
       </c>
-      <c r="AJ38" s="14" t="n">
+      <c r="AK38" s="14" t="n">
         <v>100.437</v>
       </c>
-      <c r="AK38" s="14" t="n">
+      <c r="AL38" s="14" t="n">
         <v>98.211</v>
       </c>
-      <c r="AL38" s="14" t="n">
+      <c r="AM38" s="14" t="n">
         <v>99.652</v>
       </c>
-      <c r="AM38" s="14" t="n">
+      <c r="AN38" s="14" t="n">
         <v>98.257</v>
       </c>
-      <c r="AN38" s="14" t="n">
+      <c r="AO38" s="14" t="n">
         <v>98.406</v>
       </c>
-      <c r="AO38" s="14" t="n">
+      <c r="AP38" s="14" t="n">
         <v>97.783</v>
       </c>
-      <c r="AP38" s="14" t="n">
+      <c r="AQ38" s="14" t="n">
         <v>97.513</v>
       </c>
-      <c r="AQ38" s="14" t="n">
+      <c r="AR38" s="14" t="n">
         <v>96.145</v>
       </c>
-      <c r="AR38" s="14" t="n">
+      <c r="AS38" s="14" t="n">
         <v>95.883</v>
       </c>
-      <c r="AS38" s="14" t="n">
+      <c r="AT38" s="14" t="n">
         <v>95.652</v>
       </c>
-      <c r="AT38" s="14" t="n">
+      <c r="AU38" s="14" t="n">
         <v>95.954</v>
       </c>
-      <c r="AU38" s="14" t="n">
+      <c r="AV38" s="14" t="n">
         <v>95.493</v>
       </c>
-      <c r="AV38" s="14" t="n">
+      <c r="AW38" s="14" t="n">
         <v>95.74</v>
       </c>
-      <c r="AW38" s="14" t="n">
+      <c r="AX38" s="14" t="n">
         <v>96.509</v>
       </c>
-      <c r="AX38" s="14" t="n">
+      <c r="AY38" s="14" t="n">
         <v>97.036</v>
       </c>
-      <c r="AY38" s="14" t="n">
+      <c r="AZ38" s="14" t="n">
         <v>96.962</v>
       </c>
-      <c r="AZ38" s="14" t="n">
+      <c r="BA38" s="14" t="n">
         <v>99.116</v>
       </c>
-      <c r="BA38" s="14" t="n">
+      <c r="BB38" s="14" t="n">
         <v>98.818</v>
       </c>
-      <c r="BB38" s="14" t="n">
+      <c r="BC38" s="14" t="n">
         <v>98.203</v>
       </c>
-      <c r="BC38" s="14" t="n">
+      <c r="BD38" s="14" t="n">
         <v>97.945</v>
       </c>
-      <c r="BD38" s="14" t="n">
+      <c r="BE38" s="14" t="n">
         <v>96.649</v>
       </c>
-      <c r="BE38" s="14" t="n">
+      <c r="BF38" s="14" t="n">
         <v>96.482</v>
       </c>
-      <c r="BF38" s="14" t="n">
+      <c r="BG38" s="14" t="n">
         <v>97.212</v>
       </c>
-      <c r="BG38" s="14" t="n">
+      <c r="BH38" s="14" t="n">
         <v>96.873</v>
       </c>
-      <c r="BH38" s="14" t="n">
+      <c r="BI38" s="14" t="n">
         <v>98.871</v>
       </c>
-      <c r="BI38" s="14" t="n">
+      <c r="BJ38" s="14" t="n">
         <v>101.784</v>
       </c>
-      <c r="BJ38" s="14" t="n">
+      <c r="BK38" s="14" t="n">
         <v>102.615</v>
       </c>
-      <c r="BK38" s="14" t="n">
+      <c r="BL38" s="14" t="n">
         <v>101.053</v>
       </c>
-      <c r="BL38" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="BM38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BN38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BO38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BP38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BQ38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -29691,243 +29989,241 @@
       <c r="BS38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX38" s="15" t="n">
-        <v>1.8</v>
+      <c r="BX38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="BY38" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="BZ38" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CA38" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="BZ38" s="15" t="n">
+      <c r="CB38" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CA38" s="15" t="n">
+      <c r="CC38" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CB38" s="15" t="n">
+      <c r="CD38" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CC38" s="15" t="n">
+      <c r="CE38" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="CD38" s="15" t="n">
+      <c r="CF38" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CE38" s="15" t="n">
+      <c r="CG38" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CF38" s="15" t="n">
+      <c r="CH38" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CG38" s="15" t="n">
+      <c r="CI38" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="CH38" s="15" t="n">
+      <c r="CJ38" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CI38" s="15" t="n">
+      <c r="CK38" s="15" t="n">
         <v>0.7</v>
-      </c>
-[...4 lines deleted...]
-        <v>3.6</v>
       </c>
       <c r="CL38" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="CM38" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="CN38" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CO38" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CN38" s="15" t="n">
+      <c r="CP38" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CO38" s="15" t="n">
+      <c r="CQ38" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="CP38" s="15" t="n">
+      <c r="CR38" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="CQ38" s="15" t="n">
+      <c r="CS38" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CR38" s="15" t="n">
+      <c r="CT38" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="CS38" s="15" t="n">
+      <c r="CU38" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="CT38" s="15" t="n">
+      <c r="CV38" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CU38" s="15" t="n">
+      <c r="CW38" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CV38" s="15" t="n">
+      <c r="CX38" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="CW38" s="15" t="n">
+      <c r="CY38" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="CX38" s="15" t="n">
+      <c r="CZ38" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="CY38" s="15" t="n">
+      <c r="DA38" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="CZ38" s="15" t="n">
+      <c r="DB38" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="DA38" s="15" t="n">
+      <c r="DC38" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="DB38" s="15" t="n">
+      <c r="DD38" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="DC38" s="15" t="n">
+      <c r="DE38" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="DD38" s="15" t="n">
+      <c r="DF38" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="DE38" s="15" t="n">
+      <c r="DG38" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="DF38" s="15" t="n">
+      <c r="DH38" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="DG38" s="15" t="n">
+      <c r="DI38" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="DH38" s="15" t="n">
+      <c r="DJ38" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="DI38" s="15" t="n">
+      <c r="DK38" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DJ38" s="15" t="n">
+      <c r="DL38" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.4</v>
       </c>
       <c r="DM38" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="DN38" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="DO38" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="DP38" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="DQ38" s="15" t="n">
         <v>-0.3</v>
       </c>
       <c r="DR38" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="DS38" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="DT38" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="DS38" s="15" t="n">
+      <c r="DU38" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DT38" s="15" t="n">
+      <c r="DV38" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DU38" s="15" t="n">
+      <c r="DW38" s="15" t="n">
         <v>-2.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="DX38" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="DY38" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="DZ38" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="EA38" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="DZ38" s="15" t="n">
+      <c r="EB38" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EA38" s="15" t="n">
+      <c r="EC38" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="EB38" s="15" t="n">
+      <c r="ED38" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EC38" s="15" t="n">
+      <c r="EE38" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="ED38" s="15" t="n">
+      <c r="EF38" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="EE38" s="15" t="n">
+      <c r="EG38" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="EF38" s="15" t="n">
+      <c r="EH38" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="EG38" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="EI38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EJ38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EK38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EL38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EM38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -29939,239 +30235,237 @@
       <c r="EO38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET38" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EU38" s="15" t="n">
+      <c r="ET38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV38" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="EV38" s="15" t="n">
+      <c r="EW38" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="EX38" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EY38" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="EW38" s="15" t="n">
+      <c r="EZ38" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="EX38" s="15" t="n">
+      <c r="FA38" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="EY38" s="15" t="n">
+      <c r="FB38" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EZ38" s="15" t="n">
+      <c r="FC38" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="FA38" s="15" t="n">
+      <c r="FD38" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="FB38" s="15" t="n">
+      <c r="FE38" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="FC38" s="15" t="n">
+      <c r="FF38" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="FD38" s="15" t="n">
+      <c r="FG38" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="FE38" s="15" t="n">
+      <c r="FH38" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="FF38" s="15" t="n">
+      <c r="FI38" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="FG38" s="15" t="n">
+      <c r="FJ38" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="FH38" s="15" t="n">
+      <c r="FK38" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="FI38" s="15" t="n">
+      <c r="FL38" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="FJ38" s="15" t="n">
+      <c r="FM38" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="FK38" s="15" t="n">
+      <c r="FN38" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="FL38" s="15" t="n">
+      <c r="FO38" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="FM38" s="15" t="n">
+      <c r="FP38" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="FN38" s="15" t="n">
+      <c r="FQ38" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="FO38" s="15" t="n">
+      <c r="FR38" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="FP38" s="15" t="n">
+      <c r="FS38" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="FQ38" s="15" t="n">
+      <c r="FT38" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="FR38" s="15" t="n">
+      <c r="FU38" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FS38" s="15" t="n">
+      <c r="FV38" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="FT38" s="15" t="n">
+      <c r="FW38" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="FU38" s="15" t="n">
+      <c r="FX38" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="FV38" s="15" t="n">
+      <c r="FY38" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FW38" s="15" t="n">
+      <c r="FZ38" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="FX38" s="15" t="n">
+      <c r="GA38" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="FY38" s="15" t="n">
+      <c r="GB38" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="FZ38" s="15" t="n">
+      <c r="GC38" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="GA38" s="15" t="n">
+      <c r="GD38" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="GB38" s="15" t="n">
+      <c r="GE38" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="GC38" s="15" t="n">
+      <c r="GF38" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>2.6</v>
       </c>
       <c r="GG38" s="15" t="n">
         <v>2.2</v>
       </c>
       <c r="GH38" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GI38" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GJ38" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GK38" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="GI38" s="15" t="n">
+      <c r="GL38" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="GJ38" s="15" t="n">
+      <c r="GM38" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GK38" s="15" t="n">
+      <c r="GN38" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="GL38" s="15" t="n">
+      <c r="GO38" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="GM38" s="15" t="n">
+      <c r="GP38" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="GN38" s="15" t="n">
+      <c r="GQ38" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="GO38" s="15" t="n">
+      <c r="GR38" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="GP38" s="15" t="n">
+      <c r="GS38" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="GQ38" s="15" t="n">
+      <c r="GT38" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GR38" s="15" t="n">
+      <c r="GU38" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="GS38" s="15" t="n">
+      <c r="GV38" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="GT38" s="15" t="n">
+      <c r="GW38" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="GU38" s="15" t="n">
+      <c r="GX38" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GV38" s="15" t="n">
+      <c r="GY38" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="GW38" s="15" t="n">
+      <c r="GZ38" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="GX38" s="15" t="n">
+      <c r="HA38" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="GY38" s="15" t="n">
+      <c r="HB38" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="GZ38" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HC38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HD38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HE38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HF38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HG38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -30189,252 +30483,265 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="6" t="inlineStr">
         <is>
           <t>63.9 Other information service activities</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
+        <v>104.61</v>
+      </c>
+      <c r="C39" s="14" t="n">
         <v>104.659</v>
       </c>
-      <c r="C39" s="14" t="n">
+      <c r="D39" s="14" t="n">
         <v>105.029</v>
       </c>
-      <c r="D39" s="14" t="n">
+      <c r="E39" s="14" t="n">
         <v>104.275</v>
       </c>
-      <c r="E39" s="14" t="n">
+      <c r="F39" s="14" t="n">
         <v>104.139</v>
       </c>
-      <c r="F39" s="14" t="n">
+      <c r="G39" s="14" t="n">
         <v>104.286</v>
       </c>
-      <c r="G39" s="14" t="n">
+      <c r="H39" s="14" t="n">
         <v>103.646</v>
       </c>
-      <c r="H39" s="14" t="n">
+      <c r="I39" s="14" t="n">
         <v>102.242</v>
       </c>
-      <c r="I39" s="14" t="n">
+      <c r="J39" s="14" t="n">
         <v>102.429</v>
       </c>
-      <c r="J39" s="14" t="n">
+      <c r="K39" s="14" t="n">
         <v>102.385</v>
       </c>
-      <c r="K39" s="14" t="n">
+      <c r="L39" s="14" t="n">
         <v>102.793</v>
       </c>
-      <c r="L39" s="14" t="n">
+      <c r="M39" s="14" t="n">
         <v>101.625</v>
       </c>
-      <c r="M39" s="14" t="n">
+      <c r="N39" s="14" t="n">
         <v>101.524</v>
       </c>
-      <c r="N39" s="14" t="n">
+      <c r="O39" s="14" t="n">
         <v>101.3</v>
       </c>
-      <c r="O39" s="14" t="n">
+      <c r="P39" s="14" t="n">
         <v>100.809</v>
       </c>
-      <c r="P39" s="14" t="n">
+      <c r="Q39" s="14" t="n">
         <v>100.602</v>
       </c>
-      <c r="Q39" s="14" t="n">
+      <c r="R39" s="14" t="n">
         <v>100.203</v>
       </c>
-      <c r="R39" s="14" t="n">
+      <c r="S39" s="14" t="n">
         <v>99.797</v>
       </c>
-      <c r="S39" s="14" t="n">
+      <c r="T39" s="14" t="n">
         <v>99.398</v>
       </c>
-      <c r="T39" s="14" t="n">
+      <c r="U39" s="14" t="n">
         <v>99.638</v>
       </c>
-      <c r="U39" s="14" t="n">
+      <c r="V39" s="14" t="n">
         <v>100.903</v>
       </c>
-      <c r="V39" s="14" t="n">
+      <c r="W39" s="14" t="n">
         <v>101.124</v>
       </c>
-      <c r="W39" s="14" t="n">
+      <c r="X39" s="14" t="n">
         <v>101.684</v>
       </c>
-      <c r="X39" s="14" t="n">
+      <c r="Y39" s="14" t="n">
         <v>101.691</v>
       </c>
-      <c r="Y39" s="14" t="n">
+      <c r="Z39" s="14" t="n">
         <v>101.888</v>
       </c>
-      <c r="Z39" s="14" t="n">
+      <c r="AA39" s="14" t="n">
         <v>101.776</v>
       </c>
-      <c r="AA39" s="14" t="n">
+      <c r="AB39" s="14" t="n">
         <v>101.429</v>
       </c>
-      <c r="AB39" s="14" t="n">
+      <c r="AC39" s="14" t="n">
         <v>101.33</v>
       </c>
-      <c r="AC39" s="14" t="n">
+      <c r="AD39" s="14" t="n">
         <v>101.387</v>
       </c>
-      <c r="AD39" s="14" t="n">
+      <c r="AE39" s="14" t="n">
         <v>101.162</v>
       </c>
-      <c r="AE39" s="14" t="n">
+      <c r="AF39" s="14" t="n">
         <v>101.072</v>
       </c>
-      <c r="AF39" s="14" t="n">
+      <c r="AG39" s="14" t="n">
         <v>101.173</v>
       </c>
-      <c r="AG39" s="14" t="n">
+      <c r="AH39" s="14" t="n">
         <v>101.243</v>
       </c>
-      <c r="AH39" s="14" t="n">
+      <c r="AI39" s="14" t="n">
         <v>101.756</v>
       </c>
-      <c r="AI39" s="14" t="n">
+      <c r="AJ39" s="14" t="n">
         <v>102.516</v>
       </c>
-      <c r="AJ39" s="14" t="n">
+      <c r="AK39" s="14" t="n">
         <v>102.158</v>
       </c>
-      <c r="AK39" s="14" t="n">
+      <c r="AL39" s="14" t="n">
         <v>101.849</v>
       </c>
-      <c r="AL39" s="14" t="n">
+      <c r="AM39" s="14" t="n">
         <v>101.794</v>
       </c>
-      <c r="AM39" s="14" t="n">
+      <c r="AN39" s="14" t="n">
         <v>102.318</v>
       </c>
-      <c r="AN39" s="14" t="n">
+      <c r="AO39" s="14" t="n">
         <v>102.083</v>
       </c>
-      <c r="AO39" s="14" t="n">
+      <c r="AP39" s="14" t="n">
         <v>102.144</v>
       </c>
-      <c r="AP39" s="14" t="n">
+      <c r="AQ39" s="14" t="n">
         <v>102.3</v>
       </c>
-      <c r="AQ39" s="14" t="n">
+      <c r="AR39" s="14" t="n">
         <v>101.554</v>
       </c>
-      <c r="AR39" s="14" t="n">
+      <c r="AS39" s="14" t="n">
         <v>101.152</v>
       </c>
-      <c r="AS39" s="14" t="n">
+      <c r="AT39" s="14" t="n">
         <v>101.651</v>
       </c>
-      <c r="AT39" s="14" t="n">
+      <c r="AU39" s="14" t="n">
         <v>102.44</v>
       </c>
-      <c r="AU39" s="14" t="n">
+      <c r="AV39" s="14" t="n">
         <v>103.286</v>
       </c>
-      <c r="AV39" s="14" t="n">
+      <c r="AW39" s="14" t="n">
         <v>103.245</v>
       </c>
-      <c r="AW39" s="14" t="n">
+      <c r="AX39" s="14" t="n">
         <v>103.566</v>
       </c>
-      <c r="AX39" s="14" t="n">
+      <c r="AY39" s="14" t="n">
         <v>99.252</v>
       </c>
-      <c r="AY39" s="14" t="n">
+      <c r="AZ39" s="14" t="n">
         <v>97.573</v>
       </c>
-      <c r="AZ39" s="14" t="n">
+      <c r="BA39" s="14" t="n">
         <v>100.186</v>
       </c>
-      <c r="BA39" s="14" t="n">
+      <c r="BB39" s="14" t="n">
         <v>101.722</v>
       </c>
-      <c r="BB39" s="14" t="n">
+      <c r="BC39" s="14" t="n">
         <v>102.28</v>
       </c>
-      <c r="BC39" s="14" t="n">
+      <c r="BD39" s="14" t="n">
         <v>115.483</v>
       </c>
-      <c r="BD39" s="14" t="n">
+      <c r="BE39" s="14" t="n">
         <v>116.296</v>
       </c>
-      <c r="BE39" s="14" t="n">
+      <c r="BF39" s="14" t="n">
         <v>116.365</v>
       </c>
-      <c r="BF39" s="14" t="n">
+      <c r="BG39" s="14" t="n">
         <v>116.421</v>
       </c>
-      <c r="BG39" s="14" t="n">
+      <c r="BH39" s="14" t="n">
         <v>116.369</v>
       </c>
-      <c r="BH39" s="14" t="n">
+      <c r="BI39" s="14" t="n">
         <v>118.186</v>
       </c>
-      <c r="BI39" s="14" t="n">
+      <c r="BJ39" s="14" t="n">
         <v>118.313</v>
       </c>
-      <c r="BJ39" s="14" t="n">
+      <c r="BK39" s="14" t="n">
         <v>118.341</v>
       </c>
-      <c r="BK39" s="14" t="n">
+      <c r="BL39" s="14" t="n">
         <v>117.999</v>
       </c>
-      <c r="BL39" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="BM39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BN39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BO39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BP39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BQ39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -30446,243 +30753,241 @@
       <c r="BS39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX39" s="15" t="n">
+      <c r="BX39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY39" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BZ39" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="BY39" s="15" t="n">
+      <c r="CA39" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="BZ39" s="15" t="n">
+      <c r="CB39" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CA39" s="15" t="n">
+      <c r="CC39" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CB39" s="15" t="n">
+      <c r="CD39" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CC39" s="15" t="n">
+      <c r="CE39" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="CD39" s="15" t="n">
+      <c r="CF39" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CE39" s="15" t="n">
+      <c r="CG39" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CF39" s="15" t="n">
+      <c r="CH39" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CG39" s="15" t="n">
+      <c r="CI39" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CH39" s="15" t="n">
+      <c r="CJ39" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="CK39" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="CL39" s="15" t="n">
-        <v>0.4</v>
+        <v>0.5</v>
       </c>
       <c r="CM39" s="15" t="n">
-        <v>0.4</v>
+        <v>0.2</v>
       </c>
       <c r="CN39" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="CO39" s="15" t="n">
-        <v>-0.2</v>
+        <v>0.4</v>
       </c>
       <c r="CP39" s="15" t="n">
-        <v>-1.3</v>
+        <v>0.4</v>
       </c>
       <c r="CQ39" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="CR39" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="CS39" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="CT39" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="CS39" s="15" t="n">
+      <c r="CU39" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CT39" s="15" t="n">
+      <c r="CV39" s="15" t="n">
         <v>-0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="CW39" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="CX39" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CY39" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CZ39" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CY39" s="15" t="n">
+      <c r="DA39" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CZ39" s="15" t="n">
+      <c r="DB39" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DA39" s="15" t="n">
+      <c r="DC39" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DB39" s="15" t="n">
+      <c r="DD39" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DC39" s="15" t="n">
+      <c r="DE39" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DD39" s="15" t="n">
+      <c r="DF39" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="DE39" s="15" t="n">
+      <c r="DG39" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DF39" s="15" t="n">
+      <c r="DH39" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DG39" s="15" t="n">
+      <c r="DI39" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DH39" s="15" t="n">
+      <c r="DJ39" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DI39" s="15" t="n">
+      <c r="DK39" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DJ39" s="15" t="n">
+      <c r="DL39" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DK39" s="15" t="n">
+      <c r="DM39" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DL39" s="15" t="n">
+      <c r="DN39" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DM39" s="15" t="n">
+      <c r="DO39" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DN39" s="15" t="n">
+      <c r="DP39" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DO39" s="15" t="n">
+      <c r="DQ39" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="DP39" s="15" t="n">
+      <c r="DR39" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="DQ39" s="15" t="n">
+      <c r="DS39" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DR39" s="15" t="n">
+      <c r="DT39" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DS39" s="15" t="n">
+      <c r="DU39" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="DT39" s="15" t="n">
+      <c r="DV39" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="DU39" s="15" t="n">
+      <c r="DW39" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="DV39" s="15" t="n">
+      <c r="DX39" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="DW39" s="15" t="n">
+      <c r="DY39" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DX39" s="15" t="n">
+      <c r="DZ39" s="15" t="n">
         <v>-11.4</v>
       </c>
-      <c r="DY39" s="15" t="n">
+      <c r="EA39" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="DZ39" s="15" t="n">
+      <c r="EB39" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EA39" s="15" t="n">
+      <c r="EC39" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EB39" s="15" t="n">
+      <c r="ED39" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EC39" s="15" t="n">
+      <c r="EE39" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="ED39" s="15" t="n">
+      <c r="EF39" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EE39" s="15" t="n">
+      <c r="EG39" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EF39" s="15" t="n">
+      <c r="EH39" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EG39" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="EI39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EJ39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EK39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EL39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EM39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -30694,239 +30999,237 @@
       <c r="EO39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET39" s="15" t="n">
+      <c r="ET39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV39" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="EW39" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="EU39" s="15" t="n">
+      <c r="EX39" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="EV39" s="15" t="n">
+      <c r="EY39" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="EW39" s="15" t="n">
+      <c r="EZ39" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="EX39" s="15" t="n">
+      <c r="FA39" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="EY39" s="15" t="n">
+      <c r="FB39" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="EZ39" s="15" t="n">
+      <c r="FC39" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FA39" s="15" t="n">
+      <c r="FD39" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="FB39" s="15" t="n">
+      <c r="FE39" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="FC39" s="15" t="n">
+      <c r="FF39" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="FD39" s="15" t="n">
+      <c r="FG39" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FE39" s="15" t="n">
+      <c r="FH39" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FF39" s="15" t="n">
+      <c r="FI39" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="FG39" s="15" t="n">
+      <c r="FJ39" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FH39" s="15" t="n">
+      <c r="FK39" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FI39" s="15" t="n">
+      <c r="FL39" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="FJ39" s="15" t="n">
+      <c r="FM39" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="FK39" s="15" t="n">
+      <c r="FN39" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="FL39" s="15" t="n">
+      <c r="FO39" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="FM39" s="15" t="n">
+      <c r="FP39" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="FN39" s="15" t="n">
+      <c r="FQ39" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="FO39" s="15" t="n">
+      <c r="FR39" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="FS39" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="FT39" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="FU39" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="FV39" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FW39" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="FU39" s="15" t="n">
+      <c r="FX39" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...7 lines deleted...]
-        <v>-1.0</v>
       </c>
       <c r="FY39" s="15" t="n">
         <v>-0.6</v>
       </c>
       <c r="FZ39" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="GA39" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="GB39" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="GC39" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GA39" s="15" t="n">
+      <c r="GD39" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="GB39" s="15" t="n">
+      <c r="GE39" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GC39" s="15" t="n">
+      <c r="GF39" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="GD39" s="15" t="n">
+      <c r="GG39" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GE39" s="15" t="n">
+      <c r="GH39" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="GF39" s="15" t="n">
+      <c r="GI39" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="GG39" s="15" t="n">
+      <c r="GJ39" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="GH39" s="15" t="n">
+      <c r="GK39" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GI39" s="15" t="n">
+      <c r="GL39" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="GJ39" s="15" t="n">
+      <c r="GM39" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="GK39" s="15" t="n">
+      <c r="GN39" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="GL39" s="15" t="n">
+      <c r="GO39" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="GM39" s="15" t="n">
+      <c r="GP39" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="GN39" s="15" t="n">
+      <c r="GQ39" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="GO39" s="15" t="n">
+      <c r="GR39" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="GP39" s="15" t="n">
+      <c r="GS39" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="GQ39" s="15" t="n">
+      <c r="GT39" s="15" t="n">
         <v>-15.5</v>
       </c>
-      <c r="GR39" s="15" t="n">
+      <c r="GU39" s="15" t="n">
         <v>-13.9</v>
       </c>
-      <c r="GS39" s="15" t="n">
+      <c r="GV39" s="15" t="n">
         <v>-12.6</v>
       </c>
-      <c r="GT39" s="15" t="n">
+      <c r="GW39" s="15" t="n">
         <v>-12.1</v>
       </c>
-      <c r="GU39" s="15" t="n">
+      <c r="GX39" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="GV39" s="15" t="n">
+      <c r="GY39" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="GW39" s="15" t="n">
+      <c r="GZ39" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="GX39" s="15" t="n">
+      <c r="HA39" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="GY39" s="15" t="n">
+      <c r="HB39" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="GZ39" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HC39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HD39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HE39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HF39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HG39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -30944,120 +31247,133 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="6" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="B40" s="14" t="n">
-        <v>114.765</v>
+        <v>115.058</v>
       </c>
       <c r="C40" s="14" t="n">
-        <v>114.033</v>
+        <v>114.8</v>
       </c>
       <c r="D40" s="14" t="n">
-        <v>112.719</v>
+        <v>114.034</v>
       </c>
       <c r="E40" s="14" t="n">
+        <v>112.722</v>
+      </c>
+      <c r="F40" s="14" t="n">
         <v>112.234</v>
       </c>
-      <c r="F40" s="14" t="n">
+      <c r="G40" s="14" t="n">
         <v>111.895</v>
       </c>
-      <c r="G40" s="14" t="n">
+      <c r="H40" s="14" t="n">
         <v>111.158</v>
       </c>
-      <c r="H40" s="14" t="n">
+      <c r="I40" s="14" t="n">
         <v>109.81</v>
       </c>
-      <c r="I40" s="14" t="n">
+      <c r="J40" s="14" t="n">
         <v>109.229</v>
       </c>
-      <c r="J40" s="14" t="n">
+      <c r="K40" s="14" t="n">
         <v>108.494</v>
       </c>
-      <c r="K40" s="14" t="n">
+      <c r="L40" s="14" t="n">
         <v>107.889</v>
       </c>
-      <c r="L40" s="14" t="n">
+      <c r="M40" s="14" t="n">
         <v>105.486</v>
       </c>
-      <c r="M40" s="14" t="n">
+      <c r="N40" s="14" t="n">
         <v>104.482</v>
       </c>
-      <c r="N40" s="14" t="n">
+      <c r="O40" s="14" t="n">
         <v>104.203</v>
       </c>
-      <c r="O40" s="14" t="n">
+      <c r="P40" s="14" t="n">
         <v>104.03</v>
       </c>
-      <c r="P40" s="14" t="n">
+      <c r="Q40" s="14" t="n">
         <v>101.948</v>
       </c>
-      <c r="Q40" s="14" t="n">
+      <c r="R40" s="14" t="n">
         <v>100.458</v>
       </c>
-      <c r="R40" s="14" t="n">
+      <c r="S40" s="14" t="n">
         <v>98.886</v>
       </c>
-      <c r="S40" s="14" t="n">
+      <c r="T40" s="14" t="n">
         <v>98.708</v>
       </c>
-      <c r="T40" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -31289,111 +31605,109 @@
       <c r="BS40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX40" s="15" t="n">
+      <c r="BX40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY40" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="BZ40" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CA40" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="CB40" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CC40" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CD40" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CE40" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="CF40" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CG40" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CH40" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="BY40" s="15" t="n">
-[...5 lines deleted...]
-      <c r="CA40" s="15" t="n">
+      <c r="CI40" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="CJ40" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CK40" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CB40" s="15" t="n">
-[...23 lines deleted...]
-      <c r="CJ40" s="15" t="n">
+      <c r="CL40" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CK40" s="15" t="n">
+      <c r="CM40" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="CL40" s="15" t="n">
+      <c r="CN40" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CM40" s="15" t="n">
+      <c r="CO40" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="CN40" s="15" t="n">
+      <c r="CP40" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CO40" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -31625,107 +31939,105 @@
       <c r="EO40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET40" s="15" t="n">
+      <c r="ET40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV40" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="EW40" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="EU40" s="15" t="n">
+      <c r="EX40" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="EV40" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EW40" s="15" t="n">
+      <c r="EY40" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="EZ40" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="EX40" s="15" t="n">
+      <c r="FA40" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="EY40" s="15" t="n">
+      <c r="FB40" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="EZ40" s="15" t="n">
+      <c r="FC40" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="FA40" s="15" t="n">
+      <c r="FD40" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="FB40" s="15" t="n">
+      <c r="FE40" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="FC40" s="15" t="n">
+      <c r="FF40" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="FD40" s="15" t="n">
+      <c r="FG40" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="FE40" s="15" t="n">
+      <c r="FH40" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="FF40" s="15" t="n">
+      <c r="FI40" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="FG40" s="15" t="n">
+      <c r="FJ40" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="FH40" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -31963,120 +32275,133 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="6" t="inlineStr">
         <is>
           <t>68 Real estate activities</t>
         </is>
       </c>
       <c r="B41" s="14" t="n">
-        <v>114.765</v>
+        <v>115.058</v>
       </c>
       <c r="C41" s="14" t="n">
-        <v>114.033</v>
+        <v>114.8</v>
       </c>
       <c r="D41" s="14" t="n">
-        <v>112.719</v>
+        <v>114.034</v>
       </c>
       <c r="E41" s="14" t="n">
+        <v>112.722</v>
+      </c>
+      <c r="F41" s="14" t="n">
         <v>112.234</v>
       </c>
-      <c r="F41" s="14" t="n">
+      <c r="G41" s="14" t="n">
         <v>111.895</v>
       </c>
-      <c r="G41" s="14" t="n">
+      <c r="H41" s="14" t="n">
         <v>111.158</v>
       </c>
-      <c r="H41" s="14" t="n">
+      <c r="I41" s="14" t="n">
         <v>109.81</v>
       </c>
-      <c r="I41" s="14" t="n">
+      <c r="J41" s="14" t="n">
         <v>109.229</v>
       </c>
-      <c r="J41" s="14" t="n">
+      <c r="K41" s="14" t="n">
         <v>108.494</v>
       </c>
-      <c r="K41" s="14" t="n">
+      <c r="L41" s="14" t="n">
         <v>107.889</v>
       </c>
-      <c r="L41" s="14" t="n">
+      <c r="M41" s="14" t="n">
         <v>105.486</v>
       </c>
-      <c r="M41" s="14" t="n">
+      <c r="N41" s="14" t="n">
         <v>104.482</v>
       </c>
-      <c r="N41" s="14" t="n">
+      <c r="O41" s="14" t="n">
         <v>104.203</v>
       </c>
-      <c r="O41" s="14" t="n">
+      <c r="P41" s="14" t="n">
         <v>104.03</v>
       </c>
-      <c r="P41" s="14" t="n">
+      <c r="Q41" s="14" t="n">
         <v>101.948</v>
       </c>
-      <c r="Q41" s="14" t="n">
+      <c r="R41" s="14" t="n">
         <v>100.458</v>
       </c>
-      <c r="R41" s="14" t="n">
+      <c r="S41" s="14" t="n">
         <v>98.886</v>
       </c>
-      <c r="S41" s="14" t="n">
+      <c r="T41" s="14" t="n">
         <v>98.708</v>
       </c>
-      <c r="T41" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -32308,111 +32633,109 @@
       <c r="BS41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX41" s="15" t="n">
+      <c r="BX41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY41" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="BZ41" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CA41" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="CB41" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CC41" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CD41" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CE41" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="CF41" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CG41" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CH41" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="BY41" s="15" t="n">
-[...5 lines deleted...]
-      <c r="CA41" s="15" t="n">
+      <c r="CI41" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="CJ41" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CK41" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CB41" s="15" t="n">
-[...23 lines deleted...]
-      <c r="CJ41" s="15" t="n">
+      <c r="CL41" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CK41" s="15" t="n">
+      <c r="CM41" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="CL41" s="15" t="n">
+      <c r="CN41" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CM41" s="15" t="n">
+      <c r="CO41" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="CN41" s="15" t="n">
+      <c r="CP41" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CO41" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -32644,107 +32967,105 @@
       <c r="EO41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET41" s="15" t="n">
+      <c r="ET41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV41" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="EW41" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="EU41" s="15" t="n">
+      <c r="EX41" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="EV41" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EW41" s="15" t="n">
+      <c r="EY41" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="EZ41" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="EX41" s="15" t="n">
+      <c r="FA41" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="EY41" s="15" t="n">
+      <c r="FB41" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="EZ41" s="15" t="n">
+      <c r="FC41" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="FA41" s="15" t="n">
+      <c r="FD41" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="FB41" s="15" t="n">
+      <c r="FE41" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="FC41" s="15" t="n">
+      <c r="FF41" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="FD41" s="15" t="n">
+      <c r="FG41" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="FE41" s="15" t="n">
+      <c r="FH41" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="FF41" s="15" t="n">
+      <c r="FI41" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="FG41" s="15" t="n">
+      <c r="FJ41" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="FH41" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -32982,120 +33303,133 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="6" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B42" s="14" t="n">
-        <v>110.295</v>
+        <v>106.091</v>
       </c>
       <c r="C42" s="14" t="n">
-        <v>107.095</v>
+        <v>110.019</v>
       </c>
       <c r="D42" s="14" t="n">
-        <v>106.428</v>
+        <v>106.91</v>
       </c>
       <c r="E42" s="14" t="n">
-        <v>103.788</v>
+        <v>106.401</v>
       </c>
       <c r="F42" s="14" t="n">
+        <v>103.714</v>
+      </c>
+      <c r="G42" s="14" t="n">
         <v>107.149</v>
       </c>
-      <c r="G42" s="14" t="n">
+      <c r="H42" s="14" t="n">
         <v>103.706</v>
       </c>
-      <c r="H42" s="14" t="n">
+      <c r="I42" s="14" t="n">
         <v>103.547</v>
       </c>
-      <c r="I42" s="14" t="n">
+      <c r="J42" s="14" t="n">
         <v>102.328</v>
       </c>
-      <c r="J42" s="14" t="n">
+      <c r="K42" s="14" t="n">
         <v>105.844</v>
       </c>
-      <c r="K42" s="14" t="n">
+      <c r="L42" s="14" t="n">
         <v>103.746</v>
       </c>
-      <c r="L42" s="14" t="n">
+      <c r="M42" s="14" t="n">
         <v>102.084</v>
       </c>
-      <c r="M42" s="14" t="n">
+      <c r="N42" s="14" t="n">
         <v>99.659</v>
       </c>
-      <c r="N42" s="14" t="n">
+      <c r="O42" s="14" t="n">
         <v>103.515</v>
       </c>
-      <c r="O42" s="14" t="n">
+      <c r="P42" s="14" t="n">
         <v>100.51</v>
       </c>
-      <c r="P42" s="14" t="n">
+      <c r="Q42" s="14" t="n">
         <v>100.143</v>
       </c>
-      <c r="Q42" s="14" t="n">
+      <c r="R42" s="14" t="n">
         <v>98.352</v>
       </c>
-      <c r="R42" s="14" t="n">
+      <c r="S42" s="14" t="n">
         <v>101.898</v>
       </c>
-      <c r="S42" s="14" t="n">
+      <c r="T42" s="14" t="n">
         <v>99.607</v>
       </c>
-      <c r="T42" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -33327,111 +33661,109 @@
       <c r="BS42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX42" s="15" t="n">
+      <c r="BX42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY42" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="BZ42" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="CA42" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CB42" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="CC42" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="CD42" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="CE42" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CF42" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="CG42" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="CH42" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="CI42" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="CJ42" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="CK42" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="CL42" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="BY42" s="15" t="n">
-[...35 lines deleted...]
-      <c r="CK42" s="15" t="n">
+      <c r="CM42" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CL42" s="15" t="n">
+      <c r="CN42" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="CM42" s="15" t="n">
+      <c r="CO42" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="CN42" s="15" t="n">
+      <c r="CP42" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="CO42" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -33663,107 +33995,105 @@
       <c r="EO42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET42" s="15" t="n">
-[...3 lines deleted...]
-        <v>3.3</v>
+      <c r="ET42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="EV42" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="EW42" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="EX42" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EY42" s="15" t="n">
         <v>2.8</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="EZ42" s="15" t="n">
         <v>1.4</v>
       </c>
       <c r="FA42" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="FB42" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FC42" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="FD42" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="FB42" s="15" t="n">
+      <c r="FE42" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="FC42" s="15" t="n">
+      <c r="FF42" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="FD42" s="15" t="n">
+      <c r="FG42" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FE42" s="15" t="n">
+      <c r="FH42" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FF42" s="15" t="n">
+      <c r="FI42" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="FG42" s="15" t="n">
+      <c r="FJ42" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="FH42" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -34001,120 +34331,133 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="6" t="inlineStr">
         <is>
           <t>69 Legal and accounting activities</t>
         </is>
       </c>
       <c r="B43" s="14" t="n">
-        <v>106.104</v>
+        <v>106.291</v>
       </c>
       <c r="C43" s="14" t="n">
-        <v>106.389</v>
+        <v>106.18</v>
       </c>
       <c r="D43" s="14" t="n">
-        <v>105.323</v>
+        <v>106.422</v>
       </c>
       <c r="E43" s="14" t="n">
-        <v>105.224</v>
+        <v>105.356</v>
       </c>
       <c r="F43" s="14" t="n">
+        <v>105.252</v>
+      </c>
+      <c r="G43" s="14" t="n">
         <v>104.864</v>
       </c>
-      <c r="G43" s="14" t="n">
+      <c r="H43" s="14" t="n">
         <v>104.674</v>
       </c>
-      <c r="H43" s="14" t="n">
+      <c r="I43" s="14" t="n">
         <v>103.913</v>
       </c>
-      <c r="I43" s="14" t="n">
+      <c r="J43" s="14" t="n">
         <v>103.741</v>
       </c>
-      <c r="J43" s="14" t="n">
+      <c r="K43" s="14" t="n">
         <v>103.693</v>
       </c>
-      <c r="K43" s="14" t="n">
+      <c r="L43" s="14" t="n">
         <v>103.409</v>
       </c>
-      <c r="L43" s="14" t="n">
+      <c r="M43" s="14" t="n">
         <v>101.781</v>
       </c>
-      <c r="M43" s="14" t="n">
+      <c r="N43" s="14" t="n">
         <v>101.824</v>
       </c>
-      <c r="N43" s="14" t="n">
+      <c r="O43" s="14" t="n">
         <v>101.698</v>
       </c>
-      <c r="O43" s="14" t="n">
+      <c r="P43" s="14" t="n">
         <v>101.718</v>
       </c>
-      <c r="P43" s="14" t="n">
+      <c r="Q43" s="14" t="n">
         <v>100.213</v>
       </c>
-      <c r="Q43" s="14" t="n">
+      <c r="R43" s="14" t="n">
         <v>100.2</v>
       </c>
-      <c r="R43" s="14" t="n">
+      <c r="S43" s="14" t="n">
         <v>99.995</v>
       </c>
-      <c r="S43" s="14" t="n">
+      <c r="T43" s="14" t="n">
         <v>99.592</v>
       </c>
-      <c r="T43" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -34346,111 +34689,109 @@
       <c r="BS43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX43" s="15" t="n">
-        <v>-0.3</v>
+      <c r="BX43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="BY43" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="BZ43" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="CA43" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="BZ43" s="15" t="n">
+      <c r="CB43" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CA43" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="CC43" s="15" t="n">
-        <v>0.7</v>
+        <v>0.4</v>
       </c>
       <c r="CD43" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="CE43" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CF43" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CG43" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CF43" s="15" t="n">
+      <c r="CH43" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CG43" s="15" t="n">
+      <c r="CI43" s="15" t="n">
         <v>1.6</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="CJ43" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="CK43" s="15" t="n">
-        <v>1.5</v>
+        <v>0.1</v>
       </c>
       <c r="CL43" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="CM43" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="CN43" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CO43" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CN43" s="15" t="n">
+      <c r="CP43" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CO43" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -34682,107 +35023,105 @@
       <c r="EO43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET43" s="15" t="n">
+      <c r="ET43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV43" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="EW43" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="EX43" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="EY43" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="EZ43" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="FA43" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="FB43" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="EU43" s="15" t="n">
-[...14 lines deleted...]
-      <c r="EZ43" s="15" t="n">
+      <c r="FC43" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="FA43" s="15" t="n">
+      <c r="FD43" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FB43" s="15" t="n">
+      <c r="FE43" s="15" t="n">
         <v>2.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.6</v>
       </c>
       <c r="FF43" s="15" t="n">
         <v>1.7</v>
       </c>
       <c r="FG43" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="FH43" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="FI43" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="FJ43" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="FH43" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -35020,120 +35359,133 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="6" t="inlineStr">
         <is>
           <t>70 Activities of head offices; management consultancy activities</t>
         </is>
       </c>
       <c r="B44" s="14" t="n">
-        <v>108.983</v>
+        <v>110.016</v>
       </c>
       <c r="C44" s="14" t="n">
-        <v>108.713</v>
+        <v>108.869</v>
       </c>
       <c r="D44" s="14" t="n">
-        <v>107.311</v>
+        <v>108.574</v>
       </c>
       <c r="E44" s="14" t="n">
+        <v>107.344</v>
+      </c>
+      <c r="F44" s="14" t="n">
         <v>107.245</v>
       </c>
-      <c r="F44" s="14" t="n">
+      <c r="G44" s="14" t="n">
         <v>105.818</v>
       </c>
-      <c r="G44" s="14" t="n">
+      <c r="H44" s="14" t="n">
         <v>105.717</v>
       </c>
-      <c r="H44" s="14" t="n">
+      <c r="I44" s="14" t="n">
         <v>104.52</v>
       </c>
-      <c r="I44" s="14" t="n">
+      <c r="J44" s="14" t="n">
         <v>104.398</v>
       </c>
-      <c r="J44" s="14" t="n">
+      <c r="K44" s="14" t="n">
         <v>104.049</v>
       </c>
-      <c r="K44" s="14" t="n">
+      <c r="L44" s="14" t="n">
         <v>104.192</v>
       </c>
-      <c r="L44" s="14" t="n">
+      <c r="M44" s="14" t="n">
         <v>102.591</v>
       </c>
-      <c r="M44" s="14" t="n">
+      <c r="N44" s="14" t="n">
         <v>102.351</v>
       </c>
-      <c r="N44" s="14" t="n">
+      <c r="O44" s="14" t="n">
         <v>101.977</v>
       </c>
-      <c r="O44" s="14" t="n">
+      <c r="P44" s="14" t="n">
         <v>100.984</v>
       </c>
-      <c r="P44" s="14" t="n">
+      <c r="Q44" s="14" t="n">
         <v>100.257</v>
       </c>
-      <c r="Q44" s="14" t="n">
+      <c r="R44" s="14" t="n">
         <v>99.907</v>
       </c>
-      <c r="R44" s="14" t="n">
+      <c r="S44" s="14" t="n">
         <v>99.957</v>
       </c>
-      <c r="S44" s="14" t="n">
+      <c r="T44" s="14" t="n">
         <v>99.879</v>
       </c>
-      <c r="T44" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -35365,111 +35717,109 @@
       <c r="BS44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX44" s="15" t="n">
-        <v>0.2</v>
+      <c r="BX44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="BY44" s="15" t="n">
-        <v>1.3</v>
+        <v>1.1</v>
       </c>
       <c r="BZ44" s="15" t="n">
-        <v>0.1</v>
+        <v>0.3</v>
       </c>
       <c r="CA44" s="15" t="n">
-        <v>1.3</v>
+        <v>1.1</v>
       </c>
       <c r="CB44" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="CC44" s="15" t="n">
-        <v>1.1</v>
+        <v>1.3</v>
       </c>
       <c r="CD44" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="CE44" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="CF44" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CG44" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CF44" s="15" t="n">
+      <c r="CH44" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CG44" s="15" t="n">
+      <c r="CI44" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="CH44" s="15" t="n">
+      <c r="CJ44" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CI44" s="15" t="n">
+      <c r="CK44" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CJ44" s="15" t="n">
+      <c r="CL44" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="CK44" s="15" t="n">
+      <c r="CM44" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CL44" s="15" t="n">
+      <c r="CN44" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CM44" s="15" t="n">
+      <c r="CO44" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CN44" s="15" t="n">
+      <c r="CP44" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CO44" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -35701,107 +36051,105 @@
       <c r="EO44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET44" s="15" t="n">
-[...3 lines deleted...]
-        <v>2.8</v>
+      <c r="ET44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="EV44" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EW44" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="EX44" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EW44" s="15" t="n">
+      <c r="EY44" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EX44" s="15" t="n">
+      <c r="EZ44" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="FA44" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="EY44" s="15" t="n">
+      <c r="FB44" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="EZ44" s="15" t="n">
+      <c r="FC44" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FA44" s="15" t="n">
+      <c r="FD44" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="FB44" s="15" t="n">
+      <c r="FE44" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="FC44" s="15" t="n">
+      <c r="FF44" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="FD44" s="15" t="n">
+      <c r="FG44" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="FE44" s="15" t="n">
+      <c r="FH44" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="FF44" s="15" t="n">
+      <c r="FI44" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="FG44" s="15" t="n">
+      <c r="FJ44" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="FH44" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -36039,2852 +36387,2901 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="6" t="inlineStr">
         <is>
           <t>71 Architectural and engineering activities; technical testing and analysis</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
-        <v>108.764</v>
+        <v>108.774</v>
       </c>
       <c r="C45" s="14" t="n">
-        <v>107.648</v>
+        <v>108.131</v>
       </c>
       <c r="D45" s="14" t="n">
-        <v>106.245</v>
+        <v>107.114</v>
       </c>
       <c r="E45" s="14" t="n">
-        <v>105.938</v>
+        <v>106.088</v>
       </c>
       <c r="F45" s="14" t="n">
+        <v>105.648</v>
+      </c>
+      <c r="G45" s="14" t="n">
         <v>105.464</v>
       </c>
-      <c r="G45" s="14" t="n">
+      <c r="H45" s="14" t="n">
         <v>104.692</v>
       </c>
-      <c r="H45" s="14" t="n">
+      <c r="I45" s="14" t="n">
         <v>102.777</v>
       </c>
-      <c r="I45" s="14" t="n">
+      <c r="J45" s="14" t="n">
         <v>102.695</v>
       </c>
-      <c r="J45" s="14" t="n">
+      <c r="K45" s="14" t="n">
         <v>102.699</v>
       </c>
-      <c r="K45" s="14" t="n">
+      <c r="L45" s="14" t="n">
         <v>102.275</v>
       </c>
-      <c r="L45" s="14" t="n">
+      <c r="M45" s="14" t="n">
         <v>101.468</v>
       </c>
-      <c r="M45" s="14" t="n">
+      <c r="N45" s="14" t="n">
         <v>101.426</v>
       </c>
-      <c r="N45" s="14" t="n">
+      <c r="O45" s="14" t="n">
         <v>102.078</v>
       </c>
-      <c r="O45" s="14" t="n">
+      <c r="P45" s="14" t="n">
         <v>101.305</v>
       </c>
-      <c r="P45" s="14" t="n">
+      <c r="Q45" s="14" t="n">
         <v>100.365</v>
       </c>
-      <c r="Q45" s="14" t="n">
+      <c r="R45" s="14" t="n">
         <v>99.943</v>
       </c>
-      <c r="R45" s="14" t="n">
+      <c r="S45" s="14" t="n">
         <v>99.786</v>
       </c>
-      <c r="S45" s="14" t="n">
+      <c r="T45" s="14" t="n">
         <v>99.907</v>
       </c>
-      <c r="T45" s="14" t="n">
+      <c r="U45" s="14" t="n">
         <v>99.622</v>
       </c>
-      <c r="U45" s="14" t="n">
+      <c r="V45" s="14" t="n">
         <v>99.39</v>
       </c>
-      <c r="V45" s="14" t="n">
+      <c r="W45" s="14" t="n">
         <v>99.313</v>
       </c>
-      <c r="W45" s="14" t="n">
+      <c r="X45" s="14" t="n">
         <v>99.026</v>
       </c>
-      <c r="X45" s="14" t="n">
+      <c r="Y45" s="14" t="n">
         <v>98.832</v>
       </c>
-      <c r="Y45" s="14" t="n">
+      <c r="Z45" s="14" t="n">
         <v>98.826</v>
       </c>
-      <c r="Z45" s="14" t="n">
+      <c r="AA45" s="14" t="n">
         <v>98.791</v>
       </c>
-      <c r="AA45" s="14" t="n">
+      <c r="AB45" s="14" t="n">
         <v>98.587</v>
       </c>
-      <c r="AB45" s="14" t="n">
+      <c r="AC45" s="14" t="n">
         <v>98.644</v>
       </c>
-      <c r="AC45" s="14" t="n">
+      <c r="AD45" s="14" t="n">
         <v>98.657</v>
       </c>
-      <c r="AD45" s="14" t="n">
+      <c r="AE45" s="14" t="n">
         <v>98.35</v>
       </c>
-      <c r="AE45" s="14" t="n">
+      <c r="AF45" s="14" t="n">
         <v>98.13</v>
       </c>
-      <c r="AF45" s="14" t="n">
+      <c r="AG45" s="14" t="n">
         <v>97.388</v>
       </c>
-      <c r="AG45" s="14" t="n">
+      <c r="AH45" s="14" t="n">
         <v>97.267</v>
       </c>
-      <c r="AH45" s="14" t="n">
+      <c r="AI45" s="14" t="n">
         <v>97.602</v>
       </c>
-      <c r="AI45" s="14" t="n">
+      <c r="AJ45" s="14" t="n">
         <v>97.619</v>
       </c>
-      <c r="AJ45" s="14" t="n">
+      <c r="AK45" s="14" t="n">
         <v>97.296</v>
       </c>
-      <c r="AK45" s="14" t="n">
+      <c r="AL45" s="14" t="n">
         <v>97.498</v>
       </c>
-      <c r="AL45" s="14" t="n">
+      <c r="AM45" s="14" t="n">
         <v>97.24</v>
       </c>
-      <c r="AM45" s="14" t="n">
+      <c r="AN45" s="14" t="n">
         <v>96.495</v>
       </c>
-      <c r="AN45" s="14" t="n">
+      <c r="AO45" s="14" t="n">
         <v>96.376</v>
       </c>
-      <c r="AO45" s="14" t="n">
+      <c r="AP45" s="14" t="n">
         <v>96.274</v>
       </c>
-      <c r="AP45" s="14" t="n">
+      <c r="AQ45" s="14" t="n">
         <v>96.128</v>
       </c>
-      <c r="AQ45" s="14" t="n">
+      <c r="AR45" s="14" t="n">
         <v>96.335</v>
       </c>
-      <c r="AR45" s="14" t="n">
+      <c r="AS45" s="14" t="n">
         <v>95.765</v>
       </c>
-      <c r="AS45" s="14" t="n">
+      <c r="AT45" s="14" t="n">
         <v>95.94</v>
       </c>
-      <c r="AT45" s="14" t="n">
+      <c r="AU45" s="14" t="n">
         <v>95.559</v>
       </c>
-      <c r="AU45" s="14" t="n">
+      <c r="AV45" s="14" t="n">
         <v>95.755</v>
       </c>
-      <c r="AV45" s="14" t="n">
+      <c r="AW45" s="14" t="n">
         <v>95.876</v>
       </c>
-      <c r="AW45" s="14" t="n">
+      <c r="AX45" s="14" t="n">
         <v>95.957</v>
       </c>
-      <c r="AX45" s="14" t="n">
+      <c r="AY45" s="14" t="n">
         <v>95.759</v>
       </c>
-      <c r="AY45" s="14" t="n">
+      <c r="AZ45" s="14" t="n">
         <v>95.781</v>
       </c>
-      <c r="AZ45" s="14" t="n">
+      <c r="BA45" s="14" t="n">
         <v>95.621</v>
       </c>
-      <c r="BA45" s="14" t="n">
+      <c r="BB45" s="14" t="n">
         <v>95.54</v>
       </c>
-      <c r="BB45" s="14" t="n">
+      <c r="BC45" s="14" t="n">
         <v>96.178</v>
       </c>
-      <c r="BC45" s="14" t="n">
+      <c r="BD45" s="14" t="n">
         <v>96.07</v>
       </c>
-      <c r="BD45" s="14" t="n">
+      <c r="BE45" s="14" t="n">
         <v>96.001</v>
       </c>
-      <c r="BE45" s="14" t="n">
+      <c r="BF45" s="14" t="n">
         <v>96.297</v>
       </c>
-      <c r="BF45" s="14" t="n">
+      <c r="BG45" s="14" t="n">
         <v>96.184</v>
       </c>
-      <c r="BG45" s="14" t="n">
+      <c r="BH45" s="14" t="n">
         <v>96.448</v>
       </c>
-      <c r="BH45" s="14" t="n">
+      <c r="BI45" s="14" t="n">
         <v>95.715</v>
       </c>
-      <c r="BI45" s="14" t="n">
+      <c r="BJ45" s="14" t="n">
         <v>95.798</v>
       </c>
-      <c r="BJ45" s="14" t="n">
+      <c r="BK45" s="14" t="n">
         <v>96.104</v>
       </c>
-      <c r="BK45" s="14" t="n">
+      <c r="BL45" s="14" t="n">
         <v>96.512</v>
       </c>
-      <c r="BL45" s="14" t="n">
+      <c r="BM45" s="14" t="n">
         <v>96.173</v>
       </c>
-      <c r="BM45" s="14" t="n">
+      <c r="BN45" s="14" t="n">
         <v>96.897</v>
       </c>
-      <c r="BN45" s="14" t="n">
+      <c r="BO45" s="14" t="n">
         <v>96.909</v>
       </c>
-      <c r="BO45" s="14" t="n">
+      <c r="BP45" s="14" t="n">
         <v>96.222</v>
       </c>
-      <c r="BP45" s="14" t="n">
+      <c r="BQ45" s="14" t="n">
         <v>94.135</v>
       </c>
-      <c r="BQ45" s="14" t="n">
+      <c r="BR45" s="14" t="n">
         <v>94.52</v>
       </c>
-      <c r="BR45" s="14" t="n">
+      <c r="BS45" s="14" t="n">
         <v>93.824</v>
       </c>
-      <c r="BS45" s="14" t="n">
+      <c r="BT45" s="14" t="n">
         <v>93.142</v>
       </c>
-      <c r="BT45" s="14" t="n">
+      <c r="BU45" s="14" t="n">
         <v>90.191</v>
       </c>
-      <c r="BU45" s="14" t="n">
+      <c r="BV45" s="14" t="n">
         <v>89.999</v>
       </c>
-      <c r="BV45" s="14" t="n">
+      <c r="BW45" s="14" t="n">
         <v>89.947</v>
       </c>
-      <c r="BW45" s="14" t="n">
+      <c r="BX45" s="14" t="n">
         <v>89.901</v>
       </c>
-      <c r="BX45" s="15" t="n">
+      <c r="BY45" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="BZ45" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="BY45" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BZ45" s="15" t="n">
+      <c r="CA45" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CB45" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CC45" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CD45" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CE45" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="CF45" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CG45" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH45" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CI45" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CJ45" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CK45" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="CL45" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CM45" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="CN45" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CO45" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CP45" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CQ45" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CA45" s="15" t="n">
-[...8 lines deleted...]
-      <c r="CD45" s="15" t="n">
+      <c r="CR45" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CS45" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CE45" s="15" t="n">
+      <c r="CT45" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CU45" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CV45" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CF45" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CG45" s="15" t="n">
+      <c r="CW45" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CX45" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CY45" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CZ45" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DA45" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="DB45" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="DC45" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CH45" s="15" t="n">
+      <c r="DD45" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DE45" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="DF45" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...70 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="DG45" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="DH45" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="DI45" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="DJ45" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="DI45" s="15" t="n">
+      <c r="DK45" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DJ45" s="15" t="n">
+      <c r="DL45" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DK45" s="15" t="n">
+      <c r="DM45" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="DN45" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="DO45" s="15" t="n">
-        <v>0.4</v>
+        <v>0.6</v>
       </c>
       <c r="DP45" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="DQ45" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="DR45" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="DS45" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DR45" s="15" t="n">
+      <c r="DT45" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="DU45" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="DV45" s="15" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="DW45" s="15" t="n">
-        <v>-0.7</v>
+        <v>0.2</v>
       </c>
       <c r="DX45" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="DY45" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="DZ45" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.3</v>
       </c>
       <c r="EA45" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="EB45" s="15" t="n">
         <v>-0.3</v>
       </c>
       <c r="EC45" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="ED45" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="EE45" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ED45" s="15" t="n">
+      <c r="EF45" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EE45" s="15" t="n">
+      <c r="EG45" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="EF45" s="15" t="n">
+      <c r="EH45" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="EG45" s="15" t="n">
+      <c r="EI45" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="EH45" s="15" t="n">
+      <c r="EJ45" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="EI45" s="15" t="n">
+      <c r="EK45" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EJ45" s="15" t="n">
+      <c r="EL45" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="EK45" s="15" t="n">
+      <c r="EM45" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="EL45" s="15" t="n">
+      <c r="EN45" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="EM45" s="15" t="n">
+      <c r="EO45" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="EN45" s="15" t="n">
+      <c r="EP45" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="EO45" s="15" t="n">
+      <c r="EQ45" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="EP45" s="15" t="n">
+      <c r="ER45" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EQ45" s="15" t="n">
+      <c r="ES45" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ER45" s="15" t="n">
+      <c r="ET45" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ES45" s="13" t="inlineStr">
-[...8 lines deleted...]
-        <v>2.8</v>
+      <c r="EU45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="EV45" s="15" t="n">
-        <v>3.4</v>
+        <v>3.0</v>
       </c>
       <c r="EW45" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="EX45" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="EY45" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="EX45" s="15" t="n">
+      <c r="EZ45" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="FA45" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EY45" s="15" t="n">
+      <c r="FB45" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="EZ45" s="15" t="n">
+      <c r="FC45" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FA45" s="15" t="n">
+      <c r="FD45" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FB45" s="15" t="n">
+      <c r="FE45" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FC45" s="15" t="n">
+      <c r="FF45" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FD45" s="15" t="n">
+      <c r="FG45" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="FE45" s="15" t="n">
+      <c r="FH45" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="FF45" s="15" t="n">
+      <c r="FI45" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="FG45" s="15" t="n">
+      <c r="FJ45" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FH45" s="15" t="n">
+      <c r="FK45" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="FI45" s="15" t="n">
+      <c r="FL45" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FJ45" s="15" t="n">
+      <c r="FM45" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="FK45" s="15" t="n">
+      <c r="FN45" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="FL45" s="15" t="n">
+      <c r="FO45" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="FM45" s="15" t="n">
+      <c r="FP45" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FN45" s="15" t="n">
+      <c r="FQ45" s="15" t="n">
         <v>0.5</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="FR45" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="FS45" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="FT45" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="FU45" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FV45" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="FT45" s="15" t="n">
+      <c r="FW45" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FU45" s="15" t="n">
+      <c r="FX45" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FV45" s="15" t="n">
+      <c r="FY45" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="FW45" s="15" t="n">
+      <c r="FZ45" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="FX45" s="15" t="n">
+      <c r="GA45" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="FY45" s="15" t="n">
+      <c r="GB45" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="FZ45" s="15" t="n">
+      <c r="GC45" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.3</v>
       </c>
       <c r="GD45" s="15" t="n">
         <v>1.2</v>
       </c>
       <c r="GE45" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="GF45" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="GG45" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="GH45" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="GI45" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="GJ45" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="GK45" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GL45" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GM45" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GK45" s="15" t="n">
+      <c r="GN45" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GL45" s="15" t="n">
+      <c r="GO45" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GM45" s="15" t="n">
+      <c r="GP45" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GN45" s="15" t="n">
+      <c r="GQ45" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="GO45" s="15" t="n">
+      <c r="GR45" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="GP45" s="15" t="n">
+      <c r="GS45" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GQ45" s="15" t="n">
+      <c r="GT45" s="15" t="n">
         <v>-0.3</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="GU45" s="15" t="n">
         <v>-0.4</v>
       </c>
       <c r="GV45" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="GW45" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GX45" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="GY45" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="GW45" s="15" t="n">
+      <c r="GZ45" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="GX45" s="15" t="n">
+      <c r="HA45" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GY45" s="15" t="n">
+      <c r="HB45" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GZ45" s="15" t="n">
+      <c r="HC45" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="HA45" s="15" t="n">
+      <c r="HD45" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="HB45" s="15" t="n">
+      <c r="HE45" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="HC45" s="15" t="n">
+      <c r="HF45" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="HD45" s="15" t="n">
+      <c r="HG45" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="HE45" s="15" t="n">
+      <c r="HH45" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="HF45" s="15" t="n">
+      <c r="HI45" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="HG45" s="15" t="n">
+      <c r="HJ45" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="HH45" s="15" t="n">
+      <c r="HK45" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="HI45" s="15" t="n">
+      <c r="HL45" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="HJ45" s="15" t="n">
+      <c r="HM45" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="HK45" s="15" t="n">
+      <c r="HN45" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="HL45" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HO45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR45" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="6" t="inlineStr">
         <is>
           <t>73 Advertising and market research</t>
         </is>
       </c>
       <c r="B46" s="14" t="n">
-        <v>120.62</v>
+        <v>96.839</v>
       </c>
       <c r="C46" s="14" t="n">
-        <v>105.426</v>
+        <v>120.135</v>
       </c>
       <c r="D46" s="14" t="n">
-        <v>107.484</v>
+        <v>105.357</v>
       </c>
       <c r="E46" s="14" t="n">
+        <v>107.495</v>
+      </c>
+      <c r="F46" s="14" t="n">
         <v>94.715</v>
       </c>
-      <c r="F46" s="14" t="n">
+      <c r="G46" s="14" t="n">
         <v>115.248</v>
       </c>
-      <c r="G46" s="14" t="n">
+      <c r="H46" s="14" t="n">
         <v>98.858</v>
       </c>
-      <c r="H46" s="14" t="n">
+      <c r="I46" s="14" t="n">
         <v>102.524</v>
       </c>
-      <c r="I46" s="14" t="n">
+      <c r="J46" s="14" t="n">
         <v>97.211</v>
       </c>
-      <c r="J46" s="14" t="n">
+      <c r="K46" s="14" t="n">
         <v>115.844</v>
       </c>
-      <c r="K46" s="14" t="n">
+      <c r="L46" s="14" t="n">
         <v>106.331</v>
       </c>
-      <c r="L46" s="14" t="n">
+      <c r="M46" s="14" t="n">
         <v>102.82</v>
       </c>
-      <c r="M46" s="14" t="n">
+      <c r="N46" s="14" t="n">
         <v>91.192</v>
       </c>
-      <c r="N46" s="14" t="n">
+      <c r="O46" s="14" t="n">
         <v>110.363</v>
       </c>
-      <c r="O46" s="14" t="n">
+      <c r="P46" s="14" t="n">
         <v>97.051</v>
       </c>
-      <c r="P46" s="14" t="n">
+      <c r="Q46" s="14" t="n">
         <v>99.018</v>
       </c>
-      <c r="Q46" s="14" t="n">
+      <c r="R46" s="14" t="n">
         <v>91.357</v>
       </c>
-      <c r="R46" s="14" t="n">
+      <c r="S46" s="14" t="n">
         <v>110.435</v>
       </c>
-      <c r="S46" s="14" t="n">
+      <c r="T46" s="14" t="n">
         <v>99.19</v>
       </c>
-      <c r="T46" s="14" t="n">
+      <c r="U46" s="14" t="n">
         <v>107.754</v>
       </c>
-      <c r="U46" s="14" t="n">
+      <c r="V46" s="14" t="n">
         <v>96.153</v>
       </c>
-      <c r="V46" s="14" t="n">
+      <c r="W46" s="14" t="n">
         <v>125.181</v>
       </c>
-      <c r="W46" s="14" t="n">
+      <c r="X46" s="14" t="n">
         <v>101.634</v>
       </c>
-      <c r="X46" s="14" t="n">
+      <c r="Y46" s="14" t="n">
         <v>115.736</v>
       </c>
-      <c r="Y46" s="14" t="n">
+      <c r="Z46" s="14" t="n">
         <v>95.408</v>
       </c>
-      <c r="Z46" s="14" t="n">
+      <c r="AA46" s="14" t="n">
         <v>116.516</v>
       </c>
-      <c r="AA46" s="14" t="n">
+      <c r="AB46" s="14" t="n">
         <v>106.702</v>
       </c>
-      <c r="AB46" s="14" t="n">
+      <c r="AC46" s="14" t="n">
         <v>119.317</v>
       </c>
-      <c r="AC46" s="14" t="n">
+      <c r="AD46" s="14" t="n">
         <v>96.715</v>
       </c>
-      <c r="AD46" s="14" t="n">
+      <c r="AE46" s="14" t="n">
         <v>118.289</v>
       </c>
-      <c r="AE46" s="14" t="n">
+      <c r="AF46" s="14" t="n">
         <v>107.028</v>
       </c>
-      <c r="AF46" s="14" t="n">
+      <c r="AG46" s="14" t="n">
         <v>112.972</v>
       </c>
-      <c r="AG46" s="14" t="n">
+      <c r="AH46" s="14" t="n">
         <v>90.963</v>
       </c>
-      <c r="AH46" s="14" t="n">
+      <c r="AI46" s="14" t="n">
         <v>109.964</v>
       </c>
-      <c r="AI46" s="14" t="n">
+      <c r="AJ46" s="14" t="n">
         <v>101.198</v>
       </c>
-      <c r="AJ46" s="14" t="n">
+      <c r="AK46" s="14" t="n">
         <v>113.075</v>
       </c>
-      <c r="AK46" s="14" t="n">
+      <c r="AL46" s="14" t="n">
         <v>95.195</v>
       </c>
-      <c r="AL46" s="14" t="n">
+      <c r="AM46" s="14" t="n">
         <v>107.866</v>
       </c>
-      <c r="AM46" s="14" t="n">
+      <c r="AN46" s="14" t="n">
         <v>101.554</v>
       </c>
-      <c r="AN46" s="14" t="n">
+      <c r="AO46" s="14" t="n">
         <v>127.379</v>
       </c>
-      <c r="AO46" s="14" t="n">
+      <c r="AP46" s="14" t="n">
         <v>107.108</v>
       </c>
-      <c r="AP46" s="14" t="n">
+      <c r="AQ46" s="14" t="n">
         <v>126.901</v>
       </c>
-      <c r="AQ46" s="14" t="n">
+      <c r="AR46" s="14" t="n">
         <v>116.756</v>
       </c>
-      <c r="AR46" s="14" t="n">
+      <c r="AS46" s="14" t="n">
         <v>115.476</v>
       </c>
-      <c r="AS46" s="14" t="n">
+      <c r="AT46" s="14" t="n">
         <v>97.46</v>
       </c>
-      <c r="AT46" s="14" t="n">
+      <c r="AU46" s="14" t="n">
         <v>115.102</v>
       </c>
-      <c r="AU46" s="14" t="n">
+      <c r="AV46" s="14" t="n">
         <v>109.842</v>
       </c>
-      <c r="AV46" s="14" t="n">
+      <c r="AW46" s="14" t="n">
         <v>118.523</v>
       </c>
-      <c r="AW46" s="14" t="n">
+      <c r="AX46" s="14" t="n">
         <v>99.265</v>
       </c>
-      <c r="AX46" s="14" t="n">
+      <c r="AY46" s="14" t="n">
         <v>123.695</v>
       </c>
-      <c r="AY46" s="14" t="n">
+      <c r="AZ46" s="14" t="n">
         <v>109.328</v>
       </c>
-      <c r="AZ46" s="14" t="n">
+      <c r="BA46" s="14" t="n">
         <v>121.869</v>
       </c>
-      <c r="BA46" s="14" t="n">
+      <c r="BB46" s="14" t="n">
         <v>96.534</v>
       </c>
-      <c r="BB46" s="14" t="n">
+      <c r="BC46" s="14" t="n">
         <v>118.585</v>
       </c>
-      <c r="BC46" s="14" t="n">
+      <c r="BD46" s="14" t="n">
         <v>109.334</v>
       </c>
-      <c r="BD46" s="14" t="n">
+      <c r="BE46" s="14" t="n">
         <v>113.932</v>
       </c>
-      <c r="BE46" s="14" t="n">
+      <c r="BF46" s="14" t="n">
         <v>104.88</v>
       </c>
-      <c r="BF46" s="14" t="n">
+      <c r="BG46" s="14" t="n">
         <v>133.728</v>
       </c>
-      <c r="BG46" s="14" t="n">
+      <c r="BH46" s="14" t="n">
         <v>121.427</v>
       </c>
-      <c r="BH46" s="14" t="n">
+      <c r="BI46" s="14" t="n">
         <v>121.345</v>
       </c>
-      <c r="BI46" s="14" t="n">
+      <c r="BJ46" s="14" t="n">
         <v>125.677</v>
       </c>
-      <c r="BJ46" s="14" t="n">
+      <c r="BK46" s="14" t="n">
         <v>121.05</v>
       </c>
-      <c r="BK46" s="14" t="n">
+      <c r="BL46" s="14" t="n">
         <v>99.113</v>
       </c>
-      <c r="BL46" s="14" t="n">
+      <c r="BM46" s="14" t="n">
         <v>89.763</v>
       </c>
-      <c r="BM46" s="14" t="n">
+      <c r="BN46" s="14" t="n">
         <v>85.801</v>
       </c>
-      <c r="BN46" s="14" t="n">
+      <c r="BO46" s="14" t="n">
         <v>88.205</v>
       </c>
-      <c r="BO46" s="14" t="n">
+      <c r="BP46" s="14" t="n">
         <v>82.421</v>
       </c>
-      <c r="BP46" s="14" t="n">
+      <c r="BQ46" s="14" t="n">
         <v>106.929</v>
       </c>
-      <c r="BQ46" s="14" t="n">
+      <c r="BR46" s="14" t="n">
         <v>104.466</v>
       </c>
-      <c r="BR46" s="14" t="n">
+      <c r="BS46" s="14" t="n">
         <v>108.626</v>
       </c>
-      <c r="BS46" s="14" t="n">
+      <c r="BT46" s="14" t="n">
         <v>97.276</v>
       </c>
-      <c r="BT46" s="14" t="n">
+      <c r="BU46" s="14" t="n">
         <v>103.8</v>
       </c>
-      <c r="BU46" s="14" t="n">
+      <c r="BV46" s="14" t="n">
         <v>105.677</v>
       </c>
-      <c r="BV46" s="14" t="n">
+      <c r="BW46" s="14" t="n">
         <v>108.66</v>
       </c>
-      <c r="BW46" s="14" t="n">
+      <c r="BX46" s="14" t="n">
         <v>98.939</v>
       </c>
-      <c r="BX46" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="BY46" s="15" t="n">
-        <v>-1.9</v>
+        <v>-19.4</v>
       </c>
       <c r="BZ46" s="15" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="CA46" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="CB46" s="15" t="n">
         <v>13.5</v>
       </c>
-      <c r="CA46" s="15" t="n">
+      <c r="CC46" s="15" t="n">
         <v>-17.8</v>
       </c>
-      <c r="CB46" s="15" t="n">
+      <c r="CD46" s="15" t="n">
         <v>16.6</v>
       </c>
-      <c r="CC46" s="15" t="n">
+      <c r="CE46" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="CD46" s="15" t="n">
+      <c r="CF46" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="CE46" s="15" t="n">
+      <c r="CG46" s="15" t="n">
         <v>-16.1</v>
       </c>
-      <c r="CF46" s="15" t="n">
+      <c r="CH46" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="CG46" s="15" t="n">
+      <c r="CI46" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="CH46" s="15" t="n">
+      <c r="CJ46" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="CI46" s="15" t="n">
+      <c r="CK46" s="15" t="n">
         <v>-17.4</v>
       </c>
-      <c r="CJ46" s="15" t="n">
+      <c r="CL46" s="15" t="n">
         <v>13.7</v>
       </c>
-      <c r="CK46" s="15" t="n">
+      <c r="CM46" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="CL46" s="15" t="n">
+      <c r="CN46" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="CM46" s="15" t="n">
+      <c r="CO46" s="15" t="n">
         <v>-17.3</v>
       </c>
-      <c r="CN46" s="15" t="n">
+      <c r="CP46" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="CO46" s="15" t="n">
+      <c r="CQ46" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="CP46" s="15" t="n">
+      <c r="CR46" s="15" t="n">
         <v>12.1</v>
       </c>
-      <c r="CQ46" s="15" t="n">
+      <c r="CS46" s="15" t="n">
         <v>-23.2</v>
       </c>
-      <c r="CR46" s="15" t="n">
+      <c r="CT46" s="15" t="n">
         <v>23.2</v>
       </c>
-      <c r="CS46" s="15" t="n">
+      <c r="CU46" s="15" t="n">
         <v>-12.2</v>
       </c>
-      <c r="CT46" s="15" t="n">
+      <c r="CV46" s="15" t="n">
         <v>21.3</v>
       </c>
-      <c r="CU46" s="15" t="n">
+      <c r="CW46" s="15" t="n">
         <v>-18.1</v>
       </c>
-      <c r="CV46" s="15" t="n">
+      <c r="CX46" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="CW46" s="15" t="n">
+      <c r="CY46" s="15" t="n">
         <v>-10.6</v>
       </c>
-      <c r="CX46" s="15" t="n">
+      <c r="CZ46" s="15" t="n">
         <v>23.4</v>
       </c>
-      <c r="CY46" s="15" t="n">
+      <c r="DA46" s="15" t="n">
         <v>-18.2</v>
       </c>
-      <c r="CZ46" s="15" t="n">
+      <c r="DB46" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="DA46" s="15" t="n">
+      <c r="DC46" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="DB46" s="15" t="n">
+      <c r="DD46" s="15" t="n">
         <v>24.2</v>
       </c>
-      <c r="DC46" s="15" t="n">
+      <c r="DE46" s="15" t="n">
         <v>-17.3</v>
       </c>
-      <c r="DD46" s="15" t="n">
+      <c r="DF46" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="DE46" s="15" t="n">
+      <c r="DG46" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="DF46" s="15" t="n">
+      <c r="DH46" s="15" t="n">
         <v>18.8</v>
       </c>
-      <c r="DG46" s="15" t="n">
+      <c r="DI46" s="15" t="n">
         <v>-11.7</v>
       </c>
-      <c r="DH46" s="15" t="n">
+      <c r="DJ46" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="DI46" s="15" t="n">
+      <c r="DK46" s="15" t="n">
         <v>-20.3</v>
       </c>
-      <c r="DJ46" s="15" t="n">
+      <c r="DL46" s="15" t="n">
         <v>18.9</v>
       </c>
-      <c r="DK46" s="15" t="n">
+      <c r="DM46" s="15" t="n">
         <v>-15.6</v>
       </c>
-      <c r="DL46" s="15" t="n">
+      <c r="DN46" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="DM46" s="15" t="n">
+      <c r="DO46" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="DN46" s="15" t="n">
+      <c r="DP46" s="15" t="n">
         <v>18.5</v>
       </c>
-      <c r="DO46" s="15" t="n">
+      <c r="DQ46" s="15" t="n">
         <v>-15.3</v>
       </c>
-      <c r="DP46" s="15" t="n">
+      <c r="DR46" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="DQ46" s="15" t="n">
+      <c r="DS46" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="DR46" s="15" t="n">
+      <c r="DT46" s="15" t="n">
         <v>19.4</v>
       </c>
-      <c r="DS46" s="15" t="n">
+      <c r="DU46" s="15" t="n">
         <v>-19.8</v>
       </c>
-      <c r="DT46" s="15" t="n">
+      <c r="DV46" s="15" t="n">
         <v>13.1</v>
       </c>
-      <c r="DU46" s="15" t="n">
+      <c r="DW46" s="15" t="n">
         <v>-10.3</v>
       </c>
-      <c r="DV46" s="15" t="n">
+      <c r="DX46" s="15" t="n">
         <v>26.2</v>
       </c>
-      <c r="DW46" s="15" t="n">
+      <c r="DY46" s="15" t="n">
         <v>-18.6</v>
       </c>
-      <c r="DX46" s="15" t="n">
+      <c r="DZ46" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="DY46" s="15" t="n">
+      <c r="EA46" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="DZ46" s="15" t="n">
+      <c r="EB46" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="EA46" s="15" t="n">
+      <c r="EC46" s="15" t="n">
         <v>-21.6</v>
       </c>
-      <c r="EB46" s="15" t="n">
+      <c r="ED46" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="EC46" s="15" t="n">
+      <c r="EE46" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ED46" s="15" t="n">
+      <c r="EF46" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="EE46" s="15" t="n">
+      <c r="EG46" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="EF46" s="15" t="n">
+      <c r="EH46" s="15" t="n">
         <v>22.1</v>
       </c>
-      <c r="EG46" s="15" t="n">
+      <c r="EI46" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="EH46" s="15" t="n">
+      <c r="EJ46" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="EI46" s="15" t="n">
+      <c r="EK46" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="EJ46" s="15" t="n">
+      <c r="EL46" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="EK46" s="15" t="n">
+      <c r="EM46" s="15" t="n">
         <v>-22.9</v>
       </c>
-      <c r="EL46" s="15" t="n">
+      <c r="EN46" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="EM46" s="15" t="n">
+      <c r="EO46" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="EN46" s="15" t="n">
+      <c r="EP46" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="EO46" s="15" t="n">
+      <c r="EQ46" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="EP46" s="15" t="n">
+      <c r="ER46" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="EQ46" s="15" t="n">
+      <c r="ES46" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="ER46" s="15" t="n">
+      <c r="ET46" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="ES46" s="13" t="inlineStr">
-[...7 lines deleted...]
-      <c r="EU46" s="15" t="n">
+      <c r="EU46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV46" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="EW46" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="EX46" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="EV46" s="15" t="n">
+      <c r="EY46" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="EW46" s="15" t="n">
+      <c r="EZ46" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="EX46" s="15" t="n">
+      <c r="FA46" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="EY46" s="15" t="n">
+      <c r="FB46" s="15" t="n">
         <v>-7.0</v>
       </c>
-      <c r="EZ46" s="15" t="n">
+      <c r="FC46" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="FA46" s="15" t="n">
+      <c r="FD46" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="FB46" s="15" t="n">
+      <c r="FE46" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="FC46" s="15" t="n">
+      <c r="FF46" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="FD46" s="15" t="n">
+      <c r="FG46" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="FE46" s="15" t="n">
+      <c r="FH46" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="FF46" s="15" t="n">
+      <c r="FI46" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="FG46" s="15" t="n">
+      <c r="FJ46" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="FH46" s="15" t="n">
+      <c r="FK46" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="FI46" s="15" t="n">
+      <c r="FL46" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="FJ46" s="15" t="n">
+      <c r="FM46" s="15" t="n">
         <v>-11.8</v>
       </c>
-      <c r="FK46" s="15" t="n">
+      <c r="FN46" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="FL46" s="15" t="n">
+      <c r="FO46" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="FM46" s="15" t="n">
+      <c r="FP46" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="FN46" s="15" t="n">
+      <c r="FQ46" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="FO46" s="15" t="n">
+      <c r="FR46" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="FP46" s="15" t="n">
+      <c r="FS46" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="FQ46" s="15" t="n">
+      <c r="FT46" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="FR46" s="15" t="n">
+      <c r="FU46" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="FS46" s="15" t="n">
+      <c r="FV46" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="FT46" s="15" t="n">
+      <c r="FW46" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="FU46" s="15" t="n">
+      <c r="FX46" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="FV46" s="15" t="n">
+      <c r="FY46" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="FW46" s="15" t="n">
+      <c r="FZ46" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="FX46" s="15" t="n">
+      <c r="GA46" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="FY46" s="15" t="n">
+      <c r="GB46" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="FZ46" s="15" t="n">
+      <c r="GC46" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="GA46" s="15" t="n">
+      <c r="GD46" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GB46" s="15" t="n">
+      <c r="GE46" s="15" t="n">
         <v>-11.2</v>
       </c>
-      <c r="GC46" s="15" t="n">
+      <c r="GF46" s="15" t="n">
         <v>-11.1</v>
       </c>
-      <c r="GD46" s="15" t="n">
+      <c r="GG46" s="15" t="n">
         <v>-15.0</v>
       </c>
-      <c r="GE46" s="15" t="n">
+      <c r="GH46" s="15" t="n">
         <v>-13.0</v>
       </c>
-      <c r="GF46" s="15" t="n">
+      <c r="GI46" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="GG46" s="15" t="n">
+      <c r="GJ46" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="GH46" s="15" t="n">
+      <c r="GK46" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="GI46" s="15" t="n">
+      <c r="GL46" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="GJ46" s="15" t="n">
+      <c r="GM46" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="GK46" s="15" t="n">
+      <c r="GN46" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="GL46" s="15" t="n">
+      <c r="GO46" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="GM46" s="15" t="n">
+      <c r="GP46" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="GN46" s="15" t="n">
+      <c r="GQ46" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="GO46" s="15" t="n">
+      <c r="GR46" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="GP46" s="15" t="n">
+      <c r="GS46" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="GQ46" s="15" t="n">
+      <c r="GT46" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GR46" s="15" t="n">
+      <c r="GU46" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="GS46" s="15" t="n">
+      <c r="GV46" s="15" t="n">
         <v>-8.0</v>
       </c>
-      <c r="GT46" s="15" t="n">
+      <c r="GW46" s="15" t="n">
         <v>-11.3</v>
       </c>
-      <c r="GU46" s="15" t="n">
+      <c r="GX46" s="15" t="n">
         <v>-10.0</v>
       </c>
-      <c r="GV46" s="15" t="n">
+      <c r="GY46" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="GW46" s="15" t="n">
+      <c r="GZ46" s="15" t="n">
         <v>-16.5</v>
       </c>
-      <c r="GX46" s="15" t="n">
+      <c r="HA46" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="GY46" s="15" t="n">
+      <c r="HB46" s="15" t="n">
         <v>22.5</v>
       </c>
-      <c r="GZ46" s="15" t="n">
+      <c r="HC46" s="15" t="n">
         <v>35.2</v>
       </c>
-      <c r="HA46" s="15" t="n">
+      <c r="HD46" s="15" t="n">
         <v>46.5</v>
       </c>
-      <c r="HB46" s="15" t="n">
+      <c r="HE46" s="15" t="n">
         <v>37.2</v>
       </c>
-      <c r="HC46" s="15" t="n">
+      <c r="HF46" s="15" t="n">
         <v>20.3</v>
       </c>
-      <c r="HD46" s="15" t="n">
+      <c r="HG46" s="15" t="n">
         <v>-16.1</v>
       </c>
-      <c r="HE46" s="15" t="n">
+      <c r="HH46" s="15" t="n">
         <v>-17.9</v>
       </c>
-      <c r="HF46" s="15" t="n">
+      <c r="HI46" s="15" t="n">
         <v>-18.8</v>
       </c>
-      <c r="HG46" s="15" t="n">
+      <c r="HJ46" s="15" t="n">
         <v>-15.3</v>
       </c>
-      <c r="HH46" s="15" t="n">
+      <c r="HK46" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="HI46" s="15" t="n">
+      <c r="HL46" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="HJ46" s="15" t="n">
+      <c r="HM46" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="HK46" s="15" t="n">
+      <c r="HN46" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="HL46" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HO46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR46" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="6" t="inlineStr">
         <is>
           <t>73.1 Advertising</t>
         </is>
       </c>
       <c r="B47" s="14" t="n">
-        <v>121.236</v>
+        <v>95.931</v>
       </c>
       <c r="C47" s="14" t="n">
+        <v>120.755</v>
+      </c>
+      <c r="D47" s="14" t="n">
         <v>105.043</v>
       </c>
-      <c r="D47" s="14" t="n">
+      <c r="E47" s="14" t="n">
         <v>107.51</v>
       </c>
-      <c r="E47" s="14" t="n">
+      <c r="F47" s="14" t="n">
         <v>93.905</v>
       </c>
-      <c r="F47" s="14" t="n">
+      <c r="G47" s="14" t="n">
         <v>115.798</v>
       </c>
-      <c r="G47" s="14" t="n">
+      <c r="H47" s="14" t="n">
         <v>98.333</v>
       </c>
-      <c r="H47" s="14" t="n">
+      <c r="I47" s="14" t="n">
         <v>102.329</v>
       </c>
-      <c r="I47" s="14" t="n">
+      <c r="J47" s="14" t="n">
         <v>96.534</v>
       </c>
-      <c r="J47" s="14" t="n">
+      <c r="K47" s="14" t="n">
         <v>116.75</v>
       </c>
-      <c r="K47" s="14" t="n">
+      <c r="L47" s="14" t="n">
         <v>106.446</v>
       </c>
-      <c r="L47" s="14" t="n">
+      <c r="M47" s="14" t="n">
         <v>102.863</v>
       </c>
-      <c r="M47" s="14" t="n">
+      <c r="N47" s="14" t="n">
         <v>90.262</v>
       </c>
-      <c r="N47" s="14" t="n">
+      <c r="O47" s="14" t="n">
         <v>111.056</v>
       </c>
-      <c r="O47" s="14" t="n">
+      <c r="P47" s="14" t="n">
         <v>96.599</v>
       </c>
-      <c r="P47" s="14" t="n">
+      <c r="Q47" s="14" t="n">
         <v>98.937</v>
       </c>
-      <c r="Q47" s="14" t="n">
+      <c r="R47" s="14" t="n">
         <v>90.619</v>
       </c>
-      <c r="R47" s="14" t="n">
+      <c r="S47" s="14" t="n">
         <v>111.322</v>
       </c>
-      <c r="S47" s="14" t="n">
+      <c r="T47" s="14" t="n">
         <v>99.122</v>
       </c>
-      <c r="T47" s="14" t="n">
+      <c r="U47" s="14" t="n">
         <v>108.735</v>
       </c>
-      <c r="U47" s="14" t="n">
+      <c r="V47" s="14" t="n">
         <v>96.076</v>
       </c>
-      <c r="V47" s="14" t="n">
+      <c r="W47" s="14" t="n">
         <v>127.75</v>
       </c>
-      <c r="W47" s="14" t="n">
+      <c r="X47" s="14" t="n">
         <v>102.065</v>
       </c>
-      <c r="X47" s="14" t="n">
+      <c r="Y47" s="14" t="n">
         <v>117.567</v>
       </c>
-      <c r="Y47" s="14" t="n">
+      <c r="Z47" s="14" t="n">
         <v>95.368</v>
       </c>
-      <c r="Z47" s="14" t="n">
+      <c r="AA47" s="14" t="n">
         <v>118.404</v>
       </c>
-      <c r="AA47" s="14" t="n">
+      <c r="AB47" s="14" t="n">
         <v>107.735</v>
       </c>
-      <c r="AB47" s="14" t="n">
+      <c r="AC47" s="14" t="n">
         <v>121.515</v>
       </c>
-      <c r="AC47" s="14" t="n">
+      <c r="AD47" s="14" t="n">
         <v>96.828</v>
       </c>
-      <c r="AD47" s="14" t="n">
+      <c r="AE47" s="14" t="n">
         <v>120.408</v>
       </c>
-      <c r="AE47" s="14" t="n">
+      <c r="AF47" s="14" t="n">
         <v>108.081</v>
       </c>
-      <c r="AF47" s="14" t="n">
+      <c r="AG47" s="14" t="n">
         <v>114.64</v>
       </c>
-      <c r="AG47" s="14" t="n">
+      <c r="AH47" s="14" t="n">
         <v>90.678</v>
       </c>
-      <c r="AH47" s="14" t="n">
+      <c r="AI47" s="14" t="n">
         <v>111.376</v>
       </c>
-      <c r="AI47" s="14" t="n">
+      <c r="AJ47" s="14" t="n">
         <v>101.834</v>
       </c>
-      <c r="AJ47" s="14" t="n">
+      <c r="AK47" s="14" t="n">
         <v>114.736</v>
       </c>
-      <c r="AK47" s="14" t="n">
+      <c r="AL47" s="14" t="n">
         <v>95.079</v>
       </c>
-      <c r="AL47" s="14" t="n">
+      <c r="AM47" s="14" t="n">
         <v>108.989</v>
       </c>
-      <c r="AM47" s="14" t="n">
+      <c r="AN47" s="14" t="n">
         <v>102.064</v>
       </c>
-      <c r="AN47" s="14" t="n">
+      <c r="AO47" s="14" t="n">
         <v>130.536</v>
       </c>
-      <c r="AO47" s="14" t="n">
+      <c r="AP47" s="14" t="n">
         <v>108.28</v>
       </c>
-      <c r="AP47" s="14" t="n">
+      <c r="AQ47" s="14" t="n">
         <v>129.996</v>
       </c>
-      <c r="AQ47" s="14" t="n">
+      <c r="AR47" s="14" t="n">
         <v>118.863</v>
       </c>
-      <c r="AR47" s="14" t="n">
+      <c r="AS47" s="14" t="n">
         <v>117.534</v>
       </c>
-      <c r="AS47" s="14" t="n">
+      <c r="AT47" s="14" t="n">
         <v>97.78</v>
       </c>
-      <c r="AT47" s="14" t="n">
+      <c r="AU47" s="14" t="n">
         <v>117.135</v>
       </c>
-      <c r="AU47" s="14" t="n">
+      <c r="AV47" s="14" t="n">
         <v>111.367</v>
       </c>
-      <c r="AV47" s="14" t="n">
+      <c r="AW47" s="14" t="n">
         <v>120.848</v>
       </c>
-      <c r="AW47" s="14" t="n">
+      <c r="AX47" s="14" t="n">
         <v>99.66</v>
       </c>
-      <c r="AX47" s="14" t="n">
+      <c r="AY47" s="14" t="n">
         <v>126.541</v>
       </c>
-      <c r="AY47" s="14" t="n">
+      <c r="AZ47" s="14" t="n">
         <v>110.657</v>
       </c>
-      <c r="AZ47" s="14" t="n">
+      <c r="BA47" s="14" t="n">
         <v>124.535</v>
       </c>
-      <c r="BA47" s="14" t="n">
+      <c r="BB47" s="14" t="n">
         <v>96.78</v>
       </c>
-      <c r="BB47" s="14" t="n">
+      <c r="BC47" s="14" t="n">
         <v>120.895</v>
       </c>
-      <c r="BC47" s="14" t="n">
+      <c r="BD47" s="14" t="n">
         <v>110.775</v>
       </c>
-      <c r="BD47" s="14" t="n">
+      <c r="BE47" s="14" t="n">
         <v>115.763</v>
       </c>
-      <c r="BE47" s="14" t="n">
+      <c r="BF47" s="14" t="n">
         <v>105.794</v>
       </c>
-      <c r="BF47" s="14" t="n">
+      <c r="BG47" s="14" t="n">
         <v>137.56</v>
       </c>
-      <c r="BG47" s="14" t="n">
+      <c r="BH47" s="14" t="n">
         <v>124.016</v>
       </c>
-      <c r="BH47" s="14" t="n">
+      <c r="BI47" s="14" t="n">
         <v>124.139</v>
       </c>
-      <c r="BI47" s="14" t="n">
+      <c r="BJ47" s="14" t="n">
         <v>128.811</v>
       </c>
-      <c r="BJ47" s="14" t="n">
+      <c r="BK47" s="14" t="n">
         <v>123.809</v>
       </c>
-      <c r="BK47" s="14" t="n">
+      <c r="BL47" s="14" t="n">
         <v>100.136</v>
       </c>
-      <c r="BL47" s="14" t="n">
+      <c r="BM47" s="14" t="n">
         <v>89.901</v>
       </c>
-      <c r="BM47" s="14" t="n">
+      <c r="BN47" s="14" t="n">
         <v>85.599</v>
       </c>
-      <c r="BN47" s="14" t="n">
+      <c r="BO47" s="14" t="n">
         <v>88.244</v>
       </c>
-      <c r="BO47" s="14" t="n">
+      <c r="BP47" s="14" t="n">
         <v>81.924</v>
       </c>
-      <c r="BP47" s="14" t="n">
+      <c r="BQ47" s="14" t="n">
         <v>108.563</v>
       </c>
-      <c r="BQ47" s="14" t="n">
+      <c r="BR47" s="14" t="n">
         <v>105.893</v>
       </c>
-      <c r="BR47" s="14" t="n">
+      <c r="BS47" s="14" t="n">
         <v>110.409</v>
       </c>
-      <c r="BS47" s="14" t="n">
+      <c r="BT47" s="14" t="n">
         <v>98.11</v>
       </c>
-      <c r="BT47" s="14" t="n">
+      <c r="BU47" s="14" t="n">
         <v>105.319</v>
       </c>
-      <c r="BU47" s="14" t="n">
+      <c r="BV47" s="14" t="n">
         <v>107.313</v>
       </c>
-      <c r="BV47" s="14" t="n">
+      <c r="BW47" s="14" t="n">
         <v>110.547</v>
       </c>
-      <c r="BW47" s="14" t="n">
+      <c r="BX47" s="14" t="n">
         <v>100.045</v>
       </c>
-      <c r="BX47" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="BY47" s="15" t="n">
+        <v>-20.6</v>
+      </c>
+      <c r="BZ47" s="15" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="CA47" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="BZ47" s="15" t="n">
+      <c r="CB47" s="15" t="n">
         <v>14.5</v>
       </c>
-      <c r="CA47" s="15" t="n">
+      <c r="CC47" s="15" t="n">
         <v>-18.9</v>
       </c>
-      <c r="CB47" s="15" t="n">
+      <c r="CD47" s="15" t="n">
         <v>17.8</v>
       </c>
-      <c r="CC47" s="15" t="n">
+      <c r="CE47" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="CD47" s="15" t="n">
+      <c r="CF47" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="CE47" s="15" t="n">
+      <c r="CG47" s="15" t="n">
         <v>-17.3</v>
       </c>
-      <c r="CF47" s="15" t="n">
+      <c r="CH47" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="CG47" s="15" t="n">
+      <c r="CI47" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="CH47" s="15" t="n">
+      <c r="CJ47" s="15" t="n">
         <v>14.0</v>
       </c>
-      <c r="CI47" s="15" t="n">
+      <c r="CK47" s="15" t="n">
         <v>-18.7</v>
       </c>
-      <c r="CJ47" s="15" t="n">
+      <c r="CL47" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="CK47" s="15" t="n">
+      <c r="CM47" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="CL47" s="15" t="n">
+      <c r="CN47" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="CM47" s="15" t="n">
+      <c r="CO47" s="15" t="n">
         <v>-18.6</v>
       </c>
-      <c r="CN47" s="15" t="n">
+      <c r="CP47" s="15" t="n">
         <v>12.3</v>
       </c>
-      <c r="CO47" s="15" t="n">
+      <c r="CQ47" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="CP47" s="15" t="n">
+      <c r="CR47" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="CQ47" s="15" t="n">
+      <c r="CS47" s="15" t="n">
         <v>-24.8</v>
       </c>
-      <c r="CR47" s="15" t="n">
+      <c r="CT47" s="15" t="n">
         <v>25.2</v>
       </c>
-      <c r="CS47" s="15" t="n">
+      <c r="CU47" s="15" t="n">
         <v>-13.2</v>
       </c>
-      <c r="CT47" s="15" t="n">
+      <c r="CV47" s="15" t="n">
         <v>23.3</v>
       </c>
-      <c r="CU47" s="15" t="n">
+      <c r="CW47" s="15" t="n">
         <v>-19.5</v>
       </c>
-      <c r="CV47" s="15" t="n">
+      <c r="CX47" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="CW47" s="15" t="n">
+      <c r="CY47" s="15" t="n">
         <v>-11.3</v>
       </c>
-      <c r="CX47" s="15" t="n">
+      <c r="CZ47" s="15" t="n">
         <v>25.5</v>
       </c>
-      <c r="CY47" s="15" t="n">
+      <c r="DA47" s="15" t="n">
         <v>-19.6</v>
       </c>
-      <c r="CZ47" s="15" t="n">
+      <c r="DB47" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="DA47" s="15" t="n">
+      <c r="DC47" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="DB47" s="15" t="n">
+      <c r="DD47" s="15" t="n">
         <v>26.4</v>
       </c>
-      <c r="DC47" s="15" t="n">
+      <c r="DE47" s="15" t="n">
         <v>-18.6</v>
       </c>
-      <c r="DD47" s="15" t="n">
+      <c r="DF47" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="DE47" s="15" t="n">
+      <c r="DG47" s="15" t="n">
         <v>-11.2</v>
       </c>
-      <c r="DF47" s="15" t="n">
+      <c r="DH47" s="15" t="n">
         <v>20.7</v>
       </c>
-      <c r="DG47" s="15" t="n">
+      <c r="DI47" s="15" t="n">
         <v>-12.8</v>
       </c>
-      <c r="DH47" s="15" t="n">
+      <c r="DJ47" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="DI47" s="15" t="n">
+      <c r="DK47" s="15" t="n">
         <v>-21.8</v>
       </c>
-      <c r="DJ47" s="15" t="n">
+      <c r="DL47" s="15" t="n">
         <v>20.6</v>
       </c>
-      <c r="DK47" s="15" t="n">
+      <c r="DM47" s="15" t="n">
         <v>-16.7</v>
       </c>
-      <c r="DL47" s="15" t="n">
+      <c r="DN47" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="DM47" s="15" t="n">
+      <c r="DO47" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="DN47" s="15" t="n">
+      <c r="DP47" s="15" t="n">
         <v>20.2</v>
       </c>
-      <c r="DO47" s="15" t="n">
+      <c r="DQ47" s="15" t="n">
         <v>-16.5</v>
       </c>
-      <c r="DP47" s="15" t="n">
+      <c r="DR47" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="DQ47" s="15" t="n">
+      <c r="DS47" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="DR47" s="15" t="n">
+      <c r="DT47" s="15" t="n">
         <v>21.3</v>
       </c>
-      <c r="DS47" s="15" t="n">
+      <c r="DU47" s="15" t="n">
         <v>-21.2</v>
       </c>
-      <c r="DT47" s="15" t="n">
+      <c r="DV47" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="DU47" s="15" t="n">
+      <c r="DW47" s="15" t="n">
         <v>-11.1</v>
       </c>
-      <c r="DV47" s="15" t="n">
+      <c r="DX47" s="15" t="n">
         <v>28.7</v>
       </c>
-      <c r="DW47" s="15" t="n">
+      <c r="DY47" s="15" t="n">
         <v>-19.9</v>
       </c>
-      <c r="DX47" s="15" t="n">
+      <c r="DZ47" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="DY47" s="15" t="n">
+      <c r="EA47" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="DZ47" s="15" t="n">
+      <c r="EB47" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="EA47" s="15" t="n">
+      <c r="EC47" s="15" t="n">
         <v>-23.1</v>
       </c>
-      <c r="EB47" s="15" t="n">
+      <c r="ED47" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="EC47" s="15" t="n">
+      <c r="EE47" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ED47" s="15" t="n">
+      <c r="EF47" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="EE47" s="15" t="n">
+      <c r="EG47" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="EF47" s="15" t="n">
+      <c r="EH47" s="15" t="n">
         <v>23.6</v>
       </c>
-      <c r="EG47" s="15" t="n">
+      <c r="EI47" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="EH47" s="15" t="n">
+      <c r="EJ47" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="EI47" s="15" t="n">
+      <c r="EK47" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="EJ47" s="15" t="n">
+      <c r="EL47" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="EK47" s="15" t="n">
+      <c r="EM47" s="15" t="n">
         <v>-24.5</v>
       </c>
-      <c r="EL47" s="15" t="n">
+      <c r="EN47" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="EM47" s="15" t="n">
+      <c r="EO47" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="EN47" s="15" t="n">
+      <c r="EP47" s="15" t="n">
         <v>12.5</v>
       </c>
-      <c r="EO47" s="15" t="n">
+      <c r="EQ47" s="15" t="n">
         <v>-6.8</v>
       </c>
-      <c r="EP47" s="15" t="n">
+      <c r="ER47" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="EQ47" s="15" t="n">
+      <c r="ES47" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="ER47" s="15" t="n">
+      <c r="ET47" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="ES47" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="ET47" s="15" t="n">
+      <c r="EU47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV47" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="EW47" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="EX47" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="EY47" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="EZ47" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="FA47" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="FB47" s="15" t="n">
+        <v>-7.6</v>
+      </c>
+      <c r="FC47" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="FD47" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="FE47" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="FF47" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="FG47" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="FH47" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="FI47" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="FJ47" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="FK47" s="15" t="n">
+        <v>-9.0</v>
+      </c>
+      <c r="FL47" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="FM47" s="15" t="n">
+        <v>-12.9</v>
+      </c>
+      <c r="FN47" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="FO47" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="FP47" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="FQ47" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="FR47" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="FS47" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="FT47" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="FU47" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="FV47" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="FW47" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="FX47" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="FY47" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="FZ47" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="GA47" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="GB47" s="15" t="n">
+        <v>-4.6</v>
+      </c>
+      <c r="GC47" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GD47" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="GE47" s="15" t="n">
+        <v>-12.1</v>
+      </c>
+      <c r="GF47" s="15" t="n">
+        <v>-12.2</v>
+      </c>
+      <c r="GG47" s="15" t="n">
+        <v>-16.2</v>
+      </c>
+      <c r="GH47" s="15" t="n">
+        <v>-14.1</v>
+      </c>
+      <c r="GI47" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="GJ47" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="GK47" s="15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="GL47" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="GM47" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="GN47" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="GO47" s="15" t="n">
+        <v>-7.4</v>
+      </c>
+      <c r="GP47" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GQ47" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="GR47" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="GS47" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="EU47" s="15" t="n">
-[...86 lines deleted...]
-      <c r="FX47" s="15" t="n">
+      <c r="GT47" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="FY47" s="15" t="n">
-[...8 lines deleted...]
-      <c r="GB47" s="15" t="n">
+      <c r="GU47" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="GV47" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="GW47" s="15" t="n">
         <v>-12.1</v>
       </c>
-      <c r="GC47" s="15" t="n">
-[...8 lines deleted...]
-      <c r="GF47" s="15" t="n">
+      <c r="GX47" s="15" t="n">
+        <v>-10.7</v>
+      </c>
+      <c r="GY47" s="15" t="n">
+        <v>-6.7</v>
+      </c>
+      <c r="GZ47" s="15" t="n">
+        <v>-17.9</v>
+      </c>
+      <c r="HA47" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="GG47" s="15" t="n">
-[...11 lines deleted...]
-      <c r="GK47" s="15" t="n">
+      <c r="HB47" s="15" t="n">
+        <v>23.8</v>
+      </c>
+      <c r="HC47" s="15" t="n">
+        <v>38.1</v>
+      </c>
+      <c r="HD47" s="15" t="n">
+        <v>50.5</v>
+      </c>
+      <c r="HE47" s="15" t="n">
+        <v>40.3</v>
+      </c>
+      <c r="HF47" s="15" t="n">
+        <v>22.2</v>
+      </c>
+      <c r="HG47" s="15" t="n">
+        <v>-17.2</v>
+      </c>
+      <c r="HH47" s="15" t="n">
+        <v>-19.2</v>
+      </c>
+      <c r="HI47" s="15" t="n">
+        <v>-20.1</v>
+      </c>
+      <c r="HJ47" s="15" t="n">
+        <v>-16.5</v>
+      </c>
+      <c r="HK47" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="HL47" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="HM47" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="HN47" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="GL47" s="15" t="n">
-[...91 lines deleted...]
-      </c>
       <c r="HO47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR47" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="6" t="inlineStr">
         <is>
           <t>73.2 Market research</t>
         </is>
       </c>
       <c r="B48" s="14" t="n">
-        <v>110.484</v>
+        <v>109.864</v>
       </c>
       <c r="C48" s="14" t="n">
-        <v>110.47</v>
+        <v>109.928</v>
       </c>
       <c r="D48" s="14" t="n">
-        <v>106.342</v>
+        <v>109.364</v>
       </c>
       <c r="E48" s="14" t="n">
+        <v>106.51</v>
+      </c>
+      <c r="F48" s="14" t="n">
         <v>106.538</v>
       </c>
-      <c r="F48" s="14" t="n">
+      <c r="G48" s="14" t="n">
         <v>105.972</v>
       </c>
-      <c r="G48" s="14" t="n">
+      <c r="H48" s="14" t="n">
         <v>106.273</v>
       </c>
-      <c r="H48" s="14" t="n">
+      <c r="I48" s="14" t="n">
         <v>104.818</v>
       </c>
-      <c r="I48" s="14" t="n">
+      <c r="J48" s="14" t="n">
         <v>105.198</v>
       </c>
-      <c r="J48" s="14" t="n">
+      <c r="K48" s="14" t="n">
         <v>105.122</v>
       </c>
-      <c r="K48" s="14" t="n">
+      <c r="L48" s="14" t="n">
         <v>104.961</v>
       </c>
-      <c r="L48" s="14" t="n">
+      <c r="M48" s="14" t="n">
         <v>102.291</v>
       </c>
-      <c r="M48" s="14" t="n">
+      <c r="N48" s="14" t="n">
         <v>102.204</v>
       </c>
-      <c r="N48" s="14" t="n">
+      <c r="O48" s="14" t="n">
         <v>102.135</v>
       </c>
-      <c r="O48" s="14" t="n">
+      <c r="P48" s="14" t="n">
         <v>102.398</v>
       </c>
-      <c r="P48" s="14" t="n">
+      <c r="Q48" s="14" t="n">
         <v>99.966</v>
       </c>
-      <c r="Q48" s="14" t="n">
+      <c r="R48" s="14" t="n">
         <v>100.005</v>
       </c>
-      <c r="R48" s="14" t="n">
+      <c r="S48" s="14" t="n">
         <v>100.042</v>
       </c>
-      <c r="S48" s="14" t="n">
+      <c r="T48" s="14" t="n">
         <v>99.987</v>
       </c>
-      <c r="T48" s="14" t="n">
+      <c r="U48" s="14" t="n">
         <v>96.25</v>
       </c>
-      <c r="U48" s="14" t="n">
+      <c r="V48" s="14" t="n">
         <v>96.32</v>
       </c>
-      <c r="V48" s="14" t="n">
+      <c r="W48" s="14" t="n">
         <v>96.154</v>
       </c>
-      <c r="W48" s="14" t="n">
+      <c r="X48" s="14" t="n">
         <v>96.204</v>
       </c>
-      <c r="X48" s="14" t="n">
+      <c r="Y48" s="14" t="n">
         <v>94.863</v>
       </c>
-      <c r="Y48" s="14" t="n">
+      <c r="Z48" s="14" t="n">
         <v>94.924</v>
       </c>
-      <c r="Z48" s="14" t="n">
+      <c r="AA48" s="14" t="n">
         <v>95.023</v>
       </c>
-      <c r="AA48" s="14" t="n">
+      <c r="AB48" s="14" t="n">
         <v>94.517</v>
       </c>
-      <c r="AB48" s="14" t="n">
+      <c r="AC48" s="14" t="n">
         <v>94.444</v>
       </c>
-      <c r="AC48" s="14" t="n">
+      <c r="AD48" s="14" t="n">
         <v>94.435</v>
       </c>
-      <c r="AD48" s="14" t="n">
+      <c r="AE48" s="14" t="n">
         <v>94.282</v>
       </c>
-      <c r="AE48" s="14" t="n">
+      <c r="AF48" s="14" t="n">
         <v>94.56</v>
       </c>
-      <c r="AF48" s="14" t="n">
+      <c r="AG48" s="14" t="n">
         <v>93.848</v>
       </c>
-      <c r="AG48" s="14" t="n">
+      <c r="AH48" s="14" t="n">
         <v>93.792</v>
       </c>
-      <c r="AH48" s="14" t="n">
+      <c r="AI48" s="14" t="n">
         <v>93.72</v>
       </c>
-      <c r="AI48" s="14" t="n">
+      <c r="AJ48" s="14" t="n">
         <v>93.682</v>
       </c>
-      <c r="AJ48" s="14" t="n">
+      <c r="AK48" s="14" t="n">
         <v>94.037</v>
       </c>
-      <c r="AK48" s="14" t="n">
+      <c r="AL48" s="14" t="n">
         <v>94.27</v>
       </c>
-      <c r="AL48" s="14" t="n">
+      <c r="AM48" s="14" t="n">
         <v>94.301</v>
       </c>
-      <c r="AM48" s="14" t="n">
+      <c r="AN48" s="14" t="n">
         <v>94.246</v>
       </c>
-      <c r="AN48" s="14" t="n">
+      <c r="AO48" s="14" t="n">
         <v>93.109</v>
       </c>
-      <c r="AO48" s="14" t="n">
+      <c r="AP48" s="14" t="n">
         <v>93.111</v>
       </c>
-      <c r="AP48" s="14" t="n">
+      <c r="AQ48" s="14" t="n">
         <v>93.25</v>
       </c>
-      <c r="AQ48" s="14" t="n">
+      <c r="AR48" s="14" t="n">
         <v>93.201</v>
       </c>
-      <c r="AR48" s="14" t="n">
+      <c r="AS48" s="14" t="n">
         <v>92.444</v>
       </c>
-      <c r="AS48" s="14" t="n">
+      <c r="AT48" s="14" t="n">
         <v>92.247</v>
       </c>
-      <c r="AT48" s="14" t="n">
+      <c r="AU48" s="14" t="n">
         <v>92.325</v>
       </c>
-      <c r="AU48" s="14" t="n">
+      <c r="AV48" s="14" t="n">
         <v>92.28</v>
       </c>
-      <c r="AV48" s="14" t="n">
+      <c r="AW48" s="14" t="n">
         <v>92.748</v>
       </c>
-      <c r="AW48" s="14" t="n">
+      <c r="AX48" s="14" t="n">
         <v>92.804</v>
       </c>
-      <c r="AX48" s="14" t="n">
+      <c r="AY48" s="14" t="n">
         <v>92.703</v>
       </c>
-      <c r="AY48" s="14" t="n">
+      <c r="AZ48" s="14" t="n">
         <v>93.498</v>
       </c>
-      <c r="AZ48" s="14" t="n">
+      <c r="BA48" s="14" t="n">
         <v>92.683</v>
       </c>
-      <c r="BA48" s="14" t="n">
+      <c r="BB48" s="14" t="n">
         <v>92.382</v>
       </c>
-      <c r="BB48" s="14" t="n">
+      <c r="BC48" s="14" t="n">
         <v>92.397</v>
       </c>
-      <c r="BC48" s="14" t="n">
+      <c r="BD48" s="14" t="n">
         <v>92.41</v>
       </c>
-      <c r="BD48" s="14" t="n">
+      <c r="BE48" s="14" t="n">
         <v>92.848</v>
       </c>
-      <c r="BE48" s="14" t="n">
+      <c r="BF48" s="14" t="n">
         <v>92.859</v>
       </c>
-      <c r="BF48" s="14" t="n">
+      <c r="BG48" s="14" t="n">
         <v>92.857</v>
       </c>
-      <c r="BG48" s="14" t="n">
+      <c r="BH48" s="14" t="n">
         <v>92.844</v>
       </c>
-      <c r="BH48" s="14" t="n">
+      <c r="BI48" s="14" t="n">
         <v>90.815</v>
       </c>
-      <c r="BI48" s="14" t="n">
+      <c r="BJ48" s="14" t="n">
         <v>90.838</v>
       </c>
-      <c r="BJ48" s="14" t="n">
+      <c r="BK48" s="14" t="n">
         <v>90.96</v>
       </c>
-      <c r="BK48" s="14" t="n">
+      <c r="BL48" s="14" t="n">
         <v>90.933</v>
       </c>
-      <c r="BL48" s="14" t="n">
+      <c r="BM48" s="14" t="n">
         <v>91.554</v>
       </c>
-      <c r="BM48" s="14" t="n">
+      <c r="BN48" s="14" t="n">
         <v>91.408</v>
       </c>
-      <c r="BN48" s="14" t="n">
+      <c r="BO48" s="14" t="n">
         <v>91.087</v>
       </c>
-      <c r="BO48" s="14" t="n">
+      <c r="BP48" s="14" t="n">
         <v>91.343</v>
       </c>
-      <c r="BP48" s="14" t="n">
+      <c r="BQ48" s="14" t="n">
         <v>91.933</v>
       </c>
-      <c r="BQ48" s="14" t="n">
+      <c r="BR48" s="14" t="n">
         <v>91.961</v>
       </c>
-      <c r="BR48" s="14" t="n">
+      <c r="BS48" s="14" t="n">
         <v>91.817</v>
       </c>
-      <c r="BS48" s="14" t="n">
+      <c r="BT48" s="14" t="n">
         <v>91.926</v>
       </c>
-      <c r="BT48" s="14" t="n">
+      <c r="BU48" s="14" t="n">
         <v>90.097</v>
       </c>
-      <c r="BU48" s="14" t="n">
+      <c r="BV48" s="14" t="n">
         <v>90.554</v>
       </c>
-      <c r="BV48" s="14" t="n">
+      <c r="BW48" s="14" t="n">
         <v>90.427</v>
       </c>
-      <c r="BW48" s="14" t="n">
+      <c r="BX48" s="14" t="n">
         <v>90.339</v>
       </c>
-      <c r="BX48" s="15" t="n">
+      <c r="BY48" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="BZ48" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CA48" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="CB48" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="BY48" s="15" t="n">
+      <c r="CC48" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CD48" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="CE48" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="CF48" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="CG48" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CH48" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CI48" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="CJ48" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CK48" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CL48" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="CM48" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="CN48" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CO48" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CP48" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CQ48" s="15" t="n">
         <v>3.9</v>
-      </c>
-[...52 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="CR48" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="CS48" s="15" t="n">
-        <v>1.4</v>
+        <v>0.2</v>
       </c>
       <c r="CT48" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="CU48" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="CV48" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CV48" s="15" t="n">
+      <c r="CW48" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CX48" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CW48" s="15" t="n">
+      <c r="CY48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CX48" s="15" t="n">
+      <c r="CZ48" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CY48" s="15" t="n">
+      <c r="DA48" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CZ48" s="15" t="n">
+      <c r="DB48" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DA48" s="15" t="n">
+      <c r="DC48" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="DB48" s="15" t="n">
+      <c r="DD48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DC48" s="15" t="n">
+      <c r="DE48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DD48" s="15" t="n">
+      <c r="DF48" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DE48" s="15" t="n">
+      <c r="DG48" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DF48" s="15" t="n">
+      <c r="DH48" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DG48" s="15" t="n">
+      <c r="DI48" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DH48" s="15" t="n">
+      <c r="DJ48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DI48" s="15" t="n">
+      <c r="DK48" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="DJ48" s="15" t="n">
+      <c r="DL48" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DK48" s="15" t="n">
+      <c r="DM48" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DL48" s="15" t="n">
+      <c r="DN48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DM48" s="15" t="n">
+      <c r="DO48" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="DN48" s="15" t="n">
+      <c r="DP48" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DO48" s="15" t="n">
+      <c r="DQ48" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DP48" s="15" t="n">
+      <c r="DR48" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DQ48" s="15" t="n">
+      <c r="DS48" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DR48" s="15" t="n">
+      <c r="DT48" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DS48" s="15" t="n">
+      <c r="DU48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DT48" s="15" t="n">
+      <c r="DV48" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="DU48" s="15" t="n">
+      <c r="DW48" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="DV48" s="15" t="n">
+      <c r="DX48" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DW48" s="15" t="n">
+      <c r="DY48" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.5</v>
       </c>
       <c r="DZ48" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="EA48" s="15" t="n">
-        <v>0.0</v>
+        <v>-0.5</v>
       </c>
       <c r="EB48" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="EC48" s="15" t="n">
-        <v>2.2</v>
+        <v>0.0</v>
       </c>
       <c r="ED48" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="EE48" s="15" t="n">
-        <v>-0.1</v>
+        <v>2.2</v>
       </c>
       <c r="EF48" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="EG48" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="EH48" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EI48" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="EH48" s="15" t="n">
+      <c r="EJ48" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EI48" s="15" t="n">
+      <c r="EK48" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="EJ48" s="15" t="n">
+      <c r="EL48" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="EK48" s="15" t="n">
+      <c r="EM48" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="EL48" s="15" t="n">
+      <c r="EN48" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EM48" s="15" t="n">
+      <c r="EO48" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EN48" s="15" t="n">
+      <c r="EP48" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EO48" s="15" t="n">
+      <c r="EQ48" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="EP48" s="15" t="n">
+      <c r="ER48" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="EQ48" s="15" t="n">
+      <c r="ES48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ER48" s="15" t="n">
+      <c r="ET48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ES48" s="13" t="inlineStr">
-[...8 lines deleted...]
-        <v>3.9</v>
+      <c r="EU48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="EV48" s="15" t="n">
-        <v>1.5</v>
+        <v>3.1</v>
       </c>
       <c r="EW48" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EX48" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="EY48" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="EZ48" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="EX48" s="15" t="n">
+      <c r="FA48" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="EY48" s="15" t="n">
+      <c r="FB48" s="15" t="n">
         <v>1.2</v>
-      </c>
-[...7 lines deleted...]
-        <v>2.9</v>
       </c>
       <c r="FC48" s="15" t="n">
         <v>2.5</v>
       </c>
       <c r="FD48" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="FE48" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="FF48" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="FG48" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="FE48" s="15" t="n">
+      <c r="FH48" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="FF48" s="15" t="n">
+      <c r="FI48" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="FG48" s="15" t="n">
+      <c r="FJ48" s="15" t="n">
         <v>2.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>4.0</v>
       </c>
       <c r="FK48" s="15" t="n">
         <v>3.9</v>
       </c>
       <c r="FL48" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="FM48" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="FN48" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="FO48" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="FM48" s="15" t="n">
+      <c r="FP48" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="FN48" s="15" t="n">
+      <c r="FQ48" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FO48" s="15" t="n">
+      <c r="FR48" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="FP48" s="15" t="n">
+      <c r="FS48" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="FQ48" s="15" t="n">
+      <c r="FT48" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="FR48" s="15" t="n">
+      <c r="FU48" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="FS48" s="15" t="n">
+      <c r="FV48" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="FT48" s="15" t="n">
+      <c r="FW48" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FU48" s="15" t="n">
+      <c r="FX48" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="FV48" s="15" t="n">
+      <c r="FY48" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FW48" s="15" t="n">
+      <c r="FZ48" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="FX48" s="15" t="n">
+      <c r="GA48" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="FY48" s="15" t="n">
+      <c r="GB48" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="FZ48" s="15" t="n">
+      <c r="GC48" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="GA48" s="15" t="n">
+      <c r="GD48" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="GB48" s="15" t="n">
+      <c r="GE48" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="GC48" s="15" t="n">
+      <c r="GF48" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="GD48" s="15" t="n">
+      <c r="GG48" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GE48" s="15" t="n">
+      <c r="GH48" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GF48" s="15" t="n">
+      <c r="GI48" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="GG48" s="15" t="n">
+      <c r="GJ48" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="GH48" s="15" t="n">
+      <c r="GK48" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="GI48" s="15" t="n">
+      <c r="GL48" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="GJ48" s="15" t="n">
+      <c r="GM48" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="GK48" s="15" t="n">
+      <c r="GN48" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="GL48" s="15" t="n">
+      <c r="GO48" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GM48" s="15" t="n">
+      <c r="GP48" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="GN48" s="15" t="n">
+      <c r="GQ48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GO48" s="15" t="n">
+      <c r="GR48" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="GP48" s="15" t="n">
+      <c r="GS48" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="GQ48" s="15" t="n">
+      <c r="GT48" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="GR48" s="15" t="n">
+      <c r="GU48" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GS48" s="15" t="n">
+      <c r="GV48" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GT48" s="15" t="n">
+      <c r="GW48" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GU48" s="15" t="n">
+      <c r="GX48" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GV48" s="15" t="n">
+      <c r="GY48" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="GW48" s="15" t="n">
+      <c r="GZ48" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="GX48" s="15" t="n">
+      <c r="HA48" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="GY48" s="15" t="n">
+      <c r="HB48" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="GZ48" s="15" t="n">
+      <c r="HC48" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="HA48" s="15" t="n">
+      <c r="HD48" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="HB48" s="15" t="n">
+      <c r="HE48" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="HC48" s="15" t="n">
+      <c r="HF48" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="HD48" s="15" t="n">
+      <c r="HG48" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="HE48" s="15" t="n">
+      <c r="HH48" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="HF48" s="15" t="n">
+      <c r="HI48" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="HG48" s="15" t="n">
+      <c r="HJ48" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="HH48" s="15" t="n">
+      <c r="HK48" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="HI48" s="15" t="n">
+      <c r="HL48" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="HJ48" s="15" t="n">
+      <c r="HM48" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="HK48" s="15" t="n">
+      <c r="HN48" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="HL48" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HO48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR48" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="6" t="inlineStr">
         <is>
           <t>74 Other professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
-        <v>107.118</v>
+        <v>107.04</v>
       </c>
       <c r="C49" s="14" t="n">
+        <v>107.115</v>
+      </c>
+      <c r="D49" s="14" t="n">
         <v>106.705</v>
       </c>
-      <c r="D49" s="14" t="n">
+      <c r="E49" s="14" t="n">
         <v>105.38</v>
       </c>
-      <c r="E49" s="14" t="n">
+      <c r="F49" s="14" t="n">
         <v>104.39</v>
       </c>
-      <c r="F49" s="14" t="n">
+      <c r="G49" s="14" t="n">
         <v>104.052</v>
       </c>
-      <c r="G49" s="14" t="n">
+      <c r="H49" s="14" t="n">
         <v>103.646</v>
       </c>
-      <c r="H49" s="14" t="n">
+      <c r="I49" s="14" t="n">
         <v>105.104</v>
       </c>
-      <c r="I49" s="14" t="n">
+      <c r="J49" s="14" t="n">
         <v>103.645</v>
       </c>
-      <c r="J49" s="14" t="n">
+      <c r="K49" s="14" t="n">
         <v>103.93</v>
       </c>
-      <c r="K49" s="14" t="n">
+      <c r="L49" s="14" t="n">
         <v>102.419</v>
       </c>
-      <c r="L49" s="14" t="n">
+      <c r="M49" s="14" t="n">
         <v>101.988</v>
       </c>
-      <c r="M49" s="14" t="n">
+      <c r="N49" s="14" t="n">
         <v>100.136</v>
       </c>
-      <c r="N49" s="14" t="n">
+      <c r="O49" s="14" t="n">
         <v>101.435</v>
       </c>
-      <c r="O49" s="14" t="n">
+      <c r="P49" s="14" t="n">
         <v>101.149</v>
       </c>
-      <c r="P49" s="14" t="n">
+      <c r="Q49" s="14" t="n">
         <v>101.589</v>
       </c>
-      <c r="Q49" s="14" t="n">
+      <c r="R49" s="14" t="n">
         <v>99.531</v>
       </c>
-      <c r="R49" s="14" t="n">
+      <c r="S49" s="14" t="n">
         <v>100.079</v>
       </c>
-      <c r="S49" s="14" t="n">
+      <c r="T49" s="14" t="n">
         <v>98.801</v>
       </c>
-      <c r="T49" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -39116,111 +39513,109 @@
       <c r="BS49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX49" s="15" t="n">
+      <c r="BX49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY49" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="BZ49" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="BY49" s="15" t="n">
+      <c r="CA49" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="BZ49" s="15" t="n">
+      <c r="CB49" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CA49" s="15" t="n">
+      <c r="CC49" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CB49" s="15" t="n">
+      <c r="CD49" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CC49" s="15" t="n">
+      <c r="CE49" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="CD49" s="15" t="n">
+      <c r="CF49" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="CE49" s="15" t="n">
+      <c r="CG49" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CF49" s="15" t="n">
+      <c r="CH49" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CG49" s="15" t="n">
+      <c r="CI49" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CH49" s="15" t="n">
+      <c r="CJ49" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="CI49" s="15" t="n">
+      <c r="CK49" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="CJ49" s="15" t="n">
+      <c r="CL49" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CK49" s="15" t="n">
+      <c r="CM49" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CL49" s="15" t="n">
+      <c r="CN49" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="CM49" s="15" t="n">
+      <c r="CO49" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CN49" s="15" t="n">
+      <c r="CP49" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CO49" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -39452,107 +39847,105 @@
       <c r="EO49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET49" s="15" t="n">
+      <c r="ET49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV49" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="EW49" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="EU49" s="15" t="n">
+      <c r="EX49" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="EV49" s="15" t="n">
+      <c r="EY49" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EW49" s="15" t="n">
+      <c r="EZ49" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="EX49" s="15" t="n">
+      <c r="FA49" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EY49" s="15" t="n">
+      <c r="FB49" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="EZ49" s="15" t="n">
+      <c r="FC49" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="FA49" s="15" t="n">
+      <c r="FD49" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="FB49" s="15" t="n">
+      <c r="FE49" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="FC49" s="15" t="n">
+      <c r="FF49" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FD49" s="15" t="n">
+      <c r="FG49" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="FE49" s="15" t="n">
+      <c r="FH49" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FF49" s="15" t="n">
+      <c r="FI49" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FG49" s="15" t="n">
+      <c r="FJ49" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="FH49" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -39790,120 +40183,133 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="6" t="inlineStr">
         <is>
           <t>N Administrative and support services activities</t>
         </is>
       </c>
       <c r="B50" s="14" t="n">
-        <v>112.847</v>
+        <v>114.895</v>
       </c>
       <c r="C50" s="14" t="n">
-        <v>111.679</v>
+        <v>113.038</v>
       </c>
       <c r="D50" s="14" t="n">
-        <v>112.624</v>
+        <v>111.52</v>
       </c>
       <c r="E50" s="14" t="n">
-        <v>114.663</v>
+        <v>112.654</v>
       </c>
       <c r="F50" s="14" t="n">
+        <v>114.667</v>
+      </c>
+      <c r="G50" s="14" t="n">
         <v>111.793</v>
       </c>
-      <c r="G50" s="14" t="n">
+      <c r="H50" s="14" t="n">
         <v>109.612</v>
       </c>
-      <c r="H50" s="14" t="n">
+      <c r="I50" s="14" t="n">
         <v>109.211</v>
       </c>
-      <c r="I50" s="14" t="n">
+      <c r="J50" s="14" t="n">
         <v>111.909</v>
       </c>
-      <c r="J50" s="14" t="n">
+      <c r="K50" s="14" t="n">
         <v>109.431</v>
       </c>
-      <c r="K50" s="14" t="n">
+      <c r="L50" s="14" t="n">
         <v>105.069</v>
       </c>
-      <c r="L50" s="14" t="n">
+      <c r="M50" s="14" t="n">
         <v>104.243</v>
       </c>
-      <c r="M50" s="14" t="n">
+      <c r="N50" s="14" t="n">
         <v>112.556</v>
       </c>
-      <c r="N50" s="14" t="n">
+      <c r="O50" s="14" t="n">
         <v>106.713</v>
       </c>
-      <c r="O50" s="14" t="n">
+      <c r="P50" s="14" t="n">
         <v>99.937</v>
       </c>
-      <c r="P50" s="14" t="n">
+      <c r="Q50" s="14" t="n">
         <v>99.564</v>
       </c>
-      <c r="Q50" s="14" t="n">
+      <c r="R50" s="14" t="n">
         <v>101.83</v>
       </c>
-      <c r="R50" s="14" t="n">
+      <c r="S50" s="14" t="n">
         <v>99.659</v>
       </c>
-      <c r="S50" s="14" t="n">
+      <c r="T50" s="14" t="n">
         <v>98.948</v>
       </c>
-      <c r="T50" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -40135,443 +40541,439 @@
       <c r="BS50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX50" s="15" t="n">
+      <c r="BX50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY50" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="BZ50" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="CA50" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="CB50" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="CC50" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="CD50" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="CE50" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CF50" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="CG50" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="CH50" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="CI50" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CJ50" s="15" t="n">
+        <v>-7.4</v>
+      </c>
+      <c r="CK50" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="CL50" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="CM50" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CN50" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="CO50" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="CP50" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CQ50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CR50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CS50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CT50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CU50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CV50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CW50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CX50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CY50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CZ50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DA50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DB50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DC50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DD50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DE50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DF50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DG50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DH50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DI50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DJ50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DK50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DL50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DM50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DN50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DO50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DP50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DQ50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DS50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DT50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DU50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DV50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DW50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DX50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DY50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DZ50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EA50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EB50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EC50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ED50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EE50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EF50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EG50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EH50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EI50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EJ50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EK50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EL50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EM50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EN50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EO50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EP50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EQ50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ER50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ES50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ET50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV50" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="EW50" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="EX50" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="EY50" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="EZ50" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="FA50" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="FB50" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="FC50" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="FD50" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="FE50" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="FF50" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="FG50" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="FH50" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="FI50" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="FJ50" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="BY50" s="15" t="n">
-[...388 lines deleted...]
-      </c>
       <c r="FK50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -40809,120 +41211,133 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="6" t="inlineStr">
         <is>
           <t>77 Rental and leasing activities</t>
         </is>
       </c>
       <c r="B51" s="14" t="n">
-        <v>101.486</v>
+        <v>102.331</v>
       </c>
       <c r="C51" s="14" t="n">
+        <v>102.049</v>
+      </c>
+      <c r="D51" s="14" t="n">
         <v>101.505</v>
       </c>
-      <c r="D51" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E51" s="14" t="n">
+        <v>102.853</v>
+      </c>
+      <c r="F51" s="14" t="n">
         <v>103.529</v>
       </c>
-      <c r="F51" s="14" t="n">
+      <c r="G51" s="14" t="n">
         <v>100.636</v>
       </c>
-      <c r="G51" s="14" t="n">
+      <c r="H51" s="14" t="n">
         <v>99.95</v>
       </c>
-      <c r="H51" s="14" t="n">
+      <c r="I51" s="14" t="n">
         <v>100.16</v>
       </c>
-      <c r="I51" s="14" t="n">
+      <c r="J51" s="14" t="n">
         <v>103.159</v>
       </c>
-      <c r="J51" s="14" t="n">
+      <c r="K51" s="14" t="n">
         <v>99.805</v>
       </c>
-      <c r="K51" s="14" t="n">
+      <c r="L51" s="14" t="n">
         <v>99.094</v>
       </c>
-      <c r="L51" s="14" t="n">
+      <c r="M51" s="14" t="n">
         <v>99.006</v>
       </c>
-      <c r="M51" s="14" t="n">
+      <c r="N51" s="14" t="n">
         <v>105.335</v>
       </c>
-      <c r="N51" s="14" t="n">
+      <c r="O51" s="14" t="n">
         <v>105.781</v>
       </c>
-      <c r="O51" s="14" t="n">
+      <c r="P51" s="14" t="n">
         <v>96.066</v>
       </c>
-      <c r="P51" s="14" t="n">
+      <c r="Q51" s="14" t="n">
         <v>100.739</v>
       </c>
-      <c r="Q51" s="14" t="n">
+      <c r="R51" s="14" t="n">
         <v>102.539</v>
       </c>
-      <c r="R51" s="14" t="n">
+      <c r="S51" s="14" t="n">
         <v>99.478</v>
       </c>
-      <c r="S51" s="14" t="n">
+      <c r="T51" s="14" t="n">
         <v>97.245</v>
       </c>
-      <c r="T51" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -41154,111 +41569,109 @@
       <c r="BS51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX51" s="15" t="n">
-        <v>0.0</v>
+      <c r="BX51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="BY51" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="BZ51" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CA51" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="BZ51" s="15" t="n">
+      <c r="CB51" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="CA51" s="15" t="n">
+      <c r="CC51" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="CB51" s="15" t="n">
+      <c r="CD51" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CC51" s="15" t="n">
+      <c r="CE51" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CD51" s="15" t="n">
+      <c r="CF51" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="CE51" s="15" t="n">
+      <c r="CG51" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="CF51" s="15" t="n">
+      <c r="CH51" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CG51" s="15" t="n">
+      <c r="CI51" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CH51" s="15" t="n">
+      <c r="CJ51" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="CI51" s="15" t="n">
+      <c r="CK51" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CJ51" s="15" t="n">
+      <c r="CL51" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="CK51" s="15" t="n">
+      <c r="CM51" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="CL51" s="15" t="n">
+      <c r="CN51" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="CM51" s="15" t="n">
+      <c r="CO51" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="CN51" s="15" t="n">
+      <c r="CP51" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="CO51" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -41490,107 +41903,105 @@
       <c r="EO51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET51" s="15" t="n">
+      <c r="ET51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV51" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="EW51" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="EX51" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="EY51" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="EZ51" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FA51" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="EU51" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EV51" s="15" t="n">
+      <c r="FB51" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="FC51" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="FD51" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="FE51" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="FF51" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="FG51" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="FH51" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EW51" s="15" t="n">
-[...26 lines deleted...]
-      <c r="FF51" s="15" t="n">
+      <c r="FI51" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="FG51" s="15" t="n">
+      <c r="FJ51" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="FH51" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -41828,803 +42239,825 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="6" t="inlineStr">
         <is>
           <t>78 Employment activities</t>
         </is>
       </c>
       <c r="B52" s="14" t="n">
-        <v>109.071</v>
+        <v>108.98</v>
       </c>
       <c r="C52" s="14" t="n">
+        <v>108.854</v>
+      </c>
+      <c r="D52" s="14" t="n">
         <v>108.578</v>
       </c>
-      <c r="D52" s="14" t="n">
+      <c r="E52" s="14" t="n">
         <v>106.951</v>
       </c>
-      <c r="E52" s="14" t="n">
+      <c r="F52" s="14" t="n">
         <v>106.692</v>
       </c>
-      <c r="F52" s="14" t="n">
+      <c r="G52" s="14" t="n">
         <v>106.662</v>
       </c>
-      <c r="G52" s="14" t="n">
+      <c r="H52" s="14" t="n">
         <v>105.254</v>
       </c>
-      <c r="H52" s="14" t="n">
+      <c r="I52" s="14" t="n">
         <v>104.006</v>
       </c>
-      <c r="I52" s="14" t="n">
+      <c r="J52" s="14" t="n">
         <v>104.094</v>
       </c>
-      <c r="J52" s="14" t="n">
+      <c r="K52" s="14" t="n">
         <v>103.874</v>
       </c>
-      <c r="K52" s="14" t="n">
+      <c r="L52" s="14" t="n">
         <v>103.515</v>
       </c>
-      <c r="L52" s="14" t="n">
+      <c r="M52" s="14" t="n">
         <v>101.868</v>
       </c>
-      <c r="M52" s="14" t="n">
+      <c r="N52" s="14" t="n">
         <v>101.245</v>
       </c>
-      <c r="N52" s="14" t="n">
+      <c r="O52" s="14" t="n">
         <v>100.4</v>
       </c>
-      <c r="O52" s="14" t="n">
+      <c r="P52" s="14" t="n">
         <v>99.71</v>
       </c>
-      <c r="P52" s="14" t="n">
+      <c r="Q52" s="14" t="n">
         <v>99.618</v>
       </c>
-      <c r="Q52" s="14" t="n">
+      <c r="R52" s="14" t="n">
         <v>100.037</v>
       </c>
-      <c r="R52" s="14" t="n">
+      <c r="S52" s="14" t="n">
         <v>99.856</v>
       </c>
-      <c r="S52" s="14" t="n">
+      <c r="T52" s="14" t="n">
         <v>100.489</v>
       </c>
-      <c r="T52" s="14" t="n">
+      <c r="U52" s="14" t="n">
         <v>100.609</v>
       </c>
-      <c r="U52" s="14" t="n">
+      <c r="V52" s="14" t="n">
         <v>100.315</v>
       </c>
-      <c r="V52" s="14" t="n">
+      <c r="W52" s="14" t="n">
         <v>100.425</v>
       </c>
-      <c r="W52" s="14" t="n">
+      <c r="X52" s="14" t="n">
         <v>100.135</v>
       </c>
-      <c r="X52" s="14" t="n">
+      <c r="Y52" s="14" t="n">
         <v>99.361</v>
       </c>
-      <c r="Y52" s="14" t="n">
+      <c r="Z52" s="14" t="n">
         <v>99.492</v>
       </c>
-      <c r="Z52" s="14" t="n">
+      <c r="AA52" s="14" t="n">
         <v>98.917</v>
       </c>
-      <c r="AA52" s="14" t="n">
+      <c r="AB52" s="14" t="n">
         <v>98.411</v>
       </c>
-      <c r="AB52" s="14" t="n">
+      <c r="AC52" s="14" t="n">
         <v>97.044</v>
       </c>
-      <c r="AC52" s="14" t="n">
+      <c r="AD52" s="14" t="n">
         <v>97.323</v>
       </c>
-      <c r="AD52" s="14" t="n">
+      <c r="AE52" s="14" t="n">
         <v>97.208</v>
       </c>
-      <c r="AE52" s="14" t="n">
+      <c r="AF52" s="14" t="n">
         <v>96.781</v>
       </c>
-      <c r="AF52" s="14" t="n">
+      <c r="AG52" s="14" t="n">
         <v>96.2</v>
       </c>
-      <c r="AG52" s="14" t="n">
+      <c r="AH52" s="14" t="n">
         <v>95.87</v>
       </c>
-      <c r="AH52" s="14" t="n">
+      <c r="AI52" s="14" t="n">
         <v>96.383</v>
       </c>
-      <c r="AI52" s="14" t="n">
+      <c r="AJ52" s="14" t="n">
         <v>95.954</v>
       </c>
-      <c r="AJ52" s="14" t="n">
+      <c r="AK52" s="14" t="n">
         <v>95.182</v>
       </c>
-      <c r="AK52" s="14" t="n">
+      <c r="AL52" s="14" t="n">
         <v>95.246</v>
       </c>
-      <c r="AL52" s="14" t="n">
+      <c r="AM52" s="14" t="n">
         <v>94.625</v>
       </c>
-      <c r="AM52" s="14" t="n">
+      <c r="AN52" s="14" t="n">
         <v>93.891</v>
       </c>
-      <c r="AN52" s="14" t="n">
+      <c r="AO52" s="14" t="n">
         <v>93.886</v>
       </c>
-      <c r="AO52" s="14" t="n">
+      <c r="AP52" s="14" t="n">
         <v>94.213</v>
       </c>
-      <c r="AP52" s="14" t="n">
+      <c r="AQ52" s="14" t="n">
         <v>93.304</v>
       </c>
-      <c r="AQ52" s="14" t="n">
+      <c r="AR52" s="14" t="n">
         <v>93.051</v>
       </c>
-      <c r="AR52" s="14" t="n">
+      <c r="AS52" s="14" t="n">
         <v>92.361</v>
       </c>
-      <c r="AS52" s="14" t="n">
+      <c r="AT52" s="14" t="n">
         <v>91.59</v>
       </c>
-      <c r="AT52" s="14" t="n">
+      <c r="AU52" s="14" t="n">
         <v>91.188</v>
       </c>
-      <c r="AU52" s="14" t="n">
+      <c r="AV52" s="14" t="n">
         <v>90.281</v>
       </c>
-      <c r="AV52" s="14" t="n">
+      <c r="AW52" s="14" t="n">
         <v>90.686</v>
       </c>
-      <c r="AW52" s="14" t="n">
+      <c r="AX52" s="14" t="n">
         <v>90.568</v>
       </c>
-      <c r="AX52" s="14" t="n">
+      <c r="AY52" s="14" t="n">
         <v>90.567</v>
       </c>
-      <c r="AY52" s="14" t="n">
+      <c r="AZ52" s="14" t="n">
         <v>90.936</v>
       </c>
-      <c r="AZ52" s="14" t="n">
+      <c r="BA52" s="14" t="n">
         <v>90.83</v>
       </c>
-      <c r="BA52" s="14" t="n">
+      <c r="BB52" s="14" t="n">
         <v>91.301</v>
       </c>
-      <c r="BB52" s="14" t="n">
+      <c r="BC52" s="14" t="n">
         <v>90.927</v>
       </c>
-      <c r="BC52" s="14" t="n">
+      <c r="BD52" s="14" t="n">
         <v>90.839</v>
       </c>
-      <c r="BD52" s="14" t="n">
+      <c r="BE52" s="14" t="n">
         <v>91.454</v>
       </c>
-      <c r="BE52" s="14" t="n">
+      <c r="BF52" s="14" t="n">
         <v>91.348</v>
       </c>
-      <c r="BF52" s="14" t="n">
+      <c r="BG52" s="14" t="n">
         <v>91.38</v>
       </c>
-      <c r="BG52" s="14" t="n">
+      <c r="BH52" s="14" t="n">
         <v>90.509</v>
       </c>
-      <c r="BH52" s="14" t="n">
+      <c r="BI52" s="14" t="n">
         <v>90.448</v>
       </c>
-      <c r="BI52" s="14" t="n">
+      <c r="BJ52" s="14" t="n">
         <v>90.725</v>
       </c>
-      <c r="BJ52" s="14" t="n">
+      <c r="BK52" s="14" t="n">
         <v>90.241</v>
       </c>
-      <c r="BK52" s="14" t="n">
+      <c r="BL52" s="14" t="n">
         <v>87.929</v>
       </c>
-      <c r="BL52" s="14" t="n">
+      <c r="BM52" s="14" t="n">
         <v>87.45</v>
       </c>
-      <c r="BM52" s="14" t="n">
+      <c r="BN52" s="14" t="n">
         <v>87.263</v>
       </c>
-      <c r="BN52" s="14" t="n">
+      <c r="BO52" s="14" t="n">
         <v>87.217</v>
       </c>
-      <c r="BO52" s="14" t="n">
+      <c r="BP52" s="14" t="n">
         <v>87.73</v>
       </c>
-      <c r="BP52" s="14" t="n">
+      <c r="BQ52" s="14" t="n">
         <v>88.075</v>
       </c>
-      <c r="BQ52" s="14" t="n">
+      <c r="BR52" s="14" t="n">
         <v>87.945</v>
       </c>
-      <c r="BR52" s="14" t="n">
+      <c r="BS52" s="14" t="n">
         <v>87.547</v>
       </c>
-      <c r="BS52" s="14" t="n">
+      <c r="BT52" s="14" t="n">
         <v>87.117</v>
       </c>
-      <c r="BT52" s="14" t="n">
+      <c r="BU52" s="14" t="n">
         <v>85.552</v>
       </c>
-      <c r="BU52" s="14" t="n">
+      <c r="BV52" s="14" t="n">
         <v>85.491</v>
       </c>
-      <c r="BV52" s="14" t="n">
+      <c r="BW52" s="14" t="n">
         <v>85.289</v>
       </c>
-      <c r="BW52" s="14" t="n">
+      <c r="BX52" s="14" t="n">
         <v>84.221</v>
       </c>
-      <c r="BX52" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="BY52" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="BZ52" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CA52" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="BZ52" s="15" t="n">
+      <c r="CB52" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CA52" s="15" t="n">
+      <c r="CC52" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CB52" s="15" t="n">
+      <c r="CD52" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CC52" s="15" t="n">
+      <c r="CE52" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CD52" s="15" t="n">
+      <c r="CF52" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CE52" s="15" t="n">
+      <c r="CG52" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CF52" s="15" t="n">
+      <c r="CH52" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CG52" s="15" t="n">
+      <c r="CI52" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="CH52" s="15" t="n">
+      <c r="CJ52" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CI52" s="15" t="n">
+      <c r="CK52" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CJ52" s="15" t="n">
+      <c r="CL52" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CK52" s="15" t="n">
+      <c r="CM52" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CL52" s="15" t="n">
+      <c r="CN52" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CM52" s="15" t="n">
+      <c r="CO52" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CN52" s="15" t="n">
+      <c r="CP52" s="15" t="n">
         <v>-0.6</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="CQ52" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="CR52" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="CS52" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CT52" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CU52" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CT52" s="15" t="n">
+      <c r="CV52" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CU52" s="15" t="n">
+      <c r="CW52" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CV52" s="15" t="n">
+      <c r="CX52" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CW52" s="15" t="n">
+      <c r="CY52" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="CX52" s="15" t="n">
+      <c r="CZ52" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CY52" s="15" t="n">
+      <c r="DA52" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CZ52" s="15" t="n">
+      <c r="DB52" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DA52" s="15" t="n">
+      <c r="DC52" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="DB52" s="15" t="n">
+      <c r="DD52" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DC52" s="15" t="n">
+      <c r="DE52" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DD52" s="15" t="n">
+      <c r="DF52" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DE52" s="15" t="n">
+      <c r="DG52" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="DF52" s="15" t="n">
+      <c r="DH52" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DG52" s="15" t="n">
+      <c r="DI52" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DH52" s="15" t="n">
+      <c r="DJ52" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="DI52" s="15" t="n">
+      <c r="DK52" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DJ52" s="15" t="n">
+      <c r="DL52" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DK52" s="15" t="n">
+      <c r="DM52" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="DL52" s="15" t="n">
+      <c r="DN52" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DM52" s="15" t="n">
+      <c r="DO52" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DN52" s="15" t="n">
+      <c r="DP52" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="DO52" s="15" t="n">
+      <c r="DQ52" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DP52" s="15" t="n">
+      <c r="DR52" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="DQ52" s="15" t="n">
+      <c r="DS52" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DR52" s="15" t="n">
+      <c r="DT52" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DS52" s="15" t="n">
+      <c r="DU52" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DT52" s="15" t="n">
+      <c r="DV52" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DU52" s="15" t="n">
+      <c r="DW52" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DV52" s="15" t="n">
+      <c r="DX52" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DW52" s="15" t="n">
+      <c r="DY52" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.7</v>
       </c>
       <c r="DZ52" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="EA52" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="EB52" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="EC52" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EB52" s="15" t="n">
+      <c r="ED52" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="EC52" s="15" t="n">
+      <c r="EE52" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ED52" s="15" t="n">
+      <c r="EF52" s="15" t="n">
         <v>-0.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.6</v>
       </c>
       <c r="EG52" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="EH52" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EI52" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="EJ52" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EI52" s="15" t="n">
+      <c r="EK52" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EJ52" s="15" t="n">
+      <c r="EL52" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="EK52" s="15" t="n">
+      <c r="EM52" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="EL52" s="15" t="n">
+      <c r="EN52" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EM52" s="15" t="n">
+      <c r="EO52" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="EN52" s="15" t="n">
+      <c r="EP52" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="EO52" s="15" t="n">
+      <c r="EQ52" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="EP52" s="15" t="n">
+      <c r="ER52" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EQ52" s="15" t="n">
+      <c r="ES52" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ER52" s="15" t="n">
+      <c r="ET52" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ES52" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="ET52" s="15" t="n">
+      <c r="EU52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV52" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EW52" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EX52" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="EY52" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="EZ52" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="FA52" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="FB52" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="FC52" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="FD52" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="FE52" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="FF52" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="FG52" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="EU52" s="15" t="n">
-[...29 lines deleted...]
-      <c r="FE52" s="15" t="n">
+      <c r="FH52" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FF52" s="15" t="n">
+      <c r="FI52" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="FG52" s="15" t="n">
+      <c r="FJ52" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="FH52" s="15" t="n">
+      <c r="FK52" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="FI52" s="15" t="n">
+      <c r="FL52" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="FJ52" s="15" t="n">
+      <c r="FM52" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="FK52" s="15" t="n">
+      <c r="FN52" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="FL52" s="15" t="n">
+      <c r="FO52" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FM52" s="15" t="n">
+      <c r="FP52" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="FN52" s="15" t="n">
+      <c r="FQ52" s="15" t="n">
         <v>1.5</v>
-      </c>
-[...7 lines deleted...]
-        <v>2.2</v>
       </c>
       <c r="FR52" s="15" t="n">
         <v>1.8</v>
       </c>
       <c r="FS52" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="FT52" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="FU52" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="FV52" s="15" t="n">
         <v>1.7</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.9</v>
       </c>
       <c r="FW52" s="15" t="n">
         <v>0.9</v>
       </c>
       <c r="FX52" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="FY52" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="FZ52" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="GA52" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="FY52" s="15" t="n">
+      <c r="GB52" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="FZ52" s="15" t="n">
+      <c r="GC52" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="GA52" s="15" t="n">
+      <c r="GD52" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="GB52" s="15" t="n">
+      <c r="GE52" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="GC52" s="15" t="n">
+      <c r="GF52" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GD52" s="15" t="n">
+      <c r="GG52" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="GE52" s="15" t="n">
+      <c r="GH52" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="GF52" s="15" t="n">
+      <c r="GI52" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="GG52" s="15" t="n">
+      <c r="GJ52" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="GH52" s="15" t="n">
+      <c r="GK52" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="GI52" s="15" t="n">
+      <c r="GL52" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="GJ52" s="15" t="n">
+      <c r="GM52" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="GK52" s="15" t="n">
+      <c r="GN52" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GL52" s="15" t="n">
+      <c r="GO52" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="GM52" s="15" t="n">
+      <c r="GP52" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="GN52" s="15" t="n">
+      <c r="GQ52" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GO52" s="15" t="n">
+      <c r="GR52" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="GP52" s="15" t="n">
+      <c r="GS52" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GQ52" s="15" t="n">
+      <c r="GT52" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GR52" s="15" t="n">
+      <c r="GU52" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="GS52" s="15" t="n">
+      <c r="GV52" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GT52" s="15" t="n">
+      <c r="GW52" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GU52" s="15" t="n">
+      <c r="GX52" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="GV52" s="15" t="n">
+      <c r="GY52" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GW52" s="15" t="n">
+      <c r="GZ52" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="GX52" s="15" t="n">
+      <c r="HA52" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="GY52" s="15" t="n">
+      <c r="HB52" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="GZ52" s="15" t="n">
+      <c r="HC52" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="HA52" s="15" t="n">
+      <c r="HD52" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="HB52" s="15" t="n">
+      <c r="HE52" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="HC52" s="15" t="n">
+      <c r="HF52" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="HD52" s="15" t="n">
+      <c r="HG52" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="HE52" s="15" t="n">
+      <c r="HH52" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="HF52" s="15" t="n">
+      <c r="HI52" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="HG52" s="15" t="n">
+      <c r="HJ52" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="HH52" s="15" t="n">
+      <c r="HK52" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="HI52" s="15" t="n">
+      <c r="HL52" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="HJ52" s="15" t="n">
+      <c r="HM52" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="HK52" s="15" t="n">
+      <c r="HN52" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="HL52" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HO52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR52" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="6" t="inlineStr">
         <is>
           <t>79 Travel agency, tour operator and other reservation service and related activities</t>
         </is>
       </c>
       <c r="B53" s="14" t="n">
-        <v>128.763</v>
+        <v>136.33</v>
       </c>
       <c r="C53" s="14" t="n">
-        <v>124.945</v>
+        <v>129.361</v>
       </c>
       <c r="D53" s="14" t="n">
-        <v>131.072</v>
+        <v>124.702</v>
       </c>
       <c r="E53" s="14" t="n">
+        <v>131.301</v>
+      </c>
+      <c r="F53" s="14" t="n">
         <v>139.087</v>
       </c>
-      <c r="F53" s="14" t="n">
+      <c r="G53" s="14" t="n">
         <v>129.966</v>
       </c>
-      <c r="G53" s="14" t="n">
+      <c r="H53" s="14" t="n">
         <v>123.873</v>
       </c>
-      <c r="H53" s="14" t="n">
+      <c r="I53" s="14" t="n">
         <v>124.437</v>
       </c>
-      <c r="I53" s="14" t="n">
+      <c r="J53" s="14" t="n">
         <v>133.064</v>
       </c>
-      <c r="J53" s="14" t="n">
+      <c r="K53" s="14" t="n">
         <v>125.534</v>
       </c>
-      <c r="K53" s="14" t="n">
+      <c r="L53" s="14" t="n">
         <v>110.433</v>
       </c>
-      <c r="L53" s="14" t="n">
+      <c r="M53" s="14" t="n">
         <v>110.427</v>
       </c>
-      <c r="M53" s="14" t="n">
+      <c r="N53" s="14" t="n">
         <v>136.48</v>
       </c>
-      <c r="N53" s="14" t="n">
+      <c r="O53" s="14" t="n">
         <v>116.816</v>
       </c>
-      <c r="O53" s="14" t="n">
+      <c r="P53" s="14" t="n">
         <v>99.931</v>
       </c>
-      <c r="P53" s="14" t="n">
+      <c r="Q53" s="14" t="n">
         <v>97.417</v>
       </c>
-      <c r="Q53" s="14" t="n">
+      <c r="R53" s="14" t="n">
         <v>104.649</v>
       </c>
-      <c r="R53" s="14" t="n">
+      <c r="S53" s="14" t="n">
         <v>99.604</v>
       </c>
-      <c r="S53" s="14" t="n">
+      <c r="T53" s="14" t="n">
         <v>98.331</v>
       </c>
-      <c r="T53" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -42856,111 +43289,109 @@
       <c r="BS53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX53" s="15" t="n">
-        <v>3.1</v>
+      <c r="BX53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="BY53" s="15" t="n">
-        <v>-4.7</v>
+        <v>5.4</v>
       </c>
       <c r="BZ53" s="15" t="n">
-        <v>-5.8</v>
+        <v>3.7</v>
       </c>
       <c r="CA53" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="CB53" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="CC53" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="CB53" s="15" t="n">
+      <c r="CD53" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="CC53" s="15" t="n">
+      <c r="CE53" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CD53" s="15" t="n">
+      <c r="CF53" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="CE53" s="15" t="n">
+      <c r="CG53" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="CF53" s="15" t="n">
+      <c r="CH53" s="15" t="n">
         <v>13.7</v>
       </c>
-      <c r="CG53" s="15" t="n">
+      <c r="CI53" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CH53" s="15" t="n">
+      <c r="CJ53" s="15" t="n">
         <v>-19.1</v>
       </c>
-      <c r="CI53" s="15" t="n">
+      <c r="CK53" s="15" t="n">
         <v>16.8</v>
       </c>
-      <c r="CJ53" s="15" t="n">
+      <c r="CL53" s="15" t="n">
         <v>16.9</v>
       </c>
-      <c r="CK53" s="15" t="n">
+      <c r="CM53" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="CL53" s="15" t="n">
+      <c r="CN53" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="CM53" s="15" t="n">
+      <c r="CO53" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="CN53" s="15" t="n">
+      <c r="CP53" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CO53" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -43192,107 +43623,105 @@
       <c r="EO53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET53" s="15" t="n">
-[...3 lines deleted...]
-        <v>0.9</v>
+      <c r="ET53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="EV53" s="15" t="n">
-        <v>5.3</v>
+        <v>-2.0</v>
       </c>
       <c r="EW53" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="EX53" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="EY53" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="EZ53" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="EX53" s="15" t="n">
+      <c r="FA53" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="EY53" s="15" t="n">
+      <c r="FB53" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="EZ53" s="15" t="n">
+      <c r="FC53" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="FA53" s="15" t="n">
+      <c r="FD53" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="FB53" s="15" t="n">
+      <c r="FE53" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="FC53" s="15" t="n">
+      <c r="FF53" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="FD53" s="15" t="n">
+      <c r="FG53" s="15" t="n">
         <v>13.4</v>
       </c>
-      <c r="FE53" s="15" t="n">
+      <c r="FH53" s="15" t="n">
         <v>30.4</v>
       </c>
-      <c r="FF53" s="15" t="n">
+      <c r="FI53" s="15" t="n">
         <v>17.3</v>
       </c>
-      <c r="FG53" s="15" t="n">
+      <c r="FJ53" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="FH53" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -43530,803 +43959,825 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="6" t="inlineStr">
         <is>
           <t>80 Security and investigation activities</t>
         </is>
       </c>
       <c r="B54" s="14" t="n">
-        <v>112.06</v>
+        <v>112.2</v>
       </c>
       <c r="C54" s="14" t="n">
-        <v>111.851</v>
+        <v>111.629</v>
       </c>
       <c r="D54" s="14" t="n">
+        <v>111.369</v>
+      </c>
+      <c r="E54" s="14" t="n">
         <v>109.74</v>
       </c>
-      <c r="E54" s="14" t="n">
+      <c r="F54" s="14" t="n">
         <v>109.322</v>
       </c>
-      <c r="F54" s="14" t="n">
+      <c r="G54" s="14" t="n">
         <v>108.762</v>
       </c>
-      <c r="G54" s="14" t="n">
+      <c r="H54" s="14" t="n">
         <v>108.176</v>
       </c>
-      <c r="H54" s="14" t="n">
+      <c r="I54" s="14" t="n">
         <v>106.384</v>
       </c>
-      <c r="I54" s="14" t="n">
+      <c r="J54" s="14" t="n">
         <v>105.519</v>
       </c>
-      <c r="J54" s="14" t="n">
+      <c r="K54" s="14" t="n">
         <v>105.802</v>
       </c>
-      <c r="K54" s="14" t="n">
+      <c r="L54" s="14" t="n">
         <v>105.93</v>
       </c>
-      <c r="L54" s="14" t="n">
+      <c r="M54" s="14" t="n">
         <v>102.946</v>
       </c>
-      <c r="M54" s="14" t="n">
+      <c r="N54" s="14" t="n">
         <v>102.823</v>
       </c>
-      <c r="N54" s="14" t="n">
+      <c r="O54" s="14" t="n">
         <v>102.675</v>
       </c>
-      <c r="O54" s="14" t="n">
+      <c r="P54" s="14" t="n">
         <v>102.719</v>
       </c>
-      <c r="P54" s="14" t="n">
+      <c r="Q54" s="14" t="n">
         <v>100.551</v>
       </c>
-      <c r="Q54" s="14" t="n">
+      <c r="R54" s="14" t="n">
         <v>100.209</v>
       </c>
-      <c r="R54" s="14" t="n">
+      <c r="S54" s="14" t="n">
         <v>99.773</v>
       </c>
-      <c r="S54" s="14" t="n">
+      <c r="T54" s="14" t="n">
         <v>99.467</v>
       </c>
-      <c r="T54" s="14" t="n">
+      <c r="U54" s="14" t="n">
         <v>98.98</v>
       </c>
-      <c r="U54" s="14" t="n">
+      <c r="V54" s="14" t="n">
         <v>98.475</v>
       </c>
-      <c r="V54" s="14" t="n">
+      <c r="W54" s="14" t="n">
         <v>98.896</v>
       </c>
-      <c r="W54" s="14" t="n">
+      <c r="X54" s="14" t="n">
         <v>99.047</v>
       </c>
-      <c r="X54" s="14" t="n">
+      <c r="Y54" s="14" t="n">
         <v>97.463</v>
       </c>
-      <c r="Y54" s="14" t="n">
+      <c r="Z54" s="14" t="n">
         <v>97.59</v>
       </c>
-      <c r="Z54" s="14" t="n">
+      <c r="AA54" s="14" t="n">
         <v>97.338</v>
       </c>
-      <c r="AA54" s="14" t="n">
+      <c r="AB54" s="14" t="n">
         <v>97.292</v>
       </c>
-      <c r="AB54" s="14" t="n">
+      <c r="AC54" s="14" t="n">
         <v>96.28</v>
       </c>
-      <c r="AC54" s="14" t="n">
+      <c r="AD54" s="14" t="n">
         <v>95.86</v>
       </c>
-      <c r="AD54" s="14" t="n">
+      <c r="AE54" s="14" t="n">
         <v>95.405</v>
       </c>
-      <c r="AE54" s="14" t="n">
+      <c r="AF54" s="14" t="n">
         <v>95.097</v>
       </c>
-      <c r="AF54" s="14" t="n">
+      <c r="AG54" s="14" t="n">
         <v>94.793</v>
       </c>
-      <c r="AG54" s="14" t="n">
+      <c r="AH54" s="14" t="n">
         <v>95.024</v>
       </c>
-      <c r="AH54" s="14" t="n">
+      <c r="AI54" s="14" t="n">
         <v>95.192</v>
       </c>
-      <c r="AI54" s="14" t="n">
+      <c r="AJ54" s="14" t="n">
         <v>95.519</v>
       </c>
-      <c r="AJ54" s="14" t="n">
+      <c r="AK54" s="14" t="n">
         <v>94.864</v>
       </c>
-      <c r="AK54" s="14" t="n">
+      <c r="AL54" s="14" t="n">
         <v>94.804</v>
       </c>
-      <c r="AL54" s="14" t="n">
+      <c r="AM54" s="14" t="n">
         <v>94.635</v>
       </c>
-      <c r="AM54" s="14" t="n">
+      <c r="AN54" s="14" t="n">
         <v>95.15</v>
       </c>
-      <c r="AN54" s="14" t="n">
+      <c r="AO54" s="14" t="n">
         <v>95.206</v>
       </c>
-      <c r="AO54" s="14" t="n">
+      <c r="AP54" s="14" t="n">
         <v>96.993</v>
       </c>
-      <c r="AP54" s="14" t="n">
+      <c r="AQ54" s="14" t="n">
         <v>97.31</v>
       </c>
-      <c r="AQ54" s="14" t="n">
+      <c r="AR54" s="14" t="n">
         <v>96.875</v>
       </c>
-      <c r="AR54" s="14" t="n">
+      <c r="AS54" s="14" t="n">
         <v>95.475</v>
       </c>
-      <c r="AS54" s="14" t="n">
+      <c r="AT54" s="14" t="n">
         <v>95.901</v>
       </c>
-      <c r="AT54" s="14" t="n">
+      <c r="AU54" s="14" t="n">
         <v>95.482</v>
       </c>
-      <c r="AU54" s="14" t="n">
+      <c r="AV54" s="14" t="n">
         <v>95.477</v>
       </c>
-      <c r="AV54" s="14" t="n">
+      <c r="AW54" s="14" t="n">
         <v>94.707</v>
       </c>
-      <c r="AW54" s="14" t="n">
+      <c r="AX54" s="14" t="n">
         <v>94.015</v>
       </c>
-      <c r="AX54" s="14" t="n">
+      <c r="AY54" s="14" t="n">
         <v>94.681</v>
       </c>
-      <c r="AY54" s="14" t="n">
+      <c r="AZ54" s="14" t="n">
         <v>94.476</v>
       </c>
-      <c r="AZ54" s="14" t="n">
+      <c r="BA54" s="14" t="n">
         <v>94.766</v>
       </c>
-      <c r="BA54" s="14" t="n">
+      <c r="BB54" s="14" t="n">
         <v>94.585</v>
       </c>
-      <c r="BB54" s="14" t="n">
+      <c r="BC54" s="14" t="n">
         <v>95.092</v>
       </c>
-      <c r="BC54" s="14" t="n">
+      <c r="BD54" s="14" t="n">
         <v>95.433</v>
       </c>
-      <c r="BD54" s="14" t="n">
+      <c r="BE54" s="14" t="n">
         <v>94.534</v>
       </c>
-      <c r="BE54" s="14" t="n">
+      <c r="BF54" s="14" t="n">
         <v>94.267</v>
       </c>
-      <c r="BF54" s="14" t="n">
+      <c r="BG54" s="14" t="n">
         <v>94.262</v>
       </c>
-      <c r="BG54" s="14" t="n">
+      <c r="BH54" s="14" t="n">
         <v>94.152</v>
       </c>
-      <c r="BH54" s="14" t="n">
+      <c r="BI54" s="14" t="n">
         <v>93.5</v>
       </c>
-      <c r="BI54" s="14" t="n">
+      <c r="BJ54" s="14" t="n">
         <v>93.97</v>
       </c>
-      <c r="BJ54" s="14" t="n">
+      <c r="BK54" s="14" t="n">
         <v>94.148</v>
       </c>
-      <c r="BK54" s="14" t="n">
+      <c r="BL54" s="14" t="n">
         <v>94.326</v>
       </c>
-      <c r="BL54" s="14" t="n">
+      <c r="BM54" s="14" t="n">
         <v>94.251</v>
       </c>
-      <c r="BM54" s="14" t="n">
+      <c r="BN54" s="14" t="n">
         <v>94.442</v>
       </c>
-      <c r="BN54" s="14" t="n">
+      <c r="BO54" s="14" t="n">
         <v>94.167</v>
       </c>
-      <c r="BO54" s="14" t="n">
+      <c r="BP54" s="14" t="n">
         <v>93.778</v>
       </c>
-      <c r="BP54" s="14" t="n">
+      <c r="BQ54" s="14" t="n">
         <v>93.539</v>
       </c>
-      <c r="BQ54" s="14" t="n">
+      <c r="BR54" s="14" t="n">
         <v>93.704</v>
       </c>
-      <c r="BR54" s="14" t="n">
+      <c r="BS54" s="14" t="n">
         <v>93.588</v>
       </c>
-      <c r="BS54" s="14" t="n">
+      <c r="BT54" s="14" t="n">
         <v>92.451</v>
       </c>
-      <c r="BT54" s="14" t="n">
+      <c r="BU54" s="14" t="n">
         <v>90.346</v>
       </c>
-      <c r="BU54" s="14" t="n">
+      <c r="BV54" s="14" t="n">
         <v>89.744</v>
       </c>
-      <c r="BV54" s="14" t="n">
+      <c r="BW54" s="14" t="n">
         <v>89.654</v>
       </c>
-      <c r="BW54" s="14" t="n">
+      <c r="BX54" s="14" t="n">
         <v>89.228</v>
       </c>
-      <c r="BX54" s="15" t="n">
+      <c r="BY54" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="BZ54" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="BY54" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BZ54" s="15" t="n">
+      <c r="CA54" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="CB54" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CA54" s="15" t="n">
+      <c r="CC54" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CB54" s="15" t="n">
+      <c r="CD54" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CC54" s="15" t="n">
+      <c r="CE54" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="CD54" s="15" t="n">
+      <c r="CF54" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CE54" s="15" t="n">
+      <c r="CG54" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CF54" s="15" t="n">
+      <c r="CH54" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CG54" s="15" t="n">
+      <c r="CI54" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="CH54" s="15" t="n">
+      <c r="CJ54" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CI54" s="15" t="n">
+      <c r="CK54" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CJ54" s="15" t="n">
+      <c r="CL54" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CK54" s="15" t="n">
+      <c r="CM54" s="15" t="n">
         <v>2.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="CN54" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="CO54" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CP54" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CQ54" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CP54" s="15" t="n">
+      <c r="CR54" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CQ54" s="15" t="n">
+      <c r="CS54" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CR54" s="15" t="n">
+      <c r="CT54" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CS54" s="15" t="n">
+      <c r="CU54" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="CT54" s="15" t="n">
+      <c r="CV54" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CU54" s="15" t="n">
+      <c r="CW54" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CV54" s="15" t="n">
+      <c r="CX54" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CW54" s="15" t="n">
+      <c r="CY54" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CX54" s="15" t="n">
+      <c r="CZ54" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CY54" s="15" t="n">
+      <c r="DA54" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CZ54" s="15" t="n">
+      <c r="DB54" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DA54" s="15" t="n">
+      <c r="DC54" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DB54" s="15" t="n">
+      <c r="DD54" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DC54" s="15" t="n">
+      <c r="DE54" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DD54" s="15" t="n">
+      <c r="DF54" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DE54" s="15" t="n">
+      <c r="DG54" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DF54" s="15" t="n">
+      <c r="DH54" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DG54" s="15" t="n">
+      <c r="DI54" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DH54" s="15" t="n">
+      <c r="DJ54" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DI54" s="15" t="n">
+      <c r="DK54" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DJ54" s="15" t="n">
+      <c r="DL54" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="DK54" s="15" t="n">
+      <c r="DM54" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DL54" s="15" t="n">
+      <c r="DN54" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DM54" s="15" t="n">
+      <c r="DO54" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="DN54" s="15" t="n">
+      <c r="DP54" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DO54" s="15" t="n">
+      <c r="DQ54" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DP54" s="15" t="n">
+      <c r="DR54" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DQ54" s="15" t="n">
+      <c r="DS54" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="DR54" s="15" t="n">
+      <c r="DT54" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DS54" s="15" t="n">
+      <c r="DU54" s="15" t="n">
         <v>-0.7</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.3</v>
       </c>
       <c r="DV54" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="DW54" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="DX54" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="DY54" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DX54" s="15" t="n">
+      <c r="DZ54" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DY54" s="15" t="n">
+      <c r="EA54" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="DZ54" s="15" t="n">
+      <c r="EB54" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EA54" s="15" t="n">
+      <c r="EC54" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EB54" s="15" t="n">
+      <c r="ED54" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EC54" s="15" t="n">
+      <c r="EE54" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ED54" s="15" t="n">
+      <c r="EF54" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="EE54" s="15" t="n">
+      <c r="EG54" s="15" t="n">
         <v>-0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="EH54" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="EI54" s="15" t="n">
-        <v>0.3</v>
+        <v>0.1</v>
       </c>
       <c r="EJ54" s="15" t="n">
-        <v>0.4</v>
+        <v>-0.2</v>
       </c>
       <c r="EK54" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="EL54" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="EM54" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="EN54" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EM54" s="15" t="n">
+      <c r="EO54" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EN54" s="15" t="n">
+      <c r="EP54" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="EO54" s="15" t="n">
+      <c r="EQ54" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="EP54" s="15" t="n">
+      <c r="ER54" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="EQ54" s="15" t="n">
+      <c r="ES54" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ER54" s="15" t="n">
+      <c r="ET54" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ES54" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="ET54" s="15" t="n">
+      <c r="EU54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV54" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EW54" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EX54" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="EU54" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EV54" s="15" t="n">
+      <c r="EY54" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="EW54" s="15" t="n">
+      <c r="EZ54" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="EX54" s="15" t="n">
+      <c r="FA54" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="EY54" s="15" t="n">
+      <c r="FB54" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="EZ54" s="15" t="n">
+      <c r="FC54" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="FA54" s="15" t="n">
+      <c r="FD54" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="FB54" s="15" t="n">
+      <c r="FE54" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="FC54" s="15" t="n">
+      <c r="FF54" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="FD54" s="15" t="n">
+      <c r="FG54" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="FE54" s="15" t="n">
+      <c r="FH54" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="FF54" s="15" t="n">
+      <c r="FI54" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="FG54" s="15" t="n">
+      <c r="FJ54" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="FH54" s="15" t="n">
+      <c r="FK54" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="FI54" s="15" t="n">
+      <c r="FL54" s="15" t="n">
         <v>1.8</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.6</v>
       </c>
       <c r="FM54" s="15" t="n">
         <v>0.9</v>
       </c>
       <c r="FN54" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FO54" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="FO54" s="15" t="n">
+      <c r="FP54" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="FQ54" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="FR54" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="FP54" s="15" t="n">
+      <c r="FS54" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FQ54" s="15" t="n">
+      <c r="FT54" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="FR54" s="15" t="n">
+      <c r="FU54" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="FS54" s="15" t="n">
+      <c r="FV54" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="FT54" s="15" t="n">
+      <c r="FW54" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="FU54" s="15" t="n">
+      <c r="FX54" s="15" t="n">
         <v>0.9</v>
-      </c>
-[...7 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="FY54" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="FZ54" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="GA54" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="GB54" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="GC54" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="GA54" s="15" t="n">
+      <c r="GD54" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="GB54" s="15" t="n">
+      <c r="GE54" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GC54" s="15" t="n">
+      <c r="GF54" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="GD54" s="15" t="n">
+      <c r="GG54" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="GE54" s="15" t="n">
+      <c r="GH54" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="GF54" s="15" t="n">
+      <c r="GI54" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="GG54" s="15" t="n">
+      <c r="GJ54" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GH54" s="15" t="n">
+      <c r="GK54" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="GI54" s="15" t="n">
+      <c r="GL54" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="GJ54" s="15" t="n">
+      <c r="GM54" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="GK54" s="15" t="n">
+      <c r="GN54" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="GL54" s="15" t="n">
+      <c r="GO54" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="GM54" s="15" t="n">
+      <c r="GP54" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GN54" s="15" t="n">
+      <c r="GQ54" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GO54" s="15" t="n">
+      <c r="GR54" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="GP54" s="15" t="n">
+      <c r="GS54" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GQ54" s="15" t="n">
+      <c r="GT54" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GR54" s="15" t="n">
+      <c r="GU54" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="GS54" s="15" t="n">
+      <c r="GV54" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="GT54" s="15" t="n">
+      <c r="GW54" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="GU54" s="15" t="n">
+      <c r="GX54" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="GV54" s="15" t="n">
+      <c r="GY54" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GW54" s="15" t="n">
+      <c r="GZ54" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="GX54" s="15" t="n">
+      <c r="HA54" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GY54" s="15" t="n">
+      <c r="HB54" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GZ54" s="15" t="n">
+      <c r="HC54" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="HA54" s="15" t="n">
+      <c r="HD54" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="HB54" s="15" t="n">
+      <c r="HE54" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.8</v>
       </c>
       <c r="HF54" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="HG54" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="HH54" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="HI54" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="HJ54" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="HH54" s="15" t="n">
+      <c r="HK54" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="HI54" s="15" t="n">
+      <c r="HL54" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="HJ54" s="15" t="n">
+      <c r="HM54" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="HK54" s="15" t="n">
+      <c r="HN54" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="HL54" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HO54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR54" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="6" t="inlineStr">
         <is>
           <t>81 Services to buildings and landscape activities</t>
         </is>
       </c>
       <c r="B55" s="14" t="n">
-        <v>105.884</v>
+        <v>106.178</v>
       </c>
       <c r="C55" s="14" t="n">
-        <v>105.563</v>
+        <v>105.989</v>
       </c>
       <c r="D55" s="14" t="n">
-        <v>104.584</v>
+        <v>105.659</v>
       </c>
       <c r="E55" s="14" t="n">
-        <v>104.512</v>
+        <v>104.662</v>
       </c>
       <c r="F55" s="14" t="n">
+        <v>104.534</v>
+      </c>
+      <c r="G55" s="14" t="n">
         <v>104.445</v>
       </c>
-      <c r="G55" s="14" t="n">
+      <c r="H55" s="14" t="n">
         <v>103.553</v>
       </c>
-      <c r="H55" s="14" t="n">
+      <c r="I55" s="14" t="n">
         <v>102.856</v>
       </c>
-      <c r="I55" s="14" t="n">
+      <c r="J55" s="14" t="n">
         <v>102.727</v>
       </c>
-      <c r="J55" s="14" t="n">
+      <c r="K55" s="14" t="n">
         <v>103.017</v>
       </c>
-      <c r="K55" s="14" t="n">
+      <c r="L55" s="14" t="n">
         <v>102.5</v>
       </c>
-      <c r="L55" s="14" t="n">
+      <c r="M55" s="14" t="n">
         <v>102.128</v>
       </c>
-      <c r="M55" s="14" t="n">
+      <c r="N55" s="14" t="n">
         <v>101.914</v>
       </c>
-      <c r="N55" s="14" t="n">
+      <c r="O55" s="14" t="n">
         <v>101.738</v>
       </c>
-      <c r="O55" s="14" t="n">
+      <c r="P55" s="14" t="n">
         <v>101.534</v>
       </c>
-      <c r="P55" s="14" t="n">
+      <c r="Q55" s="14" t="n">
         <v>100.367</v>
       </c>
-      <c r="Q55" s="14" t="n">
+      <c r="R55" s="14" t="n">
         <v>99.933</v>
       </c>
-      <c r="R55" s="14" t="n">
+      <c r="S55" s="14" t="n">
         <v>99.849</v>
       </c>
-      <c r="S55" s="14" t="n">
+      <c r="T55" s="14" t="n">
         <v>99.851</v>
       </c>
-      <c r="T55" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -44558,111 +45009,109 @@
       <c r="BS55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX55" s="15" t="n">
+      <c r="BX55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BY55" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="BZ55" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="BY55" s="15" t="n">
+      <c r="CA55" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CB55" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CC55" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CD55" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="BZ55" s="15" t="n">
+      <c r="CE55" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CF55" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CA55" s="15" t="n">
-[...11 lines deleted...]
-      <c r="CE55" s="15" t="n">
+      <c r="CG55" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CF55" s="15" t="n">
+      <c r="CH55" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CG55" s="15" t="n">
+      <c r="CI55" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="CJ55" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="CK55" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CL55" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CM55" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CL55" s="15" t="n">
+      <c r="CN55" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CM55" s="15" t="n">
+      <c r="CO55" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CN55" s="15" t="n">
+      <c r="CP55" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CO55" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CQ55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CR55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CS55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -44894,107 +45343,105 @@
       <c r="EO55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EP55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EQ55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ET55" s="15" t="n">
+      <c r="ET55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV55" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="EW55" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="EX55" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="EY55" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="EZ55" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="FA55" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="EU55" s="15" t="n">
+      <c r="FB55" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="FC55" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="FD55" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="FE55" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="FF55" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="FG55" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="FH55" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="FI55" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="EV55" s="15" t="n">
+      <c r="FJ55" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="EW55" s="15" t="n">
-[...46 lines deleted...]
-      </c>
       <c r="FK55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -45232,803 +45679,825 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="6" t="inlineStr">
         <is>
           <t>81.2 Cleaning activities</t>
         </is>
       </c>
       <c r="B56" s="14" t="n">
-        <v>105.884</v>
+        <v>106.178</v>
       </c>
       <c r="C56" s="14" t="n">
-        <v>105.563</v>
+        <v>105.989</v>
       </c>
       <c r="D56" s="14" t="n">
-        <v>104.584</v>
+        <v>105.659</v>
       </c>
       <c r="E56" s="14" t="n">
-        <v>104.512</v>
+        <v>104.662</v>
       </c>
       <c r="F56" s="14" t="n">
+        <v>104.534</v>
+      </c>
+      <c r="G56" s="14" t="n">
         <v>104.445</v>
       </c>
-      <c r="G56" s="14" t="n">
+      <c r="H56" s="14" t="n">
         <v>103.553</v>
       </c>
-      <c r="H56" s="14" t="n">
+      <c r="I56" s="14" t="n">
         <v>102.856</v>
       </c>
-      <c r="I56" s="14" t="n">
+      <c r="J56" s="14" t="n">
         <v>102.727</v>
       </c>
-      <c r="J56" s="14" t="n">
+      <c r="K56" s="14" t="n">
         <v>103.017</v>
       </c>
-      <c r="K56" s="14" t="n">
+      <c r="L56" s="14" t="n">
         <v>102.5</v>
       </c>
-      <c r="L56" s="14" t="n">
+      <c r="M56" s="14" t="n">
         <v>102.128</v>
       </c>
-      <c r="M56" s="14" t="n">
+      <c r="N56" s="14" t="n">
         <v>101.914</v>
       </c>
-      <c r="N56" s="14" t="n">
+      <c r="O56" s="14" t="n">
         <v>101.738</v>
       </c>
-      <c r="O56" s="14" t="n">
+      <c r="P56" s="14" t="n">
         <v>101.534</v>
       </c>
-      <c r="P56" s="14" t="n">
+      <c r="Q56" s="14" t="n">
         <v>100.367</v>
       </c>
-      <c r="Q56" s="14" t="n">
+      <c r="R56" s="14" t="n">
         <v>99.933</v>
       </c>
-      <c r="R56" s="14" t="n">
+      <c r="S56" s="14" t="n">
         <v>99.849</v>
       </c>
-      <c r="S56" s="14" t="n">
+      <c r="T56" s="14" t="n">
         <v>99.851</v>
       </c>
-      <c r="T56" s="14" t="n">
+      <c r="U56" s="14" t="n">
         <v>99.695</v>
       </c>
-      <c r="U56" s="14" t="n">
+      <c r="V56" s="14" t="n">
         <v>99.749</v>
       </c>
-      <c r="V56" s="14" t="n">
+      <c r="W56" s="14" t="n">
         <v>99.659</v>
       </c>
-      <c r="W56" s="14" t="n">
+      <c r="X56" s="14" t="n">
         <v>99.574</v>
       </c>
-      <c r="X56" s="14" t="n">
+      <c r="Y56" s="14" t="n">
         <v>99.112</v>
       </c>
-      <c r="Y56" s="14" t="n">
+      <c r="Z56" s="14" t="n">
         <v>99.22</v>
       </c>
-      <c r="Z56" s="14" t="n">
+      <c r="AA56" s="14" t="n">
         <v>99.239</v>
       </c>
-      <c r="AA56" s="14" t="n">
+      <c r="AB56" s="14" t="n">
         <v>99.238</v>
       </c>
-      <c r="AB56" s="14" t="n">
+      <c r="AC56" s="14" t="n">
         <v>99.018</v>
       </c>
-      <c r="AC56" s="14" t="n">
+      <c r="AD56" s="14" t="n">
         <v>98.914</v>
       </c>
-      <c r="AD56" s="14" t="n">
+      <c r="AE56" s="14" t="n">
         <v>98.846</v>
       </c>
-      <c r="AE56" s="14" t="n">
+      <c r="AF56" s="14" t="n">
         <v>98.748</v>
       </c>
-      <c r="AF56" s="14" t="n">
+      <c r="AG56" s="14" t="n">
         <v>98.864</v>
       </c>
-      <c r="AG56" s="14" t="n">
+      <c r="AH56" s="14" t="n">
         <v>98.917</v>
       </c>
-      <c r="AH56" s="14" t="n">
+      <c r="AI56" s="14" t="n">
         <v>98.776</v>
       </c>
-      <c r="AI56" s="14" t="n">
+      <c r="AJ56" s="14" t="n">
         <v>98.816</v>
       </c>
-      <c r="AJ56" s="14" t="n">
+      <c r="AK56" s="14" t="n">
         <v>98.351</v>
       </c>
-      <c r="AK56" s="14" t="n">
+      <c r="AL56" s="14" t="n">
         <v>98.195</v>
       </c>
-      <c r="AL56" s="14" t="n">
+      <c r="AM56" s="14" t="n">
         <v>98.187</v>
       </c>
-      <c r="AM56" s="14" t="n">
+      <c r="AN56" s="14" t="n">
         <v>98.21</v>
       </c>
-      <c r="AN56" s="14" t="n">
+      <c r="AO56" s="14" t="n">
         <v>98.181</v>
       </c>
-      <c r="AO56" s="14" t="n">
+      <c r="AP56" s="14" t="n">
         <v>98.049</v>
       </c>
-      <c r="AP56" s="14" t="n">
+      <c r="AQ56" s="14" t="n">
         <v>98.133</v>
       </c>
-      <c r="AQ56" s="14" t="n">
+      <c r="AR56" s="14" t="n">
         <v>98.181</v>
       </c>
-      <c r="AR56" s="14" t="n">
+      <c r="AS56" s="14" t="n">
         <v>98.476</v>
       </c>
-      <c r="AS56" s="14" t="n">
+      <c r="AT56" s="14" t="n">
         <v>98.35</v>
       </c>
-      <c r="AT56" s="14" t="n">
+      <c r="AU56" s="14" t="n">
         <v>98.593</v>
       </c>
-      <c r="AU56" s="14" t="n">
+      <c r="AV56" s="14" t="n">
         <v>98.478</v>
       </c>
-      <c r="AV56" s="14" t="n">
+      <c r="AW56" s="14" t="n">
         <v>99.428</v>
       </c>
-      <c r="AW56" s="14" t="n">
+      <c r="AX56" s="14" t="n">
         <v>99.649</v>
       </c>
-      <c r="AX56" s="14" t="n">
+      <c r="AY56" s="14" t="n">
         <v>99.851</v>
       </c>
-      <c r="AY56" s="14" t="n">
+      <c r="AZ56" s="14" t="n">
         <v>99.812</v>
       </c>
-      <c r="AZ56" s="14" t="n">
+      <c r="BA56" s="14" t="n">
         <v>99.08</v>
       </c>
-      <c r="BA56" s="14" t="n">
+      <c r="BB56" s="14" t="n">
         <v>99.201</v>
       </c>
-      <c r="BB56" s="14" t="n">
+      <c r="BC56" s="14" t="n">
         <v>99.639</v>
       </c>
-      <c r="BC56" s="14" t="n">
+      <c r="BD56" s="14" t="n">
         <v>99.331</v>
       </c>
-      <c r="BD56" s="14" t="n">
+      <c r="BE56" s="14" t="n">
         <v>100.128</v>
       </c>
-      <c r="BE56" s="14" t="n">
+      <c r="BF56" s="14" t="n">
         <v>100.222</v>
       </c>
-      <c r="BF56" s="14" t="n">
+      <c r="BG56" s="14" t="n">
         <v>100.107</v>
       </c>
-      <c r="BG56" s="14" t="n">
+      <c r="BH56" s="14" t="n">
         <v>99.255</v>
       </c>
-      <c r="BH56" s="14" t="n">
+      <c r="BI56" s="14" t="n">
         <v>99.122</v>
       </c>
-      <c r="BI56" s="14" t="n">
+      <c r="BJ56" s="14" t="n">
         <v>98.829</v>
       </c>
-      <c r="BJ56" s="14" t="n">
+      <c r="BK56" s="14" t="n">
         <v>98.758</v>
       </c>
-      <c r="BK56" s="14" t="n">
+      <c r="BL56" s="14" t="n">
         <v>99.034</v>
       </c>
-      <c r="BL56" s="14" t="n">
+      <c r="BM56" s="14" t="n">
         <v>98.653</v>
       </c>
-      <c r="BM56" s="14" t="n">
+      <c r="BN56" s="14" t="n">
         <v>98.633</v>
       </c>
-      <c r="BN56" s="14" t="n">
+      <c r="BO56" s="14" t="n">
         <v>98.747</v>
       </c>
-      <c r="BO56" s="14" t="n">
+      <c r="BP56" s="14" t="n">
         <v>98.56</v>
       </c>
-      <c r="BP56" s="14" t="n">
+      <c r="BQ56" s="14" t="n">
         <v>98.507</v>
       </c>
-      <c r="BQ56" s="14" t="n">
+      <c r="BR56" s="14" t="n">
         <v>98.734</v>
       </c>
-      <c r="BR56" s="14" t="n">
+      <c r="BS56" s="14" t="n">
         <v>98.813</v>
       </c>
-      <c r="BS56" s="14" t="n">
+      <c r="BT56" s="14" t="n">
         <v>98.488</v>
       </c>
-      <c r="BT56" s="14" t="n">
+      <c r="BU56" s="14" t="n">
         <v>96.277</v>
       </c>
-      <c r="BU56" s="14" t="n">
+      <c r="BV56" s="14" t="n">
         <v>96.352</v>
       </c>
-      <c r="BV56" s="14" t="n">
+      <c r="BW56" s="14" t="n">
         <v>95.922</v>
       </c>
-      <c r="BW56" s="14" t="n">
+      <c r="BX56" s="14" t="n">
         <v>95.507</v>
       </c>
-      <c r="BX56" s="15" t="n">
+      <c r="BY56" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="BZ56" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="BY56" s="15" t="n">
+      <c r="CA56" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CB56" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CC56" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CD56" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="BZ56" s="15" t="n">
+      <c r="CE56" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CF56" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CA56" s="15" t="n">
-[...11 lines deleted...]
-      <c r="CE56" s="15" t="n">
+      <c r="CG56" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CF56" s="15" t="n">
+      <c r="CH56" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CG56" s="15" t="n">
+      <c r="CI56" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="CJ56" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="CK56" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CL56" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CM56" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CL56" s="15" t="n">
+      <c r="CN56" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CM56" s="15" t="n">
+      <c r="CO56" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CN56" s="15" t="n">
+      <c r="CP56" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CO56" s="15" t="n">
+      <c r="CQ56" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CP56" s="15" t="n">
+      <c r="CR56" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CQ56" s="15" t="n">
+      <c r="CS56" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CR56" s="15" t="n">
+      <c r="CT56" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CS56" s="15" t="n">
+      <c r="CU56" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CT56" s="15" t="n">
+      <c r="CV56" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CU56" s="15" t="n">
+      <c r="CW56" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CV56" s="15" t="n">
+      <c r="CX56" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CW56" s="15" t="n">
+      <c r="CY56" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="CZ56" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="DA56" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DB56" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DC56" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DB56" s="15" t="n">
+      <c r="DD56" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DC56" s="15" t="n">
+      <c r="DE56" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DD56" s="15" t="n">
+      <c r="DF56" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DE56" s="15" t="n">
+      <c r="DG56" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="DF56" s="15" t="n">
+      <c r="DH56" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="DI56" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="DJ56" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DK56" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DL56" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DK56" s="15" t="n">
+      <c r="DM56" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DL56" s="15" t="n">
+      <c r="DN56" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DM56" s="15" t="n">
+      <c r="DO56" s="15" t="n">
         <v>-0.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="DP56" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="DQ56" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="DR56" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DS56" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="DR56" s="15" t="n">
+      <c r="DT56" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DS56" s="15" t="n">
+      <c r="DU56" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DT56" s="15" t="n">
+      <c r="DV56" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DU56" s="15" t="n">
+      <c r="DW56" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DV56" s="15" t="n">
+      <c r="DX56" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DW56" s="15" t="n">
+      <c r="DY56" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DX56" s="15" t="n">
+      <c r="DZ56" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DY56" s="15" t="n">
+      <c r="EA56" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="DZ56" s="15" t="n">
+      <c r="EB56" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.9</v>
       </c>
       <c r="EC56" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="ED56" s="15" t="n">
-        <v>0.3</v>
+        <v>0.9</v>
       </c>
       <c r="EE56" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="EF56" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="EG56" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="EH56" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="EG56" s="15" t="n">
+      <c r="EI56" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="EH56" s="15" t="n">
+      <c r="EJ56" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EI56" s="15" t="n">
+      <c r="EK56" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EJ56" s="15" t="n">
+      <c r="EL56" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EK56" s="15" t="n">
+      <c r="EM56" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EL56" s="15" t="n">
+      <c r="EN56" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EM56" s="15" t="n">
+      <c r="EO56" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EN56" s="15" t="n">
+      <c r="EP56" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EO56" s="15" t="n">
+      <c r="EQ56" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="EP56" s="15" t="n">
+      <c r="ER56" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EQ56" s="15" t="n">
+      <c r="ES56" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ER56" s="15" t="n">
+      <c r="ET56" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ES56" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="ET56" s="15" t="n">
+      <c r="EU56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV56" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="EW56" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="EX56" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="EY56" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="EZ56" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="FA56" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="EU56" s="15" t="n">
+      <c r="FB56" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="FC56" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="FD56" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="FE56" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="FF56" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="FG56" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="FH56" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="FI56" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="EV56" s="15" t="n">
+      <c r="FJ56" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="EW56" s="15" t="n">
-[...8 lines deleted...]
-      <c r="EZ56" s="15" t="n">
+      <c r="FK56" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="FA56" s="15" t="n">
-[...20 lines deleted...]
-      <c r="FH56" s="15" t="n">
+      <c r="FL56" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="FM56" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="FN56" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="FO56" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="FP56" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="FQ56" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FR56" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="FS56" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="FT56" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="FU56" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FV56" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="FW56" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="FX56" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FY56" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="FZ56" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="GA56" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="GB56" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="FI56" s="15" t="n">
+      <c r="GC56" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GD56" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GE56" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="FJ56" s="15" t="n">
-[...17 lines deleted...]
-      <c r="FP56" s="15" t="n">
+      <c r="GF56" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="FQ56" s="15" t="n">
-[...11 lines deleted...]
-      <c r="FU56" s="15" t="n">
+      <c r="GG56" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="GH56" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...37 lines deleted...]
-        <v>-0.5</v>
       </c>
       <c r="GI56" s="15" t="n">
         <v>-0.3</v>
       </c>
       <c r="GJ56" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="GK56" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="GL56" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="GM56" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GK56" s="15" t="n">
+      <c r="GN56" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="GL56" s="15" t="n">
+      <c r="GO56" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="GM56" s="15" t="n">
+      <c r="GP56" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="GN56" s="15" t="n">
+      <c r="GQ56" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="GO56" s="15" t="n">
+      <c r="GR56" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="GP56" s="15" t="n">
+      <c r="GS56" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="GQ56" s="15" t="n">
+      <c r="GT56" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="GR56" s="15" t="n">
+      <c r="GU56" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GS56" s="15" t="n">
+      <c r="GV56" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GT56" s="15" t="n">
+      <c r="GW56" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GU56" s="15" t="n">
+      <c r="GX56" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GV56" s="15" t="n">
+      <c r="GY56" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="GW56" s="15" t="n">
+      <c r="GZ56" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="GX56" s="15" t="n">
+      <c r="HA56" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="GY56" s="15" t="n">
+      <c r="HB56" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="HC56" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="HD56" s="15" t="n">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="HE56" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.0</v>
       </c>
       <c r="HF56" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.5</v>
       </c>
       <c r="HG56" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="HH56" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="HI56" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="HJ56" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="HK56" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="HI56" s="15" t="n">
+      <c r="HL56" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="HJ56" s="15" t="n">
+      <c r="HM56" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="HK56" s="15" t="n">
+      <c r="HN56" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="HL56" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HO56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR56" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="6" t="inlineStr">
         <is>
           <t>82 Office administrative, office support and other business support activities</t>
         </is>
       </c>
       <c r="B57" s="14" t="n">
-        <v>108.967</v>
+        <v>108.569</v>
       </c>
       <c r="C57" s="14" t="n">
-        <v>108.604</v>
+        <v>108.822</v>
       </c>
       <c r="D57" s="14" t="n">
-        <v>106.928</v>
+        <v>108.224</v>
       </c>
       <c r="E57" s="14" t="n">
+        <v>106.731</v>
+      </c>
+      <c r="F57" s="14" t="n">
         <v>106.724</v>
       </c>
-      <c r="F57" s="14" t="n">
+      <c r="G57" s="14" t="n">
         <v>106.773</v>
       </c>
-      <c r="G57" s="14" t="n">
+      <c r="H57" s="14" t="n">
         <v>105.967</v>
       </c>
-      <c r="H57" s="14" t="n">
+      <c r="I57" s="14" t="n">
         <v>105.037</v>
       </c>
-      <c r="I57" s="14" t="n">
+      <c r="J57" s="14" t="n">
         <v>104.646</v>
       </c>
-      <c r="J57" s="14" t="n">
+      <c r="K57" s="14" t="n">
         <v>105.053</v>
       </c>
-      <c r="K57" s="14" t="n">
+      <c r="L57" s="14" t="n">
         <v>104.954</v>
       </c>
-      <c r="L57" s="14" t="n">
+      <c r="M57" s="14" t="n">
         <v>103.141</v>
       </c>
-      <c r="M57" s="14" t="n">
+      <c r="N57" s="14" t="n">
         <v>102.441</v>
       </c>
-      <c r="N57" s="14" t="n">
+      <c r="O57" s="14" t="n">
         <v>101.852</v>
       </c>
-      <c r="O57" s="14" t="n">
+      <c r="P57" s="14" t="n">
         <v>100.848</v>
       </c>
-      <c r="P57" s="14" t="n">
+      <c r="Q57" s="14" t="n">
         <v>100.632</v>
       </c>
-      <c r="Q57" s="14" t="n">
+      <c r="R57" s="14" t="n">
         <v>100.263</v>
       </c>
-      <c r="R57" s="14" t="n">
+      <c r="S57" s="14" t="n">
         <v>99.583</v>
       </c>
-      <c r="S57" s="14" t="n">
+      <c r="T57" s="14" t="n">
         <v>99.522</v>
       </c>
-      <c r="T57" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="V57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -46260,443 +46729,439 @@
       <c r="BS57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BT57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BX57" s="15" t="n">
-        <v>0.3</v>
+      <c r="BX57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="BY57" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="BZ57" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="CA57" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="CB57" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC57" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD57" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CE57" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="CF57" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CG57" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="CH57" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CI57" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="CJ57" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CK57" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="CL57" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CM57" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CN57" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CO57" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CP57" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CQ57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CR57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CS57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CT57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CU57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CV57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CW57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CX57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CY57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CZ57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DA57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DB57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DC57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DD57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DE57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DF57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DG57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DH57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DI57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DJ57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DK57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DL57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DM57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DN57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DO57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DP57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DQ57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DS57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DT57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DU57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DV57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DW57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DX57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DY57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DZ57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EA57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EB57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EC57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ED57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EE57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EF57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EG57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EH57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EI57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EJ57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EK57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EL57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EM57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EN57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EO57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EP57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EQ57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ER57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ES57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ET57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV57" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="EW57" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="EX57" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EY57" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="BZ57" s="15" t="n">
-[...20 lines deleted...]
-      <c r="CG57" s="15" t="n">
+      <c r="EZ57" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="FA57" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="FB57" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="FC57" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="CH57" s="15" t="n">
-[...308 lines deleted...]
-      <c r="EU57" s="15" t="n">
+      <c r="FD57" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="FE57" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="FF57" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="FG57" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="EV57" s="15" t="n">
-[...14 lines deleted...]
-      <c r="FA57" s="15" t="n">
+      <c r="FH57" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="FB57" s="15" t="n">
-[...11 lines deleted...]
-      <c r="FF57" s="15" t="n">
+      <c r="FI57" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="FG57" s="15" t="n">
+      <c r="FJ57" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FH57" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FK57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FL57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FM57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FN57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -46934,50 +47399,65 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HK57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HL57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HM57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t xml:space="preserve"> For all activities, data are final one year after their release.</t>
         </is>
       </c>
@@ -46989,45 +47469,45 @@
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:BW7"/>
-[...1 lines deleted...]
-    <mergeCell ref="ET7:HO7"/>
+    <mergeCell ref="B7:BX7"/>
+    <mergeCell ref="BY7:EU7"/>
+    <mergeCell ref="EV7:HR7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>