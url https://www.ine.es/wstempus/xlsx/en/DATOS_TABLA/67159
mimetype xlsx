--- v1 (2025-12-26)
+++ v2 (2026-03-31)
@@ -255,51 +255,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:HR66"/>
+  <dimension ref="A1:HU66"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -487,50 +487,53 @@
     <col min="202" max="202" width="19.53125" customWidth="true"/>
     <col min="203" max="203" width="19.53125" customWidth="true"/>
     <col min="204" max="204" width="19.53125" customWidth="true"/>
     <col min="205" max="205" width="19.53125" customWidth="true"/>
     <col min="206" max="206" width="19.53125" customWidth="true"/>
     <col min="207" max="207" width="19.53125" customWidth="true"/>
     <col min="208" max="208" width="19.53125" customWidth="true"/>
     <col min="209" max="209" width="19.53125" customWidth="true"/>
     <col min="210" max="210" width="19.53125" customWidth="true"/>
     <col min="211" max="211" width="19.53125" customWidth="true"/>
     <col min="212" max="212" width="19.53125" customWidth="true"/>
     <col min="213" max="213" width="19.53125" customWidth="true"/>
     <col min="214" max="214" width="19.53125" customWidth="true"/>
     <col min="215" max="215" width="19.53125" customWidth="true"/>
     <col min="216" max="216" width="19.53125" customWidth="true"/>
     <col min="217" max="217" width="19.53125" customWidth="true"/>
     <col min="218" max="218" width="19.53125" customWidth="true"/>
     <col min="219" max="219" width="19.53125" customWidth="true"/>
     <col min="220" max="220" width="19.53125" customWidth="true"/>
     <col min="221" max="221" width="19.53125" customWidth="true"/>
     <col min="222" max="222" width="19.53125" customWidth="true"/>
     <col min="223" max="223" width="19.53125" customWidth="true"/>
     <col min="224" max="224" width="19.53125" customWidth="true"/>
     <col min="225" max="225" width="19.53125" customWidth="true"/>
     <col min="226" max="226" width="19.53125" customWidth="true"/>
+    <col min="227" max="227" width="19.53125" customWidth="true"/>
+    <col min="228" max="228" width="19.53125" customWidth="true"/>
+    <col min="229" max="229" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Industrial producer price index breakdowns by activity</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Service Sector Price Indices</t>
         </is>
       </c>
@@ -676,56 +679,56 @@
       <c r="AZ7" s="6"/>
       <c r="BA7" s="6"/>
       <c r="BB7" s="6"/>
       <c r="BC7" s="6"/>
       <c r="BD7" s="6"/>
       <c r="BE7" s="6"/>
       <c r="BF7" s="6"/>
       <c r="BG7" s="6"/>
       <c r="BH7" s="6"/>
       <c r="BI7" s="6"/>
       <c r="BJ7" s="6"/>
       <c r="BK7" s="6"/>
       <c r="BL7" s="6"/>
       <c r="BM7" s="6"/>
       <c r="BN7" s="6"/>
       <c r="BO7" s="6"/>
       <c r="BP7" s="6"/>
       <c r="BQ7" s="6"/>
       <c r="BR7" s="6"/>
       <c r="BS7" s="6"/>
       <c r="BT7" s="6"/>
       <c r="BU7" s="6"/>
       <c r="BV7" s="6"/>
       <c r="BW7" s="6"/>
       <c r="BX7" s="6"/>
-      <c r="BY7" s="6" t="inlineStr">
+      <c r="BY7" s="6"/>
+      <c r="BZ7" s="6" t="inlineStr">
         <is>
           <t>Quarterly variation rate</t>
         </is>
       </c>
-      <c r="BZ7" s="6"/>
       <c r="CA7" s="6"/>
       <c r="CB7" s="6"/>
       <c r="CC7" s="6"/>
       <c r="CD7" s="6"/>
       <c r="CE7" s="6"/>
       <c r="CF7" s="6"/>
       <c r="CG7" s="6"/>
       <c r="CH7" s="6"/>
       <c r="CI7" s="6"/>
       <c r="CJ7" s="6"/>
       <c r="CK7" s="6"/>
       <c r="CL7" s="6"/>
       <c r="CM7" s="6"/>
       <c r="CN7" s="6"/>
       <c r="CO7" s="6"/>
       <c r="CP7" s="6"/>
       <c r="CQ7" s="6"/>
       <c r="CR7" s="6"/>
       <c r="CS7" s="6"/>
       <c r="CT7" s="6"/>
       <c r="CU7" s="6"/>
       <c r="CV7" s="6"/>
       <c r="CW7" s="6"/>
       <c r="CX7" s="6"/>
       <c r="CY7" s="6"/>
@@ -755,57 +758,57 @@
       <c r="DW7" s="6"/>
       <c r="DX7" s="6"/>
       <c r="DY7" s="6"/>
       <c r="DZ7" s="6"/>
       <c r="EA7" s="6"/>
       <c r="EB7" s="6"/>
       <c r="EC7" s="6"/>
       <c r="ED7" s="6"/>
       <c r="EE7" s="6"/>
       <c r="EF7" s="6"/>
       <c r="EG7" s="6"/>
       <c r="EH7" s="6"/>
       <c r="EI7" s="6"/>
       <c r="EJ7" s="6"/>
       <c r="EK7" s="6"/>
       <c r="EL7" s="6"/>
       <c r="EM7" s="6"/>
       <c r="EN7" s="6"/>
       <c r="EO7" s="6"/>
       <c r="EP7" s="6"/>
       <c r="EQ7" s="6"/>
       <c r="ER7" s="6"/>
       <c r="ES7" s="6"/>
       <c r="ET7" s="6"/>
       <c r="EU7" s="6"/>
-      <c r="EV7" s="6" t="inlineStr">
+      <c r="EV7" s="6"/>
+      <c r="EW7" s="6"/>
+      <c r="EX7" s="6" t="inlineStr">
         <is>
           <t>Annual variation</t>
         </is>
       </c>
-      <c r="EW7" s="6"/>
-      <c r="EX7" s="6"/>
       <c r="EY7" s="6"/>
       <c r="EZ7" s="6"/>
       <c r="FA7" s="6"/>
       <c r="FB7" s="6"/>
       <c r="FC7" s="6"/>
       <c r="FD7" s="6"/>
       <c r="FE7" s="6"/>
       <c r="FF7" s="6"/>
       <c r="FG7" s="6"/>
       <c r="FH7" s="6"/>
       <c r="FI7" s="6"/>
       <c r="FJ7" s="6"/>
       <c r="FK7" s="6"/>
       <c r="FL7" s="6"/>
       <c r="FM7" s="6"/>
       <c r="FN7" s="6"/>
       <c r="FO7" s="6"/>
       <c r="FP7" s="6"/>
       <c r="FQ7" s="6"/>
       <c r="FR7" s="6"/>
       <c r="FS7" s="6"/>
       <c r="FT7" s="6"/>
       <c r="FU7" s="6"/>
       <c r="FV7" s="6"/>
       <c r="FW7" s="6"/>
@@ -834,1251 +837,1267 @@
       <c r="GT7" s="6"/>
       <c r="GU7" s="6"/>
       <c r="GV7" s="6"/>
       <c r="GW7" s="6"/>
       <c r="GX7" s="6"/>
       <c r="GY7" s="6"/>
       <c r="GZ7" s="6"/>
       <c r="HA7" s="6"/>
       <c r="HB7" s="6"/>
       <c r="HC7" s="6"/>
       <c r="HD7" s="6"/>
       <c r="HE7" s="6"/>
       <c r="HF7" s="6"/>
       <c r="HG7" s="6"/>
       <c r="HH7" s="6"/>
       <c r="HI7" s="6"/>
       <c r="HJ7" s="6"/>
       <c r="HK7" s="6"/>
       <c r="HL7" s="6"/>
       <c r="HM7" s="6"/>
       <c r="HN7" s="6"/>
       <c r="HO7" s="6"/>
       <c r="HP7" s="6"/>
       <c r="HQ7" s="6"/>
       <c r="HR7" s="6"/>
+      <c r="HS7" s="6"/>
+      <c r="HT7" s="6"/>
+      <c r="HU7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2025QIV</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2025QIII</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
         <is>
           <t>2020QIV</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2020QIII</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2020QII</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2020QI</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2019QIV</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2019QIII</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2019QII</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2019QI</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2018QIV</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2018QIII</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2018QII</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2018QI</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2017QIV</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2017QIII</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2017QII</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2017QI</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
         <is>
           <t>2016QIV</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2016QIII</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
         <is>
           <t>2016QII</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2016QI</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
         <is>
           <t>2015QIV</t>
         </is>
       </c>
-      <c r="AP8" s="7" t="inlineStr">
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2015QIII</t>
         </is>
       </c>
-      <c r="AQ8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
         <is>
           <t>2015QII</t>
         </is>
       </c>
-      <c r="AR8" s="7" t="inlineStr">
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2015QI</t>
         </is>
       </c>
-      <c r="AS8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2014QIV</t>
         </is>
       </c>
-      <c r="AT8" s="7" t="inlineStr">
+      <c r="AU8" s="7" t="inlineStr">
         <is>
           <t>2014QIII</t>
         </is>
       </c>
-      <c r="AU8" s="7" t="inlineStr">
+      <c r="AV8" s="7" t="inlineStr">
         <is>
           <t>2014QII</t>
         </is>
       </c>
-      <c r="AV8" s="7" t="inlineStr">
+      <c r="AW8" s="7" t="inlineStr">
         <is>
           <t>2014QI</t>
         </is>
       </c>
-      <c r="AW8" s="7" t="inlineStr">
+      <c r="AX8" s="7" t="inlineStr">
         <is>
           <t>2013QIV</t>
         </is>
       </c>
-      <c r="AX8" s="7" t="inlineStr">
+      <c r="AY8" s="7" t="inlineStr">
         <is>
           <t>2013QIII</t>
         </is>
       </c>
-      <c r="AY8" s="7" t="inlineStr">
+      <c r="AZ8" s="7" t="inlineStr">
         <is>
           <t>2013QII</t>
         </is>
       </c>
-      <c r="AZ8" s="7" t="inlineStr">
+      <c r="BA8" s="7" t="inlineStr">
         <is>
           <t>2013QI</t>
         </is>
       </c>
-      <c r="BA8" s="7" t="inlineStr">
+      <c r="BB8" s="7" t="inlineStr">
         <is>
           <t>2012QIV</t>
         </is>
       </c>
-      <c r="BB8" s="7" t="inlineStr">
+      <c r="BC8" s="7" t="inlineStr">
         <is>
           <t>2012QIII</t>
         </is>
       </c>
-      <c r="BC8" s="7" t="inlineStr">
+      <c r="BD8" s="7" t="inlineStr">
         <is>
           <t>2012QII</t>
         </is>
       </c>
-      <c r="BD8" s="7" t="inlineStr">
+      <c r="BE8" s="7" t="inlineStr">
         <is>
           <t>2012QI</t>
         </is>
       </c>
-      <c r="BE8" s="7" t="inlineStr">
+      <c r="BF8" s="7" t="inlineStr">
         <is>
           <t>2011QIV</t>
         </is>
       </c>
-      <c r="BF8" s="7" t="inlineStr">
+      <c r="BG8" s="7" t="inlineStr">
         <is>
           <t>2011QIII</t>
         </is>
       </c>
-      <c r="BG8" s="7" t="inlineStr">
+      <c r="BH8" s="7" t="inlineStr">
         <is>
           <t>2011QII</t>
         </is>
       </c>
-      <c r="BH8" s="7" t="inlineStr">
+      <c r="BI8" s="7" t="inlineStr">
         <is>
           <t>2011QI</t>
         </is>
       </c>
-      <c r="BI8" s="7" t="inlineStr">
+      <c r="BJ8" s="7" t="inlineStr">
         <is>
           <t>2010QIV</t>
         </is>
       </c>
-      <c r="BJ8" s="7" t="inlineStr">
+      <c r="BK8" s="7" t="inlineStr">
         <is>
           <t>2010QIII</t>
         </is>
       </c>
-      <c r="BK8" s="7" t="inlineStr">
+      <c r="BL8" s="7" t="inlineStr">
         <is>
           <t>2010QII</t>
         </is>
       </c>
-      <c r="BL8" s="7" t="inlineStr">
+      <c r="BM8" s="7" t="inlineStr">
         <is>
           <t>2010QI</t>
         </is>
       </c>
-      <c r="BM8" s="7" t="inlineStr">
+      <c r="BN8" s="7" t="inlineStr">
         <is>
           <t>2009QIV</t>
         </is>
       </c>
-      <c r="BN8" s="7" t="inlineStr">
+      <c r="BO8" s="7" t="inlineStr">
         <is>
           <t>2009QIII</t>
         </is>
       </c>
-      <c r="BO8" s="7" t="inlineStr">
+      <c r="BP8" s="7" t="inlineStr">
         <is>
           <t>2009QII</t>
         </is>
       </c>
-      <c r="BP8" s="7" t="inlineStr">
+      <c r="BQ8" s="7" t="inlineStr">
         <is>
           <t>2009QI</t>
         </is>
       </c>
-      <c r="BQ8" s="7" t="inlineStr">
+      <c r="BR8" s="7" t="inlineStr">
         <is>
           <t>2008QIV</t>
         </is>
       </c>
-      <c r="BR8" s="7" t="inlineStr">
+      <c r="BS8" s="7" t="inlineStr">
         <is>
           <t>2008QIII</t>
         </is>
       </c>
-      <c r="BS8" s="7" t="inlineStr">
+      <c r="BT8" s="7" t="inlineStr">
         <is>
           <t>2008QII</t>
         </is>
       </c>
-      <c r="BT8" s="7" t="inlineStr">
+      <c r="BU8" s="7" t="inlineStr">
         <is>
           <t>2008QI</t>
         </is>
       </c>
-      <c r="BU8" s="7" t="inlineStr">
+      <c r="BV8" s="7" t="inlineStr">
         <is>
           <t>2007QIV</t>
         </is>
       </c>
-      <c r="BV8" s="7" t="inlineStr">
+      <c r="BW8" s="7" t="inlineStr">
         <is>
           <t>2007QIII</t>
         </is>
       </c>
-      <c r="BW8" s="7" t="inlineStr">
+      <c r="BX8" s="7" t="inlineStr">
         <is>
           <t>2007QII</t>
         </is>
       </c>
-      <c r="BX8" s="7" t="inlineStr">
+      <c r="BY8" s="7" t="inlineStr">
         <is>
           <t>2007QI</t>
         </is>
       </c>
-      <c r="BY8" s="7" t="inlineStr">
+      <c r="BZ8" s="7" t="inlineStr">
+        <is>
+          <t>2025QIV</t>
+        </is>
+      </c>
+      <c r="CA8" s="7" t="inlineStr">
         <is>
           <t>2025QIII</t>
         </is>
       </c>
-      <c r="BZ8" s="7" t="inlineStr">
+      <c r="CB8" s="7" t="inlineStr">
         <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="CA8" s="7" t="inlineStr">
+      <c r="CC8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="CB8" s="7" t="inlineStr">
+      <c r="CD8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="CC8" s="7" t="inlineStr">
+      <c r="CE8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="CD8" s="7" t="inlineStr">
+      <c r="CF8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="CE8" s="7" t="inlineStr">
+      <c r="CG8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="CF8" s="7" t="inlineStr">
+      <c r="CH8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="CG8" s="7" t="inlineStr">
+      <c r="CI8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="CH8" s="7" t="inlineStr">
+      <c r="CJ8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="CI8" s="7" t="inlineStr">
+      <c r="CK8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="CJ8" s="7" t="inlineStr">
+      <c r="CL8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="CK8" s="7" t="inlineStr">
+      <c r="CM8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="CL8" s="7" t="inlineStr">
+      <c r="CN8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="CM8" s="7" t="inlineStr">
+      <c r="CO8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="CN8" s="7" t="inlineStr">
+      <c r="CP8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="CO8" s="7" t="inlineStr">
+      <c r="CQ8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="CP8" s="7" t="inlineStr">
+      <c r="CR8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="CQ8" s="7" t="inlineStr">
+      <c r="CS8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
-      <c r="CR8" s="7" t="inlineStr">
+      <c r="CT8" s="7" t="inlineStr">
         <is>
           <t>2020QIV</t>
         </is>
       </c>
-      <c r="CS8" s="7" t="inlineStr">
+      <c r="CU8" s="7" t="inlineStr">
         <is>
           <t>2020QIII</t>
         </is>
       </c>
-      <c r="CT8" s="7" t="inlineStr">
+      <c r="CV8" s="7" t="inlineStr">
         <is>
           <t>2020QII</t>
         </is>
       </c>
-      <c r="CU8" s="7" t="inlineStr">
+      <c r="CW8" s="7" t="inlineStr">
         <is>
           <t>2020QI</t>
         </is>
       </c>
-      <c r="CV8" s="7" t="inlineStr">
+      <c r="CX8" s="7" t="inlineStr">
         <is>
           <t>2019QIV</t>
         </is>
       </c>
-      <c r="CW8" s="7" t="inlineStr">
+      <c r="CY8" s="7" t="inlineStr">
         <is>
           <t>2019QIII</t>
         </is>
       </c>
-      <c r="CX8" s="7" t="inlineStr">
+      <c r="CZ8" s="7" t="inlineStr">
         <is>
           <t>2019QII</t>
         </is>
       </c>
-      <c r="CY8" s="7" t="inlineStr">
+      <c r="DA8" s="7" t="inlineStr">
         <is>
           <t>2019QI</t>
         </is>
       </c>
-      <c r="CZ8" s="7" t="inlineStr">
+      <c r="DB8" s="7" t="inlineStr">
         <is>
           <t>2018QIV</t>
         </is>
       </c>
-      <c r="DA8" s="7" t="inlineStr">
+      <c r="DC8" s="7" t="inlineStr">
         <is>
           <t>2018QIII</t>
         </is>
       </c>
-      <c r="DB8" s="7" t="inlineStr">
+      <c r="DD8" s="7" t="inlineStr">
         <is>
           <t>2018QII</t>
         </is>
       </c>
-      <c r="DC8" s="7" t="inlineStr">
+      <c r="DE8" s="7" t="inlineStr">
         <is>
           <t>2018QI</t>
         </is>
       </c>
-      <c r="DD8" s="7" t="inlineStr">
+      <c r="DF8" s="7" t="inlineStr">
         <is>
           <t>2017QIV</t>
         </is>
       </c>
-      <c r="DE8" s="7" t="inlineStr">
+      <c r="DG8" s="7" t="inlineStr">
         <is>
           <t>2017QIII</t>
         </is>
       </c>
-      <c r="DF8" s="7" t="inlineStr">
+      <c r="DH8" s="7" t="inlineStr">
         <is>
           <t>2017QII</t>
         </is>
       </c>
-      <c r="DG8" s="7" t="inlineStr">
+      <c r="DI8" s="7" t="inlineStr">
         <is>
           <t>2017QI</t>
         </is>
       </c>
-      <c r="DH8" s="7" t="inlineStr">
+      <c r="DJ8" s="7" t="inlineStr">
         <is>
           <t>2016QIV</t>
         </is>
       </c>
-      <c r="DI8" s="7" t="inlineStr">
+      <c r="DK8" s="7" t="inlineStr">
         <is>
           <t>2016QIII</t>
         </is>
       </c>
-      <c r="DJ8" s="7" t="inlineStr">
+      <c r="DL8" s="7" t="inlineStr">
         <is>
           <t>2016QII</t>
         </is>
       </c>
-      <c r="DK8" s="7" t="inlineStr">
+      <c r="DM8" s="7" t="inlineStr">
         <is>
           <t>2016QI</t>
         </is>
       </c>
-      <c r="DL8" s="7" t="inlineStr">
+      <c r="DN8" s="7" t="inlineStr">
         <is>
           <t>2015QIV</t>
         </is>
       </c>
-      <c r="DM8" s="7" t="inlineStr">
+      <c r="DO8" s="7" t="inlineStr">
         <is>
           <t>2015QIII</t>
         </is>
       </c>
-      <c r="DN8" s="7" t="inlineStr">
+      <c r="DP8" s="7" t="inlineStr">
         <is>
           <t>2015QII</t>
         </is>
       </c>
-      <c r="DO8" s="7" t="inlineStr">
+      <c r="DQ8" s="7" t="inlineStr">
         <is>
           <t>2015QI</t>
         </is>
       </c>
-      <c r="DP8" s="7" t="inlineStr">
+      <c r="DR8" s="7" t="inlineStr">
         <is>
           <t>2014QIV</t>
         </is>
       </c>
-      <c r="DQ8" s="7" t="inlineStr">
+      <c r="DS8" s="7" t="inlineStr">
         <is>
           <t>2014QIII</t>
         </is>
       </c>
-      <c r="DR8" s="7" t="inlineStr">
+      <c r="DT8" s="7" t="inlineStr">
         <is>
           <t>2014QII</t>
         </is>
       </c>
-      <c r="DS8" s="7" t="inlineStr">
+      <c r="DU8" s="7" t="inlineStr">
         <is>
           <t>2014QI</t>
         </is>
       </c>
-      <c r="DT8" s="7" t="inlineStr">
+      <c r="DV8" s="7" t="inlineStr">
         <is>
           <t>2013QIV</t>
         </is>
       </c>
-      <c r="DU8" s="7" t="inlineStr">
+      <c r="DW8" s="7" t="inlineStr">
         <is>
           <t>2013QIII</t>
         </is>
       </c>
-      <c r="DV8" s="7" t="inlineStr">
+      <c r="DX8" s="7" t="inlineStr">
         <is>
           <t>2013QII</t>
         </is>
       </c>
-      <c r="DW8" s="7" t="inlineStr">
+      <c r="DY8" s="7" t="inlineStr">
         <is>
           <t>2013QI</t>
         </is>
       </c>
-      <c r="DX8" s="7" t="inlineStr">
+      <c r="DZ8" s="7" t="inlineStr">
         <is>
           <t>2012QIV</t>
         </is>
       </c>
-      <c r="DY8" s="7" t="inlineStr">
+      <c r="EA8" s="7" t="inlineStr">
         <is>
           <t>2012QIII</t>
         </is>
       </c>
-      <c r="DZ8" s="7" t="inlineStr">
+      <c r="EB8" s="7" t="inlineStr">
         <is>
           <t>2012QII</t>
         </is>
       </c>
-      <c r="EA8" s="7" t="inlineStr">
+      <c r="EC8" s="7" t="inlineStr">
         <is>
           <t>2012QI</t>
         </is>
       </c>
-      <c r="EB8" s="7" t="inlineStr">
+      <c r="ED8" s="7" t="inlineStr">
         <is>
           <t>2011QIV</t>
         </is>
       </c>
-      <c r="EC8" s="7" t="inlineStr">
+      <c r="EE8" s="7" t="inlineStr">
         <is>
           <t>2011QIII</t>
         </is>
       </c>
-      <c r="ED8" s="7" t="inlineStr">
+      <c r="EF8" s="7" t="inlineStr">
         <is>
           <t>2011QII</t>
         </is>
       </c>
-      <c r="EE8" s="7" t="inlineStr">
+      <c r="EG8" s="7" t="inlineStr">
         <is>
           <t>2011QI</t>
         </is>
       </c>
-      <c r="EF8" s="7" t="inlineStr">
+      <c r="EH8" s="7" t="inlineStr">
         <is>
           <t>2010QIV</t>
         </is>
       </c>
-      <c r="EG8" s="7" t="inlineStr">
+      <c r="EI8" s="7" t="inlineStr">
         <is>
           <t>2010QIII</t>
         </is>
       </c>
-      <c r="EH8" s="7" t="inlineStr">
+      <c r="EJ8" s="7" t="inlineStr">
         <is>
           <t>2010QII</t>
         </is>
       </c>
-      <c r="EI8" s="7" t="inlineStr">
+      <c r="EK8" s="7" t="inlineStr">
         <is>
           <t>2010QI</t>
         </is>
       </c>
-      <c r="EJ8" s="7" t="inlineStr">
+      <c r="EL8" s="7" t="inlineStr">
         <is>
           <t>2009QIV</t>
         </is>
       </c>
-      <c r="EK8" s="7" t="inlineStr">
+      <c r="EM8" s="7" t="inlineStr">
         <is>
           <t>2009QIII</t>
         </is>
       </c>
-      <c r="EL8" s="7" t="inlineStr">
+      <c r="EN8" s="7" t="inlineStr">
         <is>
           <t>2009QII</t>
         </is>
       </c>
-      <c r="EM8" s="7" t="inlineStr">
+      <c r="EO8" s="7" t="inlineStr">
         <is>
           <t>2009QI</t>
         </is>
       </c>
-      <c r="EN8" s="7" t="inlineStr">
+      <c r="EP8" s="7" t="inlineStr">
         <is>
           <t>2008QIV</t>
         </is>
       </c>
-      <c r="EO8" s="7" t="inlineStr">
+      <c r="EQ8" s="7" t="inlineStr">
         <is>
           <t>2008QIII</t>
         </is>
       </c>
-      <c r="EP8" s="7" t="inlineStr">
+      <c r="ER8" s="7" t="inlineStr">
         <is>
           <t>2008QII</t>
         </is>
       </c>
-      <c r="EQ8" s="7" t="inlineStr">
+      <c r="ES8" s="7" t="inlineStr">
         <is>
           <t>2008QI</t>
         </is>
       </c>
-      <c r="ER8" s="7" t="inlineStr">
+      <c r="ET8" s="7" t="inlineStr">
         <is>
           <t>2007QIV</t>
         </is>
       </c>
-      <c r="ES8" s="7" t="inlineStr">
+      <c r="EU8" s="7" t="inlineStr">
         <is>
           <t>2007QIII</t>
         </is>
       </c>
-      <c r="ET8" s="7" t="inlineStr">
+      <c r="EV8" s="7" t="inlineStr">
         <is>
           <t>2007QII</t>
         </is>
       </c>
-      <c r="EU8" s="7" t="inlineStr">
+      <c r="EW8" s="7" t="inlineStr">
         <is>
           <t>2007QI</t>
         </is>
       </c>
-      <c r="EV8" s="7" t="inlineStr">
+      <c r="EX8" s="7" t="inlineStr">
+        <is>
+          <t>2025QIV</t>
+        </is>
+      </c>
+      <c r="EY8" s="7" t="inlineStr">
         <is>
           <t>2025QIII</t>
         </is>
       </c>
-      <c r="EW8" s="7" t="inlineStr">
+      <c r="EZ8" s="7" t="inlineStr">
         <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="EX8" s="7" t="inlineStr">
+      <c r="FA8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="EY8" s="7" t="inlineStr">
+      <c r="FB8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="EZ8" s="7" t="inlineStr">
+      <c r="FC8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="FA8" s="7" t="inlineStr">
+      <c r="FD8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="FB8" s="7" t="inlineStr">
+      <c r="FE8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="FC8" s="7" t="inlineStr">
+      <c r="FF8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="FD8" s="7" t="inlineStr">
+      <c r="FG8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="FE8" s="7" t="inlineStr">
+      <c r="FH8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="FF8" s="7" t="inlineStr">
+      <c r="FI8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="FG8" s="7" t="inlineStr">
+      <c r="FJ8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="FH8" s="7" t="inlineStr">
+      <c r="FK8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="FI8" s="7" t="inlineStr">
+      <c r="FL8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="FJ8" s="7" t="inlineStr">
+      <c r="FM8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="FK8" s="7" t="inlineStr">
+      <c r="FN8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="FL8" s="7" t="inlineStr">
+      <c r="FO8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="FM8" s="7" t="inlineStr">
+      <c r="FP8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="FN8" s="7" t="inlineStr">
+      <c r="FQ8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
-      <c r="FO8" s="7" t="inlineStr">
+      <c r="FR8" s="7" t="inlineStr">
         <is>
           <t>2020QIV</t>
         </is>
       </c>
-      <c r="FP8" s="7" t="inlineStr">
+      <c r="FS8" s="7" t="inlineStr">
         <is>
           <t>2020QIII</t>
         </is>
       </c>
-      <c r="FQ8" s="7" t="inlineStr">
+      <c r="FT8" s="7" t="inlineStr">
         <is>
           <t>2020QII</t>
         </is>
       </c>
-      <c r="FR8" s="7" t="inlineStr">
+      <c r="FU8" s="7" t="inlineStr">
         <is>
           <t>2020QI</t>
         </is>
       </c>
-      <c r="FS8" s="7" t="inlineStr">
+      <c r="FV8" s="7" t="inlineStr">
         <is>
           <t>2019QIV</t>
         </is>
       </c>
-      <c r="FT8" s="7" t="inlineStr">
+      <c r="FW8" s="7" t="inlineStr">
         <is>
           <t>2019QIII</t>
         </is>
       </c>
-      <c r="FU8" s="7" t="inlineStr">
+      <c r="FX8" s="7" t="inlineStr">
         <is>
           <t>2019QII</t>
         </is>
       </c>
-      <c r="FV8" s="7" t="inlineStr">
+      <c r="FY8" s="7" t="inlineStr">
         <is>
           <t>2019QI</t>
         </is>
       </c>
-      <c r="FW8" s="7" t="inlineStr">
+      <c r="FZ8" s="7" t="inlineStr">
         <is>
           <t>2018QIV</t>
         </is>
       </c>
-      <c r="FX8" s="7" t="inlineStr">
+      <c r="GA8" s="7" t="inlineStr">
         <is>
           <t>2018QIII</t>
         </is>
       </c>
-      <c r="FY8" s="7" t="inlineStr">
+      <c r="GB8" s="7" t="inlineStr">
         <is>
           <t>2018QII</t>
         </is>
       </c>
-      <c r="FZ8" s="7" t="inlineStr">
+      <c r="GC8" s="7" t="inlineStr">
         <is>
           <t>2018QI</t>
         </is>
       </c>
-      <c r="GA8" s="7" t="inlineStr">
+      <c r="GD8" s="7" t="inlineStr">
         <is>
           <t>2017QIV</t>
         </is>
       </c>
-      <c r="GB8" s="7" t="inlineStr">
+      <c r="GE8" s="7" t="inlineStr">
         <is>
           <t>2017QIII</t>
         </is>
       </c>
-      <c r="GC8" s="7" t="inlineStr">
+      <c r="GF8" s="7" t="inlineStr">
         <is>
           <t>2017QII</t>
         </is>
       </c>
-      <c r="GD8" s="7" t="inlineStr">
+      <c r="GG8" s="7" t="inlineStr">
         <is>
           <t>2017QI</t>
         </is>
       </c>
-      <c r="GE8" s="7" t="inlineStr">
+      <c r="GH8" s="7" t="inlineStr">
         <is>
           <t>2016QIV</t>
         </is>
       </c>
-      <c r="GF8" s="7" t="inlineStr">
+      <c r="GI8" s="7" t="inlineStr">
         <is>
           <t>2016QIII</t>
         </is>
       </c>
-      <c r="GG8" s="7" t="inlineStr">
+      <c r="GJ8" s="7" t="inlineStr">
         <is>
           <t>2016QII</t>
         </is>
       </c>
-      <c r="GH8" s="7" t="inlineStr">
+      <c r="GK8" s="7" t="inlineStr">
         <is>
           <t>2016QI</t>
         </is>
       </c>
-      <c r="GI8" s="7" t="inlineStr">
+      <c r="GL8" s="7" t="inlineStr">
         <is>
           <t>2015QIV</t>
         </is>
       </c>
-      <c r="GJ8" s="7" t="inlineStr">
+      <c r="GM8" s="7" t="inlineStr">
         <is>
           <t>2015QIII</t>
         </is>
       </c>
-      <c r="GK8" s="7" t="inlineStr">
+      <c r="GN8" s="7" t="inlineStr">
         <is>
           <t>2015QII</t>
         </is>
       </c>
-      <c r="GL8" s="7" t="inlineStr">
+      <c r="GO8" s="7" t="inlineStr">
         <is>
           <t>2015QI</t>
         </is>
       </c>
-      <c r="GM8" s="7" t="inlineStr">
+      <c r="GP8" s="7" t="inlineStr">
         <is>
           <t>2014QIV</t>
         </is>
       </c>
-      <c r="GN8" s="7" t="inlineStr">
+      <c r="GQ8" s="7" t="inlineStr">
         <is>
           <t>2014QIII</t>
         </is>
       </c>
-      <c r="GO8" s="7" t="inlineStr">
+      <c r="GR8" s="7" t="inlineStr">
         <is>
           <t>2014QII</t>
         </is>
       </c>
-      <c r="GP8" s="7" t="inlineStr">
+      <c r="GS8" s="7" t="inlineStr">
         <is>
           <t>2014QI</t>
         </is>
       </c>
-      <c r="GQ8" s="7" t="inlineStr">
+      <c r="GT8" s="7" t="inlineStr">
         <is>
           <t>2013QIV</t>
         </is>
       </c>
-      <c r="GR8" s="7" t="inlineStr">
+      <c r="GU8" s="7" t="inlineStr">
         <is>
           <t>2013QIII</t>
         </is>
       </c>
-      <c r="GS8" s="7" t="inlineStr">
+      <c r="GV8" s="7" t="inlineStr">
         <is>
           <t>2013QII</t>
         </is>
       </c>
-      <c r="GT8" s="7" t="inlineStr">
+      <c r="GW8" s="7" t="inlineStr">
         <is>
           <t>2013QI</t>
         </is>
       </c>
-      <c r="GU8" s="7" t="inlineStr">
+      <c r="GX8" s="7" t="inlineStr">
         <is>
           <t>2012QIV</t>
         </is>
       </c>
-      <c r="GV8" s="7" t="inlineStr">
+      <c r="GY8" s="7" t="inlineStr">
         <is>
           <t>2012QIII</t>
         </is>
       </c>
-      <c r="GW8" s="7" t="inlineStr">
+      <c r="GZ8" s="7" t="inlineStr">
         <is>
           <t>2012QII</t>
         </is>
       </c>
-      <c r="GX8" s="7" t="inlineStr">
+      <c r="HA8" s="7" t="inlineStr">
         <is>
           <t>2012QI</t>
         </is>
       </c>
-      <c r="GY8" s="7" t="inlineStr">
+      <c r="HB8" s="7" t="inlineStr">
         <is>
           <t>2011QIV</t>
         </is>
       </c>
-      <c r="GZ8" s="7" t="inlineStr">
+      <c r="HC8" s="7" t="inlineStr">
         <is>
           <t>2011QIII</t>
         </is>
       </c>
-      <c r="HA8" s="7" t="inlineStr">
+      <c r="HD8" s="7" t="inlineStr">
         <is>
           <t>2011QII</t>
         </is>
       </c>
-      <c r="HB8" s="7" t="inlineStr">
+      <c r="HE8" s="7" t="inlineStr">
         <is>
           <t>2011QI</t>
         </is>
       </c>
-      <c r="HC8" s="7" t="inlineStr">
+      <c r="HF8" s="7" t="inlineStr">
         <is>
           <t>2010QIV</t>
         </is>
       </c>
-      <c r="HD8" s="7" t="inlineStr">
+      <c r="HG8" s="7" t="inlineStr">
         <is>
           <t>2010QIII</t>
         </is>
       </c>
-      <c r="HE8" s="7" t="inlineStr">
+      <c r="HH8" s="7" t="inlineStr">
         <is>
           <t>2010QII</t>
         </is>
       </c>
-      <c r="HF8" s="7" t="inlineStr">
+      <c r="HI8" s="7" t="inlineStr">
         <is>
           <t>2010QI</t>
         </is>
       </c>
-      <c r="HG8" s="7" t="inlineStr">
+      <c r="HJ8" s="7" t="inlineStr">
         <is>
           <t>2009QIV</t>
         </is>
       </c>
-      <c r="HH8" s="7" t="inlineStr">
+      <c r="HK8" s="7" t="inlineStr">
         <is>
           <t>2009QIII</t>
         </is>
       </c>
-      <c r="HI8" s="7" t="inlineStr">
+      <c r="HL8" s="7" t="inlineStr">
         <is>
           <t>2009QII</t>
         </is>
       </c>
-      <c r="HJ8" s="7" t="inlineStr">
+      <c r="HM8" s="7" t="inlineStr">
         <is>
           <t>2009QI</t>
         </is>
       </c>
-      <c r="HK8" s="7" t="inlineStr">
+      <c r="HN8" s="7" t="inlineStr">
         <is>
           <t>2008QIV</t>
         </is>
       </c>
-      <c r="HL8" s="7" t="inlineStr">
+      <c r="HO8" s="7" t="inlineStr">
         <is>
           <t>2008QIII</t>
         </is>
       </c>
-      <c r="HM8" s="7" t="inlineStr">
+      <c r="HP8" s="7" t="inlineStr">
         <is>
           <t>2008QII</t>
         </is>
       </c>
-      <c r="HN8" s="7" t="inlineStr">
+      <c r="HQ8" s="7" t="inlineStr">
         <is>
           <t>2008QI</t>
         </is>
       </c>
-      <c r="HO8" s="7" t="inlineStr">
+      <c r="HR8" s="7" t="inlineStr">
         <is>
           <t>2007QIV</t>
         </is>
       </c>
-      <c r="HP8" s="7" t="inlineStr">
+      <c r="HS8" s="7" t="inlineStr">
         <is>
           <t>2007QIII</t>
         </is>
       </c>
-      <c r="HQ8" s="7" t="inlineStr">
+      <c r="HT8" s="7" t="inlineStr">
         <is>
           <t>2007QII</t>
         </is>
       </c>
-      <c r="HR8" s="7" t="inlineStr">
+      <c r="HU8" s="7" t="inlineStr">
         <is>
           <t>2007QI</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>Total services</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>114.983</v>
+        <v>114.49</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>115.389</v>
+        <v>115.041</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>112.072</v>
+        <v>115.386</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>111.872</v>
+        <v>112.078</v>
       </c>
       <c r="F9" s="14" t="n">
+        <v>111.871</v>
+      </c>
+      <c r="G9" s="14" t="n">
         <v>112.388</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>112.221</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>109.439</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>108.959</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>109.648</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="L9" s="14" t="n">
         <v>109.618</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="M9" s="14" t="n">
         <v>106.712</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>105.168</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>106.757</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>105.803</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
         <v>101.673</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="R9" s="14" t="n">
         <v>100.547</v>
       </c>
-      <c r="R9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>100.778</v>
       </c>
-      <c r="S9" s="14" t="n">
+      <c r="T9" s="14" t="n">
         <v>100.19</v>
       </c>
-      <c r="T9" s="14" t="n">
+      <c r="U9" s="14" t="n">
         <v>98.485</v>
       </c>
-      <c r="U9" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -2310,114 +2329,112 @@
       <c r="BT9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY9" s="15" t="n">
-        <v>-0.4</v>
+      <c r="BY9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="BZ9" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="CA9" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="CB9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="CA9" s="15" t="n">
+      <c r="CC9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CB9" s="15" t="n">
+      <c r="CD9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CC9" s="15" t="n">
+      <c r="CE9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CD9" s="15" t="n">
+      <c r="CF9" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="CE9" s="15" t="n">
+      <c r="CG9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CF9" s="15" t="n">
+      <c r="CH9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="CG9" s="15" t="n">
+      <c r="CI9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CH9" s="15" t="n">
+      <c r="CJ9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="CI9" s="15" t="n">
+      <c r="CK9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CJ9" s="15" t="n">
+      <c r="CL9" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="CK9" s="15" t="n">
+      <c r="CM9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CL9" s="15" t="n">
+      <c r="CN9" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="CM9" s="15" t="n">
+      <c r="CO9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CN9" s="15" t="n">
+      <c r="CP9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CO9" s="15" t="n">
+      <c r="CQ9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CP9" s="15" t="n">
+      <c r="CR9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="CQ9" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -2649,110 +2666,108 @@
       <c r="EQ9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV9" s="15" t="n">
+      <c r="EV9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="EW9" s="15" t="n">
+      <c r="EY9" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="EZ9" s="15" t="n">
         <v>2.8</v>
-      </c>
-[...7 lines deleted...]
-        <v>2.5</v>
       </c>
       <c r="FA9" s="15" t="n">
         <v>2.4</v>
       </c>
       <c r="FB9" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="FC9" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="FD9" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="FE9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="FC9" s="15" t="n">
+      <c r="FF9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="FD9" s="15" t="n">
+      <c r="FG9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="FE9" s="15" t="n">
+      <c r="FH9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="FF9" s="15" t="n">
+      <c r="FI9" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="FG9" s="15" t="n">
+      <c r="FJ9" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="FH9" s="15" t="n">
+      <c r="FK9" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="FI9" s="15" t="n">
+      <c r="FL9" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="FJ9" s="15" t="n">
+      <c r="FM9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="FK9" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -2990,122 +3005,135 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
           <t xml:space="preserve">H Transportation and storage </t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>118.253</v>
+        <v>117.288</v>
       </c>
       <c r="C10" s="14" t="n">
+        <v>118.243</v>
+      </c>
+      <c r="D10" s="14" t="n">
         <v>117.727</v>
       </c>
-      <c r="D10" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E10" s="14" t="n">
-        <v>114.16</v>
+        <v>113.704</v>
       </c>
       <c r="F10" s="14" t="n">
+        <v>114.159</v>
+      </c>
+      <c r="G10" s="14" t="n">
         <v>115.71</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>113.627</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>111.785</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>111.946</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>112.448</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="L10" s="14" t="n">
         <v>112.046</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="M10" s="14" t="n">
         <v>110.386</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>108.326</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>109.621</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>107.198</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>103.352</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>100.995</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>100.692</v>
-      </c>
-[...1 lines deleted...]
-        <v>99.156</v>
       </c>
       <c r="T10" s="14" t="n">
         <v>99.156</v>
       </c>
-      <c r="U10" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="U10" s="14" t="n">
+        <v>99.156</v>
       </c>
       <c r="V10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
@@ -3338,114 +3366,112 @@
       <c r="BT10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY10" s="15" t="n">
+      <c r="BY10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ10" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="CA10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="BZ10" s="15" t="n">
+      <c r="CB10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="CA10" s="15" t="n">
+      <c r="CC10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CB10" s="15" t="n">
+      <c r="CD10" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="CC10" s="15" t="n">
+      <c r="CE10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="CD10" s="15" t="n">
+      <c r="CF10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="CE10" s="15" t="n">
+      <c r="CG10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CF10" s="15" t="n">
+      <c r="CH10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CG10" s="15" t="n">
+      <c r="CI10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CH10" s="15" t="n">
+      <c r="CJ10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CI10" s="15" t="n">
+      <c r="CK10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="CJ10" s="15" t="n">
+      <c r="CL10" s="15" t="n">
         <v>-1.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>3.7</v>
       </c>
       <c r="CM10" s="15" t="n">
         <v>2.3</v>
       </c>
       <c r="CN10" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="CO10" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="CP10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CO10" s="15" t="n">
+      <c r="CQ10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CP10" s="15" t="n">
+      <c r="CR10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CQ10" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -3677,110 +3703,108 @@
       <c r="EQ10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV10" s="15" t="n">
+      <c r="EV10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX10" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="EY10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="EW10" s="15" t="n">
+      <c r="EZ10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="EX10" s="15" t="n">
+      <c r="FA10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="EY10" s="15" t="n">
+      <c r="FB10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="EZ10" s="15" t="n">
+      <c r="FC10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="FA10" s="15" t="n">
+      <c r="FD10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FB10" s="15" t="n">
+      <c r="FE10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FC10" s="15" t="n">
+      <c r="FF10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="FD10" s="15" t="n">
+      <c r="FG10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="FE10" s="15" t="n">
+      <c r="FH10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="FF10" s="15" t="n">
+      <c r="FI10" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="FG10" s="15" t="n">
+      <c r="FJ10" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="FH10" s="15" t="n">
+      <c r="FK10" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="FI10" s="15" t="n">
+      <c r="FL10" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="FJ10" s="15" t="n">
+      <c r="FM10" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="FK10" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -4018,123 +4042,136 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
           <t>49 Land transport and transport via pipelines</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
+        <v>120.067</v>
+      </c>
+      <c r="C11" s="14" t="n">
         <v>119.114</v>
       </c>
-      <c r="C11" s="14" t="n">
+      <c r="D11" s="14" t="n">
         <v>120.35</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>113.824</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>116.231</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>117.522</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>114.896</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>113.174</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>116.515</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>115.177</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="L11" s="14" t="n">
         <v>113.843</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="M11" s="14" t="n">
         <v>111.528</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>114.347</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>114.288</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>110.059</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>103.311</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>101.443</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>100.538</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>99.328</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>98.691</v>
       </c>
-      <c r="U11" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -4366,114 +4403,112 @@
       <c r="BT11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY11" s="15" t="n">
+      <c r="BY11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ11" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CA11" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="BZ11" s="15" t="n">
+      <c r="CB11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="CA11" s="15" t="n">
+      <c r="CC11" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="CB11" s="15" t="n">
+      <c r="CD11" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="CC11" s="15" t="n">
+      <c r="CE11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="CD11" s="15" t="n">
+      <c r="CF11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CE11" s="15" t="n">
+      <c r="CG11" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="CF11" s="15" t="n">
+      <c r="CH11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CG11" s="15" t="n">
+      <c r="CI11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CH11" s="15" t="n">
+      <c r="CJ11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="CI11" s="15" t="n">
+      <c r="CK11" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="CJ11" s="15" t="n">
+      <c r="CL11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CK11" s="15" t="n">
+      <c r="CM11" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="CL11" s="15" t="n">
+      <c r="CN11" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="CM11" s="15" t="n">
+      <c r="CO11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="CN11" s="15" t="n">
+      <c r="CP11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CO11" s="15" t="n">
+      <c r="CQ11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CP11" s="15" t="n">
+      <c r="CR11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CQ11" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -4705,110 +4740,108 @@
       <c r="EQ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV11" s="15" t="n">
+      <c r="EV11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX11" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="EY11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="EW11" s="15" t="n">
+      <c r="EZ11" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="EX11" s="15" t="n">
+      <c r="FA11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="EY11" s="15" t="n">
+      <c r="FB11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EZ11" s="15" t="n">
+      <c r="FC11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="FA11" s="15" t="n">
+      <c r="FD11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="FB11" s="15" t="n">
+      <c r="FE11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="FC11" s="15" t="n">
+      <c r="FF11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FD11" s="15" t="n">
+      <c r="FG11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="FE11" s="15" t="n">
+      <c r="FH11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="FF11" s="15" t="n">
+      <c r="FI11" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="FG11" s="15" t="n">
+      <c r="FJ11" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="FH11" s="15" t="n">
+      <c r="FK11" s="15" t="n">
         <v>13.7</v>
       </c>
-      <c r="FI11" s="15" t="n">
+      <c r="FL11" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="FJ11" s="15" t="n">
+      <c r="FM11" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="FK11" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -5046,123 +5079,136 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>50 Water transport</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>118.884</v>
+        <v>120.047</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>119.414</v>
+        <v>118.919</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>122.322</v>
+        <v>119.402</v>
       </c>
       <c r="E12" s="14" t="n">
-        <v>121.087</v>
+        <v>122.303</v>
       </c>
       <c r="F12" s="14" t="n">
+        <v>121.04</v>
+      </c>
+      <c r="G12" s="14" t="n">
         <v>117.824</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>114.347</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>113.054</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>108.125</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>107.62</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="L12" s="14" t="n">
         <v>107.419</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>106.121</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>107.412</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>108.438</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>106.688</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>102.357</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>100.287</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>100.075</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="T12" s="14" t="n">
         <v>100.092</v>
       </c>
-      <c r="T12" s="14" t="n">
+      <c r="U12" s="14" t="n">
         <v>99.546</v>
       </c>
-      <c r="U12" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -5394,449 +5440,445 @@
       <c r="BT12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY12" s="15" t="n">
+      <c r="BY12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="CA12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="BZ12" s="15" t="n">
+      <c r="CB12" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="CA12" s="15" t="n">
+      <c r="CC12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="CB12" s="15" t="n">
+      <c r="CD12" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="CE12" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="CF12" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="CG12" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="CH12" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CI12" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CJ12" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="CK12" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="CL12" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="CM12" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="CN12" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="CO12" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="CP12" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CQ12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CR12" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CS12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CT12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CU12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CV12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CW12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CX12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CY12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="CZ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DA12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DB12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DC12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DD12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DE12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DF12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DG12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DH12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DI12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DJ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DK12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DL12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DM12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DN12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DO12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DP12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DQ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DS12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DT12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DU12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DV12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DW12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DX12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DY12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DZ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EA12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EB12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EC12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ED12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EE12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EF12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EG12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EH12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EI12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EJ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EK12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EL12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EM12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EN12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EO12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EP12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EQ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ER12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ES12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ET12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EU12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EV12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX12" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="EY12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="EZ12" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="FA12" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="FB12" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="FC12" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="FD12" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="FE12" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="FF12" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="FG12" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="FH12" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="FI12" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="FJ12" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="FK12" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="FL12" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="FM12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="CC12" s="15" t="n">
-[...385 lines deleted...]
-      </c>
       <c r="FN12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -6074,123 +6116,136 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="inlineStr">
         <is>
           <t>50.1 Sea and coastal passenger water transport</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
+        <v>148.531</v>
+      </c>
+      <c r="C13" s="14" t="n">
         <v>146.368</v>
       </c>
-      <c r="C13" s="14" t="n">
+      <c r="D13" s="14" t="n">
         <v>144.465</v>
       </c>
-      <c r="D13" s="14" t="n">
+      <c r="E13" s="14" t="n">
         <v>149.263</v>
       </c>
-      <c r="E13" s="14" t="n">
+      <c r="F13" s="14" t="n">
         <v>148.988</v>
       </c>
-      <c r="F13" s="14" t="n">
+      <c r="G13" s="14" t="n">
         <v>141.829</v>
       </c>
-      <c r="G13" s="14" t="n">
+      <c r="H13" s="14" t="n">
         <v>132.383</v>
       </c>
-      <c r="H13" s="14" t="n">
+      <c r="I13" s="14" t="n">
         <v>127.705</v>
       </c>
-      <c r="I13" s="14" t="n">
+      <c r="J13" s="14" t="n">
         <v>114.14</v>
       </c>
-      <c r="J13" s="14" t="n">
+      <c r="K13" s="14" t="n">
         <v>111.879</v>
       </c>
-      <c r="K13" s="14" t="n">
+      <c r="L13" s="14" t="n">
         <v>108.541</v>
       </c>
-      <c r="L13" s="14" t="n">
+      <c r="M13" s="14" t="n">
         <v>103.369</v>
       </c>
-      <c r="M13" s="14" t="n">
+      <c r="N13" s="14" t="n">
         <v>106.076</v>
       </c>
-      <c r="N13" s="14" t="n">
+      <c r="O13" s="14" t="n">
         <v>108.987</v>
       </c>
-      <c r="O13" s="14" t="n">
+      <c r="P13" s="14" t="n">
         <v>108.632</v>
       </c>
-      <c r="P13" s="14" t="n">
+      <c r="Q13" s="14" t="n">
         <v>99.155</v>
       </c>
-      <c r="Q13" s="14" t="n">
+      <c r="R13" s="14" t="n">
         <v>98.242</v>
       </c>
-      <c r="R13" s="14" t="n">
+      <c r="S13" s="14" t="n">
         <v>99.831</v>
       </c>
-      <c r="S13" s="14" t="n">
+      <c r="T13" s="14" t="n">
         <v>101.171</v>
       </c>
-      <c r="T13" s="14" t="n">
+      <c r="U13" s="14" t="n">
         <v>100.756</v>
       </c>
-      <c r="U13" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -6422,114 +6477,112 @@
       <c r="BT13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY13" s="15" t="n">
+      <c r="BY13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ13" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="CA13" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="BZ13" s="15" t="n">
+      <c r="CB13" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="CA13" s="15" t="n">
+      <c r="CC13" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CB13" s="15" t="n">
+      <c r="CD13" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="CC13" s="15" t="n">
+      <c r="CE13" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="CD13" s="15" t="n">
+      <c r="CF13" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="CE13" s="15" t="n">
+      <c r="CG13" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="CF13" s="15" t="n">
+      <c r="CH13" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="CG13" s="15" t="n">
+      <c r="CI13" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="CH13" s="15" t="n">
+      <c r="CJ13" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="CI13" s="15" t="n">
+      <c r="CK13" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="CJ13" s="15" t="n">
+      <c r="CL13" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="CK13" s="15" t="n">
+      <c r="CM13" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CL13" s="15" t="n">
+      <c r="CN13" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="CM13" s="15" t="n">
+      <c r="CO13" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CN13" s="15" t="n">
+      <c r="CP13" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="CO13" s="15" t="n">
+      <c r="CQ13" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="CP13" s="15" t="n">
+      <c r="CR13" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CQ13" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -6761,110 +6814,108 @@
       <c r="EQ13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV13" s="15" t="n">
+      <c r="EV13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX13" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="EY13" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="EW13" s="15" t="n">
+      <c r="EZ13" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="EX13" s="15" t="n">
+      <c r="FA13" s="15" t="n">
         <v>16.9</v>
       </c>
-      <c r="EY13" s="15" t="n">
+      <c r="FB13" s="15" t="n">
         <v>30.5</v>
       </c>
-      <c r="EZ13" s="15" t="n">
+      <c r="FC13" s="15" t="n">
         <v>26.8</v>
       </c>
-      <c r="FA13" s="15" t="n">
+      <c r="FD13" s="15" t="n">
         <v>22.0</v>
       </c>
-      <c r="FB13" s="15" t="n">
+      <c r="FE13" s="15" t="n">
         <v>23.5</v>
       </c>
-      <c r="FC13" s="15" t="n">
+      <c r="FF13" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="FD13" s="15" t="n">
+      <c r="FG13" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="FE13" s="15" t="n">
+      <c r="FH13" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="FF13" s="15" t="n">
+      <c r="FI13" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="FG13" s="15" t="n">
+      <c r="FJ13" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="FH13" s="15" t="n">
+      <c r="FK13" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="FI13" s="15" t="n">
+      <c r="FL13" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="FJ13" s="15" t="n">
+      <c r="FM13" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="FK13" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -7102,815 +7153,837 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="6" t="inlineStr">
         <is>
           <t>50.2 Sea and coastal freight water transport</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>103.405</v>
+        <v>104.005</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>105.303</v>
+        <v>103.459</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>107.147</v>
+        <v>105.283</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>105.372</v>
+        <v>107.116</v>
       </c>
       <c r="F14" s="14" t="n">
+        <v>105.299</v>
+      </c>
+      <c r="G14" s="14" t="n">
         <v>104.335</v>
       </c>
-      <c r="G14" s="14" t="n">
+      <c r="H14" s="14" t="n">
         <v>104.271</v>
       </c>
-      <c r="H14" s="14" t="n">
+      <c r="I14" s="14" t="n">
         <v>104.916</v>
       </c>
-      <c r="I14" s="14" t="n">
+      <c r="J14" s="14" t="n">
         <v>104.925</v>
       </c>
-      <c r="J14" s="14" t="n">
+      <c r="K14" s="14" t="n">
         <v>105.331</v>
       </c>
-      <c r="K14" s="14" t="n">
+      <c r="L14" s="14" t="n">
         <v>106.755</v>
       </c>
-      <c r="L14" s="14" t="n">
+      <c r="M14" s="14" t="n">
         <v>107.466</v>
       </c>
-      <c r="M14" s="14" t="n">
+      <c r="N14" s="14" t="n">
         <v>108.022</v>
       </c>
-      <c r="N14" s="14" t="n">
+      <c r="O14" s="14" t="n">
         <v>108.055</v>
       </c>
-      <c r="O14" s="14" t="n">
+      <c r="P14" s="14" t="n">
         <v>105.573</v>
       </c>
-      <c r="P14" s="14" t="n">
+      <c r="Q14" s="14" t="n">
         <v>103.953</v>
       </c>
-      <c r="Q14" s="14" t="n">
+      <c r="R14" s="14" t="n">
         <v>101.276</v>
       </c>
-      <c r="R14" s="14" t="n">
+      <c r="S14" s="14" t="n">
         <v>100.193</v>
       </c>
-      <c r="S14" s="14" t="n">
+      <c r="T14" s="14" t="n">
         <v>99.57</v>
       </c>
-      <c r="T14" s="14" t="n">
+      <c r="U14" s="14" t="n">
         <v>98.961</v>
       </c>
-      <c r="U14" s="14" t="n">
+      <c r="V14" s="14" t="n">
         <v>98.836</v>
       </c>
-      <c r="V14" s="14" t="n">
+      <c r="W14" s="14" t="n">
         <v>99.247</v>
       </c>
-      <c r="W14" s="14" t="n">
+      <c r="X14" s="14" t="n">
         <v>99.79</v>
       </c>
-      <c r="X14" s="14" t="n">
+      <c r="Y14" s="14" t="n">
         <v>100.37</v>
       </c>
-      <c r="Y14" s="14" t="n">
+      <c r="Z14" s="14" t="n">
         <v>96.134</v>
       </c>
-      <c r="Z14" s="14" t="n">
+      <c r="AA14" s="14" t="n">
         <v>95.626</v>
       </c>
-      <c r="AA14" s="14" t="n">
+      <c r="AB14" s="14" t="n">
         <v>95.582</v>
       </c>
-      <c r="AB14" s="14" t="n">
+      <c r="AC14" s="14" t="n">
         <v>95.528</v>
       </c>
-      <c r="AC14" s="14" t="n">
+      <c r="AD14" s="14" t="n">
         <v>96.255</v>
       </c>
-      <c r="AD14" s="14" t="n">
+      <c r="AE14" s="14" t="n">
         <v>94.25</v>
       </c>
-      <c r="AE14" s="14" t="n">
+      <c r="AF14" s="14" t="n">
         <v>94.719</v>
       </c>
-      <c r="AF14" s="14" t="n">
+      <c r="AG14" s="14" t="n">
         <v>94.486</v>
       </c>
-      <c r="AG14" s="14" t="n">
+      <c r="AH14" s="14" t="n">
         <v>94.85</v>
       </c>
-      <c r="AH14" s="14" t="n">
+      <c r="AI14" s="14" t="n">
         <v>95.693</v>
       </c>
-      <c r="AI14" s="14" t="n">
+      <c r="AJ14" s="14" t="n">
         <v>97.595</v>
       </c>
-      <c r="AJ14" s="14" t="n">
+      <c r="AK14" s="14" t="n">
         <v>98.638</v>
       </c>
-      <c r="AK14" s="14" t="n">
+      <c r="AL14" s="14" t="n">
         <v>98.767</v>
       </c>
-      <c r="AL14" s="14" t="n">
+      <c r="AM14" s="14" t="n">
         <v>99.34</v>
       </c>
-      <c r="AM14" s="14" t="n">
+      <c r="AN14" s="14" t="n">
         <v>99.817</v>
       </c>
-      <c r="AN14" s="14" t="n">
+      <c r="AO14" s="14" t="n">
         <v>100.805</v>
       </c>
-      <c r="AO14" s="14" t="n">
+      <c r="AP14" s="14" t="n">
         <v>101.06</v>
       </c>
-      <c r="AP14" s="14" t="n">
+      <c r="AQ14" s="14" t="n">
         <v>101.8</v>
       </c>
-      <c r="AQ14" s="14" t="n">
+      <c r="AR14" s="14" t="n">
         <v>103.048</v>
       </c>
-      <c r="AR14" s="14" t="n">
+      <c r="AS14" s="14" t="n">
         <v>102.46</v>
       </c>
-      <c r="AS14" s="14" t="n">
+      <c r="AT14" s="14" t="n">
         <v>100.864</v>
       </c>
-      <c r="AT14" s="14" t="n">
+      <c r="AU14" s="14" t="n">
         <v>98.067</v>
       </c>
-      <c r="AU14" s="14" t="n">
+      <c r="AV14" s="14" t="n">
         <v>98.899</v>
       </c>
-      <c r="AV14" s="14" t="n">
+      <c r="AW14" s="14" t="n">
         <v>100.802</v>
       </c>
-      <c r="AW14" s="14" t="n">
+      <c r="AX14" s="14" t="n">
         <v>102.851</v>
       </c>
-      <c r="AX14" s="14" t="n">
+      <c r="AY14" s="14" t="n">
         <v>99.764</v>
       </c>
-      <c r="AY14" s="14" t="n">
+      <c r="AZ14" s="14" t="n">
         <v>102.27</v>
       </c>
-      <c r="AZ14" s="14" t="n">
+      <c r="BA14" s="14" t="n">
         <v>99.498</v>
       </c>
-      <c r="BA14" s="14" t="n">
+      <c r="BB14" s="14" t="n">
         <v>102.012</v>
       </c>
-      <c r="BB14" s="14" t="n">
+      <c r="BC14" s="14" t="n">
         <v>100.135</v>
       </c>
-      <c r="BC14" s="14" t="n">
+      <c r="BD14" s="14" t="n">
         <v>102.31</v>
       </c>
-      <c r="BD14" s="14" t="n">
+      <c r="BE14" s="14" t="n">
         <v>103.664</v>
       </c>
-      <c r="BE14" s="14" t="n">
+      <c r="BF14" s="14" t="n">
         <v>101.559</v>
       </c>
-      <c r="BF14" s="14" t="n">
+      <c r="BG14" s="14" t="n">
         <v>101.17</v>
       </c>
-      <c r="BG14" s="14" t="n">
+      <c r="BH14" s="14" t="n">
         <v>99.063</v>
       </c>
-      <c r="BH14" s="14" t="n">
+      <c r="BI14" s="14" t="n">
         <v>101.203</v>
       </c>
-      <c r="BI14" s="14" t="n">
+      <c r="BJ14" s="14" t="n">
         <v>96.745</v>
       </c>
-      <c r="BJ14" s="14" t="n">
+      <c r="BK14" s="14" t="n">
         <v>98.648</v>
       </c>
-      <c r="BK14" s="14" t="n">
+      <c r="BL14" s="14" t="n">
         <v>99.566</v>
       </c>
-      <c r="BL14" s="14" t="n">
+      <c r="BM14" s="14" t="n">
         <v>98.689</v>
       </c>
-      <c r="BM14" s="14" t="n">
+      <c r="BN14" s="14" t="n">
         <v>97.48</v>
       </c>
-      <c r="BN14" s="14" t="n">
+      <c r="BO14" s="14" t="n">
         <v>94.963</v>
       </c>
-      <c r="BO14" s="14" t="n">
+      <c r="BP14" s="14" t="n">
         <v>97.207</v>
       </c>
-      <c r="BP14" s="14" t="n">
+      <c r="BQ14" s="14" t="n">
         <v>96.217</v>
       </c>
-      <c r="BQ14" s="14" t="n">
+      <c r="BR14" s="14" t="n">
         <v>100.493</v>
       </c>
-      <c r="BR14" s="14" t="n">
+      <c r="BS14" s="14" t="n">
         <v>97.519</v>
       </c>
-      <c r="BS14" s="14" t="n">
+      <c r="BT14" s="14" t="n">
         <v>95.192</v>
       </c>
-      <c r="BT14" s="14" t="n">
+      <c r="BU14" s="14" t="n">
         <v>96.524</v>
       </c>
-      <c r="BU14" s="14" t="n">
+      <c r="BV14" s="14" t="n">
         <v>96.997</v>
       </c>
-      <c r="BV14" s="14" t="n">
+      <c r="BW14" s="14" t="n">
         <v>97.486</v>
       </c>
-      <c r="BW14" s="14" t="n">
+      <c r="BX14" s="14" t="n">
         <v>98.21</v>
       </c>
-      <c r="BX14" s="14" t="n">
+      <c r="BY14" s="14" t="n">
         <v>97.25</v>
       </c>
-      <c r="BY14" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="BZ14" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CA14" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="CA14" s="15" t="n">
+      <c r="CB14" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="CC14" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="CB14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CC14" s="15" t="n">
+      <c r="CD14" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="CE14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CD14" s="15" t="n">
+      <c r="CF14" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="CE14" s="15" t="n">
+      <c r="CG14" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CF14" s="15" t="n">
+      <c r="CH14" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CG14" s="15" t="n">
+      <c r="CI14" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="CH14" s="15" t="n">
+      <c r="CJ14" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="CI14" s="15" t="n">
+      <c r="CK14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CJ14" s="15" t="n">
+      <c r="CL14" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CK14" s="15" t="n">
+      <c r="CM14" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="CL14" s="15" t="n">
+      <c r="CN14" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="CM14" s="15" t="n">
+      <c r="CO14" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="CN14" s="15" t="n">
+      <c r="CP14" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CO14" s="15" t="n">
+      <c r="CQ14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CP14" s="15" t="n">
+      <c r="CR14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CQ14" s="15" t="n">
+      <c r="CS14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CR14" s="15" t="n">
+      <c r="CT14" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CS14" s="15" t="n">
+      <c r="CU14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CT14" s="15" t="n">
+      <c r="CV14" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="CU14" s="15" t="n">
+      <c r="CW14" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="CV14" s="15" t="n">
+      <c r="CX14" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CW14" s="15" t="n">
+      <c r="CY14" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CX14" s="15" t="n">
+      <c r="CZ14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CY14" s="15" t="n">
+      <c r="DA14" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="CZ14" s="15" t="n">
+      <c r="DB14" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="DA14" s="15" t="n">
+      <c r="DC14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DB14" s="15" t="n">
+      <c r="DD14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DC14" s="15" t="n">
+      <c r="DE14" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DD14" s="15" t="n">
+      <c r="DF14" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="DE14" s="15" t="n">
+      <c r="DG14" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="DF14" s="15" t="n">
+      <c r="DH14" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="DG14" s="15" t="n">
+      <c r="DI14" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DH14" s="15" t="n">
+      <c r="DJ14" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="DI14" s="15" t="n">
+      <c r="DK14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DJ14" s="15" t="n">
+      <c r="DL14" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="DK14" s="15" t="n">
+      <c r="DM14" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DL14" s="15" t="n">
+      <c r="DN14" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="DM14" s="15" t="n">
+      <c r="DO14" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="DN14" s="15" t="n">
+      <c r="DP14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="DO14" s="15" t="n">
+      <c r="DQ14" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="DP14" s="15" t="n">
+      <c r="DR14" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="DQ14" s="15" t="n">
+      <c r="DS14" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="DR14" s="15" t="n">
+      <c r="DT14" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="DS14" s="15" t="n">
+      <c r="DU14" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="DT14" s="15" t="n">
+      <c r="DV14" s="15" t="n">
         <v>3.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.8</v>
       </c>
       <c r="DW14" s="15" t="n">
         <v>-2.5</v>
       </c>
       <c r="DX14" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="DY14" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="DZ14" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="DY14" s="15" t="n">
+      <c r="EA14" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="DZ14" s="15" t="n">
+      <c r="EB14" s="15" t="n">
         <v>-1.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="EC14" s="15" t="n">
         <v>2.1</v>
       </c>
       <c r="ED14" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="EE14" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EF14" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="EE14" s="15" t="n">
+      <c r="EG14" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="EF14" s="15" t="n">
+      <c r="EH14" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="EG14" s="15" t="n">
+      <c r="EI14" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="EH14" s="15" t="n">
+      <c r="EJ14" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="EI14" s="15" t="n">
+      <c r="EK14" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="EJ14" s="15" t="n">
+      <c r="EL14" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EK14" s="15" t="n">
+      <c r="EM14" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="EL14" s="15" t="n">
+      <c r="EN14" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="EM14" s="15" t="n">
+      <c r="EO14" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="EN14" s="15" t="n">
+      <c r="EP14" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="EO14" s="15" t="n">
+      <c r="EQ14" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="EP14" s="15" t="n">
+      <c r="ER14" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="EQ14" s="15" t="n">
+      <c r="ES14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="ER14" s="15" t="n">
+      <c r="ET14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="ES14" s="15" t="n">
+      <c r="EU14" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="ET14" s="15" t="n">
+      <c r="EV14" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="EU14" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="EV14" s="15" t="n">
+      <c r="EW14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX14" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="EY14" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="EZ14" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="FA14" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="FB14" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FC14" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="EW14" s="15" t="n">
+      <c r="FD14" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="FE14" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="FF14" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="FG14" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="FH14" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="FI14" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="FJ14" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="FK14" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="FL14" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="FM14" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="FN14" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="FO14" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="EX14" s="15" t="n">
-[...44 lines deleted...]
-      <c r="FM14" s="15" t="n">
+      <c r="FP14" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="FN14" s="15" t="n">
+      <c r="FQ14" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="FO14" s="15" t="n">
+      <c r="FR14" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="FP14" s="15" t="n">
+      <c r="FS14" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="FQ14" s="15" t="n">
+      <c r="FT14" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="FR14" s="15" t="n">
+      <c r="FU14" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="FS14" s="15" t="n">
+      <c r="FV14" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.1</v>
       </c>
       <c r="FW14" s="15" t="n">
         <v>1.5</v>
       </c>
       <c r="FX14" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="FY14" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="FZ14" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="GA14" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="FY14" s="15" t="n">
+      <c r="GB14" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="FZ14" s="15" t="n">
+      <c r="GC14" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="GA14" s="15" t="n">
+      <c r="GD14" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="GB14" s="15" t="n">
+      <c r="GE14" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="GC14" s="15" t="n">
+      <c r="GF14" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="GD14" s="15" t="n">
+      <c r="GG14" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="GE14" s="15" t="n">
+      <c r="GH14" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="GF14" s="15" t="n">
+      <c r="GI14" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="GG14" s="15" t="n">
+      <c r="GJ14" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="GH14" s="15" t="n">
+      <c r="GK14" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="GI14" s="15" t="n">
+      <c r="GL14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="GJ14" s="15" t="n">
+      <c r="GM14" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="GK14" s="15" t="n">
+      <c r="GN14" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="GL14" s="15" t="n">
+      <c r="GO14" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="GM14" s="15" t="n">
+      <c r="GP14" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="GN14" s="15" t="n">
+      <c r="GQ14" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="GO14" s="15" t="n">
+      <c r="GR14" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="GP14" s="15" t="n">
+      <c r="GS14" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="GQ14" s="15" t="n">
+      <c r="GT14" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="GR14" s="15" t="n">
+      <c r="GU14" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GS14" s="15" t="n">
+      <c r="GV14" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GT14" s="15" t="n">
+      <c r="GW14" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="GU14" s="15" t="n">
+      <c r="GX14" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="GV14" s="15" t="n">
+      <c r="GY14" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GW14" s="15" t="n">
+      <c r="GZ14" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="GX14" s="15" t="n">
+      <c r="HA14" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="GY14" s="15" t="n">
+      <c r="HB14" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="GZ14" s="15" t="n">
+      <c r="HC14" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="HA14" s="15" t="n">
+      <c r="HD14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="HB14" s="15" t="n">
+      <c r="HE14" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="HC14" s="15" t="n">
+      <c r="HF14" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="HD14" s="15" t="n">
+      <c r="HG14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="HE14" s="15" t="n">
+      <c r="HH14" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="HF14" s="15" t="n">
+      <c r="HI14" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="HG14" s="15" t="n">
+      <c r="HJ14" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="HH14" s="15" t="n">
+      <c r="HK14" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="HI14" s="15" t="n">
+      <c r="HL14" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="HJ14" s="15" t="n">
+      <c r="HM14" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="HK14" s="15" t="n">
+      <c r="HN14" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="HL14" s="15" t="n">
+      <c r="HO14" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="HM14" s="15" t="n">
+      <c r="HP14" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="HN14" s="15" t="n">
+      <c r="HQ14" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="HO14" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HR14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="6" t="inlineStr">
         <is>
           <t>51 Air transport</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
+        <v>117.971</v>
+      </c>
+      <c r="C15" s="14" t="n">
         <v>128.421</v>
       </c>
-      <c r="C15" s="14" t="n">
+      <c r="D15" s="14" t="n">
         <v>120.503</v>
       </c>
-      <c r="D15" s="14" t="n">
+      <c r="E15" s="14" t="n">
         <v>107.03</v>
       </c>
-      <c r="E15" s="14" t="n">
+      <c r="F15" s="14" t="n">
         <v>113.91</v>
       </c>
-      <c r="F15" s="14" t="n">
+      <c r="G15" s="14" t="n">
         <v>119.26</v>
       </c>
-      <c r="G15" s="14" t="n">
+      <c r="H15" s="14" t="n">
         <v>114.264</v>
       </c>
-      <c r="H15" s="14" t="n">
+      <c r="I15" s="14" t="n">
         <v>103.031</v>
       </c>
-      <c r="I15" s="14" t="n">
+      <c r="J15" s="14" t="n">
         <v>108.514</v>
       </c>
-      <c r="J15" s="14" t="n">
+      <c r="K15" s="14" t="n">
         <v>119.188</v>
       </c>
-      <c r="K15" s="14" t="n">
+      <c r="L15" s="14" t="n">
         <v>118.241</v>
       </c>
-      <c r="L15" s="14" t="n">
+      <c r="M15" s="14" t="n">
         <v>110.214</v>
       </c>
-      <c r="M15" s="14" t="n">
+      <c r="N15" s="14" t="n">
         <v>109.648</v>
       </c>
-      <c r="N15" s="14" t="n">
+      <c r="O15" s="14" t="n">
         <v>120.392</v>
       </c>
-      <c r="O15" s="14" t="n">
+      <c r="P15" s="14" t="n">
         <v>115.727</v>
       </c>
-      <c r="P15" s="14" t="n">
+      <c r="Q15" s="14" t="n">
         <v>103.379</v>
       </c>
-      <c r="Q15" s="14" t="n">
+      <c r="R15" s="14" t="n">
         <v>103.018</v>
       </c>
-      <c r="R15" s="14" t="n">
+      <c r="S15" s="14" t="n">
         <v>101.698</v>
       </c>
-      <c r="S15" s="14" t="n">
+      <c r="T15" s="14" t="n">
         <v>96.783</v>
       </c>
-      <c r="T15" s="14" t="n">
+      <c r="U15" s="14" t="n">
         <v>98.502</v>
       </c>
-      <c r="U15" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -8142,114 +8215,112 @@
       <c r="BT15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY15" s="15" t="n">
+      <c r="BY15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ15" s="15" t="n">
+        <v>-8.1</v>
+      </c>
+      <c r="CA15" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="BZ15" s="15" t="n">
+      <c r="CB15" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="CA15" s="15" t="n">
+      <c r="CC15" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="CB15" s="15" t="n">
+      <c r="CD15" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="CC15" s="15" t="n">
+      <c r="CE15" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="CD15" s="15" t="n">
+      <c r="CF15" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="CE15" s="15" t="n">
+      <c r="CG15" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="CF15" s="15" t="n">
+      <c r="CH15" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="CG15" s="15" t="n">
+      <c r="CI15" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CH15" s="15" t="n">
+      <c r="CJ15" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="CI15" s="15" t="n">
+      <c r="CK15" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CJ15" s="15" t="n">
+      <c r="CL15" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="CK15" s="15" t="n">
+      <c r="CM15" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="CL15" s="15" t="n">
+      <c r="CN15" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="CM15" s="15" t="n">
+      <c r="CO15" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CN15" s="15" t="n">
+      <c r="CP15" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CO15" s="15" t="n">
+      <c r="CQ15" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="CP15" s="15" t="n">
+      <c r="CR15" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="CQ15" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -8481,110 +8552,108 @@
       <c r="EQ15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV15" s="15" t="n">
+      <c r="EV15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX15" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="EY15" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="EW15" s="15" t="n">
+      <c r="EZ15" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="EX15" s="15" t="n">
+      <c r="FA15" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="EY15" s="15" t="n">
+      <c r="FB15" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="EZ15" s="15" t="n">
+      <c r="FC15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="FA15" s="15" t="n">
+      <c r="FD15" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="FB15" s="15" t="n">
+      <c r="FE15" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="FC15" s="15" t="n">
+      <c r="FF15" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="FD15" s="15" t="n">
+      <c r="FG15" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="FE15" s="15" t="n">
+      <c r="FH15" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="FF15" s="15" t="n">
+      <c r="FI15" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="FG15" s="15" t="n">
+      <c r="FJ15" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="FH15" s="15" t="n">
+      <c r="FK15" s="15" t="n">
         <v>18.4</v>
       </c>
-      <c r="FI15" s="15" t="n">
+      <c r="FL15" s="15" t="n">
         <v>19.6</v>
       </c>
-      <c r="FJ15" s="15" t="n">
+      <c r="FM15" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="FK15" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -8822,123 +8891,136 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
           <t>51.1 Passenger air transport</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
+        <v>117.971</v>
+      </c>
+      <c r="C16" s="14" t="n">
         <v>128.421</v>
       </c>
-      <c r="C16" s="14" t="n">
+      <c r="D16" s="14" t="n">
         <v>120.503</v>
       </c>
-      <c r="D16" s="14" t="n">
+      <c r="E16" s="14" t="n">
         <v>107.03</v>
       </c>
-      <c r="E16" s="14" t="n">
+      <c r="F16" s="14" t="n">
         <v>113.91</v>
       </c>
-      <c r="F16" s="14" t="n">
+      <c r="G16" s="14" t="n">
         <v>119.26</v>
       </c>
-      <c r="G16" s="14" t="n">
+      <c r="H16" s="14" t="n">
         <v>114.264</v>
       </c>
-      <c r="H16" s="14" t="n">
+      <c r="I16" s="14" t="n">
         <v>103.031</v>
       </c>
-      <c r="I16" s="14" t="n">
+      <c r="J16" s="14" t="n">
         <v>108.514</v>
       </c>
-      <c r="J16" s="14" t="n">
+      <c r="K16" s="14" t="n">
         <v>119.188</v>
       </c>
-      <c r="K16" s="14" t="n">
+      <c r="L16" s="14" t="n">
         <v>118.241</v>
       </c>
-      <c r="L16" s="14" t="n">
+      <c r="M16" s="14" t="n">
         <v>110.214</v>
       </c>
-      <c r="M16" s="14" t="n">
+      <c r="N16" s="14" t="n">
         <v>109.648</v>
       </c>
-      <c r="N16" s="14" t="n">
+      <c r="O16" s="14" t="n">
         <v>120.392</v>
       </c>
-      <c r="O16" s="14" t="n">
+      <c r="P16" s="14" t="n">
         <v>115.727</v>
       </c>
-      <c r="P16" s="14" t="n">
+      <c r="Q16" s="14" t="n">
         <v>103.379</v>
       </c>
-      <c r="Q16" s="14" t="n">
+      <c r="R16" s="14" t="n">
         <v>103.018</v>
       </c>
-      <c r="R16" s="14" t="n">
+      <c r="S16" s="14" t="n">
         <v>101.698</v>
       </c>
-      <c r="S16" s="14" t="n">
+      <c r="T16" s="14" t="n">
         <v>96.783</v>
       </c>
-      <c r="T16" s="14" t="n">
+      <c r="U16" s="14" t="n">
         <v>98.502</v>
       </c>
-      <c r="U16" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -9170,114 +9252,112 @@
       <c r="BT16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY16" s="15" t="n">
+      <c r="BY16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ16" s="15" t="n">
+        <v>-8.1</v>
+      </c>
+      <c r="CA16" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="BZ16" s="15" t="n">
+      <c r="CB16" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="CA16" s="15" t="n">
+      <c r="CC16" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="CB16" s="15" t="n">
+      <c r="CD16" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="CC16" s="15" t="n">
+      <c r="CE16" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="CD16" s="15" t="n">
+      <c r="CF16" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="CE16" s="15" t="n">
+      <c r="CG16" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="CF16" s="15" t="n">
+      <c r="CH16" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="CG16" s="15" t="n">
+      <c r="CI16" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CH16" s="15" t="n">
+      <c r="CJ16" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="CI16" s="15" t="n">
+      <c r="CK16" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CJ16" s="15" t="n">
+      <c r="CL16" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="CK16" s="15" t="n">
+      <c r="CM16" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="CL16" s="15" t="n">
+      <c r="CN16" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="CM16" s="15" t="n">
+      <c r="CO16" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CN16" s="15" t="n">
+      <c r="CP16" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CO16" s="15" t="n">
+      <c r="CQ16" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="CP16" s="15" t="n">
+      <c r="CR16" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="CQ16" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -9509,110 +9589,108 @@
       <c r="EQ16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV16" s="15" t="n">
+      <c r="EV16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX16" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="EY16" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="EW16" s="15" t="n">
+      <c r="EZ16" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="EX16" s="15" t="n">
+      <c r="FA16" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="EY16" s="15" t="n">
+      <c r="FB16" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="EZ16" s="15" t="n">
+      <c r="FC16" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="FA16" s="15" t="n">
+      <c r="FD16" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="FB16" s="15" t="n">
+      <c r="FE16" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="FC16" s="15" t="n">
+      <c r="FF16" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="FD16" s="15" t="n">
+      <c r="FG16" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="FE16" s="15" t="n">
+      <c r="FH16" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="FF16" s="15" t="n">
+      <c r="FI16" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="FG16" s="15" t="n">
+      <c r="FJ16" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="FH16" s="15" t="n">
+      <c r="FK16" s="15" t="n">
         <v>18.4</v>
       </c>
-      <c r="FI16" s="15" t="n">
+      <c r="FL16" s="15" t="n">
         <v>19.6</v>
       </c>
-      <c r="FJ16" s="15" t="n">
+      <c r="FM16" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="FK16" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -9850,123 +9928,136 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="6" t="inlineStr">
         <is>
           <t>52 Warehousing and support activities for transportation</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>115.214</v>
+        <v>114.368</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>114.722</v>
+        <v>115.174</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>114.485</v>
+        <v>114.721</v>
       </c>
       <c r="E17" s="14" t="n">
+        <v>114.484</v>
+      </c>
+      <c r="F17" s="14" t="n">
         <v>112.064</v>
       </c>
-      <c r="F17" s="14" t="n">
+      <c r="G17" s="14" t="n">
         <v>113.297</v>
       </c>
-      <c r="G17" s="14" t="n">
+      <c r="H17" s="14" t="n">
         <v>112.24</v>
       </c>
-      <c r="H17" s="14" t="n">
+      <c r="I17" s="14" t="n">
         <v>112.318</v>
       </c>
-      <c r="I17" s="14" t="n">
+      <c r="J17" s="14" t="n">
         <v>108.94</v>
       </c>
-      <c r="J17" s="14" t="n">
+      <c r="K17" s="14" t="n">
         <v>108.816</v>
       </c>
-      <c r="K17" s="14" t="n">
+      <c r="L17" s="14" t="n">
         <v>109.365</v>
       </c>
-      <c r="L17" s="14" t="n">
+      <c r="M17" s="14" t="n">
         <v>109.646</v>
       </c>
-      <c r="M17" s="14" t="n">
+      <c r="N17" s="14" t="n">
         <v>102.412</v>
       </c>
-      <c r="N17" s="14" t="n">
+      <c r="O17" s="14" t="n">
         <v>102.838</v>
       </c>
-      <c r="O17" s="14" t="n">
+      <c r="P17" s="14" t="n">
         <v>102.403</v>
       </c>
-      <c r="P17" s="14" t="n">
+      <c r="Q17" s="14" t="n">
         <v>103.243</v>
       </c>
-      <c r="Q17" s="14" t="n">
+      <c r="R17" s="14" t="n">
         <v>100.167</v>
       </c>
-      <c r="R17" s="14" t="n">
+      <c r="S17" s="14" t="n">
         <v>100.696</v>
       </c>
-      <c r="S17" s="14" t="n">
+      <c r="T17" s="14" t="n">
         <v>99.434</v>
       </c>
-      <c r="T17" s="14" t="n">
+      <c r="U17" s="14" t="n">
         <v>99.702</v>
       </c>
-      <c r="U17" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -10198,114 +10289,112 @@
       <c r="BT17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY17" s="15" t="n">
+      <c r="BY17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ17" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="CA17" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="BZ17" s="15" t="n">
+      <c r="CB17" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CA17" s="15" t="n">
+      <c r="CC17" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="CB17" s="15" t="n">
+      <c r="CD17" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="CC17" s="15" t="n">
+      <c r="CE17" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CD17" s="15" t="n">
+      <c r="CF17" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CE17" s="15" t="n">
+      <c r="CG17" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="CF17" s="15" t="n">
+      <c r="CH17" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CG17" s="15" t="n">
+      <c r="CI17" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CH17" s="15" t="n">
+      <c r="CJ17" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CI17" s="15" t="n">
+      <c r="CK17" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="CJ17" s="15" t="n">
+      <c r="CL17" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CK17" s="15" t="n">
+      <c r="CM17" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CL17" s="15" t="n">
+      <c r="CN17" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="CM17" s="15" t="n">
+      <c r="CO17" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="CN17" s="15" t="n">
+      <c r="CP17" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CO17" s="15" t="n">
+      <c r="CQ17" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CP17" s="15" t="n">
+      <c r="CR17" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CQ17" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -10537,110 +10626,108 @@
       <c r="EQ17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV17" s="15" t="n">
+      <c r="EV17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX17" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EY17" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="EW17" s="15" t="n">
+      <c r="EZ17" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="EX17" s="15" t="n">
+      <c r="FA17" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="EY17" s="15" t="n">
+      <c r="FB17" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="EZ17" s="15" t="n">
+      <c r="FC17" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="FA17" s="15" t="n">
+      <c r="FD17" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="FB17" s="15" t="n">
+      <c r="FE17" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="FC17" s="15" t="n">
+      <c r="FF17" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="FD17" s="15" t="n">
+      <c r="FG17" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="FE17" s="15" t="n">
+      <c r="FH17" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="FF17" s="15" t="n">
+      <c r="FI17" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="FG17" s="15" t="n">
+      <c r="FJ17" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="FH17" s="15" t="n">
+      <c r="FK17" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="FI17" s="15" t="n">
+      <c r="FL17" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="FJ17" s="15" t="n">
+      <c r="FM17" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="FK17" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -10878,815 +10965,837 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="6" t="inlineStr">
         <is>
           <t>52.1 Warehousing and storage</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>110.242</v>
+        <v>110.227</v>
       </c>
       <c r="C18" s="14" t="n">
-        <v>110.396</v>
+        <v>110.27</v>
       </c>
       <c r="D18" s="14" t="n">
-        <v>110.312</v>
+        <v>110.386</v>
       </c>
       <c r="E18" s="14" t="n">
-        <v>108.596</v>
+        <v>110.302</v>
       </c>
       <c r="F18" s="14" t="n">
+        <v>108.601</v>
+      </c>
+      <c r="G18" s="14" t="n">
         <v>108.367</v>
       </c>
-      <c r="G18" s="14" t="n">
+      <c r="H18" s="14" t="n">
         <v>108.474</v>
       </c>
-      <c r="H18" s="14" t="n">
+      <c r="I18" s="14" t="n">
         <v>107.989</v>
       </c>
-      <c r="I18" s="14" t="n">
+      <c r="J18" s="14" t="n">
         <v>105.727</v>
       </c>
-      <c r="J18" s="14" t="n">
+      <c r="K18" s="14" t="n">
         <v>105.773</v>
       </c>
-      <c r="K18" s="14" t="n">
+      <c r="L18" s="14" t="n">
         <v>105.981</v>
       </c>
-      <c r="L18" s="14" t="n">
+      <c r="M18" s="14" t="n">
         <v>105.451</v>
       </c>
-      <c r="M18" s="14" t="n">
+      <c r="N18" s="14" t="n">
         <v>101.837</v>
       </c>
-      <c r="N18" s="14" t="n">
+      <c r="O18" s="14" t="n">
         <v>101.947</v>
       </c>
-      <c r="O18" s="14" t="n">
+      <c r="P18" s="14" t="n">
         <v>101.369</v>
       </c>
-      <c r="P18" s="14" t="n">
+      <c r="Q18" s="14" t="n">
         <v>101.313</v>
       </c>
-      <c r="Q18" s="14" t="n">
+      <c r="R18" s="14" t="n">
         <v>100.083</v>
       </c>
-      <c r="R18" s="14" t="n">
+      <c r="S18" s="14" t="n">
         <v>100.043</v>
       </c>
-      <c r="S18" s="14" t="n">
+      <c r="T18" s="14" t="n">
         <v>99.955</v>
       </c>
-      <c r="T18" s="14" t="n">
+      <c r="U18" s="14" t="n">
         <v>99.918</v>
       </c>
-      <c r="U18" s="14" t="n">
+      <c r="V18" s="14" t="n">
         <v>100.045</v>
       </c>
-      <c r="V18" s="14" t="n">
+      <c r="W18" s="14" t="n">
         <v>100.109</v>
       </c>
-      <c r="W18" s="14" t="n">
+      <c r="X18" s="14" t="n">
         <v>99.898</v>
       </c>
-      <c r="X18" s="14" t="n">
+      <c r="Y18" s="14" t="n">
         <v>99.261</v>
       </c>
-      <c r="Y18" s="14" t="n">
+      <c r="Z18" s="14" t="n">
         <v>98.696</v>
       </c>
-      <c r="Z18" s="14" t="n">
+      <c r="AA18" s="14" t="n">
         <v>98.591</v>
       </c>
-      <c r="AA18" s="14" t="n">
+      <c r="AB18" s="14" t="n">
         <v>98.552</v>
       </c>
-      <c r="AB18" s="14" t="n">
+      <c r="AC18" s="14" t="n">
         <v>98.288</v>
       </c>
-      <c r="AC18" s="14" t="n">
+      <c r="AD18" s="14" t="n">
         <v>97.564</v>
       </c>
-      <c r="AD18" s="14" t="n">
+      <c r="AE18" s="14" t="n">
         <v>97.758</v>
       </c>
-      <c r="AE18" s="14" t="n">
+      <c r="AF18" s="14" t="n">
         <v>97.584</v>
       </c>
-      <c r="AF18" s="14" t="n">
+      <c r="AG18" s="14" t="n">
         <v>97.475</v>
       </c>
-      <c r="AG18" s="14" t="n">
+      <c r="AH18" s="14" t="n">
         <v>97.001</v>
       </c>
-      <c r="AH18" s="14" t="n">
+      <c r="AI18" s="14" t="n">
         <v>97.047</v>
       </c>
-      <c r="AI18" s="14" t="n">
+      <c r="AJ18" s="14" t="n">
         <v>97.016</v>
       </c>
-      <c r="AJ18" s="14" t="n">
+      <c r="AK18" s="14" t="n">
         <v>97.059</v>
       </c>
-      <c r="AK18" s="14" t="n">
+      <c r="AL18" s="14" t="n">
         <v>96.827</v>
       </c>
-      <c r="AL18" s="14" t="n">
+      <c r="AM18" s="14" t="n">
         <v>97.015</v>
       </c>
-      <c r="AM18" s="14" t="n">
+      <c r="AN18" s="14" t="n">
         <v>97.21</v>
       </c>
-      <c r="AN18" s="14" t="n">
+      <c r="AO18" s="14" t="n">
         <v>99.777</v>
       </c>
-      <c r="AO18" s="14" t="n">
+      <c r="AP18" s="14" t="n">
         <v>99.894</v>
       </c>
-      <c r="AP18" s="14" t="n">
+      <c r="AQ18" s="14" t="n">
         <v>99.965</v>
       </c>
-      <c r="AQ18" s="14" t="n">
+      <c r="AR18" s="14" t="n">
         <v>100.02</v>
       </c>
-      <c r="AR18" s="14" t="n">
+      <c r="AS18" s="14" t="n">
         <v>100.128</v>
       </c>
-      <c r="AS18" s="14" t="n">
+      <c r="AT18" s="14" t="n">
         <v>100.347</v>
       </c>
-      <c r="AT18" s="14" t="n">
+      <c r="AU18" s="14" t="n">
         <v>99.87</v>
       </c>
-      <c r="AU18" s="14" t="n">
+      <c r="AV18" s="14" t="n">
         <v>101.639</v>
       </c>
-      <c r="AV18" s="14" t="n">
+      <c r="AW18" s="14" t="n">
         <v>101.458</v>
       </c>
-      <c r="AW18" s="14" t="n">
+      <c r="AX18" s="14" t="n">
         <v>101.473</v>
       </c>
-      <c r="AX18" s="14" t="n">
+      <c r="AY18" s="14" t="n">
         <v>101.677</v>
       </c>
-      <c r="AY18" s="14" t="n">
+      <c r="AZ18" s="14" t="n">
         <v>101.715</v>
       </c>
-      <c r="AZ18" s="14" t="n">
+      <c r="BA18" s="14" t="n">
         <v>101.697</v>
       </c>
-      <c r="BA18" s="14" t="n">
+      <c r="BB18" s="14" t="n">
         <v>100.835</v>
       </c>
-      <c r="BB18" s="14" t="n">
+      <c r="BC18" s="14" t="n">
         <v>101.364</v>
       </c>
-      <c r="BC18" s="14" t="n">
+      <c r="BD18" s="14" t="n">
         <v>101.626</v>
       </c>
-      <c r="BD18" s="14" t="n">
+      <c r="BE18" s="14" t="n">
         <v>101.467</v>
       </c>
-      <c r="BE18" s="14" t="n">
+      <c r="BF18" s="14" t="n">
         <v>100.824</v>
       </c>
-      <c r="BF18" s="14" t="n">
+      <c r="BG18" s="14" t="n">
         <v>100.812</v>
       </c>
-      <c r="BG18" s="14" t="n">
+      <c r="BH18" s="14" t="n">
         <v>100.948</v>
       </c>
-      <c r="BH18" s="14" t="n">
+      <c r="BI18" s="14" t="n">
         <v>100.883</v>
       </c>
-      <c r="BI18" s="14" t="n">
+      <c r="BJ18" s="14" t="n">
         <v>99.64</v>
       </c>
-      <c r="BJ18" s="14" t="n">
+      <c r="BK18" s="14" t="n">
         <v>99.904</v>
       </c>
-      <c r="BK18" s="14" t="n">
+      <c r="BL18" s="14" t="n">
         <v>100.038</v>
       </c>
-      <c r="BL18" s="14" t="n">
+      <c r="BM18" s="14" t="n">
         <v>99.716</v>
       </c>
-      <c r="BM18" s="14" t="n">
+      <c r="BN18" s="14" t="n">
         <v>100.267</v>
       </c>
-      <c r="BN18" s="14" t="n">
+      <c r="BO18" s="14" t="n">
         <v>100.611</v>
       </c>
-      <c r="BO18" s="14" t="n">
+      <c r="BP18" s="14" t="n">
         <v>100.778</v>
       </c>
-      <c r="BP18" s="14" t="n">
+      <c r="BQ18" s="14" t="n">
         <v>101.062</v>
       </c>
-      <c r="BQ18" s="14" t="n">
+      <c r="BR18" s="14" t="n">
         <v>99.894</v>
       </c>
-      <c r="BR18" s="14" t="n">
+      <c r="BS18" s="14" t="n">
         <v>99.767</v>
       </c>
-      <c r="BS18" s="14" t="n">
+      <c r="BT18" s="14" t="n">
         <v>99.504</v>
       </c>
-      <c r="BT18" s="14" t="n">
+      <c r="BU18" s="14" t="n">
         <v>98.758</v>
       </c>
-      <c r="BU18" s="14" t="n">
+      <c r="BV18" s="14" t="n">
         <v>96.658</v>
       </c>
-      <c r="BV18" s="14" t="n">
+      <c r="BW18" s="14" t="n">
         <v>96.096</v>
       </c>
-      <c r="BW18" s="14" t="n">
+      <c r="BX18" s="14" t="n">
         <v>95.804</v>
       </c>
-      <c r="BX18" s="14" t="n">
+      <c r="BY18" s="14" t="n">
         <v>95.638</v>
       </c>
-      <c r="BY18" s="15" t="n">
+      <c r="BZ18" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CA18" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="BZ18" s="15" t="n">
+      <c r="CB18" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CA18" s="15" t="n">
+      <c r="CC18" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="CB18" s="15" t="n">
+      <c r="CD18" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CC18" s="15" t="n">
+      <c r="CE18" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CD18" s="15" t="n">
+      <c r="CF18" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CE18" s="15" t="n">
+      <c r="CG18" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="CF18" s="15" t="n">
+      <c r="CH18" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CG18" s="15" t="n">
+      <c r="CI18" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CH18" s="15" t="n">
+      <c r="CJ18" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CI18" s="15" t="n">
+      <c r="CK18" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="CJ18" s="15" t="n">
+      <c r="CL18" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CK18" s="15" t="n">
+      <c r="CM18" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CL18" s="15" t="n">
+      <c r="CN18" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CM18" s="15" t="n">
+      <c r="CO18" s="15" t="n">
         <v>1.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="CP18" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="CQ18" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CR18" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CS18" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CR18" s="15" t="n">
+      <c r="CT18" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CS18" s="15" t="n">
+      <c r="CU18" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CT18" s="15" t="n">
+      <c r="CV18" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CU18" s="15" t="n">
+      <c r="CW18" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CV18" s="15" t="n">
+      <c r="CX18" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CW18" s="15" t="n">
+      <c r="CY18" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CX18" s="15" t="n">
+      <c r="CZ18" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CY18" s="15" t="n">
+      <c r="DA18" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CZ18" s="15" t="n">
+      <c r="DB18" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DA18" s="15" t="n">
+      <c r="DC18" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DB18" s="15" t="n">
+      <c r="DD18" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DC18" s="15" t="n">
+      <c r="DE18" s="15" t="n">
         <v>0.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="DF18" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="DG18" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DH18" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DI18" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DH18" s="15" t="n">
+      <c r="DJ18" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DI18" s="15" t="n">
+      <c r="DK18" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DJ18" s="15" t="n">
+      <c r="DL18" s="15" t="n">
         <v>-2.6</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="DM18" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="DN18" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="DO18" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="DP18" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="DQ18" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DP18" s="15" t="n">
+      <c r="DR18" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="DQ18" s="15" t="n">
+      <c r="DS18" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="DR18" s="15" t="n">
+      <c r="DT18" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="DU18" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="DV18" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="DW18" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DW18" s="15" t="n">
+      <c r="DX18" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DY18" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="DX18" s="15" t="n">
+      <c r="DZ18" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DY18" s="15" t="n">
+      <c r="EA18" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DZ18" s="15" t="n">
+      <c r="EB18" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EA18" s="15" t="n">
+      <c r="EC18" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="EB18" s="15" t="n">
+      <c r="ED18" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EC18" s="15" t="n">
+      <c r="EE18" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ED18" s="15" t="n">
+      <c r="EF18" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EE18" s="15" t="n">
+      <c r="EG18" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="EF18" s="15" t="n">
+      <c r="EH18" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="EG18" s="15" t="n">
+      <c r="EI18" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EH18" s="15" t="n">
+      <c r="EJ18" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EI18" s="15" t="n">
+      <c r="EK18" s="15" t="n">
         <v>-0.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="EL18" s="15" t="n">
         <v>-0.3</v>
       </c>
       <c r="EM18" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="EN18" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="EO18" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="EN18" s="15" t="n">
+      <c r="EP18" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EO18" s="15" t="n">
+      <c r="EQ18" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EP18" s="15" t="n">
+      <c r="ER18" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="EQ18" s="15" t="n">
+      <c r="ES18" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="ER18" s="15" t="n">
+      <c r="ET18" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ES18" s="15" t="n">
+      <c r="EU18" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ET18" s="15" t="n">
+      <c r="EV18" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EU18" s="13" t="inlineStr">
-[...7 lines deleted...]
-      <c r="EW18" s="15" t="n">
+      <c r="EW18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX18" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="EY18" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="EX18" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EY18" s="15" t="n">
+      <c r="EZ18" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="FA18" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="FB18" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EZ18" s="15" t="n">
+      <c r="FC18" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="FA18" s="15" t="n">
+      <c r="FD18" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="FB18" s="15" t="n">
+      <c r="FE18" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="FC18" s="15" t="n">
+      <c r="FF18" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="FD18" s="15" t="n">
+      <c r="FG18" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="FE18" s="15" t="n">
+      <c r="FH18" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="FF18" s="15" t="n">
+      <c r="FI18" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="FG18" s="15" t="n">
+      <c r="FJ18" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="FH18" s="15" t="n">
+      <c r="FK18" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FI18" s="15" t="n">
+      <c r="FL18" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FJ18" s="15" t="n">
+      <c r="FM18" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FK18" s="15" t="n">
+      <c r="FN18" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="FL18" s="15" t="n">
+      <c r="FO18" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="FM18" s="15" t="n">
+      <c r="FP18" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="FN18" s="15" t="n">
+      <c r="FQ18" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="FO18" s="15" t="n">
+      <c r="FR18" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FP18" s="15" t="n">
+      <c r="FS18" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="FQ18" s="15" t="n">
+      <c r="FT18" s="15" t="n">
         <v>1.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.9</v>
       </c>
       <c r="FU18" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="FV18" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="FW18" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="FX18" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="FY18" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="FW18" s="15" t="n">
+      <c r="FZ18" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FX18" s="15" t="n">
+      <c r="GA18" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="FY18" s="15" t="n">
+      <c r="GB18" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FZ18" s="15" t="n">
+      <c r="GC18" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="GA18" s="15" t="n">
+      <c r="GD18" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="GB18" s="15" t="n">
+      <c r="GE18" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GC18" s="15" t="n">
+      <c r="GF18" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GD18" s="15" t="n">
+      <c r="GG18" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="GE18" s="15" t="n">
+      <c r="GH18" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="GF18" s="15" t="n">
+      <c r="GI18" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="GG18" s="15" t="n">
+      <c r="GJ18" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="GH18" s="15" t="n">
+      <c r="GK18" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="GI18" s="15" t="n">
+      <c r="GL18" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GJ18" s="15" t="n">
+      <c r="GM18" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GK18" s="15" t="n">
+      <c r="GN18" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="GL18" s="15" t="n">
+      <c r="GO18" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="GM18" s="15" t="n">
+      <c r="GP18" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="GN18" s="15" t="n">
+      <c r="GQ18" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="GO18" s="15" t="n">
+      <c r="GR18" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GP18" s="15" t="n">
+      <c r="GS18" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GQ18" s="15" t="n">
+      <c r="GT18" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="GR18" s="15" t="n">
+      <c r="GU18" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="GS18" s="15" t="n">
+      <c r="GV18" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GT18" s="15" t="n">
+      <c r="GW18" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="GU18" s="15" t="n">
+      <c r="GX18" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GV18" s="15" t="n">
+      <c r="GY18" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="GW18" s="15" t="n">
+      <c r="GZ18" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="GX18" s="15" t="n">
+      <c r="HA18" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.9</v>
       </c>
       <c r="HB18" s="15" t="n">
         <v>1.2</v>
       </c>
       <c r="HC18" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="HD18" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="HE18" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="HF18" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="HD18" s="15" t="n">
+      <c r="HG18" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="HE18" s="15" t="n">
+      <c r="HH18" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="HF18" s="15" t="n">
+      <c r="HI18" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="HG18" s="15" t="n">
+      <c r="HJ18" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="HH18" s="15" t="n">
+      <c r="HK18" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="HI18" s="15" t="n">
+      <c r="HL18" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="HJ18" s="15" t="n">
+      <c r="HM18" s="15" t="n">
         <v>2.3</v>
-      </c>
-[...7 lines deleted...]
-        <v>3.9</v>
       </c>
       <c r="HN18" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="HO18" s="13" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="HO18" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="HP18" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="HQ18" s="15" t="n">
+        <v>3.3</v>
       </c>
       <c r="HR18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="6" t="inlineStr">
         <is>
           <t>52.2 Support activities for transportation</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>115.718</v>
+        <v>114.78</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>115.155</v>
+        <v>115.67</v>
       </c>
       <c r="D19" s="14" t="n">
+        <v>115.154</v>
+      </c>
+      <c r="E19" s="14" t="n">
         <v>114.9</v>
       </c>
-      <c r="E19" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="14" t="n">
+        <v>112.401</v>
+      </c>
+      <c r="G19" s="14" t="n">
         <v>113.798</v>
       </c>
-      <c r="G19" s="14" t="n">
+      <c r="H19" s="14" t="n">
         <v>112.61</v>
       </c>
-      <c r="H19" s="14" t="n">
+      <c r="I19" s="14" t="n">
         <v>112.752</v>
       </c>
-      <c r="I19" s="14" t="n">
+      <c r="J19" s="14" t="n">
         <v>109.25</v>
       </c>
-      <c r="J19" s="14" t="n">
+      <c r="K19" s="14" t="n">
         <v>109.11</v>
       </c>
-      <c r="K19" s="14" t="n">
+      <c r="L19" s="14" t="n">
         <v>109.691</v>
       </c>
-      <c r="L19" s="14" t="n">
+      <c r="M19" s="14" t="n">
         <v>110.051</v>
       </c>
-      <c r="M19" s="14" t="n">
+      <c r="N19" s="14" t="n">
         <v>102.468</v>
       </c>
-      <c r="N19" s="14" t="n">
+      <c r="O19" s="14" t="n">
         <v>102.924</v>
       </c>
-      <c r="O19" s="14" t="n">
+      <c r="P19" s="14" t="n">
         <v>102.503</v>
       </c>
-      <c r="P19" s="14" t="n">
+      <c r="Q19" s="14" t="n">
         <v>103.43</v>
       </c>
-      <c r="Q19" s="14" t="n">
+      <c r="R19" s="14" t="n">
         <v>100.175</v>
       </c>
-      <c r="R19" s="14" t="n">
+      <c r="S19" s="14" t="n">
         <v>100.762</v>
       </c>
-      <c r="S19" s="14" t="n">
+      <c r="T19" s="14" t="n">
         <v>99.382</v>
       </c>
-      <c r="T19" s="14" t="n">
+      <c r="U19" s="14" t="n">
         <v>99.681</v>
       </c>
-      <c r="U19" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -11918,114 +12027,112 @@
       <c r="BT19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY19" s="15" t="n">
-        <v>0.5</v>
+      <c r="BY19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="BZ19" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="CA19" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CB19" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CA19" s="15" t="n">
+      <c r="CC19" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="CB19" s="15" t="n">
+      <c r="CD19" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="CC19" s="15" t="n">
+      <c r="CE19" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CD19" s="15" t="n">
+      <c r="CF19" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CE19" s="15" t="n">
+      <c r="CG19" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="CF19" s="15" t="n">
+      <c r="CH19" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CG19" s="15" t="n">
+      <c r="CI19" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CH19" s="15" t="n">
+      <c r="CJ19" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CI19" s="15" t="n">
+      <c r="CK19" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="CJ19" s="15" t="n">
+      <c r="CL19" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CK19" s="15" t="n">
+      <c r="CM19" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CL19" s="15" t="n">
+      <c r="CN19" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="CM19" s="15" t="n">
+      <c r="CO19" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="CN19" s="15" t="n">
+      <c r="CP19" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="CO19" s="15" t="n">
+      <c r="CQ19" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="CP19" s="15" t="n">
+      <c r="CR19" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CQ19" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -12257,110 +12364,108 @@
       <c r="EQ19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV19" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EW19" s="15" t="n">
+      <c r="EV19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX19" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EY19" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="EZ19" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="EX19" s="15" t="n">
+      <c r="FA19" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="EY19" s="15" t="n">
+      <c r="FB19" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="EZ19" s="15" t="n">
+      <c r="FC19" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="FA19" s="15" t="n">
+      <c r="FD19" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="FB19" s="15" t="n">
+      <c r="FE19" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="FC19" s="15" t="n">
+      <c r="FF19" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="FD19" s="15" t="n">
+      <c r="FG19" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="FE19" s="15" t="n">
+      <c r="FH19" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="FF19" s="15" t="n">
+      <c r="FI19" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="FG19" s="15" t="n">
+      <c r="FJ19" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="FH19" s="15" t="n">
+      <c r="FK19" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="FI19" s="15" t="n">
+      <c r="FL19" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="FJ19" s="15" t="n">
+      <c r="FM19" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="FK19" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -12598,50 +12703,65 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
           <t>52.21 Service activities incidental to land transportation</t>
         </is>
       </c>
       <c r="B20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="C20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
@@ -12706,51 +12826,51 @@
           <t>.</t>
         </is>
       </c>
       <c r="Q20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="R20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="S20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="T20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="U20" s="13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t>.</t>
         </is>
       </c>
       <c r="V20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
@@ -12986,146 +13106,146 @@
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BY20" s="13" t="inlineStr">
         <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ20" s="13" t="inlineStr">
+        <is>
           <t>.</t>
         </is>
       </c>
-      <c r="BZ20" s="13" t="inlineStr">
+      <c r="CA20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CA20" s="13" t="inlineStr">
+      <c r="CB20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CB20" s="13" t="inlineStr">
+      <c r="CC20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CC20" s="13" t="inlineStr">
+      <c r="CD20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CD20" s="13" t="inlineStr">
+      <c r="CE20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CE20" s="13" t="inlineStr">
+      <c r="CF20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CF20" s="13" t="inlineStr">
+      <c r="CG20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CG20" s="13" t="inlineStr">
+      <c r="CH20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CH20" s="13" t="inlineStr">
+      <c r="CI20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CI20" s="13" t="inlineStr">
+      <c r="CJ20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CJ20" s="13" t="inlineStr">
+      <c r="CK20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CK20" s="13" t="inlineStr">
+      <c r="CL20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CL20" s="13" t="inlineStr">
+      <c r="CM20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CM20" s="13" t="inlineStr">
+      <c r="CN20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CN20" s="13" t="inlineStr">
+      <c r="CO20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CO20" s="13" t="inlineStr">
+      <c r="CP20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CP20" s="13" t="inlineStr">
+      <c r="CQ20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CQ20" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="CR20" s="13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t>.</t>
         </is>
       </c>
       <c r="CS20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
@@ -13361,136 +13481,136 @@
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EV20" s="13" t="inlineStr">
         <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX20" s="13" t="inlineStr">
+        <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EW20" s="13" t="inlineStr">
+      <c r="EY20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EX20" s="13" t="inlineStr">
+      <c r="EZ20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EY20" s="13" t="inlineStr">
+      <c r="FA20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EZ20" s="13" t="inlineStr">
+      <c r="FB20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FA20" s="13" t="inlineStr">
+      <c r="FC20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FB20" s="13" t="inlineStr">
+      <c r="FD20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FC20" s="13" t="inlineStr">
+      <c r="FE20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FD20" s="13" t="inlineStr">
+      <c r="FF20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FE20" s="13" t="inlineStr">
+      <c r="FG20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FF20" s="13" t="inlineStr">
+      <c r="FH20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FG20" s="13" t="inlineStr">
+      <c r="FI20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FH20" s="13" t="inlineStr">
+      <c r="FJ20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FI20" s="13" t="inlineStr">
+      <c r="FK20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FJ20" s="13" t="inlineStr">
+      <c r="FL20" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FK20" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="FM20" s="13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t>.</t>
         </is>
       </c>
       <c r="FN20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
@@ -13730,50 +13850,65 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="6" t="inlineStr">
         <is>
           <t>52.22 Service activities incidental to water transportation</t>
         </is>
       </c>
       <c r="B21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="C21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
@@ -13838,51 +13973,51 @@
           <t>.</t>
         </is>
       </c>
       <c r="Q21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="R21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="S21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="T21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="U21" s="13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t>.</t>
         </is>
       </c>
       <c r="V21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
@@ -14118,146 +14253,146 @@
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BY21" s="13" t="inlineStr">
         <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ21" s="13" t="inlineStr">
+        <is>
           <t>.</t>
         </is>
       </c>
-      <c r="BZ21" s="13" t="inlineStr">
+      <c r="CA21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CA21" s="13" t="inlineStr">
+      <c r="CB21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CB21" s="13" t="inlineStr">
+      <c r="CC21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CC21" s="13" t="inlineStr">
+      <c r="CD21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CD21" s="13" t="inlineStr">
+      <c r="CE21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CE21" s="13" t="inlineStr">
+      <c r="CF21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CF21" s="13" t="inlineStr">
+      <c r="CG21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CG21" s="13" t="inlineStr">
+      <c r="CH21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CH21" s="13" t="inlineStr">
+      <c r="CI21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CI21" s="13" t="inlineStr">
+      <c r="CJ21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CJ21" s="13" t="inlineStr">
+      <c r="CK21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CK21" s="13" t="inlineStr">
+      <c r="CL21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CL21" s="13" t="inlineStr">
+      <c r="CM21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CM21" s="13" t="inlineStr">
+      <c r="CN21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CN21" s="13" t="inlineStr">
+      <c r="CO21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CO21" s="13" t="inlineStr">
+      <c r="CP21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CP21" s="13" t="inlineStr">
+      <c r="CQ21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CQ21" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="CR21" s="13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t>.</t>
         </is>
       </c>
       <c r="CS21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
@@ -14493,136 +14628,136 @@
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EV21" s="13" t="inlineStr">
         <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX21" s="13" t="inlineStr">
+        <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EW21" s="13" t="inlineStr">
+      <c r="EY21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EX21" s="13" t="inlineStr">
+      <c r="EZ21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EY21" s="13" t="inlineStr">
+      <c r="FA21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EZ21" s="13" t="inlineStr">
+      <c r="FB21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FA21" s="13" t="inlineStr">
+      <c r="FC21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FB21" s="13" t="inlineStr">
+      <c r="FD21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FC21" s="13" t="inlineStr">
+      <c r="FE21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FD21" s="13" t="inlineStr">
+      <c r="FF21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FE21" s="13" t="inlineStr">
+      <c r="FG21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FF21" s="13" t="inlineStr">
+      <c r="FH21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FG21" s="13" t="inlineStr">
+      <c r="FI21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FH21" s="13" t="inlineStr">
+      <c r="FJ21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FI21" s="13" t="inlineStr">
+      <c r="FK21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FJ21" s="13" t="inlineStr">
+      <c r="FL21" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FK21" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="FM21" s="13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t>.</t>
         </is>
       </c>
       <c r="FN21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
@@ -14862,50 +14997,65 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="6" t="inlineStr">
         <is>
           <t>52.23 Service activities incidental to air transportation</t>
         </is>
       </c>
       <c r="B22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="C22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
@@ -14970,51 +15120,51 @@
           <t>.</t>
         </is>
       </c>
       <c r="Q22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="R22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="S22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="T22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="U22" s="13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t>.</t>
         </is>
       </c>
       <c r="V22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
@@ -15250,146 +15400,146 @@
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BY22" s="13" t="inlineStr">
         <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ22" s="13" t="inlineStr">
+        <is>
           <t>.</t>
         </is>
       </c>
-      <c r="BZ22" s="13" t="inlineStr">
+      <c r="CA22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CA22" s="13" t="inlineStr">
+      <c r="CB22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CB22" s="13" t="inlineStr">
+      <c r="CC22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CC22" s="13" t="inlineStr">
+      <c r="CD22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CD22" s="13" t="inlineStr">
+      <c r="CE22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CE22" s="13" t="inlineStr">
+      <c r="CF22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CF22" s="13" t="inlineStr">
+      <c r="CG22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CG22" s="13" t="inlineStr">
+      <c r="CH22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CH22" s="13" t="inlineStr">
+      <c r="CI22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CI22" s="13" t="inlineStr">
+      <c r="CJ22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CJ22" s="13" t="inlineStr">
+      <c r="CK22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CK22" s="13" t="inlineStr">
+      <c r="CL22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CL22" s="13" t="inlineStr">
+      <c r="CM22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CM22" s="13" t="inlineStr">
+      <c r="CN22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CN22" s="13" t="inlineStr">
+      <c r="CO22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CO22" s="13" t="inlineStr">
+      <c r="CP22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CP22" s="13" t="inlineStr">
+      <c r="CQ22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="CQ22" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="CR22" s="13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t>.</t>
         </is>
       </c>
       <c r="CS22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
@@ -15625,136 +15775,136 @@
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EV22" s="13" t="inlineStr">
         <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX22" s="13" t="inlineStr">
+        <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EW22" s="13" t="inlineStr">
+      <c r="EY22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EX22" s="13" t="inlineStr">
+      <c r="EZ22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EY22" s="13" t="inlineStr">
+      <c r="FA22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="EZ22" s="13" t="inlineStr">
+      <c r="FB22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FA22" s="13" t="inlineStr">
+      <c r="FC22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FB22" s="13" t="inlineStr">
+      <c r="FD22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FC22" s="13" t="inlineStr">
+      <c r="FE22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FD22" s="13" t="inlineStr">
+      <c r="FF22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FE22" s="13" t="inlineStr">
+      <c r="FG22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FF22" s="13" t="inlineStr">
+      <c r="FH22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FG22" s="13" t="inlineStr">
+      <c r="FI22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FH22" s="13" t="inlineStr">
+      <c r="FJ22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FI22" s="13" t="inlineStr">
+      <c r="FK22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FJ22" s="13" t="inlineStr">
+      <c r="FL22" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="FK22" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="FM22" s="13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> </t>
+          <t>.</t>
         </is>
       </c>
       <c r="FN22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
@@ -15994,815 +16144,837 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="6" t="inlineStr">
         <is>
           <t>52.24 Cargo handling</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
+        <v>114.653</v>
+      </c>
+      <c r="C23" s="14" t="n">
         <v>114.527</v>
       </c>
-      <c r="C23" s="14" t="n">
+      <c r="D23" s="14" t="n">
         <v>114.258</v>
       </c>
-      <c r="D23" s="14" t="n">
+      <c r="E23" s="14" t="n">
         <v>114.42</v>
       </c>
-      <c r="E23" s="14" t="n">
+      <c r="F23" s="14" t="n">
         <v>111.203</v>
       </c>
-      <c r="F23" s="14" t="n">
+      <c r="G23" s="14" t="n">
         <v>111.574</v>
       </c>
-      <c r="G23" s="14" t="n">
+      <c r="H23" s="14" t="n">
         <v>111.446</v>
       </c>
-      <c r="H23" s="14" t="n">
+      <c r="I23" s="14" t="n">
         <v>110.887</v>
       </c>
-      <c r="I23" s="14" t="n">
+      <c r="J23" s="14" t="n">
         <v>108.112</v>
       </c>
-      <c r="J23" s="14" t="n">
+      <c r="K23" s="14" t="n">
         <v>107.954</v>
       </c>
-      <c r="K23" s="14" t="n">
+      <c r="L23" s="14" t="n">
         <v>107.604</v>
       </c>
-      <c r="L23" s="14" t="n">
+      <c r="M23" s="14" t="n">
         <v>106.218</v>
       </c>
-      <c r="M23" s="14" t="n">
+      <c r="N23" s="14" t="n">
         <v>104.145</v>
       </c>
-      <c r="N23" s="14" t="n">
+      <c r="O23" s="14" t="n">
         <v>104.218</v>
       </c>
-      <c r="O23" s="14" t="n">
+      <c r="P23" s="14" t="n">
         <v>103.643</v>
       </c>
-      <c r="P23" s="14" t="n">
+      <c r="Q23" s="14" t="n">
         <v>102.252</v>
       </c>
-      <c r="Q23" s="14" t="n">
+      <c r="R23" s="14" t="n">
         <v>99.854</v>
       </c>
-      <c r="R23" s="14" t="n">
+      <c r="S23" s="14" t="n">
         <v>100.096</v>
       </c>
-      <c r="S23" s="14" t="n">
+      <c r="T23" s="14" t="n">
         <v>100.123</v>
       </c>
-      <c r="T23" s="14" t="n">
+      <c r="U23" s="14" t="n">
         <v>99.927</v>
       </c>
-      <c r="U23" s="14" t="n">
+      <c r="V23" s="14" t="n">
         <v>99.627</v>
       </c>
-      <c r="V23" s="14" t="n">
+      <c r="W23" s="14" t="n">
         <v>99.06</v>
       </c>
-      <c r="W23" s="14" t="n">
+      <c r="X23" s="14" t="n">
         <v>98.999</v>
       </c>
-      <c r="X23" s="14" t="n">
+      <c r="Y23" s="14" t="n">
         <v>98.57</v>
       </c>
-      <c r="Y23" s="14" t="n">
+      <c r="Z23" s="14" t="n">
         <v>97.802</v>
       </c>
-      <c r="Z23" s="14" t="n">
+      <c r="AA23" s="14" t="n">
         <v>97.91</v>
       </c>
-      <c r="AA23" s="14" t="n">
+      <c r="AB23" s="14" t="n">
         <v>97.904</v>
       </c>
-      <c r="AB23" s="14" t="n">
+      <c r="AC23" s="14" t="n">
         <v>97.951</v>
       </c>
-      <c r="AC23" s="14" t="n">
+      <c r="AD23" s="14" t="n">
         <v>97.468</v>
       </c>
-      <c r="AD23" s="14" t="n">
+      <c r="AE23" s="14" t="n">
         <v>97.387</v>
       </c>
-      <c r="AE23" s="14" t="n">
+      <c r="AF23" s="14" t="n">
         <v>97.555</v>
       </c>
-      <c r="AF23" s="14" t="n">
+      <c r="AG23" s="14" t="n">
         <v>97.867</v>
       </c>
-      <c r="AG23" s="14" t="n">
+      <c r="AH23" s="14" t="n">
         <v>97.767</v>
       </c>
-      <c r="AH23" s="14" t="n">
+      <c r="AI23" s="14" t="n">
         <v>97.795</v>
       </c>
-      <c r="AI23" s="14" t="n">
+      <c r="AJ23" s="14" t="n">
         <v>97.015</v>
       </c>
-      <c r="AJ23" s="14" t="n">
+      <c r="AK23" s="14" t="n">
         <v>96.912</v>
       </c>
-      <c r="AK23" s="14" t="n">
+      <c r="AL23" s="14" t="n">
         <v>96.948</v>
       </c>
-      <c r="AL23" s="14" t="n">
+      <c r="AM23" s="14" t="n">
         <v>97.037</v>
       </c>
-      <c r="AM23" s="14" t="n">
+      <c r="AN23" s="14" t="n">
         <v>96.924</v>
       </c>
-      <c r="AN23" s="14" t="n">
+      <c r="AO23" s="14" t="n">
         <v>96.884</v>
       </c>
-      <c r="AO23" s="14" t="n">
+      <c r="AP23" s="14" t="n">
         <v>96.956</v>
       </c>
-      <c r="AP23" s="14" t="n">
+      <c r="AQ23" s="14" t="n">
         <v>97.379</v>
       </c>
-      <c r="AQ23" s="14" t="n">
+      <c r="AR23" s="14" t="n">
         <v>96.832</v>
       </c>
-      <c r="AR23" s="14" t="n">
+      <c r="AS23" s="14" t="n">
         <v>97.018</v>
       </c>
-      <c r="AS23" s="14" t="n">
+      <c r="AT23" s="14" t="n">
         <v>97.025</v>
       </c>
-      <c r="AT23" s="14" t="n">
+      <c r="AU23" s="14" t="n">
         <v>97.454</v>
       </c>
-      <c r="AU23" s="14" t="n">
+      <c r="AV23" s="14" t="n">
         <v>97.334</v>
       </c>
-      <c r="AV23" s="14" t="n">
+      <c r="AW23" s="14" t="n">
         <v>97.547</v>
       </c>
-      <c r="AW23" s="14" t="n">
+      <c r="AX23" s="14" t="n">
         <v>97.437</v>
       </c>
-      <c r="AX23" s="14" t="n">
+      <c r="AY23" s="14" t="n">
         <v>97.106</v>
       </c>
-      <c r="AY23" s="14" t="n">
+      <c r="AZ23" s="14" t="n">
         <v>96.798</v>
       </c>
-      <c r="AZ23" s="14" t="n">
+      <c r="BA23" s="14" t="n">
         <v>96.676</v>
       </c>
-      <c r="BA23" s="14" t="n">
+      <c r="BB23" s="14" t="n">
         <v>96.57</v>
       </c>
-      <c r="BB23" s="14" t="n">
+      <c r="BC23" s="14" t="n">
         <v>96.544</v>
       </c>
-      <c r="BC23" s="14" t="n">
+      <c r="BD23" s="14" t="n">
         <v>96.625</v>
       </c>
-      <c r="BD23" s="14" t="n">
+      <c r="BE23" s="14" t="n">
         <v>96.255</v>
       </c>
-      <c r="BE23" s="14" t="n">
+      <c r="BF23" s="14" t="n">
         <v>94.104</v>
       </c>
-      <c r="BF23" s="14" t="n">
+      <c r="BG23" s="14" t="n">
         <v>94.318</v>
       </c>
-      <c r="BG23" s="14" t="n">
+      <c r="BH23" s="14" t="n">
         <v>94.198</v>
       </c>
-      <c r="BH23" s="14" t="n">
+      <c r="BI23" s="14" t="n">
         <v>93.873</v>
       </c>
-      <c r="BI23" s="14" t="n">
+      <c r="BJ23" s="14" t="n">
         <v>92.375</v>
       </c>
-      <c r="BJ23" s="14" t="n">
+      <c r="BK23" s="14" t="n">
         <v>92.123</v>
       </c>
-      <c r="BK23" s="14" t="n">
+      <c r="BL23" s="14" t="n">
         <v>91.842</v>
       </c>
-      <c r="BL23" s="14" t="n">
+      <c r="BM23" s="14" t="n">
         <v>91.71</v>
       </c>
-      <c r="BM23" s="14" t="n">
+      <c r="BN23" s="14" t="n">
         <v>90.889</v>
       </c>
-      <c r="BN23" s="14" t="n">
+      <c r="BO23" s="14" t="n">
         <v>90.965</v>
       </c>
-      <c r="BO23" s="14" t="n">
+      <c r="BP23" s="14" t="n">
         <v>91.413</v>
       </c>
-      <c r="BP23" s="14" t="n">
+      <c r="BQ23" s="14" t="n">
         <v>91.238</v>
       </c>
-      <c r="BQ23" s="14" t="n">
+      <c r="BR23" s="14" t="n">
         <v>90.766</v>
       </c>
-      <c r="BR23" s="14" t="n">
+      <c r="BS23" s="14" t="n">
         <v>91.426</v>
       </c>
-      <c r="BS23" s="14" t="n">
+      <c r="BT23" s="14" t="n">
         <v>91.198</v>
       </c>
-      <c r="BT23" s="14" t="n">
+      <c r="BU23" s="14" t="n">
         <v>90.699</v>
       </c>
-      <c r="BU23" s="14" t="n">
+      <c r="BV23" s="14" t="n">
         <v>86.38</v>
       </c>
-      <c r="BV23" s="14" t="n">
+      <c r="BW23" s="14" t="n">
         <v>86.512</v>
       </c>
-      <c r="BW23" s="14" t="n">
+      <c r="BX23" s="14" t="n">
         <v>86.234</v>
       </c>
-      <c r="BX23" s="14" t="n">
+      <c r="BY23" s="14" t="n">
         <v>86.116</v>
       </c>
-      <c r="BY23" s="15" t="n">
+      <c r="BZ23" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CA23" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="BZ23" s="15" t="n">
+      <c r="CB23" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CA23" s="15" t="n">
+      <c r="CC23" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="CB23" s="15" t="n">
+      <c r="CD23" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CC23" s="15" t="n">
+      <c r="CE23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CD23" s="15" t="n">
+      <c r="CF23" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CE23" s="15" t="n">
+      <c r="CG23" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="CF23" s="15" t="n">
+      <c r="CH23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CG23" s="15" t="n">
+      <c r="CI23" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CH23" s="15" t="n">
+      <c r="CJ23" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CI23" s="15" t="n">
+      <c r="CK23" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="CJ23" s="15" t="n">
+      <c r="CL23" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CK23" s="15" t="n">
+      <c r="CM23" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CL23" s="15" t="n">
+      <c r="CN23" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="CM23" s="15" t="n">
+      <c r="CO23" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="CN23" s="15" t="n">
+      <c r="CP23" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CO23" s="15" t="n">
+      <c r="CQ23" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CP23" s="15" t="n">
+      <c r="CR23" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CQ23" s="15" t="n">
+      <c r="CS23" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CR23" s="15" t="n">
+      <c r="CT23" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CS23" s="15" t="n">
+      <c r="CU23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CT23" s="15" t="n">
+      <c r="CV23" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CU23" s="15" t="n">
+      <c r="CW23" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CV23" s="15" t="n">
+      <c r="CX23" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CW23" s="15" t="n">
+      <c r="CY23" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CX23" s="15" t="n">
+      <c r="CZ23" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CY23" s="15" t="n">
+      <c r="DA23" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CZ23" s="15" t="n">
+      <c r="DB23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DA23" s="15" t="n">
+      <c r="DC23" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DB23" s="15" t="n">
+      <c r="DD23" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DC23" s="15" t="n">
+      <c r="DE23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DD23" s="15" t="n">
+      <c r="DF23" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DE23" s="15" t="n">
+      <c r="DG23" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="DF23" s="15" t="n">
+      <c r="DH23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DG23" s="15" t="n">
+      <c r="DI23" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DH23" s="15" t="n">
+      <c r="DJ23" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DI23" s="15" t="n">
+      <c r="DK23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DJ23" s="15" t="n">
+      <c r="DL23" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DK23" s="15" t="n">
+      <c r="DM23" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DL23" s="15" t="n">
+      <c r="DN23" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DM23" s="15" t="n">
+      <c r="DO23" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="DN23" s="15" t="n">
+      <c r="DP23" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DO23" s="15" t="n">
+      <c r="DQ23" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DP23" s="15" t="n">
+      <c r="DR23" s="15" t="n">
         <v>-0.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="DS23" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="DT23" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="DU23" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DV23" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DU23" s="15" t="n">
+      <c r="DW23" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DV23" s="15" t="n">
+      <c r="DX23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DW23" s="15" t="n">
+      <c r="DY23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DX23" s="15" t="n">
+      <c r="DZ23" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DY23" s="15" t="n">
+      <c r="EA23" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DZ23" s="15" t="n">
+      <c r="EB23" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="EA23" s="15" t="n">
+      <c r="EC23" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="EB23" s="15" t="n">
+      <c r="ED23" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EC23" s="15" t="n">
+      <c r="EE23" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.6</v>
       </c>
       <c r="EF23" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="EG23" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="EH23" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EH23" s="15" t="n">
+      <c r="EI23" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="EJ23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EI23" s="15" t="n">
+      <c r="EK23" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="EJ23" s="15" t="n">
+      <c r="EL23" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EK23" s="15" t="n">
+      <c r="EM23" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="EL23" s="15" t="n">
+      <c r="EN23" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EM23" s="15" t="n">
+      <c r="EO23" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="EN23" s="15" t="n">
+      <c r="EP23" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="EO23" s="15" t="n">
+      <c r="EQ23" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EP23" s="15" t="n">
+      <c r="ER23" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="EQ23" s="15" t="n">
+      <c r="ES23" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ER23" s="15" t="n">
+      <c r="ET23" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="ES23" s="15" t="n">
+      <c r="EU23" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ET23" s="15" t="n">
+      <c r="EV23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EU23" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="EV23" s="15" t="n">
+      <c r="EW23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX23" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EY23" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="EW23" s="15" t="n">
+      <c r="EZ23" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="EX23" s="15" t="n">
+      <c r="FA23" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="EY23" s="15" t="n">
+      <c r="FB23" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="EZ23" s="15" t="n">
+      <c r="FC23" s="15" t="n">
         <v>3.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>3.8</v>
       </c>
       <c r="FD23" s="15" t="n">
         <v>3.6</v>
       </c>
       <c r="FE23" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="FF23" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="FF23" s="15" t="n">
+      <c r="FG23" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="FH23" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="FI23" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="FG23" s="15" t="n">
+      <c r="FJ23" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="FH23" s="15" t="n">
+      <c r="FK23" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="FI23" s="15" t="n">
+      <c r="FL23" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="FJ23" s="15" t="n">
+      <c r="FM23" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="FK23" s="15" t="n">
+      <c r="FN23" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="FL23" s="15" t="n">
+      <c r="FO23" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FM23" s="15" t="n">
+      <c r="FP23" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="FN23" s="15" t="n">
+      <c r="FQ23" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FO23" s="15" t="n">
+      <c r="FR23" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FP23" s="15" t="n">
+      <c r="FS23" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FQ23" s="15" t="n">
+      <c r="FT23" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="FR23" s="15" t="n">
+      <c r="FU23" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FS23" s="15" t="n">
+      <c r="FV23" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="FT23" s="15" t="n">
+      <c r="FW23" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="FU23" s="15" t="n">
+      <c r="FX23" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="FV23" s="15" t="n">
+      <c r="FY23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="FW23" s="15" t="n">
+      <c r="FZ23" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="FX23" s="15" t="n">
+      <c r="GA23" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="FY23" s="15" t="n">
+      <c r="GB23" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FZ23" s="15" t="n">
+      <c r="GC23" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="GA23" s="15" t="n">
+      <c r="GD23" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="GB23" s="15" t="n">
+      <c r="GE23" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="GC23" s="15" t="n">
+      <c r="GF23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GD23" s="15" t="n">
+      <c r="GG23" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GE23" s="15" t="n">
+      <c r="GH23" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GF23" s="15" t="n">
+      <c r="GI23" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GG23" s="15" t="n">
+      <c r="GJ23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GH23" s="15" t="n">
+      <c r="GK23" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GI23" s="15" t="n">
+      <c r="GL23" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GJ23" s="15" t="n">
+      <c r="GM23" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GK23" s="15" t="n">
+      <c r="GN23" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GL23" s="15" t="n">
+      <c r="GO23" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GM23" s="15" t="n">
+      <c r="GP23" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GN23" s="15" t="n">
+      <c r="GQ23" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.9</v>
       </c>
       <c r="GR23" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="GS23" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="GT23" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="GU23" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GV23" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="GT23" s="15" t="n">
+      <c r="GW23" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="GU23" s="15" t="n">
+      <c r="GX23" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="GV23" s="15" t="n">
+      <c r="GY23" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="GW23" s="15" t="n">
+      <c r="GZ23" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="GX23" s="15" t="n">
+      <c r="HA23" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="GY23" s="15" t="n">
+      <c r="HB23" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="GZ23" s="15" t="n">
+      <c r="HC23" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="HA23" s="15" t="n">
+      <c r="HD23" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="HB23" s="15" t="n">
+      <c r="HE23" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="HC23" s="15" t="n">
+      <c r="HF23" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="HD23" s="15" t="n">
+      <c r="HG23" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="HE23" s="15" t="n">
+      <c r="HH23" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="HF23" s="15" t="n">
+      <c r="HI23" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="HG23" s="15" t="n">
+      <c r="HJ23" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="HH23" s="15" t="n">
+      <c r="HK23" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="HI23" s="15" t="n">
+      <c r="HL23" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="HJ23" s="15" t="n">
+      <c r="HM23" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="HK23" s="15" t="n">
+      <c r="HN23" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="HL23" s="15" t="n">
+      <c r="HO23" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="HM23" s="15" t="n">
+      <c r="HP23" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="HN23" s="15" t="n">
+      <c r="HQ23" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="HO23" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HR23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU23" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="inlineStr">
         <is>
           <t>53 Postal and courier activities</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
-        <v>112.902</v>
+        <v>114.678</v>
       </c>
       <c r="C24" s="14" t="n">
-        <v>113.005</v>
+        <v>113.05</v>
       </c>
       <c r="D24" s="14" t="n">
-        <v>112.815</v>
+        <v>113.014</v>
       </c>
       <c r="E24" s="14" t="n">
-        <v>110.266</v>
+        <v>112.824</v>
       </c>
       <c r="F24" s="14" t="n">
+        <v>110.275</v>
+      </c>
+      <c r="G24" s="14" t="n">
         <v>110.547</v>
       </c>
-      <c r="G24" s="14" t="n">
+      <c r="H24" s="14" t="n">
         <v>110.469</v>
       </c>
-      <c r="H24" s="14" t="n">
+      <c r="I24" s="14" t="n">
         <v>110.086</v>
       </c>
-      <c r="I24" s="14" t="n">
+      <c r="J24" s="14" t="n">
         <v>107.377</v>
       </c>
-      <c r="J24" s="14" t="n">
+      <c r="K24" s="14" t="n">
         <v>107.345</v>
       </c>
-      <c r="K24" s="14" t="n">
+      <c r="L24" s="14" t="n">
         <v>107.563</v>
       </c>
-      <c r="L24" s="14" t="n">
+      <c r="M24" s="14" t="n">
         <v>108.08</v>
       </c>
-      <c r="M24" s="14" t="n">
+      <c r="N24" s="14" t="n">
         <v>105.85</v>
       </c>
-      <c r="N24" s="14" t="n">
+      <c r="O24" s="14" t="n">
         <v>106.145</v>
       </c>
-      <c r="O24" s="14" t="n">
+      <c r="P24" s="14" t="n">
         <v>106.532</v>
       </c>
-      <c r="P24" s="14" t="n">
+      <c r="Q24" s="14" t="n">
         <v>105.147</v>
       </c>
-      <c r="Q24" s="14" t="n">
+      <c r="R24" s="14" t="n">
         <v>100.333</v>
       </c>
-      <c r="R24" s="14" t="n">
+      <c r="S24" s="14" t="n">
         <v>100.053</v>
       </c>
-      <c r="S24" s="14" t="n">
+      <c r="T24" s="14" t="n">
         <v>99.965</v>
       </c>
-      <c r="T24" s="14" t="n">
+      <c r="U24" s="14" t="n">
         <v>99.649</v>
       </c>
-      <c r="U24" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -17034,113 +17206,111 @@
       <c r="BT24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY24" s="15" t="n">
-        <v>-0.1</v>
+      <c r="BY24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="BZ24" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="CA24" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CB24" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CA24" s="15" t="n">
+      <c r="CC24" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="CB24" s="15" t="n">
+      <c r="CD24" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="CE24" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CF24" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CG24" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="CH24" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CI24" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="CJ24" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="CK24" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="CL24" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CC24" s="15" t="n">
-[...23 lines deleted...]
-      <c r="CK24" s="15" t="n">
+      <c r="CM24" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CL24" s="15" t="n">
+      <c r="CN24" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CM24" s="15" t="n">
+      <c r="CO24" s="15" t="n">
         <v>4.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="CP24" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CQ24" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="CQ24" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CR24" s="15" t="n">
+        <v>0.3</v>
       </c>
       <c r="CS24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
@@ -17373,109 +17543,107 @@
       <c r="EQ24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV24" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EW24" s="15" t="n">
+      <c r="EV24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX24" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="EY24" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="EX24" s="15" t="n">
+      <c r="EZ24" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="FA24" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="EY24" s="15" t="n">
+      <c r="FB24" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EZ24" s="15" t="n">
+      <c r="FC24" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="FA24" s="15" t="n">
+      <c r="FD24" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="FB24" s="15" t="n">
+      <c r="FE24" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FC24" s="15" t="n">
+      <c r="FF24" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FD24" s="15" t="n">
+      <c r="FG24" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="FE24" s="15" t="n">
+      <c r="FH24" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FF24" s="15" t="n">
+      <c r="FI24" s="15" t="n">
         <v>2.8</v>
-      </c>
-[...7 lines deleted...]
-        <v>6.6</v>
       </c>
       <c r="FJ24" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="FK24" s="13" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="FK24" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="FL24" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="FM24" s="15" t="n">
+        <v>5.5</v>
       </c>
       <c r="FN24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
@@ -17714,815 +17882,837 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="6" t="inlineStr">
         <is>
           <t>53B Postal and courier activities</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>112.92</v>
+        <v>114.696</v>
       </c>
       <c r="C25" s="14" t="n">
-        <v>113.023</v>
+        <v>113.067</v>
       </c>
       <c r="D25" s="14" t="n">
-        <v>112.833</v>
+        <v>113.032</v>
       </c>
       <c r="E25" s="14" t="n">
-        <v>110.283</v>
+        <v>112.842</v>
       </c>
       <c r="F25" s="14" t="n">
+        <v>110.293</v>
+      </c>
+      <c r="G25" s="14" t="n">
         <v>110.565</v>
       </c>
-      <c r="G25" s="14" t="n">
+      <c r="H25" s="14" t="n">
         <v>110.486</v>
       </c>
-      <c r="H25" s="14" t="n">
+      <c r="I25" s="14" t="n">
         <v>110.103</v>
       </c>
-      <c r="I25" s="14" t="n">
+      <c r="J25" s="14" t="n">
         <v>107.394</v>
       </c>
-      <c r="J25" s="14" t="n">
+      <c r="K25" s="14" t="n">
         <v>107.362</v>
       </c>
-      <c r="K25" s="14" t="n">
+      <c r="L25" s="14" t="n">
         <v>107.58</v>
       </c>
-      <c r="L25" s="14" t="n">
+      <c r="M25" s="14" t="n">
         <v>108.097</v>
       </c>
-      <c r="M25" s="14" t="n">
+      <c r="N25" s="14" t="n">
         <v>105.867</v>
       </c>
-      <c r="N25" s="14" t="n">
+      <c r="O25" s="14" t="n">
         <v>106.162</v>
       </c>
-      <c r="O25" s="14" t="n">
+      <c r="P25" s="14" t="n">
         <v>106.549</v>
       </c>
-      <c r="P25" s="14" t="n">
+      <c r="Q25" s="14" t="n">
         <v>105.164</v>
       </c>
-      <c r="Q25" s="14" t="n">
+      <c r="R25" s="14" t="n">
         <v>100.349</v>
       </c>
-      <c r="R25" s="14" t="n">
+      <c r="S25" s="14" t="n">
         <v>100.056</v>
       </c>
-      <c r="S25" s="14" t="n">
+      <c r="T25" s="14" t="n">
         <v>99.963</v>
       </c>
-      <c r="T25" s="14" t="n">
+      <c r="U25" s="14" t="n">
         <v>99.632</v>
       </c>
-      <c r="U25" s="14" t="n">
+      <c r="V25" s="14" t="n">
         <v>96.101</v>
       </c>
-      <c r="V25" s="14" t="n">
+      <c r="W25" s="14" t="n">
         <v>95.927</v>
       </c>
-      <c r="W25" s="14" t="n">
+      <c r="X25" s="14" t="n">
         <v>95.713</v>
       </c>
-      <c r="X25" s="14" t="n">
+      <c r="Y25" s="14" t="n">
         <v>95.464</v>
       </c>
-      <c r="Y25" s="14" t="n">
+      <c r="Z25" s="14" t="n">
         <v>93.088</v>
       </c>
-      <c r="Z25" s="14" t="n">
+      <c r="AA25" s="14" t="n">
         <v>93.31</v>
       </c>
-      <c r="AA25" s="14" t="n">
+      <c r="AB25" s="14" t="n">
         <v>93.08</v>
       </c>
-      <c r="AB25" s="14" t="n">
+      <c r="AC25" s="14" t="n">
         <v>93.229</v>
       </c>
-      <c r="AC25" s="14" t="n">
+      <c r="AD25" s="14" t="n">
         <v>90.846</v>
       </c>
-      <c r="AD25" s="14" t="n">
+      <c r="AE25" s="14" t="n">
         <v>90.591</v>
       </c>
-      <c r="AE25" s="14" t="n">
+      <c r="AF25" s="14" t="n">
         <v>90.711</v>
       </c>
-      <c r="AF25" s="14" t="n">
+      <c r="AG25" s="14" t="n">
         <v>90.865</v>
       </c>
-      <c r="AG25" s="14" t="n">
+      <c r="AH25" s="14" t="n">
         <v>88.028</v>
       </c>
-      <c r="AH25" s="14" t="n">
+      <c r="AI25" s="14" t="n">
         <v>87.443</v>
       </c>
-      <c r="AI25" s="14" t="n">
+      <c r="AJ25" s="14" t="n">
         <v>87.547</v>
       </c>
-      <c r="AJ25" s="14" t="n">
+      <c r="AK25" s="14" t="n">
         <v>87.693</v>
       </c>
-      <c r="AK25" s="14" t="n">
+      <c r="AL25" s="14" t="n">
         <v>84.476</v>
       </c>
-      <c r="AL25" s="14" t="n">
+      <c r="AM25" s="14" t="n">
         <v>84.246</v>
       </c>
-      <c r="AM25" s="14" t="n">
+      <c r="AN25" s="14" t="n">
         <v>84.757</v>
       </c>
-      <c r="AN25" s="14" t="n">
+      <c r="AO25" s="14" t="n">
         <v>84.333</v>
       </c>
-      <c r="AO25" s="14" t="n">
+      <c r="AP25" s="14" t="n">
         <v>82.32</v>
       </c>
-      <c r="AP25" s="14" t="n">
+      <c r="AQ25" s="14" t="n">
         <v>82.07</v>
       </c>
-      <c r="AQ25" s="14" t="n">
+      <c r="AR25" s="14" t="n">
         <v>82.381</v>
       </c>
-      <c r="AR25" s="14" t="n">
+      <c r="AS25" s="14" t="n">
         <v>82.315</v>
       </c>
-      <c r="AS25" s="14" t="n">
+      <c r="AT25" s="14" t="n">
         <v>80.115</v>
       </c>
-      <c r="AT25" s="14" t="n">
+      <c r="AU25" s="14" t="n">
         <v>80.148</v>
       </c>
-      <c r="AU25" s="14" t="n">
+      <c r="AV25" s="14" t="n">
         <v>80.501</v>
       </c>
-      <c r="AV25" s="14" t="n">
+      <c r="AW25" s="14" t="n">
         <v>81.025</v>
       </c>
-      <c r="AW25" s="14" t="n">
+      <c r="AX25" s="14" t="n">
         <v>80.732</v>
       </c>
-      <c r="AX25" s="14" t="n">
+      <c r="AY25" s="14" t="n">
         <v>80.786</v>
       </c>
-      <c r="AY25" s="14" t="n">
+      <c r="AZ25" s="14" t="n">
         <v>81.398</v>
       </c>
-      <c r="AZ25" s="14" t="n">
+      <c r="BA25" s="14" t="n">
         <v>81.208</v>
       </c>
-      <c r="BA25" s="14" t="n">
+      <c r="BB25" s="14" t="n">
         <v>80.625</v>
       </c>
-      <c r="BB25" s="14" t="n">
+      <c r="BC25" s="14" t="n">
         <v>80.533</v>
       </c>
-      <c r="BC25" s="14" t="n">
+      <c r="BD25" s="14" t="n">
         <v>81.824</v>
       </c>
-      <c r="BD25" s="14" t="n">
+      <c r="BE25" s="14" t="n">
         <v>80.807</v>
       </c>
-      <c r="BE25" s="14" t="n">
+      <c r="BF25" s="14" t="n">
         <v>81.179</v>
       </c>
-      <c r="BF25" s="14" t="n">
+      <c r="BG25" s="14" t="n">
         <v>81.316</v>
       </c>
-      <c r="BG25" s="14" t="n">
+      <c r="BH25" s="14" t="n">
         <v>82.42</v>
       </c>
-      <c r="BH25" s="14" t="n">
+      <c r="BI25" s="14" t="n">
         <v>81.739</v>
       </c>
-      <c r="BI25" s="14" t="n">
+      <c r="BJ25" s="14" t="n">
         <v>80.383</v>
       </c>
-      <c r="BJ25" s="14" t="n">
+      <c r="BK25" s="14" t="n">
         <v>81.82</v>
       </c>
-      <c r="BK25" s="14" t="n">
+      <c r="BL25" s="14" t="n">
         <v>82.874</v>
       </c>
-      <c r="BL25" s="14" t="n">
+      <c r="BM25" s="14" t="n">
         <v>82.394</v>
       </c>
-      <c r="BM25" s="14" t="n">
+      <c r="BN25" s="14" t="n">
         <v>81.551</v>
       </c>
-      <c r="BN25" s="14" t="n">
+      <c r="BO25" s="14" t="n">
         <v>81.337</v>
       </c>
-      <c r="BO25" s="14" t="n">
+      <c r="BP25" s="14" t="n">
         <v>82.144</v>
       </c>
-      <c r="BP25" s="14" t="n">
+      <c r="BQ25" s="14" t="n">
         <v>84.428</v>
       </c>
-      <c r="BQ25" s="14" t="n">
+      <c r="BR25" s="14" t="n">
         <v>83.591</v>
       </c>
-      <c r="BR25" s="14" t="n">
+      <c r="BS25" s="14" t="n">
         <v>83.917</v>
       </c>
-      <c r="BS25" s="14" t="n">
+      <c r="BT25" s="14" t="n">
         <v>83.294</v>
       </c>
-      <c r="BT25" s="14" t="n">
+      <c r="BU25" s="14" t="n">
         <v>84.88</v>
       </c>
-      <c r="BU25" s="14" t="n">
+      <c r="BV25" s="14" t="n">
         <v>84.869</v>
       </c>
-      <c r="BV25" s="14" t="n">
+      <c r="BW25" s="14" t="n">
         <v>84.361</v>
       </c>
-      <c r="BW25" s="14" t="n">
+      <c r="BX25" s="14" t="n">
         <v>84.69</v>
       </c>
-      <c r="BX25" s="14" t="n">
+      <c r="BY25" s="14" t="n">
         <v>84.976</v>
       </c>
-      <c r="BY25" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="BZ25" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="CA25" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CB25" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CA25" s="15" t="n">
+      <c r="CC25" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="CB25" s="15" t="n">
+      <c r="CD25" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="CE25" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CF25" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CG25" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="CH25" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CI25" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="CJ25" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="CK25" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="CL25" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CC25" s="15" t="n">
-[...23 lines deleted...]
-      <c r="CK25" s="15" t="n">
+      <c r="CM25" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CL25" s="15" t="n">
+      <c r="CN25" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CM25" s="15" t="n">
+      <c r="CO25" s="15" t="n">
         <v>4.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="CP25" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="CQ25" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CR25" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CS25" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="CR25" s="15" t="n">
+      <c r="CT25" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CS25" s="15" t="n">
+      <c r="CU25" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CT25" s="15" t="n">
+      <c r="CV25" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CU25" s="15" t="n">
+      <c r="CW25" s="15" t="n">
         <v>2.6</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="CX25" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="CY25" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CZ25" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="DA25" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="CZ25" s="15" t="n">
+      <c r="DB25" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DA25" s="15" t="n">
+      <c r="DC25" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DB25" s="15" t="n">
+      <c r="DD25" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DC25" s="15" t="n">
+      <c r="DE25" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="DD25" s="15" t="n">
+      <c r="DF25" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DE25" s="15" t="n">
+      <c r="DG25" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DF25" s="15" t="n">
+      <c r="DH25" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DG25" s="15" t="n">
+      <c r="DI25" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="DH25" s="15" t="n">
+      <c r="DJ25" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DI25" s="15" t="n">
+      <c r="DK25" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="DJ25" s="15" t="n">
+      <c r="DL25" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="DK25" s="15" t="n">
+      <c r="DM25" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="DL25" s="15" t="n">
+      <c r="DN25" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DM25" s="15" t="n">
+      <c r="DO25" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DN25" s="15" t="n">
+      <c r="DP25" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DO25" s="15" t="n">
+      <c r="DQ25" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="DP25" s="15" t="n">
+      <c r="DR25" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DQ25" s="15" t="n">
+      <c r="DS25" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DR25" s="15" t="n">
+      <c r="DT25" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="DS25" s="15" t="n">
+      <c r="DU25" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DT25" s="15" t="n">
+      <c r="DV25" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DU25" s="15" t="n">
+      <c r="DW25" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="DV25" s="15" t="n">
+      <c r="DX25" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DW25" s="15" t="n">
+      <c r="DY25" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DX25" s="15" t="n">
+      <c r="DZ25" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DY25" s="15" t="n">
+      <c r="EA25" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="DZ25" s="15" t="n">
+      <c r="EB25" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="EA25" s="15" t="n">
+      <c r="EC25" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="EB25" s="15" t="n">
+      <c r="ED25" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EC25" s="15" t="n">
+      <c r="EE25" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="ED25" s="15" t="n">
+      <c r="EF25" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="EE25" s="15" t="n">
+      <c r="EG25" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="EF25" s="15" t="n">
+      <c r="EH25" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="EG25" s="15" t="n">
+      <c r="EI25" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="EH25" s="15" t="n">
+      <c r="EJ25" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="EI25" s="15" t="n">
+      <c r="EK25" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="EJ25" s="15" t="n">
+      <c r="EL25" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EK25" s="15" t="n">
+      <c r="EM25" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="EL25" s="15" t="n">
+      <c r="EN25" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="EM25" s="15" t="n">
+      <c r="EO25" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="EN25" s="15" t="n">
+      <c r="EP25" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="EO25" s="15" t="n">
+      <c r="EQ25" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="EP25" s="15" t="n">
+      <c r="ER25" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="EQ25" s="15" t="n">
+      <c r="ES25" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ER25" s="15" t="n">
+      <c r="ET25" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ES25" s="15" t="n">
+      <c r="EU25" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="ET25" s="15" t="n">
+      <c r="EV25" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="EU25" s="13" t="inlineStr">
-[...7 lines deleted...]
-      <c r="EW25" s="15" t="n">
+      <c r="EW25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX25" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="EY25" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="EX25" s="15" t="n">
+      <c r="EZ25" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="FA25" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="EY25" s="15" t="n">
+      <c r="FB25" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EZ25" s="15" t="n">
+      <c r="FC25" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="FA25" s="15" t="n">
+      <c r="FD25" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="FB25" s="15" t="n">
+      <c r="FE25" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FC25" s="15" t="n">
+      <c r="FF25" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FD25" s="15" t="n">
+      <c r="FG25" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="FE25" s="15" t="n">
+      <c r="FH25" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FF25" s="15" t="n">
+      <c r="FI25" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="FG25" s="15" t="n">
+      <c r="FJ25" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="FH25" s="15" t="n">
+      <c r="FK25" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="FI25" s="15" t="n">
+      <c r="FL25" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="FJ25" s="15" t="n">
+      <c r="FM25" s="15" t="n">
         <v>5.6</v>
-      </c>
-[...7 lines deleted...]
-        <v>4.4</v>
       </c>
       <c r="FN25" s="15" t="n">
         <v>4.4</v>
       </c>
       <c r="FO25" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="FP25" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="FQ25" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="FR25" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="FP25" s="15" t="n">
+      <c r="FS25" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="FQ25" s="15" t="n">
+      <c r="FT25" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="FR25" s="15" t="n">
+      <c r="FU25" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="FS25" s="15" t="n">
+      <c r="FV25" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="FT25" s="15" t="n">
+      <c r="FW25" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="FU25" s="15" t="n">
+      <c r="FX25" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="FV25" s="15" t="n">
+      <c r="FY25" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="FW25" s="15" t="n">
+      <c r="FZ25" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="FX25" s="15" t="n">
+      <c r="GA25" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="FY25" s="15" t="n">
+      <c r="GB25" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="FZ25" s="15" t="n">
+      <c r="GC25" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="GA25" s="15" t="n">
+      <c r="GD25" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="GB25" s="15" t="n">
+      <c r="GE25" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="GC25" s="15" t="n">
+      <c r="GF25" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="GD25" s="15" t="n">
+      <c r="GG25" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="GE25" s="15" t="n">
+      <c r="GH25" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="GF25" s="15" t="n">
+      <c r="GI25" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="GG25" s="15" t="n">
+      <c r="GJ25" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="GH25" s="15" t="n">
+      <c r="GK25" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="GI25" s="15" t="n">
+      <c r="GL25" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="GJ25" s="15" t="n">
+      <c r="GM25" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="GK25" s="15" t="n">
+      <c r="GN25" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="GL25" s="15" t="n">
+      <c r="GO25" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="GM25" s="15" t="n">
+      <c r="GP25" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="GN25" s="15" t="n">
+      <c r="GQ25" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="GO25" s="15" t="n">
+      <c r="GR25" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="GP25" s="15" t="n">
+      <c r="GS25" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GQ25" s="15" t="n">
+      <c r="GT25" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GR25" s="15" t="n">
+      <c r="GU25" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="GS25" s="15" t="n">
+      <c r="GV25" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GT25" s="15" t="n">
+      <c r="GW25" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="GU25" s="15" t="n">
+      <c r="GX25" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="GV25" s="15" t="n">
+      <c r="GY25" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GW25" s="15" t="n">
+      <c r="GZ25" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="GX25" s="15" t="n">
+      <c r="HA25" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="GY25" s="15" t="n">
+      <c r="HB25" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="GZ25" s="15" t="n">
+      <c r="HC25" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="HA25" s="15" t="n">
+      <c r="HD25" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="HB25" s="15" t="n">
+      <c r="HE25" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="HC25" s="15" t="n">
+      <c r="HF25" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="HD25" s="15" t="n">
+      <c r="HG25" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="HE25" s="15" t="n">
+      <c r="HH25" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="HF25" s="15" t="n">
+      <c r="HI25" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="HG25" s="15" t="n">
+      <c r="HJ25" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="HH25" s="15" t="n">
+      <c r="HK25" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="HI25" s="15" t="n">
+      <c r="HL25" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="HJ25" s="15" t="n">
+      <c r="HM25" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="HK25" s="15" t="n">
+      <c r="HN25" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="HL25" s="15" t="n">
+      <c r="HO25" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="HM25" s="15" t="n">
+      <c r="HP25" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="HN25" s="15" t="n">
+      <c r="HQ25" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="HO25" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HR25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU25" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="6" t="inlineStr">
         <is>
           <t xml:space="preserve">I Accommodation and food service activities </t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
-        <v>132.019</v>
+        <v>127.732</v>
       </c>
       <c r="C26" s="14" t="n">
-        <v>131.148</v>
+        <v>132.018</v>
       </c>
       <c r="D26" s="14" t="n">
-        <v>122.513</v>
+        <v>131.145</v>
       </c>
       <c r="E26" s="14" t="n">
-        <v>122.609</v>
+        <v>122.515</v>
       </c>
       <c r="F26" s="14" t="n">
+        <v>122.637</v>
+      </c>
+      <c r="G26" s="14" t="n">
         <v>126.283</v>
       </c>
-      <c r="G26" s="14" t="n">
+      <c r="H26" s="14" t="n">
         <v>125.239</v>
       </c>
-      <c r="H26" s="14" t="n">
+      <c r="I26" s="14" t="n">
         <v>117.454</v>
       </c>
-      <c r="I26" s="14" t="n">
+      <c r="J26" s="14" t="n">
         <v>117.037</v>
       </c>
-      <c r="J26" s="14" t="n">
+      <c r="K26" s="14" t="n">
         <v>120.026</v>
       </c>
-      <c r="K26" s="14" t="n">
+      <c r="L26" s="14" t="n">
         <v>118.815</v>
       </c>
-      <c r="L26" s="14" t="n">
+      <c r="M26" s="14" t="n">
         <v>110.539</v>
       </c>
-      <c r="M26" s="14" t="n">
+      <c r="N26" s="14" t="n">
         <v>109.734</v>
       </c>
-      <c r="N26" s="14" t="n">
+      <c r="O26" s="14" t="n">
         <v>112.938</v>
       </c>
-      <c r="O26" s="14" t="n">
+      <c r="P26" s="14" t="n">
         <v>110.683</v>
       </c>
-      <c r="P26" s="14" t="n">
+      <c r="Q26" s="14" t="n">
         <v>102.048</v>
       </c>
-      <c r="Q26" s="14" t="n">
+      <c r="R26" s="14" t="n">
         <v>101.805</v>
       </c>
-      <c r="R26" s="14" t="n">
+      <c r="S26" s="14" t="n">
         <v>104.238</v>
       </c>
-      <c r="S26" s="14" t="n">
+      <c r="T26" s="14" t="n">
         <v>100.106</v>
       </c>
-      <c r="T26" s="14" t="n">
+      <c r="U26" s="14" t="n">
         <v>93.852</v>
       </c>
-      <c r="U26" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -18754,114 +18944,112 @@
       <c r="BT26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY26" s="15" t="n">
+      <c r="BY26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ26" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="CA26" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="BZ26" s="15" t="n">
+      <c r="CB26" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="CA26" s="15" t="n">
+      <c r="CC26" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CB26" s="15" t="n">
+      <c r="CD26" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="CC26" s="15" t="n">
+      <c r="CE26" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CD26" s="15" t="n">
+      <c r="CF26" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="CE26" s="15" t="n">
+      <c r="CG26" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CF26" s="15" t="n">
+      <c r="CH26" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="CG26" s="15" t="n">
+      <c r="CI26" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="CH26" s="15" t="n">
+      <c r="CJ26" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="CI26" s="15" t="n">
+      <c r="CK26" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CJ26" s="15" t="n">
+      <c r="CL26" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="CK26" s="15" t="n">
+      <c r="CM26" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="CL26" s="15" t="n">
+      <c r="CN26" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="CM26" s="15" t="n">
+      <c r="CO26" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CN26" s="15" t="n">
+      <c r="CP26" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="CO26" s="15" t="n">
+      <c r="CQ26" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="CP26" s="15" t="n">
+      <c r="CR26" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="CQ26" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -19093,110 +19281,108 @@
       <c r="EQ26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV26" s="15" t="n">
+      <c r="EV26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX26" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="EY26" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="EW26" s="15" t="n">
+      <c r="EZ26" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="EX26" s="15" t="n">
+      <c r="FA26" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="EY26" s="15" t="n">
+      <c r="FB26" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="EZ26" s="15" t="n">
+      <c r="FC26" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="FA26" s="15" t="n">
+      <c r="FD26" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="FB26" s="15" t="n">
+      <c r="FE26" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="FC26" s="15" t="n">
+      <c r="FF26" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="FD26" s="15" t="n">
+      <c r="FG26" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="FE26" s="15" t="n">
+      <c r="FH26" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="FF26" s="15" t="n">
+      <c r="FI26" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="FG26" s="15" t="n">
+      <c r="FJ26" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="FH26" s="15" t="n">
+      <c r="FK26" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="FI26" s="15" t="n">
+      <c r="FL26" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="FJ26" s="15" t="n">
+      <c r="FM26" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="FK26" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -19434,123 +19620,136 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="6" t="inlineStr">
         <is>
           <t>55 Accommodation services</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>151.508</v>
+        <v>135.698</v>
       </c>
       <c r="C27" s="14" t="n">
-        <v>150.936</v>
+        <v>151.511</v>
       </c>
       <c r="D27" s="14" t="n">
-        <v>127.069</v>
+        <v>150.932</v>
       </c>
       <c r="E27" s="14" t="n">
-        <v>130.198</v>
+        <v>127.074</v>
       </c>
       <c r="F27" s="14" t="n">
+        <v>130.286</v>
+      </c>
+      <c r="G27" s="14" t="n">
         <v>143.803</v>
       </c>
-      <c r="G27" s="14" t="n">
+      <c r="H27" s="14" t="n">
         <v>142.466</v>
       </c>
-      <c r="H27" s="14" t="n">
+      <c r="I27" s="14" t="n">
         <v>121.206</v>
       </c>
-      <c r="I27" s="14" t="n">
+      <c r="J27" s="14" t="n">
         <v>122.811</v>
       </c>
-      <c r="J27" s="14" t="n">
+      <c r="K27" s="14" t="n">
         <v>134.674</v>
       </c>
-      <c r="K27" s="14" t="n">
+      <c r="L27" s="14" t="n">
         <v>133.568</v>
       </c>
-      <c r="L27" s="14" t="n">
+      <c r="M27" s="14" t="n">
         <v>111.814</v>
       </c>
-      <c r="M27" s="14" t="n">
+      <c r="N27" s="14" t="n">
         <v>112.825</v>
       </c>
-      <c r="N27" s="14" t="n">
+      <c r="O27" s="14" t="n">
         <v>126.122</v>
       </c>
-      <c r="O27" s="14" t="n">
+      <c r="P27" s="14" t="n">
         <v>122.987</v>
       </c>
-      <c r="P27" s="14" t="n">
+      <c r="Q27" s="14" t="n">
         <v>101.239</v>
       </c>
-      <c r="Q27" s="14" t="n">
+      <c r="R27" s="14" t="n">
         <v>103.341</v>
       </c>
-      <c r="R27" s="14" t="n">
+      <c r="S27" s="14" t="n">
         <v>111.303</v>
       </c>
-      <c r="S27" s="14" t="n">
+      <c r="T27" s="14" t="n">
         <v>100.818</v>
       </c>
-      <c r="T27" s="14" t="n">
+      <c r="U27" s="14" t="n">
         <v>84.538</v>
       </c>
-      <c r="U27" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -19782,114 +19981,112 @@
       <c r="BT27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY27" s="15" t="n">
+      <c r="BY27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ27" s="15" t="n">
+        <v>-10.4</v>
+      </c>
+      <c r="CA27" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="BZ27" s="15" t="n">
+      <c r="CB27" s="15" t="n">
         <v>18.8</v>
       </c>
-      <c r="CA27" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="CC27" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="CD27" s="15" t="n">
+        <v>-9.4</v>
+      </c>
+      <c r="CE27" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CD27" s="15" t="n">
+      <c r="CF27" s="15" t="n">
         <v>17.5</v>
       </c>
-      <c r="CE27" s="15" t="n">
+      <c r="CG27" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="CF27" s="15" t="n">
+      <c r="CH27" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="CG27" s="15" t="n">
+      <c r="CI27" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CH27" s="15" t="n">
+      <c r="CJ27" s="15" t="n">
         <v>19.5</v>
       </c>
-      <c r="CI27" s="15" t="n">
+      <c r="CK27" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="CJ27" s="15" t="n">
+      <c r="CL27" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="CK27" s="15" t="n">
+      <c r="CM27" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="CL27" s="15" t="n">
+      <c r="CN27" s="15" t="n">
         <v>21.5</v>
       </c>
-      <c r="CM27" s="15" t="n">
+      <c r="CO27" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="CN27" s="15" t="n">
+      <c r="CP27" s="15" t="n">
         <v>-7.2</v>
       </c>
-      <c r="CO27" s="15" t="n">
+      <c r="CQ27" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="CP27" s="15" t="n">
+      <c r="CR27" s="15" t="n">
         <v>19.3</v>
       </c>
-      <c r="CQ27" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -20121,110 +20318,108 @@
       <c r="EQ27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV27" s="15" t="n">
+      <c r="EV27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX27" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="EY27" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="EW27" s="15" t="n">
+      <c r="EZ27" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="EX27" s="15" t="n">
+      <c r="FA27" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="EY27" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EZ27" s="15" t="n">
+      <c r="FB27" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="FC27" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="FA27" s="15" t="n">
+      <c r="FD27" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="FB27" s="15" t="n">
+      <c r="FE27" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="FC27" s="15" t="n">
+      <c r="FF27" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="FD27" s="15" t="n">
+      <c r="FG27" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="FE27" s="15" t="n">
+      <c r="FH27" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="FF27" s="15" t="n">
+      <c r="FI27" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="FG27" s="15" t="n">
+      <c r="FJ27" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="FH27" s="15" t="n">
+      <c r="FK27" s="15" t="n">
         <v>13.3</v>
       </c>
-      <c r="FI27" s="15" t="n">
+      <c r="FL27" s="15" t="n">
         <v>22.0</v>
       </c>
-      <c r="FJ27" s="15" t="n">
+      <c r="FM27" s="15" t="n">
         <v>19.8</v>
       </c>
-      <c r="FK27" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -20462,123 +20657,136 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="6" t="inlineStr">
         <is>
           <t>56 Food and beverage service activities</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
+        <v>123.624</v>
+      </c>
+      <c r="C28" s="14" t="n">
         <v>122.382</v>
       </c>
-      <c r="C28" s="14" t="n">
+      <c r="D28" s="14" t="n">
         <v>121.369</v>
       </c>
-      <c r="D28" s="14" t="n">
+      <c r="E28" s="14" t="n">
         <v>120.051</v>
       </c>
-      <c r="E28" s="14" t="n">
+      <c r="F28" s="14" t="n">
         <v>118.694</v>
       </c>
-      <c r="F28" s="14" t="n">
+      <c r="G28" s="14" t="n">
         <v>117.602</v>
       </c>
-      <c r="G28" s="14" t="n">
+      <c r="H28" s="14" t="n">
         <v>116.7</v>
       </c>
-      <c r="H28" s="14" t="n">
+      <c r="I28" s="14" t="n">
         <v>115.388</v>
       </c>
-      <c r="I28" s="14" t="n">
+      <c r="J28" s="14" t="n">
         <v>114.004</v>
       </c>
-      <c r="J28" s="14" t="n">
+      <c r="K28" s="14" t="n">
         <v>112.604</v>
       </c>
-      <c r="K28" s="14" t="n">
+      <c r="L28" s="14" t="n">
         <v>111.341</v>
       </c>
-      <c r="L28" s="14" t="n">
+      <c r="M28" s="14" t="n">
         <v>109.739</v>
       </c>
-      <c r="M28" s="14" t="n">
+      <c r="N28" s="14" t="n">
         <v>108.038</v>
       </c>
-      <c r="N28" s="14" t="n">
+      <c r="O28" s="14" t="n">
         <v>106.135</v>
       </c>
-      <c r="O28" s="14" t="n">
+      <c r="P28" s="14" t="n">
         <v>104.328</v>
       </c>
-      <c r="P28" s="14" t="n">
+      <c r="Q28" s="14" t="n">
         <v>102.333</v>
       </c>
-      <c r="Q28" s="14" t="n">
+      <c r="R28" s="14" t="n">
         <v>100.905</v>
       </c>
-      <c r="R28" s="14" t="n">
+      <c r="S28" s="14" t="n">
         <v>100.099</v>
       </c>
-      <c r="S28" s="14" t="n">
+      <c r="T28" s="14" t="n">
         <v>99.689</v>
       </c>
-      <c r="T28" s="14" t="n">
+      <c r="U28" s="14" t="n">
         <v>99.307</v>
       </c>
-      <c r="U28" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -20810,114 +21018,112 @@
       <c r="BT28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY28" s="15" t="n">
+      <c r="BY28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ28" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CA28" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="BZ28" s="15" t="n">
+      <c r="CB28" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CA28" s="15" t="n">
+      <c r="CC28" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CB28" s="15" t="n">
+      <c r="CD28" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CC28" s="15" t="n">
+      <c r="CE28" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CD28" s="15" t="n">
+      <c r="CF28" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CE28" s="15" t="n">
+      <c r="CG28" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CF28" s="15" t="n">
+      <c r="CH28" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CG28" s="15" t="n">
+      <c r="CI28" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CH28" s="15" t="n">
+      <c r="CJ28" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CI28" s="15" t="n">
+      <c r="CK28" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="CJ28" s="15" t="n">
+      <c r="CL28" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="CK28" s="15" t="n">
+      <c r="CM28" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="CL28" s="15" t="n">
+      <c r="CN28" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="CM28" s="15" t="n">
+      <c r="CO28" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="CN28" s="15" t="n">
+      <c r="CP28" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CO28" s="15" t="n">
+      <c r="CQ28" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CP28" s="15" t="n">
+      <c r="CR28" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CQ28" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -21149,110 +21355,108 @@
       <c r="EQ28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV28" s="15" t="n">
-[...3 lines deleted...]
-        <v>4.0</v>
+      <c r="EV28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="EX28" s="15" t="n">
-        <v>4.0</v>
+        <v>4.2</v>
       </c>
       <c r="EY28" s="15" t="n">
         <v>4.1</v>
       </c>
       <c r="EZ28" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="FA28" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="FB28" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="FC28" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="FA28" s="15" t="n">
+      <c r="FD28" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="FB28" s="15" t="n">
+      <c r="FE28" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="FC28" s="15" t="n">
+      <c r="FF28" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="FD28" s="15" t="n">
+      <c r="FG28" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="FE28" s="15" t="n">
+      <c r="FH28" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="FF28" s="15" t="n">
+      <c r="FI28" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="FG28" s="15" t="n">
+      <c r="FJ28" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="FH28" s="15" t="n">
+      <c r="FK28" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="FI28" s="15" t="n">
+      <c r="FL28" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="FJ28" s="15" t="n">
+      <c r="FM28" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="FK28" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -21490,123 +21694,136 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="6" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>106.799</v>
+        <v>107.358</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>107.665</v>
+        <v>106.858</v>
       </c>
       <c r="D29" s="14" t="n">
-        <v>106.705</v>
+        <v>107.675</v>
       </c>
       <c r="E29" s="14" t="n">
+        <v>106.714</v>
+      </c>
+      <c r="F29" s="14" t="n">
         <v>104.982</v>
       </c>
-      <c r="F29" s="14" t="n">
+      <c r="G29" s="14" t="n">
         <v>104.345</v>
       </c>
-      <c r="G29" s="14" t="n">
+      <c r="H29" s="14" t="n">
         <v>105.691</v>
       </c>
-      <c r="H29" s="14" t="n">
+      <c r="I29" s="14" t="n">
         <v>105.175</v>
       </c>
-      <c r="I29" s="14" t="n">
+      <c r="J29" s="14" t="n">
         <v>103.7</v>
       </c>
-      <c r="J29" s="14" t="n">
+      <c r="K29" s="14" t="n">
         <v>103.457</v>
       </c>
-      <c r="K29" s="14" t="n">
+      <c r="L29" s="14" t="n">
         <v>103.398</v>
       </c>
-      <c r="L29" s="14" t="n">
+      <c r="M29" s="14" t="n">
         <v>102.987</v>
       </c>
-      <c r="M29" s="14" t="n">
+      <c r="N29" s="14" t="n">
         <v>101.26</v>
       </c>
-      <c r="N29" s="14" t="n">
+      <c r="O29" s="14" t="n">
         <v>100.93</v>
       </c>
-      <c r="O29" s="14" t="n">
+      <c r="P29" s="14" t="n">
         <v>101.944</v>
       </c>
-      <c r="P29" s="14" t="n">
+      <c r="Q29" s="14" t="n">
         <v>101.153</v>
       </c>
-      <c r="Q29" s="14" t="n">
+      <c r="R29" s="14" t="n">
         <v>99.631</v>
       </c>
-      <c r="R29" s="14" t="n">
+      <c r="S29" s="14" t="n">
         <v>99.516</v>
       </c>
-      <c r="S29" s="14" t="n">
+      <c r="T29" s="14" t="n">
         <v>100.726</v>
       </c>
-      <c r="T29" s="14" t="n">
+      <c r="U29" s="14" t="n">
         <v>100.127</v>
       </c>
-      <c r="U29" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -21838,114 +22055,112 @@
       <c r="BT29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY29" s="15" t="n">
+      <c r="BY29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ29" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CA29" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="BZ29" s="15" t="n">
+      <c r="CB29" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CA29" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CB29" s="15" t="n">
+      <c r="CC29" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="CD29" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CC29" s="15" t="n">
+      <c r="CE29" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="CD29" s="15" t="n">
+      <c r="CF29" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CE29" s="15" t="n">
+      <c r="CG29" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="CF29" s="15" t="n">
+      <c r="CH29" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CG29" s="15" t="n">
+      <c r="CI29" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CH29" s="15" t="n">
+      <c r="CJ29" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CI29" s="15" t="n">
+      <c r="CK29" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="CJ29" s="15" t="n">
+      <c r="CL29" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CK29" s="15" t="n">
+      <c r="CM29" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="CL29" s="15" t="n">
+      <c r="CN29" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CM29" s="15" t="n">
+      <c r="CO29" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CN29" s="15" t="n">
+      <c r="CP29" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CO29" s="15" t="n">
+      <c r="CQ29" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="CP29" s="15" t="n">
+      <c r="CR29" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CQ29" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -22177,110 +22392,108 @@
       <c r="EQ29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV29" s="15" t="n">
+      <c r="EV29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX29" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="EY29" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="EW29" s="15" t="n">
+      <c r="EZ29" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="EX29" s="15" t="n">
+      <c r="FA29" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="EY29" s="15" t="n">
+      <c r="FB29" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="EZ29" s="15" t="n">
+      <c r="FC29" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="FA29" s="15" t="n">
+      <c r="FD29" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="FB29" s="15" t="n">
+      <c r="FE29" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="FC29" s="15" t="n">
+      <c r="FF29" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="FD29" s="15" t="n">
+      <c r="FG29" s="15" t="n">
         <v>2.5</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.6</v>
       </c>
       <c r="FH29" s="15" t="n">
         <v>1.4</v>
       </c>
       <c r="FI29" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="FJ29" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="FK29" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="FL29" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FJ29" s="15" t="n">
+      <c r="FM29" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FK29" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -22518,123 +22731,136 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="6" t="inlineStr">
         <is>
           <t>58 Publishing activities</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
-        <v>107.413</v>
+        <v>108.194</v>
       </c>
       <c r="C30" s="14" t="n">
-        <v>108.107</v>
+        <v>107.288</v>
       </c>
       <c r="D30" s="14" t="n">
-        <v>103.975</v>
+        <v>108.092</v>
       </c>
       <c r="E30" s="14" t="n">
+        <v>103.962</v>
+      </c>
+      <c r="F30" s="14" t="n">
         <v>107.168</v>
       </c>
-      <c r="F30" s="14" t="n">
+      <c r="G30" s="14" t="n">
         <v>106.658</v>
       </c>
-      <c r="G30" s="14" t="n">
+      <c r="H30" s="14" t="n">
         <v>106.863</v>
       </c>
-      <c r="H30" s="14" t="n">
+      <c r="I30" s="14" t="n">
         <v>101.636</v>
       </c>
-      <c r="I30" s="14" t="n">
+      <c r="J30" s="14" t="n">
         <v>103.787</v>
       </c>
-      <c r="J30" s="14" t="n">
+      <c r="K30" s="14" t="n">
         <v>104.126</v>
       </c>
-      <c r="K30" s="14" t="n">
+      <c r="L30" s="14" t="n">
         <v>106.527</v>
       </c>
-      <c r="L30" s="14" t="n">
+      <c r="M30" s="14" t="n">
         <v>100.606</v>
       </c>
-      <c r="M30" s="14" t="n">
+      <c r="N30" s="14" t="n">
         <v>103.333</v>
       </c>
-      <c r="N30" s="14" t="n">
+      <c r="O30" s="14" t="n">
         <v>102.618</v>
       </c>
-      <c r="O30" s="14" t="n">
+      <c r="P30" s="14" t="n">
         <v>105.144</v>
       </c>
-      <c r="P30" s="14" t="n">
+      <c r="Q30" s="14" t="n">
         <v>97.461</v>
       </c>
-      <c r="Q30" s="14" t="n">
+      <c r="R30" s="14" t="n">
         <v>99.762</v>
       </c>
-      <c r="R30" s="14" t="n">
+      <c r="S30" s="14" t="n">
         <v>101.404</v>
       </c>
-      <c r="S30" s="14" t="n">
+      <c r="T30" s="14" t="n">
         <v>101.588</v>
       </c>
-      <c r="T30" s="14" t="n">
+      <c r="U30" s="14" t="n">
         <v>97.246</v>
       </c>
-      <c r="U30" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -22866,114 +23092,112 @@
       <c r="BT30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY30" s="15" t="n">
-        <v>-0.6</v>
+      <c r="BY30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="BZ30" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CA30" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="CB30" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="CA30" s="15" t="n">
+      <c r="CC30" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="CB30" s="15" t="n">
+      <c r="CD30" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CC30" s="15" t="n">
+      <c r="CE30" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CD30" s="15" t="n">
+      <c r="CF30" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="CE30" s="15" t="n">
+      <c r="CG30" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="CF30" s="15" t="n">
+      <c r="CH30" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CG30" s="15" t="n">
+      <c r="CI30" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="CH30" s="15" t="n">
+      <c r="CJ30" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="CI30" s="15" t="n">
+      <c r="CK30" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="CJ30" s="15" t="n">
+      <c r="CL30" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CK30" s="15" t="n">
+      <c r="CM30" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="CL30" s="15" t="n">
+      <c r="CN30" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="CM30" s="15" t="n">
+      <c r="CO30" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="CN30" s="15" t="n">
+      <c r="CP30" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="CO30" s="15" t="n">
+      <c r="CQ30" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CP30" s="15" t="n">
+      <c r="CR30" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="CQ30" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -23205,110 +23429,108 @@
       <c r="EQ30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV30" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EW30" s="15" t="n">
+      <c r="EV30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX30" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="EY30" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="EZ30" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="EX30" s="15" t="n">
+      <c r="FA30" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="EY30" s="15" t="n">
+      <c r="FB30" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="EZ30" s="15" t="n">
+      <c r="FC30" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="FA30" s="15" t="n">
+      <c r="FD30" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="FB30" s="15" t="n">
+      <c r="FE30" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FC30" s="15" t="n">
+      <c r="FF30" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="FD30" s="15" t="n">
+      <c r="FG30" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="FE30" s="15" t="n">
+      <c r="FH30" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FF30" s="15" t="n">
+      <c r="FI30" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="FG30" s="15" t="n">
+      <c r="FJ30" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="FH30" s="15" t="n">
+      <c r="FK30" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FI30" s="15" t="n">
+      <c r="FL30" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="FJ30" s="15" t="n">
+      <c r="FM30" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="FK30" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -23546,123 +23768,136 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="6" t="inlineStr">
         <is>
           <t>59 Motion picture, video and television programme production, sound recording and music publishing activities</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
-        <v>105.286</v>
+        <v>106.295</v>
       </c>
       <c r="C31" s="14" t="n">
-        <v>105.945</v>
+        <v>105.254</v>
       </c>
       <c r="D31" s="14" t="n">
-        <v>105.217</v>
+        <v>105.914</v>
       </c>
       <c r="E31" s="14" t="n">
-        <v>104.222</v>
+        <v>105.186</v>
       </c>
       <c r="F31" s="14" t="n">
+        <v>104.217</v>
+      </c>
+      <c r="G31" s="14" t="n">
         <v>104.335</v>
       </c>
-      <c r="G31" s="14" t="n">
+      <c r="H31" s="14" t="n">
         <v>104.286</v>
       </c>
-      <c r="H31" s="14" t="n">
+      <c r="I31" s="14" t="n">
         <v>104.535</v>
       </c>
-      <c r="I31" s="14" t="n">
+      <c r="J31" s="14" t="n">
         <v>103.717</v>
       </c>
-      <c r="J31" s="14" t="n">
+      <c r="K31" s="14" t="n">
         <v>103.459</v>
       </c>
-      <c r="K31" s="14" t="n">
+      <c r="L31" s="14" t="n">
         <v>102.554</v>
       </c>
-      <c r="L31" s="14" t="n">
+      <c r="M31" s="14" t="n">
         <v>102.346</v>
       </c>
-      <c r="M31" s="14" t="n">
+      <c r="N31" s="14" t="n">
         <v>102.509</v>
       </c>
-      <c r="N31" s="14" t="n">
+      <c r="O31" s="14" t="n">
         <v>103.038</v>
       </c>
-      <c r="O31" s="14" t="n">
+      <c r="P31" s="14" t="n">
         <v>102.288</v>
       </c>
-      <c r="P31" s="14" t="n">
+      <c r="Q31" s="14" t="n">
         <v>102.081</v>
       </c>
-      <c r="Q31" s="14" t="n">
+      <c r="R31" s="14" t="n">
         <v>99.918</v>
       </c>
-      <c r="R31" s="14" t="n">
+      <c r="S31" s="14" t="n">
         <v>100.157</v>
       </c>
-      <c r="S31" s="14" t="n">
+      <c r="T31" s="14" t="n">
         <v>99.736</v>
       </c>
-      <c r="T31" s="14" t="n">
+      <c r="U31" s="14" t="n">
         <v>100.189</v>
       </c>
-      <c r="U31" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -23894,114 +24129,112 @@
       <c r="BT31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY31" s="15" t="n">
+      <c r="BY31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ31" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CA31" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="BZ31" s="15" t="n">
+      <c r="CB31" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CA31" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CB31" s="15" t="n">
+      <c r="CC31" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="CD31" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CC31" s="15" t="n">
+      <c r="CE31" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CD31" s="15" t="n">
+      <c r="CF31" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CE31" s="15" t="n">
+      <c r="CG31" s="15" t="n">
         <v>0.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.9</v>
       </c>
       <c r="CH31" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="CI31" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="CJ31" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CK31" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CJ31" s="15" t="n">
+      <c r="CL31" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CK31" s="15" t="n">
+      <c r="CM31" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CL31" s="15" t="n">
+      <c r="CN31" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CM31" s="15" t="n">
+      <c r="CO31" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="CN31" s="15" t="n">
+      <c r="CP31" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CO31" s="15" t="n">
+      <c r="CQ31" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CP31" s="15" t="n">
+      <c r="CR31" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CQ31" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -24233,110 +24466,108 @@
       <c r="EQ31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV31" s="15" t="n">
+      <c r="EV31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX31" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="EY31" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="EW31" s="15" t="n">
+      <c r="EZ31" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="EX31" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EY31" s="15" t="n">
+      <c r="FA31" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="FB31" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="EZ31" s="15" t="n">
+      <c r="FC31" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="FA31" s="15" t="n">
+      <c r="FD31" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="FB31" s="15" t="n">
+      <c r="FE31" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="FC31" s="15" t="n">
+      <c r="FF31" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FD31" s="15" t="n">
+      <c r="FG31" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="FE31" s="15" t="n">
+      <c r="FH31" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="FF31" s="15" t="n">
+      <c r="FI31" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="FG31" s="15" t="n">
+      <c r="FJ31" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="FH31" s="15" t="n">
+      <c r="FK31" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="FI31" s="15" t="n">
+      <c r="FL31" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="FJ31" s="15" t="n">
+      <c r="FM31" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FK31" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -24574,123 +24805,136 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="6" t="inlineStr">
         <is>
           <t>60 Programming and broadcasting activities</t>
         </is>
       </c>
       <c r="B32" s="14" t="n">
+        <v>94.145</v>
+      </c>
+      <c r="C32" s="14" t="n">
         <v>88.962</v>
       </c>
-      <c r="C32" s="14" t="n">
+      <c r="D32" s="14" t="n">
         <v>106.437</v>
       </c>
-      <c r="D32" s="14" t="n">
+      <c r="E32" s="14" t="n">
         <v>100.316</v>
       </c>
-      <c r="E32" s="14" t="n">
+      <c r="F32" s="14" t="n">
         <v>96.769</v>
       </c>
-      <c r="F32" s="14" t="n">
+      <c r="G32" s="14" t="n">
         <v>89.46</v>
       </c>
-      <c r="G32" s="14" t="n">
+      <c r="H32" s="14" t="n">
         <v>105.079</v>
       </c>
-      <c r="H32" s="14" t="n">
+      <c r="I32" s="14" t="n">
         <v>97.254</v>
       </c>
-      <c r="I32" s="14" t="n">
+      <c r="J32" s="14" t="n">
         <v>96.047</v>
       </c>
-      <c r="J32" s="14" t="n">
+      <c r="K32" s="14" t="n">
         <v>94.257</v>
       </c>
-      <c r="K32" s="14" t="n">
+      <c r="L32" s="14" t="n">
         <v>99.994</v>
       </c>
-      <c r="L32" s="14" t="n">
+      <c r="M32" s="14" t="n">
         <v>102.012</v>
       </c>
-      <c r="M32" s="14" t="n">
+      <c r="N32" s="14" t="n">
         <v>100.844</v>
       </c>
-      <c r="N32" s="14" t="n">
+      <c r="O32" s="14" t="n">
         <v>97.654</v>
       </c>
-      <c r="O32" s="14" t="n">
+      <c r="P32" s="14" t="n">
         <v>103.923</v>
       </c>
-      <c r="P32" s="14" t="n">
+      <c r="Q32" s="14" t="n">
         <v>103.853</v>
       </c>
-      <c r="Q32" s="14" t="n">
+      <c r="R32" s="14" t="n">
         <v>98.181</v>
       </c>
-      <c r="R32" s="14" t="n">
+      <c r="S32" s="14" t="n">
         <v>89.92</v>
       </c>
-      <c r="S32" s="14" t="n">
+      <c r="T32" s="14" t="n">
         <v>107.002</v>
       </c>
-      <c r="T32" s="14" t="n">
+      <c r="U32" s="14" t="n">
         <v>104.897</v>
       </c>
-      <c r="U32" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -24922,114 +25166,112 @@
       <c r="BT32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY32" s="15" t="n">
+      <c r="BY32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ32" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="CA32" s="15" t="n">
         <v>-16.4</v>
       </c>
-      <c r="BZ32" s="15" t="n">
+      <c r="CB32" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="CA32" s="15" t="n">
+      <c r="CC32" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="CB32" s="15" t="n">
+      <c r="CD32" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="CC32" s="15" t="n">
+      <c r="CE32" s="15" t="n">
         <v>-14.9</v>
       </c>
-      <c r="CD32" s="15" t="n">
+      <c r="CF32" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="CE32" s="15" t="n">
+      <c r="CG32" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CF32" s="15" t="n">
+      <c r="CH32" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="CG32" s="15" t="n">
+      <c r="CI32" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="CH32" s="15" t="n">
+      <c r="CJ32" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="CI32" s="15" t="n">
+      <c r="CK32" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CJ32" s="15" t="n">
+      <c r="CL32" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="CK32" s="15" t="n">
+      <c r="CM32" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="CL32" s="15" t="n">
+      <c r="CN32" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CM32" s="15" t="n">
+      <c r="CO32" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="CN32" s="15" t="n">
+      <c r="CP32" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="CO32" s="15" t="n">
+      <c r="CQ32" s="15" t="n">
         <v>-16.0</v>
       </c>
-      <c r="CP32" s="15" t="n">
+      <c r="CR32" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="CQ32" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -25261,110 +25503,108 @@
       <c r="EQ32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV32" s="15" t="n">
+      <c r="EV32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX32" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="EY32" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="EW32" s="15" t="n">
+      <c r="EZ32" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="EX32" s="15" t="n">
+      <c r="FA32" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="EY32" s="15" t="n">
+      <c r="FB32" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="EZ32" s="15" t="n">
+      <c r="FC32" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="FA32" s="15" t="n">
+      <c r="FD32" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="FB32" s="15" t="n">
+      <c r="FE32" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="FC32" s="15" t="n">
+      <c r="FF32" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="FD32" s="15" t="n">
+      <c r="FG32" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="FE32" s="15" t="n">
+      <c r="FH32" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="FF32" s="15" t="n">
+      <c r="FI32" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="FG32" s="15" t="n">
+      <c r="FJ32" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="FH32" s="15" t="n">
+      <c r="FK32" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="FI32" s="15" t="n">
+      <c r="FL32" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="FJ32" s="15" t="n">
+      <c r="FM32" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="FK32" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -25602,123 +25842,136 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="6" t="inlineStr">
         <is>
           <t>61 telecommunications</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>108.729</v>
+        <v>108.785</v>
       </c>
       <c r="C33" s="14" t="n">
-        <v>108.118</v>
+        <v>108.733</v>
       </c>
       <c r="D33" s="14" t="n">
+        <v>108.122</v>
+      </c>
+      <c r="E33" s="14" t="n">
         <v>107.502</v>
       </c>
-      <c r="E33" s="14" t="n">
+      <c r="F33" s="14" t="n">
         <v>104.387</v>
       </c>
-      <c r="F33" s="14" t="n">
+      <c r="G33" s="14" t="n">
         <v>104.04</v>
       </c>
-      <c r="G33" s="14" t="n">
+      <c r="H33" s="14" t="n">
         <v>104.853</v>
       </c>
-      <c r="H33" s="14" t="n">
+      <c r="I33" s="14" t="n">
         <v>106.085</v>
       </c>
-      <c r="I33" s="14" t="n">
+      <c r="J33" s="14" t="n">
         <v>103.242</v>
       </c>
-      <c r="J33" s="14" t="n">
+      <c r="K33" s="14" t="n">
         <v>103.163</v>
       </c>
-      <c r="K33" s="14" t="n">
+      <c r="L33" s="14" t="n">
         <v>101.762</v>
       </c>
-      <c r="L33" s="14" t="n">
+      <c r="M33" s="14" t="n">
         <v>101.573</v>
       </c>
-      <c r="M33" s="14" t="n">
+      <c r="N33" s="14" t="n">
         <v>98.957</v>
       </c>
-      <c r="N33" s="14" t="n">
+      <c r="O33" s="14" t="n">
         <v>99.066</v>
       </c>
-      <c r="O33" s="14" t="n">
+      <c r="P33" s="14" t="n">
         <v>99.823</v>
       </c>
-      <c r="P33" s="14" t="n">
+      <c r="Q33" s="14" t="n">
         <v>99.684</v>
       </c>
-      <c r="Q33" s="14" t="n">
+      <c r="R33" s="14" t="n">
         <v>99.146</v>
       </c>
-      <c r="R33" s="14" t="n">
+      <c r="S33" s="14" t="n">
         <v>100.143</v>
       </c>
-      <c r="S33" s="14" t="n">
+      <c r="T33" s="14" t="n">
         <v>100.677</v>
       </c>
-      <c r="T33" s="14" t="n">
+      <c r="U33" s="14" t="n">
         <v>100.034</v>
       </c>
-      <c r="U33" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -25950,114 +26203,112 @@
       <c r="BT33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY33" s="15" t="n">
+      <c r="BY33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ33" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CA33" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="BZ33" s="15" t="n">
+      <c r="CB33" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CA33" s="15" t="n">
+      <c r="CC33" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="CB33" s="15" t="n">
+      <c r="CD33" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CC33" s="15" t="n">
+      <c r="CE33" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="CD33" s="15" t="n">
+      <c r="CF33" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="CE33" s="15" t="n">
+      <c r="CG33" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="CF33" s="15" t="n">
+      <c r="CH33" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CG33" s="15" t="n">
+      <c r="CI33" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="CH33" s="15" t="n">
+      <c r="CJ33" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CI33" s="15" t="n">
+      <c r="CK33" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="CJ33" s="15" t="n">
+      <c r="CL33" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CK33" s="15" t="n">
+      <c r="CM33" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="CL33" s="15" t="n">
+      <c r="CN33" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CM33" s="15" t="n">
+      <c r="CO33" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CN33" s="15" t="n">
+      <c r="CP33" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="CO33" s="15" t="n">
+      <c r="CQ33" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CP33" s="15" t="n">
+      <c r="CR33" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CQ33" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -26289,110 +26540,108 @@
       <c r="EQ33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV33" s="15" t="n">
+      <c r="EV33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX33" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="EY33" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="EW33" s="15" t="n">
+      <c r="EZ33" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="EX33" s="15" t="n">
+      <c r="FA33" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="EY33" s="15" t="n">
+      <c r="FB33" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="EZ33" s="15" t="n">
+      <c r="FC33" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="FA33" s="15" t="n">
+      <c r="FD33" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="FB33" s="15" t="n">
+      <c r="FE33" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="FC33" s="15" t="n">
+      <c r="FF33" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="FD33" s="15" t="n">
+      <c r="FG33" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="FE33" s="15" t="n">
+      <c r="FH33" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FF33" s="15" t="n">
+      <c r="FI33" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FG33" s="15" t="n">
+      <c r="FJ33" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="FH33" s="15" t="n">
+      <c r="FK33" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="FI33" s="15" t="n">
+      <c r="FL33" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="FJ33" s="15" t="n">
+      <c r="FM33" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="FK33" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -26630,815 +26879,837 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="6" t="inlineStr">
         <is>
           <t>61B Telecommunications (business services)</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>110.91</v>
+        <v>111.271</v>
       </c>
       <c r="C34" s="14" t="n">
-        <v>108.061</v>
+        <v>110.918</v>
       </c>
       <c r="D34" s="14" t="n">
+        <v>108.069</v>
+      </c>
+      <c r="E34" s="14" t="n">
         <v>107.277</v>
       </c>
-      <c r="E34" s="14" t="n">
+      <c r="F34" s="14" t="n">
         <v>105.029</v>
       </c>
-      <c r="F34" s="14" t="n">
+      <c r="G34" s="14" t="n">
         <v>103.503</v>
       </c>
-      <c r="G34" s="14" t="n">
+      <c r="H34" s="14" t="n">
         <v>104.79</v>
       </c>
-      <c r="H34" s="14" t="n">
+      <c r="I34" s="14" t="n">
         <v>107.358</v>
       </c>
-      <c r="I34" s="14" t="n">
+      <c r="J34" s="14" t="n">
         <v>103.929</v>
       </c>
-      <c r="J34" s="14" t="n">
+      <c r="K34" s="14" t="n">
         <v>102.729</v>
       </c>
-      <c r="K34" s="14" t="n">
+      <c r="L34" s="14" t="n">
         <v>99.874</v>
       </c>
-      <c r="L34" s="14" t="n">
+      <c r="M34" s="14" t="n">
         <v>100.208</v>
       </c>
-      <c r="M34" s="14" t="n">
+      <c r="N34" s="14" t="n">
         <v>99.677</v>
       </c>
-      <c r="N34" s="14" t="n">
+      <c r="O34" s="14" t="n">
         <v>99.729</v>
       </c>
-      <c r="O34" s="14" t="n">
+      <c r="P34" s="14" t="n">
         <v>99.293</v>
       </c>
-      <c r="P34" s="14" t="n">
+      <c r="Q34" s="14" t="n">
         <v>99.608</v>
       </c>
-      <c r="Q34" s="14" t="n">
+      <c r="R34" s="14" t="n">
         <v>98.761</v>
       </c>
-      <c r="R34" s="14" t="n">
+      <c r="S34" s="14" t="n">
         <v>100.048</v>
       </c>
-      <c r="S34" s="14" t="n">
+      <c r="T34" s="14" t="n">
         <v>101.139</v>
       </c>
-      <c r="T34" s="14" t="n">
+      <c r="U34" s="14" t="n">
         <v>100.053</v>
       </c>
-      <c r="U34" s="14" t="n">
+      <c r="V34" s="14" t="n">
         <v>100.172</v>
       </c>
-      <c r="V34" s="14" t="n">
+      <c r="W34" s="14" t="n">
         <v>99.336</v>
       </c>
-      <c r="W34" s="14" t="n">
+      <c r="X34" s="14" t="n">
         <v>99.951</v>
       </c>
-      <c r="X34" s="14" t="n">
+      <c r="Y34" s="14" t="n">
         <v>98.679</v>
       </c>
-      <c r="Y34" s="14" t="n">
+      <c r="Z34" s="14" t="n">
         <v>99.169</v>
       </c>
-      <c r="Z34" s="14" t="n">
+      <c r="AA34" s="14" t="n">
         <v>99.92</v>
       </c>
-      <c r="AA34" s="14" t="n">
+      <c r="AB34" s="14" t="n">
         <v>100.998</v>
       </c>
-      <c r="AB34" s="14" t="n">
+      <c r="AC34" s="14" t="n">
         <v>99.761</v>
       </c>
-      <c r="AC34" s="14" t="n">
+      <c r="AD34" s="14" t="n">
         <v>99.627</v>
       </c>
-      <c r="AD34" s="14" t="n">
+      <c r="AE34" s="14" t="n">
         <v>98.266</v>
       </c>
-      <c r="AE34" s="14" t="n">
+      <c r="AF34" s="14" t="n">
         <v>99.203</v>
       </c>
-      <c r="AF34" s="14" t="n">
+      <c r="AG34" s="14" t="n">
         <v>100.742</v>
       </c>
-      <c r="AG34" s="14" t="n">
+      <c r="AH34" s="14" t="n">
         <v>100.361</v>
       </c>
-      <c r="AH34" s="14" t="n">
+      <c r="AI34" s="14" t="n">
         <v>100.494</v>
       </c>
-      <c r="AI34" s="14" t="n">
+      <c r="AJ34" s="14" t="n">
         <v>100.015</v>
       </c>
-      <c r="AJ34" s="14" t="n">
+      <c r="AK34" s="14" t="n">
         <v>100.108</v>
       </c>
-      <c r="AK34" s="14" t="n">
+      <c r="AL34" s="14" t="n">
         <v>102.024</v>
       </c>
-      <c r="AL34" s="14" t="n">
+      <c r="AM34" s="14" t="n">
         <v>104.701</v>
       </c>
-      <c r="AM34" s="14" t="n">
+      <c r="AN34" s="14" t="n">
         <v>105.88</v>
       </c>
-      <c r="AN34" s="14" t="n">
+      <c r="AO34" s="14" t="n">
         <v>106.679</v>
       </c>
-      <c r="AO34" s="14" t="n">
+      <c r="AP34" s="14" t="n">
         <v>108.915</v>
       </c>
-      <c r="AP34" s="14" t="n">
+      <c r="AQ34" s="14" t="n">
         <v>110.067</v>
       </c>
-      <c r="AQ34" s="14" t="n">
+      <c r="AR34" s="14" t="n">
         <v>110.084</v>
       </c>
-      <c r="AR34" s="14" t="n">
+      <c r="AS34" s="14" t="n">
         <v>111.392</v>
       </c>
-      <c r="AS34" s="14" t="n">
+      <c r="AT34" s="14" t="n">
         <v>111.964</v>
       </c>
-      <c r="AT34" s="14" t="n">
+      <c r="AU34" s="14" t="n">
         <v>115.579</v>
       </c>
-      <c r="AU34" s="14" t="n">
+      <c r="AV34" s="14" t="n">
         <v>116.527</v>
       </c>
-      <c r="AV34" s="14" t="n">
+      <c r="AW34" s="14" t="n">
         <v>121.186</v>
       </c>
-      <c r="AW34" s="14" t="n">
+      <c r="AX34" s="14" t="n">
         <v>125.517</v>
       </c>
-      <c r="AX34" s="14" t="n">
+      <c r="AY34" s="14" t="n">
         <v>130.676</v>
       </c>
-      <c r="AY34" s="14" t="n">
+      <c r="AZ34" s="14" t="n">
         <v>131.289</v>
       </c>
-      <c r="AZ34" s="14" t="n">
+      <c r="BA34" s="14" t="n">
         <v>138.357</v>
       </c>
-      <c r="BA34" s="14" t="n">
+      <c r="BB34" s="14" t="n">
         <v>142.471</v>
       </c>
-      <c r="BB34" s="14" t="n">
+      <c r="BC34" s="14" t="n">
         <v>150.11</v>
       </c>
-      <c r="BC34" s="14" t="n">
+      <c r="BD34" s="14" t="n">
         <v>150.324</v>
       </c>
-      <c r="BD34" s="14" t="n">
+      <c r="BE34" s="14" t="n">
         <v>153.983</v>
       </c>
-      <c r="BE34" s="14" t="n">
+      <c r="BF34" s="14" t="n">
         <v>157.108</v>
       </c>
-      <c r="BF34" s="14" t="n">
+      <c r="BG34" s="14" t="n">
         <v>163.119</v>
       </c>
-      <c r="BG34" s="14" t="n">
+      <c r="BH34" s="14" t="n">
         <v>157.322</v>
       </c>
-      <c r="BH34" s="14" t="n">
+      <c r="BI34" s="14" t="n">
         <v>157.485</v>
       </c>
-      <c r="BI34" s="14" t="n">
+      <c r="BJ34" s="14" t="n">
         <v>160.085</v>
       </c>
-      <c r="BJ34" s="14" t="n">
+      <c r="BK34" s="14" t="n">
         <v>165.662</v>
       </c>
-      <c r="BK34" s="14" t="n">
+      <c r="BL34" s="14" t="n">
         <v>165.225</v>
       </c>
-      <c r="BL34" s="14" t="n">
+      <c r="BM34" s="14" t="n">
         <v>167.976</v>
       </c>
-      <c r="BM34" s="14" t="n">
+      <c r="BN34" s="14" t="n">
         <v>168.499</v>
       </c>
-      <c r="BN34" s="14" t="n">
+      <c r="BO34" s="14" t="n">
         <v>175.952</v>
       </c>
-      <c r="BO34" s="14" t="n">
+      <c r="BP34" s="14" t="n">
         <v>175.693</v>
       </c>
-      <c r="BP34" s="14" t="n">
+      <c r="BQ34" s="14" t="n">
         <v>178.98</v>
       </c>
-      <c r="BQ34" s="14" t="n">
+      <c r="BR34" s="14" t="n">
         <v>178.834</v>
       </c>
-      <c r="BR34" s="14" t="n">
+      <c r="BS34" s="14" t="n">
         <v>178.495</v>
       </c>
-      <c r="BS34" s="14" t="n">
+      <c r="BT34" s="14" t="n">
         <v>178.023</v>
       </c>
-      <c r="BT34" s="14" t="n">
+      <c r="BU34" s="14" t="n">
         <v>178.604</v>
       </c>
-      <c r="BU34" s="14" t="n">
+      <c r="BV34" s="14" t="n">
         <v>189.521</v>
       </c>
-      <c r="BV34" s="14" t="n">
+      <c r="BW34" s="14" t="n">
         <v>193.893</v>
       </c>
-      <c r="BW34" s="14" t="n">
+      <c r="BX34" s="14" t="n">
         <v>192.087</v>
       </c>
-      <c r="BX34" s="14" t="n">
+      <c r="BY34" s="14" t="n">
         <v>191.761</v>
       </c>
-      <c r="BY34" s="15" t="n">
+      <c r="BZ34" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CA34" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="BZ34" s="15" t="n">
+      <c r="CB34" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CA34" s="15" t="n">
+      <c r="CC34" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="CB34" s="15" t="n">
+      <c r="CD34" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CC34" s="15" t="n">
+      <c r="CE34" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="CD34" s="15" t="n">
+      <c r="CF34" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="CE34" s="15" t="n">
+      <c r="CG34" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="CF34" s="15" t="n">
+      <c r="CH34" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CG34" s="15" t="n">
+      <c r="CI34" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="CH34" s="15" t="n">
+      <c r="CJ34" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CI34" s="15" t="n">
+      <c r="CK34" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CJ34" s="15" t="n">
+      <c r="CL34" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CK34" s="15" t="n">
+      <c r="CM34" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CL34" s="15" t="n">
+      <c r="CN34" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CM34" s="15" t="n">
+      <c r="CO34" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CN34" s="15" t="n">
+      <c r="CP34" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="CO34" s="15" t="n">
+      <c r="CQ34" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="CP34" s="15" t="n">
+      <c r="CR34" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CQ34" s="15" t="n">
+      <c r="CS34" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CR34" s="15" t="n">
+      <c r="CT34" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CS34" s="15" t="n">
+      <c r="CU34" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="CT34" s="15" t="n">
+      <c r="CV34" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CU34" s="15" t="n">
+      <c r="CW34" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CV34" s="15" t="n">
+      <c r="CX34" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="CW34" s="15" t="n">
+      <c r="CY34" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="CX34" s="15" t="n">
+      <c r="CZ34" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CY34" s="15" t="n">
+      <c r="DA34" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CZ34" s="15" t="n">
+      <c r="DB34" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="DA34" s="15" t="n">
+      <c r="DC34" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="DB34" s="15" t="n">
+      <c r="DD34" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="DC34" s="15" t="n">
+      <c r="DE34" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="DF34" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="DG34" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="DH34" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="DI34" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="DH34" s="15" t="n">
+      <c r="DJ34" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="DI34" s="15" t="n">
+      <c r="DK34" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="DJ34" s="15" t="n">
+      <c r="DL34" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="DK34" s="15" t="n">
+      <c r="DM34" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="DL34" s="15" t="n">
+      <c r="DN34" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="DM34" s="15" t="n">
+      <c r="DO34" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DN34" s="15" t="n">
+      <c r="DP34" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="DO34" s="15" t="n">
+      <c r="DQ34" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DP34" s="15" t="n">
+      <c r="DR34" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="DQ34" s="15" t="n">
+      <c r="DS34" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="DR34" s="15" t="n">
+      <c r="DT34" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="DS34" s="15" t="n">
+      <c r="DU34" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="DT34" s="15" t="n">
+      <c r="DV34" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="DU34" s="15" t="n">
+      <c r="DW34" s="15" t="n">
         <v>-0.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>-2.9</v>
       </c>
       <c r="DX34" s="15" t="n">
         <v>-5.1</v>
       </c>
       <c r="DY34" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="DZ34" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="EA34" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DZ34" s="15" t="n">
+      <c r="EB34" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="EA34" s="15" t="n">
+      <c r="EC34" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="EB34" s="15" t="n">
+      <c r="ED34" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="EC34" s="15" t="n">
+      <c r="EE34" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ED34" s="15" t="n">
+      <c r="EF34" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EE34" s="15" t="n">
+      <c r="EG34" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="EF34" s="15" t="n">
+      <c r="EH34" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="EG34" s="15" t="n">
+      <c r="EI34" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EH34" s="15" t="n">
+      <c r="EJ34" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="EI34" s="15" t="n">
+      <c r="EK34" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="EJ34" s="15" t="n">
+      <c r="EL34" s="15" t="n">
         <v>-4.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>-1.8</v>
       </c>
       <c r="EM34" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="EN34" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="EO34" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="EP34" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EO34" s="15" t="n">
+      <c r="EQ34" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EP34" s="15" t="n">
+      <c r="ER34" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="EQ34" s="15" t="n">
+      <c r="ES34" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="ER34" s="15" t="n">
+      <c r="ET34" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="ES34" s="15" t="n">
+      <c r="EU34" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ET34" s="15" t="n">
+      <c r="EV34" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EU34" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="EV34" s="15" t="n">
+      <c r="EW34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX34" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="EY34" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="EW34" s="15" t="n">
+      <c r="EZ34" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="EX34" s="15" t="n">
+      <c r="FA34" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EY34" s="15" t="n">
+      <c r="FB34" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="EZ34" s="15" t="n">
+      <c r="FC34" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="FA34" s="15" t="n">
+      <c r="FD34" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="FB34" s="15" t="n">
+      <c r="FE34" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="FC34" s="15" t="n">
+      <c r="FF34" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="FD34" s="15" t="n">
+      <c r="FG34" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="FE34" s="15" t="n">
+      <c r="FH34" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FF34" s="15" t="n">
+      <c r="FI34" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FG34" s="15" t="n">
+      <c r="FJ34" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="FH34" s="15" t="n">
+      <c r="FK34" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="FI34" s="15" t="n">
+      <c r="FL34" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="FJ34" s="15" t="n">
+      <c r="FM34" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="FK34" s="15" t="n">
+      <c r="FN34" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="FL34" s="15" t="n">
+      <c r="FO34" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="FM34" s="15" t="n">
+      <c r="FP34" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FN34" s="15" t="n">
+      <c r="FQ34" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FO34" s="15" t="n">
+      <c r="FR34" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FP34" s="15" t="n">
+      <c r="FS34" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="FQ34" s="15" t="n">
+      <c r="FT34" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="FR34" s="15" t="n">
+      <c r="FU34" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="FS34" s="15" t="n">
+      <c r="FV34" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="FT34" s="15" t="n">
+      <c r="FW34" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="FU34" s="15" t="n">
+      <c r="FX34" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="FV34" s="15" t="n">
+      <c r="FY34" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="FW34" s="15" t="n">
+      <c r="FZ34" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="FX34" s="15" t="n">
+      <c r="GA34" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="FY34" s="15" t="n">
+      <c r="GB34" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="FZ34" s="15" t="n">
+      <c r="GC34" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="GA34" s="15" t="n">
+      <c r="GD34" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="GB34" s="15" t="n">
+      <c r="GE34" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="GC34" s="15" t="n">
+      <c r="GF34" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="GD34" s="15" t="n">
+      <c r="GG34" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="GE34" s="15" t="n">
+      <c r="GH34" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="GF34" s="15" t="n">
+      <c r="GI34" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="GG34" s="15" t="n">
+      <c r="GJ34" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="GH34" s="15" t="n">
+      <c r="GK34" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="GI34" s="15" t="n">
+      <c r="GL34" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="GJ34" s="15" t="n">
+      <c r="GM34" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="GK34" s="15" t="n">
+      <c r="GN34" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="GL34" s="15" t="n">
+      <c r="GO34" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="GM34" s="15" t="n">
+      <c r="GP34" s="15" t="n">
         <v>-10.8</v>
       </c>
-      <c r="GN34" s="15" t="n">
+      <c r="GQ34" s="15" t="n">
         <v>-11.6</v>
       </c>
-      <c r="GO34" s="15" t="n">
+      <c r="GR34" s="15" t="n">
         <v>-11.2</v>
       </c>
-      <c r="GP34" s="15" t="n">
+      <c r="GS34" s="15" t="n">
         <v>-12.4</v>
       </c>
-      <c r="GQ34" s="15" t="n">
+      <c r="GT34" s="15" t="n">
         <v>-11.9</v>
       </c>
-      <c r="GR34" s="15" t="n">
+      <c r="GU34" s="15" t="n">
         <v>-12.9</v>
       </c>
-      <c r="GS34" s="15" t="n">
+      <c r="GV34" s="15" t="n">
         <v>-12.7</v>
       </c>
-      <c r="GT34" s="15" t="n">
+      <c r="GW34" s="15" t="n">
         <v>-10.1</v>
       </c>
-      <c r="GU34" s="15" t="n">
+      <c r="GX34" s="15" t="n">
         <v>-9.3</v>
       </c>
-      <c r="GV34" s="15" t="n">
+      <c r="GY34" s="15" t="n">
         <v>-8.0</v>
       </c>
-      <c r="GW34" s="15" t="n">
+      <c r="GZ34" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="GX34" s="15" t="n">
+      <c r="HA34" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="GY34" s="15" t="n">
+      <c r="HB34" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="GZ34" s="15" t="n">
+      <c r="HC34" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="HA34" s="15" t="n">
+      <c r="HD34" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="HB34" s="15" t="n">
+      <c r="HE34" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="HC34" s="15" t="n">
+      <c r="HF34" s="15" t="n">
         <v>-5.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>-6.1</v>
       </c>
       <c r="HG34" s="15" t="n">
         <v>-5.8</v>
       </c>
       <c r="HH34" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="HI34" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="HJ34" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="HK34" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="HI34" s="15" t="n">
+      <c r="HL34" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="HJ34" s="15" t="n">
+      <c r="HM34" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="HK34" s="15" t="n">
+      <c r="HN34" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="HL34" s="15" t="n">
+      <c r="HO34" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="HM34" s="15" t="n">
+      <c r="HP34" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="HN34" s="15" t="n">
+      <c r="HQ34" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="HO34" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HR34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU34" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="6" t="inlineStr">
         <is>
           <t>61H Telecommunications (household services)</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
+        <v>106.01</v>
+      </c>
+      <c r="C35" s="14" t="n">
         <v>106.287</v>
       </c>
-      <c r="C35" s="14" t="n">
+      <c r="D35" s="14" t="n">
         <v>108.11</v>
       </c>
-      <c r="D35" s="14" t="n">
+      <c r="E35" s="14" t="n">
         <v>107.678</v>
       </c>
-      <c r="E35" s="14" t="n">
+      <c r="F35" s="14" t="n">
         <v>103.622</v>
       </c>
-      <c r="F35" s="14" t="n">
+      <c r="G35" s="14" t="n">
         <v>104.557</v>
       </c>
-      <c r="G35" s="14" t="n">
+      <c r="H35" s="14" t="n">
         <v>104.853</v>
       </c>
-      <c r="H35" s="14" t="n">
+      <c r="I35" s="14" t="n">
         <v>104.631</v>
       </c>
-      <c r="I35" s="14" t="n">
+      <c r="J35" s="14" t="n">
         <v>102.429</v>
       </c>
-      <c r="J35" s="14" t="n">
+      <c r="K35" s="14" t="n">
         <v>103.604</v>
       </c>
-      <c r="K35" s="14" t="n">
+      <c r="L35" s="14" t="n">
         <v>103.835</v>
       </c>
-      <c r="L35" s="14" t="n">
+      <c r="M35" s="14" t="n">
         <v>103.058</v>
       </c>
-      <c r="M35" s="14" t="n">
+      <c r="N35" s="14" t="n">
         <v>98.108</v>
       </c>
-      <c r="N35" s="14" t="n">
+      <c r="O35" s="14" t="n">
         <v>98.284</v>
       </c>
-      <c r="O35" s="14" t="n">
+      <c r="P35" s="14" t="n">
         <v>100.402</v>
       </c>
-      <c r="P35" s="14" t="n">
+      <c r="Q35" s="14" t="n">
         <v>99.746</v>
       </c>
-      <c r="Q35" s="14" t="n">
+      <c r="R35" s="14" t="n">
         <v>99.56</v>
       </c>
-      <c r="R35" s="14" t="n">
+      <c r="S35" s="14" t="n">
         <v>100.245</v>
       </c>
-      <c r="S35" s="14" t="n">
+      <c r="T35" s="14" t="n">
         <v>100.18</v>
       </c>
-      <c r="T35" s="14" t="n">
+      <c r="U35" s="14" t="n">
         <v>100.014</v>
       </c>
-      <c r="U35" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -27670,114 +27941,112 @@
       <c r="BT35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY35" s="15" t="n">
+      <c r="BY35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ35" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="CA35" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="BZ35" s="15" t="n">
+      <c r="CB35" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CA35" s="15" t="n">
+      <c r="CC35" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="CB35" s="15" t="n">
+      <c r="CD35" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="CC35" s="15" t="n">
+      <c r="CE35" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CD35" s="15" t="n">
+      <c r="CF35" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CE35" s="15" t="n">
+      <c r="CG35" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="CF35" s="15" t="n">
+      <c r="CH35" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="CG35" s="15" t="n">
+      <c r="CI35" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CH35" s="15" t="n">
+      <c r="CJ35" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CI35" s="15" t="n">
+      <c r="CK35" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="CJ35" s="15" t="n">
+      <c r="CL35" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CK35" s="15" t="n">
+      <c r="CM35" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="CL35" s="15" t="n">
+      <c r="CN35" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CM35" s="15" t="n">
+      <c r="CO35" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CN35" s="15" t="n">
+      <c r="CP35" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="CO35" s="15" t="n">
+      <c r="CQ35" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CP35" s="15" t="n">
+      <c r="CR35" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CQ35" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -28009,110 +28278,108 @@
       <c r="EQ35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV35" s="15" t="n">
+      <c r="EV35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX35" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="EY35" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="EW35" s="15" t="n">
+      <c r="EZ35" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="EX35" s="15" t="n">
+      <c r="FA35" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="EY35" s="15" t="n">
+      <c r="FB35" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="EZ35" s="15" t="n">
+      <c r="FC35" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="FA35" s="15" t="n">
+      <c r="FD35" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FB35" s="15" t="n">
+      <c r="FE35" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="FC35" s="15" t="n">
+      <c r="FF35" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="FD35" s="15" t="n">
+      <c r="FG35" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="FE35" s="15" t="n">
+      <c r="FH35" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="FF35" s="15" t="n">
+      <c r="FI35" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="FG35" s="15" t="n">
+      <c r="FJ35" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="FH35" s="15" t="n">
+      <c r="FK35" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="FI35" s="15" t="n">
+      <c r="FL35" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="FJ35" s="15" t="n">
+      <c r="FM35" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="FK35" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -28350,1639 +28617,1670 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="6" t="inlineStr">
         <is>
           <t>62 Computer programing and consultancy</t>
         </is>
       </c>
       <c r="B36" s="14" t="n">
-        <v>107.606</v>
+        <v>107.802</v>
       </c>
       <c r="C36" s="14" t="n">
-        <v>107.304</v>
+        <v>107.741</v>
       </c>
       <c r="D36" s="14" t="n">
-        <v>107.246</v>
+        <v>107.292</v>
       </c>
       <c r="E36" s="14" t="n">
+        <v>107.234</v>
+      </c>
+      <c r="F36" s="14" t="n">
         <v>106.237</v>
       </c>
-      <c r="F36" s="14" t="n">
+      <c r="G36" s="14" t="n">
         <v>106.193</v>
       </c>
-      <c r="G36" s="14" t="n">
+      <c r="H36" s="14" t="n">
         <v>106.311</v>
       </c>
-      <c r="H36" s="14" t="n">
+      <c r="I36" s="14" t="n">
         <v>106.016</v>
       </c>
-      <c r="I36" s="14" t="n">
+      <c r="J36" s="14" t="n">
         <v>105.13</v>
       </c>
-      <c r="J36" s="14" t="n">
+      <c r="K36" s="14" t="n">
         <v>104.896</v>
       </c>
-      <c r="K36" s="14" t="n">
+      <c r="L36" s="14" t="n">
         <v>104.892</v>
       </c>
-      <c r="L36" s="14" t="n">
+      <c r="M36" s="14" t="n">
         <v>104.695</v>
       </c>
-      <c r="M36" s="14" t="n">
+      <c r="N36" s="14" t="n">
         <v>102.764</v>
       </c>
-      <c r="N36" s="14" t="n">
+      <c r="O36" s="14" t="n">
         <v>102.392</v>
       </c>
-      <c r="O36" s="14" t="n">
+      <c r="P36" s="14" t="n">
         <v>102.959</v>
       </c>
-      <c r="P36" s="14" t="n">
+      <c r="Q36" s="14" t="n">
         <v>102.38</v>
       </c>
-      <c r="Q36" s="14" t="n">
+      <c r="R36" s="14" t="n">
         <v>100.249</v>
       </c>
-      <c r="R36" s="14" t="n">
+      <c r="S36" s="14" t="n">
         <v>99.959</v>
       </c>
-      <c r="S36" s="14" t="n">
+      <c r="T36" s="14" t="n">
         <v>99.84</v>
       </c>
-      <c r="T36" s="14" t="n">
+      <c r="U36" s="14" t="n">
         <v>99.952</v>
       </c>
-      <c r="U36" s="14" t="n">
+      <c r="V36" s="14" t="n">
         <v>99.191</v>
       </c>
-      <c r="V36" s="14" t="n">
+      <c r="W36" s="14" t="n">
         <v>98.903</v>
       </c>
-      <c r="W36" s="14" t="n">
+      <c r="X36" s="14" t="n">
         <v>98.73</v>
       </c>
-      <c r="X36" s="14" t="n">
+      <c r="Y36" s="14" t="n">
         <v>98.906</v>
       </c>
-      <c r="Y36" s="14" t="n">
+      <c r="Z36" s="14" t="n">
         <v>98.838</v>
       </c>
-      <c r="Z36" s="14" t="n">
+      <c r="AA36" s="14" t="n">
         <v>98.801</v>
       </c>
-      <c r="AA36" s="14" t="n">
+      <c r="AB36" s="14" t="n">
         <v>98.561</v>
       </c>
-      <c r="AB36" s="14" t="n">
+      <c r="AC36" s="14" t="n">
         <v>98.482</v>
       </c>
-      <c r="AC36" s="14" t="n">
+      <c r="AD36" s="14" t="n">
         <v>97.815</v>
       </c>
-      <c r="AD36" s="14" t="n">
+      <c r="AE36" s="14" t="n">
         <v>96.997</v>
       </c>
-      <c r="AE36" s="14" t="n">
+      <c r="AF36" s="14" t="n">
         <v>96.752</v>
       </c>
-      <c r="AF36" s="14" t="n">
+      <c r="AG36" s="14" t="n">
         <v>96.744</v>
       </c>
-      <c r="AG36" s="14" t="n">
+      <c r="AH36" s="14" t="n">
         <v>96.36</v>
       </c>
-      <c r="AH36" s="14" t="n">
+      <c r="AI36" s="14" t="n">
         <v>95.8</v>
       </c>
-      <c r="AI36" s="14" t="n">
+      <c r="AJ36" s="14" t="n">
         <v>95.533</v>
       </c>
-      <c r="AJ36" s="14" t="n">
+      <c r="AK36" s="14" t="n">
         <v>95.123</v>
       </c>
-      <c r="AK36" s="14" t="n">
+      <c r="AL36" s="14" t="n">
         <v>94.616</v>
       </c>
-      <c r="AL36" s="14" t="n">
+      <c r="AM36" s="14" t="n">
         <v>94.282</v>
       </c>
-      <c r="AM36" s="14" t="n">
+      <c r="AN36" s="14" t="n">
         <v>94.657</v>
       </c>
-      <c r="AN36" s="14" t="n">
+      <c r="AO36" s="14" t="n">
         <v>94.367</v>
       </c>
-      <c r="AO36" s="14" t="n">
+      <c r="AP36" s="14" t="n">
         <v>93.538</v>
       </c>
-      <c r="AP36" s="14" t="n">
+      <c r="AQ36" s="14" t="n">
         <v>93.434</v>
       </c>
-      <c r="AQ36" s="14" t="n">
+      <c r="AR36" s="14" t="n">
         <v>93.411</v>
       </c>
-      <c r="AR36" s="14" t="n">
+      <c r="AS36" s="14" t="n">
         <v>93.585</v>
       </c>
-      <c r="AS36" s="14" t="n">
+      <c r="AT36" s="14" t="n">
         <v>93.007</v>
       </c>
-      <c r="AT36" s="14" t="n">
+      <c r="AU36" s="14" t="n">
         <v>93.42</v>
       </c>
-      <c r="AU36" s="14" t="n">
+      <c r="AV36" s="14" t="n">
         <v>93.734</v>
       </c>
-      <c r="AV36" s="14" t="n">
+      <c r="AW36" s="14" t="n">
         <v>93.633</v>
       </c>
-      <c r="AW36" s="14" t="n">
+      <c r="AX36" s="14" t="n">
         <v>92.993</v>
       </c>
-      <c r="AX36" s="14" t="n">
+      <c r="AY36" s="14" t="n">
         <v>92.608</v>
       </c>
-      <c r="AY36" s="14" t="n">
+      <c r="AZ36" s="14" t="n">
         <v>92.693</v>
       </c>
-      <c r="AZ36" s="14" t="n">
+      <c r="BA36" s="14" t="n">
         <v>92.941</v>
       </c>
-      <c r="BA36" s="14" t="n">
+      <c r="BB36" s="14" t="n">
         <v>92.709</v>
       </c>
-      <c r="BB36" s="14" t="n">
+      <c r="BC36" s="14" t="n">
         <v>93.517</v>
       </c>
-      <c r="BC36" s="14" t="n">
+      <c r="BD36" s="14" t="n">
         <v>93.027</v>
       </c>
-      <c r="BD36" s="14" t="n">
+      <c r="BE36" s="14" t="n">
         <v>92.548</v>
       </c>
-      <c r="BE36" s="14" t="n">
+      <c r="BF36" s="14" t="n">
         <v>92.124</v>
       </c>
-      <c r="BF36" s="14" t="n">
+      <c r="BG36" s="14" t="n">
         <v>92.015</v>
       </c>
-      <c r="BG36" s="14" t="n">
+      <c r="BH36" s="14" t="n">
         <v>92.109</v>
       </c>
-      <c r="BH36" s="14" t="n">
+      <c r="BI36" s="14" t="n">
         <v>92.034</v>
       </c>
-      <c r="BI36" s="14" t="n">
+      <c r="BJ36" s="14" t="n">
         <v>90.591</v>
       </c>
-      <c r="BJ36" s="14" t="n">
+      <c r="BK36" s="14" t="n">
         <v>90.954</v>
       </c>
-      <c r="BK36" s="14" t="n">
+      <c r="BL36" s="14" t="n">
         <v>91.054</v>
       </c>
-      <c r="BL36" s="14" t="n">
+      <c r="BM36" s="14" t="n">
         <v>91.204</v>
       </c>
-      <c r="BM36" s="14" t="n">
+      <c r="BN36" s="14" t="n">
         <v>92.836</v>
       </c>
-      <c r="BN36" s="14" t="n">
+      <c r="BO36" s="14" t="n">
         <v>93.399</v>
       </c>
-      <c r="BO36" s="14" t="n">
+      <c r="BP36" s="14" t="n">
         <v>93.209</v>
       </c>
-      <c r="BP36" s="14" t="n">
+      <c r="BQ36" s="14" t="n">
         <v>93.752</v>
       </c>
-      <c r="BQ36" s="14" t="n">
+      <c r="BR36" s="14" t="n">
         <v>94.03</v>
       </c>
-      <c r="BR36" s="14" t="n">
+      <c r="BS36" s="14" t="n">
         <v>92.517</v>
       </c>
-      <c r="BS36" s="14" t="n">
+      <c r="BT36" s="14" t="n">
         <v>92.292</v>
       </c>
-      <c r="BT36" s="14" t="n">
+      <c r="BU36" s="14" t="n">
         <v>92.279</v>
       </c>
-      <c r="BU36" s="14" t="n">
+      <c r="BV36" s="14" t="n">
         <v>90.034</v>
       </c>
-      <c r="BV36" s="14" t="n">
+      <c r="BW36" s="14" t="n">
         <v>89.241</v>
       </c>
-      <c r="BW36" s="14" t="n">
+      <c r="BX36" s="14" t="n">
         <v>89.449</v>
       </c>
-      <c r="BX36" s="14" t="n">
+      <c r="BY36" s="14" t="n">
         <v>88.903</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="BZ36" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="CA36" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CB36" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CC36" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CB36" s="15" t="n">
+      <c r="CD36" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CC36" s="15" t="n">
+      <c r="CE36" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CD36" s="15" t="n">
+      <c r="CF36" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CE36" s="15" t="n">
+      <c r="CG36" s="15" t="n">
         <v>0.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="CH36" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="CI36" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CJ36" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CK36" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="CJ36" s="15" t="n">
+      <c r="CL36" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CK36" s="15" t="n">
+      <c r="CM36" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="CL36" s="15" t="n">
+      <c r="CN36" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CM36" s="15" t="n">
+      <c r="CO36" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="CN36" s="15" t="n">
+      <c r="CP36" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CO36" s="15" t="n">
+      <c r="CQ36" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CP36" s="15" t="n">
+      <c r="CR36" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CQ36" s="15" t="n">
+      <c r="CS36" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CR36" s="15" t="n">
+      <c r="CT36" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CS36" s="15" t="n">
+      <c r="CU36" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CT36" s="15" t="n">
+      <c r="CV36" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CU36" s="15" t="n">
+      <c r="CW36" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CV36" s="15" t="n">
+      <c r="CX36" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CW36" s="15" t="n">
+      <c r="CY36" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CX36" s="15" t="n">
+      <c r="CZ36" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CY36" s="15" t="n">
+      <c r="DA36" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CZ36" s="15" t="n">
+      <c r="DB36" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="DA36" s="15" t="n">
+      <c r="DC36" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DB36" s="15" t="n">
+      <c r="DD36" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DC36" s="15" t="n">
+      <c r="DE36" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DD36" s="15" t="n">
+      <c r="DF36" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="DE36" s="15" t="n">
+      <c r="DG36" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="DH36" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="DI36" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="DJ36" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="DK36" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DJ36" s="15" t="n">
+      <c r="DL36" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DK36" s="15" t="n">
+      <c r="DM36" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="DL36" s="15" t="n">
+      <c r="DN36" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DM36" s="15" t="n">
+      <c r="DO36" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DN36" s="15" t="n">
+      <c r="DP36" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DO36" s="15" t="n">
+      <c r="DQ36" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="DP36" s="15" t="n">
+      <c r="DR36" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DQ36" s="15" t="n">
+      <c r="DS36" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DR36" s="15" t="n">
+      <c r="DT36" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DS36" s="15" t="n">
+      <c r="DU36" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DT36" s="15" t="n">
+      <c r="DV36" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DU36" s="15" t="n">
+      <c r="DW36" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DV36" s="15" t="n">
+      <c r="DX36" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DW36" s="15" t="n">
+      <c r="DY36" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DX36" s="15" t="n">
+      <c r="DZ36" s="15" t="n">
         <v>-0.9</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="EA36" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="EB36" s="15" t="n">
-        <v>0.1</v>
+        <v>0.5</v>
       </c>
       <c r="EC36" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.5</v>
       </c>
       <c r="ED36" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="EE36" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="EF36" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="EG36" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="EF36" s="15" t="n">
+      <c r="EH36" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="EG36" s="15" t="n">
+      <c r="EI36" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EH36" s="15" t="n">
+      <c r="EJ36" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EI36" s="15" t="n">
+      <c r="EK36" s="15" t="n">
         <v>-1.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="EL36" s="15" t="n">
         <v>-0.6</v>
       </c>
       <c r="EM36" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="EN36" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="EO36" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="EN36" s="15" t="n">
+      <c r="EP36" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="EO36" s="15" t="n">
+      <c r="EQ36" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EP36" s="15" t="n">
+      <c r="ER36" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EQ36" s="15" t="n">
+      <c r="ES36" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ER36" s="15" t="n">
+      <c r="ET36" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ES36" s="15" t="n">
+      <c r="EU36" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="ET36" s="15" t="n">
+      <c r="EV36" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="EU36" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="EV36" s="15" t="n">
+      <c r="EW36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX36" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="EY36" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="EZ36" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="FA36" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="FB36" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="FC36" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="FD36" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="FE36" s="15" t="n">
         <v>1.3</v>
-      </c>
-[...25 lines deleted...]
-        <v>1.9</v>
       </c>
       <c r="FF36" s="15" t="n">
         <v>2.3</v>
       </c>
       <c r="FG36" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="FH36" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="FI36" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="FJ36" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="FH36" s="15" t="n">
+      <c r="FK36" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="FI36" s="15" t="n">
+      <c r="FL36" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="FJ36" s="15" t="n">
+      <c r="FM36" s="15" t="n">
         <v>2.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.1</v>
       </c>
       <c r="FN36" s="15" t="n">
         <v>1.1</v>
       </c>
       <c r="FO36" s="15" t="n">
-        <v>0.4</v>
+        <v>1.1</v>
       </c>
       <c r="FP36" s="15" t="n">
-        <v>0.1</v>
+        <v>1.1</v>
       </c>
       <c r="FQ36" s="15" t="n">
-        <v>0.2</v>
+        <v>1.1</v>
       </c>
       <c r="FR36" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="FS36" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="FT36" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="FU36" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FV36" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FT36" s="15" t="n">
+      <c r="FW36" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FU36" s="15" t="n">
+      <c r="FX36" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FV36" s="15" t="n">
+      <c r="FY36" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="FW36" s="15" t="n">
+      <c r="FZ36" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="FX36" s="15" t="n">
+      <c r="GA36" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FY36" s="15" t="n">
+      <c r="GB36" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FZ36" s="15" t="n">
+      <c r="GC36" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="GA36" s="15" t="n">
+      <c r="GD36" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="GB36" s="15" t="n">
+      <c r="GE36" s="15" t="n">
         <v>1.6</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.2</v>
       </c>
       <c r="GF36" s="15" t="n">
         <v>0.9</v>
       </c>
       <c r="GG36" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="GH36" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="GI36" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="GJ36" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="GH36" s="15" t="n">
+      <c r="GK36" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="GI36" s="15" t="n">
+      <c r="GL36" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...7 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="GM36" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="GN36" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="GO36" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="GP36" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GQ36" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="GO36" s="15" t="n">
+      <c r="GR36" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GP36" s="15" t="n">
+      <c r="GS36" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="GQ36" s="15" t="n">
+      <c r="GT36" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="GR36" s="15" t="n">
+      <c r="GU36" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GS36" s="15" t="n">
+      <c r="GV36" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GT36" s="15" t="n">
+      <c r="GW36" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="GX36" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="GY36" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GZ36" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="HA36" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="HB36" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="GZ36" s="15" t="n">
+      <c r="HC36" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="HA36" s="15" t="n">
+      <c r="HD36" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="HB36" s="15" t="n">
+      <c r="HE36" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="HC36" s="15" t="n">
+      <c r="HF36" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="HD36" s="15" t="n">
+      <c r="HG36" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="HE36" s="15" t="n">
+      <c r="HH36" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="HF36" s="15" t="n">
+      <c r="HI36" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="HG36" s="15" t="n">
+      <c r="HJ36" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="HH36" s="15" t="n">
+      <c r="HK36" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="HI36" s="15" t="n">
+      <c r="HL36" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="HJ36" s="15" t="n">
+      <c r="HM36" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="HK36" s="15" t="n">
+      <c r="HN36" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="HL36" s="15" t="n">
+      <c r="HO36" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="HM36" s="15" t="n">
+      <c r="HP36" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="HN36" s="15" t="n">
+      <c r="HQ36" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="HO36" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HR36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU36" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="6" t="inlineStr">
         <is>
           <t>63 Information service activities</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
-        <v>112.582</v>
+        <v>112.925</v>
       </c>
       <c r="C37" s="14" t="n">
-        <v>112.532</v>
+        <v>112.87</v>
       </c>
       <c r="D37" s="14" t="n">
-        <v>112.114</v>
+        <v>112.902</v>
       </c>
       <c r="E37" s="14" t="n">
+        <v>112.486</v>
+      </c>
+      <c r="F37" s="14" t="n">
         <v>109.838</v>
       </c>
-      <c r="F37" s="14" t="n">
+      <c r="G37" s="14" t="n">
         <v>109.95</v>
       </c>
-      <c r="G37" s="14" t="n">
+      <c r="H37" s="14" t="n">
         <v>109.596</v>
       </c>
-      <c r="H37" s="14" t="n">
+      <c r="I37" s="14" t="n">
         <v>109.364</v>
       </c>
-      <c r="I37" s="14" t="n">
+      <c r="J37" s="14" t="n">
         <v>106.96</v>
       </c>
-      <c r="J37" s="14" t="n">
+      <c r="K37" s="14" t="n">
         <v>106.711</v>
       </c>
-      <c r="K37" s="14" t="n">
+      <c r="L37" s="14" t="n">
         <v>106.598</v>
       </c>
-      <c r="L37" s="14" t="n">
+      <c r="M37" s="14" t="n">
         <v>106.653</v>
       </c>
-      <c r="M37" s="14" t="n">
+      <c r="N37" s="14" t="n">
         <v>104.155</v>
       </c>
-      <c r="N37" s="14" t="n">
+      <c r="O37" s="14" t="n">
         <v>104.087</v>
       </c>
-      <c r="O37" s="14" t="n">
+      <c r="P37" s="14" t="n">
         <v>103.412</v>
       </c>
-      <c r="P37" s="14" t="n">
+      <c r="Q37" s="14" t="n">
         <v>103.507</v>
       </c>
-      <c r="Q37" s="14" t="n">
+      <c r="R37" s="14" t="n">
         <v>100.091</v>
       </c>
-      <c r="R37" s="14" t="n">
+      <c r="S37" s="14" t="n">
         <v>100.188</v>
       </c>
-      <c r="S37" s="14" t="n">
+      <c r="T37" s="14" t="n">
         <v>99.965</v>
       </c>
-      <c r="T37" s="14" t="n">
+      <c r="U37" s="14" t="n">
         <v>99.756</v>
       </c>
-      <c r="U37" s="14" t="n">
+      <c r="V37" s="14" t="n">
         <v>101.252</v>
       </c>
-      <c r="V37" s="14" t="n">
+      <c r="W37" s="14" t="n">
         <v>97.29</v>
       </c>
-      <c r="W37" s="14" t="n">
+      <c r="X37" s="14" t="n">
         <v>97.304</v>
       </c>
-      <c r="X37" s="14" t="n">
+      <c r="Y37" s="14" t="n">
         <v>100.161</v>
       </c>
-      <c r="Y37" s="14" t="n">
+      <c r="Z37" s="14" t="n">
         <v>103.479</v>
       </c>
-      <c r="Z37" s="14" t="n">
+      <c r="AA37" s="14" t="n">
         <v>103.562</v>
       </c>
-      <c r="AA37" s="14" t="n">
+      <c r="AB37" s="14" t="n">
         <v>103.784</v>
       </c>
-      <c r="AB37" s="14" t="n">
+      <c r="AC37" s="14" t="n">
         <v>100.89</v>
       </c>
-      <c r="AC37" s="14" t="n">
+      <c r="AD37" s="14" t="n">
         <v>102.408</v>
       </c>
-      <c r="AD37" s="14" t="n">
+      <c r="AE37" s="14" t="n">
         <v>100.653</v>
       </c>
-      <c r="AE37" s="14" t="n">
+      <c r="AF37" s="14" t="n">
         <v>101.88</v>
       </c>
-      <c r="AF37" s="14" t="n">
+      <c r="AG37" s="14" t="n">
         <v>98.472</v>
       </c>
-      <c r="AG37" s="14" t="n">
+      <c r="AH37" s="14" t="n">
         <v>100.329</v>
       </c>
-      <c r="AH37" s="14" t="n">
+      <c r="AI37" s="14" t="n">
         <v>98.6</v>
       </c>
-      <c r="AI37" s="14" t="n">
+      <c r="AJ37" s="14" t="n">
         <v>100.655</v>
       </c>
-      <c r="AJ37" s="14" t="n">
+      <c r="AK37" s="14" t="n">
         <v>99.211</v>
       </c>
-      <c r="AK37" s="14" t="n">
+      <c r="AL37" s="14" t="n">
         <v>100.569</v>
       </c>
-      <c r="AL37" s="14" t="n">
+      <c r="AM37" s="14" t="n">
         <v>98.555</v>
       </c>
-      <c r="AM37" s="14" t="n">
+      <c r="AN37" s="14" t="n">
         <v>99.83</v>
       </c>
-      <c r="AN37" s="14" t="n">
+      <c r="AO37" s="14" t="n">
         <v>98.646</v>
       </c>
-      <c r="AO37" s="14" t="n">
+      <c r="AP37" s="14" t="n">
         <v>98.753</v>
       </c>
-      <c r="AP37" s="14" t="n">
+      <c r="AQ37" s="14" t="n">
         <v>98.206</v>
       </c>
-      <c r="AQ37" s="14" t="n">
+      <c r="AR37" s="14" t="n">
         <v>97.983</v>
       </c>
-      <c r="AR37" s="14" t="n">
+      <c r="AS37" s="14" t="n">
         <v>96.684</v>
       </c>
-      <c r="AS37" s="14" t="n">
+      <c r="AT37" s="14" t="n">
         <v>96.406</v>
       </c>
-      <c r="AT37" s="14" t="n">
+      <c r="AU37" s="14" t="n">
         <v>96.256</v>
       </c>
-      <c r="AU37" s="14" t="n">
+      <c r="AV37" s="14" t="n">
         <v>96.611</v>
       </c>
-      <c r="AV37" s="14" t="n">
+      <c r="AW37" s="14" t="n">
         <v>96.295</v>
       </c>
-      <c r="AW37" s="14" t="n">
+      <c r="AX37" s="14" t="n">
         <v>96.511</v>
       </c>
-      <c r="AX37" s="14" t="n">
+      <c r="AY37" s="14" t="n">
         <v>97.225</v>
       </c>
-      <c r="AY37" s="14" t="n">
+      <c r="AZ37" s="14" t="n">
         <v>97.183</v>
       </c>
-      <c r="AZ37" s="14" t="n">
+      <c r="BA37" s="14" t="n">
         <v>96.92</v>
       </c>
-      <c r="BA37" s="14" t="n">
+      <c r="BB37" s="14" t="n">
         <v>99.126</v>
       </c>
-      <c r="BB37" s="14" t="n">
+      <c r="BC37" s="14" t="n">
         <v>99.013</v>
       </c>
-      <c r="BC37" s="14" t="n">
+      <c r="BD37" s="14" t="n">
         <v>98.517</v>
       </c>
-      <c r="BD37" s="14" t="n">
+      <c r="BE37" s="14" t="n">
         <v>99.614</v>
       </c>
-      <c r="BE37" s="14" t="n">
+      <c r="BF37" s="14" t="n">
         <v>98.532</v>
       </c>
-      <c r="BF37" s="14" t="n">
+      <c r="BG37" s="14" t="n">
         <v>98.389</v>
       </c>
-      <c r="BG37" s="14" t="n">
+      <c r="BH37" s="14" t="n">
         <v>99.05</v>
       </c>
-      <c r="BH37" s="14" t="n">
+      <c r="BI37" s="14" t="n">
         <v>98.74</v>
       </c>
-      <c r="BI37" s="14" t="n">
+      <c r="BJ37" s="14" t="n">
         <v>100.718</v>
       </c>
-      <c r="BJ37" s="14" t="n">
+      <c r="BK37" s="14" t="n">
         <v>103.344</v>
       </c>
-      <c r="BK37" s="14" t="n">
+      <c r="BL37" s="14" t="n">
         <v>104.093</v>
       </c>
-      <c r="BL37" s="14" t="n">
+      <c r="BM37" s="14" t="n">
         <v>102.656</v>
       </c>
-      <c r="BM37" s="14" t="n">
+      <c r="BN37" s="14" t="n">
         <v>105.405</v>
       </c>
-      <c r="BN37" s="14" t="n">
+      <c r="BO37" s="14" t="n">
         <v>105.797</v>
       </c>
-      <c r="BO37" s="14" t="n">
+      <c r="BP37" s="14" t="n">
         <v>106.205</v>
       </c>
-      <c r="BP37" s="14" t="n">
+      <c r="BQ37" s="14" t="n">
         <v>106.033</v>
       </c>
-      <c r="BQ37" s="14" t="n">
+      <c r="BR37" s="14" t="n">
         <v>106.668</v>
       </c>
-      <c r="BR37" s="14" t="n">
+      <c r="BS37" s="14" t="n">
         <v>108.919</v>
       </c>
-      <c r="BS37" s="14" t="n">
+      <c r="BT37" s="14" t="n">
         <v>108.839</v>
       </c>
-      <c r="BT37" s="14" t="n">
+      <c r="BU37" s="14" t="n">
         <v>109.377</v>
       </c>
-      <c r="BU37" s="14" t="n">
+      <c r="BV37" s="14" t="n">
         <v>102.624</v>
       </c>
-      <c r="BV37" s="14" t="n">
+      <c r="BW37" s="14" t="n">
         <v>99.915</v>
       </c>
-      <c r="BW37" s="14" t="n">
+      <c r="BX37" s="14" t="n">
         <v>101.034</v>
       </c>
-      <c r="BX37" s="14" t="n">
+      <c r="BY37" s="14" t="n">
         <v>100.698</v>
       </c>
-      <c r="BY37" s="15" t="n">
+      <c r="BZ37" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="BZ37" s="15" t="n">
+      <c r="CA37" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CB37" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CA37" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CB37" s="15" t="n">
+      <c r="CC37" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="CD37" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CC37" s="15" t="n">
+      <c r="CE37" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.2</v>
       </c>
       <c r="CF37" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="CG37" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="CH37" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CI37" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CH37" s="15" t="n">
+      <c r="CJ37" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CI37" s="15" t="n">
+      <c r="CK37" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="CJ37" s="15" t="n">
+      <c r="CL37" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CK37" s="15" t="n">
+      <c r="CM37" s="15" t="n">
         <v>0.7</v>
-      </c>
-[...4 lines deleted...]
-        <v>3.4</v>
       </c>
       <c r="CN37" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="CO37" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="CP37" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CQ37" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CP37" s="15" t="n">
+      <c r="CR37" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CQ37" s="15" t="n">
+      <c r="CS37" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="CR37" s="15" t="n">
+      <c r="CT37" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="CS37" s="15" t="n">
+      <c r="CU37" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CT37" s="15" t="n">
+      <c r="CV37" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="CU37" s="15" t="n">
+      <c r="CW37" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="CV37" s="15" t="n">
+      <c r="CX37" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CW37" s="15" t="n">
+      <c r="CY37" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CX37" s="15" t="n">
+      <c r="CZ37" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="CY37" s="15" t="n">
+      <c r="DA37" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="CZ37" s="15" t="n">
+      <c r="DB37" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="DA37" s="15" t="n">
+      <c r="DC37" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="DB37" s="15" t="n">
+      <c r="DD37" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="DC37" s="15" t="n">
+      <c r="DE37" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="DD37" s="15" t="n">
+      <c r="DF37" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="DE37" s="15" t="n">
+      <c r="DG37" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="DF37" s="15" t="n">
+      <c r="DH37" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="DG37" s="15" t="n">
+      <c r="DI37" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="DH37" s="15" t="n">
+      <c r="DJ37" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="DI37" s="15" t="n">
+      <c r="DK37" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="DJ37" s="15" t="n">
+      <c r="DL37" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="DK37" s="15" t="n">
+      <c r="DM37" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DL37" s="15" t="n">
+      <c r="DN37" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="DM37" s="15" t="n">
+      <c r="DO37" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DN37" s="15" t="n">
+      <c r="DP37" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="DO37" s="15" t="n">
+      <c r="DQ37" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DP37" s="15" t="n">
+      <c r="DR37" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DQ37" s="15" t="n">
+      <c r="DS37" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DR37" s="15" t="n">
+      <c r="DT37" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DS37" s="15" t="n">
+      <c r="DU37" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DT37" s="15" t="n">
+      <c r="DV37" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="DU37" s="15" t="n">
+      <c r="DW37" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DV37" s="15" t="n">
+      <c r="DX37" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DW37" s="15" t="n">
+      <c r="DY37" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="DX37" s="15" t="n">
+      <c r="DZ37" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DY37" s="15" t="n">
+      <c r="EA37" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="DZ37" s="15" t="n">
+      <c r="EB37" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="EA37" s="15" t="n">
+      <c r="EC37" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="EB37" s="15" t="n">
+      <c r="ED37" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EC37" s="15" t="n">
+      <c r="EE37" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="ED37" s="15" t="n">
+      <c r="EF37" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EE37" s="15" t="n">
+      <c r="EG37" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="EF37" s="15" t="n">
+      <c r="EH37" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="EG37" s="15" t="n">
+      <c r="EI37" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="EH37" s="15" t="n">
+      <c r="EJ37" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="EI37" s="15" t="n">
+      <c r="EK37" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="EJ37" s="15" t="n">
+      <c r="EL37" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="EK37" s="15" t="n">
+      <c r="EM37" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="EL37" s="15" t="n">
+      <c r="EN37" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EM37" s="15" t="n">
+      <c r="EO37" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="EN37" s="15" t="n">
+      <c r="EP37" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="EO37" s="15" t="n">
+      <c r="EQ37" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EP37" s="15" t="n">
+      <c r="ER37" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="EQ37" s="15" t="n">
+      <c r="ES37" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="ER37" s="15" t="n">
+      <c r="ET37" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ES37" s="15" t="n">
+      <c r="EU37" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="ET37" s="15" t="n">
+      <c r="EV37" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EU37" s="13" t="inlineStr">
-[...8 lines deleted...]
-        <v>2.7</v>
+      <c r="EW37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="EX37" s="15" t="n">
-        <v>2.5</v>
+        <v>2.8</v>
       </c>
       <c r="EY37" s="15" t="n">
         <v>2.7</v>
       </c>
       <c r="EZ37" s="15" t="n">
         <v>3.0</v>
       </c>
       <c r="FA37" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="FB37" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="FC37" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="FD37" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="FB37" s="15" t="n">
+      <c r="FE37" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="FC37" s="15" t="n">
+      <c r="FF37" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="FD37" s="15" t="n">
+      <c r="FG37" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="FE37" s="15" t="n">
+      <c r="FH37" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="FF37" s="15" t="n">
+      <c r="FI37" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="FG37" s="15" t="n">
+      <c r="FJ37" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="FH37" s="15" t="n">
+      <c r="FK37" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="FI37" s="15" t="n">
+      <c r="FL37" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="FJ37" s="15" t="n">
+      <c r="FM37" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="FK37" s="15" t="n">
+      <c r="FN37" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="FL37" s="15" t="n">
+      <c r="FO37" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="FM37" s="15" t="n">
+      <c r="FP37" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="FN37" s="15" t="n">
+      <c r="FQ37" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="FO37" s="15" t="n">
+      <c r="FR37" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="FP37" s="15" t="n">
+      <c r="FS37" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="FQ37" s="15" t="n">
+      <c r="FT37" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="FR37" s="15" t="n">
+      <c r="FU37" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="FS37" s="15" t="n">
+      <c r="FV37" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FT37" s="15" t="n">
+      <c r="FW37" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="FU37" s="15" t="n">
+      <c r="FX37" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FV37" s="15" t="n">
+      <c r="FY37" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="FW37" s="15" t="n">
+      <c r="FZ37" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="FX37" s="15" t="n">
+      <c r="GA37" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="FY37" s="15" t="n">
+      <c r="GB37" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FZ37" s="15" t="n">
+      <c r="GC37" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="GA37" s="15" t="n">
+      <c r="GD37" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GB37" s="15" t="n">
+      <c r="GE37" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GC37" s="15" t="n">
+      <c r="GF37" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="GD37" s="15" t="n">
+      <c r="GG37" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="GE37" s="15" t="n">
+      <c r="GH37" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="GF37" s="15" t="n">
+      <c r="GI37" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="GG37" s="15" t="n">
+      <c r="GJ37" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="GH37" s="15" t="n">
+      <c r="GK37" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="GI37" s="15" t="n">
+      <c r="GL37" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="GJ37" s="15" t="n">
+      <c r="GM37" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="GK37" s="15" t="n">
+      <c r="GN37" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="GL37" s="15" t="n">
+      <c r="GO37" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="GM37" s="15" t="n">
+      <c r="GP37" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GN37" s="15" t="n">
+      <c r="GQ37" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GO37" s="15" t="n">
+      <c r="GR37" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="GP37" s="15" t="n">
+      <c r="GS37" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="GQ37" s="15" t="n">
+      <c r="GT37" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="GR37" s="15" t="n">
+      <c r="GU37" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="GS37" s="15" t="n">
+      <c r="GV37" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="GT37" s="15" t="n">
+      <c r="GW37" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="GU37" s="15" t="n">
+      <c r="GX37" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="GV37" s="15" t="n">
+      <c r="GY37" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="GW37" s="15" t="n">
+      <c r="GZ37" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GX37" s="15" t="n">
+      <c r="HA37" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="GY37" s="15" t="n">
+      <c r="HB37" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="GZ37" s="15" t="n">
+      <c r="HC37" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="HA37" s="15" t="n">
+      <c r="HD37" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="HB37" s="15" t="n">
+      <c r="HE37" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="HC37" s="15" t="n">
+      <c r="HF37" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="HD37" s="15" t="n">
+      <c r="HG37" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="HE37" s="15" t="n">
+      <c r="HH37" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="HF37" s="15" t="n">
+      <c r="HI37" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="HG37" s="15" t="n">
+      <c r="HJ37" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="HH37" s="15" t="n">
+      <c r="HK37" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="HI37" s="15" t="n">
+      <c r="HL37" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="HJ37" s="15" t="n">
+      <c r="HM37" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="HK37" s="15" t="n">
+      <c r="HN37" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="HL37" s="15" t="n">
+      <c r="HO37" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="HM37" s="15" t="n">
+      <c r="HP37" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="HN37" s="15" t="n">
+      <c r="HQ37" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="HO37" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HR37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU37" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="6" t="inlineStr">
         <is>
           <t>63.1 Data processing, hosting and related activities; web portals</t>
         </is>
       </c>
       <c r="B38" s="14" t="n">
-        <v>113.136</v>
+        <v>113.524</v>
       </c>
       <c r="C38" s="14" t="n">
-        <v>113.075</v>
+        <v>113.453</v>
       </c>
       <c r="D38" s="14" t="n">
-        <v>112.577</v>
+        <v>113.483</v>
       </c>
       <c r="E38" s="14" t="n">
+        <v>112.986</v>
+      </c>
+      <c r="F38" s="14" t="n">
         <v>110.149</v>
       </c>
-      <c r="F38" s="14" t="n">
+      <c r="G38" s="14" t="n">
         <v>110.287</v>
       </c>
-      <c r="G38" s="14" t="n">
+      <c r="H38" s="14" t="n">
         <v>109.88</v>
       </c>
-      <c r="H38" s="14" t="n">
+      <c r="I38" s="14" t="n">
         <v>109.692</v>
       </c>
-      <c r="I38" s="14" t="n">
+      <c r="J38" s="14" t="n">
         <v>107.19</v>
       </c>
-      <c r="J38" s="14" t="n">
+      <c r="K38" s="14" t="n">
         <v>106.92</v>
       </c>
-      <c r="K38" s="14" t="n">
+      <c r="L38" s="14" t="n">
         <v>106.803</v>
       </c>
-      <c r="L38" s="14" t="n">
+      <c r="M38" s="14" t="n">
         <v>106.841</v>
       </c>
-      <c r="M38" s="14" t="n">
+      <c r="N38" s="14" t="n">
         <v>104.278</v>
       </c>
-      <c r="N38" s="14" t="n">
+      <c r="O38" s="14" t="n">
         <v>104.212</v>
       </c>
-      <c r="O38" s="14" t="n">
+      <c r="P38" s="14" t="n">
         <v>103.514</v>
       </c>
-      <c r="P38" s="14" t="n">
+      <c r="Q38" s="14" t="n">
         <v>103.638</v>
       </c>
-      <c r="Q38" s="14" t="n">
+      <c r="R38" s="14" t="n">
         <v>100.066</v>
       </c>
-      <c r="R38" s="14" t="n">
+      <c r="S38" s="14" t="n">
         <v>100.187</v>
       </c>
-      <c r="S38" s="14" t="n">
+      <c r="T38" s="14" t="n">
         <v>99.973</v>
       </c>
-      <c r="T38" s="14" t="n">
+      <c r="U38" s="14" t="n">
         <v>99.774</v>
       </c>
-      <c r="U38" s="14" t="n">
+      <c r="V38" s="14" t="n">
         <v>101.329</v>
       </c>
-      <c r="V38" s="14" t="n">
+      <c r="W38" s="14" t="n">
         <v>97.116</v>
       </c>
-      <c r="W38" s="14" t="n">
+      <c r="X38" s="14" t="n">
         <v>97.12</v>
       </c>
-      <c r="X38" s="14" t="n">
+      <c r="Y38" s="14" t="n">
         <v>100.087</v>
       </c>
-      <c r="Y38" s="14" t="n">
+      <c r="Z38" s="14" t="n">
         <v>103.565</v>
       </c>
-      <c r="Z38" s="14" t="n">
+      <c r="AA38" s="14" t="n">
         <v>103.642</v>
       </c>
-      <c r="AA38" s="14" t="n">
+      <c r="AB38" s="14" t="n">
         <v>103.881</v>
       </c>
-      <c r="AB38" s="14" t="n">
+      <c r="AC38" s="14" t="n">
         <v>100.864</v>
       </c>
-      <c r="AC38" s="14" t="n">
+      <c r="AD38" s="14" t="n">
         <v>102.46</v>
       </c>
-      <c r="AD38" s="14" t="n">
+      <c r="AE38" s="14" t="n">
         <v>100.618</v>
       </c>
-      <c r="AE38" s="14" t="n">
+      <c r="AF38" s="14" t="n">
         <v>101.915</v>
       </c>
-      <c r="AF38" s="14" t="n">
+      <c r="AG38" s="14" t="n">
         <v>98.348</v>
       </c>
-      <c r="AG38" s="14" t="n">
+      <c r="AH38" s="14" t="n">
         <v>100.289</v>
       </c>
-      <c r="AH38" s="14" t="n">
+      <c r="AI38" s="14" t="n">
         <v>98.336</v>
       </c>
-      <c r="AI38" s="14" t="n">
+      <c r="AJ38" s="14" t="n">
         <v>100.583</v>
       </c>
-      <c r="AJ38" s="14" t="n">
+      <c r="AK38" s="14" t="n">
         <v>98.867</v>
       </c>
-      <c r="AK38" s="14" t="n">
+      <c r="AL38" s="14" t="n">
         <v>100.437</v>
       </c>
-      <c r="AL38" s="14" t="n">
+      <c r="AM38" s="14" t="n">
         <v>98.211</v>
       </c>
-      <c r="AM38" s="14" t="n">
+      <c r="AN38" s="14" t="n">
         <v>99.652</v>
       </c>
-      <c r="AN38" s="14" t="n">
+      <c r="AO38" s="14" t="n">
         <v>98.257</v>
       </c>
-      <c r="AO38" s="14" t="n">
+      <c r="AP38" s="14" t="n">
         <v>98.406</v>
       </c>
-      <c r="AP38" s="14" t="n">
+      <c r="AQ38" s="14" t="n">
         <v>97.783</v>
       </c>
-      <c r="AQ38" s="14" t="n">
+      <c r="AR38" s="14" t="n">
         <v>97.513</v>
       </c>
-      <c r="AR38" s="14" t="n">
+      <c r="AS38" s="14" t="n">
         <v>96.145</v>
       </c>
-      <c r="AS38" s="14" t="n">
+      <c r="AT38" s="14" t="n">
         <v>95.883</v>
       </c>
-      <c r="AT38" s="14" t="n">
+      <c r="AU38" s="14" t="n">
         <v>95.652</v>
       </c>
-      <c r="AU38" s="14" t="n">
+      <c r="AV38" s="14" t="n">
         <v>95.954</v>
       </c>
-      <c r="AV38" s="14" t="n">
+      <c r="AW38" s="14" t="n">
         <v>95.493</v>
       </c>
-      <c r="AW38" s="14" t="n">
+      <c r="AX38" s="14" t="n">
         <v>95.74</v>
       </c>
-      <c r="AX38" s="14" t="n">
+      <c r="AY38" s="14" t="n">
         <v>96.509</v>
       </c>
-      <c r="AY38" s="14" t="n">
+      <c r="AZ38" s="14" t="n">
         <v>97.036</v>
       </c>
-      <c r="AZ38" s="14" t="n">
+      <c r="BA38" s="14" t="n">
         <v>96.962</v>
       </c>
-      <c r="BA38" s="14" t="n">
+      <c r="BB38" s="14" t="n">
         <v>99.116</v>
       </c>
-      <c r="BB38" s="14" t="n">
+      <c r="BC38" s="14" t="n">
         <v>98.818</v>
       </c>
-      <c r="BC38" s="14" t="n">
+      <c r="BD38" s="14" t="n">
         <v>98.203</v>
       </c>
-      <c r="BD38" s="14" t="n">
+      <c r="BE38" s="14" t="n">
         <v>97.945</v>
       </c>
-      <c r="BE38" s="14" t="n">
+      <c r="BF38" s="14" t="n">
         <v>96.649</v>
       </c>
-      <c r="BF38" s="14" t="n">
+      <c r="BG38" s="14" t="n">
         <v>96.482</v>
       </c>
-      <c r="BG38" s="14" t="n">
+      <c r="BH38" s="14" t="n">
         <v>97.212</v>
       </c>
-      <c r="BH38" s="14" t="n">
+      <c r="BI38" s="14" t="n">
         <v>96.873</v>
       </c>
-      <c r="BI38" s="14" t="n">
+      <c r="BJ38" s="14" t="n">
         <v>98.871</v>
       </c>
-      <c r="BJ38" s="14" t="n">
+      <c r="BK38" s="14" t="n">
         <v>101.784</v>
       </c>
-      <c r="BK38" s="14" t="n">
+      <c r="BL38" s="14" t="n">
         <v>102.615</v>
       </c>
-      <c r="BL38" s="14" t="n">
+      <c r="BM38" s="14" t="n">
         <v>101.053</v>
       </c>
-      <c r="BM38" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="BN38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BO38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BP38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BQ38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BR38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -29994,246 +30292,244 @@
       <c r="BT38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY38" s="15" t="n">
+      <c r="BY38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ38" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="BZ38" s="15" t="n">
+      <c r="CA38" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CB38" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CA38" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CB38" s="15" t="n">
+      <c r="CC38" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="CD38" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CC38" s="15" t="n">
+      <c r="CE38" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CD38" s="15" t="n">
+      <c r="CF38" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CE38" s="15" t="n">
+      <c r="CG38" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="CF38" s="15" t="n">
+      <c r="CH38" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CG38" s="15" t="n">
+      <c r="CI38" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CH38" s="15" t="n">
+      <c r="CJ38" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CI38" s="15" t="n">
+      <c r="CK38" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="CJ38" s="15" t="n">
+      <c r="CL38" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CK38" s="15" t="n">
+      <c r="CM38" s="15" t="n">
         <v>0.7</v>
-      </c>
-[...4 lines deleted...]
-        <v>3.6</v>
       </c>
       <c r="CN38" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="CO38" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="CP38" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CQ38" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CP38" s="15" t="n">
+      <c r="CR38" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CQ38" s="15" t="n">
+      <c r="CS38" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="CR38" s="15" t="n">
+      <c r="CT38" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="CS38" s="15" t="n">
+      <c r="CU38" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CT38" s="15" t="n">
+      <c r="CV38" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="CU38" s="15" t="n">
+      <c r="CW38" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="CV38" s="15" t="n">
+      <c r="CX38" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CW38" s="15" t="n">
+      <c r="CY38" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CX38" s="15" t="n">
+      <c r="CZ38" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="CY38" s="15" t="n">
+      <c r="DA38" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="CZ38" s="15" t="n">
+      <c r="DB38" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="DA38" s="15" t="n">
+      <c r="DC38" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="DB38" s="15" t="n">
+      <c r="DD38" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="DC38" s="15" t="n">
+      <c r="DE38" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="DD38" s="15" t="n">
+      <c r="DF38" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="DE38" s="15" t="n">
+      <c r="DG38" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="DF38" s="15" t="n">
+      <c r="DH38" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="DG38" s="15" t="n">
+      <c r="DI38" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="DH38" s="15" t="n">
+      <c r="DJ38" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="DI38" s="15" t="n">
+      <c r="DK38" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="DJ38" s="15" t="n">
+      <c r="DL38" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="DK38" s="15" t="n">
+      <c r="DM38" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DL38" s="15" t="n">
+      <c r="DN38" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.4</v>
       </c>
       <c r="DO38" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="DP38" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="DQ38" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="DR38" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="DS38" s="15" t="n">
         <v>-0.3</v>
       </c>
       <c r="DT38" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="DU38" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="DV38" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="DU38" s="15" t="n">
+      <c r="DW38" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DV38" s="15" t="n">
+      <c r="DX38" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DW38" s="15" t="n">
+      <c r="DY38" s="15" t="n">
         <v>-2.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="DZ38" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="EA38" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="EB38" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="EC38" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="EB38" s="15" t="n">
+      <c r="ED38" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EC38" s="15" t="n">
+      <c r="EE38" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="ED38" s="15" t="n">
+      <c r="EF38" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EE38" s="15" t="n">
+      <c r="EG38" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="EF38" s="15" t="n">
+      <c r="EH38" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="EG38" s="15" t="n">
+      <c r="EI38" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="EH38" s="15" t="n">
+      <c r="EJ38" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="EI38" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="EK38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EL38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EM38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EN38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EO38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -30245,242 +30541,240 @@
       <c r="EQ38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV38" s="15" t="n">
+      <c r="EV38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX38" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EY38" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="EZ38" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="FA38" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="FB38" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="FC38" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="FD38" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="FE38" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="FF38" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="FG38" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="EW38" s="15" t="n">
+      <c r="FH38" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="FI38" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="FJ38" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="FK38" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="FL38" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="FM38" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="FN38" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="FO38" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="FP38" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="EX38" s="15" t="n">
+      <c r="FQ38" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="FR38" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="FS38" s="15" t="n">
+        <v>-6.3</v>
+      </c>
+      <c r="FT38" s="15" t="n">
+        <v>-6.5</v>
+      </c>
+      <c r="FU38" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="FV38" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="FW38" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="FX38" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="FY38" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="EY38" s="15" t="n">
-[...71 lines deleted...]
-      <c r="FW38" s="15" t="n">
+      <c r="FZ38" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="FX38" s="15" t="n">
+      <c r="GA38" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="FY38" s="15" t="n">
+      <c r="GB38" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FZ38" s="15" t="n">
+      <c r="GC38" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GA38" s="15" t="n">
+      <c r="GD38" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GB38" s="15" t="n">
+      <c r="GE38" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GC38" s="15" t="n">
+      <c r="GF38" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="GD38" s="15" t="n">
+      <c r="GG38" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="GE38" s="15" t="n">
+      <c r="GH38" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="GF38" s="15" t="n">
+      <c r="GI38" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>2.6</v>
       </c>
       <c r="GJ38" s="15" t="n">
         <v>2.2</v>
       </c>
       <c r="GK38" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GL38" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GM38" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GN38" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="GL38" s="15" t="n">
+      <c r="GO38" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="GM38" s="15" t="n">
+      <c r="GP38" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GN38" s="15" t="n">
+      <c r="GQ38" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="GO38" s="15" t="n">
+      <c r="GR38" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="GP38" s="15" t="n">
+      <c r="GS38" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="GQ38" s="15" t="n">
+      <c r="GT38" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="GR38" s="15" t="n">
+      <c r="GU38" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="GS38" s="15" t="n">
+      <c r="GV38" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="GT38" s="15" t="n">
+      <c r="GW38" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GU38" s="15" t="n">
+      <c r="GX38" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="GV38" s="15" t="n">
+      <c r="GY38" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="GW38" s="15" t="n">
+      <c r="GZ38" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="GX38" s="15" t="n">
+      <c r="HA38" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GY38" s="15" t="n">
+      <c r="HB38" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="GZ38" s="15" t="n">
+      <c r="HC38" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="HA38" s="15" t="n">
+      <c r="HD38" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="HB38" s="15" t="n">
+      <c r="HE38" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="HC38" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HF38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HG38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HH38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HI38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HJ38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -30498,255 +30792,268 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="6" t="inlineStr">
         <is>
           <t>63.9 Other information service activities</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
+        <v>104.509</v>
+      </c>
+      <c r="C39" s="14" t="n">
         <v>104.61</v>
       </c>
-      <c r="C39" s="14" t="n">
+      <c r="D39" s="14" t="n">
         <v>104.659</v>
       </c>
-      <c r="D39" s="14" t="n">
+      <c r="E39" s="14" t="n">
         <v>105.029</v>
       </c>
-      <c r="E39" s="14" t="n">
+      <c r="F39" s="14" t="n">
         <v>104.275</v>
       </c>
-      <c r="F39" s="14" t="n">
+      <c r="G39" s="14" t="n">
         <v>104.139</v>
       </c>
-      <c r="G39" s="14" t="n">
+      <c r="H39" s="14" t="n">
         <v>104.286</v>
       </c>
-      <c r="H39" s="14" t="n">
+      <c r="I39" s="14" t="n">
         <v>103.646</v>
       </c>
-      <c r="I39" s="14" t="n">
+      <c r="J39" s="14" t="n">
         <v>102.242</v>
       </c>
-      <c r="J39" s="14" t="n">
+      <c r="K39" s="14" t="n">
         <v>102.429</v>
       </c>
-      <c r="K39" s="14" t="n">
+      <c r="L39" s="14" t="n">
         <v>102.385</v>
       </c>
-      <c r="L39" s="14" t="n">
+      <c r="M39" s="14" t="n">
         <v>102.793</v>
       </c>
-      <c r="M39" s="14" t="n">
+      <c r="N39" s="14" t="n">
         <v>101.625</v>
       </c>
-      <c r="N39" s="14" t="n">
+      <c r="O39" s="14" t="n">
         <v>101.524</v>
       </c>
-      <c r="O39" s="14" t="n">
+      <c r="P39" s="14" t="n">
         <v>101.3</v>
       </c>
-      <c r="P39" s="14" t="n">
+      <c r="Q39" s="14" t="n">
         <v>100.809</v>
       </c>
-      <c r="Q39" s="14" t="n">
+      <c r="R39" s="14" t="n">
         <v>100.602</v>
       </c>
-      <c r="R39" s="14" t="n">
+      <c r="S39" s="14" t="n">
         <v>100.203</v>
       </c>
-      <c r="S39" s="14" t="n">
+      <c r="T39" s="14" t="n">
         <v>99.797</v>
       </c>
-      <c r="T39" s="14" t="n">
+      <c r="U39" s="14" t="n">
         <v>99.398</v>
       </c>
-      <c r="U39" s="14" t="n">
+      <c r="V39" s="14" t="n">
         <v>99.638</v>
       </c>
-      <c r="V39" s="14" t="n">
+      <c r="W39" s="14" t="n">
         <v>100.903</v>
       </c>
-      <c r="W39" s="14" t="n">
+      <c r="X39" s="14" t="n">
         <v>101.124</v>
       </c>
-      <c r="X39" s="14" t="n">
+      <c r="Y39" s="14" t="n">
         <v>101.684</v>
       </c>
-      <c r="Y39" s="14" t="n">
+      <c r="Z39" s="14" t="n">
         <v>101.691</v>
       </c>
-      <c r="Z39" s="14" t="n">
+      <c r="AA39" s="14" t="n">
         <v>101.888</v>
       </c>
-      <c r="AA39" s="14" t="n">
+      <c r="AB39" s="14" t="n">
         <v>101.776</v>
       </c>
-      <c r="AB39" s="14" t="n">
+      <c r="AC39" s="14" t="n">
         <v>101.429</v>
       </c>
-      <c r="AC39" s="14" t="n">
+      <c r="AD39" s="14" t="n">
         <v>101.33</v>
       </c>
-      <c r="AD39" s="14" t="n">
+      <c r="AE39" s="14" t="n">
         <v>101.387</v>
       </c>
-      <c r="AE39" s="14" t="n">
+      <c r="AF39" s="14" t="n">
         <v>101.162</v>
       </c>
-      <c r="AF39" s="14" t="n">
+      <c r="AG39" s="14" t="n">
         <v>101.072</v>
       </c>
-      <c r="AG39" s="14" t="n">
+      <c r="AH39" s="14" t="n">
         <v>101.173</v>
       </c>
-      <c r="AH39" s="14" t="n">
+      <c r="AI39" s="14" t="n">
         <v>101.243</v>
       </c>
-      <c r="AI39" s="14" t="n">
+      <c r="AJ39" s="14" t="n">
         <v>101.756</v>
       </c>
-      <c r="AJ39" s="14" t="n">
+      <c r="AK39" s="14" t="n">
         <v>102.516</v>
       </c>
-      <c r="AK39" s="14" t="n">
+      <c r="AL39" s="14" t="n">
         <v>102.158</v>
       </c>
-      <c r="AL39" s="14" t="n">
+      <c r="AM39" s="14" t="n">
         <v>101.849</v>
       </c>
-      <c r="AM39" s="14" t="n">
+      <c r="AN39" s="14" t="n">
         <v>101.794</v>
       </c>
-      <c r="AN39" s="14" t="n">
+      <c r="AO39" s="14" t="n">
         <v>102.318</v>
       </c>
-      <c r="AO39" s="14" t="n">
+      <c r="AP39" s="14" t="n">
         <v>102.083</v>
       </c>
-      <c r="AP39" s="14" t="n">
+      <c r="AQ39" s="14" t="n">
         <v>102.144</v>
       </c>
-      <c r="AQ39" s="14" t="n">
+      <c r="AR39" s="14" t="n">
         <v>102.3</v>
       </c>
-      <c r="AR39" s="14" t="n">
+      <c r="AS39" s="14" t="n">
         <v>101.554</v>
       </c>
-      <c r="AS39" s="14" t="n">
+      <c r="AT39" s="14" t="n">
         <v>101.152</v>
       </c>
-      <c r="AT39" s="14" t="n">
+      <c r="AU39" s="14" t="n">
         <v>101.651</v>
       </c>
-      <c r="AU39" s="14" t="n">
+      <c r="AV39" s="14" t="n">
         <v>102.44</v>
       </c>
-      <c r="AV39" s="14" t="n">
+      <c r="AW39" s="14" t="n">
         <v>103.286</v>
       </c>
-      <c r="AW39" s="14" t="n">
+      <c r="AX39" s="14" t="n">
         <v>103.245</v>
       </c>
-      <c r="AX39" s="14" t="n">
+      <c r="AY39" s="14" t="n">
         <v>103.566</v>
       </c>
-      <c r="AY39" s="14" t="n">
+      <c r="AZ39" s="14" t="n">
         <v>99.252</v>
       </c>
-      <c r="AZ39" s="14" t="n">
+      <c r="BA39" s="14" t="n">
         <v>97.573</v>
       </c>
-      <c r="BA39" s="14" t="n">
+      <c r="BB39" s="14" t="n">
         <v>100.186</v>
       </c>
-      <c r="BB39" s="14" t="n">
+      <c r="BC39" s="14" t="n">
         <v>101.722</v>
       </c>
-      <c r="BC39" s="14" t="n">
+      <c r="BD39" s="14" t="n">
         <v>102.28</v>
       </c>
-      <c r="BD39" s="14" t="n">
+      <c r="BE39" s="14" t="n">
         <v>115.483</v>
       </c>
-      <c r="BE39" s="14" t="n">
+      <c r="BF39" s="14" t="n">
         <v>116.296</v>
       </c>
-      <c r="BF39" s="14" t="n">
+      <c r="BG39" s="14" t="n">
         <v>116.365</v>
       </c>
-      <c r="BG39" s="14" t="n">
+      <c r="BH39" s="14" t="n">
         <v>116.421</v>
       </c>
-      <c r="BH39" s="14" t="n">
+      <c r="BI39" s="14" t="n">
         <v>116.369</v>
       </c>
-      <c r="BI39" s="14" t="n">
+      <c r="BJ39" s="14" t="n">
         <v>118.186</v>
       </c>
-      <c r="BJ39" s="14" t="n">
+      <c r="BK39" s="14" t="n">
         <v>118.313</v>
       </c>
-      <c r="BK39" s="14" t="n">
+      <c r="BL39" s="14" t="n">
         <v>118.341</v>
       </c>
-      <c r="BL39" s="14" t="n">
+      <c r="BM39" s="14" t="n">
         <v>117.999</v>
       </c>
-      <c r="BM39" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="BN39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BO39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BP39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BQ39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BR39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -30758,246 +31065,244 @@
       <c r="BT39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY39" s="15" t="n">
+      <c r="BY39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ39" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CA39" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="BZ39" s="15" t="n">
+      <c r="CB39" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CA39" s="15" t="n">
+      <c r="CC39" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CB39" s="15" t="n">
+      <c r="CD39" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CC39" s="15" t="n">
+      <c r="CE39" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CD39" s="15" t="n">
+      <c r="CF39" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CE39" s="15" t="n">
+      <c r="CG39" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="CF39" s="15" t="n">
+      <c r="CH39" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CG39" s="15" t="n">
+      <c r="CI39" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CH39" s="15" t="n">
+      <c r="CJ39" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CI39" s="15" t="n">
+      <c r="CK39" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CJ39" s="15" t="n">
+      <c r="CL39" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="CM39" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="CN39" s="15" t="n">
-        <v>0.4</v>
+        <v>0.5</v>
       </c>
       <c r="CO39" s="15" t="n">
-        <v>0.4</v>
+        <v>0.2</v>
       </c>
       <c r="CP39" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="CQ39" s="15" t="n">
-        <v>-0.2</v>
+        <v>0.4</v>
       </c>
       <c r="CR39" s="15" t="n">
-        <v>-1.3</v>
+        <v>0.4</v>
       </c>
       <c r="CS39" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="CT39" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="CU39" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="CV39" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="CU39" s="15" t="n">
+      <c r="CW39" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CV39" s="15" t="n">
+      <c r="CX39" s="15" t="n">
         <v>-0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="CY39" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="CZ39" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="DA39" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DB39" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DA39" s="15" t="n">
+      <c r="DC39" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DB39" s="15" t="n">
+      <c r="DD39" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DC39" s="15" t="n">
+      <c r="DE39" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DD39" s="15" t="n">
+      <c r="DF39" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DE39" s="15" t="n">
+      <c r="DG39" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DF39" s="15" t="n">
+      <c r="DH39" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="DG39" s="15" t="n">
+      <c r="DI39" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DH39" s="15" t="n">
+      <c r="DJ39" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DI39" s="15" t="n">
+      <c r="DK39" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DJ39" s="15" t="n">
+      <c r="DL39" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DK39" s="15" t="n">
+      <c r="DM39" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DL39" s="15" t="n">
+      <c r="DN39" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DM39" s="15" t="n">
+      <c r="DO39" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DN39" s="15" t="n">
+      <c r="DP39" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DO39" s="15" t="n">
+      <c r="DQ39" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DP39" s="15" t="n">
+      <c r="DR39" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DQ39" s="15" t="n">
+      <c r="DS39" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="DR39" s="15" t="n">
+      <c r="DT39" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="DS39" s="15" t="n">
+      <c r="DU39" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DT39" s="15" t="n">
+      <c r="DV39" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DU39" s="15" t="n">
+      <c r="DW39" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="DV39" s="15" t="n">
+      <c r="DX39" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="DW39" s="15" t="n">
+      <c r="DY39" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="DX39" s="15" t="n">
+      <c r="DZ39" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="DY39" s="15" t="n">
+      <c r="EA39" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DZ39" s="15" t="n">
+      <c r="EB39" s="15" t="n">
         <v>-11.4</v>
       </c>
-      <c r="EA39" s="15" t="n">
+      <c r="EC39" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="EB39" s="15" t="n">
+      <c r="ED39" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EC39" s="15" t="n">
+      <c r="EE39" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ED39" s="15" t="n">
+      <c r="EF39" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EE39" s="15" t="n">
+      <c r="EG39" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="EF39" s="15" t="n">
+      <c r="EH39" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EG39" s="15" t="n">
+      <c r="EI39" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EH39" s="15" t="n">
+      <c r="EJ39" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EI39" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="EK39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EL39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EM39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EN39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EO39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -31009,242 +31314,240 @@
       <c r="EQ39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV39" s="15" t="n">
+      <c r="EV39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX39" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="EY39" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="EW39" s="15" t="n">
+      <c r="EZ39" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="EX39" s="15" t="n">
+      <c r="FA39" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="EY39" s="15" t="n">
+      <c r="FB39" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="EZ39" s="15" t="n">
+      <c r="FC39" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="FA39" s="15" t="n">
+      <c r="FD39" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FB39" s="15" t="n">
+      <c r="FE39" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="FC39" s="15" t="n">
+      <c r="FF39" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FD39" s="15" t="n">
+      <c r="FG39" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="FE39" s="15" t="n">
+      <c r="FH39" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="FF39" s="15" t="n">
+      <c r="FI39" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="FG39" s="15" t="n">
+      <c r="FJ39" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FH39" s="15" t="n">
+      <c r="FK39" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FI39" s="15" t="n">
+      <c r="FL39" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="FJ39" s="15" t="n">
+      <c r="FM39" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FK39" s="15" t="n">
+      <c r="FN39" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FL39" s="15" t="n">
+      <c r="FO39" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="FM39" s="15" t="n">
+      <c r="FP39" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="FN39" s="15" t="n">
+      <c r="FQ39" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="FO39" s="15" t="n">
+      <c r="FR39" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="FP39" s="15" t="n">
+      <c r="FS39" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="FQ39" s="15" t="n">
+      <c r="FT39" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="FR39" s="15" t="n">
+      <c r="FU39" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="FV39" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="FW39" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="FX39" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="FY39" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FZ39" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="FX39" s="15" t="n">
+      <c r="GA39" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...7 lines deleted...]
-        <v>-1.0</v>
       </c>
       <c r="GB39" s="15" t="n">
         <v>-0.6</v>
       </c>
       <c r="GC39" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="GD39" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="GE39" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="GF39" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GD39" s="15" t="n">
+      <c r="GG39" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="GE39" s="15" t="n">
+      <c r="GH39" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GF39" s="15" t="n">
+      <c r="GI39" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="GG39" s="15" t="n">
+      <c r="GJ39" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GH39" s="15" t="n">
+      <c r="GK39" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="GI39" s="15" t="n">
+      <c r="GL39" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="GJ39" s="15" t="n">
+      <c r="GM39" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="GK39" s="15" t="n">
+      <c r="GN39" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GL39" s="15" t="n">
+      <c r="GO39" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="GM39" s="15" t="n">
+      <c r="GP39" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="GN39" s="15" t="n">
+      <c r="GQ39" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="GO39" s="15" t="n">
+      <c r="GR39" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="GP39" s="15" t="n">
+      <c r="GS39" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="GQ39" s="15" t="n">
+      <c r="GT39" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="GR39" s="15" t="n">
+      <c r="GU39" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="GS39" s="15" t="n">
+      <c r="GV39" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="GT39" s="15" t="n">
+      <c r="GW39" s="15" t="n">
         <v>-15.5</v>
       </c>
-      <c r="GU39" s="15" t="n">
+      <c r="GX39" s="15" t="n">
         <v>-13.9</v>
       </c>
-      <c r="GV39" s="15" t="n">
+      <c r="GY39" s="15" t="n">
         <v>-12.6</v>
       </c>
-      <c r="GW39" s="15" t="n">
+      <c r="GZ39" s="15" t="n">
         <v>-12.1</v>
       </c>
-      <c r="GX39" s="15" t="n">
+      <c r="HA39" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="GY39" s="15" t="n">
+      <c r="HB39" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="GZ39" s="15" t="n">
+      <c r="HC39" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="HA39" s="15" t="n">
+      <c r="HD39" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="HB39" s="15" t="n">
+      <c r="HE39" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="HC39" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HF39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HG39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HH39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HI39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HJ39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -31262,123 +31565,136 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="6" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="B40" s="14" t="n">
-        <v>115.058</v>
+        <v>115.688</v>
       </c>
       <c r="C40" s="14" t="n">
+        <v>115.052</v>
+      </c>
+      <c r="D40" s="14" t="n">
         <v>114.8</v>
       </c>
-      <c r="D40" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E40" s="14" t="n">
-        <v>112.722</v>
+        <v>114.033</v>
       </c>
       <c r="F40" s="14" t="n">
+        <v>112.719</v>
+      </c>
+      <c r="G40" s="14" t="n">
         <v>112.234</v>
       </c>
-      <c r="G40" s="14" t="n">
+      <c r="H40" s="14" t="n">
         <v>111.895</v>
       </c>
-      <c r="H40" s="14" t="n">
+      <c r="I40" s="14" t="n">
         <v>111.158</v>
       </c>
-      <c r="I40" s="14" t="n">
+      <c r="J40" s="14" t="n">
         <v>109.81</v>
       </c>
-      <c r="J40" s="14" t="n">
+      <c r="K40" s="14" t="n">
         <v>109.229</v>
       </c>
-      <c r="K40" s="14" t="n">
+      <c r="L40" s="14" t="n">
         <v>108.494</v>
       </c>
-      <c r="L40" s="14" t="n">
+      <c r="M40" s="14" t="n">
         <v>107.889</v>
       </c>
-      <c r="M40" s="14" t="n">
+      <c r="N40" s="14" t="n">
         <v>105.486</v>
       </c>
-      <c r="N40" s="14" t="n">
+      <c r="O40" s="14" t="n">
         <v>104.482</v>
       </c>
-      <c r="O40" s="14" t="n">
+      <c r="P40" s="14" t="n">
         <v>104.203</v>
       </c>
-      <c r="P40" s="14" t="n">
+      <c r="Q40" s="14" t="n">
         <v>104.03</v>
       </c>
-      <c r="Q40" s="14" t="n">
+      <c r="R40" s="14" t="n">
         <v>101.948</v>
       </c>
-      <c r="R40" s="14" t="n">
+      <c r="S40" s="14" t="n">
         <v>100.458</v>
       </c>
-      <c r="S40" s="14" t="n">
+      <c r="T40" s="14" t="n">
         <v>98.886</v>
       </c>
-      <c r="T40" s="14" t="n">
+      <c r="U40" s="14" t="n">
         <v>98.708</v>
       </c>
-      <c r="U40" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -31610,114 +31926,112 @@
       <c r="BT40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY40" s="15" t="n">
+      <c r="BY40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ40" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="CA40" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="BZ40" s="15" t="n">
+      <c r="CB40" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CA40" s="15" t="n">
+      <c r="CC40" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CB40" s="15" t="n">
+      <c r="CD40" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CC40" s="15" t="n">
+      <c r="CE40" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CD40" s="15" t="n">
+      <c r="CF40" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CE40" s="15" t="n">
+      <c r="CG40" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CF40" s="15" t="n">
+      <c r="CH40" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CG40" s="15" t="n">
+      <c r="CI40" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CH40" s="15" t="n">
+      <c r="CJ40" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CI40" s="15" t="n">
+      <c r="CK40" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="CJ40" s="15" t="n">
+      <c r="CL40" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="CK40" s="15" t="n">
+      <c r="CM40" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CL40" s="15" t="n">
+      <c r="CN40" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CM40" s="15" t="n">
+      <c r="CO40" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="CN40" s="15" t="n">
+      <c r="CP40" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CO40" s="15" t="n">
+      <c r="CQ40" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="CP40" s="15" t="n">
+      <c r="CR40" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CQ40" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -31949,110 +32263,108 @@
       <c r="EQ40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV40" s="15" t="n">
-[...3 lines deleted...]
-        <v>2.6</v>
+      <c r="EV40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="EX40" s="15" t="n">
         <v>2.6</v>
       </c>
       <c r="EY40" s="15" t="n">
-        <v>2.7</v>
+        <v>2.5</v>
       </c>
       <c r="EZ40" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="FA40" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="FB40" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="FC40" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="FA40" s="15" t="n">
+      <c r="FD40" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="FB40" s="15" t="n">
+      <c r="FE40" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="FC40" s="15" t="n">
+      <c r="FF40" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="FD40" s="15" t="n">
+      <c r="FG40" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="FE40" s="15" t="n">
+      <c r="FH40" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="FF40" s="15" t="n">
+      <c r="FI40" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="FG40" s="15" t="n">
+      <c r="FJ40" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="FH40" s="15" t="n">
+      <c r="FK40" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="FI40" s="15" t="n">
+      <c r="FL40" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="FJ40" s="15" t="n">
+      <c r="FM40" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="FK40" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -32290,123 +32602,136 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="6" t="inlineStr">
         <is>
           <t>68 Real estate activities</t>
         </is>
       </c>
       <c r="B41" s="14" t="n">
-        <v>115.058</v>
+        <v>115.688</v>
       </c>
       <c r="C41" s="14" t="n">
+        <v>115.052</v>
+      </c>
+      <c r="D41" s="14" t="n">
         <v>114.8</v>
       </c>
-      <c r="D41" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E41" s="14" t="n">
-        <v>112.722</v>
+        <v>114.033</v>
       </c>
       <c r="F41" s="14" t="n">
+        <v>112.719</v>
+      </c>
+      <c r="G41" s="14" t="n">
         <v>112.234</v>
       </c>
-      <c r="G41" s="14" t="n">
+      <c r="H41" s="14" t="n">
         <v>111.895</v>
       </c>
-      <c r="H41" s="14" t="n">
+      <c r="I41" s="14" t="n">
         <v>111.158</v>
       </c>
-      <c r="I41" s="14" t="n">
+      <c r="J41" s="14" t="n">
         <v>109.81</v>
       </c>
-      <c r="J41" s="14" t="n">
+      <c r="K41" s="14" t="n">
         <v>109.229</v>
       </c>
-      <c r="K41" s="14" t="n">
+      <c r="L41" s="14" t="n">
         <v>108.494</v>
       </c>
-      <c r="L41" s="14" t="n">
+      <c r="M41" s="14" t="n">
         <v>107.889</v>
       </c>
-      <c r="M41" s="14" t="n">
+      <c r="N41" s="14" t="n">
         <v>105.486</v>
       </c>
-      <c r="N41" s="14" t="n">
+      <c r="O41" s="14" t="n">
         <v>104.482</v>
       </c>
-      <c r="O41" s="14" t="n">
+      <c r="P41" s="14" t="n">
         <v>104.203</v>
       </c>
-      <c r="P41" s="14" t="n">
+      <c r="Q41" s="14" t="n">
         <v>104.03</v>
       </c>
-      <c r="Q41" s="14" t="n">
+      <c r="R41" s="14" t="n">
         <v>101.948</v>
       </c>
-      <c r="R41" s="14" t="n">
+      <c r="S41" s="14" t="n">
         <v>100.458</v>
       </c>
-      <c r="S41" s="14" t="n">
+      <c r="T41" s="14" t="n">
         <v>98.886</v>
       </c>
-      <c r="T41" s="14" t="n">
+      <c r="U41" s="14" t="n">
         <v>98.708</v>
       </c>
-      <c r="U41" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -32638,114 +32963,112 @@
       <c r="BT41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY41" s="15" t="n">
+      <c r="BY41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ41" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="CA41" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="BZ41" s="15" t="n">
+      <c r="CB41" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CA41" s="15" t="n">
+      <c r="CC41" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CB41" s="15" t="n">
+      <c r="CD41" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CC41" s="15" t="n">
+      <c r="CE41" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CD41" s="15" t="n">
+      <c r="CF41" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CE41" s="15" t="n">
+      <c r="CG41" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CF41" s="15" t="n">
+      <c r="CH41" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CG41" s="15" t="n">
+      <c r="CI41" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CH41" s="15" t="n">
+      <c r="CJ41" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CI41" s="15" t="n">
+      <c r="CK41" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="CJ41" s="15" t="n">
+      <c r="CL41" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="CK41" s="15" t="n">
+      <c r="CM41" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CL41" s="15" t="n">
+      <c r="CN41" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CM41" s="15" t="n">
+      <c r="CO41" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="CN41" s="15" t="n">
+      <c r="CP41" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CO41" s="15" t="n">
+      <c r="CQ41" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="CP41" s="15" t="n">
+      <c r="CR41" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CQ41" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -32977,110 +33300,108 @@
       <c r="EQ41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV41" s="15" t="n">
-[...3 lines deleted...]
-        <v>2.6</v>
+      <c r="EV41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="EX41" s="15" t="n">
         <v>2.6</v>
       </c>
       <c r="EY41" s="15" t="n">
-        <v>2.7</v>
+        <v>2.5</v>
       </c>
       <c r="EZ41" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="FA41" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="FB41" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="FC41" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="FA41" s="15" t="n">
+      <c r="FD41" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="FB41" s="15" t="n">
+      <c r="FE41" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="FC41" s="15" t="n">
+      <c r="FF41" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="FD41" s="15" t="n">
+      <c r="FG41" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="FE41" s="15" t="n">
+      <c r="FH41" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="FF41" s="15" t="n">
+      <c r="FI41" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="FG41" s="15" t="n">
+      <c r="FJ41" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="FH41" s="15" t="n">
+      <c r="FK41" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="FI41" s="15" t="n">
+      <c r="FL41" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="FJ41" s="15" t="n">
+      <c r="FM41" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="FK41" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -33318,123 +33639,136 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="6" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B42" s="14" t="n">
-        <v>106.091</v>
+        <v>108.53</v>
       </c>
       <c r="C42" s="14" t="n">
-        <v>110.019</v>
+        <v>106.146</v>
       </c>
       <c r="D42" s="14" t="n">
-        <v>106.91</v>
+        <v>110.067</v>
       </c>
       <c r="E42" s="14" t="n">
-        <v>106.401</v>
+        <v>106.964</v>
       </c>
       <c r="F42" s="14" t="n">
+        <v>106.394</v>
+      </c>
+      <c r="G42" s="14" t="n">
         <v>103.714</v>
       </c>
-      <c r="G42" s="14" t="n">
+      <c r="H42" s="14" t="n">
         <v>107.149</v>
       </c>
-      <c r="H42" s="14" t="n">
+      <c r="I42" s="14" t="n">
         <v>103.706</v>
       </c>
-      <c r="I42" s="14" t="n">
+      <c r="J42" s="14" t="n">
         <v>103.547</v>
       </c>
-      <c r="J42" s="14" t="n">
+      <c r="K42" s="14" t="n">
         <v>102.328</v>
       </c>
-      <c r="K42" s="14" t="n">
+      <c r="L42" s="14" t="n">
         <v>105.844</v>
       </c>
-      <c r="L42" s="14" t="n">
+      <c r="M42" s="14" t="n">
         <v>103.746</v>
       </c>
-      <c r="M42" s="14" t="n">
+      <c r="N42" s="14" t="n">
         <v>102.084</v>
       </c>
-      <c r="N42" s="14" t="n">
+      <c r="O42" s="14" t="n">
         <v>99.659</v>
       </c>
-      <c r="O42" s="14" t="n">
+      <c r="P42" s="14" t="n">
         <v>103.515</v>
       </c>
-      <c r="P42" s="14" t="n">
+      <c r="Q42" s="14" t="n">
         <v>100.51</v>
       </c>
-      <c r="Q42" s="14" t="n">
+      <c r="R42" s="14" t="n">
         <v>100.143</v>
       </c>
-      <c r="R42" s="14" t="n">
+      <c r="S42" s="14" t="n">
         <v>98.352</v>
       </c>
-      <c r="S42" s="14" t="n">
+      <c r="T42" s="14" t="n">
         <v>101.898</v>
       </c>
-      <c r="T42" s="14" t="n">
+      <c r="U42" s="14" t="n">
         <v>99.607</v>
       </c>
-      <c r="U42" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -33666,114 +34000,112 @@
       <c r="BT42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY42" s="15" t="n">
+      <c r="BY42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ42" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="CA42" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="BZ42" s="15" t="n">
+      <c r="CB42" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="CA42" s="15" t="n">
+      <c r="CC42" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CB42" s="15" t="n">
+      <c r="CD42" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="CC42" s="15" t="n">
+      <c r="CE42" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="CD42" s="15" t="n">
+      <c r="CF42" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="CE42" s="15" t="n">
+      <c r="CG42" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CF42" s="15" t="n">
+      <c r="CH42" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CG42" s="15" t="n">
+      <c r="CI42" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="CH42" s="15" t="n">
+      <c r="CJ42" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="CI42" s="15" t="n">
+      <c r="CK42" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="CJ42" s="15" t="n">
+      <c r="CL42" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="CK42" s="15" t="n">
+      <c r="CM42" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="CL42" s="15" t="n">
+      <c r="CN42" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="CM42" s="15" t="n">
+      <c r="CO42" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CN42" s="15" t="n">
+      <c r="CP42" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="CO42" s="15" t="n">
+      <c r="CQ42" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="CP42" s="15" t="n">
+      <c r="CR42" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="CQ42" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -34005,110 +34337,108 @@
       <c r="EQ42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV42" s="15" t="n">
+      <c r="EV42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX42" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="EY42" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="EW42" s="15" t="n">
+      <c r="EZ42" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EX42" s="15" t="n">
+      <c r="FA42" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="EY42" s="15" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="FB42" s="15" t="n">
-        <v>0.0</v>
+        <v>2.7</v>
       </c>
       <c r="FC42" s="15" t="n">
         <v>1.4</v>
       </c>
       <c r="FD42" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="FE42" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FF42" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="FG42" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="FE42" s="15" t="n">
+      <c r="FH42" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="FF42" s="15" t="n">
+      <c r="FI42" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="FG42" s="15" t="n">
+      <c r="FJ42" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FH42" s="15" t="n">
+      <c r="FK42" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FI42" s="15" t="n">
+      <c r="FL42" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="FJ42" s="15" t="n">
+      <c r="FM42" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="FK42" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -34346,123 +34676,136 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="6" t="inlineStr">
         <is>
           <t>69 Legal and accounting activities</t>
         </is>
       </c>
       <c r="B43" s="14" t="n">
-        <v>106.291</v>
+        <v>106.376</v>
       </c>
       <c r="C43" s="14" t="n">
+        <v>106.26</v>
+      </c>
+      <c r="D43" s="14" t="n">
         <v>106.18</v>
       </c>
-      <c r="D43" s="14" t="n">
+      <c r="E43" s="14" t="n">
         <v>106.422</v>
       </c>
-      <c r="E43" s="14" t="n">
+      <c r="F43" s="14" t="n">
         <v>105.356</v>
       </c>
-      <c r="F43" s="14" t="n">
+      <c r="G43" s="14" t="n">
         <v>105.252</v>
       </c>
-      <c r="G43" s="14" t="n">
+      <c r="H43" s="14" t="n">
         <v>104.864</v>
       </c>
-      <c r="H43" s="14" t="n">
+      <c r="I43" s="14" t="n">
         <v>104.674</v>
       </c>
-      <c r="I43" s="14" t="n">
+      <c r="J43" s="14" t="n">
         <v>103.913</v>
       </c>
-      <c r="J43" s="14" t="n">
+      <c r="K43" s="14" t="n">
         <v>103.741</v>
       </c>
-      <c r="K43" s="14" t="n">
+      <c r="L43" s="14" t="n">
         <v>103.693</v>
       </c>
-      <c r="L43" s="14" t="n">
+      <c r="M43" s="14" t="n">
         <v>103.409</v>
       </c>
-      <c r="M43" s="14" t="n">
+      <c r="N43" s="14" t="n">
         <v>101.781</v>
       </c>
-      <c r="N43" s="14" t="n">
+      <c r="O43" s="14" t="n">
         <v>101.824</v>
       </c>
-      <c r="O43" s="14" t="n">
+      <c r="P43" s="14" t="n">
         <v>101.698</v>
       </c>
-      <c r="P43" s="14" t="n">
+      <c r="Q43" s="14" t="n">
         <v>101.718</v>
       </c>
-      <c r="Q43" s="14" t="n">
+      <c r="R43" s="14" t="n">
         <v>100.213</v>
       </c>
-      <c r="R43" s="14" t="n">
+      <c r="S43" s="14" t="n">
         <v>100.2</v>
       </c>
-      <c r="S43" s="14" t="n">
+      <c r="T43" s="14" t="n">
         <v>99.995</v>
       </c>
-      <c r="T43" s="14" t="n">
+      <c r="U43" s="14" t="n">
         <v>99.592</v>
       </c>
-      <c r="U43" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -34694,114 +35037,112 @@
       <c r="BT43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY43" s="15" t="n">
+      <c r="BY43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ43" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="BZ43" s="15" t="n">
+      <c r="CA43" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CB43" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CA43" s="15" t="n">
+      <c r="CC43" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="CB43" s="15" t="n">
+      <c r="CD43" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CC43" s="15" t="n">
+      <c r="CE43" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.7</v>
       </c>
       <c r="CF43" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="CG43" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CH43" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CI43" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CH43" s="15" t="n">
+      <c r="CJ43" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CI43" s="15" t="n">
+      <c r="CK43" s="15" t="n">
         <v>1.6</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="CL43" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="CM43" s="15" t="n">
-        <v>1.5</v>
+        <v>0.1</v>
       </c>
       <c r="CN43" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="CO43" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="CP43" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CQ43" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CP43" s="15" t="n">
+      <c r="CR43" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CQ43" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -35033,110 +35374,108 @@
       <c r="EQ43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV43" s="15" t="n">
+      <c r="EV43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX43" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="EW43" s="15" t="n">
+      <c r="EY43" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="EZ43" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="EX43" s="15" t="n">
+      <c r="FA43" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="EY43" s="15" t="n">
+      <c r="FB43" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="EZ43" s="15" t="n">
+      <c r="FC43" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="FA43" s="15" t="n">
+      <c r="FD43" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="FB43" s="15" t="n">
+      <c r="FE43" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FC43" s="15" t="n">
+      <c r="FF43" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="FD43" s="15" t="n">
+      <c r="FG43" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FE43" s="15" t="n">
+      <c r="FH43" s="15" t="n">
         <v>2.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.6</v>
       </c>
       <c r="FI43" s="15" t="n">
         <v>1.7</v>
       </c>
       <c r="FJ43" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="FK43" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="FL43" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="FM43" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="FK43" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -35374,123 +35713,136 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="6" t="inlineStr">
         <is>
           <t>70 Activities of head offices; management consultancy activities</t>
         </is>
       </c>
       <c r="B44" s="14" t="n">
-        <v>110.016</v>
+        <v>110.071</v>
       </c>
       <c r="C44" s="14" t="n">
-        <v>108.869</v>
+        <v>110.294</v>
       </c>
       <c r="D44" s="14" t="n">
-        <v>108.574</v>
+        <v>109.118</v>
       </c>
       <c r="E44" s="14" t="n">
-        <v>107.344</v>
+        <v>108.824</v>
       </c>
       <c r="F44" s="14" t="n">
+        <v>107.311</v>
+      </c>
+      <c r="G44" s="14" t="n">
         <v>107.245</v>
       </c>
-      <c r="G44" s="14" t="n">
+      <c r="H44" s="14" t="n">
         <v>105.818</v>
       </c>
-      <c r="H44" s="14" t="n">
+      <c r="I44" s="14" t="n">
         <v>105.717</v>
       </c>
-      <c r="I44" s="14" t="n">
+      <c r="J44" s="14" t="n">
         <v>104.52</v>
       </c>
-      <c r="J44" s="14" t="n">
+      <c r="K44" s="14" t="n">
         <v>104.398</v>
       </c>
-      <c r="K44" s="14" t="n">
+      <c r="L44" s="14" t="n">
         <v>104.049</v>
       </c>
-      <c r="L44" s="14" t="n">
+      <c r="M44" s="14" t="n">
         <v>104.192</v>
       </c>
-      <c r="M44" s="14" t="n">
+      <c r="N44" s="14" t="n">
         <v>102.591</v>
       </c>
-      <c r="N44" s="14" t="n">
+      <c r="O44" s="14" t="n">
         <v>102.351</v>
       </c>
-      <c r="O44" s="14" t="n">
+      <c r="P44" s="14" t="n">
         <v>101.977</v>
       </c>
-      <c r="P44" s="14" t="n">
+      <c r="Q44" s="14" t="n">
         <v>100.984</v>
       </c>
-      <c r="Q44" s="14" t="n">
+      <c r="R44" s="14" t="n">
         <v>100.257</v>
       </c>
-      <c r="R44" s="14" t="n">
+      <c r="S44" s="14" t="n">
         <v>99.907</v>
       </c>
-      <c r="S44" s="14" t="n">
+      <c r="T44" s="14" t="n">
         <v>99.957</v>
       </c>
-      <c r="T44" s="14" t="n">
+      <c r="U44" s="14" t="n">
         <v>99.879</v>
       </c>
-      <c r="U44" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -35722,114 +36074,112 @@
       <c r="BT44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY44" s="15" t="n">
-        <v>1.1</v>
+      <c r="BY44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="BZ44" s="15" t="n">
-        <v>0.3</v>
+        <v>-0.2</v>
       </c>
       <c r="CA44" s="15" t="n">
         <v>1.1</v>
       </c>
       <c r="CB44" s="15" t="n">
-        <v>0.1</v>
+        <v>0.3</v>
       </c>
       <c r="CC44" s="15" t="n">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="CD44" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="CE44" s="15" t="n">
-        <v>1.1</v>
+        <v>1.3</v>
       </c>
       <c r="CF44" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="CG44" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="CH44" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CI44" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CH44" s="15" t="n">
+      <c r="CJ44" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CI44" s="15" t="n">
+      <c r="CK44" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="CJ44" s="15" t="n">
+      <c r="CL44" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CK44" s="15" t="n">
+      <c r="CM44" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CL44" s="15" t="n">
+      <c r="CN44" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="CM44" s="15" t="n">
+      <c r="CO44" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CN44" s="15" t="n">
+      <c r="CP44" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CO44" s="15" t="n">
+      <c r="CQ44" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CP44" s="15" t="n">
+      <c r="CR44" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CQ44" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -36061,110 +36411,108 @@
       <c r="EQ44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV44" s="15" t="n">
+      <c r="EV44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX44" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="EW44" s="15" t="n">
+      <c r="EY44" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="EZ44" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="FA44" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="EX44" s="15" t="n">
+      <c r="FB44" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EY44" s="15" t="n">
+      <c r="FC44" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EZ44" s="15" t="n">
-[...2 lines deleted...]
-      <c r="FA44" s="15" t="n">
+      <c r="FD44" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="FB44" s="15" t="n">
+      <c r="FE44" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="FC44" s="15" t="n">
+      <c r="FF44" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FD44" s="15" t="n">
+      <c r="FG44" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="FE44" s="15" t="n">
+      <c r="FH44" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="FF44" s="15" t="n">
+      <c r="FI44" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="FG44" s="15" t="n">
+      <c r="FJ44" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="FH44" s="15" t="n">
+      <c r="FK44" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="FI44" s="15" t="n">
+      <c r="FL44" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="FJ44" s="15" t="n">
+      <c r="FM44" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="FK44" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -36402,2891 +36750,2940 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="6" t="inlineStr">
         <is>
           <t>71 Architectural and engineering activities; technical testing and analysis</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
-        <v>108.774</v>
+        <v>109.513</v>
       </c>
       <c r="C45" s="14" t="n">
+        <v>108.785</v>
+      </c>
+      <c r="D45" s="14" t="n">
         <v>108.131</v>
       </c>
-      <c r="D45" s="14" t="n">
+      <c r="E45" s="14" t="n">
         <v>107.114</v>
       </c>
-      <c r="E45" s="14" t="n">
+      <c r="F45" s="14" t="n">
         <v>106.088</v>
       </c>
-      <c r="F45" s="14" t="n">
+      <c r="G45" s="14" t="n">
         <v>105.648</v>
       </c>
-      <c r="G45" s="14" t="n">
+      <c r="H45" s="14" t="n">
         <v>105.464</v>
       </c>
-      <c r="H45" s="14" t="n">
+      <c r="I45" s="14" t="n">
         <v>104.692</v>
       </c>
-      <c r="I45" s="14" t="n">
+      <c r="J45" s="14" t="n">
         <v>102.777</v>
       </c>
-      <c r="J45" s="14" t="n">
+      <c r="K45" s="14" t="n">
         <v>102.695</v>
       </c>
-      <c r="K45" s="14" t="n">
+      <c r="L45" s="14" t="n">
         <v>102.699</v>
       </c>
-      <c r="L45" s="14" t="n">
+      <c r="M45" s="14" t="n">
         <v>102.275</v>
       </c>
-      <c r="M45" s="14" t="n">
+      <c r="N45" s="14" t="n">
         <v>101.468</v>
       </c>
-      <c r="N45" s="14" t="n">
+      <c r="O45" s="14" t="n">
         <v>101.426</v>
       </c>
-      <c r="O45" s="14" t="n">
+      <c r="P45" s="14" t="n">
         <v>102.078</v>
       </c>
-      <c r="P45" s="14" t="n">
+      <c r="Q45" s="14" t="n">
         <v>101.305</v>
       </c>
-      <c r="Q45" s="14" t="n">
+      <c r="R45" s="14" t="n">
         <v>100.365</v>
       </c>
-      <c r="R45" s="14" t="n">
+      <c r="S45" s="14" t="n">
         <v>99.943</v>
       </c>
-      <c r="S45" s="14" t="n">
+      <c r="T45" s="14" t="n">
         <v>99.786</v>
       </c>
-      <c r="T45" s="14" t="n">
+      <c r="U45" s="14" t="n">
         <v>99.907</v>
       </c>
-      <c r="U45" s="14" t="n">
+      <c r="V45" s="14" t="n">
         <v>99.622</v>
       </c>
-      <c r="V45" s="14" t="n">
+      <c r="W45" s="14" t="n">
         <v>99.39</v>
       </c>
-      <c r="W45" s="14" t="n">
+      <c r="X45" s="14" t="n">
         <v>99.313</v>
       </c>
-      <c r="X45" s="14" t="n">
+      <c r="Y45" s="14" t="n">
         <v>99.026</v>
       </c>
-      <c r="Y45" s="14" t="n">
+      <c r="Z45" s="14" t="n">
         <v>98.832</v>
       </c>
-      <c r="Z45" s="14" t="n">
+      <c r="AA45" s="14" t="n">
         <v>98.826</v>
       </c>
-      <c r="AA45" s="14" t="n">
+      <c r="AB45" s="14" t="n">
         <v>98.791</v>
       </c>
-      <c r="AB45" s="14" t="n">
+      <c r="AC45" s="14" t="n">
         <v>98.587</v>
       </c>
-      <c r="AC45" s="14" t="n">
+      <c r="AD45" s="14" t="n">
         <v>98.644</v>
       </c>
-      <c r="AD45" s="14" t="n">
+      <c r="AE45" s="14" t="n">
         <v>98.657</v>
       </c>
-      <c r="AE45" s="14" t="n">
+      <c r="AF45" s="14" t="n">
         <v>98.35</v>
       </c>
-      <c r="AF45" s="14" t="n">
+      <c r="AG45" s="14" t="n">
         <v>98.13</v>
       </c>
-      <c r="AG45" s="14" t="n">
+      <c r="AH45" s="14" t="n">
         <v>97.388</v>
       </c>
-      <c r="AH45" s="14" t="n">
+      <c r="AI45" s="14" t="n">
         <v>97.267</v>
       </c>
-      <c r="AI45" s="14" t="n">
+      <c r="AJ45" s="14" t="n">
         <v>97.602</v>
       </c>
-      <c r="AJ45" s="14" t="n">
+      <c r="AK45" s="14" t="n">
         <v>97.619</v>
       </c>
-      <c r="AK45" s="14" t="n">
+      <c r="AL45" s="14" t="n">
         <v>97.296</v>
       </c>
-      <c r="AL45" s="14" t="n">
+      <c r="AM45" s="14" t="n">
         <v>97.498</v>
       </c>
-      <c r="AM45" s="14" t="n">
+      <c r="AN45" s="14" t="n">
         <v>97.24</v>
       </c>
-      <c r="AN45" s="14" t="n">
+      <c r="AO45" s="14" t="n">
         <v>96.495</v>
       </c>
-      <c r="AO45" s="14" t="n">
+      <c r="AP45" s="14" t="n">
         <v>96.376</v>
       </c>
-      <c r="AP45" s="14" t="n">
+      <c r="AQ45" s="14" t="n">
         <v>96.274</v>
       </c>
-      <c r="AQ45" s="14" t="n">
+      <c r="AR45" s="14" t="n">
         <v>96.128</v>
       </c>
-      <c r="AR45" s="14" t="n">
+      <c r="AS45" s="14" t="n">
         <v>96.335</v>
       </c>
-      <c r="AS45" s="14" t="n">
+      <c r="AT45" s="14" t="n">
         <v>95.765</v>
       </c>
-      <c r="AT45" s="14" t="n">
+      <c r="AU45" s="14" t="n">
         <v>95.94</v>
       </c>
-      <c r="AU45" s="14" t="n">
+      <c r="AV45" s="14" t="n">
         <v>95.559</v>
       </c>
-      <c r="AV45" s="14" t="n">
+      <c r="AW45" s="14" t="n">
         <v>95.755</v>
       </c>
-      <c r="AW45" s="14" t="n">
+      <c r="AX45" s="14" t="n">
         <v>95.876</v>
       </c>
-      <c r="AX45" s="14" t="n">
+      <c r="AY45" s="14" t="n">
         <v>95.957</v>
       </c>
-      <c r="AY45" s="14" t="n">
+      <c r="AZ45" s="14" t="n">
         <v>95.759</v>
       </c>
-      <c r="AZ45" s="14" t="n">
+      <c r="BA45" s="14" t="n">
         <v>95.781</v>
       </c>
-      <c r="BA45" s="14" t="n">
+      <c r="BB45" s="14" t="n">
         <v>95.621</v>
       </c>
-      <c r="BB45" s="14" t="n">
+      <c r="BC45" s="14" t="n">
         <v>95.54</v>
       </c>
-      <c r="BC45" s="14" t="n">
+      <c r="BD45" s="14" t="n">
         <v>96.178</v>
       </c>
-      <c r="BD45" s="14" t="n">
+      <c r="BE45" s="14" t="n">
         <v>96.07</v>
       </c>
-      <c r="BE45" s="14" t="n">
+      <c r="BF45" s="14" t="n">
         <v>96.001</v>
       </c>
-      <c r="BF45" s="14" t="n">
+      <c r="BG45" s="14" t="n">
         <v>96.297</v>
       </c>
-      <c r="BG45" s="14" t="n">
+      <c r="BH45" s="14" t="n">
         <v>96.184</v>
       </c>
-      <c r="BH45" s="14" t="n">
+      <c r="BI45" s="14" t="n">
         <v>96.448</v>
       </c>
-      <c r="BI45" s="14" t="n">
+      <c r="BJ45" s="14" t="n">
         <v>95.715</v>
       </c>
-      <c r="BJ45" s="14" t="n">
+      <c r="BK45" s="14" t="n">
         <v>95.798</v>
       </c>
-      <c r="BK45" s="14" t="n">
+      <c r="BL45" s="14" t="n">
         <v>96.104</v>
       </c>
-      <c r="BL45" s="14" t="n">
+      <c r="BM45" s="14" t="n">
         <v>96.512</v>
       </c>
-      <c r="BM45" s="14" t="n">
+      <c r="BN45" s="14" t="n">
         <v>96.173</v>
       </c>
-      <c r="BN45" s="14" t="n">
+      <c r="BO45" s="14" t="n">
         <v>96.897</v>
       </c>
-      <c r="BO45" s="14" t="n">
+      <c r="BP45" s="14" t="n">
         <v>96.909</v>
       </c>
-      <c r="BP45" s="14" t="n">
+      <c r="BQ45" s="14" t="n">
         <v>96.222</v>
       </c>
-      <c r="BQ45" s="14" t="n">
+      <c r="BR45" s="14" t="n">
         <v>94.135</v>
       </c>
-      <c r="BR45" s="14" t="n">
+      <c r="BS45" s="14" t="n">
         <v>94.52</v>
       </c>
-      <c r="BS45" s="14" t="n">
+      <c r="BT45" s="14" t="n">
         <v>93.824</v>
       </c>
-      <c r="BT45" s="14" t="n">
+      <c r="BU45" s="14" t="n">
         <v>93.142</v>
       </c>
-      <c r="BU45" s="14" t="n">
+      <c r="BV45" s="14" t="n">
         <v>90.191</v>
       </c>
-      <c r="BV45" s="14" t="n">
+      <c r="BW45" s="14" t="n">
         <v>89.999</v>
       </c>
-      <c r="BW45" s="14" t="n">
+      <c r="BX45" s="14" t="n">
         <v>89.947</v>
       </c>
-      <c r="BX45" s="14" t="n">
+      <c r="BY45" s="14" t="n">
         <v>89.901</v>
       </c>
-      <c r="BY45" s="15" t="n">
+      <c r="BZ45" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CA45" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="BZ45" s="15" t="n">
+      <c r="CB45" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="CA45" s="15" t="n">
+      <c r="CC45" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="CB45" s="15" t="n">
+      <c r="CD45" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CC45" s="15" t="n">
+      <c r="CE45" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CD45" s="15" t="n">
+      <c r="CF45" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CE45" s="15" t="n">
+      <c r="CG45" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="CF45" s="15" t="n">
+      <c r="CH45" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CG45" s="15" t="n">
+      <c r="CI45" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CH45" s="15" t="n">
+      <c r="CJ45" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CI45" s="15" t="n">
+      <c r="CK45" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CJ45" s="15" t="n">
+      <c r="CL45" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CK45" s="15" t="n">
+      <c r="CM45" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="CL45" s="15" t="n">
+      <c r="CN45" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CM45" s="15" t="n">
+      <c r="CO45" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CN45" s="15" t="n">
+      <c r="CP45" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CO45" s="15" t="n">
+      <c r="CQ45" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CP45" s="15" t="n">
+      <c r="CR45" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CQ45" s="15" t="n">
+      <c r="CS45" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CR45" s="15" t="n">
+      <c r="CT45" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CS45" s="15" t="n">
+      <c r="CU45" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CT45" s="15" t="n">
+      <c r="CV45" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CU45" s="15" t="n">
+      <c r="CW45" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CV45" s="15" t="n">
+      <c r="CX45" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CW45" s="15" t="n">
+      <c r="CY45" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CX45" s="15" t="n">
+      <c r="CZ45" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CY45" s="15" t="n">
+      <c r="DA45" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CZ45" s="15" t="n">
+      <c r="DB45" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DA45" s="15" t="n">
+      <c r="DC45" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DB45" s="15" t="n">
+      <c r="DD45" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DC45" s="15" t="n">
+      <c r="DE45" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="DD45" s="15" t="n">
+      <c r="DF45" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DE45" s="15" t="n">
+      <c r="DG45" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DF45" s="15" t="n">
+      <c r="DH45" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="DI45" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="DJ45" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="DK45" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="DL45" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="DK45" s="15" t="n">
+      <c r="DM45" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DL45" s="15" t="n">
+      <c r="DN45" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DM45" s="15" t="n">
+      <c r="DO45" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="DP45" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="DQ45" s="15" t="n">
-        <v>0.4</v>
+        <v>0.6</v>
       </c>
       <c r="DR45" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="DS45" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="DT45" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="DU45" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DT45" s="15" t="n">
+      <c r="DV45" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="DW45" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="DX45" s="15" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="DY45" s="15" t="n">
-        <v>-0.7</v>
+        <v>0.2</v>
       </c>
       <c r="DZ45" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="EA45" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="EB45" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.3</v>
       </c>
       <c r="EC45" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="ED45" s="15" t="n">
         <v>-0.3</v>
       </c>
       <c r="EE45" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="EF45" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="EG45" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="EF45" s="15" t="n">
+      <c r="EH45" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EG45" s="15" t="n">
+      <c r="EI45" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="EH45" s="15" t="n">
+      <c r="EJ45" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="EI45" s="15" t="n">
+      <c r="EK45" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="EJ45" s="15" t="n">
+      <c r="EL45" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="EK45" s="15" t="n">
+      <c r="EM45" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EL45" s="15" t="n">
+      <c r="EN45" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="EM45" s="15" t="n">
+      <c r="EO45" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="EN45" s="15" t="n">
+      <c r="EP45" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="EO45" s="15" t="n">
+      <c r="EQ45" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="EP45" s="15" t="n">
+      <c r="ER45" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="EQ45" s="15" t="n">
+      <c r="ES45" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ER45" s="15" t="n">
+      <c r="ET45" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ES45" s="15" t="n">
+      <c r="EU45" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ET45" s="15" t="n">
+      <c r="EV45" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EU45" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="EV45" s="15" t="n">
+      <c r="EW45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX45" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="EY45" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="EW45" s="15" t="n">
+      <c r="EZ45" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="EX45" s="15" t="n">
+      <c r="FA45" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="EY45" s="15" t="n">
+      <c r="FB45" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="EZ45" s="15" t="n">
+      <c r="FC45" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="FA45" s="15" t="n">
+      <c r="FD45" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="FB45" s="15" t="n">
+      <c r="FE45" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="FC45" s="15" t="n">
+      <c r="FF45" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FD45" s="15" t="n">
+      <c r="FG45" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FE45" s="15" t="n">
+      <c r="FH45" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FF45" s="15" t="n">
+      <c r="FI45" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FG45" s="15" t="n">
+      <c r="FJ45" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="FH45" s="15" t="n">
+      <c r="FK45" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="FI45" s="15" t="n">
+      <c r="FL45" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="FJ45" s="15" t="n">
+      <c r="FM45" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FK45" s="15" t="n">
+      <c r="FN45" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="FL45" s="15" t="n">
+      <c r="FO45" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FM45" s="15" t="n">
+      <c r="FP45" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="FN45" s="15" t="n">
+      <c r="FQ45" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="FO45" s="15" t="n">
+      <c r="FR45" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="FP45" s="15" t="n">
+      <c r="FS45" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FQ45" s="15" t="n">
+      <c r="FT45" s="15" t="n">
         <v>0.5</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="FU45" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="FV45" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="FW45" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="FX45" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FY45" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="FW45" s="15" t="n">
+      <c r="FZ45" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FX45" s="15" t="n">
+      <c r="GA45" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FY45" s="15" t="n">
+      <c r="GB45" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="FZ45" s="15" t="n">
+      <c r="GC45" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="GA45" s="15" t="n">
+      <c r="GD45" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GB45" s="15" t="n">
+      <c r="GE45" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GC45" s="15" t="n">
+      <c r="GF45" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.3</v>
       </c>
       <c r="GG45" s="15" t="n">
         <v>1.2</v>
       </c>
       <c r="GH45" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="GI45" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="GJ45" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="GK45" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="GL45" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="GM45" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="GN45" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GO45" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GP45" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GN45" s="15" t="n">
+      <c r="GQ45" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GO45" s="15" t="n">
+      <c r="GR45" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GP45" s="15" t="n">
+      <c r="GS45" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GQ45" s="15" t="n">
+      <c r="GT45" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="GR45" s="15" t="n">
+      <c r="GU45" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="GS45" s="15" t="n">
+      <c r="GV45" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GT45" s="15" t="n">
+      <c r="GW45" s="15" t="n">
         <v>-0.3</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="GX45" s="15" t="n">
         <v>-0.4</v>
       </c>
       <c r="GY45" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="GZ45" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HA45" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="HB45" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="GZ45" s="15" t="n">
+      <c r="HC45" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="HA45" s="15" t="n">
+      <c r="HD45" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="HB45" s="15" t="n">
+      <c r="HE45" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="HC45" s="15" t="n">
+      <c r="HF45" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="HD45" s="15" t="n">
+      <c r="HG45" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="HE45" s="15" t="n">
+      <c r="HH45" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="HF45" s="15" t="n">
+      <c r="HI45" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="HG45" s="15" t="n">
+      <c r="HJ45" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="HH45" s="15" t="n">
+      <c r="HK45" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="HI45" s="15" t="n">
+      <c r="HL45" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="HJ45" s="15" t="n">
+      <c r="HM45" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="HK45" s="15" t="n">
+      <c r="HN45" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="HL45" s="15" t="n">
+      <c r="HO45" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="HM45" s="15" t="n">
+      <c r="HP45" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="HN45" s="15" t="n">
+      <c r="HQ45" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="HO45" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HR45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU45" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="6" t="inlineStr">
         <is>
           <t>73 Advertising and market research</t>
         </is>
       </c>
       <c r="B46" s="14" t="n">
-        <v>96.839</v>
+        <v>108.27</v>
       </c>
       <c r="C46" s="14" t="n">
-        <v>120.135</v>
+        <v>96.733</v>
       </c>
       <c r="D46" s="14" t="n">
-        <v>105.357</v>
+        <v>120.095</v>
       </c>
       <c r="E46" s="14" t="n">
-        <v>107.495</v>
+        <v>105.344</v>
       </c>
       <c r="F46" s="14" t="n">
+        <v>107.498</v>
+      </c>
+      <c r="G46" s="14" t="n">
         <v>94.715</v>
       </c>
-      <c r="G46" s="14" t="n">
+      <c r="H46" s="14" t="n">
         <v>115.248</v>
       </c>
-      <c r="H46" s="14" t="n">
+      <c r="I46" s="14" t="n">
         <v>98.858</v>
       </c>
-      <c r="I46" s="14" t="n">
+      <c r="J46" s="14" t="n">
         <v>102.524</v>
       </c>
-      <c r="J46" s="14" t="n">
+      <c r="K46" s="14" t="n">
         <v>97.211</v>
       </c>
-      <c r="K46" s="14" t="n">
+      <c r="L46" s="14" t="n">
         <v>115.844</v>
       </c>
-      <c r="L46" s="14" t="n">
+      <c r="M46" s="14" t="n">
         <v>106.331</v>
       </c>
-      <c r="M46" s="14" t="n">
+      <c r="N46" s="14" t="n">
         <v>102.82</v>
       </c>
-      <c r="N46" s="14" t="n">
+      <c r="O46" s="14" t="n">
         <v>91.192</v>
       </c>
-      <c r="O46" s="14" t="n">
+      <c r="P46" s="14" t="n">
         <v>110.363</v>
       </c>
-      <c r="P46" s="14" t="n">
+      <c r="Q46" s="14" t="n">
         <v>97.051</v>
       </c>
-      <c r="Q46" s="14" t="n">
+      <c r="R46" s="14" t="n">
         <v>99.018</v>
       </c>
-      <c r="R46" s="14" t="n">
+      <c r="S46" s="14" t="n">
         <v>91.357</v>
       </c>
-      <c r="S46" s="14" t="n">
+      <c r="T46" s="14" t="n">
         <v>110.435</v>
       </c>
-      <c r="T46" s="14" t="n">
+      <c r="U46" s="14" t="n">
         <v>99.19</v>
       </c>
-      <c r="U46" s="14" t="n">
+      <c r="V46" s="14" t="n">
         <v>107.754</v>
       </c>
-      <c r="V46" s="14" t="n">
+      <c r="W46" s="14" t="n">
         <v>96.153</v>
       </c>
-      <c r="W46" s="14" t="n">
+      <c r="X46" s="14" t="n">
         <v>125.181</v>
       </c>
-      <c r="X46" s="14" t="n">
+      <c r="Y46" s="14" t="n">
         <v>101.634</v>
       </c>
-      <c r="Y46" s="14" t="n">
+      <c r="Z46" s="14" t="n">
         <v>115.736</v>
       </c>
-      <c r="Z46" s="14" t="n">
+      <c r="AA46" s="14" t="n">
         <v>95.408</v>
       </c>
-      <c r="AA46" s="14" t="n">
+      <c r="AB46" s="14" t="n">
         <v>116.516</v>
       </c>
-      <c r="AB46" s="14" t="n">
+      <c r="AC46" s="14" t="n">
         <v>106.702</v>
       </c>
-      <c r="AC46" s="14" t="n">
+      <c r="AD46" s="14" t="n">
         <v>119.317</v>
       </c>
-      <c r="AD46" s="14" t="n">
+      <c r="AE46" s="14" t="n">
         <v>96.715</v>
       </c>
-      <c r="AE46" s="14" t="n">
+      <c r="AF46" s="14" t="n">
         <v>118.289</v>
       </c>
-      <c r="AF46" s="14" t="n">
+      <c r="AG46" s="14" t="n">
         <v>107.028</v>
       </c>
-      <c r="AG46" s="14" t="n">
+      <c r="AH46" s="14" t="n">
         <v>112.972</v>
       </c>
-      <c r="AH46" s="14" t="n">
+      <c r="AI46" s="14" t="n">
         <v>90.963</v>
       </c>
-      <c r="AI46" s="14" t="n">
+      <c r="AJ46" s="14" t="n">
         <v>109.964</v>
       </c>
-      <c r="AJ46" s="14" t="n">
+      <c r="AK46" s="14" t="n">
         <v>101.198</v>
       </c>
-      <c r="AK46" s="14" t="n">
+      <c r="AL46" s="14" t="n">
         <v>113.075</v>
       </c>
-      <c r="AL46" s="14" t="n">
+      <c r="AM46" s="14" t="n">
         <v>95.195</v>
       </c>
-      <c r="AM46" s="14" t="n">
+      <c r="AN46" s="14" t="n">
         <v>107.866</v>
       </c>
-      <c r="AN46" s="14" t="n">
+      <c r="AO46" s="14" t="n">
         <v>101.554</v>
       </c>
-      <c r="AO46" s="14" t="n">
+      <c r="AP46" s="14" t="n">
         <v>127.379</v>
       </c>
-      <c r="AP46" s="14" t="n">
+      <c r="AQ46" s="14" t="n">
         <v>107.108</v>
       </c>
-      <c r="AQ46" s="14" t="n">
+      <c r="AR46" s="14" t="n">
         <v>126.901</v>
       </c>
-      <c r="AR46" s="14" t="n">
+      <c r="AS46" s="14" t="n">
         <v>116.756</v>
       </c>
-      <c r="AS46" s="14" t="n">
+      <c r="AT46" s="14" t="n">
         <v>115.476</v>
       </c>
-      <c r="AT46" s="14" t="n">
+      <c r="AU46" s="14" t="n">
         <v>97.46</v>
       </c>
-      <c r="AU46" s="14" t="n">
+      <c r="AV46" s="14" t="n">
         <v>115.102</v>
       </c>
-      <c r="AV46" s="14" t="n">
+      <c r="AW46" s="14" t="n">
         <v>109.842</v>
       </c>
-      <c r="AW46" s="14" t="n">
+      <c r="AX46" s="14" t="n">
         <v>118.523</v>
       </c>
-      <c r="AX46" s="14" t="n">
+      <c r="AY46" s="14" t="n">
         <v>99.265</v>
       </c>
-      <c r="AY46" s="14" t="n">
+      <c r="AZ46" s="14" t="n">
         <v>123.695</v>
       </c>
-      <c r="AZ46" s="14" t="n">
+      <c r="BA46" s="14" t="n">
         <v>109.328</v>
       </c>
-      <c r="BA46" s="14" t="n">
+      <c r="BB46" s="14" t="n">
         <v>121.869</v>
       </c>
-      <c r="BB46" s="14" t="n">
+      <c r="BC46" s="14" t="n">
         <v>96.534</v>
       </c>
-      <c r="BC46" s="14" t="n">
+      <c r="BD46" s="14" t="n">
         <v>118.585</v>
       </c>
-      <c r="BD46" s="14" t="n">
+      <c r="BE46" s="14" t="n">
         <v>109.334</v>
       </c>
-      <c r="BE46" s="14" t="n">
+      <c r="BF46" s="14" t="n">
         <v>113.932</v>
       </c>
-      <c r="BF46" s="14" t="n">
+      <c r="BG46" s="14" t="n">
         <v>104.88</v>
       </c>
-      <c r="BG46" s="14" t="n">
+      <c r="BH46" s="14" t="n">
         <v>133.728</v>
       </c>
-      <c r="BH46" s="14" t="n">
+      <c r="BI46" s="14" t="n">
         <v>121.427</v>
       </c>
-      <c r="BI46" s="14" t="n">
+      <c r="BJ46" s="14" t="n">
         <v>121.345</v>
       </c>
-      <c r="BJ46" s="14" t="n">
+      <c r="BK46" s="14" t="n">
         <v>125.677</v>
       </c>
-      <c r="BK46" s="14" t="n">
+      <c r="BL46" s="14" t="n">
         <v>121.05</v>
       </c>
-      <c r="BL46" s="14" t="n">
+      <c r="BM46" s="14" t="n">
         <v>99.113</v>
       </c>
-      <c r="BM46" s="14" t="n">
+      <c r="BN46" s="14" t="n">
         <v>89.763</v>
       </c>
-      <c r="BN46" s="14" t="n">
+      <c r="BO46" s="14" t="n">
         <v>85.801</v>
       </c>
-      <c r="BO46" s="14" t="n">
+      <c r="BP46" s="14" t="n">
         <v>88.205</v>
       </c>
-      <c r="BP46" s="14" t="n">
+      <c r="BQ46" s="14" t="n">
         <v>82.421</v>
       </c>
-      <c r="BQ46" s="14" t="n">
+      <c r="BR46" s="14" t="n">
         <v>106.929</v>
       </c>
-      <c r="BR46" s="14" t="n">
+      <c r="BS46" s="14" t="n">
         <v>104.466</v>
       </c>
-      <c r="BS46" s="14" t="n">
+      <c r="BT46" s="14" t="n">
         <v>108.626</v>
       </c>
-      <c r="BT46" s="14" t="n">
+      <c r="BU46" s="14" t="n">
         <v>97.276</v>
       </c>
-      <c r="BU46" s="14" t="n">
+      <c r="BV46" s="14" t="n">
         <v>103.8</v>
       </c>
-      <c r="BV46" s="14" t="n">
+      <c r="BW46" s="14" t="n">
         <v>105.677</v>
       </c>
-      <c r="BW46" s="14" t="n">
+      <c r="BX46" s="14" t="n">
         <v>108.66</v>
       </c>
-      <c r="BX46" s="14" t="n">
+      <c r="BY46" s="14" t="n">
         <v>98.939</v>
       </c>
-      <c r="BY46" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="BZ46" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="CA46" s="15" t="n">
+        <v>-19.5</v>
+      </c>
+      <c r="CB46" s="15" t="n">
         <v>14.0</v>
       </c>
-      <c r="CA46" s="15" t="n">
+      <c r="CC46" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="CB46" s="15" t="n">
+      <c r="CD46" s="15" t="n">
         <v>13.5</v>
       </c>
-      <c r="CC46" s="15" t="n">
+      <c r="CE46" s="15" t="n">
         <v>-17.8</v>
       </c>
-      <c r="CD46" s="15" t="n">
+      <c r="CF46" s="15" t="n">
         <v>16.6</v>
       </c>
-      <c r="CE46" s="15" t="n">
+      <c r="CG46" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="CF46" s="15" t="n">
+      <c r="CH46" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="CG46" s="15" t="n">
+      <c r="CI46" s="15" t="n">
         <v>-16.1</v>
       </c>
-      <c r="CH46" s="15" t="n">
+      <c r="CJ46" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="CI46" s="15" t="n">
+      <c r="CK46" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="CJ46" s="15" t="n">
+      <c r="CL46" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="CK46" s="15" t="n">
+      <c r="CM46" s="15" t="n">
         <v>-17.4</v>
       </c>
-      <c r="CL46" s="15" t="n">
+      <c r="CN46" s="15" t="n">
         <v>13.7</v>
       </c>
-      <c r="CM46" s="15" t="n">
+      <c r="CO46" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="CN46" s="15" t="n">
+      <c r="CP46" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="CO46" s="15" t="n">
+      <c r="CQ46" s="15" t="n">
         <v>-17.3</v>
       </c>
-      <c r="CP46" s="15" t="n">
+      <c r="CR46" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="CQ46" s="15" t="n">
+      <c r="CS46" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="CR46" s="15" t="n">
+      <c r="CT46" s="15" t="n">
         <v>12.1</v>
       </c>
-      <c r="CS46" s="15" t="n">
+      <c r="CU46" s="15" t="n">
         <v>-23.2</v>
       </c>
-      <c r="CT46" s="15" t="n">
+      <c r="CV46" s="15" t="n">
         <v>23.2</v>
       </c>
-      <c r="CU46" s="15" t="n">
+      <c r="CW46" s="15" t="n">
         <v>-12.2</v>
       </c>
-      <c r="CV46" s="15" t="n">
+      <c r="CX46" s="15" t="n">
         <v>21.3</v>
       </c>
-      <c r="CW46" s="15" t="n">
+      <c r="CY46" s="15" t="n">
         <v>-18.1</v>
       </c>
-      <c r="CX46" s="15" t="n">
+      <c r="CZ46" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="CY46" s="15" t="n">
+      <c r="DA46" s="15" t="n">
         <v>-10.6</v>
       </c>
-      <c r="CZ46" s="15" t="n">
+      <c r="DB46" s="15" t="n">
         <v>23.4</v>
       </c>
-      <c r="DA46" s="15" t="n">
+      <c r="DC46" s="15" t="n">
         <v>-18.2</v>
       </c>
-      <c r="DB46" s="15" t="n">
+      <c r="DD46" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="DC46" s="15" t="n">
+      <c r="DE46" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="DD46" s="15" t="n">
+      <c r="DF46" s="15" t="n">
         <v>24.2</v>
       </c>
-      <c r="DE46" s="15" t="n">
+      <c r="DG46" s="15" t="n">
         <v>-17.3</v>
       </c>
-      <c r="DF46" s="15" t="n">
+      <c r="DH46" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="DG46" s="15" t="n">
+      <c r="DI46" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="DH46" s="15" t="n">
+      <c r="DJ46" s="15" t="n">
         <v>18.8</v>
       </c>
-      <c r="DI46" s="15" t="n">
+      <c r="DK46" s="15" t="n">
         <v>-11.7</v>
       </c>
-      <c r="DJ46" s="15" t="n">
+      <c r="DL46" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="DK46" s="15" t="n">
+      <c r="DM46" s="15" t="n">
         <v>-20.3</v>
       </c>
-      <c r="DL46" s="15" t="n">
+      <c r="DN46" s="15" t="n">
         <v>18.9</v>
       </c>
-      <c r="DM46" s="15" t="n">
+      <c r="DO46" s="15" t="n">
         <v>-15.6</v>
       </c>
-      <c r="DN46" s="15" t="n">
+      <c r="DP46" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="DO46" s="15" t="n">
+      <c r="DQ46" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="DP46" s="15" t="n">
+      <c r="DR46" s="15" t="n">
         <v>18.5</v>
       </c>
-      <c r="DQ46" s="15" t="n">
+      <c r="DS46" s="15" t="n">
         <v>-15.3</v>
       </c>
-      <c r="DR46" s="15" t="n">
+      <c r="DT46" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="DS46" s="15" t="n">
+      <c r="DU46" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="DT46" s="15" t="n">
+      <c r="DV46" s="15" t="n">
         <v>19.4</v>
       </c>
-      <c r="DU46" s="15" t="n">
+      <c r="DW46" s="15" t="n">
         <v>-19.8</v>
       </c>
-      <c r="DV46" s="15" t="n">
+      <c r="DX46" s="15" t="n">
         <v>13.1</v>
       </c>
-      <c r="DW46" s="15" t="n">
+      <c r="DY46" s="15" t="n">
         <v>-10.3</v>
       </c>
-      <c r="DX46" s="15" t="n">
+      <c r="DZ46" s="15" t="n">
         <v>26.2</v>
       </c>
-      <c r="DY46" s="15" t="n">
+      <c r="EA46" s="15" t="n">
         <v>-18.6</v>
       </c>
-      <c r="DZ46" s="15" t="n">
+      <c r="EB46" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="EA46" s="15" t="n">
+      <c r="EC46" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="EB46" s="15" t="n">
+      <c r="ED46" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="EC46" s="15" t="n">
+      <c r="EE46" s="15" t="n">
         <v>-21.6</v>
       </c>
-      <c r="ED46" s="15" t="n">
+      <c r="EF46" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="EE46" s="15" t="n">
+      <c r="EG46" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EF46" s="15" t="n">
+      <c r="EH46" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="EG46" s="15" t="n">
+      <c r="EI46" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="EH46" s="15" t="n">
+      <c r="EJ46" s="15" t="n">
         <v>22.1</v>
       </c>
-      <c r="EI46" s="15" t="n">
+      <c r="EK46" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="EJ46" s="15" t="n">
+      <c r="EL46" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="EK46" s="15" t="n">
+      <c r="EM46" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="EL46" s="15" t="n">
+      <c r="EN46" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="EM46" s="15" t="n">
+      <c r="EO46" s="15" t="n">
         <v>-22.9</v>
       </c>
-      <c r="EN46" s="15" t="n">
+      <c r="EP46" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="EO46" s="15" t="n">
+      <c r="EQ46" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="EP46" s="15" t="n">
+      <c r="ER46" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="EQ46" s="15" t="n">
+      <c r="ES46" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="ER46" s="15" t="n">
+      <c r="ET46" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="ES46" s="15" t="n">
+      <c r="EU46" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="ET46" s="15" t="n">
+      <c r="EV46" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="EU46" s="13" t="inlineStr">
-[...7 lines deleted...]
-      <c r="EW46" s="15" t="n">
+      <c r="EW46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX46" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="EY46" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EZ46" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="EX46" s="15" t="n">
+      <c r="FA46" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="EY46" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EZ46" s="15" t="n">
+      <c r="FB46" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="FC46" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="FA46" s="15" t="n">
+      <c r="FD46" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="FB46" s="15" t="n">
+      <c r="FE46" s="15" t="n">
         <v>-7.0</v>
       </c>
-      <c r="FC46" s="15" t="n">
+      <c r="FF46" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="FD46" s="15" t="n">
+      <c r="FG46" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="FE46" s="15" t="n">
+      <c r="FH46" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="FF46" s="15" t="n">
+      <c r="FI46" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="FG46" s="15" t="n">
+      <c r="FJ46" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="FH46" s="15" t="n">
+      <c r="FK46" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="FI46" s="15" t="n">
+      <c r="FL46" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="FJ46" s="15" t="n">
+      <c r="FM46" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="FK46" s="15" t="n">
+      <c r="FN46" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="FL46" s="15" t="n">
+      <c r="FO46" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="FM46" s="15" t="n">
+      <c r="FP46" s="15" t="n">
         <v>-11.8</v>
       </c>
-      <c r="FN46" s="15" t="n">
+      <c r="FQ46" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="FO46" s="15" t="n">
+      <c r="FR46" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="FP46" s="15" t="n">
+      <c r="FS46" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="FQ46" s="15" t="n">
+      <c r="FT46" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="FR46" s="15" t="n">
+      <c r="FU46" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="FS46" s="15" t="n">
+      <c r="FV46" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="FT46" s="15" t="n">
+      <c r="FW46" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="FU46" s="15" t="n">
+      <c r="FX46" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="FV46" s="15" t="n">
+      <c r="FY46" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="FW46" s="15" t="n">
+      <c r="FZ46" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="FX46" s="15" t="n">
+      <c r="GA46" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="FY46" s="15" t="n">
+      <c r="GB46" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="FZ46" s="15" t="n">
+      <c r="GC46" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="GA46" s="15" t="n">
+      <c r="GD46" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GB46" s="15" t="n">
+      <c r="GE46" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="GC46" s="15" t="n">
+      <c r="GF46" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="GD46" s="15" t="n">
+      <c r="GG46" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GE46" s="15" t="n">
+      <c r="GH46" s="15" t="n">
         <v>-11.2</v>
       </c>
-      <c r="GF46" s="15" t="n">
+      <c r="GI46" s="15" t="n">
         <v>-11.1</v>
       </c>
-      <c r="GG46" s="15" t="n">
+      <c r="GJ46" s="15" t="n">
         <v>-15.0</v>
       </c>
-      <c r="GH46" s="15" t="n">
+      <c r="GK46" s="15" t="n">
         <v>-13.0</v>
       </c>
-      <c r="GI46" s="15" t="n">
+      <c r="GL46" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="GJ46" s="15" t="n">
+      <c r="GM46" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="GK46" s="15" t="n">
+      <c r="GN46" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="GL46" s="15" t="n">
+      <c r="GO46" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="GM46" s="15" t="n">
+      <c r="GP46" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="GN46" s="15" t="n">
+      <c r="GQ46" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="GO46" s="15" t="n">
+      <c r="GR46" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="GP46" s="15" t="n">
+      <c r="GS46" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="GQ46" s="15" t="n">
+      <c r="GT46" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="GR46" s="15" t="n">
+      <c r="GU46" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="GS46" s="15" t="n">
+      <c r="GV46" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="GT46" s="15" t="n">
+      <c r="GW46" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GU46" s="15" t="n">
+      <c r="GX46" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="GV46" s="15" t="n">
+      <c r="GY46" s="15" t="n">
         <v>-8.0</v>
       </c>
-      <c r="GW46" s="15" t="n">
+      <c r="GZ46" s="15" t="n">
         <v>-11.3</v>
       </c>
-      <c r="GX46" s="15" t="n">
+      <c r="HA46" s="15" t="n">
         <v>-10.0</v>
       </c>
-      <c r="GY46" s="15" t="n">
+      <c r="HB46" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="GZ46" s="15" t="n">
+      <c r="HC46" s="15" t="n">
         <v>-16.5</v>
       </c>
-      <c r="HA46" s="15" t="n">
+      <c r="HD46" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="HB46" s="15" t="n">
+      <c r="HE46" s="15" t="n">
         <v>22.5</v>
       </c>
-      <c r="HC46" s="15" t="n">
+      <c r="HF46" s="15" t="n">
         <v>35.2</v>
       </c>
-      <c r="HD46" s="15" t="n">
+      <c r="HG46" s="15" t="n">
         <v>46.5</v>
       </c>
-      <c r="HE46" s="15" t="n">
+      <c r="HH46" s="15" t="n">
         <v>37.2</v>
       </c>
-      <c r="HF46" s="15" t="n">
+      <c r="HI46" s="15" t="n">
         <v>20.3</v>
       </c>
-      <c r="HG46" s="15" t="n">
+      <c r="HJ46" s="15" t="n">
         <v>-16.1</v>
       </c>
-      <c r="HH46" s="15" t="n">
+      <c r="HK46" s="15" t="n">
         <v>-17.9</v>
       </c>
-      <c r="HI46" s="15" t="n">
+      <c r="HL46" s="15" t="n">
         <v>-18.8</v>
       </c>
-      <c r="HJ46" s="15" t="n">
+      <c r="HM46" s="15" t="n">
         <v>-15.3</v>
       </c>
-      <c r="HK46" s="15" t="n">
+      <c r="HN46" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="HL46" s="15" t="n">
+      <c r="HO46" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="HM46" s="15" t="n">
+      <c r="HP46" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="HN46" s="15" t="n">
+      <c r="HQ46" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="HO46" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HR46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU46" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="6" t="inlineStr">
         <is>
           <t>73.1 Advertising</t>
         </is>
       </c>
       <c r="B47" s="14" t="n">
-        <v>95.931</v>
+        <v>108.258</v>
       </c>
       <c r="C47" s="14" t="n">
-        <v>120.755</v>
+        <v>95.918</v>
       </c>
       <c r="D47" s="14" t="n">
-        <v>105.043</v>
+        <v>120.745</v>
       </c>
       <c r="E47" s="14" t="n">
+        <v>105.026</v>
+      </c>
+      <c r="F47" s="14" t="n">
         <v>107.51</v>
       </c>
-      <c r="F47" s="14" t="n">
+      <c r="G47" s="14" t="n">
         <v>93.905</v>
       </c>
-      <c r="G47" s="14" t="n">
+      <c r="H47" s="14" t="n">
         <v>115.798</v>
       </c>
-      <c r="H47" s="14" t="n">
+      <c r="I47" s="14" t="n">
         <v>98.333</v>
       </c>
-      <c r="I47" s="14" t="n">
+      <c r="J47" s="14" t="n">
         <v>102.329</v>
       </c>
-      <c r="J47" s="14" t="n">
+      <c r="K47" s="14" t="n">
         <v>96.534</v>
       </c>
-      <c r="K47" s="14" t="n">
+      <c r="L47" s="14" t="n">
         <v>116.75</v>
       </c>
-      <c r="L47" s="14" t="n">
+      <c r="M47" s="14" t="n">
         <v>106.446</v>
       </c>
-      <c r="M47" s="14" t="n">
+      <c r="N47" s="14" t="n">
         <v>102.863</v>
       </c>
-      <c r="N47" s="14" t="n">
+      <c r="O47" s="14" t="n">
         <v>90.262</v>
       </c>
-      <c r="O47" s="14" t="n">
+      <c r="P47" s="14" t="n">
         <v>111.056</v>
       </c>
-      <c r="P47" s="14" t="n">
+      <c r="Q47" s="14" t="n">
         <v>96.599</v>
       </c>
-      <c r="Q47" s="14" t="n">
+      <c r="R47" s="14" t="n">
         <v>98.937</v>
       </c>
-      <c r="R47" s="14" t="n">
+      <c r="S47" s="14" t="n">
         <v>90.619</v>
       </c>
-      <c r="S47" s="14" t="n">
+      <c r="T47" s="14" t="n">
         <v>111.322</v>
       </c>
-      <c r="T47" s="14" t="n">
+      <c r="U47" s="14" t="n">
         <v>99.122</v>
       </c>
-      <c r="U47" s="14" t="n">
+      <c r="V47" s="14" t="n">
         <v>108.735</v>
       </c>
-      <c r="V47" s="14" t="n">
+      <c r="W47" s="14" t="n">
         <v>96.076</v>
       </c>
-      <c r="W47" s="14" t="n">
+      <c r="X47" s="14" t="n">
         <v>127.75</v>
       </c>
-      <c r="X47" s="14" t="n">
+      <c r="Y47" s="14" t="n">
         <v>102.065</v>
       </c>
-      <c r="Y47" s="14" t="n">
+      <c r="Z47" s="14" t="n">
         <v>117.567</v>
       </c>
-      <c r="Z47" s="14" t="n">
+      <c r="AA47" s="14" t="n">
         <v>95.368</v>
       </c>
-      <c r="AA47" s="14" t="n">
+      <c r="AB47" s="14" t="n">
         <v>118.404</v>
       </c>
-      <c r="AB47" s="14" t="n">
+      <c r="AC47" s="14" t="n">
         <v>107.735</v>
       </c>
-      <c r="AC47" s="14" t="n">
+      <c r="AD47" s="14" t="n">
         <v>121.515</v>
       </c>
-      <c r="AD47" s="14" t="n">
+      <c r="AE47" s="14" t="n">
         <v>96.828</v>
       </c>
-      <c r="AE47" s="14" t="n">
+      <c r="AF47" s="14" t="n">
         <v>120.408</v>
       </c>
-      <c r="AF47" s="14" t="n">
+      <c r="AG47" s="14" t="n">
         <v>108.081</v>
       </c>
-      <c r="AG47" s="14" t="n">
+      <c r="AH47" s="14" t="n">
         <v>114.64</v>
       </c>
-      <c r="AH47" s="14" t="n">
+      <c r="AI47" s="14" t="n">
         <v>90.678</v>
       </c>
-      <c r="AI47" s="14" t="n">
+      <c r="AJ47" s="14" t="n">
         <v>111.376</v>
       </c>
-      <c r="AJ47" s="14" t="n">
+      <c r="AK47" s="14" t="n">
         <v>101.834</v>
       </c>
-      <c r="AK47" s="14" t="n">
+      <c r="AL47" s="14" t="n">
         <v>114.736</v>
       </c>
-      <c r="AL47" s="14" t="n">
+      <c r="AM47" s="14" t="n">
         <v>95.079</v>
       </c>
-      <c r="AM47" s="14" t="n">
+      <c r="AN47" s="14" t="n">
         <v>108.989</v>
       </c>
-      <c r="AN47" s="14" t="n">
+      <c r="AO47" s="14" t="n">
         <v>102.064</v>
       </c>
-      <c r="AO47" s="14" t="n">
+      <c r="AP47" s="14" t="n">
         <v>130.536</v>
       </c>
-      <c r="AP47" s="14" t="n">
+      <c r="AQ47" s="14" t="n">
         <v>108.28</v>
       </c>
-      <c r="AQ47" s="14" t="n">
+      <c r="AR47" s="14" t="n">
         <v>129.996</v>
       </c>
-      <c r="AR47" s="14" t="n">
+      <c r="AS47" s="14" t="n">
         <v>118.863</v>
       </c>
-      <c r="AS47" s="14" t="n">
+      <c r="AT47" s="14" t="n">
         <v>117.534</v>
       </c>
-      <c r="AT47" s="14" t="n">
+      <c r="AU47" s="14" t="n">
         <v>97.78</v>
       </c>
-      <c r="AU47" s="14" t="n">
+      <c r="AV47" s="14" t="n">
         <v>117.135</v>
       </c>
-      <c r="AV47" s="14" t="n">
+      <c r="AW47" s="14" t="n">
         <v>111.367</v>
       </c>
-      <c r="AW47" s="14" t="n">
+      <c r="AX47" s="14" t="n">
         <v>120.848</v>
       </c>
-      <c r="AX47" s="14" t="n">
+      <c r="AY47" s="14" t="n">
         <v>99.66</v>
       </c>
-      <c r="AY47" s="14" t="n">
+      <c r="AZ47" s="14" t="n">
         <v>126.541</v>
       </c>
-      <c r="AZ47" s="14" t="n">
+      <c r="BA47" s="14" t="n">
         <v>110.657</v>
       </c>
-      <c r="BA47" s="14" t="n">
+      <c r="BB47" s="14" t="n">
         <v>124.535</v>
       </c>
-      <c r="BB47" s="14" t="n">
+      <c r="BC47" s="14" t="n">
         <v>96.78</v>
       </c>
-      <c r="BC47" s="14" t="n">
+      <c r="BD47" s="14" t="n">
         <v>120.895</v>
       </c>
-      <c r="BD47" s="14" t="n">
+      <c r="BE47" s="14" t="n">
         <v>110.775</v>
       </c>
-      <c r="BE47" s="14" t="n">
+      <c r="BF47" s="14" t="n">
         <v>115.763</v>
       </c>
-      <c r="BF47" s="14" t="n">
+      <c r="BG47" s="14" t="n">
         <v>105.794</v>
       </c>
-      <c r="BG47" s="14" t="n">
+      <c r="BH47" s="14" t="n">
         <v>137.56</v>
       </c>
-      <c r="BH47" s="14" t="n">
+      <c r="BI47" s="14" t="n">
         <v>124.016</v>
       </c>
-      <c r="BI47" s="14" t="n">
+      <c r="BJ47" s="14" t="n">
         <v>124.139</v>
       </c>
-      <c r="BJ47" s="14" t="n">
+      <c r="BK47" s="14" t="n">
         <v>128.811</v>
       </c>
-      <c r="BK47" s="14" t="n">
+      <c r="BL47" s="14" t="n">
         <v>123.809</v>
       </c>
-      <c r="BL47" s="14" t="n">
+      <c r="BM47" s="14" t="n">
         <v>100.136</v>
       </c>
-      <c r="BM47" s="14" t="n">
+      <c r="BN47" s="14" t="n">
         <v>89.901</v>
       </c>
-      <c r="BN47" s="14" t="n">
+      <c r="BO47" s="14" t="n">
         <v>85.599</v>
       </c>
-      <c r="BO47" s="14" t="n">
+      <c r="BP47" s="14" t="n">
         <v>88.244</v>
       </c>
-      <c r="BP47" s="14" t="n">
+      <c r="BQ47" s="14" t="n">
         <v>81.924</v>
       </c>
-      <c r="BQ47" s="14" t="n">
+      <c r="BR47" s="14" t="n">
         <v>108.563</v>
       </c>
-      <c r="BR47" s="14" t="n">
+      <c r="BS47" s="14" t="n">
         <v>105.893</v>
       </c>
-      <c r="BS47" s="14" t="n">
+      <c r="BT47" s="14" t="n">
         <v>110.409</v>
       </c>
-      <c r="BT47" s="14" t="n">
+      <c r="BU47" s="14" t="n">
         <v>98.11</v>
       </c>
-      <c r="BU47" s="14" t="n">
+      <c r="BV47" s="14" t="n">
         <v>105.319</v>
       </c>
-      <c r="BV47" s="14" t="n">
+      <c r="BW47" s="14" t="n">
         <v>107.313</v>
       </c>
-      <c r="BW47" s="14" t="n">
+      <c r="BX47" s="14" t="n">
         <v>110.547</v>
       </c>
-      <c r="BX47" s="14" t="n">
+      <c r="BY47" s="14" t="n">
         <v>100.045</v>
       </c>
-      <c r="BY47" s="15" t="n">
+      <c r="BZ47" s="15" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="CA47" s="15" t="n">
         <v>-20.6</v>
       </c>
-      <c r="BZ47" s="15" t="n">
+      <c r="CB47" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="CA47" s="15" t="n">
+      <c r="CC47" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="CB47" s="15" t="n">
+      <c r="CD47" s="15" t="n">
         <v>14.5</v>
       </c>
-      <c r="CC47" s="15" t="n">
+      <c r="CE47" s="15" t="n">
         <v>-18.9</v>
       </c>
-      <c r="CD47" s="15" t="n">
+      <c r="CF47" s="15" t="n">
         <v>17.8</v>
       </c>
-      <c r="CE47" s="15" t="n">
+      <c r="CG47" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="CF47" s="15" t="n">
+      <c r="CH47" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="CG47" s="15" t="n">
+      <c r="CI47" s="15" t="n">
         <v>-17.3</v>
       </c>
-      <c r="CH47" s="15" t="n">
+      <c r="CJ47" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="CI47" s="15" t="n">
+      <c r="CK47" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="CJ47" s="15" t="n">
+      <c r="CL47" s="15" t="n">
         <v>14.0</v>
       </c>
-      <c r="CK47" s="15" t="n">
+      <c r="CM47" s="15" t="n">
         <v>-18.7</v>
       </c>
-      <c r="CL47" s="15" t="n">
+      <c r="CN47" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="CM47" s="15" t="n">
+      <c r="CO47" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="CN47" s="15" t="n">
+      <c r="CP47" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="CO47" s="15" t="n">
+      <c r="CQ47" s="15" t="n">
         <v>-18.6</v>
       </c>
-      <c r="CP47" s="15" t="n">
+      <c r="CR47" s="15" t="n">
         <v>12.3</v>
       </c>
-      <c r="CQ47" s="15" t="n">
+      <c r="CS47" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="CR47" s="15" t="n">
+      <c r="CT47" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="CS47" s="15" t="n">
+      <c r="CU47" s="15" t="n">
         <v>-24.8</v>
       </c>
-      <c r="CT47" s="15" t="n">
+      <c r="CV47" s="15" t="n">
         <v>25.2</v>
       </c>
-      <c r="CU47" s="15" t="n">
+      <c r="CW47" s="15" t="n">
         <v>-13.2</v>
       </c>
-      <c r="CV47" s="15" t="n">
+      <c r="CX47" s="15" t="n">
         <v>23.3</v>
       </c>
-      <c r="CW47" s="15" t="n">
+      <c r="CY47" s="15" t="n">
         <v>-19.5</v>
       </c>
-      <c r="CX47" s="15" t="n">
+      <c r="CZ47" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="CY47" s="15" t="n">
+      <c r="DA47" s="15" t="n">
         <v>-11.3</v>
       </c>
-      <c r="CZ47" s="15" t="n">
+      <c r="DB47" s="15" t="n">
         <v>25.5</v>
       </c>
-      <c r="DA47" s="15" t="n">
+      <c r="DC47" s="15" t="n">
         <v>-19.6</v>
       </c>
-      <c r="DB47" s="15" t="n">
+      <c r="DD47" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="DC47" s="15" t="n">
+      <c r="DE47" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="DD47" s="15" t="n">
+      <c r="DF47" s="15" t="n">
         <v>26.4</v>
       </c>
-      <c r="DE47" s="15" t="n">
+      <c r="DG47" s="15" t="n">
         <v>-18.6</v>
       </c>
-      <c r="DF47" s="15" t="n">
+      <c r="DH47" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="DG47" s="15" t="n">
+      <c r="DI47" s="15" t="n">
         <v>-11.2</v>
       </c>
-      <c r="DH47" s="15" t="n">
+      <c r="DJ47" s="15" t="n">
         <v>20.7</v>
       </c>
-      <c r="DI47" s="15" t="n">
+      <c r="DK47" s="15" t="n">
         <v>-12.8</v>
       </c>
-      <c r="DJ47" s="15" t="n">
+      <c r="DL47" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="DK47" s="15" t="n">
+      <c r="DM47" s="15" t="n">
         <v>-21.8</v>
       </c>
-      <c r="DL47" s="15" t="n">
+      <c r="DN47" s="15" t="n">
         <v>20.6</v>
       </c>
-      <c r="DM47" s="15" t="n">
+      <c r="DO47" s="15" t="n">
         <v>-16.7</v>
       </c>
-      <c r="DN47" s="15" t="n">
+      <c r="DP47" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="DO47" s="15" t="n">
+      <c r="DQ47" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="DP47" s="15" t="n">
+      <c r="DR47" s="15" t="n">
         <v>20.2</v>
       </c>
-      <c r="DQ47" s="15" t="n">
+      <c r="DS47" s="15" t="n">
         <v>-16.5</v>
       </c>
-      <c r="DR47" s="15" t="n">
+      <c r="DT47" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="DS47" s="15" t="n">
+      <c r="DU47" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="DT47" s="15" t="n">
+      <c r="DV47" s="15" t="n">
         <v>21.3</v>
       </c>
-      <c r="DU47" s="15" t="n">
+      <c r="DW47" s="15" t="n">
         <v>-21.2</v>
       </c>
-      <c r="DV47" s="15" t="n">
+      <c r="DX47" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="DW47" s="15" t="n">
+      <c r="DY47" s="15" t="n">
         <v>-11.1</v>
       </c>
-      <c r="DX47" s="15" t="n">
+      <c r="DZ47" s="15" t="n">
         <v>28.7</v>
       </c>
-      <c r="DY47" s="15" t="n">
+      <c r="EA47" s="15" t="n">
         <v>-19.9</v>
       </c>
-      <c r="DZ47" s="15" t="n">
+      <c r="EB47" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="EA47" s="15" t="n">
+      <c r="EC47" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="EB47" s="15" t="n">
+      <c r="ED47" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="EC47" s="15" t="n">
+      <c r="EE47" s="15" t="n">
         <v>-23.1</v>
       </c>
-      <c r="ED47" s="15" t="n">
+      <c r="EF47" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="EE47" s="15" t="n">
+      <c r="EG47" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EF47" s="15" t="n">
+      <c r="EH47" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="EG47" s="15" t="n">
+      <c r="EI47" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="EH47" s="15" t="n">
+      <c r="EJ47" s="15" t="n">
         <v>23.6</v>
       </c>
-      <c r="EI47" s="15" t="n">
+      <c r="EK47" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="EJ47" s="15" t="n">
+      <c r="EL47" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="EK47" s="15" t="n">
+      <c r="EM47" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="EL47" s="15" t="n">
+      <c r="EN47" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="EM47" s="15" t="n">
+      <c r="EO47" s="15" t="n">
         <v>-24.5</v>
       </c>
-      <c r="EN47" s="15" t="n">
+      <c r="EP47" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="EO47" s="15" t="n">
+      <c r="EQ47" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="EP47" s="15" t="n">
+      <c r="ER47" s="15" t="n">
         <v>12.5</v>
       </c>
-      <c r="EQ47" s="15" t="n">
+      <c r="ES47" s="15" t="n">
         <v>-6.8</v>
       </c>
-      <c r="ER47" s="15" t="n">
+      <c r="ET47" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="ES47" s="15" t="n">
+      <c r="EU47" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="ET47" s="15" t="n">
+      <c r="EV47" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="EU47" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="EV47" s="15" t="n">
+      <c r="EW47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX47" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="EY47" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EZ47" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="FA47" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="FB47" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="FC47" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="FD47" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="FE47" s="15" t="n">
+        <v>-7.6</v>
+      </c>
+      <c r="FF47" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="FG47" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="FH47" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="FI47" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="FJ47" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="FK47" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="FL47" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="FM47" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="FN47" s="15" t="n">
+        <v>-9.0</v>
+      </c>
+      <c r="FO47" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="FP47" s="15" t="n">
+        <v>-12.9</v>
+      </c>
+      <c r="FQ47" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="FR47" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="FS47" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="FT47" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="FU47" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="FV47" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="FW47" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="FX47" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="FY47" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="FZ47" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GA47" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="GB47" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="GC47" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="GD47" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="GE47" s="15" t="n">
+        <v>-4.6</v>
+      </c>
+      <c r="GF47" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="EW47" s="15" t="n">
-[...8 lines deleted...]
-      <c r="EZ47" s="15" t="n">
+      <c r="GG47" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="GH47" s="15" t="n">
+        <v>-12.1</v>
+      </c>
+      <c r="GI47" s="15" t="n">
+        <v>-12.2</v>
+      </c>
+      <c r="GJ47" s="15" t="n">
+        <v>-16.2</v>
+      </c>
+      <c r="GK47" s="15" t="n">
+        <v>-14.1</v>
+      </c>
+      <c r="GL47" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="GM47" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="GN47" s="15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="GO47" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="GP47" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="FA47" s="15" t="n">
-[...77 lines deleted...]
-      <c r="GA47" s="15" t="n">
+      <c r="GQ47" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="GR47" s="15" t="n">
+        <v>-7.4</v>
+      </c>
+      <c r="GS47" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GT47" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="GU47" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="GV47" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="GW47" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GB47" s="15" t="n">
-[...8 lines deleted...]
-      <c r="GE47" s="15" t="n">
+      <c r="GX47" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="GY47" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="GZ47" s="15" t="n">
         <v>-12.1</v>
       </c>
-      <c r="GF47" s="15" t="n">
-[...8 lines deleted...]
-      <c r="GI47" s="15" t="n">
+      <c r="HA47" s="15" t="n">
+        <v>-10.7</v>
+      </c>
+      <c r="HB47" s="15" t="n">
+        <v>-6.7</v>
+      </c>
+      <c r="HC47" s="15" t="n">
+        <v>-17.9</v>
+      </c>
+      <c r="HD47" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="GJ47" s="15" t="n">
-[...11 lines deleted...]
-      <c r="GN47" s="15" t="n">
+      <c r="HE47" s="15" t="n">
+        <v>23.8</v>
+      </c>
+      <c r="HF47" s="15" t="n">
+        <v>38.1</v>
+      </c>
+      <c r="HG47" s="15" t="n">
+        <v>50.5</v>
+      </c>
+      <c r="HH47" s="15" t="n">
+        <v>40.3</v>
+      </c>
+      <c r="HI47" s="15" t="n">
+        <v>22.2</v>
+      </c>
+      <c r="HJ47" s="15" t="n">
+        <v>-17.2</v>
+      </c>
+      <c r="HK47" s="15" t="n">
+        <v>-19.2</v>
+      </c>
+      <c r="HL47" s="15" t="n">
+        <v>-20.1</v>
+      </c>
+      <c r="HM47" s="15" t="n">
+        <v>-16.5</v>
+      </c>
+      <c r="HN47" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="HO47" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="HP47" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="HQ47" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="GO47" s="15" t="n">
-[...91 lines deleted...]
-      </c>
       <c r="HR47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU47" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="6" t="inlineStr">
         <is>
           <t>73.2 Market research</t>
         </is>
       </c>
       <c r="B48" s="14" t="n">
-        <v>109.864</v>
+        <v>107.679</v>
       </c>
       <c r="C48" s="14" t="n">
-        <v>109.928</v>
+        <v>108.375</v>
       </c>
       <c r="D48" s="14" t="n">
-        <v>109.364</v>
+        <v>109.424</v>
       </c>
       <c r="E48" s="14" t="n">
-        <v>106.51</v>
+        <v>109.402</v>
       </c>
       <c r="F48" s="14" t="n">
+        <v>106.564</v>
+      </c>
+      <c r="G48" s="14" t="n">
         <v>106.538</v>
       </c>
-      <c r="G48" s="14" t="n">
+      <c r="H48" s="14" t="n">
         <v>105.972</v>
       </c>
-      <c r="H48" s="14" t="n">
+      <c r="I48" s="14" t="n">
         <v>106.273</v>
       </c>
-      <c r="I48" s="14" t="n">
+      <c r="J48" s="14" t="n">
         <v>104.818</v>
       </c>
-      <c r="J48" s="14" t="n">
+      <c r="K48" s="14" t="n">
         <v>105.198</v>
       </c>
-      <c r="K48" s="14" t="n">
+      <c r="L48" s="14" t="n">
         <v>105.122</v>
       </c>
-      <c r="L48" s="14" t="n">
+      <c r="M48" s="14" t="n">
         <v>104.961</v>
       </c>
-      <c r="M48" s="14" t="n">
+      <c r="N48" s="14" t="n">
         <v>102.291</v>
       </c>
-      <c r="N48" s="14" t="n">
+      <c r="O48" s="14" t="n">
         <v>102.204</v>
       </c>
-      <c r="O48" s="14" t="n">
+      <c r="P48" s="14" t="n">
         <v>102.135</v>
       </c>
-      <c r="P48" s="14" t="n">
+      <c r="Q48" s="14" t="n">
         <v>102.398</v>
       </c>
-      <c r="Q48" s="14" t="n">
+      <c r="R48" s="14" t="n">
         <v>99.966</v>
       </c>
-      <c r="R48" s="14" t="n">
+      <c r="S48" s="14" t="n">
         <v>100.005</v>
       </c>
-      <c r="S48" s="14" t="n">
+      <c r="T48" s="14" t="n">
         <v>100.042</v>
       </c>
-      <c r="T48" s="14" t="n">
+      <c r="U48" s="14" t="n">
         <v>99.987</v>
       </c>
-      <c r="U48" s="14" t="n">
+      <c r="V48" s="14" t="n">
         <v>96.25</v>
       </c>
-      <c r="V48" s="14" t="n">
+      <c r="W48" s="14" t="n">
         <v>96.32</v>
       </c>
-      <c r="W48" s="14" t="n">
+      <c r="X48" s="14" t="n">
         <v>96.154</v>
       </c>
-      <c r="X48" s="14" t="n">
+      <c r="Y48" s="14" t="n">
         <v>96.204</v>
       </c>
-      <c r="Y48" s="14" t="n">
+      <c r="Z48" s="14" t="n">
         <v>94.863</v>
       </c>
-      <c r="Z48" s="14" t="n">
+      <c r="AA48" s="14" t="n">
         <v>94.924</v>
       </c>
-      <c r="AA48" s="14" t="n">
+      <c r="AB48" s="14" t="n">
         <v>95.023</v>
       </c>
-      <c r="AB48" s="14" t="n">
+      <c r="AC48" s="14" t="n">
         <v>94.517</v>
       </c>
-      <c r="AC48" s="14" t="n">
+      <c r="AD48" s="14" t="n">
         <v>94.444</v>
       </c>
-      <c r="AD48" s="14" t="n">
+      <c r="AE48" s="14" t="n">
         <v>94.435</v>
       </c>
-      <c r="AE48" s="14" t="n">
+      <c r="AF48" s="14" t="n">
         <v>94.282</v>
       </c>
-      <c r="AF48" s="14" t="n">
+      <c r="AG48" s="14" t="n">
         <v>94.56</v>
       </c>
-      <c r="AG48" s="14" t="n">
+      <c r="AH48" s="14" t="n">
         <v>93.848</v>
       </c>
-      <c r="AH48" s="14" t="n">
+      <c r="AI48" s="14" t="n">
         <v>93.792</v>
       </c>
-      <c r="AI48" s="14" t="n">
+      <c r="AJ48" s="14" t="n">
         <v>93.72</v>
       </c>
-      <c r="AJ48" s="14" t="n">
+      <c r="AK48" s="14" t="n">
         <v>93.682</v>
       </c>
-      <c r="AK48" s="14" t="n">
+      <c r="AL48" s="14" t="n">
         <v>94.037</v>
       </c>
-      <c r="AL48" s="14" t="n">
+      <c r="AM48" s="14" t="n">
         <v>94.27</v>
       </c>
-      <c r="AM48" s="14" t="n">
+      <c r="AN48" s="14" t="n">
         <v>94.301</v>
       </c>
-      <c r="AN48" s="14" t="n">
+      <c r="AO48" s="14" t="n">
         <v>94.246</v>
       </c>
-      <c r="AO48" s="14" t="n">
+      <c r="AP48" s="14" t="n">
         <v>93.109</v>
       </c>
-      <c r="AP48" s="14" t="n">
+      <c r="AQ48" s="14" t="n">
         <v>93.111</v>
       </c>
-      <c r="AQ48" s="14" t="n">
+      <c r="AR48" s="14" t="n">
         <v>93.25</v>
       </c>
-      <c r="AR48" s="14" t="n">
+      <c r="AS48" s="14" t="n">
         <v>93.201</v>
       </c>
-      <c r="AS48" s="14" t="n">
+      <c r="AT48" s="14" t="n">
         <v>92.444</v>
       </c>
-      <c r="AT48" s="14" t="n">
+      <c r="AU48" s="14" t="n">
         <v>92.247</v>
       </c>
-      <c r="AU48" s="14" t="n">
+      <c r="AV48" s="14" t="n">
         <v>92.325</v>
       </c>
-      <c r="AV48" s="14" t="n">
+      <c r="AW48" s="14" t="n">
         <v>92.28</v>
       </c>
-      <c r="AW48" s="14" t="n">
+      <c r="AX48" s="14" t="n">
         <v>92.748</v>
       </c>
-      <c r="AX48" s="14" t="n">
+      <c r="AY48" s="14" t="n">
         <v>92.804</v>
       </c>
-      <c r="AY48" s="14" t="n">
+      <c r="AZ48" s="14" t="n">
         <v>92.703</v>
       </c>
-      <c r="AZ48" s="14" t="n">
+      <c r="BA48" s="14" t="n">
         <v>93.498</v>
       </c>
-      <c r="BA48" s="14" t="n">
+      <c r="BB48" s="14" t="n">
         <v>92.683</v>
       </c>
-      <c r="BB48" s="14" t="n">
+      <c r="BC48" s="14" t="n">
         <v>92.382</v>
       </c>
-      <c r="BC48" s="14" t="n">
+      <c r="BD48" s="14" t="n">
         <v>92.397</v>
       </c>
-      <c r="BD48" s="14" t="n">
+      <c r="BE48" s="14" t="n">
         <v>92.41</v>
       </c>
-      <c r="BE48" s="14" t="n">
+      <c r="BF48" s="14" t="n">
         <v>92.848</v>
       </c>
-      <c r="BF48" s="14" t="n">
+      <c r="BG48" s="14" t="n">
         <v>92.859</v>
       </c>
-      <c r="BG48" s="14" t="n">
+      <c r="BH48" s="14" t="n">
         <v>92.857</v>
       </c>
-      <c r="BH48" s="14" t="n">
+      <c r="BI48" s="14" t="n">
         <v>92.844</v>
       </c>
-      <c r="BI48" s="14" t="n">
+      <c r="BJ48" s="14" t="n">
         <v>90.815</v>
       </c>
-      <c r="BJ48" s="14" t="n">
+      <c r="BK48" s="14" t="n">
         <v>90.838</v>
       </c>
-      <c r="BK48" s="14" t="n">
+      <c r="BL48" s="14" t="n">
         <v>90.96</v>
       </c>
-      <c r="BL48" s="14" t="n">
+      <c r="BM48" s="14" t="n">
         <v>90.933</v>
       </c>
-      <c r="BM48" s="14" t="n">
+      <c r="BN48" s="14" t="n">
         <v>91.554</v>
       </c>
-      <c r="BN48" s="14" t="n">
+      <c r="BO48" s="14" t="n">
         <v>91.408</v>
       </c>
-      <c r="BO48" s="14" t="n">
+      <c r="BP48" s="14" t="n">
         <v>91.087</v>
       </c>
-      <c r="BP48" s="14" t="n">
+      <c r="BQ48" s="14" t="n">
         <v>91.343</v>
       </c>
-      <c r="BQ48" s="14" t="n">
+      <c r="BR48" s="14" t="n">
         <v>91.933</v>
       </c>
-      <c r="BR48" s="14" t="n">
+      <c r="BS48" s="14" t="n">
         <v>91.961</v>
       </c>
-      <c r="BS48" s="14" t="n">
+      <c r="BT48" s="14" t="n">
         <v>91.817</v>
       </c>
-      <c r="BT48" s="14" t="n">
+      <c r="BU48" s="14" t="n">
         <v>91.926</v>
       </c>
-      <c r="BU48" s="14" t="n">
+      <c r="BV48" s="14" t="n">
         <v>90.097</v>
       </c>
-      <c r="BV48" s="14" t="n">
+      <c r="BW48" s="14" t="n">
         <v>90.554</v>
       </c>
-      <c r="BW48" s="14" t="n">
+      <c r="BX48" s="14" t="n">
         <v>90.427</v>
       </c>
-      <c r="BX48" s="14" t="n">
+      <c r="BY48" s="14" t="n">
         <v>90.339</v>
       </c>
-      <c r="BY48" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="BZ48" s="15" t="n">
-        <v>0.5</v>
+        <v>-0.6</v>
       </c>
       <c r="CA48" s="15" t="n">
-        <v>2.7</v>
+        <v>-1.0</v>
       </c>
       <c r="CB48" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="CC48" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="CD48" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE48" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CD48" s="15" t="n">
+      <c r="CF48" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CE48" s="15" t="n">
+      <c r="CG48" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="CF48" s="15" t="n">
+      <c r="CH48" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CG48" s="15" t="n">
+      <c r="CI48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CH48" s="15" t="n">
+      <c r="CJ48" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CI48" s="15" t="n">
+      <c r="CK48" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="CJ48" s="15" t="n">
+      <c r="CL48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CK48" s="15" t="n">
+      <c r="CM48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CL48" s="15" t="n">
+      <c r="CN48" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CM48" s="15" t="n">
+      <c r="CO48" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="CN48" s="15" t="n">
+      <c r="CP48" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CO48" s="15" t="n">
+      <c r="CQ48" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CP48" s="15" t="n">
+      <c r="CR48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CQ48" s="15" t="n">
+      <c r="CS48" s="15" t="n">
         <v>3.9</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="CT48" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="CU48" s="15" t="n">
-        <v>1.4</v>
+        <v>0.2</v>
       </c>
       <c r="CV48" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="CW48" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="CX48" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CX48" s="15" t="n">
+      <c r="CY48" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CZ48" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CY48" s="15" t="n">
+      <c r="DA48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CZ48" s="15" t="n">
+      <c r="DB48" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DA48" s="15" t="n">
+      <c r="DC48" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DB48" s="15" t="n">
+      <c r="DD48" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DC48" s="15" t="n">
+      <c r="DE48" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="DD48" s="15" t="n">
+      <c r="DF48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DE48" s="15" t="n">
+      <c r="DG48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DF48" s="15" t="n">
+      <c r="DH48" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DG48" s="15" t="n">
+      <c r="DI48" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DH48" s="15" t="n">
+      <c r="DJ48" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DI48" s="15" t="n">
+      <c r="DK48" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DJ48" s="15" t="n">
+      <c r="DL48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DK48" s="15" t="n">
+      <c r="DM48" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="DL48" s="15" t="n">
+      <c r="DN48" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DM48" s="15" t="n">
+      <c r="DO48" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DN48" s="15" t="n">
+      <c r="DP48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DO48" s="15" t="n">
+      <c r="DQ48" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="DP48" s="15" t="n">
+      <c r="DR48" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DQ48" s="15" t="n">
+      <c r="DS48" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DR48" s="15" t="n">
+      <c r="DT48" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DS48" s="15" t="n">
+      <c r="DU48" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DT48" s="15" t="n">
+      <c r="DV48" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DU48" s="15" t="n">
+      <c r="DW48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DV48" s="15" t="n">
+      <c r="DX48" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="DW48" s="15" t="n">
+      <c r="DY48" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="DX48" s="15" t="n">
+      <c r="DZ48" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DY48" s="15" t="n">
+      <c r="EA48" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.5</v>
       </c>
       <c r="EB48" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="EC48" s="15" t="n">
-        <v>0.0</v>
+        <v>-0.5</v>
       </c>
       <c r="ED48" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="EE48" s="15" t="n">
-        <v>2.2</v>
+        <v>0.0</v>
       </c>
       <c r="EF48" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="EG48" s="15" t="n">
-        <v>-0.1</v>
+        <v>2.2</v>
       </c>
       <c r="EH48" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="EI48" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="EJ48" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EK48" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="EJ48" s="15" t="n">
+      <c r="EL48" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EK48" s="15" t="n">
+      <c r="EM48" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="EL48" s="15" t="n">
+      <c r="EN48" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="EM48" s="15" t="n">
+      <c r="EO48" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="EN48" s="15" t="n">
+      <c r="EP48" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EO48" s="15" t="n">
+      <c r="EQ48" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EP48" s="15" t="n">
+      <c r="ER48" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EQ48" s="15" t="n">
+      <c r="ES48" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ER48" s="15" t="n">
+      <c r="ET48" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="ES48" s="15" t="n">
+      <c r="EU48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ET48" s="15" t="n">
+      <c r="EV48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EU48" s="13" t="inlineStr">
-[...8 lines deleted...]
-        <v>3.7</v>
+      <c r="EW48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="EX48" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="EY48" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="EZ48" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="FA48" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="EY48" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EZ48" s="15" t="n">
+      <c r="FB48" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="FC48" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FA48" s="15" t="n">
+      <c r="FD48" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="FB48" s="15" t="n">
+      <c r="FE48" s="15" t="n">
         <v>1.2</v>
-      </c>
-[...7 lines deleted...]
-        <v>2.9</v>
       </c>
       <c r="FF48" s="15" t="n">
         <v>2.5</v>
       </c>
       <c r="FG48" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="FH48" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="FI48" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="FJ48" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="FH48" s="15" t="n">
+      <c r="FK48" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="FI48" s="15" t="n">
+      <c r="FL48" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="FJ48" s="15" t="n">
+      <c r="FM48" s="15" t="n">
         <v>2.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>4.0</v>
       </c>
       <c r="FN48" s="15" t="n">
         <v>3.9</v>
       </c>
       <c r="FO48" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="FP48" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="FQ48" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="FR48" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="FP48" s="15" t="n">
+      <c r="FS48" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="FQ48" s="15" t="n">
+      <c r="FT48" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FR48" s="15" t="n">
+      <c r="FU48" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="FS48" s="15" t="n">
+      <c r="FV48" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="FT48" s="15" t="n">
+      <c r="FW48" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="FU48" s="15" t="n">
+      <c r="FX48" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="FV48" s="15" t="n">
+      <c r="FY48" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="FW48" s="15" t="n">
+      <c r="FZ48" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FX48" s="15" t="n">
+      <c r="GA48" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="FY48" s="15" t="n">
+      <c r="GB48" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FZ48" s="15" t="n">
+      <c r="GC48" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="GA48" s="15" t="n">
+      <c r="GD48" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GB48" s="15" t="n">
+      <c r="GE48" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GC48" s="15" t="n">
+      <c r="GF48" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="GD48" s="15" t="n">
+      <c r="GG48" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="GE48" s="15" t="n">
+      <c r="GH48" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="GF48" s="15" t="n">
+      <c r="GI48" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="GG48" s="15" t="n">
+      <c r="GJ48" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GH48" s="15" t="n">
+      <c r="GK48" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GI48" s="15" t="n">
+      <c r="GL48" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="GJ48" s="15" t="n">
+      <c r="GM48" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="GK48" s="15" t="n">
+      <c r="GN48" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="GL48" s="15" t="n">
+      <c r="GO48" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="GM48" s="15" t="n">
+      <c r="GP48" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="GN48" s="15" t="n">
+      <c r="GQ48" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="GO48" s="15" t="n">
+      <c r="GR48" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GP48" s="15" t="n">
+      <c r="GS48" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="GQ48" s="15" t="n">
+      <c r="GT48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GR48" s="15" t="n">
+      <c r="GU48" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="GS48" s="15" t="n">
+      <c r="GV48" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="GT48" s="15" t="n">
+      <c r="GW48" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="GU48" s="15" t="n">
+      <c r="GX48" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GV48" s="15" t="n">
+      <c r="GY48" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GW48" s="15" t="n">
+      <c r="GZ48" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GX48" s="15" t="n">
+      <c r="HA48" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GY48" s="15" t="n">
+      <c r="HB48" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="GZ48" s="15" t="n">
+      <c r="HC48" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="HA48" s="15" t="n">
+      <c r="HD48" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="HB48" s="15" t="n">
+      <c r="HE48" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="HC48" s="15" t="n">
+      <c r="HF48" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="HD48" s="15" t="n">
+      <c r="HG48" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="HE48" s="15" t="n">
+      <c r="HH48" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="HF48" s="15" t="n">
+      <c r="HI48" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="HG48" s="15" t="n">
+      <c r="HJ48" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="HH48" s="15" t="n">
+      <c r="HK48" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="HI48" s="15" t="n">
+      <c r="HL48" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="HJ48" s="15" t="n">
+      <c r="HM48" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="HK48" s="15" t="n">
+      <c r="HN48" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="HL48" s="15" t="n">
+      <c r="HO48" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="HM48" s="15" t="n">
+      <c r="HP48" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="HN48" s="15" t="n">
+      <c r="HQ48" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="HO48" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HR48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU48" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="6" t="inlineStr">
         <is>
           <t>74 Other professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
-        <v>107.04</v>
+        <v>107.661</v>
       </c>
       <c r="C49" s="14" t="n">
-        <v>107.115</v>
+        <v>107.238</v>
       </c>
       <c r="D49" s="14" t="n">
-        <v>106.705</v>
+        <v>107.111</v>
       </c>
       <c r="E49" s="14" t="n">
+        <v>106.702</v>
+      </c>
+      <c r="F49" s="14" t="n">
         <v>105.38</v>
       </c>
-      <c r="F49" s="14" t="n">
+      <c r="G49" s="14" t="n">
         <v>104.39</v>
       </c>
-      <c r="G49" s="14" t="n">
+      <c r="H49" s="14" t="n">
         <v>104.052</v>
       </c>
-      <c r="H49" s="14" t="n">
+      <c r="I49" s="14" t="n">
         <v>103.646</v>
       </c>
-      <c r="I49" s="14" t="n">
+      <c r="J49" s="14" t="n">
         <v>105.104</v>
       </c>
-      <c r="J49" s="14" t="n">
+      <c r="K49" s="14" t="n">
         <v>103.645</v>
       </c>
-      <c r="K49" s="14" t="n">
+      <c r="L49" s="14" t="n">
         <v>103.93</v>
       </c>
-      <c r="L49" s="14" t="n">
+      <c r="M49" s="14" t="n">
         <v>102.419</v>
       </c>
-      <c r="M49" s="14" t="n">
+      <c r="N49" s="14" t="n">
         <v>101.988</v>
       </c>
-      <c r="N49" s="14" t="n">
+      <c r="O49" s="14" t="n">
         <v>100.136</v>
       </c>
-      <c r="O49" s="14" t="n">
+      <c r="P49" s="14" t="n">
         <v>101.435</v>
       </c>
-      <c r="P49" s="14" t="n">
+      <c r="Q49" s="14" t="n">
         <v>101.149</v>
       </c>
-      <c r="Q49" s="14" t="n">
+      <c r="R49" s="14" t="n">
         <v>101.589</v>
       </c>
-      <c r="R49" s="14" t="n">
+      <c r="S49" s="14" t="n">
         <v>99.531</v>
       </c>
-      <c r="S49" s="14" t="n">
+      <c r="T49" s="14" t="n">
         <v>100.079</v>
       </c>
-      <c r="T49" s="14" t="n">
+      <c r="U49" s="14" t="n">
         <v>98.801</v>
       </c>
-      <c r="U49" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -39518,114 +39915,112 @@
       <c r="BT49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY49" s="15" t="n">
-        <v>-0.1</v>
+      <c r="BY49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="BZ49" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="CA49" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CB49" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CC49" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CB49" s="15" t="n">
+      <c r="CD49" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CC49" s="15" t="n">
+      <c r="CE49" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CD49" s="15" t="n">
+      <c r="CF49" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CE49" s="15" t="n">
+      <c r="CG49" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="CF49" s="15" t="n">
+      <c r="CH49" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="CG49" s="15" t="n">
+      <c r="CI49" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CH49" s="15" t="n">
+      <c r="CJ49" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CI49" s="15" t="n">
+      <c r="CK49" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CJ49" s="15" t="n">
+      <c r="CL49" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="CK49" s="15" t="n">
+      <c r="CM49" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="CL49" s="15" t="n">
+      <c r="CN49" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CM49" s="15" t="n">
+      <c r="CO49" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CN49" s="15" t="n">
+      <c r="CP49" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="CO49" s="15" t="n">
+      <c r="CQ49" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CP49" s="15" t="n">
+      <c r="CR49" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CQ49" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -39857,110 +40252,108 @@
       <c r="EQ49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV49" s="15" t="n">
+      <c r="EV49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX49" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="EY49" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="EZ49" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="FA49" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="FB49" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="FC49" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="FD49" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="FE49" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="FF49" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="FG49" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="FH49" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="EW49" s="15" t="n">
-[...26 lines deleted...]
-      <c r="FF49" s="15" t="n">
+      <c r="FI49" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FG49" s="15" t="n">
+      <c r="FJ49" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="FH49" s="15" t="n">
+      <c r="FK49" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FI49" s="15" t="n">
+      <c r="FL49" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FJ49" s="15" t="n">
+      <c r="FM49" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="FK49" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -40198,123 +40591,136 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="6" t="inlineStr">
         <is>
           <t>N Administrative and support services activities</t>
         </is>
       </c>
       <c r="B50" s="14" t="n">
-        <v>114.895</v>
+        <v>113.089</v>
       </c>
       <c r="C50" s="14" t="n">
-        <v>113.038</v>
+        <v>115.13</v>
       </c>
       <c r="D50" s="14" t="n">
-        <v>111.52</v>
+        <v>112.956</v>
       </c>
       <c r="E50" s="14" t="n">
-        <v>112.654</v>
+        <v>111.479</v>
       </c>
       <c r="F50" s="14" t="n">
+        <v>112.636</v>
+      </c>
+      <c r="G50" s="14" t="n">
         <v>114.667</v>
       </c>
-      <c r="G50" s="14" t="n">
+      <c r="H50" s="14" t="n">
         <v>111.793</v>
       </c>
-      <c r="H50" s="14" t="n">
+      <c r="I50" s="14" t="n">
         <v>109.612</v>
       </c>
-      <c r="I50" s="14" t="n">
+      <c r="J50" s="14" t="n">
         <v>109.211</v>
       </c>
-      <c r="J50" s="14" t="n">
+      <c r="K50" s="14" t="n">
         <v>111.909</v>
       </c>
-      <c r="K50" s="14" t="n">
+      <c r="L50" s="14" t="n">
         <v>109.431</v>
       </c>
-      <c r="L50" s="14" t="n">
+      <c r="M50" s="14" t="n">
         <v>105.069</v>
       </c>
-      <c r="M50" s="14" t="n">
+      <c r="N50" s="14" t="n">
         <v>104.243</v>
       </c>
-      <c r="N50" s="14" t="n">
+      <c r="O50" s="14" t="n">
         <v>112.556</v>
       </c>
-      <c r="O50" s="14" t="n">
+      <c r="P50" s="14" t="n">
         <v>106.713</v>
       </c>
-      <c r="P50" s="14" t="n">
+      <c r="Q50" s="14" t="n">
         <v>99.937</v>
       </c>
-      <c r="Q50" s="14" t="n">
+      <c r="R50" s="14" t="n">
         <v>99.564</v>
       </c>
-      <c r="R50" s="14" t="n">
+      <c r="S50" s="14" t="n">
         <v>101.83</v>
       </c>
-      <c r="S50" s="14" t="n">
+      <c r="T50" s="14" t="n">
         <v>99.659</v>
       </c>
-      <c r="T50" s="14" t="n">
+      <c r="U50" s="14" t="n">
         <v>98.948</v>
       </c>
-      <c r="U50" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -40546,114 +40952,112 @@
       <c r="BT50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY50" s="15" t="n">
-        <v>1.6</v>
+      <c r="BY50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="BZ50" s="15" t="n">
-        <v>1.4</v>
+        <v>-1.8</v>
       </c>
       <c r="CA50" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="CB50" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="CC50" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="CB50" s="15" t="n">
+      <c r="CD50" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="CC50" s="15" t="n">
+      <c r="CE50" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="CD50" s="15" t="n">
+      <c r="CF50" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="CE50" s="15" t="n">
+      <c r="CG50" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CF50" s="15" t="n">
+      <c r="CH50" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="CG50" s="15" t="n">
+      <c r="CI50" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="CH50" s="15" t="n">
+      <c r="CJ50" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="CI50" s="15" t="n">
+      <c r="CK50" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CJ50" s="15" t="n">
+      <c r="CL50" s="15" t="n">
         <v>-7.4</v>
       </c>
-      <c r="CK50" s="15" t="n">
+      <c r="CM50" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="CL50" s="15" t="n">
+      <c r="CN50" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="CM50" s="15" t="n">
+      <c r="CO50" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CN50" s="15" t="n">
+      <c r="CP50" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="CO50" s="15" t="n">
+      <c r="CQ50" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="CP50" s="15" t="n">
+      <c r="CR50" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CQ50" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -40885,110 +41289,108 @@
       <c r="EQ50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV50" s="15" t="n">
-[...3 lines deleted...]
-        <v>1.1</v>
+      <c r="EV50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="EX50" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="EY50" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="EZ50" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="FA50" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="EY50" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EZ50" s="15" t="n">
+      <c r="FB50" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="FC50" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="FA50" s="15" t="n">
+      <c r="FD50" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="FB50" s="15" t="n">
+      <c r="FE50" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="FC50" s="15" t="n">
+      <c r="FF50" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="FD50" s="15" t="n">
+      <c r="FG50" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="FE50" s="15" t="n">
+      <c r="FH50" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="FF50" s="15" t="n">
+      <c r="FI50" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="FG50" s="15" t="n">
+      <c r="FJ50" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="FH50" s="15" t="n">
+      <c r="FK50" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="FI50" s="15" t="n">
+      <c r="FL50" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="FJ50" s="15" t="n">
+      <c r="FM50" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FK50" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -41226,123 +41628,136 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="6" t="inlineStr">
         <is>
           <t>77 Rental and leasing activities</t>
         </is>
       </c>
       <c r="B51" s="14" t="n">
-        <v>102.331</v>
+        <v>100.378</v>
       </c>
       <c r="C51" s="14" t="n">
-        <v>102.049</v>
+        <v>101.548</v>
       </c>
       <c r="D51" s="14" t="n">
+        <v>101.791</v>
+      </c>
+      <c r="E51" s="14" t="n">
         <v>101.505</v>
       </c>
-      <c r="E51" s="14" t="n">
+      <c r="F51" s="14" t="n">
         <v>102.853</v>
       </c>
-      <c r="F51" s="14" t="n">
+      <c r="G51" s="14" t="n">
         <v>103.529</v>
       </c>
-      <c r="G51" s="14" t="n">
+      <c r="H51" s="14" t="n">
         <v>100.636</v>
       </c>
-      <c r="H51" s="14" t="n">
+      <c r="I51" s="14" t="n">
         <v>99.95</v>
       </c>
-      <c r="I51" s="14" t="n">
+      <c r="J51" s="14" t="n">
         <v>100.16</v>
       </c>
-      <c r="J51" s="14" t="n">
+      <c r="K51" s="14" t="n">
         <v>103.159</v>
       </c>
-      <c r="K51" s="14" t="n">
+      <c r="L51" s="14" t="n">
         <v>99.805</v>
       </c>
-      <c r="L51" s="14" t="n">
+      <c r="M51" s="14" t="n">
         <v>99.094</v>
       </c>
-      <c r="M51" s="14" t="n">
+      <c r="N51" s="14" t="n">
         <v>99.006</v>
       </c>
-      <c r="N51" s="14" t="n">
+      <c r="O51" s="14" t="n">
         <v>105.335</v>
       </c>
-      <c r="O51" s="14" t="n">
+      <c r="P51" s="14" t="n">
         <v>105.781</v>
       </c>
-      <c r="P51" s="14" t="n">
+      <c r="Q51" s="14" t="n">
         <v>96.066</v>
       </c>
-      <c r="Q51" s="14" t="n">
+      <c r="R51" s="14" t="n">
         <v>100.739</v>
       </c>
-      <c r="R51" s="14" t="n">
+      <c r="S51" s="14" t="n">
         <v>102.539</v>
       </c>
-      <c r="S51" s="14" t="n">
+      <c r="T51" s="14" t="n">
         <v>99.478</v>
       </c>
-      <c r="T51" s="14" t="n">
+      <c r="U51" s="14" t="n">
         <v>97.245</v>
       </c>
-      <c r="U51" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -41574,114 +41989,112 @@
       <c r="BT51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY51" s="15" t="n">
+      <c r="BY51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ51" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="CA51" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="CB51" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="BZ51" s="15" t="n">
-[...2 lines deleted...]
-      <c r="CA51" s="15" t="n">
+      <c r="CC51" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="CB51" s="15" t="n">
+      <c r="CD51" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="CC51" s="15" t="n">
+      <c r="CE51" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="CD51" s="15" t="n">
+      <c r="CF51" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CE51" s="15" t="n">
+      <c r="CG51" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CF51" s="15" t="n">
+      <c r="CH51" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="CG51" s="15" t="n">
+      <c r="CI51" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="CH51" s="15" t="n">
+      <c r="CJ51" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CI51" s="15" t="n">
+      <c r="CK51" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CJ51" s="15" t="n">
+      <c r="CL51" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="CK51" s="15" t="n">
+      <c r="CM51" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CL51" s="15" t="n">
+      <c r="CN51" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="CM51" s="15" t="n">
+      <c r="CO51" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="CN51" s="15" t="n">
+      <c r="CP51" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="CO51" s="15" t="n">
+      <c r="CQ51" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="CP51" s="15" t="n">
+      <c r="CR51" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="CQ51" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -41913,110 +42326,108 @@
       <c r="EQ51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV51" s="15" t="n">
+      <c r="EV51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX51" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="EY51" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="EZ51" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="FA51" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="FB51" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="FC51" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FD51" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="FE51" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="FF51" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="FG51" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="FH51" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="FI51" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="FJ51" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="FK51" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="FL51" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="FM51" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="EW51" s="15" t="n">
-[...55 lines deleted...]
-      </c>
       <c r="FN51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -42254,815 +42665,837 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="6" t="inlineStr">
         <is>
           <t>78 Employment activities</t>
         </is>
       </c>
       <c r="B52" s="14" t="n">
-        <v>108.98</v>
+        <v>109.531</v>
       </c>
       <c r="C52" s="14" t="n">
+        <v>109.09</v>
+      </c>
+      <c r="D52" s="14" t="n">
         <v>108.854</v>
       </c>
-      <c r="D52" s="14" t="n">
+      <c r="E52" s="14" t="n">
         <v>108.578</v>
       </c>
-      <c r="E52" s="14" t="n">
+      <c r="F52" s="14" t="n">
         <v>106.951</v>
       </c>
-      <c r="F52" s="14" t="n">
+      <c r="G52" s="14" t="n">
         <v>106.692</v>
       </c>
-      <c r="G52" s="14" t="n">
+      <c r="H52" s="14" t="n">
         <v>106.662</v>
       </c>
-      <c r="H52" s="14" t="n">
+      <c r="I52" s="14" t="n">
         <v>105.254</v>
       </c>
-      <c r="I52" s="14" t="n">
+      <c r="J52" s="14" t="n">
         <v>104.006</v>
       </c>
-      <c r="J52" s="14" t="n">
+      <c r="K52" s="14" t="n">
         <v>104.094</v>
       </c>
-      <c r="K52" s="14" t="n">
+      <c r="L52" s="14" t="n">
         <v>103.874</v>
       </c>
-      <c r="L52" s="14" t="n">
+      <c r="M52" s="14" t="n">
         <v>103.515</v>
       </c>
-      <c r="M52" s="14" t="n">
+      <c r="N52" s="14" t="n">
         <v>101.868</v>
       </c>
-      <c r="N52" s="14" t="n">
+      <c r="O52" s="14" t="n">
         <v>101.245</v>
       </c>
-      <c r="O52" s="14" t="n">
+      <c r="P52" s="14" t="n">
         <v>100.4</v>
       </c>
-      <c r="P52" s="14" t="n">
+      <c r="Q52" s="14" t="n">
         <v>99.71</v>
       </c>
-      <c r="Q52" s="14" t="n">
+      <c r="R52" s="14" t="n">
         <v>99.618</v>
       </c>
-      <c r="R52" s="14" t="n">
+      <c r="S52" s="14" t="n">
         <v>100.037</v>
       </c>
-      <c r="S52" s="14" t="n">
+      <c r="T52" s="14" t="n">
         <v>99.856</v>
       </c>
-      <c r="T52" s="14" t="n">
+      <c r="U52" s="14" t="n">
         <v>100.489</v>
       </c>
-      <c r="U52" s="14" t="n">
+      <c r="V52" s="14" t="n">
         <v>100.609</v>
       </c>
-      <c r="V52" s="14" t="n">
+      <c r="W52" s="14" t="n">
         <v>100.315</v>
       </c>
-      <c r="W52" s="14" t="n">
+      <c r="X52" s="14" t="n">
         <v>100.425</v>
       </c>
-      <c r="X52" s="14" t="n">
+      <c r="Y52" s="14" t="n">
         <v>100.135</v>
       </c>
-      <c r="Y52" s="14" t="n">
+      <c r="Z52" s="14" t="n">
         <v>99.361</v>
       </c>
-      <c r="Z52" s="14" t="n">
+      <c r="AA52" s="14" t="n">
         <v>99.492</v>
       </c>
-      <c r="AA52" s="14" t="n">
+      <c r="AB52" s="14" t="n">
         <v>98.917</v>
       </c>
-      <c r="AB52" s="14" t="n">
+      <c r="AC52" s="14" t="n">
         <v>98.411</v>
       </c>
-      <c r="AC52" s="14" t="n">
+      <c r="AD52" s="14" t="n">
         <v>97.044</v>
       </c>
-      <c r="AD52" s="14" t="n">
+      <c r="AE52" s="14" t="n">
         <v>97.323</v>
       </c>
-      <c r="AE52" s="14" t="n">
+      <c r="AF52" s="14" t="n">
         <v>97.208</v>
       </c>
-      <c r="AF52" s="14" t="n">
+      <c r="AG52" s="14" t="n">
         <v>96.781</v>
       </c>
-      <c r="AG52" s="14" t="n">
+      <c r="AH52" s="14" t="n">
         <v>96.2</v>
       </c>
-      <c r="AH52" s="14" t="n">
+      <c r="AI52" s="14" t="n">
         <v>95.87</v>
       </c>
-      <c r="AI52" s="14" t="n">
+      <c r="AJ52" s="14" t="n">
         <v>96.383</v>
       </c>
-      <c r="AJ52" s="14" t="n">
+      <c r="AK52" s="14" t="n">
         <v>95.954</v>
       </c>
-      <c r="AK52" s="14" t="n">
+      <c r="AL52" s="14" t="n">
         <v>95.182</v>
       </c>
-      <c r="AL52" s="14" t="n">
+      <c r="AM52" s="14" t="n">
         <v>95.246</v>
       </c>
-      <c r="AM52" s="14" t="n">
+      <c r="AN52" s="14" t="n">
         <v>94.625</v>
       </c>
-      <c r="AN52" s="14" t="n">
+      <c r="AO52" s="14" t="n">
         <v>93.891</v>
       </c>
-      <c r="AO52" s="14" t="n">
+      <c r="AP52" s="14" t="n">
         <v>93.886</v>
       </c>
-      <c r="AP52" s="14" t="n">
+      <c r="AQ52" s="14" t="n">
         <v>94.213</v>
       </c>
-      <c r="AQ52" s="14" t="n">
+      <c r="AR52" s="14" t="n">
         <v>93.304</v>
       </c>
-      <c r="AR52" s="14" t="n">
+      <c r="AS52" s="14" t="n">
         <v>93.051</v>
       </c>
-      <c r="AS52" s="14" t="n">
+      <c r="AT52" s="14" t="n">
         <v>92.361</v>
       </c>
-      <c r="AT52" s="14" t="n">
+      <c r="AU52" s="14" t="n">
         <v>91.59</v>
       </c>
-      <c r="AU52" s="14" t="n">
+      <c r="AV52" s="14" t="n">
         <v>91.188</v>
       </c>
-      <c r="AV52" s="14" t="n">
+      <c r="AW52" s="14" t="n">
         <v>90.281</v>
       </c>
-      <c r="AW52" s="14" t="n">
+      <c r="AX52" s="14" t="n">
         <v>90.686</v>
       </c>
-      <c r="AX52" s="14" t="n">
+      <c r="AY52" s="14" t="n">
         <v>90.568</v>
       </c>
-      <c r="AY52" s="14" t="n">
+      <c r="AZ52" s="14" t="n">
         <v>90.567</v>
       </c>
-      <c r="AZ52" s="14" t="n">
+      <c r="BA52" s="14" t="n">
         <v>90.936</v>
       </c>
-      <c r="BA52" s="14" t="n">
+      <c r="BB52" s="14" t="n">
         <v>90.83</v>
       </c>
-      <c r="BB52" s="14" t="n">
+      <c r="BC52" s="14" t="n">
         <v>91.301</v>
       </c>
-      <c r="BC52" s="14" t="n">
+      <c r="BD52" s="14" t="n">
         <v>90.927</v>
       </c>
-      <c r="BD52" s="14" t="n">
+      <c r="BE52" s="14" t="n">
         <v>90.839</v>
       </c>
-      <c r="BE52" s="14" t="n">
+      <c r="BF52" s="14" t="n">
         <v>91.454</v>
       </c>
-      <c r="BF52" s="14" t="n">
+      <c r="BG52" s="14" t="n">
         <v>91.348</v>
       </c>
-      <c r="BG52" s="14" t="n">
+      <c r="BH52" s="14" t="n">
         <v>91.38</v>
       </c>
-      <c r="BH52" s="14" t="n">
+      <c r="BI52" s="14" t="n">
         <v>90.509</v>
       </c>
-      <c r="BI52" s="14" t="n">
+      <c r="BJ52" s="14" t="n">
         <v>90.448</v>
       </c>
-      <c r="BJ52" s="14" t="n">
+      <c r="BK52" s="14" t="n">
         <v>90.725</v>
       </c>
-      <c r="BK52" s="14" t="n">
+      <c r="BL52" s="14" t="n">
         <v>90.241</v>
       </c>
-      <c r="BL52" s="14" t="n">
+      <c r="BM52" s="14" t="n">
         <v>87.929</v>
       </c>
-      <c r="BM52" s="14" t="n">
+      <c r="BN52" s="14" t="n">
         <v>87.45</v>
       </c>
-      <c r="BN52" s="14" t="n">
+      <c r="BO52" s="14" t="n">
         <v>87.263</v>
       </c>
-      <c r="BO52" s="14" t="n">
+      <c r="BP52" s="14" t="n">
         <v>87.217</v>
       </c>
-      <c r="BP52" s="14" t="n">
+      <c r="BQ52" s="14" t="n">
         <v>87.73</v>
       </c>
-      <c r="BQ52" s="14" t="n">
+      <c r="BR52" s="14" t="n">
         <v>88.075</v>
       </c>
-      <c r="BR52" s="14" t="n">
+      <c r="BS52" s="14" t="n">
         <v>87.945</v>
       </c>
-      <c r="BS52" s="14" t="n">
+      <c r="BT52" s="14" t="n">
         <v>87.547</v>
       </c>
-      <c r="BT52" s="14" t="n">
+      <c r="BU52" s="14" t="n">
         <v>87.117</v>
       </c>
-      <c r="BU52" s="14" t="n">
+      <c r="BV52" s="14" t="n">
         <v>85.552</v>
       </c>
-      <c r="BV52" s="14" t="n">
+      <c r="BW52" s="14" t="n">
         <v>85.491</v>
       </c>
-      <c r="BW52" s="14" t="n">
+      <c r="BX52" s="14" t="n">
         <v>85.289</v>
       </c>
-      <c r="BX52" s="14" t="n">
+      <c r="BY52" s="14" t="n">
         <v>84.221</v>
       </c>
-      <c r="BY52" s="15" t="n">
+      <c r="BZ52" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CA52" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CB52" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CC52" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="CD52" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CE52" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF52" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="CG52" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="CH52" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CI52" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CJ52" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CK52" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="CL52" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="CM52" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CN52" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CO52" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="BZ52" s="15" t="n">
-[...5 lines deleted...]
-      <c r="CB52" s="15" t="n">
+      <c r="CP52" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="CQ52" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CC52" s="15" t="n">
-[...38 lines deleted...]
-      <c r="CP52" s="15" t="n">
+      <c r="CR52" s="15" t="n">
         <v>-0.6</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="CS52" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="CT52" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="CU52" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CV52" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CW52" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CV52" s="15" t="n">
+      <c r="CX52" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CW52" s="15" t="n">
+      <c r="CY52" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CX52" s="15" t="n">
+      <c r="CZ52" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CY52" s="15" t="n">
+      <c r="DA52" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="CZ52" s="15" t="n">
+      <c r="DB52" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DA52" s="15" t="n">
+      <c r="DC52" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DB52" s="15" t="n">
+      <c r="DD52" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DC52" s="15" t="n">
+      <c r="DE52" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="DD52" s="15" t="n">
+      <c r="DF52" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DE52" s="15" t="n">
+      <c r="DG52" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DF52" s="15" t="n">
+      <c r="DH52" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DG52" s="15" t="n">
+      <c r="DI52" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="DH52" s="15" t="n">
+      <c r="DJ52" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DI52" s="15" t="n">
+      <c r="DK52" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DJ52" s="15" t="n">
+      <c r="DL52" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="DK52" s="15" t="n">
+      <c r="DM52" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DL52" s="15" t="n">
+      <c r="DN52" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DM52" s="15" t="n">
+      <c r="DO52" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="DN52" s="15" t="n">
+      <c r="DP52" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DO52" s="15" t="n">
+      <c r="DQ52" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DP52" s="15" t="n">
+      <c r="DR52" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="DQ52" s="15" t="n">
+      <c r="DS52" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DR52" s="15" t="n">
+      <c r="DT52" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="DS52" s="15" t="n">
+      <c r="DU52" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DT52" s="15" t="n">
+      <c r="DV52" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DU52" s="15" t="n">
+      <c r="DW52" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DV52" s="15" t="n">
+      <c r="DX52" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DW52" s="15" t="n">
+      <c r="DY52" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DX52" s="15" t="n">
+      <c r="DZ52" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DY52" s="15" t="n">
+      <c r="EA52" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.7</v>
       </c>
       <c r="EB52" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="EC52" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="ED52" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="EE52" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ED52" s="15" t="n">
+      <c r="EF52" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="EE52" s="15" t="n">
+      <c r="EG52" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EF52" s="15" t="n">
+      <c r="EH52" s="15" t="n">
         <v>-0.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.6</v>
       </c>
       <c r="EI52" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="EJ52" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EK52" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="EL52" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EK52" s="15" t="n">
+      <c r="EM52" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EL52" s="15" t="n">
+      <c r="EN52" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="EM52" s="15" t="n">
+      <c r="EO52" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="EN52" s="15" t="n">
+      <c r="EP52" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EO52" s="15" t="n">
+      <c r="EQ52" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="EP52" s="15" t="n">
+      <c r="ER52" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="EQ52" s="15" t="n">
+      <c r="ES52" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="ER52" s="15" t="n">
+      <c r="ET52" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ES52" s="15" t="n">
+      <c r="EU52" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ET52" s="15" t="n">
+      <c r="EV52" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="EU52" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="EV52" s="15" t="n">
+      <c r="EW52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX52" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="EY52" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="EZ52" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="EW52" s="15" t="n">
+      <c r="FA52" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="FB52" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="FC52" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="FD52" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="FE52" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="FF52" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="EX52" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EY52" s="15" t="n">
+      <c r="FG52" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="EZ52" s="15" t="n">
-[...14 lines deleted...]
-      <c r="FE52" s="15" t="n">
+      <c r="FH52" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="FF52" s="15" t="n">
+      <c r="FI52" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="FG52" s="15" t="n">
+      <c r="FJ52" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="FH52" s="15" t="n">
+      <c r="FK52" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FI52" s="15" t="n">
+      <c r="FL52" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="FJ52" s="15" t="n">
+      <c r="FM52" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="FK52" s="15" t="n">
+      <c r="FN52" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="FL52" s="15" t="n">
+      <c r="FO52" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="FM52" s="15" t="n">
+      <c r="FP52" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="FN52" s="15" t="n">
+      <c r="FQ52" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="FO52" s="15" t="n">
+      <c r="FR52" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FP52" s="15" t="n">
+      <c r="FS52" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="FQ52" s="15" t="n">
+      <c r="FT52" s="15" t="n">
         <v>1.5</v>
-      </c>
-[...7 lines deleted...]
-        <v>2.2</v>
       </c>
       <c r="FU52" s="15" t="n">
         <v>1.8</v>
       </c>
       <c r="FV52" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="FW52" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="FX52" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="FY52" s="15" t="n">
         <v>1.7</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.9</v>
       </c>
       <c r="FZ52" s="15" t="n">
         <v>0.9</v>
       </c>
       <c r="GA52" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="GB52" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="GC52" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="GD52" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GB52" s="15" t="n">
+      <c r="GE52" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="GC52" s="15" t="n">
+      <c r="GF52" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="GD52" s="15" t="n">
+      <c r="GG52" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="GE52" s="15" t="n">
+      <c r="GH52" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="GF52" s="15" t="n">
+      <c r="GI52" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GG52" s="15" t="n">
+      <c r="GJ52" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="GH52" s="15" t="n">
+      <c r="GK52" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="GI52" s="15" t="n">
+      <c r="GL52" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="GJ52" s="15" t="n">
+      <c r="GM52" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="GK52" s="15" t="n">
+      <c r="GN52" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="GL52" s="15" t="n">
+      <c r="GO52" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="GM52" s="15" t="n">
+      <c r="GP52" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="GN52" s="15" t="n">
+      <c r="GQ52" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GO52" s="15" t="n">
+      <c r="GR52" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="GP52" s="15" t="n">
+      <c r="GS52" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="GQ52" s="15" t="n">
+      <c r="GT52" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GR52" s="15" t="n">
+      <c r="GU52" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="GS52" s="15" t="n">
+      <c r="GV52" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GT52" s="15" t="n">
+      <c r="GW52" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GU52" s="15" t="n">
+      <c r="GX52" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="GV52" s="15" t="n">
+      <c r="GY52" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GW52" s="15" t="n">
+      <c r="GZ52" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GX52" s="15" t="n">
+      <c r="HA52" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="GY52" s="15" t="n">
+      <c r="HB52" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GZ52" s="15" t="n">
+      <c r="HC52" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="HA52" s="15" t="n">
+      <c r="HD52" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="HB52" s="15" t="n">
+      <c r="HE52" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="HC52" s="15" t="n">
+      <c r="HF52" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="HD52" s="15" t="n">
+      <c r="HG52" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="HE52" s="15" t="n">
+      <c r="HH52" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="HF52" s="15" t="n">
+      <c r="HI52" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="HG52" s="15" t="n">
+      <c r="HJ52" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="HH52" s="15" t="n">
+      <c r="HK52" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="HI52" s="15" t="n">
+      <c r="HL52" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="HJ52" s="15" t="n">
+      <c r="HM52" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="HK52" s="15" t="n">
+      <c r="HN52" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="HL52" s="15" t="n">
+      <c r="HO52" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="HM52" s="15" t="n">
+      <c r="HP52" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="HN52" s="15" t="n">
+      <c r="HQ52" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="HO52" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HR52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU52" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="6" t="inlineStr">
         <is>
           <t>79 Travel agency, tour operator and other reservation service and related activities</t>
         </is>
       </c>
       <c r="B53" s="14" t="n">
-        <v>136.33</v>
+        <v>129.604</v>
       </c>
       <c r="C53" s="14" t="n">
+        <v>137.734</v>
+      </c>
+      <c r="D53" s="14" t="n">
         <v>129.361</v>
       </c>
-      <c r="D53" s="14" t="n">
+      <c r="E53" s="14" t="n">
         <v>124.702</v>
       </c>
-      <c r="E53" s="14" t="n">
+      <c r="F53" s="14" t="n">
         <v>131.301</v>
       </c>
-      <c r="F53" s="14" t="n">
+      <c r="G53" s="14" t="n">
         <v>139.087</v>
       </c>
-      <c r="G53" s="14" t="n">
+      <c r="H53" s="14" t="n">
         <v>129.966</v>
       </c>
-      <c r="H53" s="14" t="n">
+      <c r="I53" s="14" t="n">
         <v>123.873</v>
       </c>
-      <c r="I53" s="14" t="n">
+      <c r="J53" s="14" t="n">
         <v>124.437</v>
       </c>
-      <c r="J53" s="14" t="n">
+      <c r="K53" s="14" t="n">
         <v>133.064</v>
       </c>
-      <c r="K53" s="14" t="n">
+      <c r="L53" s="14" t="n">
         <v>125.534</v>
       </c>
-      <c r="L53" s="14" t="n">
+      <c r="M53" s="14" t="n">
         <v>110.433</v>
       </c>
-      <c r="M53" s="14" t="n">
+      <c r="N53" s="14" t="n">
         <v>110.427</v>
       </c>
-      <c r="N53" s="14" t="n">
+      <c r="O53" s="14" t="n">
         <v>136.48</v>
       </c>
-      <c r="O53" s="14" t="n">
+      <c r="P53" s="14" t="n">
         <v>116.816</v>
       </c>
-      <c r="P53" s="14" t="n">
+      <c r="Q53" s="14" t="n">
         <v>99.931</v>
       </c>
-      <c r="Q53" s="14" t="n">
+      <c r="R53" s="14" t="n">
         <v>97.417</v>
       </c>
-      <c r="R53" s="14" t="n">
+      <c r="S53" s="14" t="n">
         <v>104.649</v>
       </c>
-      <c r="S53" s="14" t="n">
+      <c r="T53" s="14" t="n">
         <v>99.604</v>
       </c>
-      <c r="T53" s="14" t="n">
+      <c r="U53" s="14" t="n">
         <v>98.331</v>
       </c>
-      <c r="U53" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -43294,114 +43727,112 @@
       <c r="BT53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY53" s="15" t="n">
-        <v>5.4</v>
+      <c r="BY53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="BZ53" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="CA53" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="CB53" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="CA53" s="15" t="n">
+      <c r="CC53" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="CB53" s="15" t="n">
+      <c r="CD53" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="CC53" s="15" t="n">
+      <c r="CE53" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="CD53" s="15" t="n">
+      <c r="CF53" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="CE53" s="15" t="n">
+      <c r="CG53" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CF53" s="15" t="n">
+      <c r="CH53" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="CG53" s="15" t="n">
+      <c r="CI53" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="CH53" s="15" t="n">
+      <c r="CJ53" s="15" t="n">
         <v>13.7</v>
       </c>
-      <c r="CI53" s="15" t="n">
+      <c r="CK53" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CJ53" s="15" t="n">
+      <c r="CL53" s="15" t="n">
         <v>-19.1</v>
       </c>
-      <c r="CK53" s="15" t="n">
+      <c r="CM53" s="15" t="n">
         <v>16.8</v>
       </c>
-      <c r="CL53" s="15" t="n">
+      <c r="CN53" s="15" t="n">
         <v>16.9</v>
       </c>
-      <c r="CM53" s="15" t="n">
+      <c r="CO53" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="CN53" s="15" t="n">
+      <c r="CP53" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="CO53" s="15" t="n">
+      <c r="CQ53" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="CP53" s="15" t="n">
+      <c r="CR53" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CQ53" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -43633,110 +44064,108 @@
       <c r="EQ53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV53" s="15" t="n">
-[...2 lines deleted...]
-      <c r="EW53" s="15" t="n">
+      <c r="EV53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX53" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="EY53" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="EZ53" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="EX53" s="15" t="n">
+      <c r="FA53" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="EY53" s="15" t="n">
+      <c r="FB53" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="EZ53" s="15" t="n">
+      <c r="FC53" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="FA53" s="15" t="n">
+      <c r="FD53" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="FB53" s="15" t="n">
+      <c r="FE53" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="FC53" s="15" t="n">
+      <c r="FF53" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="FD53" s="15" t="n">
+      <c r="FG53" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="FE53" s="15" t="n">
+      <c r="FH53" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="FF53" s="15" t="n">
+      <c r="FI53" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="FG53" s="15" t="n">
+      <c r="FJ53" s="15" t="n">
         <v>13.4</v>
       </c>
-      <c r="FH53" s="15" t="n">
+      <c r="FK53" s="15" t="n">
         <v>30.4</v>
       </c>
-      <c r="FI53" s="15" t="n">
+      <c r="FL53" s="15" t="n">
         <v>17.3</v>
       </c>
-      <c r="FJ53" s="15" t="n">
+      <c r="FM53" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="FK53" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -43974,815 +44403,837 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="6" t="inlineStr">
         <is>
           <t>80 Security and investigation activities</t>
         </is>
       </c>
       <c r="B54" s="14" t="n">
+        <v>112.276</v>
+      </c>
+      <c r="C54" s="14" t="n">
         <v>112.2</v>
       </c>
-      <c r="C54" s="14" t="n">
+      <c r="D54" s="14" t="n">
         <v>111.629</v>
       </c>
-      <c r="D54" s="14" t="n">
+      <c r="E54" s="14" t="n">
         <v>111.369</v>
       </c>
-      <c r="E54" s="14" t="n">
+      <c r="F54" s="14" t="n">
         <v>109.74</v>
       </c>
-      <c r="F54" s="14" t="n">
+      <c r="G54" s="14" t="n">
         <v>109.322</v>
       </c>
-      <c r="G54" s="14" t="n">
+      <c r="H54" s="14" t="n">
         <v>108.762</v>
       </c>
-      <c r="H54" s="14" t="n">
+      <c r="I54" s="14" t="n">
         <v>108.176</v>
       </c>
-      <c r="I54" s="14" t="n">
+      <c r="J54" s="14" t="n">
         <v>106.384</v>
       </c>
-      <c r="J54" s="14" t="n">
+      <c r="K54" s="14" t="n">
         <v>105.519</v>
       </c>
-      <c r="K54" s="14" t="n">
+      <c r="L54" s="14" t="n">
         <v>105.802</v>
       </c>
-      <c r="L54" s="14" t="n">
+      <c r="M54" s="14" t="n">
         <v>105.93</v>
       </c>
-      <c r="M54" s="14" t="n">
+      <c r="N54" s="14" t="n">
         <v>102.946</v>
       </c>
-      <c r="N54" s="14" t="n">
+      <c r="O54" s="14" t="n">
         <v>102.823</v>
       </c>
-      <c r="O54" s="14" t="n">
+      <c r="P54" s="14" t="n">
         <v>102.675</v>
       </c>
-      <c r="P54" s="14" t="n">
+      <c r="Q54" s="14" t="n">
         <v>102.719</v>
       </c>
-      <c r="Q54" s="14" t="n">
+      <c r="R54" s="14" t="n">
         <v>100.551</v>
       </c>
-      <c r="R54" s="14" t="n">
+      <c r="S54" s="14" t="n">
         <v>100.209</v>
       </c>
-      <c r="S54" s="14" t="n">
+      <c r="T54" s="14" t="n">
         <v>99.773</v>
       </c>
-      <c r="T54" s="14" t="n">
+      <c r="U54" s="14" t="n">
         <v>99.467</v>
       </c>
-      <c r="U54" s="14" t="n">
+      <c r="V54" s="14" t="n">
         <v>98.98</v>
       </c>
-      <c r="V54" s="14" t="n">
+      <c r="W54" s="14" t="n">
         <v>98.475</v>
       </c>
-      <c r="W54" s="14" t="n">
+      <c r="X54" s="14" t="n">
         <v>98.896</v>
       </c>
-      <c r="X54" s="14" t="n">
+      <c r="Y54" s="14" t="n">
         <v>99.047</v>
       </c>
-      <c r="Y54" s="14" t="n">
+      <c r="Z54" s="14" t="n">
         <v>97.463</v>
       </c>
-      <c r="Z54" s="14" t="n">
+      <c r="AA54" s="14" t="n">
         <v>97.59</v>
       </c>
-      <c r="AA54" s="14" t="n">
+      <c r="AB54" s="14" t="n">
         <v>97.338</v>
       </c>
-      <c r="AB54" s="14" t="n">
+      <c r="AC54" s="14" t="n">
         <v>97.292</v>
       </c>
-      <c r="AC54" s="14" t="n">
+      <c r="AD54" s="14" t="n">
         <v>96.28</v>
       </c>
-      <c r="AD54" s="14" t="n">
+      <c r="AE54" s="14" t="n">
         <v>95.86</v>
       </c>
-      <c r="AE54" s="14" t="n">
+      <c r="AF54" s="14" t="n">
         <v>95.405</v>
       </c>
-      <c r="AF54" s="14" t="n">
+      <c r="AG54" s="14" t="n">
         <v>95.097</v>
       </c>
-      <c r="AG54" s="14" t="n">
+      <c r="AH54" s="14" t="n">
         <v>94.793</v>
       </c>
-      <c r="AH54" s="14" t="n">
+      <c r="AI54" s="14" t="n">
         <v>95.024</v>
       </c>
-      <c r="AI54" s="14" t="n">
+      <c r="AJ54" s="14" t="n">
         <v>95.192</v>
       </c>
-      <c r="AJ54" s="14" t="n">
+      <c r="AK54" s="14" t="n">
         <v>95.519</v>
       </c>
-      <c r="AK54" s="14" t="n">
+      <c r="AL54" s="14" t="n">
         <v>94.864</v>
       </c>
-      <c r="AL54" s="14" t="n">
+      <c r="AM54" s="14" t="n">
         <v>94.804</v>
       </c>
-      <c r="AM54" s="14" t="n">
+      <c r="AN54" s="14" t="n">
         <v>94.635</v>
       </c>
-      <c r="AN54" s="14" t="n">
+      <c r="AO54" s="14" t="n">
         <v>95.15</v>
       </c>
-      <c r="AO54" s="14" t="n">
+      <c r="AP54" s="14" t="n">
         <v>95.206</v>
       </c>
-      <c r="AP54" s="14" t="n">
+      <c r="AQ54" s="14" t="n">
         <v>96.993</v>
       </c>
-      <c r="AQ54" s="14" t="n">
+      <c r="AR54" s="14" t="n">
         <v>97.31</v>
       </c>
-      <c r="AR54" s="14" t="n">
+      <c r="AS54" s="14" t="n">
         <v>96.875</v>
       </c>
-      <c r="AS54" s="14" t="n">
+      <c r="AT54" s="14" t="n">
         <v>95.475</v>
       </c>
-      <c r="AT54" s="14" t="n">
+      <c r="AU54" s="14" t="n">
         <v>95.901</v>
       </c>
-      <c r="AU54" s="14" t="n">
+      <c r="AV54" s="14" t="n">
         <v>95.482</v>
       </c>
-      <c r="AV54" s="14" t="n">
+      <c r="AW54" s="14" t="n">
         <v>95.477</v>
       </c>
-      <c r="AW54" s="14" t="n">
+      <c r="AX54" s="14" t="n">
         <v>94.707</v>
       </c>
-      <c r="AX54" s="14" t="n">
+      <c r="AY54" s="14" t="n">
         <v>94.015</v>
       </c>
-      <c r="AY54" s="14" t="n">
+      <c r="AZ54" s="14" t="n">
         <v>94.681</v>
       </c>
-      <c r="AZ54" s="14" t="n">
+      <c r="BA54" s="14" t="n">
         <v>94.476</v>
       </c>
-      <c r="BA54" s="14" t="n">
+      <c r="BB54" s="14" t="n">
         <v>94.766</v>
       </c>
-      <c r="BB54" s="14" t="n">
+      <c r="BC54" s="14" t="n">
         <v>94.585</v>
       </c>
-      <c r="BC54" s="14" t="n">
+      <c r="BD54" s="14" t="n">
         <v>95.092</v>
       </c>
-      <c r="BD54" s="14" t="n">
+      <c r="BE54" s="14" t="n">
         <v>95.433</v>
       </c>
-      <c r="BE54" s="14" t="n">
+      <c r="BF54" s="14" t="n">
         <v>94.534</v>
       </c>
-      <c r="BF54" s="14" t="n">
+      <c r="BG54" s="14" t="n">
         <v>94.267</v>
       </c>
-      <c r="BG54" s="14" t="n">
+      <c r="BH54" s="14" t="n">
         <v>94.262</v>
       </c>
-      <c r="BH54" s="14" t="n">
+      <c r="BI54" s="14" t="n">
         <v>94.152</v>
       </c>
-      <c r="BI54" s="14" t="n">
+      <c r="BJ54" s="14" t="n">
         <v>93.5</v>
       </c>
-      <c r="BJ54" s="14" t="n">
+      <c r="BK54" s="14" t="n">
         <v>93.97</v>
       </c>
-      <c r="BK54" s="14" t="n">
+      <c r="BL54" s="14" t="n">
         <v>94.148</v>
       </c>
-      <c r="BL54" s="14" t="n">
+      <c r="BM54" s="14" t="n">
         <v>94.326</v>
       </c>
-      <c r="BM54" s="14" t="n">
+      <c r="BN54" s="14" t="n">
         <v>94.251</v>
       </c>
-      <c r="BN54" s="14" t="n">
+      <c r="BO54" s="14" t="n">
         <v>94.442</v>
       </c>
-      <c r="BO54" s="14" t="n">
+      <c r="BP54" s="14" t="n">
         <v>94.167</v>
       </c>
-      <c r="BP54" s="14" t="n">
+      <c r="BQ54" s="14" t="n">
         <v>93.778</v>
       </c>
-      <c r="BQ54" s="14" t="n">
+      <c r="BR54" s="14" t="n">
         <v>93.539</v>
       </c>
-      <c r="BR54" s="14" t="n">
+      <c r="BS54" s="14" t="n">
         <v>93.704</v>
       </c>
-      <c r="BS54" s="14" t="n">
+      <c r="BT54" s="14" t="n">
         <v>93.588</v>
       </c>
-      <c r="BT54" s="14" t="n">
+      <c r="BU54" s="14" t="n">
         <v>92.451</v>
       </c>
-      <c r="BU54" s="14" t="n">
+      <c r="BV54" s="14" t="n">
         <v>90.346</v>
       </c>
-      <c r="BV54" s="14" t="n">
+      <c r="BW54" s="14" t="n">
         <v>89.744</v>
       </c>
-      <c r="BW54" s="14" t="n">
+      <c r="BX54" s="14" t="n">
         <v>89.654</v>
       </c>
-      <c r="BX54" s="14" t="n">
+      <c r="BY54" s="14" t="n">
         <v>89.228</v>
       </c>
-      <c r="BY54" s="15" t="n">
+      <c r="BZ54" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CA54" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="BZ54" s="15" t="n">
+      <c r="CB54" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CA54" s="15" t="n">
+      <c r="CC54" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CB54" s="15" t="n">
+      <c r="CD54" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CC54" s="15" t="n">
+      <c r="CE54" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CD54" s="15" t="n">
+      <c r="CF54" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CE54" s="15" t="n">
+      <c r="CG54" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="CF54" s="15" t="n">
+      <c r="CH54" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CG54" s="15" t="n">
+      <c r="CI54" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CH54" s="15" t="n">
+      <c r="CJ54" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CI54" s="15" t="n">
+      <c r="CK54" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="CJ54" s="15" t="n">
+      <c r="CL54" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CK54" s="15" t="n">
+      <c r="CM54" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CL54" s="15" t="n">
+      <c r="CN54" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CM54" s="15" t="n">
+      <c r="CO54" s="15" t="n">
         <v>2.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="CP54" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="CQ54" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CR54" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CS54" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CR54" s="15" t="n">
+      <c r="CT54" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CS54" s="15" t="n">
+      <c r="CU54" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CT54" s="15" t="n">
+      <c r="CV54" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CU54" s="15" t="n">
+      <c r="CW54" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="CV54" s="15" t="n">
+      <c r="CX54" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CW54" s="15" t="n">
+      <c r="CY54" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CX54" s="15" t="n">
+      <c r="CZ54" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CY54" s="15" t="n">
+      <c r="DA54" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CZ54" s="15" t="n">
+      <c r="DB54" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DA54" s="15" t="n">
+      <c r="DC54" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="DB54" s="15" t="n">
+      <c r="DD54" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DC54" s="15" t="n">
+      <c r="DE54" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DD54" s="15" t="n">
+      <c r="DF54" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DE54" s="15" t="n">
+      <c r="DG54" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DF54" s="15" t="n">
+      <c r="DH54" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DG54" s="15" t="n">
+      <c r="DI54" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DH54" s="15" t="n">
+      <c r="DJ54" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DI54" s="15" t="n">
+      <c r="DK54" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="DJ54" s="15" t="n">
+      <c r="DL54" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DK54" s="15" t="n">
+      <c r="DM54" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DL54" s="15" t="n">
+      <c r="DN54" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="DM54" s="15" t="n">
+      <c r="DO54" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DN54" s="15" t="n">
+      <c r="DP54" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DO54" s="15" t="n">
+      <c r="DQ54" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="DP54" s="15" t="n">
+      <c r="DR54" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DQ54" s="15" t="n">
+      <c r="DS54" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DR54" s="15" t="n">
+      <c r="DT54" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DS54" s="15" t="n">
+      <c r="DU54" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="DT54" s="15" t="n">
+      <c r="DV54" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DU54" s="15" t="n">
+      <c r="DW54" s="15" t="n">
         <v>-0.7</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.3</v>
       </c>
       <c r="DX54" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="DY54" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="DZ54" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="EA54" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DZ54" s="15" t="n">
+      <c r="EB54" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="EA54" s="15" t="n">
+      <c r="EC54" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="EB54" s="15" t="n">
+      <c r="ED54" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EC54" s="15" t="n">
+      <c r="EE54" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ED54" s="15" t="n">
+      <c r="EF54" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EE54" s="15" t="n">
+      <c r="EG54" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="EF54" s="15" t="n">
+      <c r="EH54" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="EG54" s="15" t="n">
+      <c r="EI54" s="15" t="n">
         <v>-0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="EJ54" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="EK54" s="15" t="n">
-        <v>0.3</v>
+        <v>0.1</v>
       </c>
       <c r="EL54" s="15" t="n">
-        <v>0.4</v>
+        <v>-0.2</v>
       </c>
       <c r="EM54" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="EN54" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="EO54" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="EP54" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EO54" s="15" t="n">
+      <c r="EQ54" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EP54" s="15" t="n">
+      <c r="ER54" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="EQ54" s="15" t="n">
+      <c r="ES54" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ER54" s="15" t="n">
+      <c r="ET54" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ES54" s="15" t="n">
+      <c r="EU54" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ET54" s="15" t="n">
+      <c r="EV54" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="EU54" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="EV54" s="15" t="n">
+      <c r="EW54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX54" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="EY54" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="EW54" s="15" t="n">
+      <c r="EZ54" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="EX54" s="15" t="n">
+      <c r="FA54" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="EY54" s="15" t="n">
+      <c r="FB54" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="EZ54" s="15" t="n">
+      <c r="FC54" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="FA54" s="15" t="n">
+      <c r="FD54" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="FB54" s="15" t="n">
+      <c r="FE54" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="FC54" s="15" t="n">
+      <c r="FF54" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="FD54" s="15" t="n">
+      <c r="FG54" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="FE54" s="15" t="n">
+      <c r="FH54" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="FF54" s="15" t="n">
+      <c r="FI54" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="FG54" s="15" t="n">
+      <c r="FJ54" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="FH54" s="15" t="n">
+      <c r="FK54" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="FI54" s="15" t="n">
+      <c r="FL54" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="FJ54" s="15" t="n">
+      <c r="FM54" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="FK54" s="15" t="n">
+      <c r="FN54" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="FL54" s="15" t="n">
+      <c r="FO54" s="15" t="n">
         <v>1.8</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.6</v>
       </c>
       <c r="FP54" s="15" t="n">
         <v>0.9</v>
       </c>
       <c r="FQ54" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FR54" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="FR54" s="15" t="n">
+      <c r="FS54" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="FT54" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="FU54" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="FS54" s="15" t="n">
+      <c r="FV54" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FT54" s="15" t="n">
+      <c r="FW54" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="FU54" s="15" t="n">
+      <c r="FX54" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="FV54" s="15" t="n">
+      <c r="FY54" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="FW54" s="15" t="n">
+      <c r="FZ54" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="FX54" s="15" t="n">
+      <c r="GA54" s="15" t="n">
         <v>0.9</v>
-      </c>
-[...7 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="GB54" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="GC54" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="GD54" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="GE54" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="GF54" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="GD54" s="15" t="n">
+      <c r="GG54" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="GE54" s="15" t="n">
+      <c r="GH54" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GF54" s="15" t="n">
+      <c r="GI54" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="GG54" s="15" t="n">
+      <c r="GJ54" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="GH54" s="15" t="n">
+      <c r="GK54" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="GI54" s="15" t="n">
+      <c r="GL54" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="GJ54" s="15" t="n">
+      <c r="GM54" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GK54" s="15" t="n">
+      <c r="GN54" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="GL54" s="15" t="n">
+      <c r="GO54" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="GM54" s="15" t="n">
+      <c r="GP54" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="GN54" s="15" t="n">
+      <c r="GQ54" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="GO54" s="15" t="n">
+      <c r="GR54" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="GP54" s="15" t="n">
+      <c r="GS54" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GQ54" s="15" t="n">
+      <c r="GT54" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GR54" s="15" t="n">
+      <c r="GU54" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="GS54" s="15" t="n">
+      <c r="GV54" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GT54" s="15" t="n">
+      <c r="GW54" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GU54" s="15" t="n">
+      <c r="GX54" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="GV54" s="15" t="n">
+      <c r="GY54" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="GW54" s="15" t="n">
+      <c r="GZ54" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="GX54" s="15" t="n">
+      <c r="HA54" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="GY54" s="15" t="n">
+      <c r="HB54" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GZ54" s="15" t="n">
+      <c r="HC54" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="HA54" s="15" t="n">
+      <c r="HD54" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="HB54" s="15" t="n">
+      <c r="HE54" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="HC54" s="15" t="n">
+      <c r="HF54" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="HD54" s="15" t="n">
+      <c r="HG54" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="HE54" s="15" t="n">
+      <c r="HH54" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.8</v>
       </c>
       <c r="HI54" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="HJ54" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="HK54" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="HL54" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="HM54" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="HK54" s="15" t="n">
+      <c r="HN54" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="HL54" s="15" t="n">
+      <c r="HO54" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="HM54" s="15" t="n">
+      <c r="HP54" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="HN54" s="15" t="n">
+      <c r="HQ54" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="HO54" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HR54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU54" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="6" t="inlineStr">
         <is>
           <t>81 Services to buildings and landscape activities</t>
         </is>
       </c>
       <c r="B55" s="14" t="n">
-        <v>106.178</v>
+        <v>106.266</v>
       </c>
       <c r="C55" s="14" t="n">
-        <v>105.989</v>
+        <v>106.081</v>
       </c>
       <c r="D55" s="14" t="n">
-        <v>105.659</v>
+        <v>105.944</v>
       </c>
       <c r="E55" s="14" t="n">
-        <v>104.662</v>
+        <v>105.614</v>
       </c>
       <c r="F55" s="14" t="n">
+        <v>104.618</v>
+      </c>
+      <c r="G55" s="14" t="n">
         <v>104.534</v>
       </c>
-      <c r="G55" s="14" t="n">
+      <c r="H55" s="14" t="n">
         <v>104.445</v>
       </c>
-      <c r="H55" s="14" t="n">
+      <c r="I55" s="14" t="n">
         <v>103.553</v>
       </c>
-      <c r="I55" s="14" t="n">
+      <c r="J55" s="14" t="n">
         <v>102.856</v>
       </c>
-      <c r="J55" s="14" t="n">
+      <c r="K55" s="14" t="n">
         <v>102.727</v>
       </c>
-      <c r="K55" s="14" t="n">
+      <c r="L55" s="14" t="n">
         <v>103.017</v>
       </c>
-      <c r="L55" s="14" t="n">
+      <c r="M55" s="14" t="n">
         <v>102.5</v>
       </c>
-      <c r="M55" s="14" t="n">
+      <c r="N55" s="14" t="n">
         <v>102.128</v>
       </c>
-      <c r="N55" s="14" t="n">
+      <c r="O55" s="14" t="n">
         <v>101.914</v>
       </c>
-      <c r="O55" s="14" t="n">
+      <c r="P55" s="14" t="n">
         <v>101.738</v>
       </c>
-      <c r="P55" s="14" t="n">
+      <c r="Q55" s="14" t="n">
         <v>101.534</v>
       </c>
-      <c r="Q55" s="14" t="n">
+      <c r="R55" s="14" t="n">
         <v>100.367</v>
       </c>
-      <c r="R55" s="14" t="n">
+      <c r="S55" s="14" t="n">
         <v>99.933</v>
       </c>
-      <c r="S55" s="14" t="n">
+      <c r="T55" s="14" t="n">
         <v>99.849</v>
       </c>
-      <c r="T55" s="14" t="n">
+      <c r="U55" s="14" t="n">
         <v>99.851</v>
       </c>
-      <c r="U55" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -45014,114 +45465,112 @@
       <c r="BT55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY55" s="15" t="n">
+      <c r="BY55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="BZ55" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="BZ55" s="15" t="n">
+      <c r="CA55" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CB55" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CA55" s="15" t="n">
+      <c r="CC55" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="CB55" s="15" t="n">
+      <c r="CD55" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CC55" s="15" t="n">
+      <c r="CE55" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CD55" s="15" t="n">
+      <c r="CF55" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CE55" s="15" t="n">
+      <c r="CG55" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CF55" s="15" t="n">
+      <c r="CH55" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CG55" s="15" t="n">
+      <c r="CI55" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CH55" s="15" t="n">
+      <c r="CJ55" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CI55" s="15" t="n">
+      <c r="CK55" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="CL55" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="CM55" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CN55" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CO55" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CN55" s="15" t="n">
+      <c r="CP55" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CO55" s="15" t="n">
+      <c r="CQ55" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CP55" s="15" t="n">
+      <c r="CR55" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CQ55" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -45353,110 +45802,108 @@
       <c r="EQ55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV55" s="15" t="n">
+      <c r="EV55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX55" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="EW55" s="15" t="n">
+      <c r="EY55" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="EX55" s="15" t="n">
+      <c r="EZ55" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="FA55" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="EY55" s="15" t="n">
+      <c r="FB55" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="FC55" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="EZ55" s="15" t="n">
+      <c r="FD55" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="FE55" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="FF55" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="FG55" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="FH55" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="FI55" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="FJ55" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="FA55" s="15" t="n">
-[...20 lines deleted...]
-      <c r="FH55" s="15" t="n">
+      <c r="FK55" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="FI55" s="15" t="n">
+      <c r="FL55" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FJ55" s="15" t="n">
+      <c r="FM55" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="FK55" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -45694,815 +46141,837 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="6" t="inlineStr">
         <is>
           <t>81.2 Cleaning activities</t>
         </is>
       </c>
       <c r="B56" s="14" t="n">
-        <v>106.178</v>
+        <v>106.266</v>
       </c>
       <c r="C56" s="14" t="n">
-        <v>105.989</v>
+        <v>106.081</v>
       </c>
       <c r="D56" s="14" t="n">
-        <v>105.659</v>
+        <v>105.944</v>
       </c>
       <c r="E56" s="14" t="n">
-        <v>104.662</v>
+        <v>105.614</v>
       </c>
       <c r="F56" s="14" t="n">
+        <v>104.618</v>
+      </c>
+      <c r="G56" s="14" t="n">
         <v>104.534</v>
       </c>
-      <c r="G56" s="14" t="n">
+      <c r="H56" s="14" t="n">
         <v>104.445</v>
       </c>
-      <c r="H56" s="14" t="n">
+      <c r="I56" s="14" t="n">
         <v>103.553</v>
       </c>
-      <c r="I56" s="14" t="n">
+      <c r="J56" s="14" t="n">
         <v>102.856</v>
       </c>
-      <c r="J56" s="14" t="n">
+      <c r="K56" s="14" t="n">
         <v>102.727</v>
       </c>
-      <c r="K56" s="14" t="n">
+      <c r="L56" s="14" t="n">
         <v>103.017</v>
       </c>
-      <c r="L56" s="14" t="n">
+      <c r="M56" s="14" t="n">
         <v>102.5</v>
       </c>
-      <c r="M56" s="14" t="n">
+      <c r="N56" s="14" t="n">
         <v>102.128</v>
       </c>
-      <c r="N56" s="14" t="n">
+      <c r="O56" s="14" t="n">
         <v>101.914</v>
       </c>
-      <c r="O56" s="14" t="n">
+      <c r="P56" s="14" t="n">
         <v>101.738</v>
       </c>
-      <c r="P56" s="14" t="n">
+      <c r="Q56" s="14" t="n">
         <v>101.534</v>
       </c>
-      <c r="Q56" s="14" t="n">
+      <c r="R56" s="14" t="n">
         <v>100.367</v>
       </c>
-      <c r="R56" s="14" t="n">
+      <c r="S56" s="14" t="n">
         <v>99.933</v>
       </c>
-      <c r="S56" s="14" t="n">
+      <c r="T56" s="14" t="n">
         <v>99.849</v>
       </c>
-      <c r="T56" s="14" t="n">
+      <c r="U56" s="14" t="n">
         <v>99.851</v>
       </c>
-      <c r="U56" s="14" t="n">
+      <c r="V56" s="14" t="n">
         <v>99.695</v>
       </c>
-      <c r="V56" s="14" t="n">
+      <c r="W56" s="14" t="n">
         <v>99.749</v>
       </c>
-      <c r="W56" s="14" t="n">
+      <c r="X56" s="14" t="n">
         <v>99.659</v>
       </c>
-      <c r="X56" s="14" t="n">
+      <c r="Y56" s="14" t="n">
         <v>99.574</v>
       </c>
-      <c r="Y56" s="14" t="n">
+      <c r="Z56" s="14" t="n">
         <v>99.112</v>
       </c>
-      <c r="Z56" s="14" t="n">
+      <c r="AA56" s="14" t="n">
         <v>99.22</v>
       </c>
-      <c r="AA56" s="14" t="n">
+      <c r="AB56" s="14" t="n">
         <v>99.239</v>
       </c>
-      <c r="AB56" s="14" t="n">
+      <c r="AC56" s="14" t="n">
         <v>99.238</v>
       </c>
-      <c r="AC56" s="14" t="n">
+      <c r="AD56" s="14" t="n">
         <v>99.018</v>
       </c>
-      <c r="AD56" s="14" t="n">
+      <c r="AE56" s="14" t="n">
         <v>98.914</v>
       </c>
-      <c r="AE56" s="14" t="n">
+      <c r="AF56" s="14" t="n">
         <v>98.846</v>
       </c>
-      <c r="AF56" s="14" t="n">
+      <c r="AG56" s="14" t="n">
         <v>98.748</v>
       </c>
-      <c r="AG56" s="14" t="n">
+      <c r="AH56" s="14" t="n">
         <v>98.864</v>
       </c>
-      <c r="AH56" s="14" t="n">
+      <c r="AI56" s="14" t="n">
         <v>98.917</v>
       </c>
-      <c r="AI56" s="14" t="n">
+      <c r="AJ56" s="14" t="n">
         <v>98.776</v>
       </c>
-      <c r="AJ56" s="14" t="n">
+      <c r="AK56" s="14" t="n">
         <v>98.816</v>
       </c>
-      <c r="AK56" s="14" t="n">
+      <c r="AL56" s="14" t="n">
         <v>98.351</v>
       </c>
-      <c r="AL56" s="14" t="n">
+      <c r="AM56" s="14" t="n">
         <v>98.195</v>
       </c>
-      <c r="AM56" s="14" t="n">
+      <c r="AN56" s="14" t="n">
         <v>98.187</v>
       </c>
-      <c r="AN56" s="14" t="n">
+      <c r="AO56" s="14" t="n">
         <v>98.21</v>
       </c>
-      <c r="AO56" s="14" t="n">
+      <c r="AP56" s="14" t="n">
         <v>98.181</v>
       </c>
-      <c r="AP56" s="14" t="n">
+      <c r="AQ56" s="14" t="n">
         <v>98.049</v>
       </c>
-      <c r="AQ56" s="14" t="n">
+      <c r="AR56" s="14" t="n">
         <v>98.133</v>
       </c>
-      <c r="AR56" s="14" t="n">
+      <c r="AS56" s="14" t="n">
         <v>98.181</v>
       </c>
-      <c r="AS56" s="14" t="n">
+      <c r="AT56" s="14" t="n">
         <v>98.476</v>
       </c>
-      <c r="AT56" s="14" t="n">
+      <c r="AU56" s="14" t="n">
         <v>98.35</v>
       </c>
-      <c r="AU56" s="14" t="n">
+      <c r="AV56" s="14" t="n">
         <v>98.593</v>
       </c>
-      <c r="AV56" s="14" t="n">
+      <c r="AW56" s="14" t="n">
         <v>98.478</v>
       </c>
-      <c r="AW56" s="14" t="n">
+      <c r="AX56" s="14" t="n">
         <v>99.428</v>
       </c>
-      <c r="AX56" s="14" t="n">
+      <c r="AY56" s="14" t="n">
         <v>99.649</v>
       </c>
-      <c r="AY56" s="14" t="n">
+      <c r="AZ56" s="14" t="n">
         <v>99.851</v>
       </c>
-      <c r="AZ56" s="14" t="n">
+      <c r="BA56" s="14" t="n">
         <v>99.812</v>
       </c>
-      <c r="BA56" s="14" t="n">
+      <c r="BB56" s="14" t="n">
         <v>99.08</v>
       </c>
-      <c r="BB56" s="14" t="n">
+      <c r="BC56" s="14" t="n">
         <v>99.201</v>
       </c>
-      <c r="BC56" s="14" t="n">
+      <c r="BD56" s="14" t="n">
         <v>99.639</v>
       </c>
-      <c r="BD56" s="14" t="n">
+      <c r="BE56" s="14" t="n">
         <v>99.331</v>
       </c>
-      <c r="BE56" s="14" t="n">
+      <c r="BF56" s="14" t="n">
         <v>100.128</v>
       </c>
-      <c r="BF56" s="14" t="n">
+      <c r="BG56" s="14" t="n">
         <v>100.222</v>
       </c>
-      <c r="BG56" s="14" t="n">
+      <c r="BH56" s="14" t="n">
         <v>100.107</v>
       </c>
-      <c r="BH56" s="14" t="n">
+      <c r="BI56" s="14" t="n">
         <v>99.255</v>
       </c>
-      <c r="BI56" s="14" t="n">
+      <c r="BJ56" s="14" t="n">
         <v>99.122</v>
       </c>
-      <c r="BJ56" s="14" t="n">
+      <c r="BK56" s="14" t="n">
         <v>98.829</v>
       </c>
-      <c r="BK56" s="14" t="n">
+      <c r="BL56" s="14" t="n">
         <v>98.758</v>
       </c>
-      <c r="BL56" s="14" t="n">
+      <c r="BM56" s="14" t="n">
         <v>99.034</v>
       </c>
-      <c r="BM56" s="14" t="n">
+      <c r="BN56" s="14" t="n">
         <v>98.653</v>
       </c>
-      <c r="BN56" s="14" t="n">
+      <c r="BO56" s="14" t="n">
         <v>98.633</v>
       </c>
-      <c r="BO56" s="14" t="n">
+      <c r="BP56" s="14" t="n">
         <v>98.747</v>
       </c>
-      <c r="BP56" s="14" t="n">
+      <c r="BQ56" s="14" t="n">
         <v>98.56</v>
       </c>
-      <c r="BQ56" s="14" t="n">
+      <c r="BR56" s="14" t="n">
         <v>98.507</v>
       </c>
-      <c r="BR56" s="14" t="n">
+      <c r="BS56" s="14" t="n">
         <v>98.734</v>
       </c>
-      <c r="BS56" s="14" t="n">
+      <c r="BT56" s="14" t="n">
         <v>98.813</v>
       </c>
-      <c r="BT56" s="14" t="n">
+      <c r="BU56" s="14" t="n">
         <v>98.488</v>
       </c>
-      <c r="BU56" s="14" t="n">
+      <c r="BV56" s="14" t="n">
         <v>96.277</v>
       </c>
-      <c r="BV56" s="14" t="n">
+      <c r="BW56" s="14" t="n">
         <v>96.352</v>
       </c>
-      <c r="BW56" s="14" t="n">
+      <c r="BX56" s="14" t="n">
         <v>95.922</v>
       </c>
-      <c r="BX56" s="14" t="n">
+      <c r="BY56" s="14" t="n">
         <v>95.507</v>
       </c>
-      <c r="BY56" s="15" t="n">
+      <c r="BZ56" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="BZ56" s="15" t="n">
+      <c r="CA56" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CB56" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CA56" s="15" t="n">
+      <c r="CC56" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="CB56" s="15" t="n">
+      <c r="CD56" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CC56" s="15" t="n">
+      <c r="CE56" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CD56" s="15" t="n">
+      <c r="CF56" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CE56" s="15" t="n">
+      <c r="CG56" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CF56" s="15" t="n">
+      <c r="CH56" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CG56" s="15" t="n">
+      <c r="CI56" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CH56" s="15" t="n">
+      <c r="CJ56" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CI56" s="15" t="n">
+      <c r="CK56" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="CL56" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="CM56" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CN56" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CO56" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CN56" s="15" t="n">
+      <c r="CP56" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CO56" s="15" t="n">
+      <c r="CQ56" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CP56" s="15" t="n">
+      <c r="CR56" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CQ56" s="15" t="n">
+      <c r="CS56" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CR56" s="15" t="n">
+      <c r="CT56" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CS56" s="15" t="n">
+      <c r="CU56" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CT56" s="15" t="n">
+      <c r="CV56" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CU56" s="15" t="n">
+      <c r="CW56" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CV56" s="15" t="n">
+      <c r="CX56" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="CW56" s="15" t="n">
+      <c r="CY56" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CX56" s="15" t="n">
+      <c r="CZ56" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CY56" s="15" t="n">
+      <c r="DA56" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="DB56" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="DC56" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DD56" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DE56" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DD56" s="15" t="n">
+      <c r="DF56" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DE56" s="15" t="n">
+      <c r="DG56" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DF56" s="15" t="n">
+      <c r="DH56" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DG56" s="15" t="n">
+      <c r="DI56" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="DH56" s="15" t="n">
+      <c r="DJ56" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="DK56" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="DL56" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DM56" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DN56" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DM56" s="15" t="n">
+      <c r="DO56" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DN56" s="15" t="n">
+      <c r="DP56" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DO56" s="15" t="n">
+      <c r="DQ56" s="15" t="n">
         <v>-0.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="DR56" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="DS56" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="DT56" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DU56" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="DT56" s="15" t="n">
+      <c r="DV56" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DU56" s="15" t="n">
+      <c r="DW56" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DV56" s="15" t="n">
+      <c r="DX56" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DW56" s="15" t="n">
+      <c r="DY56" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DX56" s="15" t="n">
+      <c r="DZ56" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DY56" s="15" t="n">
+      <c r="EA56" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DZ56" s="15" t="n">
+      <c r="EB56" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EA56" s="15" t="n">
+      <c r="EC56" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="EB56" s="15" t="n">
+      <c r="ED56" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.9</v>
       </c>
       <c r="EE56" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="EF56" s="15" t="n">
-        <v>0.3</v>
+        <v>0.9</v>
       </c>
       <c r="EG56" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="EH56" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="EI56" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="EJ56" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="EI56" s="15" t="n">
+      <c r="EK56" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="EJ56" s="15" t="n">
+      <c r="EL56" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EK56" s="15" t="n">
+      <c r="EM56" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EL56" s="15" t="n">
+      <c r="EN56" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EM56" s="15" t="n">
+      <c r="EO56" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EN56" s="15" t="n">
+      <c r="EP56" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EO56" s="15" t="n">
+      <c r="EQ56" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EP56" s="15" t="n">
+      <c r="ER56" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EQ56" s="15" t="n">
+      <c r="ES56" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ER56" s="15" t="n">
+      <c r="ET56" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ES56" s="15" t="n">
+      <c r="EU56" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ET56" s="15" t="n">
+      <c r="EV56" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="EU56" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="EV56" s="15" t="n">
+      <c r="EW56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EX56" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="EW56" s="15" t="n">
+      <c r="EY56" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="EX56" s="15" t="n">
+      <c r="EZ56" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="FA56" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="EY56" s="15" t="n">
+      <c r="FB56" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="FC56" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="EZ56" s="15" t="n">
+      <c r="FD56" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="FE56" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="FF56" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="FG56" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="FH56" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="FI56" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="FJ56" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="FA56" s="15" t="n">
-[...5 lines deleted...]
-      <c r="FC56" s="15" t="n">
+      <c r="FK56" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="FL56" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="FM56" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="FN56" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="FD56" s="15" t="n">
-[...20 lines deleted...]
-      <c r="FK56" s="15" t="n">
+      <c r="FO56" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="FP56" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="FQ56" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="FR56" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="FS56" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="FT56" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FU56" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="FV56" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="FW56" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="FX56" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FY56" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="FZ56" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="GA56" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GB56" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="GC56" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="GD56" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="GE56" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="FL56" s="15" t="n">
+      <c r="GF56" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GG56" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GH56" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="FM56" s="15" t="n">
-[...17 lines deleted...]
-      <c r="FS56" s="15" t="n">
+      <c r="GI56" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="FT56" s="15" t="n">
-[...11 lines deleted...]
-      <c r="FX56" s="15" t="n">
+      <c r="GJ56" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="GK56" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...37 lines deleted...]
-        <v>-0.5</v>
       </c>
       <c r="GL56" s="15" t="n">
         <v>-0.3</v>
       </c>
       <c r="GM56" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="GN56" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="GO56" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="GP56" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GN56" s="15" t="n">
+      <c r="GQ56" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="GO56" s="15" t="n">
+      <c r="GR56" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="GP56" s="15" t="n">
+      <c r="GS56" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="GQ56" s="15" t="n">
+      <c r="GT56" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="GR56" s="15" t="n">
+      <c r="GU56" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="GS56" s="15" t="n">
+      <c r="GV56" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="GT56" s="15" t="n">
+      <c r="GW56" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="GU56" s="15" t="n">
+      <c r="GX56" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GV56" s="15" t="n">
+      <c r="GY56" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GW56" s="15" t="n">
+      <c r="GZ56" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GX56" s="15" t="n">
+      <c r="HA56" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GY56" s="15" t="n">
+      <c r="HB56" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="GZ56" s="15" t="n">
+      <c r="HC56" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="HA56" s="15" t="n">
+      <c r="HD56" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="HB56" s="15" t="n">
+      <c r="HE56" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="HF56" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="HG56" s="15" t="n">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="HH56" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.0</v>
       </c>
       <c r="HI56" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.5</v>
       </c>
       <c r="HJ56" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="HK56" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="HL56" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="HM56" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="HN56" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="HL56" s="15" t="n">
+      <c r="HO56" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="HM56" s="15" t="n">
+      <c r="HP56" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="HN56" s="15" t="n">
+      <c r="HQ56" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="HO56" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="HR56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU56" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="6" t="inlineStr">
         <is>
           <t>82 Office administrative, office support and other business support activities</t>
         </is>
       </c>
       <c r="B57" s="14" t="n">
-        <v>108.569</v>
+        <v>109.388</v>
       </c>
       <c r="C57" s="14" t="n">
-        <v>108.822</v>
+        <v>108.69</v>
       </c>
       <c r="D57" s="14" t="n">
-        <v>108.224</v>
+        <v>108.693</v>
       </c>
       <c r="E57" s="14" t="n">
-        <v>106.731</v>
+        <v>108.078</v>
       </c>
       <c r="F57" s="14" t="n">
+        <v>106.687</v>
+      </c>
+      <c r="G57" s="14" t="n">
         <v>106.724</v>
       </c>
-      <c r="G57" s="14" t="n">
+      <c r="H57" s="14" t="n">
         <v>106.773</v>
       </c>
-      <c r="H57" s="14" t="n">
+      <c r="I57" s="14" t="n">
         <v>105.967</v>
       </c>
-      <c r="I57" s="14" t="n">
+      <c r="J57" s="14" t="n">
         <v>105.037</v>
       </c>
-      <c r="J57" s="14" t="n">
+      <c r="K57" s="14" t="n">
         <v>104.646</v>
       </c>
-      <c r="K57" s="14" t="n">
+      <c r="L57" s="14" t="n">
         <v>105.053</v>
       </c>
-      <c r="L57" s="14" t="n">
+      <c r="M57" s="14" t="n">
         <v>104.954</v>
       </c>
-      <c r="M57" s="14" t="n">
+      <c r="N57" s="14" t="n">
         <v>103.141</v>
       </c>
-      <c r="N57" s="14" t="n">
+      <c r="O57" s="14" t="n">
         <v>102.441</v>
       </c>
-      <c r="O57" s="14" t="n">
+      <c r="P57" s="14" t="n">
         <v>101.852</v>
       </c>
-      <c r="P57" s="14" t="n">
+      <c r="Q57" s="14" t="n">
         <v>100.848</v>
       </c>
-      <c r="Q57" s="14" t="n">
+      <c r="R57" s="14" t="n">
         <v>100.632</v>
       </c>
-      <c r="R57" s="14" t="n">
+      <c r="S57" s="14" t="n">
         <v>100.263</v>
       </c>
-      <c r="S57" s="14" t="n">
+      <c r="T57" s="14" t="n">
         <v>99.583</v>
       </c>
-      <c r="T57" s="14" t="n">
+      <c r="U57" s="14" t="n">
         <v>99.522</v>
       </c>
-      <c r="U57" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="V57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="W57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="X57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Y57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="Z57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -46734,114 +47203,112 @@
       <c r="BT57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BU57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BV57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BW57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BX57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="BY57" s="15" t="n">
-        <v>-0.2</v>
+      <c r="BY57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="BZ57" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="CA57" s="15" t="n">
-        <v>1.4</v>
+        <v>0.0</v>
       </c>
       <c r="CB57" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="CC57" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="CD57" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CC57" s="15" t="n">
+      <c r="CE57" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CD57" s="15" t="n">
+      <c r="CF57" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CE57" s="15" t="n">
+      <c r="CG57" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CF57" s="15" t="n">
+      <c r="CH57" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CG57" s="15" t="n">
+      <c r="CI57" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CH57" s="15" t="n">
+      <c r="CJ57" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CI57" s="15" t="n">
+      <c r="CK57" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="CJ57" s="15" t="n">
+      <c r="CL57" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CK57" s="15" t="n">
+      <c r="CM57" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CL57" s="15" t="n">
+      <c r="CN57" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="CM57" s="15" t="n">
+      <c r="CO57" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CN57" s="15" t="n">
+      <c r="CP57" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CO57" s="15" t="n">
+      <c r="CQ57" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CP57" s="15" t="n">
+      <c r="CR57" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CQ57" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="CS57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CT57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CU57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CV57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="CW57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -47073,110 +47540,108 @@
       <c r="EQ57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ER57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ES57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ET57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="EU57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="EV57" s="15" t="n">
-[...3 lines deleted...]
-        <v>1.9</v>
+      <c r="EV57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="EW57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="EX57" s="15" t="n">
-        <v>2.1</v>
+        <v>2.5</v>
       </c>
       <c r="EY57" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="EZ57" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="FA57" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="FB57" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="EZ57" s="15" t="n">
+      <c r="FC57" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="FA57" s="15" t="n">
+      <c r="FD57" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="FB57" s="15" t="n">
+      <c r="FE57" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FC57" s="15" t="n">
+      <c r="FF57" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="FD57" s="15" t="n">
+      <c r="FG57" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="FE57" s="15" t="n">
+      <c r="FH57" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="FF57" s="15" t="n">
+      <c r="FI57" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="FG57" s="15" t="n">
+      <c r="FJ57" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="FH57" s="15" t="n">
+      <c r="FK57" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="FI57" s="15" t="n">
+      <c r="FL57" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="FJ57" s="15" t="n">
+      <c r="FM57" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FK57" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="FN57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FQ57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FR57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -47414,50 +47879,65 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HN57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HO57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HP57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HQ57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="HR57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t xml:space="preserve"> For all activities, data are final one year after their release.</t>
         </is>
       </c>
@@ -47469,45 +47949,45 @@
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:BX7"/>
-[...1 lines deleted...]
-    <mergeCell ref="EV7:HR7"/>
+    <mergeCell ref="B7:BY7"/>
+    <mergeCell ref="BZ7:EW7"/>
+    <mergeCell ref="EX7:HU7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>