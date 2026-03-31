--- v2 (2026-02-11)
+++ v3 (2026-03-31)
@@ -3009,60 +3009,60 @@
       <c r="NH8" s="7" t="inlineStr">
         <is>
           <t>1995QII</t>
         </is>
       </c>
       <c r="NI8" s="7" t="inlineStr">
         <is>
           <t>1995QI</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Seasonally and calendar unadjusted data</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        Gross domestic product at market prices</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>449837.0</v>
+        <v>450529.0</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>416492.0</v>
+        <v>416572.0</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>423008.0</v>
+        <v>423131.0</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>396446.0</v>
+        <v>396920.0</v>
       </c>
       <c r="F10" s="14" t="n">
         <v>420831.0</v>
       </c>
       <c r="G10" s="14" t="n">
         <v>394243.0</v>
       </c>
       <c r="H10" s="14" t="n">
         <v>401519.0</v>
       </c>
       <c r="I10" s="14" t="n">
         <v>377737.0</v>
       </c>
       <c r="J10" s="14" t="n">
         <v>395726.0</v>
       </c>
       <c r="K10" s="14" t="n">
         <v>369727.0</v>
       </c>
       <c r="L10" s="14" t="n">
         <v>376132.0</v>
       </c>
       <c r="M10" s="14" t="n">
         <v>356176.0</v>
       </c>
@@ -3381,60 +3381,60 @@
       <c r="DN10" s="14" t="n">
         <v>129926.0</v>
       </c>
       <c r="DO10" s="14" t="n">
         <v>120083.0</v>
       </c>
       <c r="DP10" s="14" t="n">
         <v>123277.0</v>
       </c>
       <c r="DQ10" s="14" t="n">
         <v>115660.0</v>
       </c>
       <c r="DR10" s="14" t="n">
         <v>122356.0</v>
       </c>
       <c r="DS10" s="14" t="n">
         <v>112289.0</v>
       </c>
       <c r="DT10" s="14" t="n">
         <v>116592.0</v>
       </c>
       <c r="DU10" s="14" t="n">
         <v>109022.0</v>
       </c>
       <c r="DV10" s="15" t="n">
-        <v>8.0062</v>
+        <v>8.1515</v>
       </c>
       <c r="DW10" s="15" t="n">
-        <v>-1.5404</v>
+        <v>-1.5501</v>
       </c>
       <c r="DX10" s="15" t="n">
-        <v>6.7</v>
+        <v>6.6036</v>
       </c>
       <c r="DY10" s="15" t="n">
-        <v>-5.7945</v>
+        <v>-5.6819</v>
       </c>
       <c r="DZ10" s="15" t="n">
         <v>6.7441</v>
       </c>
       <c r="EA10" s="15" t="n">
         <v>-1.8121</v>
       </c>
       <c r="EB10" s="15" t="n">
         <v>6.2959</v>
       </c>
       <c r="EC10" s="15" t="n">
         <v>-4.5458</v>
       </c>
       <c r="ED10" s="15" t="n">
         <v>7.0319</v>
       </c>
       <c r="EE10" s="15" t="n">
         <v>-1.7029</v>
       </c>
       <c r="EF10" s="15" t="n">
         <v>5.6028</v>
       </c>
       <c r="EG10" s="15" t="n">
         <v>-3.3999</v>
       </c>
@@ -3755,60 +3755,60 @@
       </c>
       <c r="II10" s="15" t="n">
         <v>-2.5909</v>
       </c>
       <c r="IJ10" s="15" t="n">
         <v>6.5857</v>
       </c>
       <c r="IK10" s="15" t="n">
         <v>-5.4726</v>
       </c>
       <c r="IL10" s="15" t="n">
         <v>8.9653</v>
       </c>
       <c r="IM10" s="15" t="n">
         <v>-3.6906</v>
       </c>
       <c r="IN10" s="15" t="n">
         <v>6.9436</v>
       </c>
       <c r="IO10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP10" s="15" t="n">
-        <v>6.8926</v>
+        <v>7.057</v>
       </c>
       <c r="IQ10" s="15" t="n">
-        <v>5.6435</v>
+        <v>5.6638</v>
       </c>
       <c r="IR10" s="15" t="n">
-        <v>5.3519</v>
+        <v>5.3826</v>
       </c>
       <c r="IS10" s="15" t="n">
-        <v>4.9529</v>
+        <v>5.0784</v>
       </c>
       <c r="IT10" s="15" t="n">
         <v>6.344</v>
       </c>
       <c r="IU10" s="15" t="n">
         <v>6.6308</v>
       </c>
       <c r="IV10" s="15" t="n">
         <v>6.7495</v>
       </c>
       <c r="IW10" s="15" t="n">
         <v>6.0535</v>
       </c>
       <c r="IX10" s="15" t="n">
         <v>7.3266</v>
       </c>
       <c r="IY10" s="15" t="n">
         <v>7.9665</v>
       </c>
       <c r="IZ10" s="15" t="n">
         <v>9.2692</v>
       </c>
       <c r="JA10" s="15" t="n">
         <v>11.1383</v>
       </c>
@@ -4142,60 +4142,60 @@
         </is>
       </c>
       <c r="NG10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Agriculture, forestry, livestock and fishing  (A, NACE Rev.2)</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>15595.0</v>
+        <v>15323.0</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>8395.0</v>
+        <v>8438.0</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>10686.0</v>
+        <v>10690.0</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>10635.0</v>
+        <v>10804.0</v>
       </c>
       <c r="F11" s="14" t="n">
         <v>15005.0</v>
       </c>
       <c r="G11" s="14" t="n">
         <v>8214.0</v>
       </c>
       <c r="H11" s="14" t="n">
         <v>10172.0</v>
       </c>
       <c r="I11" s="14" t="n">
         <v>10501.0</v>
       </c>
       <c r="J11" s="14" t="n">
         <v>13994.0</v>
       </c>
       <c r="K11" s="14" t="n">
         <v>7282.0</v>
       </c>
       <c r="L11" s="14" t="n">
         <v>9071.0</v>
       </c>
       <c r="M11" s="14" t="n">
         <v>8688.0</v>
       </c>
@@ -4514,60 +4514,60 @@
       <c r="DN11" s="14" t="n">
         <v>6054.0</v>
       </c>
       <c r="DO11" s="14" t="n">
         <v>4427.0</v>
       </c>
       <c r="DP11" s="14" t="n">
         <v>6395.0</v>
       </c>
       <c r="DQ11" s="14" t="n">
         <v>4538.0</v>
       </c>
       <c r="DR11" s="14" t="n">
         <v>5357.0</v>
       </c>
       <c r="DS11" s="14" t="n">
         <v>3758.0</v>
       </c>
       <c r="DT11" s="14" t="n">
         <v>5088.0</v>
       </c>
       <c r="DU11" s="14" t="n">
         <v>3630.0</v>
       </c>
       <c r="DV11" s="15" t="n">
-        <v>85.7653</v>
+        <v>81.5952</v>
       </c>
       <c r="DW11" s="15" t="n">
-        <v>-21.4393</v>
+        <v>-21.0664</v>
       </c>
       <c r="DX11" s="15" t="n">
-        <v>0.4795</v>
+        <v>-1.0552</v>
       </c>
       <c r="DY11" s="15" t="n">
-        <v>-29.1236</v>
+        <v>-27.9973</v>
       </c>
       <c r="DZ11" s="15" t="n">
         <v>82.6759</v>
       </c>
       <c r="EA11" s="15" t="n">
         <v>-19.2489</v>
       </c>
       <c r="EB11" s="15" t="n">
         <v>-3.133</v>
       </c>
       <c r="EC11" s="15" t="n">
         <v>-24.9607</v>
       </c>
       <c r="ED11" s="15" t="n">
         <v>92.1725</v>
       </c>
       <c r="EE11" s="15" t="n">
         <v>-19.7222</v>
       </c>
       <c r="EF11" s="15" t="n">
         <v>4.4084</v>
       </c>
       <c r="EG11" s="15" t="n">
         <v>-29.9976</v>
       </c>
@@ -4888,60 +4888,60 @@
       </c>
       <c r="II11" s="15" t="n">
         <v>-30.774</v>
       </c>
       <c r="IJ11" s="15" t="n">
         <v>40.9211</v>
       </c>
       <c r="IK11" s="15" t="n">
         <v>-15.2884</v>
       </c>
       <c r="IL11" s="15" t="n">
         <v>42.5492</v>
       </c>
       <c r="IM11" s="15" t="n">
         <v>-26.1399</v>
       </c>
       <c r="IN11" s="15" t="n">
         <v>40.1653</v>
       </c>
       <c r="IO11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP11" s="15" t="n">
-        <v>3.932</v>
+        <v>2.1193</v>
       </c>
       <c r="IQ11" s="15" t="n">
-        <v>2.2036</v>
+        <v>2.7271</v>
       </c>
       <c r="IR11" s="15" t="n">
-        <v>5.0531</v>
+        <v>5.0924</v>
       </c>
       <c r="IS11" s="15" t="n">
-        <v>1.2761</v>
+        <v>2.8854</v>
       </c>
       <c r="IT11" s="15" t="n">
         <v>7.2245</v>
       </c>
       <c r="IU11" s="15" t="n">
         <v>12.7987</v>
       </c>
       <c r="IV11" s="15" t="n">
         <v>12.1376</v>
       </c>
       <c r="IW11" s="15" t="n">
         <v>20.8679</v>
       </c>
       <c r="IX11" s="15" t="n">
         <v>12.7548</v>
       </c>
       <c r="IY11" s="15" t="n">
         <v>15.8079</v>
       </c>
       <c r="IZ11" s="15" t="n">
         <v>23.2473</v>
       </c>
       <c r="JA11" s="15" t="n">
         <v>32.7628</v>
       </c>
@@ -5275,60 +5275,60 @@
         </is>
       </c>
       <c r="NG11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Industry (B-E, NACE Rev.2)</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>65281.0</v>
+        <v>64942.0</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>56691.0</v>
+        <v>56692.0</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>56158.0</v>
+        <v>56148.0</v>
       </c>
       <c r="E12" s="14" t="n">
-        <v>62234.0</v>
+        <v>62304.0</v>
       </c>
       <c r="F12" s="14" t="n">
         <v>62558.0</v>
       </c>
       <c r="G12" s="14" t="n">
         <v>53954.0</v>
       </c>
       <c r="H12" s="14" t="n">
         <v>53265.0</v>
       </c>
       <c r="I12" s="14" t="n">
         <v>57537.0</v>
       </c>
       <c r="J12" s="14" t="n">
         <v>57661.0</v>
       </c>
       <c r="K12" s="14" t="n">
         <v>50962.0</v>
       </c>
       <c r="L12" s="14" t="n">
         <v>52260.0</v>
       </c>
       <c r="M12" s="14" t="n">
         <v>59214.0</v>
       </c>
@@ -5647,60 +5647,60 @@
       <c r="DN12" s="14" t="n">
         <v>24698.0</v>
       </c>
       <c r="DO12" s="14" t="n">
         <v>22920.0</v>
       </c>
       <c r="DP12" s="14" t="n">
         <v>24183.0</v>
       </c>
       <c r="DQ12" s="14" t="n">
         <v>25038.0</v>
       </c>
       <c r="DR12" s="14" t="n">
         <v>22974.0</v>
       </c>
       <c r="DS12" s="14" t="n">
         <v>21154.0</v>
       </c>
       <c r="DT12" s="14" t="n">
         <v>22934.0</v>
       </c>
       <c r="DU12" s="14" t="n">
         <v>23972.0</v>
       </c>
       <c r="DV12" s="15" t="n">
-        <v>15.1523</v>
+        <v>14.5523</v>
       </c>
       <c r="DW12" s="15" t="n">
-        <v>0.9491</v>
+        <v>0.9689</v>
       </c>
       <c r="DX12" s="15" t="n">
-        <v>-9.7632</v>
+        <v>-9.8806</v>
       </c>
       <c r="DY12" s="15" t="n">
-        <v>-0.5179</v>
+        <v>-0.406</v>
       </c>
       <c r="DZ12" s="15" t="n">
         <v>15.9469</v>
       </c>
       <c r="EA12" s="15" t="n">
         <v>1.2935</v>
       </c>
       <c r="EB12" s="15" t="n">
         <v>-7.4248</v>
       </c>
       <c r="EC12" s="15" t="n">
         <v>-0.2151</v>
       </c>
       <c r="ED12" s="15" t="n">
         <v>13.1451</v>
       </c>
       <c r="EE12" s="15" t="n">
         <v>-2.4837</v>
       </c>
       <c r="EF12" s="15" t="n">
         <v>-11.7438</v>
       </c>
       <c r="EG12" s="15" t="n">
         <v>-2.3596</v>
       </c>
@@ -6021,60 +6021,60 @@
       </c>
       <c r="II12" s="15" t="n">
         <v>-5.2227</v>
       </c>
       <c r="IJ12" s="15" t="n">
         <v>-3.4148</v>
       </c>
       <c r="IK12" s="15" t="n">
         <v>8.9841</v>
       </c>
       <c r="IL12" s="15" t="n">
         <v>8.6036</v>
       </c>
       <c r="IM12" s="15" t="n">
         <v>-7.7614</v>
       </c>
       <c r="IN12" s="15" t="n">
         <v>-4.3301</v>
       </c>
       <c r="IO12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP12" s="15" t="n">
-        <v>4.3528</v>
+        <v>3.8109</v>
       </c>
       <c r="IQ12" s="15" t="n">
-        <v>5.0728</v>
+        <v>5.0747</v>
       </c>
       <c r="IR12" s="15" t="n">
-        <v>5.4313</v>
+        <v>5.4126</v>
       </c>
       <c r="IS12" s="15" t="n">
-        <v>8.1634</v>
+        <v>8.2851</v>
       </c>
       <c r="IT12" s="15" t="n">
         <v>8.4927</v>
       </c>
       <c r="IU12" s="15" t="n">
         <v>5.871</v>
       </c>
       <c r="IV12" s="15" t="n">
         <v>1.9231</v>
       </c>
       <c r="IW12" s="15" t="n">
         <v>-2.8321</v>
       </c>
       <c r="IX12" s="15" t="n">
         <v>-4.9204</v>
       </c>
       <c r="IY12" s="15" t="n">
         <v>-3.4317</v>
       </c>
       <c r="IZ12" s="15" t="n">
         <v>2.8963</v>
       </c>
       <c r="JA12" s="15" t="n">
         <v>8.185</v>
       </c>
@@ -6408,60 +6408,60 @@
         </is>
       </c>
       <c r="NG12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Industry. Manufacturing industry (C, NACE Rev. 2)</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>47586.0</v>
+        <v>47336.0</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>42070.0</v>
+        <v>42066.0</v>
       </c>
       <c r="D13" s="14" t="n">
-        <v>44024.0</v>
+        <v>44015.0</v>
       </c>
       <c r="E13" s="14" t="n">
-        <v>45300.0</v>
+        <v>45363.0</v>
       </c>
       <c r="F13" s="14" t="n">
         <v>45495.0</v>
       </c>
       <c r="G13" s="14" t="n">
         <v>40143.0</v>
       </c>
       <c r="H13" s="14" t="n">
         <v>43099.0</v>
       </c>
       <c r="I13" s="14" t="n">
         <v>44159.0</v>
       </c>
       <c r="J13" s="14" t="n">
         <v>42985.0</v>
       </c>
       <c r="K13" s="14" t="n">
         <v>38064.0</v>
       </c>
       <c r="L13" s="14" t="n">
         <v>40558.0</v>
       </c>
       <c r="M13" s="14" t="n">
         <v>42413.0</v>
       </c>
@@ -6780,60 +6780,60 @@
       <c r="DN13" s="14" t="n">
         <v>20441.0</v>
       </c>
       <c r="DO13" s="14" t="n">
         <v>18835.0</v>
       </c>
       <c r="DP13" s="14" t="n">
         <v>20410.0</v>
       </c>
       <c r="DQ13" s="14" t="n">
         <v>20364.0</v>
       </c>
       <c r="DR13" s="14" t="n">
         <v>18882.0</v>
       </c>
       <c r="DS13" s="14" t="n">
         <v>17291.0</v>
       </c>
       <c r="DT13" s="14" t="n">
         <v>19251.0</v>
       </c>
       <c r="DU13" s="14" t="n">
         <v>19537.0</v>
       </c>
       <c r="DV13" s="15" t="n">
-        <v>13.1115</v>
+        <v>12.5279</v>
       </c>
       <c r="DW13" s="15" t="n">
-        <v>-4.4385</v>
+        <v>-4.428</v>
       </c>
       <c r="DX13" s="15" t="n">
-        <v>-2.8168</v>
+        <v>-2.9716</v>
       </c>
       <c r="DY13" s="15" t="n">
-        <v>-0.4286</v>
+        <v>-0.2901</v>
       </c>
       <c r="DZ13" s="15" t="n">
         <v>13.3323</v>
       </c>
       <c r="EA13" s="15" t="n">
         <v>-6.8586</v>
       </c>
       <c r="EB13" s="15" t="n">
         <v>-2.4004</v>
       </c>
       <c r="EC13" s="15" t="n">
         <v>2.7312</v>
       </c>
       <c r="ED13" s="15" t="n">
         <v>12.9282</v>
       </c>
       <c r="EE13" s="15" t="n">
         <v>-6.1492</v>
       </c>
       <c r="EF13" s="15" t="n">
         <v>-4.3737</v>
       </c>
       <c r="EG13" s="15" t="n">
         <v>1.4471</v>
       </c>
@@ -7154,60 +7154,60 @@
       </c>
       <c r="II13" s="15" t="n">
         <v>-7.7168</v>
       </c>
       <c r="IJ13" s="15" t="n">
         <v>0.2259</v>
       </c>
       <c r="IK13" s="15" t="n">
         <v>7.8487</v>
       </c>
       <c r="IL13" s="15" t="n">
         <v>9.2013</v>
       </c>
       <c r="IM13" s="15" t="n">
         <v>-10.1813</v>
       </c>
       <c r="IN13" s="15" t="n">
         <v>-1.4639</v>
       </c>
       <c r="IO13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP13" s="15" t="n">
-        <v>4.5961</v>
+        <v>4.0466</v>
       </c>
       <c r="IQ13" s="15" t="n">
-        <v>4.8003</v>
+        <v>4.7904</v>
       </c>
       <c r="IR13" s="15" t="n">
-        <v>2.1462</v>
+        <v>2.1253</v>
       </c>
       <c r="IS13" s="15" t="n">
-        <v>2.5838</v>
+        <v>2.7265</v>
       </c>
       <c r="IT13" s="15" t="n">
         <v>5.8392</v>
       </c>
       <c r="IU13" s="15" t="n">
         <v>5.4619</v>
       </c>
       <c r="IV13" s="15" t="n">
         <v>6.2651</v>
       </c>
       <c r="IW13" s="15" t="n">
         <v>4.1167</v>
       </c>
       <c r="IX13" s="15" t="n">
         <v>2.8153</v>
       </c>
       <c r="IY13" s="15" t="n">
         <v>6.7205</v>
       </c>
       <c r="IZ13" s="15" t="n">
         <v>8.2037</v>
       </c>
       <c r="JA13" s="15" t="n">
         <v>15.3405</v>
       </c>
@@ -7541,60 +7541,60 @@
         </is>
       </c>
       <c r="NG13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVApb Construction (F, NACE Rev. 2)</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>25484.0</v>
+        <v>25470.0</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>20921.0</v>
+        <v>20927.0</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>24596.0</v>
+        <v>24589.0</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>19192.0</v>
+        <v>19197.0</v>
       </c>
       <c r="F14" s="14" t="n">
         <v>22621.0</v>
       </c>
       <c r="G14" s="14" t="n">
         <v>18981.0</v>
       </c>
       <c r="H14" s="14" t="n">
         <v>22776.0</v>
       </c>
       <c r="I14" s="14" t="n">
         <v>18465.0</v>
       </c>
       <c r="J14" s="14" t="n">
         <v>21447.0</v>
       </c>
       <c r="K14" s="14" t="n">
         <v>18445.0</v>
       </c>
       <c r="L14" s="14" t="n">
         <v>21590.0</v>
       </c>
       <c r="M14" s="14" t="n">
         <v>17337.0</v>
       </c>
@@ -7913,60 +7913,60 @@
       <c r="DN14" s="14" t="n">
         <v>11033.0</v>
       </c>
       <c r="DO14" s="14" t="n">
         <v>9635.0</v>
       </c>
       <c r="DP14" s="14" t="n">
         <v>10692.0</v>
       </c>
       <c r="DQ14" s="14" t="n">
         <v>9266.0</v>
       </c>
       <c r="DR14" s="14" t="n">
         <v>10728.0</v>
       </c>
       <c r="DS14" s="14" t="n">
         <v>9171.0</v>
       </c>
       <c r="DT14" s="14" t="n">
         <v>10482.0</v>
       </c>
       <c r="DU14" s="14" t="n">
         <v>9133.0</v>
       </c>
       <c r="DV14" s="15" t="n">
-        <v>21.8106</v>
+        <v>21.7088</v>
       </c>
       <c r="DW14" s="15" t="n">
-        <v>-14.9415</v>
+        <v>-14.8928</v>
       </c>
       <c r="DX14" s="15" t="n">
-        <v>28.1576</v>
+        <v>28.0877</v>
       </c>
       <c r="DY14" s="15" t="n">
-        <v>-15.1585</v>
+        <v>-15.1364</v>
       </c>
       <c r="DZ14" s="15" t="n">
         <v>19.1771</v>
       </c>
       <c r="EA14" s="15" t="n">
         <v>-16.6623</v>
       </c>
       <c r="EB14" s="15" t="n">
         <v>23.3469</v>
       </c>
       <c r="EC14" s="15" t="n">
         <v>-13.904</v>
       </c>
       <c r="ED14" s="15" t="n">
         <v>16.2754</v>
       </c>
       <c r="EE14" s="15" t="n">
         <v>-14.5669</v>
       </c>
       <c r="EF14" s="15" t="n">
         <v>24.5313</v>
       </c>
       <c r="EG14" s="15" t="n">
         <v>-14.9063</v>
       </c>
@@ -8287,60 +8287,60 @@
       </c>
       <c r="II14" s="15" t="n">
         <v>-9.8859</v>
       </c>
       <c r="IJ14" s="15" t="n">
         <v>15.3896</v>
       </c>
       <c r="IK14" s="15" t="n">
         <v>-13.6279</v>
       </c>
       <c r="IL14" s="15" t="n">
         <v>16.9774</v>
       </c>
       <c r="IM14" s="15" t="n">
         <v>-12.5072</v>
       </c>
       <c r="IN14" s="15" t="n">
         <v>14.7706</v>
       </c>
       <c r="IO14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP14" s="15" t="n">
-        <v>12.6564</v>
+        <v>12.5945</v>
       </c>
       <c r="IQ14" s="15" t="n">
-        <v>10.2207</v>
+        <v>10.2524</v>
       </c>
       <c r="IR14" s="15" t="n">
-        <v>7.9909</v>
+        <v>7.9601</v>
       </c>
       <c r="IS14" s="15" t="n">
-        <v>3.9372</v>
+        <v>3.9643</v>
       </c>
       <c r="IT14" s="15" t="n">
         <v>5.474</v>
       </c>
       <c r="IU14" s="15" t="n">
         <v>2.9059</v>
       </c>
       <c r="IV14" s="15" t="n">
         <v>5.4933</v>
       </c>
       <c r="IW14" s="15" t="n">
         <v>6.5063</v>
       </c>
       <c r="IX14" s="15" t="n">
         <v>5.2665</v>
       </c>
       <c r="IY14" s="15" t="n">
         <v>6.0118</v>
       </c>
       <c r="IZ14" s="15" t="n">
         <v>9.4328</v>
       </c>
       <c r="JA14" s="15" t="n">
         <v>11.3988</v>
       </c>
@@ -8674,60 +8674,60 @@
         </is>
       </c>
       <c r="NG14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Services activities (G-T NACE Rev. 2)</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>308889.0</v>
+        <v>307775.0</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>291061.0</v>
+        <v>291104.0</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>292317.0</v>
+        <v>292407.0</v>
       </c>
       <c r="E15" s="14" t="n">
-        <v>261689.0</v>
+        <v>261999.0</v>
       </c>
       <c r="F15" s="14" t="n">
         <v>289130.0</v>
       </c>
       <c r="G15" s="14" t="n">
         <v>277538.0</v>
       </c>
       <c r="H15" s="14" t="n">
         <v>279082.0</v>
       </c>
       <c r="I15" s="14" t="n">
         <v>252784.0</v>
       </c>
       <c r="J15" s="14" t="n">
         <v>274796.0</v>
       </c>
       <c r="K15" s="14" t="n">
         <v>259625.0</v>
       </c>
       <c r="L15" s="14" t="n">
         <v>259984.0</v>
       </c>
       <c r="M15" s="14" t="n">
         <v>234395.0</v>
       </c>
@@ -9046,60 +9046,60 @@
       <c r="DN15" s="14" t="n">
         <v>78924.0</v>
       </c>
       <c r="DO15" s="14" t="n">
         <v>73532.0</v>
       </c>
       <c r="DP15" s="14" t="n">
         <v>73037.0</v>
       </c>
       <c r="DQ15" s="14" t="n">
         <v>67168.0</v>
       </c>
       <c r="DR15" s="14" t="n">
         <v>75094.0</v>
       </c>
       <c r="DS15" s="14" t="n">
         <v>69264.0</v>
       </c>
       <c r="DT15" s="14" t="n">
         <v>69359.0</v>
       </c>
       <c r="DU15" s="14" t="n">
         <v>63918.0</v>
       </c>
       <c r="DV15" s="15" t="n">
-        <v>6.1252</v>
+        <v>5.7268</v>
       </c>
       <c r="DW15" s="15" t="n">
-        <v>-0.4297</v>
+        <v>-0.4456</v>
       </c>
       <c r="DX15" s="15" t="n">
-        <v>11.704</v>
+        <v>11.6062</v>
       </c>
       <c r="DY15" s="15" t="n">
-        <v>-9.4909</v>
+        <v>-9.3837</v>
       </c>
       <c r="DZ15" s="15" t="n">
         <v>4.1767</v>
       </c>
       <c r="EA15" s="15" t="n">
         <v>-0.5532</v>
       </c>
       <c r="EB15" s="15" t="n">
         <v>10.4033</v>
       </c>
       <c r="EC15" s="15" t="n">
         <v>-8.0103</v>
       </c>
       <c r="ED15" s="15" t="n">
         <v>5.8434</v>
       </c>
       <c r="EE15" s="15" t="n">
         <v>-0.1381</v>
       </c>
       <c r="EF15" s="15" t="n">
         <v>10.917</v>
       </c>
       <c r="EG15" s="15" t="n">
         <v>-7.923</v>
       </c>
@@ -9420,60 +9420,60 @@
       </c>
       <c r="II15" s="15" t="n">
         <v>0.6777</v>
       </c>
       <c r="IJ15" s="15" t="n">
         <v>8.7378</v>
       </c>
       <c r="IK15" s="15" t="n">
         <v>-10.5548</v>
       </c>
       <c r="IL15" s="15" t="n">
         <v>8.4171</v>
       </c>
       <c r="IM15" s="15" t="n">
         <v>-0.137</v>
       </c>
       <c r="IN15" s="15" t="n">
         <v>8.5125</v>
       </c>
       <c r="IO15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP15" s="15" t="n">
-        <v>6.834</v>
+        <v>6.4487</v>
       </c>
       <c r="IQ15" s="15" t="n">
-        <v>4.8725</v>
+        <v>4.888</v>
       </c>
       <c r="IR15" s="15" t="n">
-        <v>4.7423</v>
+        <v>4.7746</v>
       </c>
       <c r="IS15" s="15" t="n">
-        <v>3.5228</v>
+        <v>3.6454</v>
       </c>
       <c r="IT15" s="15" t="n">
         <v>5.2162</v>
       </c>
       <c r="IU15" s="15" t="n">
         <v>6.8996</v>
       </c>
       <c r="IV15" s="15" t="n">
         <v>7.3458</v>
       </c>
       <c r="IW15" s="15" t="n">
         <v>7.8453</v>
       </c>
       <c r="IX15" s="15" t="n">
         <v>7.9477</v>
       </c>
       <c r="IY15" s="15" t="n">
         <v>10.5658</v>
       </c>
       <c r="IZ15" s="15" t="n">
         <v>11.1784</v>
       </c>
       <c r="JA15" s="15" t="n">
         <v>13.2983</v>
       </c>
@@ -9807,60 +9807,60 @@
         </is>
       </c>
       <c r="NG15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Service activities.Trade, transport and accommodation and restaurants (G-I NACE Rev. 2)</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
-        <v>99201.0</v>
+        <v>98256.0</v>
       </c>
       <c r="C16" s="14" t="n">
-        <v>99061.0</v>
+        <v>99087.0</v>
       </c>
       <c r="D16" s="14" t="n">
-        <v>95329.0</v>
+        <v>95341.0</v>
       </c>
       <c r="E16" s="14" t="n">
-        <v>82014.0</v>
+        <v>82092.0</v>
       </c>
       <c r="F16" s="14" t="n">
         <v>91426.0</v>
       </c>
       <c r="G16" s="14" t="n">
         <v>91302.0</v>
       </c>
       <c r="H16" s="14" t="n">
         <v>88561.0</v>
       </c>
       <c r="I16" s="14" t="n">
         <v>78289.0</v>
       </c>
       <c r="J16" s="14" t="n">
         <v>85088.0</v>
       </c>
       <c r="K16" s="14" t="n">
         <v>84313.0</v>
       </c>
       <c r="L16" s="14" t="n">
         <v>81473.0</v>
       </c>
       <c r="M16" s="14" t="n">
         <v>73370.0</v>
       </c>
@@ -10179,60 +10179,60 @@
       <c r="DN16" s="14" t="n">
         <v>29118.0</v>
       </c>
       <c r="DO16" s="14" t="n">
         <v>28540.0</v>
       </c>
       <c r="DP16" s="14" t="n">
         <v>26522.0</v>
       </c>
       <c r="DQ16" s="14" t="n">
         <v>25068.0</v>
       </c>
       <c r="DR16" s="14" t="n">
         <v>28234.0</v>
       </c>
       <c r="DS16" s="14" t="n">
         <v>27283.0</v>
       </c>
       <c r="DT16" s="14" t="n">
         <v>25886.0</v>
       </c>
       <c r="DU16" s="14" t="n">
         <v>24297.0</v>
       </c>
       <c r="DV16" s="15" t="n">
-        <v>0.1413</v>
+        <v>-0.8387</v>
       </c>
       <c r="DW16" s="15" t="n">
-        <v>3.9149</v>
+        <v>3.9291</v>
       </c>
       <c r="DX16" s="15" t="n">
-        <v>16.235</v>
+        <v>16.1392</v>
       </c>
       <c r="DY16" s="15" t="n">
-        <v>-10.2947</v>
+        <v>-10.2093</v>
       </c>
       <c r="DZ16" s="15" t="n">
         <v>0.1358</v>
       </c>
       <c r="EA16" s="15" t="n">
         <v>3.095</v>
       </c>
       <c r="EB16" s="15" t="n">
         <v>13.1206</v>
       </c>
       <c r="EC16" s="15" t="n">
         <v>-7.9906</v>
       </c>
       <c r="ED16" s="15" t="n">
         <v>0.9192</v>
       </c>
       <c r="EE16" s="15" t="n">
         <v>3.4858</v>
       </c>
       <c r="EF16" s="15" t="n">
         <v>11.044</v>
       </c>
       <c r="EG16" s="15" t="n">
         <v>-8.2588</v>
       </c>
@@ -10553,60 +10553,60 @@
       </c>
       <c r="II16" s="15" t="n">
         <v>7.6088</v>
       </c>
       <c r="IJ16" s="15" t="n">
         <v>5.8002</v>
       </c>
       <c r="IK16" s="15" t="n">
         <v>-11.2134</v>
       </c>
       <c r="IL16" s="15" t="n">
         <v>3.4857</v>
       </c>
       <c r="IM16" s="15" t="n">
         <v>5.3967</v>
       </c>
       <c r="IN16" s="15" t="n">
         <v>6.5399</v>
       </c>
       <c r="IO16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP16" s="15" t="n">
-        <v>8.5041</v>
+        <v>7.4705</v>
       </c>
       <c r="IQ16" s="15" t="n">
-        <v>8.4982</v>
+        <v>8.5266</v>
       </c>
       <c r="IR16" s="15" t="n">
-        <v>7.6422</v>
+        <v>7.6557</v>
       </c>
       <c r="IS16" s="15" t="n">
-        <v>4.758</v>
+        <v>4.8576</v>
       </c>
       <c r="IT16" s="15" t="n">
         <v>7.4488</v>
       </c>
       <c r="IU16" s="15" t="n">
         <v>8.2894</v>
       </c>
       <c r="IV16" s="15" t="n">
         <v>8.6998</v>
       </c>
       <c r="IW16" s="15" t="n">
         <v>6.7044</v>
       </c>
       <c r="IX16" s="15" t="n">
         <v>6.3932</v>
       </c>
       <c r="IY16" s="15" t="n">
         <v>8.8401</v>
       </c>
       <c r="IZ16" s="15" t="n">
         <v>10.816</v>
       </c>
       <c r="JA16" s="15" t="n">
         <v>17.5632</v>
       </c>
@@ -10940,60 +10940,60 @@
         </is>
       </c>
       <c r="NG16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Services activities. Information and communications (J, NACE Rev. 2)</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>17178.0</v>
+        <v>17171.0</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>15189.0</v>
+        <v>15188.0</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>15863.0</v>
+        <v>15865.0</v>
       </c>
       <c r="E17" s="14" t="n">
-        <v>13576.0</v>
+        <v>13595.0</v>
       </c>
       <c r="F17" s="14" t="n">
         <v>16106.0</v>
       </c>
       <c r="G17" s="14" t="n">
         <v>14414.0</v>
       </c>
       <c r="H17" s="14" t="n">
         <v>15197.0</v>
       </c>
       <c r="I17" s="14" t="n">
         <v>13113.0</v>
       </c>
       <c r="J17" s="14" t="n">
         <v>15347.0</v>
       </c>
       <c r="K17" s="14" t="n">
         <v>13666.0</v>
       </c>
       <c r="L17" s="14" t="n">
         <v>14447.0</v>
       </c>
       <c r="M17" s="14" t="n">
         <v>12385.0</v>
       </c>
@@ -11312,60 +11312,60 @@
       <c r="DN17" s="14" t="n">
         <v>4862.0</v>
       </c>
       <c r="DO17" s="14" t="n">
         <v>4290.0</v>
       </c>
       <c r="DP17" s="14" t="n">
         <v>4599.0</v>
       </c>
       <c r="DQ17" s="14" t="n">
         <v>4082.0</v>
       </c>
       <c r="DR17" s="14" t="n">
         <v>4454.0</v>
       </c>
       <c r="DS17" s="14" t="n">
         <v>3875.0</v>
       </c>
       <c r="DT17" s="14" t="n">
         <v>4148.0</v>
       </c>
       <c r="DU17" s="14" t="n">
         <v>3668.0</v>
       </c>
       <c r="DV17" s="15" t="n">
-        <v>13.095</v>
+        <v>13.0564</v>
       </c>
       <c r="DW17" s="15" t="n">
-        <v>-4.2489</v>
+        <v>-4.2673</v>
       </c>
       <c r="DX17" s="15" t="n">
-        <v>16.8459</v>
+        <v>16.6973</v>
       </c>
       <c r="DY17" s="15" t="n">
-        <v>-15.7084</v>
+        <v>-15.5905</v>
       </c>
       <c r="DZ17" s="15" t="n">
         <v>11.7386</v>
       </c>
       <c r="EA17" s="15" t="n">
         <v>-5.1523</v>
       </c>
       <c r="EB17" s="15" t="n">
         <v>15.8926</v>
       </c>
       <c r="EC17" s="15" t="n">
         <v>-14.5566</v>
       </c>
       <c r="ED17" s="15" t="n">
         <v>12.3006</v>
       </c>
       <c r="EE17" s="15" t="n">
         <v>-5.406</v>
       </c>
       <c r="EF17" s="15" t="n">
         <v>16.6492</v>
       </c>
       <c r="EG17" s="15" t="n">
         <v>-11.5925</v>
       </c>
@@ -11686,60 +11686,60 @@
       </c>
       <c r="II17" s="15" t="n">
         <v>-6.7189</v>
       </c>
       <c r="IJ17" s="15" t="n">
         <v>12.6654</v>
       </c>
       <c r="IK17" s="15" t="n">
         <v>-8.352</v>
       </c>
       <c r="IL17" s="15" t="n">
         <v>14.9419</v>
       </c>
       <c r="IM17" s="15" t="n">
         <v>-6.5815</v>
       </c>
       <c r="IN17" s="15" t="n">
         <v>13.0862</v>
       </c>
       <c r="IO17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP17" s="15" t="n">
-        <v>6.6559</v>
+        <v>6.6124</v>
       </c>
       <c r="IQ17" s="15" t="n">
-        <v>5.3767</v>
+        <v>5.3698</v>
       </c>
       <c r="IR17" s="15" t="n">
-        <v>4.3824</v>
+        <v>4.3956</v>
       </c>
       <c r="IS17" s="15" t="n">
-        <v>3.5308</v>
+        <v>3.6757</v>
       </c>
       <c r="IT17" s="15" t="n">
         <v>4.9456</v>
       </c>
       <c r="IU17" s="15" t="n">
         <v>5.4734</v>
       </c>
       <c r="IV17" s="15" t="n">
         <v>5.1914</v>
       </c>
       <c r="IW17" s="15" t="n">
         <v>5.8781</v>
       </c>
       <c r="IX17" s="15" t="n">
         <v>9.551</v>
       </c>
       <c r="IY17" s="15" t="n">
         <v>12.4681</v>
       </c>
       <c r="IZ17" s="15" t="n">
         <v>14.3049</v>
       </c>
       <c r="JA17" s="15" t="n">
         <v>14.3266</v>
       </c>
@@ -12073,60 +12073,60 @@
         </is>
       </c>
       <c r="NG17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Services activities. Financial and insurance activities (K, NACE Rev. 2)</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>18501.0</v>
+        <v>18990.0</v>
       </c>
       <c r="C18" s="14" t="n">
-        <v>19254.0</v>
+        <v>19260.0</v>
       </c>
       <c r="D18" s="14" t="n">
         <v>18863.0</v>
       </c>
       <c r="E18" s="14" t="n">
-        <v>19977.0</v>
+        <v>19970.0</v>
       </c>
       <c r="F18" s="14" t="n">
         <v>18662.0</v>
       </c>
       <c r="G18" s="14" t="n">
         <v>21053.0</v>
       </c>
       <c r="H18" s="14" t="n">
         <v>20343.0</v>
       </c>
       <c r="I18" s="14" t="n">
         <v>20665.0</v>
       </c>
       <c r="J18" s="14" t="n">
         <v>19524.0</v>
       </c>
       <c r="K18" s="14" t="n">
         <v>20263.0</v>
       </c>
       <c r="L18" s="14" t="n">
         <v>17886.0</v>
       </c>
       <c r="M18" s="14" t="n">
         <v>16057.0</v>
       </c>
@@ -12445,60 +12445,60 @@
       <c r="DN18" s="14" t="n">
         <v>5367.0</v>
       </c>
       <c r="DO18" s="14" t="n">
         <v>5328.0</v>
       </c>
       <c r="DP18" s="14" t="n">
         <v>5345.0</v>
       </c>
       <c r="DQ18" s="14" t="n">
         <v>4880.0</v>
       </c>
       <c r="DR18" s="14" t="n">
         <v>4854.0</v>
       </c>
       <c r="DS18" s="14" t="n">
         <v>5210.0</v>
       </c>
       <c r="DT18" s="14" t="n">
         <v>5102.0</v>
       </c>
       <c r="DU18" s="14" t="n">
         <v>4876.0</v>
       </c>
       <c r="DV18" s="15" t="n">
-        <v>-3.9109</v>
+        <v>-1.4019</v>
       </c>
       <c r="DW18" s="15" t="n">
-        <v>2.0728</v>
+        <v>2.1046</v>
       </c>
       <c r="DX18" s="15" t="n">
-        <v>-5.5764</v>
+        <v>-5.5433</v>
       </c>
       <c r="DY18" s="15" t="n">
-        <v>7.0464</v>
+        <v>7.0089</v>
       </c>
       <c r="DZ18" s="15" t="n">
         <v>-11.3571</v>
       </c>
       <c r="EA18" s="15" t="n">
         <v>3.4901</v>
       </c>
       <c r="EB18" s="15" t="n">
         <v>-1.5582</v>
       </c>
       <c r="EC18" s="15" t="n">
         <v>5.8441</v>
       </c>
       <c r="ED18" s="15" t="n">
         <v>-3.647</v>
       </c>
       <c r="EE18" s="15" t="n">
         <v>13.2897</v>
       </c>
       <c r="EF18" s="15" t="n">
         <v>11.3907</v>
       </c>
       <c r="EG18" s="15" t="n">
         <v>13.1332</v>
       </c>
@@ -12819,60 +12819,60 @@
       </c>
       <c r="II18" s="15" t="n">
         <v>-0.3181</v>
       </c>
       <c r="IJ18" s="15" t="n">
         <v>9.5287</v>
       </c>
       <c r="IK18" s="15" t="n">
         <v>0.5356</v>
       </c>
       <c r="IL18" s="15" t="n">
         <v>-6.833</v>
       </c>
       <c r="IM18" s="15" t="n">
         <v>2.1168</v>
       </c>
       <c r="IN18" s="15" t="n">
         <v>4.6349</v>
       </c>
       <c r="IO18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP18" s="15" t="n">
-        <v>-0.8627</v>
+        <v>1.7576</v>
       </c>
       <c r="IQ18" s="15" t="n">
-        <v>-8.5451</v>
+        <v>-8.5166</v>
       </c>
       <c r="IR18" s="15" t="n">
         <v>-7.2752</v>
       </c>
       <c r="IS18" s="15" t="n">
-        <v>-3.3293</v>
+        <v>-3.3632</v>
       </c>
       <c r="IT18" s="15" t="n">
         <v>-4.4151</v>
       </c>
       <c r="IU18" s="15" t="n">
         <v>3.8987</v>
       </c>
       <c r="IV18" s="15" t="n">
         <v>13.737</v>
       </c>
       <c r="IW18" s="15" t="n">
         <v>28.6978</v>
       </c>
       <c r="IX18" s="15" t="n">
         <v>37.5608</v>
       </c>
       <c r="IY18" s="15" t="n">
         <v>53.9157</v>
       </c>
       <c r="IZ18" s="15" t="n">
         <v>37.871</v>
       </c>
       <c r="JA18" s="15" t="n">
         <v>27.2648</v>
       </c>
@@ -13206,60 +13206,60 @@
         </is>
       </c>
       <c r="NG18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Services activities. Real estate activities (L, NACE Rev. 2)</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>44309.0</v>
+        <v>44128.0</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>42679.0</v>
+        <v>42728.0</v>
       </c>
       <c r="D19" s="14" t="n">
-        <v>44794.0</v>
+        <v>44799.0</v>
       </c>
       <c r="E19" s="14" t="n">
-        <v>42035.0</v>
+        <v>42096.0</v>
       </c>
       <c r="F19" s="14" t="n">
         <v>42126.0</v>
       </c>
       <c r="G19" s="14" t="n">
         <v>41106.0</v>
       </c>
       <c r="H19" s="14" t="n">
         <v>42854.0</v>
       </c>
       <c r="I19" s="14" t="n">
         <v>41131.0</v>
       </c>
       <c r="J19" s="14" t="n">
         <v>41422.0</v>
       </c>
       <c r="K19" s="14" t="n">
         <v>39101.0</v>
       </c>
       <c r="L19" s="14" t="n">
         <v>40854.0</v>
       </c>
       <c r="M19" s="14" t="n">
         <v>38406.0</v>
       </c>
@@ -13578,60 +13578,60 @@
       <c r="DN19" s="14" t="n">
         <v>6818.0</v>
       </c>
       <c r="DO19" s="14" t="n">
         <v>6401.0</v>
       </c>
       <c r="DP19" s="14" t="n">
         <v>6135.0</v>
       </c>
       <c r="DQ19" s="14" t="n">
         <v>5983.0</v>
       </c>
       <c r="DR19" s="14" t="n">
         <v>6471.0</v>
       </c>
       <c r="DS19" s="14" t="n">
         <v>5886.0</v>
       </c>
       <c r="DT19" s="14" t="n">
         <v>5688.0</v>
       </c>
       <c r="DU19" s="14" t="n">
         <v>5603.0</v>
       </c>
       <c r="DV19" s="15" t="n">
-        <v>3.8192</v>
+        <v>3.2765</v>
       </c>
       <c r="DW19" s="15" t="n">
-        <v>-4.7216</v>
+        <v>-4.6229</v>
       </c>
       <c r="DX19" s="15" t="n">
-        <v>6.5636</v>
+        <v>6.421</v>
       </c>
       <c r="DY19" s="15" t="n">
-        <v>-0.216</v>
+        <v>-0.0712</v>
       </c>
       <c r="DZ19" s="15" t="n">
         <v>2.4814</v>
       </c>
       <c r="EA19" s="15" t="n">
         <v>-4.079</v>
       </c>
       <c r="EB19" s="15" t="n">
         <v>4.1891</v>
       </c>
       <c r="EC19" s="15" t="n">
         <v>-0.7025</v>
       </c>
       <c r="ED19" s="15" t="n">
         <v>5.9359</v>
       </c>
       <c r="EE19" s="15" t="n">
         <v>-4.2909</v>
       </c>
       <c r="EF19" s="15" t="n">
         <v>6.374</v>
       </c>
       <c r="EG19" s="15" t="n">
         <v>2.3996</v>
       </c>
@@ -13952,60 +13952,60 @@
       </c>
       <c r="II19" s="15" t="n">
         <v>4.3358</v>
       </c>
       <c r="IJ19" s="15" t="n">
         <v>2.5405</v>
       </c>
       <c r="IK19" s="15" t="n">
         <v>-7.5413</v>
       </c>
       <c r="IL19" s="15" t="n">
         <v>9.9388</v>
       </c>
       <c r="IM19" s="15" t="n">
         <v>3.481</v>
       </c>
       <c r="IN19" s="15" t="n">
         <v>1.517</v>
       </c>
       <c r="IO19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP19" s="15" t="n">
-        <v>5.1821</v>
+        <v>4.7524</v>
       </c>
       <c r="IQ19" s="15" t="n">
-        <v>3.8267</v>
+        <v>3.9459</v>
       </c>
       <c r="IR19" s="15" t="n">
-        <v>4.527</v>
+        <v>4.5387</v>
       </c>
       <c r="IS19" s="15" t="n">
-        <v>2.1979</v>
+        <v>2.3462</v>
       </c>
       <c r="IT19" s="15" t="n">
         <v>1.6996</v>
       </c>
       <c r="IU19" s="15" t="n">
         <v>5.1277</v>
       </c>
       <c r="IV19" s="15" t="n">
         <v>4.8955</v>
       </c>
       <c r="IW19" s="15" t="n">
         <v>7.0952</v>
       </c>
       <c r="IX19" s="15" t="n">
         <v>10.441</v>
       </c>
       <c r="IY19" s="15" t="n">
         <v>6.7808</v>
       </c>
       <c r="IZ19" s="15" t="n">
         <v>9.7164</v>
       </c>
       <c r="JA19" s="15" t="n">
         <v>10.2987</v>
       </c>
@@ -14339,60 +14339,60 @@
         </is>
       </c>
       <c r="NG19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Services activities. Professiona scientific and technical activities and others (M-N, NACE Rev. 2)</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
-        <v>40099.0</v>
+        <v>40289.0</v>
       </c>
       <c r="C20" s="14" t="n">
-        <v>33778.0</v>
+        <v>33777.0</v>
       </c>
       <c r="D20" s="14" t="n">
-        <v>35196.0</v>
+        <v>35188.0</v>
       </c>
       <c r="E20" s="14" t="n">
-        <v>31023.0</v>
+        <v>31066.0</v>
       </c>
       <c r="F20" s="14" t="n">
         <v>37552.0</v>
       </c>
       <c r="G20" s="14" t="n">
         <v>31588.0</v>
       </c>
       <c r="H20" s="14" t="n">
         <v>33253.0</v>
       </c>
       <c r="I20" s="14" t="n">
         <v>29310.0</v>
       </c>
       <c r="J20" s="14" t="n">
         <v>34961.0</v>
       </c>
       <c r="K20" s="14" t="n">
         <v>30066.0</v>
       </c>
       <c r="L20" s="14" t="n">
         <v>31342.0</v>
       </c>
       <c r="M20" s="14" t="n">
         <v>28550.0</v>
       </c>
@@ -14711,60 +14711,60 @@
       <c r="DN20" s="14" t="n">
         <v>7176.0</v>
       </c>
       <c r="DO20" s="14" t="n">
         <v>6049.0</v>
       </c>
       <c r="DP20" s="14" t="n">
         <v>6772.0</v>
       </c>
       <c r="DQ20" s="14" t="n">
         <v>6091.0</v>
       </c>
       <c r="DR20" s="14" t="n">
         <v>6720.0</v>
       </c>
       <c r="DS20" s="14" t="n">
         <v>5438.0</v>
       </c>
       <c r="DT20" s="14" t="n">
         <v>6282.0</v>
       </c>
       <c r="DU20" s="14" t="n">
         <v>5664.0</v>
       </c>
       <c r="DV20" s="15" t="n">
-        <v>18.7134</v>
+        <v>19.2794</v>
       </c>
       <c r="DW20" s="15" t="n">
-        <v>-4.0289</v>
+        <v>-4.0099</v>
       </c>
       <c r="DX20" s="15" t="n">
-        <v>13.4513</v>
+        <v>13.2685</v>
       </c>
       <c r="DY20" s="15" t="n">
-        <v>-17.3866</v>
+        <v>-17.272</v>
       </c>
       <c r="DZ20" s="15" t="n">
         <v>18.8806</v>
       </c>
       <c r="EA20" s="15" t="n">
         <v>-5.0071</v>
       </c>
       <c r="EB20" s="15" t="n">
         <v>13.4527</v>
       </c>
       <c r="EC20" s="15" t="n">
         <v>-16.1637</v>
       </c>
       <c r="ED20" s="15" t="n">
         <v>16.2808</v>
       </c>
       <c r="EE20" s="15" t="n">
         <v>-4.0712</v>
       </c>
       <c r="EF20" s="15" t="n">
         <v>9.7793</v>
       </c>
       <c r="EG20" s="15" t="n">
         <v>-13.4061</v>
       </c>
@@ -15085,60 +15085,60 @@
       </c>
       <c r="II20" s="15" t="n">
         <v>-10.6763</v>
       </c>
       <c r="IJ20" s="15" t="n">
         <v>11.1804</v>
       </c>
       <c r="IK20" s="15" t="n">
         <v>-9.3601</v>
       </c>
       <c r="IL20" s="15" t="n">
         <v>23.5748</v>
       </c>
       <c r="IM20" s="15" t="n">
         <v>-13.4352</v>
       </c>
       <c r="IN20" s="15" t="n">
         <v>10.911</v>
       </c>
       <c r="IO20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP20" s="15" t="n">
-        <v>6.7826</v>
+        <v>7.2886</v>
       </c>
       <c r="IQ20" s="15" t="n">
-        <v>6.933</v>
+        <v>6.9298</v>
       </c>
       <c r="IR20" s="15" t="n">
-        <v>5.8431</v>
+        <v>5.819</v>
       </c>
       <c r="IS20" s="15" t="n">
-        <v>5.8444</v>
+        <v>5.9911</v>
       </c>
       <c r="IT20" s="15" t="n">
         <v>7.4111</v>
       </c>
       <c r="IU20" s="15" t="n">
         <v>5.0622</v>
       </c>
       <c r="IV20" s="15" t="n">
         <v>6.0972</v>
       </c>
       <c r="IW20" s="15" t="n">
         <v>2.662</v>
       </c>
       <c r="IX20" s="15" t="n">
         <v>6.0388</v>
       </c>
       <c r="IY20" s="15" t="n">
         <v>7.9608</v>
       </c>
       <c r="IZ20" s="15" t="n">
         <v>10.0608</v>
       </c>
       <c r="JA20" s="15" t="n">
         <v>12.4104</v>
       </c>
@@ -15472,60 +15472,60 @@
         </is>
       </c>
       <c r="NG20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Services activities. Public administration, education and health activities (O-Q, NACE Rev. 2)</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>73560.0</v>
+        <v>73115.0</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>65571.0</v>
+        <v>65539.0</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>66594.0</v>
+        <v>66678.0</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>58376.0</v>
+        <v>58476.0</v>
       </c>
       <c r="F21" s="14" t="n">
         <v>67908.0</v>
       </c>
       <c r="G21" s="14" t="n">
         <v>63381.0</v>
       </c>
       <c r="H21" s="14" t="n">
         <v>64013.0</v>
       </c>
       <c r="I21" s="14" t="n">
         <v>56122.0</v>
       </c>
       <c r="J21" s="14" t="n">
         <v>63715.0</v>
       </c>
       <c r="K21" s="14" t="n">
         <v>58434.0</v>
       </c>
       <c r="L21" s="14" t="n">
         <v>60384.0</v>
       </c>
       <c r="M21" s="14" t="n">
         <v>52419.0</v>
       </c>
@@ -15844,60 +15844,60 @@
       <c r="DN21" s="14" t="n">
         <v>20338.0</v>
       </c>
       <c r="DO21" s="14" t="n">
         <v>18416.0</v>
       </c>
       <c r="DP21" s="14" t="n">
         <v>19072.0</v>
       </c>
       <c r="DQ21" s="14" t="n">
         <v>16795.0</v>
       </c>
       <c r="DR21" s="14" t="n">
         <v>19330.0</v>
       </c>
       <c r="DS21" s="14" t="n">
         <v>17252.0</v>
       </c>
       <c r="DT21" s="14" t="n">
         <v>17821.0</v>
       </c>
       <c r="DU21" s="14" t="n">
         <v>15828.0</v>
       </c>
       <c r="DV21" s="15" t="n">
-        <v>12.1837</v>
+        <v>11.5595</v>
       </c>
       <c r="DW21" s="15" t="n">
-        <v>-1.5362</v>
+        <v>-1.7082</v>
       </c>
       <c r="DX21" s="15" t="n">
-        <v>14.0777</v>
+        <v>14.0263</v>
       </c>
       <c r="DY21" s="15" t="n">
-        <v>-14.0366</v>
+        <v>-13.8894</v>
       </c>
       <c r="DZ21" s="15" t="n">
         <v>7.1425</v>
       </c>
       <c r="EA21" s="15" t="n">
         <v>-0.9873</v>
       </c>
       <c r="EB21" s="15" t="n">
         <v>14.0604</v>
       </c>
       <c r="EC21" s="15" t="n">
         <v>-11.9171</v>
       </c>
       <c r="ED21" s="15" t="n">
         <v>9.0375</v>
       </c>
       <c r="EE21" s="15" t="n">
         <v>-3.2293</v>
       </c>
       <c r="EF21" s="15" t="n">
         <v>15.1949</v>
       </c>
       <c r="EG21" s="15" t="n">
         <v>-14.5547</v>
       </c>
@@ -16218,60 +16218,60 @@
       </c>
       <c r="II21" s="15" t="n">
         <v>-3.4396</v>
       </c>
       <c r="IJ21" s="15" t="n">
         <v>13.5576</v>
       </c>
       <c r="IK21" s="15" t="n">
         <v>-13.1143</v>
       </c>
       <c r="IL21" s="15" t="n">
         <v>12.045</v>
       </c>
       <c r="IM21" s="15" t="n">
         <v>-3.1929</v>
       </c>
       <c r="IN21" s="15" t="n">
         <v>12.5916</v>
       </c>
       <c r="IO21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP21" s="15" t="n">
-        <v>8.323</v>
+        <v>7.6677</v>
       </c>
       <c r="IQ21" s="15" t="n">
-        <v>3.4553</v>
+        <v>3.4048</v>
       </c>
       <c r="IR21" s="15" t="n">
-        <v>4.032</v>
+        <v>4.1632</v>
       </c>
       <c r="IS21" s="15" t="n">
-        <v>4.0163</v>
+        <v>4.1944</v>
       </c>
       <c r="IT21" s="15" t="n">
         <v>6.5809</v>
       </c>
       <c r="IU21" s="15" t="n">
         <v>8.466</v>
       </c>
       <c r="IV21" s="15" t="n">
         <v>6.0099</v>
       </c>
       <c r="IW21" s="15" t="n">
         <v>7.0642</v>
       </c>
       <c r="IX21" s="15" t="n">
         <v>3.8583</v>
       </c>
       <c r="IY21" s="15" t="n">
         <v>7.8297</v>
       </c>
       <c r="IZ21" s="15" t="n">
         <v>8.1317</v>
       </c>
       <c r="JA21" s="15" t="n">
         <v>7.1415</v>
       </c>
@@ -16605,60 +16605,60 @@
         </is>
       </c>
       <c r="NG21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Services activities. Arts entertainment and other services (R-T NACE Rev. 2)</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>16041.0</v>
+        <v>15826.0</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>15529.0</v>
+        <v>15525.0</v>
       </c>
       <c r="D22" s="14" t="n">
-        <v>15678.0</v>
+        <v>15673.0</v>
       </c>
       <c r="E22" s="14" t="n">
-        <v>14688.0</v>
+        <v>14704.0</v>
       </c>
       <c r="F22" s="14" t="n">
         <v>15350.0</v>
       </c>
       <c r="G22" s="14" t="n">
         <v>14694.0</v>
       </c>
       <c r="H22" s="14" t="n">
         <v>14861.0</v>
       </c>
       <c r="I22" s="14" t="n">
         <v>14154.0</v>
       </c>
       <c r="J22" s="14" t="n">
         <v>14739.0</v>
       </c>
       <c r="K22" s="14" t="n">
         <v>13782.0</v>
       </c>
       <c r="L22" s="14" t="n">
         <v>13598.0</v>
       </c>
       <c r="M22" s="14" t="n">
         <v>13208.0</v>
       </c>
@@ -16977,60 +16977,60 @@
       <c r="DN22" s="14" t="n">
         <v>5245.0</v>
       </c>
       <c r="DO22" s="14" t="n">
         <v>4508.0</v>
       </c>
       <c r="DP22" s="14" t="n">
         <v>4592.0</v>
       </c>
       <c r="DQ22" s="14" t="n">
         <v>4269.0</v>
       </c>
       <c r="DR22" s="14" t="n">
         <v>5031.0</v>
       </c>
       <c r="DS22" s="14" t="n">
         <v>4320.0</v>
       </c>
       <c r="DT22" s="14" t="n">
         <v>4432.0</v>
       </c>
       <c r="DU22" s="14" t="n">
         <v>3982.0</v>
       </c>
       <c r="DV22" s="15" t="n">
-        <v>3.2971</v>
+        <v>1.9388</v>
       </c>
       <c r="DW22" s="15" t="n">
-        <v>-0.9504</v>
+        <v>-0.9443</v>
       </c>
       <c r="DX22" s="15" t="n">
-        <v>6.7402</v>
+        <v>6.59</v>
       </c>
       <c r="DY22" s="15" t="n">
-        <v>-4.3127</v>
+        <v>-4.2085</v>
       </c>
       <c r="DZ22" s="15" t="n">
         <v>4.4644</v>
       </c>
       <c r="EA22" s="15" t="n">
         <v>-1.1237</v>
       </c>
       <c r="EB22" s="15" t="n">
         <v>4.9951</v>
       </c>
       <c r="EC22" s="15" t="n">
         <v>-3.9691</v>
       </c>
       <c r="ED22" s="15" t="n">
         <v>6.9438</v>
       </c>
       <c r="EE22" s="15" t="n">
         <v>1.3531</v>
       </c>
       <c r="EF22" s="15" t="n">
         <v>2.9528</v>
       </c>
       <c r="EG22" s="15" t="n">
         <v>-9.3044</v>
       </c>
@@ -17351,60 +17351,60 @@
       </c>
       <c r="II22" s="15" t="n">
         <v>-1.8293</v>
       </c>
       <c r="IJ22" s="15" t="n">
         <v>7.5662</v>
       </c>
       <c r="IK22" s="15" t="n">
         <v>-15.1461</v>
       </c>
       <c r="IL22" s="15" t="n">
         <v>16.4583</v>
       </c>
       <c r="IM22" s="15" t="n">
         <v>-2.5271</v>
       </c>
       <c r="IN22" s="15" t="n">
         <v>11.3009</v>
       </c>
       <c r="IO22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP22" s="15" t="n">
-        <v>4.5016</v>
+        <v>3.101</v>
       </c>
       <c r="IQ22" s="15" t="n">
-        <v>5.6826</v>
+        <v>5.6554</v>
       </c>
       <c r="IR22" s="15" t="n">
-        <v>5.4976</v>
+        <v>5.464</v>
       </c>
       <c r="IS22" s="15" t="n">
-        <v>3.7728</v>
+        <v>3.8858</v>
       </c>
       <c r="IT22" s="15" t="n">
         <v>4.1455</v>
       </c>
       <c r="IU22" s="15" t="n">
         <v>6.6173</v>
       </c>
       <c r="IV22" s="15" t="n">
         <v>9.2881</v>
       </c>
       <c r="IW22" s="15" t="n">
         <v>7.1623</v>
       </c>
       <c r="IX22" s="15" t="n">
         <v>1.2085</v>
       </c>
       <c r="IY22" s="15" t="n">
         <v>3.0353</v>
       </c>
       <c r="IZ22" s="15" t="n">
         <v>3.3675</v>
       </c>
       <c r="JA22" s="15" t="n">
         <v>11.1691</v>
       </c>
@@ -17738,60 +17738,60 @@
         </is>
       </c>
       <c r="NG22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        Taxes less subsidies on products                      </t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>34588.0</v>
+        <v>37019.0</v>
       </c>
       <c r="C23" s="14" t="n">
-        <v>39424.0</v>
+        <v>39411.0</v>
       </c>
       <c r="D23" s="14" t="n">
-        <v>39251.0</v>
+        <v>39297.0</v>
       </c>
       <c r="E23" s="14" t="n">
-        <v>42696.0</v>
+        <v>42616.0</v>
       </c>
       <c r="F23" s="14" t="n">
         <v>31517.0</v>
       </c>
       <c r="G23" s="14" t="n">
         <v>35556.0</v>
       </c>
       <c r="H23" s="14" t="n">
         <v>36224.0</v>
       </c>
       <c r="I23" s="14" t="n">
         <v>38450.0</v>
       </c>
       <c r="J23" s="14" t="n">
         <v>27828.0</v>
       </c>
       <c r="K23" s="14" t="n">
         <v>33413.0</v>
       </c>
       <c r="L23" s="14" t="n">
         <v>33227.0</v>
       </c>
       <c r="M23" s="14" t="n">
         <v>36542.0</v>
       </c>
@@ -18110,60 +18110,60 @@
       <c r="DN23" s="14" t="n">
         <v>9217.0</v>
       </c>
       <c r="DO23" s="14" t="n">
         <v>9569.0</v>
       </c>
       <c r="DP23" s="14" t="n">
         <v>8970.0</v>
       </c>
       <c r="DQ23" s="14" t="n">
         <v>9650.0</v>
       </c>
       <c r="DR23" s="14" t="n">
         <v>8203.0</v>
       </c>
       <c r="DS23" s="14" t="n">
         <v>8942.0</v>
       </c>
       <c r="DT23" s="14" t="n">
         <v>8729.0</v>
       </c>
       <c r="DU23" s="14" t="n">
         <v>8369.0</v>
       </c>
       <c r="DV23" s="15" t="n">
-        <v>-12.2666</v>
+        <v>-6.0694</v>
       </c>
       <c r="DW23" s="15" t="n">
-        <v>0.4408</v>
+        <v>0.2901</v>
       </c>
       <c r="DX23" s="15" t="n">
-        <v>-8.0687</v>
+        <v>-7.7882</v>
       </c>
       <c r="DY23" s="15" t="n">
-        <v>35.4697</v>
+        <v>35.2159</v>
       </c>
       <c r="DZ23" s="15" t="n">
         <v>-11.3595</v>
       </c>
       <c r="EA23" s="15" t="n">
         <v>-1.8441</v>
       </c>
       <c r="EB23" s="15" t="n">
         <v>-5.7893</v>
       </c>
       <c r="EC23" s="15" t="n">
         <v>38.1702</v>
       </c>
       <c r="ED23" s="15" t="n">
         <v>-16.7151</v>
       </c>
       <c r="EE23" s="15" t="n">
         <v>0.5598</v>
       </c>
       <c r="EF23" s="15" t="n">
         <v>-9.0718</v>
       </c>
       <c r="EG23" s="15" t="n">
         <v>76.378</v>
       </c>
@@ -18484,60 +18484,60 @@
       </c>
       <c r="II23" s="15" t="n">
         <v>6.6778</v>
       </c>
       <c r="IJ23" s="15" t="n">
         <v>-7.0466</v>
       </c>
       <c r="IK23" s="15" t="n">
         <v>17.6399</v>
       </c>
       <c r="IL23" s="15" t="n">
         <v>-8.2644</v>
       </c>
       <c r="IM23" s="15" t="n">
         <v>2.4401</v>
       </c>
       <c r="IN23" s="15" t="n">
         <v>4.3016</v>
       </c>
       <c r="IO23" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP23" s="15" t="n">
-        <v>9.7439</v>
+        <v>17.4572</v>
       </c>
       <c r="IQ23" s="15" t="n">
-        <v>10.8786</v>
+        <v>10.8421</v>
       </c>
       <c r="IR23" s="15" t="n">
-        <v>8.3563</v>
+        <v>8.4833</v>
       </c>
       <c r="IS23" s="15" t="n">
-        <v>11.0429</v>
+        <v>10.8349</v>
       </c>
       <c r="IT23" s="15" t="n">
         <v>13.2564</v>
       </c>
       <c r="IU23" s="15" t="n">
         <v>6.4137</v>
       </c>
       <c r="IV23" s="15" t="n">
         <v>9.0198</v>
       </c>
       <c r="IW23" s="15" t="n">
         <v>5.2214</v>
       </c>
       <c r="IX23" s="15" t="n">
         <v>34.318</v>
       </c>
       <c r="IY23" s="15" t="n">
         <v>7.1926</v>
       </c>
       <c r="IZ23" s="15" t="n">
         <v>2.2275</v>
       </c>
       <c r="JA23" s="15" t="n">
         <v>-0.5822</v>
       </c>
@@ -18871,60 +18871,60 @@
         </is>
       </c>
       <c r="NG23" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH23" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI23" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        Taxes on products</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
-        <v>38362.0</v>
+        <v>40434.0</v>
       </c>
       <c r="C24" s="14" t="n">
-        <v>41365.0</v>
+        <v>41343.0</v>
       </c>
       <c r="D24" s="14" t="n">
-        <v>42554.0</v>
+        <v>42553.0</v>
       </c>
       <c r="E24" s="14" t="n">
-        <v>45539.0</v>
+        <v>45542.0</v>
       </c>
       <c r="F24" s="14" t="n">
         <v>35215.0</v>
       </c>
       <c r="G24" s="14" t="n">
         <v>37565.0</v>
       </c>
       <c r="H24" s="14" t="n">
         <v>39037.0</v>
       </c>
       <c r="I24" s="14" t="n">
         <v>40579.0</v>
       </c>
       <c r="J24" s="14" t="n">
         <v>31322.0</v>
       </c>
       <c r="K24" s="14" t="n">
         <v>35073.0</v>
       </c>
       <c r="L24" s="14" t="n">
         <v>35337.0</v>
       </c>
       <c r="M24" s="14" t="n">
         <v>39372.0</v>
       </c>
@@ -19243,60 +19243,60 @@
       <c r="DN24" s="14" t="n">
         <v>12295.0</v>
       </c>
       <c r="DO24" s="14" t="n">
         <v>10633.0</v>
       </c>
       <c r="DP24" s="14" t="n">
         <v>10684.0</v>
       </c>
       <c r="DQ24" s="14" t="n">
         <v>10830.0</v>
       </c>
       <c r="DR24" s="14" t="n">
         <v>11747.0</v>
       </c>
       <c r="DS24" s="14" t="n">
         <v>9959.0</v>
       </c>
       <c r="DT24" s="14" t="n">
         <v>10309.0</v>
       </c>
       <c r="DU24" s="14" t="n">
         <v>9528.0</v>
       </c>
       <c r="DV24" s="15" t="n">
-        <v>-7.2598</v>
+        <v>-2.1987</v>
       </c>
       <c r="DW24" s="15" t="n">
-        <v>-2.7941</v>
+        <v>-2.8435</v>
       </c>
       <c r="DX24" s="15" t="n">
-        <v>-6.5548</v>
+        <v>-6.5632</v>
       </c>
       <c r="DY24" s="15" t="n">
-        <v>29.3171</v>
+        <v>29.3256</v>
       </c>
       <c r="DZ24" s="15" t="n">
         <v>-6.2558</v>
       </c>
       <c r="EA24" s="15" t="n">
         <v>-3.7708</v>
       </c>
       <c r="EB24" s="15" t="n">
         <v>-3.8</v>
       </c>
       <c r="EC24" s="15" t="n">
         <v>29.5543</v>
       </c>
       <c r="ED24" s="15" t="n">
         <v>-10.6948</v>
       </c>
       <c r="EE24" s="15" t="n">
         <v>-0.7471</v>
       </c>
       <c r="EF24" s="15" t="n">
         <v>-10.2484</v>
       </c>
       <c r="EG24" s="15" t="n">
         <v>37.9441</v>
       </c>
@@ -19617,60 +19617,60 @@
       </c>
       <c r="II24" s="15" t="n">
         <v>-0.4773</v>
       </c>
       <c r="IJ24" s="15" t="n">
         <v>-1.3481</v>
       </c>
       <c r="IK24" s="15" t="n">
         <v>-7.8062</v>
       </c>
       <c r="IL24" s="15" t="n">
         <v>17.9536</v>
       </c>
       <c r="IM24" s="15" t="n">
         <v>-3.3951</v>
       </c>
       <c r="IN24" s="15" t="n">
         <v>8.1969</v>
       </c>
       <c r="IO24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP24" s="15" t="n">
-        <v>8.9365</v>
+        <v>14.8204</v>
       </c>
       <c r="IQ24" s="15" t="n">
-        <v>10.1158</v>
+        <v>10.0572</v>
       </c>
       <c r="IR24" s="15" t="n">
-        <v>9.0094</v>
+        <v>9.0068</v>
       </c>
       <c r="IS24" s="15" t="n">
-        <v>12.2231</v>
+        <v>12.2305</v>
       </c>
       <c r="IT24" s="15" t="n">
         <v>12.429</v>
       </c>
       <c r="IU24" s="15" t="n">
         <v>7.1052</v>
       </c>
       <c r="IV24" s="15" t="n">
         <v>10.4706</v>
       </c>
       <c r="IW24" s="15" t="n">
         <v>3.0656</v>
       </c>
       <c r="IX24" s="15" t="n">
         <v>9.74</v>
       </c>
       <c r="IY24" s="15" t="n">
         <v>-2.5777</v>
       </c>
       <c r="IZ24" s="15" t="n">
         <v>-1.6641</v>
       </c>
       <c r="JA24" s="15" t="n">
         <v>1.1562</v>
       </c>
@@ -20004,60 +20004,60 @@
         </is>
       </c>
       <c r="NG24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        Subsidies on products</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>3774.0</v>
+        <v>3415.0</v>
       </c>
       <c r="C25" s="14" t="n">
-        <v>1941.0</v>
+        <v>1932.0</v>
       </c>
       <c r="D25" s="14" t="n">
-        <v>3303.0</v>
+        <v>3256.0</v>
       </c>
       <c r="E25" s="14" t="n">
-        <v>2843.0</v>
+        <v>2926.0</v>
       </c>
       <c r="F25" s="14" t="n">
         <v>3698.0</v>
       </c>
       <c r="G25" s="14" t="n">
         <v>2009.0</v>
       </c>
       <c r="H25" s="14" t="n">
         <v>2813.0</v>
       </c>
       <c r="I25" s="14" t="n">
         <v>2129.0</v>
       </c>
       <c r="J25" s="14" t="n">
         <v>3494.0</v>
       </c>
       <c r="K25" s="14" t="n">
         <v>1660.0</v>
       </c>
       <c r="L25" s="14" t="n">
         <v>2110.0</v>
       </c>
       <c r="M25" s="14" t="n">
         <v>2830.0</v>
       </c>
@@ -20376,60 +20376,60 @@
       <c r="DN25" s="14" t="n">
         <v>3078.0</v>
       </c>
       <c r="DO25" s="14" t="n">
         <v>1064.0</v>
       </c>
       <c r="DP25" s="14" t="n">
         <v>1714.0</v>
       </c>
       <c r="DQ25" s="14" t="n">
         <v>1180.0</v>
       </c>
       <c r="DR25" s="14" t="n">
         <v>3544.0</v>
       </c>
       <c r="DS25" s="14" t="n">
         <v>1017.0</v>
       </c>
       <c r="DT25" s="14" t="n">
         <v>1580.0</v>
       </c>
       <c r="DU25" s="14" t="n">
         <v>1159.0</v>
       </c>
       <c r="DV25" s="15" t="n">
-        <v>94.4359</v>
+        <v>76.7598</v>
       </c>
       <c r="DW25" s="15" t="n">
-        <v>-41.2352</v>
+        <v>-40.6634</v>
       </c>
       <c r="DX25" s="15" t="n">
-        <v>16.1801</v>
+        <v>11.2782</v>
       </c>
       <c r="DY25" s="15" t="n">
-        <v>-23.1206</v>
+        <v>-20.8761</v>
       </c>
       <c r="DZ25" s="15" t="n">
         <v>84.0717</v>
       </c>
       <c r="EA25" s="15" t="n">
         <v>-28.5816</v>
       </c>
       <c r="EB25" s="15" t="n">
         <v>32.1278</v>
       </c>
       <c r="EC25" s="15" t="n">
         <v>-39.067</v>
       </c>
       <c r="ED25" s="15" t="n">
         <v>110.4819</v>
       </c>
       <c r="EE25" s="15" t="n">
         <v>-21.327</v>
       </c>
       <c r="EF25" s="15" t="n">
         <v>-25.4417</v>
       </c>
       <c r="EG25" s="15" t="n">
         <v>-63.8292</v>
       </c>
@@ -20750,60 +20750,60 @@
       </c>
       <c r="II25" s="15" t="n">
         <v>-37.923</v>
       </c>
       <c r="IJ25" s="15" t="n">
         <v>45.2542</v>
       </c>
       <c r="IK25" s="15" t="n">
         <v>-66.7043</v>
       </c>
       <c r="IL25" s="15" t="n">
         <v>248.4759</v>
       </c>
       <c r="IM25" s="15" t="n">
         <v>-35.6329</v>
       </c>
       <c r="IN25" s="15" t="n">
         <v>36.3244</v>
       </c>
       <c r="IO25" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP25" s="15" t="n">
-        <v>2.0552</v>
+        <v>-7.6528</v>
       </c>
       <c r="IQ25" s="15" t="n">
-        <v>-3.3848</v>
+        <v>-3.8328</v>
       </c>
       <c r="IR25" s="15" t="n">
-        <v>17.4191</v>
+        <v>15.7483</v>
       </c>
       <c r="IS25" s="15" t="n">
-        <v>33.5369</v>
+        <v>37.4354</v>
       </c>
       <c r="IT25" s="15" t="n">
         <v>5.8386</v>
       </c>
       <c r="IU25" s="15" t="n">
         <v>21.0241</v>
       </c>
       <c r="IV25" s="15" t="n">
         <v>33.3175</v>
       </c>
       <c r="IW25" s="15" t="n">
         <v>-24.7703</v>
       </c>
       <c r="IX25" s="15" t="n">
         <v>-55.3425</v>
       </c>
       <c r="IY25" s="15" t="n">
         <v>-65.6315</v>
       </c>
       <c r="IZ25" s="15" t="n">
         <v>-38.5198</v>
       </c>
       <c r="JA25" s="15" t="n">
         <v>30.6556</v>
       </c>
@@ -21144,60 +21144,60 @@
       <c r="NH25" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI25" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Seasonally and calendar adjusted data </t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        Gross domestic product at market prices</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>434595.0</v>
+        <v>435372.0</v>
       </c>
       <c r="C27" s="14" t="n">
-        <v>422344.0</v>
+        <v>422761.0</v>
       </c>
       <c r="D27" s="14" t="n">
-        <v>416713.0</v>
+        <v>416715.0</v>
       </c>
       <c r="E27" s="14" t="n">
-        <v>412131.0</v>
+        <v>412304.0</v>
       </c>
       <c r="F27" s="14" t="n">
         <v>407853.0</v>
       </c>
       <c r="G27" s="14" t="n">
         <v>400010.0</v>
       </c>
       <c r="H27" s="14" t="n">
         <v>395077.0</v>
       </c>
       <c r="I27" s="14" t="n">
         <v>391390.0</v>
       </c>
       <c r="J27" s="14" t="n">
         <v>384904.0</v>
       </c>
       <c r="K27" s="14" t="n">
         <v>374008.0</v>
       </c>
       <c r="L27" s="14" t="n">
         <v>369733.0</v>
       </c>
       <c r="M27" s="14" t="n">
         <v>369116.0</v>
       </c>
@@ -21516,60 +21516,60 @@
       <c r="DN27" s="14" t="n">
         <v>124870.0</v>
       </c>
       <c r="DO27" s="14" t="n">
         <v>123502.0</v>
       </c>
       <c r="DP27" s="14" t="n">
         <v>121143.0</v>
       </c>
       <c r="DQ27" s="14" t="n">
         <v>119431.0</v>
       </c>
       <c r="DR27" s="14" t="n">
         <v>117778.0</v>
       </c>
       <c r="DS27" s="14" t="n">
         <v>115575.0</v>
       </c>
       <c r="DT27" s="14" t="n">
         <v>114297.0</v>
       </c>
       <c r="DU27" s="14" t="n">
         <v>112609.0</v>
       </c>
       <c r="DV27" s="15" t="n">
-        <v>2.9007</v>
+        <v>2.983</v>
       </c>
       <c r="DW27" s="15" t="n">
-        <v>1.3513</v>
+        <v>1.4509</v>
       </c>
       <c r="DX27" s="15" t="n">
-        <v>1.1118</v>
+        <v>1.0698</v>
       </c>
       <c r="DY27" s="15" t="n">
-        <v>1.0489</v>
+        <v>1.0913</v>
       </c>
       <c r="DZ27" s="15" t="n">
         <v>1.9607</v>
       </c>
       <c r="EA27" s="15" t="n">
         <v>1.2486</v>
       </c>
       <c r="EB27" s="15" t="n">
         <v>0.942</v>
       </c>
       <c r="EC27" s="15" t="n">
         <v>1.6851</v>
       </c>
       <c r="ED27" s="15" t="n">
         <v>2.9133</v>
       </c>
       <c r="EE27" s="15" t="n">
         <v>1.1562</v>
       </c>
       <c r="EF27" s="15" t="n">
         <v>0.1672</v>
       </c>
       <c r="EG27" s="15" t="n">
         <v>2.8513</v>
       </c>
@@ -21890,60 +21890,60 @@
       </c>
       <c r="II27" s="15" t="n">
         <v>1.9473</v>
       </c>
       <c r="IJ27" s="15" t="n">
         <v>1.4335</v>
       </c>
       <c r="IK27" s="15" t="n">
         <v>1.4035</v>
       </c>
       <c r="IL27" s="15" t="n">
         <v>1.9061</v>
       </c>
       <c r="IM27" s="15" t="n">
         <v>1.1181</v>
       </c>
       <c r="IN27" s="15" t="n">
         <v>1.499</v>
       </c>
       <c r="IO27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP27" s="15" t="n">
-        <v>6.5568</v>
+        <v>6.7473</v>
       </c>
       <c r="IQ27" s="15" t="n">
-        <v>5.5834</v>
+        <v>5.6876</v>
       </c>
       <c r="IR27" s="15" t="n">
-        <v>5.4764</v>
+        <v>5.4769</v>
       </c>
       <c r="IS27" s="15" t="n">
-        <v>5.2993</v>
+        <v>5.3435</v>
       </c>
       <c r="IT27" s="15" t="n">
         <v>5.9623</v>
       </c>
       <c r="IU27" s="15" t="n">
         <v>6.9523</v>
       </c>
       <c r="IV27" s="15" t="n">
         <v>6.8547</v>
       </c>
       <c r="IW27" s="15" t="n">
         <v>6.0344</v>
       </c>
       <c r="IX27" s="15" t="n">
         <v>7.2506</v>
       </c>
       <c r="IY27" s="15" t="n">
         <v>8.3306</v>
       </c>
       <c r="IZ27" s="15" t="n">
         <v>9.0053</v>
       </c>
       <c r="JA27" s="15" t="n">
         <v>10.9973</v>
       </c>
@@ -22277,60 +22277,60 @@
         </is>
       </c>
       <c r="NG27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Agriculture, forestry, livestock and fishing  (A, NACE Rev.2)</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
-        <v>11579.0</v>
+        <v>11564.0</v>
       </c>
       <c r="C28" s="14" t="n">
-        <v>11359.0</v>
+        <v>11344.0</v>
       </c>
       <c r="D28" s="14" t="n">
-        <v>11290.0</v>
+        <v>11274.0</v>
       </c>
       <c r="E28" s="14" t="n">
-        <v>11083.0</v>
+        <v>11073.0</v>
       </c>
       <c r="F28" s="14" t="n">
         <v>10768.0</v>
       </c>
       <c r="G28" s="14" t="n">
         <v>11105.0</v>
       </c>
       <c r="H28" s="14" t="n">
         <v>10984.0</v>
       </c>
       <c r="I28" s="14" t="n">
         <v>11035.0</v>
       </c>
       <c r="J28" s="14" t="n">
         <v>10357.0</v>
       </c>
       <c r="K28" s="14" t="n">
         <v>9694.0</v>
       </c>
       <c r="L28" s="14" t="n">
         <v>9632.0</v>
       </c>
       <c r="M28" s="14" t="n">
         <v>9352.0</v>
       </c>
@@ -22649,60 +22649,60 @@
       <c r="DN28" s="14" t="n">
         <v>5374.0</v>
       </c>
       <c r="DO28" s="14" t="n">
         <v>5352.0</v>
       </c>
       <c r="DP28" s="14" t="n">
         <v>5470.0</v>
       </c>
       <c r="DQ28" s="14" t="n">
         <v>5218.0</v>
       </c>
       <c r="DR28" s="14" t="n">
         <v>4789.0</v>
       </c>
       <c r="DS28" s="14" t="n">
         <v>4538.0</v>
       </c>
       <c r="DT28" s="14" t="n">
         <v>4332.0</v>
       </c>
       <c r="DU28" s="14" t="n">
         <v>4174.0</v>
       </c>
       <c r="DV28" s="15" t="n">
-        <v>1.9368</v>
+        <v>1.9394</v>
       </c>
       <c r="DW28" s="15" t="n">
-        <v>0.6112</v>
+        <v>0.6209</v>
       </c>
       <c r="DX28" s="15" t="n">
-        <v>1.8677</v>
+        <v>1.8152</v>
       </c>
       <c r="DY28" s="15" t="n">
-        <v>2.9253</v>
+        <v>2.8325</v>
       </c>
       <c r="DZ28" s="15" t="n">
         <v>-3.0347</v>
       </c>
       <c r="EA28" s="15" t="n">
         <v>1.1016</v>
       </c>
       <c r="EB28" s="15" t="n">
         <v>-0.4622</v>
       </c>
       <c r="EC28" s="15" t="n">
         <v>6.5463</v>
       </c>
       <c r="ED28" s="15" t="n">
         <v>6.8393</v>
       </c>
       <c r="EE28" s="15" t="n">
         <v>0.6437</v>
       </c>
       <c r="EF28" s="15" t="n">
         <v>2.994</v>
       </c>
       <c r="EG28" s="15" t="n">
         <v>4.4449</v>
       </c>
@@ -23023,60 +23023,60 @@
       </c>
       <c r="II28" s="15" t="n">
         <v>-2.1572</v>
       </c>
       <c r="IJ28" s="15" t="n">
         <v>4.8294</v>
       </c>
       <c r="IK28" s="15" t="n">
         <v>8.958</v>
       </c>
       <c r="IL28" s="15" t="n">
         <v>5.5311</v>
       </c>
       <c r="IM28" s="15" t="n">
         <v>4.7553</v>
       </c>
       <c r="IN28" s="15" t="n">
         <v>3.7853</v>
       </c>
       <c r="IO28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP28" s="15" t="n">
-        <v>7.5316</v>
+        <v>7.3923</v>
       </c>
       <c r="IQ28" s="15" t="n">
-        <v>2.2873</v>
+        <v>2.1522</v>
       </c>
       <c r="IR28" s="15" t="n">
-        <v>2.7859</v>
+        <v>2.6402</v>
       </c>
       <c r="IS28" s="15" t="n">
-        <v>0.435</v>
+        <v>0.3444</v>
       </c>
       <c r="IT28" s="15" t="n">
         <v>3.9683</v>
       </c>
       <c r="IU28" s="15" t="n">
         <v>14.5554</v>
       </c>
       <c r="IV28" s="15" t="n">
         <v>14.0365</v>
       </c>
       <c r="IW28" s="15" t="n">
         <v>17.9962</v>
       </c>
       <c r="IX28" s="15" t="n">
         <v>15.669</v>
       </c>
       <c r="IY28" s="15" t="n">
         <v>18.8136</v>
       </c>
       <c r="IZ28" s="15" t="n">
         <v>23.2817</v>
       </c>
       <c r="JA28" s="15" t="n">
         <v>21.8184</v>
       </c>
@@ -23410,60 +23410,60 @@
         </is>
       </c>
       <c r="NG28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Industry (B-E, NACE Rev.2)</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>61721.0</v>
+        <v>61623.0</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>59724.0</v>
+        <v>59648.0</v>
       </c>
       <c r="D29" s="14" t="n">
-        <v>58918.0</v>
+        <v>58867.0</v>
       </c>
       <c r="E29" s="14" t="n">
-        <v>60001.0</v>
+        <v>59948.0</v>
       </c>
       <c r="F29" s="14" t="n">
         <v>59703.0</v>
       </c>
       <c r="G29" s="14" t="n">
         <v>56351.0</v>
       </c>
       <c r="H29" s="14" t="n">
         <v>55045.0</v>
       </c>
       <c r="I29" s="14" t="n">
         <v>56215.0</v>
       </c>
       <c r="J29" s="14" t="n">
         <v>55508.0</v>
       </c>
       <c r="K29" s="14" t="n">
         <v>53398.0</v>
       </c>
       <c r="L29" s="14" t="n">
         <v>53653.0</v>
       </c>
       <c r="M29" s="14" t="n">
         <v>57538.0</v>
       </c>
@@ -23782,60 +23782,60 @@
       <c r="DN29" s="14" t="n">
         <v>24858.0</v>
       </c>
       <c r="DO29" s="14" t="n">
         <v>24456.0</v>
       </c>
       <c r="DP29" s="14" t="n">
         <v>23879.0</v>
       </c>
       <c r="DQ29" s="14" t="n">
         <v>23646.0</v>
       </c>
       <c r="DR29" s="14" t="n">
         <v>23421.0</v>
       </c>
       <c r="DS29" s="14" t="n">
         <v>22680.0</v>
       </c>
       <c r="DT29" s="14" t="n">
         <v>22591.0</v>
       </c>
       <c r="DU29" s="14" t="n">
         <v>22342.0</v>
       </c>
       <c r="DV29" s="15" t="n">
-        <v>3.3437</v>
+        <v>3.3111</v>
       </c>
       <c r="DW29" s="15" t="n">
-        <v>1.368</v>
+        <v>1.3267</v>
       </c>
       <c r="DX29" s="15" t="n">
-        <v>-1.805</v>
+        <v>-1.8032</v>
       </c>
       <c r="DY29" s="15" t="n">
-        <v>0.4991</v>
+        <v>0.4104</v>
       </c>
       <c r="DZ29" s="15" t="n">
         <v>5.9484</v>
       </c>
       <c r="EA29" s="15" t="n">
         <v>2.3726</v>
       </c>
       <c r="EB29" s="15" t="n">
         <v>-2.0813</v>
       </c>
       <c r="EC29" s="15" t="n">
         <v>1.2737</v>
       </c>
       <c r="ED29" s="15" t="n">
         <v>3.9515</v>
       </c>
       <c r="EE29" s="15" t="n">
         <v>-0.4753</v>
       </c>
       <c r="EF29" s="15" t="n">
         <v>-6.7521</v>
       </c>
       <c r="EG29" s="15" t="n">
         <v>-1.2511</v>
       </c>
@@ -24156,60 +24156,60 @@
       </c>
       <c r="II29" s="15" t="n">
         <v>2.4163</v>
       </c>
       <c r="IJ29" s="15" t="n">
         <v>0.9854</v>
       </c>
       <c r="IK29" s="15" t="n">
         <v>0.9607</v>
       </c>
       <c r="IL29" s="15" t="n">
         <v>3.2672</v>
       </c>
       <c r="IM29" s="15" t="n">
         <v>0.394</v>
       </c>
       <c r="IN29" s="15" t="n">
         <v>1.1145</v>
       </c>
       <c r="IO29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP29" s="15" t="n">
-        <v>3.3801</v>
+        <v>3.2159</v>
       </c>
       <c r="IQ29" s="15" t="n">
-        <v>5.9857</v>
+        <v>5.8508</v>
       </c>
       <c r="IR29" s="15" t="n">
-        <v>7.0361</v>
+        <v>6.9434</v>
       </c>
       <c r="IS29" s="15" t="n">
-        <v>6.7349</v>
+        <v>6.6406</v>
       </c>
       <c r="IT29" s="15" t="n">
         <v>7.5575</v>
       </c>
       <c r="IU29" s="15" t="n">
         <v>5.5302</v>
       </c>
       <c r="IV29" s="15" t="n">
         <v>2.5944</v>
       </c>
       <c r="IW29" s="15" t="n">
         <v>-2.2993</v>
       </c>
       <c r="IX29" s="15" t="n">
         <v>-4.7351</v>
       </c>
       <c r="IY29" s="15" t="n">
         <v>-2.8968</v>
       </c>
       <c r="IZ29" s="15" t="n">
         <v>1.4158</v>
       </c>
       <c r="JA29" s="15" t="n">
         <v>9.0168</v>
       </c>
@@ -24543,60 +24543,60 @@
         </is>
       </c>
       <c r="NG29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Industry. Manufacturing industry (C, NACE Rev. 2)</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
-        <v>45427.0</v>
+        <v>45359.0</v>
       </c>
       <c r="C30" s="14" t="n">
-        <v>44781.0</v>
+        <v>44727.0</v>
       </c>
       <c r="D30" s="14" t="n">
-        <v>44531.0</v>
+        <v>44492.0</v>
       </c>
       <c r="E30" s="14" t="n">
-        <v>44241.0</v>
+        <v>44202.0</v>
       </c>
       <c r="F30" s="14" t="n">
         <v>43334.0</v>
       </c>
       <c r="G30" s="14" t="n">
         <v>42835.0</v>
       </c>
       <c r="H30" s="14" t="n">
         <v>43316.0</v>
       </c>
       <c r="I30" s="14" t="n">
         <v>43411.0</v>
       </c>
       <c r="J30" s="14" t="n">
         <v>40804.0</v>
       </c>
       <c r="K30" s="14" t="n">
         <v>41078.0</v>
       </c>
       <c r="L30" s="14" t="n">
         <v>40405.0</v>
       </c>
       <c r="M30" s="14" t="n">
         <v>41733.0</v>
       </c>
@@ -24915,60 +24915,60 @@
       <c r="DN30" s="14" t="n">
         <v>20649.0</v>
       </c>
       <c r="DO30" s="14" t="n">
         <v>20255.0</v>
       </c>
       <c r="DP30" s="14" t="n">
         <v>19702.0</v>
       </c>
       <c r="DQ30" s="14" t="n">
         <v>19444.0</v>
       </c>
       <c r="DR30" s="14" t="n">
         <v>19357.0</v>
       </c>
       <c r="DS30" s="14" t="n">
         <v>18697.0</v>
       </c>
       <c r="DT30" s="14" t="n">
         <v>18536.0</v>
       </c>
       <c r="DU30" s="14" t="n">
         <v>18371.0</v>
       </c>
       <c r="DV30" s="15" t="n">
-        <v>1.4426</v>
+        <v>1.413</v>
       </c>
       <c r="DW30" s="15" t="n">
-        <v>0.5614</v>
+        <v>0.5282</v>
       </c>
       <c r="DX30" s="15" t="n">
-        <v>0.6555</v>
+        <v>0.6561</v>
       </c>
       <c r="DY30" s="15" t="n">
-        <v>2.093</v>
+        <v>2.003</v>
       </c>
       <c r="DZ30" s="15" t="n">
         <v>1.1649</v>
       </c>
       <c r="EA30" s="15" t="n">
         <v>-1.1104</v>
       </c>
       <c r="EB30" s="15" t="n">
         <v>-0.2188</v>
       </c>
       <c r="EC30" s="15" t="n">
         <v>6.3891</v>
       </c>
       <c r="ED30" s="15" t="n">
         <v>-0.667</v>
       </c>
       <c r="EE30" s="15" t="n">
         <v>1.6656</v>
       </c>
       <c r="EF30" s="15" t="n">
         <v>-3.1821</v>
       </c>
       <c r="EG30" s="15" t="n">
         <v>5.4636</v>
       </c>
@@ -25289,60 +25289,60 @@
       </c>
       <c r="II30" s="15" t="n">
         <v>2.8068</v>
       </c>
       <c r="IJ30" s="15" t="n">
         <v>1.3269</v>
       </c>
       <c r="IK30" s="15" t="n">
         <v>0.4494</v>
       </c>
       <c r="IL30" s="15" t="n">
         <v>3.53</v>
       </c>
       <c r="IM30" s="15" t="n">
         <v>0.8686</v>
       </c>
       <c r="IN30" s="15" t="n">
         <v>0.8982</v>
       </c>
       <c r="IO30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP30" s="15" t="n">
-        <v>4.8299</v>
+        <v>4.673</v>
       </c>
       <c r="IQ30" s="15" t="n">
-        <v>4.543</v>
+        <v>4.4169</v>
       </c>
       <c r="IR30" s="15" t="n">
-        <v>2.805</v>
+        <v>2.7149</v>
       </c>
       <c r="IS30" s="15" t="n">
-        <v>1.912</v>
+        <v>1.8221</v>
       </c>
       <c r="IT30" s="15" t="n">
         <v>6.2004</v>
       </c>
       <c r="IU30" s="15" t="n">
         <v>4.2772</v>
       </c>
       <c r="IV30" s="15" t="n">
         <v>7.2046</v>
       </c>
       <c r="IW30" s="15" t="n">
         <v>4.0208</v>
       </c>
       <c r="IX30" s="15" t="n">
         <v>3.1159</v>
       </c>
       <c r="IY30" s="15" t="n">
         <v>7.0492</v>
       </c>
       <c r="IZ30" s="15" t="n">
         <v>8.2286</v>
       </c>
       <c r="JA30" s="15" t="n">
         <v>14.4844</v>
       </c>
@@ -25676,60 +25676,60 @@
         </is>
       </c>
       <c r="NG30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVApb Construction (F, NACE Rev. 2)</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
-        <v>23468.0</v>
+        <v>23478.0</v>
       </c>
       <c r="C31" s="14" t="n">
-        <v>22893.0</v>
+        <v>22891.0</v>
       </c>
       <c r="D31" s="14" t="n">
-        <v>22515.0</v>
+        <v>22501.0</v>
       </c>
       <c r="E31" s="14" t="n">
-        <v>21317.0</v>
+        <v>21313.0</v>
       </c>
       <c r="F31" s="14" t="n">
         <v>20769.0</v>
       </c>
       <c r="G31" s="14" t="n">
         <v>20713.0</v>
       </c>
       <c r="H31" s="14" t="n">
         <v>21062.0</v>
       </c>
       <c r="I31" s="14" t="n">
         <v>20299.0</v>
       </c>
       <c r="J31" s="14" t="n">
         <v>19862.0</v>
       </c>
       <c r="K31" s="14" t="n">
         <v>19909.0</v>
       </c>
       <c r="L31" s="14" t="n">
         <v>19964.0</v>
       </c>
       <c r="M31" s="14" t="n">
         <v>19084.0</v>
       </c>
@@ -26048,60 +26048,60 @@
       <c r="DN31" s="14" t="n">
         <v>10281.0</v>
       </c>
       <c r="DO31" s="14" t="n">
         <v>10269.0</v>
       </c>
       <c r="DP31" s="14" t="n">
         <v>10055.0</v>
       </c>
       <c r="DQ31" s="14" t="n">
         <v>10021.0</v>
       </c>
       <c r="DR31" s="14" t="n">
         <v>10035.0</v>
       </c>
       <c r="DS31" s="14" t="n">
         <v>9825.0</v>
       </c>
       <c r="DT31" s="14" t="n">
         <v>9842.0</v>
       </c>
       <c r="DU31" s="14" t="n">
         <v>9812.0</v>
       </c>
       <c r="DV31" s="15" t="n">
-        <v>2.5117</v>
+        <v>2.5643</v>
       </c>
       <c r="DW31" s="15" t="n">
-        <v>1.6789</v>
+        <v>1.7333</v>
       </c>
       <c r="DX31" s="15" t="n">
-        <v>5.6199</v>
+        <v>5.5741</v>
       </c>
       <c r="DY31" s="15" t="n">
-        <v>2.6385</v>
+        <v>2.6193</v>
       </c>
       <c r="DZ31" s="15" t="n">
         <v>0.2704</v>
       </c>
       <c r="EA31" s="15" t="n">
         <v>-1.657</v>
       </c>
       <c r="EB31" s="15" t="n">
         <v>3.7588</v>
       </c>
       <c r="EC31" s="15" t="n">
         <v>2.2002</v>
       </c>
       <c r="ED31" s="15" t="n">
         <v>-0.2361</v>
       </c>
       <c r="EE31" s="15" t="n">
         <v>-0.2755</v>
       </c>
       <c r="EF31" s="15" t="n">
         <v>4.6112</v>
       </c>
       <c r="EG31" s="15" t="n">
         <v>1.5214</v>
       </c>
@@ -26422,60 +26422,60 @@
       </c>
       <c r="II31" s="15" t="n">
         <v>2.1283</v>
       </c>
       <c r="IJ31" s="15" t="n">
         <v>0.3393</v>
       </c>
       <c r="IK31" s="15" t="n">
         <v>-0.1395</v>
       </c>
       <c r="IL31" s="15" t="n">
         <v>2.1374</v>
       </c>
       <c r="IM31" s="15" t="n">
         <v>-0.1727</v>
       </c>
       <c r="IN31" s="15" t="n">
         <v>0.3057</v>
       </c>
       <c r="IO31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP31" s="15" t="n">
-        <v>12.9953</v>
+        <v>13.0435</v>
       </c>
       <c r="IQ31" s="15" t="n">
-        <v>10.5248</v>
+        <v>10.5151</v>
       </c>
       <c r="IR31" s="15" t="n">
-        <v>6.8987</v>
+        <v>6.8322</v>
       </c>
       <c r="IS31" s="15" t="n">
-        <v>5.015</v>
+        <v>4.9953</v>
       </c>
       <c r="IT31" s="15" t="n">
         <v>4.5665</v>
       </c>
       <c r="IU31" s="15" t="n">
         <v>4.0384</v>
       </c>
       <c r="IV31" s="15" t="n">
         <v>5.4999</v>
       </c>
       <c r="IW31" s="15" t="n">
         <v>6.3666</v>
       </c>
       <c r="IX31" s="15" t="n">
         <v>5.6602</v>
       </c>
       <c r="IY31" s="15" t="n">
         <v>6.1474</v>
       </c>
       <c r="IZ31" s="15" t="n">
         <v>9.6261</v>
       </c>
       <c r="JA31" s="15" t="n">
         <v>10.3121</v>
       </c>
@@ -26809,60 +26809,60 @@
         </is>
       </c>
       <c r="NG31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Services activities (G-T NACE Rev. 2)</t>
         </is>
       </c>
       <c r="B32" s="14" t="n">
-        <v>297432.0</v>
+        <v>297547.0</v>
       </c>
       <c r="C32" s="14" t="n">
-        <v>288931.0</v>
+        <v>288753.0</v>
       </c>
       <c r="D32" s="14" t="n">
-        <v>285612.0</v>
+        <v>285141.0</v>
       </c>
       <c r="E32" s="14" t="n">
-        <v>281981.0</v>
+        <v>281844.0</v>
       </c>
       <c r="F32" s="14" t="n">
         <v>279693.0</v>
       </c>
       <c r="G32" s="14" t="n">
         <v>276301.0</v>
       </c>
       <c r="H32" s="14" t="n">
         <v>272732.0</v>
       </c>
       <c r="I32" s="14" t="n">
         <v>269808.0</v>
       </c>
       <c r="J32" s="14" t="n">
         <v>267773.0</v>
       </c>
       <c r="K32" s="14" t="n">
         <v>258158.0</v>
       </c>
       <c r="L32" s="14" t="n">
         <v>252434.0</v>
       </c>
       <c r="M32" s="14" t="n">
         <v>250435.0</v>
       </c>
@@ -27181,60 +27181,60 @@
       <c r="DN32" s="14" t="n">
         <v>74722.0</v>
       </c>
       <c r="DO32" s="14" t="n">
         <v>73986.0</v>
       </c>
       <c r="DP32" s="14" t="n">
         <v>72608.0</v>
       </c>
       <c r="DQ32" s="14" t="n">
         <v>71345.0</v>
       </c>
       <c r="DR32" s="14" t="n">
         <v>71437.0</v>
       </c>
       <c r="DS32" s="14" t="n">
         <v>69621.0</v>
       </c>
       <c r="DT32" s="14" t="n">
         <v>68756.0</v>
       </c>
       <c r="DU32" s="14" t="n">
         <v>67821.0</v>
       </c>
       <c r="DV32" s="15" t="n">
-        <v>2.9422</v>
+        <v>3.0455</v>
       </c>
       <c r="DW32" s="15" t="n">
-        <v>1.1621</v>
+        <v>1.2667</v>
       </c>
       <c r="DX32" s="15" t="n">
-        <v>1.2877</v>
+        <v>1.1698</v>
       </c>
       <c r="DY32" s="15" t="n">
-        <v>0.818</v>
+        <v>0.7691</v>
       </c>
       <c r="DZ32" s="15" t="n">
         <v>1.2276</v>
       </c>
       <c r="EA32" s="15" t="n">
         <v>1.3086</v>
       </c>
       <c r="EB32" s="15" t="n">
         <v>1.0837</v>
       </c>
       <c r="EC32" s="15" t="n">
         <v>0.76</v>
       </c>
       <c r="ED32" s="15" t="n">
         <v>3.7245</v>
       </c>
       <c r="EE32" s="15" t="n">
         <v>2.2675</v>
       </c>
       <c r="EF32" s="15" t="n">
         <v>0.7982</v>
       </c>
       <c r="EG32" s="15" t="n">
         <v>1.023</v>
       </c>
@@ -27555,60 +27555,60 @@
       </c>
       <c r="II32" s="15" t="n">
         <v>1.8979</v>
       </c>
       <c r="IJ32" s="15" t="n">
         <v>1.7703</v>
       </c>
       <c r="IK32" s="15" t="n">
         <v>-0.1288</v>
       </c>
       <c r="IL32" s="15" t="n">
         <v>2.6084</v>
       </c>
       <c r="IM32" s="15" t="n">
         <v>1.2581</v>
       </c>
       <c r="IN32" s="15" t="n">
         <v>1.3786</v>
       </c>
       <c r="IO32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP32" s="15" t="n">
-        <v>6.3423</v>
+        <v>6.3834</v>
       </c>
       <c r="IQ32" s="15" t="n">
-        <v>4.5711</v>
+        <v>4.5067</v>
       </c>
       <c r="IR32" s="15" t="n">
-        <v>4.7226</v>
+        <v>4.5499</v>
       </c>
       <c r="IS32" s="15" t="n">
-        <v>4.5117</v>
+        <v>4.461</v>
       </c>
       <c r="IT32" s="15" t="n">
         <v>4.4515</v>
       </c>
       <c r="IU32" s="15" t="n">
         <v>7.0279</v>
       </c>
       <c r="IV32" s="15" t="n">
         <v>8.0409</v>
       </c>
       <c r="IW32" s="15" t="n">
         <v>7.7357</v>
       </c>
       <c r="IX32" s="15" t="n">
         <v>8.017</v>
       </c>
       <c r="IY32" s="15" t="n">
         <v>11.2045</v>
       </c>
       <c r="IZ32" s="15" t="n">
         <v>10.8197</v>
       </c>
       <c r="JA32" s="15" t="n">
         <v>12.6705</v>
       </c>
@@ -27942,60 +27942,60 @@
         </is>
       </c>
       <c r="NG32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Service activities.Trade, transport and accommodation and restaurants (G-I NACE Rev. 2)</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>96356.0</v>
+        <v>96163.0</v>
       </c>
       <c r="C33" s="14" t="n">
-        <v>94467.0</v>
+        <v>94244.0</v>
       </c>
       <c r="D33" s="14" t="n">
-        <v>93583.0</v>
+        <v>93308.0</v>
       </c>
       <c r="E33" s="14" t="n">
-        <v>91199.0</v>
+        <v>91061.0</v>
       </c>
       <c r="F33" s="14" t="n">
         <v>87929.0</v>
       </c>
       <c r="G33" s="14" t="n">
         <v>87131.0</v>
       </c>
       <c r="H33" s="14" t="n">
         <v>88266.0</v>
       </c>
       <c r="I33" s="14" t="n">
         <v>86252.0</v>
       </c>
       <c r="J33" s="14" t="n">
         <v>82924.0</v>
       </c>
       <c r="K33" s="14" t="n">
         <v>79214.0</v>
       </c>
       <c r="L33" s="14" t="n">
         <v>80803.0</v>
       </c>
       <c r="M33" s="14" t="n">
         <v>81303.0</v>
       </c>
@@ -28314,60 +28314,60 @@
       <c r="DN33" s="14" t="n">
         <v>27698.0</v>
       </c>
       <c r="DO33" s="14" t="n">
         <v>27655.0</v>
       </c>
       <c r="DP33" s="14" t="n">
         <v>27142.0</v>
       </c>
       <c r="DQ33" s="14" t="n">
         <v>26753.0</v>
       </c>
       <c r="DR33" s="14" t="n">
         <v>27060.0</v>
       </c>
       <c r="DS33" s="14" t="n">
         <v>26391.0</v>
       </c>
       <c r="DT33" s="14" t="n">
         <v>26307.0</v>
       </c>
       <c r="DU33" s="14" t="n">
         <v>25942.0</v>
       </c>
       <c r="DV33" s="15" t="n">
-        <v>1.9996</v>
+        <v>2.0362</v>
       </c>
       <c r="DW33" s="15" t="n">
-        <v>0.9446</v>
+        <v>1.0031</v>
       </c>
       <c r="DX33" s="15" t="n">
-        <v>2.6141</v>
+        <v>2.4676</v>
       </c>
       <c r="DY33" s="15" t="n">
-        <v>3.7189</v>
+        <v>3.562</v>
       </c>
       <c r="DZ33" s="15" t="n">
         <v>0.9159</v>
       </c>
       <c r="EA33" s="15" t="n">
         <v>-1.2859</v>
       </c>
       <c r="EB33" s="15" t="n">
         <v>2.335</v>
       </c>
       <c r="EC33" s="15" t="n">
         <v>4.0133</v>
       </c>
       <c r="ED33" s="15" t="n">
         <v>4.6835</v>
       </c>
       <c r="EE33" s="15" t="n">
         <v>-1.9665</v>
       </c>
       <c r="EF33" s="15" t="n">
         <v>-0.615</v>
       </c>
       <c r="EG33" s="15" t="n">
         <v>3.761</v>
       </c>
@@ -28688,60 +28688,60 @@
       </c>
       <c r="II33" s="15" t="n">
         <v>1.8901</v>
       </c>
       <c r="IJ33" s="15" t="n">
         <v>1.454</v>
       </c>
       <c r="IK33" s="15" t="n">
         <v>-1.1345</v>
       </c>
       <c r="IL33" s="15" t="n">
         <v>2.535</v>
       </c>
       <c r="IM33" s="15" t="n">
         <v>0.3193</v>
       </c>
       <c r="IN33" s="15" t="n">
         <v>1.407</v>
       </c>
       <c r="IO33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP33" s="15" t="n">
-        <v>9.5839</v>
+        <v>9.3644</v>
       </c>
       <c r="IQ33" s="15" t="n">
-        <v>8.4195</v>
+        <v>8.1636</v>
       </c>
       <c r="IR33" s="15" t="n">
-        <v>6.0238</v>
+        <v>5.7123</v>
       </c>
       <c r="IS33" s="15" t="n">
-        <v>5.7355</v>
+        <v>5.5755</v>
       </c>
       <c r="IT33" s="15" t="n">
         <v>6.0356</v>
       </c>
       <c r="IU33" s="15" t="n">
         <v>9.9944</v>
       </c>
       <c r="IV33" s="15" t="n">
         <v>9.236</v>
       </c>
       <c r="IW33" s="15" t="n">
         <v>6.0871</v>
       </c>
       <c r="IX33" s="15" t="n">
         <v>5.8298</v>
       </c>
       <c r="IY33" s="15" t="n">
         <v>10.3459</v>
       </c>
       <c r="IZ33" s="15" t="n">
         <v>9.7181</v>
       </c>
       <c r="JA33" s="15" t="n">
         <v>16.8466</v>
       </c>
@@ -29075,60 +29075,60 @@
         </is>
       </c>
       <c r="NG33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Services activities. Information and communications (J, NACE Rev. 2)</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>16048.0</v>
+        <v>16058.0</v>
       </c>
       <c r="C34" s="14" t="n">
-        <v>15732.0</v>
+        <v>15736.0</v>
       </c>
       <c r="D34" s="14" t="n">
-        <v>15259.0</v>
+        <v>15257.0</v>
       </c>
       <c r="E34" s="14" t="n">
-        <v>14767.0</v>
+        <v>14768.0</v>
       </c>
       <c r="F34" s="14" t="n">
         <v>15024.0</v>
       </c>
       <c r="G34" s="14" t="n">
         <v>14895.0</v>
       </c>
       <c r="H34" s="14" t="n">
         <v>14680.0</v>
       </c>
       <c r="I34" s="14" t="n">
         <v>14231.0</v>
       </c>
       <c r="J34" s="14" t="n">
         <v>14510.0</v>
       </c>
       <c r="K34" s="14" t="n">
         <v>14142.0</v>
       </c>
       <c r="L34" s="14" t="n">
         <v>13966.0</v>
       </c>
       <c r="M34" s="14" t="n">
         <v>13227.0</v>
       </c>
@@ -29447,60 +29447,60 @@
       <c r="DN34" s="14" t="n">
         <v>4618.0</v>
       </c>
       <c r="DO34" s="14" t="n">
         <v>4494.0</v>
       </c>
       <c r="DP34" s="14" t="n">
         <v>4420.0</v>
       </c>
       <c r="DQ34" s="14" t="n">
         <v>4301.0</v>
       </c>
       <c r="DR34" s="14" t="n">
         <v>4209.0</v>
       </c>
       <c r="DS34" s="14" t="n">
         <v>4085.0</v>
       </c>
       <c r="DT34" s="14" t="n">
         <v>3973.0</v>
       </c>
       <c r="DU34" s="14" t="n">
         <v>3878.0</v>
       </c>
       <c r="DV34" s="15" t="n">
-        <v>2.0086</v>
+        <v>2.0463</v>
       </c>
       <c r="DW34" s="15" t="n">
-        <v>3.0998</v>
+        <v>3.1395</v>
       </c>
       <c r="DX34" s="15" t="n">
-        <v>3.3318</v>
+        <v>3.3112</v>
       </c>
       <c r="DY34" s="15" t="n">
-        <v>-1.7106</v>
+        <v>-1.7039</v>
       </c>
       <c r="DZ34" s="15" t="n">
         <v>0.8661</v>
       </c>
       <c r="EA34" s="15" t="n">
         <v>1.4646</v>
       </c>
       <c r="EB34" s="15" t="n">
         <v>3.1551</v>
       </c>
       <c r="EC34" s="15" t="n">
         <v>-1.9228</v>
       </c>
       <c r="ED34" s="15" t="n">
         <v>2.6022</v>
       </c>
       <c r="EE34" s="15" t="n">
         <v>1.2602</v>
       </c>
       <c r="EF34" s="15" t="n">
         <v>5.5871</v>
       </c>
       <c r="EG34" s="15" t="n">
         <v>-0.0076</v>
       </c>
@@ -29821,60 +29821,60 @@
       </c>
       <c r="II34" s="15" t="n">
         <v>1.6742</v>
       </c>
       <c r="IJ34" s="15" t="n">
         <v>2.7668</v>
       </c>
       <c r="IK34" s="15" t="n">
         <v>2.1858</v>
       </c>
       <c r="IL34" s="15" t="n">
         <v>3.0355</v>
       </c>
       <c r="IM34" s="15" t="n">
         <v>2.819</v>
       </c>
       <c r="IN34" s="15" t="n">
         <v>2.4497</v>
       </c>
       <c r="IO34" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP34" s="15" t="n">
-        <v>6.8158</v>
+        <v>6.8823</v>
       </c>
       <c r="IQ34" s="15" t="n">
-        <v>5.6193</v>
+        <v>5.6462</v>
       </c>
       <c r="IR34" s="15" t="n">
-        <v>3.9441</v>
+        <v>3.9305</v>
       </c>
       <c r="IS34" s="15" t="n">
-        <v>3.7664</v>
+        <v>3.7735</v>
       </c>
       <c r="IT34" s="15" t="n">
         <v>3.5424</v>
       </c>
       <c r="IU34" s="15" t="n">
         <v>5.3246</v>
       </c>
       <c r="IV34" s="15" t="n">
         <v>5.1124</v>
       </c>
       <c r="IW34" s="15" t="n">
         <v>7.5905</v>
       </c>
       <c r="IX34" s="15" t="n">
         <v>9.6916</v>
       </c>
       <c r="IY34" s="15" t="n">
         <v>12.2292</v>
       </c>
       <c r="IZ34" s="15" t="n">
         <v>14.7576</v>
       </c>
       <c r="JA34" s="15" t="n">
         <v>13.7024</v>
       </c>
@@ -30208,60 +30208,60 @@
         </is>
       </c>
       <c r="NG34" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH34" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI34" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Services activities. Financial and insurance activities (K, NACE Rev. 2)</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
-        <v>19097.0</v>
+        <v>19348.0</v>
       </c>
       <c r="C35" s="14" t="n">
-        <v>19020.0</v>
+        <v>19119.0</v>
       </c>
       <c r="D35" s="14" t="n">
-        <v>18761.0</v>
+        <v>18815.0</v>
       </c>
       <c r="E35" s="14" t="n">
-        <v>19717.0</v>
+        <v>19801.0</v>
       </c>
       <c r="F35" s="14" t="n">
         <v>19539.0</v>
       </c>
       <c r="G35" s="14" t="n">
         <v>20805.0</v>
       </c>
       <c r="H35" s="14" t="n">
         <v>19907.0</v>
       </c>
       <c r="I35" s="14" t="n">
         <v>20472.0</v>
       </c>
       <c r="J35" s="14" t="n">
         <v>20034.0</v>
       </c>
       <c r="K35" s="14" t="n">
         <v>20219.0</v>
       </c>
       <c r="L35" s="14" t="n">
         <v>17501.0</v>
       </c>
       <c r="M35" s="14" t="n">
         <v>15976.0</v>
       </c>
@@ -30580,60 +30580,60 @@
       <c r="DN35" s="14" t="n">
         <v>5527.0</v>
       </c>
       <c r="DO35" s="14" t="n">
         <v>5238.0</v>
       </c>
       <c r="DP35" s="14" t="n">
         <v>5202.0</v>
       </c>
       <c r="DQ35" s="14" t="n">
         <v>4953.0</v>
       </c>
       <c r="DR35" s="14" t="n">
         <v>5004.0</v>
       </c>
       <c r="DS35" s="14" t="n">
         <v>5108.0</v>
       </c>
       <c r="DT35" s="14" t="n">
         <v>4962.0</v>
       </c>
       <c r="DU35" s="14" t="n">
         <v>4968.0</v>
       </c>
       <c r="DV35" s="15" t="n">
-        <v>0.4048</v>
+        <v>1.1978</v>
       </c>
       <c r="DW35" s="15" t="n">
-        <v>1.3805</v>
+        <v>1.6157</v>
       </c>
       <c r="DX35" s="15" t="n">
-        <v>-4.8486</v>
+        <v>-4.9795</v>
       </c>
       <c r="DY35" s="15" t="n">
-        <v>0.911</v>
+        <v>1.3409</v>
       </c>
       <c r="DZ35" s="15" t="n">
         <v>-6.0851</v>
       </c>
       <c r="EA35" s="15" t="n">
         <v>4.511</v>
       </c>
       <c r="EB35" s="15" t="n">
         <v>-2.7599</v>
       </c>
       <c r="EC35" s="15" t="n">
         <v>2.1863</v>
       </c>
       <c r="ED35" s="15" t="n">
         <v>-0.915</v>
       </c>
       <c r="EE35" s="15" t="n">
         <v>15.5305</v>
       </c>
       <c r="EF35" s="15" t="n">
         <v>9.5456</v>
       </c>
       <c r="EG35" s="15" t="n">
         <v>9.2003</v>
       </c>
@@ -30954,60 +30954,60 @@
       </c>
       <c r="II35" s="15" t="n">
         <v>0.692</v>
       </c>
       <c r="IJ35" s="15" t="n">
         <v>5.0273</v>
       </c>
       <c r="IK35" s="15" t="n">
         <v>-1.0192</v>
       </c>
       <c r="IL35" s="15" t="n">
         <v>-2.036</v>
       </c>
       <c r="IM35" s="15" t="n">
         <v>2.9424</v>
       </c>
       <c r="IN35" s="15" t="n">
         <v>-0.1208</v>
       </c>
       <c r="IO35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP35" s="15" t="n">
-        <v>-2.2621</v>
+        <v>-0.9775</v>
       </c>
       <c r="IQ35" s="15" t="n">
-        <v>-8.5797</v>
+        <v>-8.1038</v>
       </c>
       <c r="IR35" s="15" t="n">
-        <v>-5.7568</v>
+        <v>-5.4855</v>
       </c>
       <c r="IS35" s="15" t="n">
-        <v>-3.688</v>
+        <v>-3.2776</v>
       </c>
       <c r="IT35" s="15" t="n">
         <v>-2.4708</v>
       </c>
       <c r="IU35" s="15" t="n">
         <v>2.8983</v>
       </c>
       <c r="IV35" s="15" t="n">
         <v>13.7478</v>
       </c>
       <c r="IW35" s="15" t="n">
         <v>28.1422</v>
       </c>
       <c r="IX35" s="15" t="n">
         <v>36.9378</v>
       </c>
       <c r="IY35" s="15" t="n">
         <v>54.7688</v>
       </c>
       <c r="IZ35" s="15" t="n">
         <v>37.3058</v>
       </c>
       <c r="JA35" s="15" t="n">
         <v>27.7263</v>
       </c>
@@ -31341,60 +31341,60 @@
         </is>
       </c>
       <c r="NG35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Services activities. Real estate activities (L, NACE Rev. 2)</t>
         </is>
       </c>
       <c r="B36" s="14" t="n">
-        <v>44481.0</v>
+        <v>44496.0</v>
       </c>
       <c r="C36" s="14" t="n">
-        <v>43397.0</v>
+        <v>43391.0</v>
       </c>
       <c r="D36" s="14" t="n">
-        <v>43420.0</v>
+        <v>43362.0</v>
       </c>
       <c r="E36" s="14" t="n">
-        <v>42519.0</v>
+        <v>42502.0</v>
       </c>
       <c r="F36" s="14" t="n">
         <v>42826.0</v>
       </c>
       <c r="G36" s="14" t="n">
         <v>41334.0</v>
       </c>
       <c r="H36" s="14" t="n">
         <v>41489.0</v>
       </c>
       <c r="I36" s="14" t="n">
         <v>41568.0</v>
       </c>
       <c r="J36" s="14" t="n">
         <v>41421.0</v>
       </c>
       <c r="K36" s="14" t="n">
         <v>39257.0</v>
       </c>
       <c r="L36" s="14" t="n">
         <v>39716.0</v>
       </c>
       <c r="M36" s="14" t="n">
         <v>39389.0</v>
       </c>
@@ -31713,60 +31713,60 @@
       <c r="DN36" s="14" t="n">
         <v>6481.0</v>
       </c>
       <c r="DO36" s="14" t="n">
         <v>6461.0</v>
       </c>
       <c r="DP36" s="14" t="n">
         <v>6251.0</v>
       </c>
       <c r="DQ36" s="14" t="n">
         <v>6144.0</v>
       </c>
       <c r="DR36" s="14" t="n">
         <v>6145.0</v>
       </c>
       <c r="DS36" s="14" t="n">
         <v>5935.0</v>
       </c>
       <c r="DT36" s="14" t="n">
         <v>5819.0</v>
       </c>
       <c r="DU36" s="14" t="n">
         <v>5749.0</v>
       </c>
       <c r="DV36" s="15" t="n">
-        <v>2.4979</v>
+        <v>2.5466</v>
       </c>
       <c r="DW36" s="15" t="n">
-        <v>-0.053</v>
+        <v>0.0669</v>
       </c>
       <c r="DX36" s="15" t="n">
-        <v>2.1191</v>
+        <v>2.0234</v>
       </c>
       <c r="DY36" s="15" t="n">
-        <v>-0.7169</v>
+        <v>-0.7565</v>
       </c>
       <c r="DZ36" s="15" t="n">
         <v>3.6096</v>
       </c>
       <c r="EA36" s="15" t="n">
         <v>-0.3736</v>
       </c>
       <c r="EB36" s="15" t="n">
         <v>-0.1901</v>
       </c>
       <c r="EC36" s="15" t="n">
         <v>0.3549</v>
       </c>
       <c r="ED36" s="15" t="n">
         <v>5.5124</v>
       </c>
       <c r="EE36" s="15" t="n">
         <v>-1.1557</v>
       </c>
       <c r="EF36" s="15" t="n">
         <v>0.8302</v>
       </c>
       <c r="EG36" s="15" t="n">
         <v>3.6307</v>
       </c>
@@ -32087,60 +32087,60 @@
       </c>
       <c r="II36" s="15" t="n">
         <v>3.3595</v>
       </c>
       <c r="IJ36" s="15" t="n">
         <v>1.7415</v>
       </c>
       <c r="IK36" s="15" t="n">
         <v>-0.0163</v>
       </c>
       <c r="IL36" s="15" t="n">
         <v>3.5383</v>
       </c>
       <c r="IM36" s="15" t="n">
         <v>1.9935</v>
       </c>
       <c r="IN36" s="15" t="n">
         <v>1.2176</v>
       </c>
       <c r="IO36" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP36" s="15" t="n">
-        <v>3.8645</v>
+        <v>3.8995</v>
       </c>
       <c r="IQ36" s="15" t="n">
-        <v>4.991</v>
+        <v>4.9765</v>
       </c>
       <c r="IR36" s="15" t="n">
-        <v>4.6542</v>
+        <v>4.5144</v>
       </c>
       <c r="IS36" s="15" t="n">
-        <v>2.2878</v>
+        <v>2.2469</v>
       </c>
       <c r="IT36" s="15" t="n">
         <v>3.392</v>
       </c>
       <c r="IU36" s="15" t="n">
         <v>5.2908</v>
       </c>
       <c r="IV36" s="15" t="n">
         <v>4.4642</v>
       </c>
       <c r="IW36" s="15" t="n">
         <v>5.532</v>
       </c>
       <c r="IX36" s="15" t="n">
         <v>8.9768</v>
       </c>
       <c r="IY36" s="15" t="n">
         <v>7.122</v>
       </c>
       <c r="IZ36" s="15" t="n">
         <v>10.9819</v>
       </c>
       <c r="JA36" s="15" t="n">
         <v>10.216</v>
       </c>
@@ -32474,60 +32474,60 @@
         </is>
       </c>
       <c r="NG36" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH36" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI36" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Services activities. Professiona scientific and technical activities and others (M-N, NACE Rev. 2)</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
-        <v>36144.0</v>
+        <v>36236.0</v>
       </c>
       <c r="C37" s="14" t="n">
-        <v>35424.0</v>
+        <v>35500.0</v>
       </c>
       <c r="D37" s="14" t="n">
-        <v>34584.0</v>
+        <v>34609.0</v>
       </c>
       <c r="E37" s="14" t="n">
-        <v>33944.0</v>
+        <v>33975.0</v>
       </c>
       <c r="F37" s="14" t="n">
         <v>34492.0</v>
       </c>
       <c r="G37" s="14" t="n">
         <v>33454.0</v>
       </c>
       <c r="H37" s="14" t="n">
         <v>32403.0</v>
       </c>
       <c r="I37" s="14" t="n">
         <v>31354.0</v>
       </c>
       <c r="J37" s="14" t="n">
         <v>33279.0</v>
       </c>
       <c r="K37" s="14" t="n">
         <v>31600.0</v>
       </c>
       <c r="L37" s="14" t="n">
         <v>29955.0</v>
       </c>
       <c r="M37" s="14" t="n">
         <v>30085.0</v>
       </c>
@@ -32846,60 +32846,60 @@
       <c r="DN37" s="14" t="n">
         <v>6681.0</v>
       </c>
       <c r="DO37" s="14" t="n">
         <v>6646.0</v>
       </c>
       <c r="DP37" s="14" t="n">
         <v>6428.0</v>
       </c>
       <c r="DQ37" s="14" t="n">
         <v>6333.0</v>
       </c>
       <c r="DR37" s="14" t="n">
         <v>6242.0</v>
       </c>
       <c r="DS37" s="14" t="n">
         <v>6042.0</v>
       </c>
       <c r="DT37" s="14" t="n">
         <v>5961.0</v>
       </c>
       <c r="DU37" s="14" t="n">
         <v>5859.0</v>
       </c>
       <c r="DV37" s="15" t="n">
-        <v>2.0325</v>
+        <v>2.0732</v>
       </c>
       <c r="DW37" s="15" t="n">
-        <v>2.4289</v>
+        <v>2.5745</v>
       </c>
       <c r="DX37" s="15" t="n">
-        <v>1.8855</v>
+        <v>1.8661</v>
       </c>
       <c r="DY37" s="15" t="n">
-        <v>-1.5888</v>
+        <v>-1.4989</v>
       </c>
       <c r="DZ37" s="15" t="n">
         <v>3.1028</v>
       </c>
       <c r="EA37" s="15" t="n">
         <v>3.2435</v>
       </c>
       <c r="EB37" s="15" t="n">
         <v>3.3457</v>
       </c>
       <c r="EC37" s="15" t="n">
         <v>-5.7844</v>
       </c>
       <c r="ED37" s="15" t="n">
         <v>5.3133</v>
       </c>
       <c r="EE37" s="15" t="n">
         <v>5.4916</v>
       </c>
       <c r="EF37" s="15" t="n">
         <v>-0.4321</v>
       </c>
       <c r="EG37" s="15" t="n">
         <v>-3.765</v>
       </c>
@@ -33220,60 +33220,60 @@
       </c>
       <c r="II37" s="15" t="n">
         <v>3.3914</v>
       </c>
       <c r="IJ37" s="15" t="n">
         <v>1.5001</v>
       </c>
       <c r="IK37" s="15" t="n">
         <v>1.4579</v>
       </c>
       <c r="IL37" s="15" t="n">
         <v>3.3102</v>
       </c>
       <c r="IM37" s="15" t="n">
         <v>1.3588</v>
       </c>
       <c r="IN37" s="15" t="n">
         <v>1.7409</v>
       </c>
       <c r="IO37" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP37" s="15" t="n">
-        <v>4.7895</v>
+        <v>5.0562</v>
       </c>
       <c r="IQ37" s="15" t="n">
-        <v>5.8887</v>
+        <v>6.1159</v>
       </c>
       <c r="IR37" s="15" t="n">
-        <v>6.7309</v>
+        <v>6.808</v>
       </c>
       <c r="IS37" s="15" t="n">
-        <v>8.2605</v>
+        <v>8.3594</v>
       </c>
       <c r="IT37" s="15" t="n">
         <v>3.6449</v>
       </c>
       <c r="IU37" s="15" t="n">
         <v>5.8671</v>
       </c>
       <c r="IV37" s="15" t="n">
         <v>8.1723</v>
       </c>
       <c r="IW37" s="15" t="n">
         <v>4.218</v>
       </c>
       <c r="IX37" s="15" t="n">
         <v>6.4519</v>
       </c>
       <c r="IY37" s="15" t="n">
         <v>8.8229</v>
       </c>
       <c r="IZ37" s="15" t="n">
         <v>9.5447</v>
       </c>
       <c r="JA37" s="15" t="n">
         <v>11.2241</v>
       </c>
@@ -33607,60 +33607,60 @@
         </is>
       </c>
       <c r="NG37" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH37" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI37" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Services activities. Public administration, education and health activities (O-Q, NACE Rev. 2)</t>
         </is>
       </c>
       <c r="B38" s="14" t="n">
-        <v>69543.0</v>
+        <v>69555.0</v>
       </c>
       <c r="C38" s="14" t="n">
-        <v>65286.0</v>
+        <v>65208.0</v>
       </c>
       <c r="D38" s="14" t="n">
-        <v>64667.0</v>
+        <v>64504.0</v>
       </c>
       <c r="E38" s="14" t="n">
-        <v>64605.0</v>
+        <v>64541.0</v>
       </c>
       <c r="F38" s="14" t="n">
         <v>64999.0</v>
       </c>
       <c r="G38" s="14" t="n">
         <v>63812.0</v>
       </c>
       <c r="H38" s="14" t="n">
         <v>61191.0</v>
       </c>
       <c r="I38" s="14" t="n">
         <v>61422.0</v>
       </c>
       <c r="J38" s="14" t="n">
         <v>61437.0</v>
       </c>
       <c r="K38" s="14" t="n">
         <v>59547.0</v>
       </c>
       <c r="L38" s="14" t="n">
         <v>56971.0</v>
       </c>
       <c r="M38" s="14" t="n">
         <v>56997.0</v>
       </c>
@@ -33979,60 +33979,60 @@
       <c r="DN38" s="14" t="n">
         <v>19004.0</v>
       </c>
       <c r="DO38" s="14" t="n">
         <v>18824.0</v>
       </c>
       <c r="DP38" s="14" t="n">
         <v>18520.0</v>
       </c>
       <c r="DQ38" s="14" t="n">
         <v>18273.0</v>
       </c>
       <c r="DR38" s="14" t="n">
         <v>18221.0</v>
       </c>
       <c r="DS38" s="14" t="n">
         <v>17590.0</v>
       </c>
       <c r="DT38" s="14" t="n">
         <v>17317.0</v>
       </c>
       <c r="DU38" s="14" t="n">
         <v>17103.0</v>
       </c>
       <c r="DV38" s="15" t="n">
-        <v>6.5205</v>
+        <v>6.6664</v>
       </c>
       <c r="DW38" s="15" t="n">
-        <v>0.9572</v>
+        <v>1.0914</v>
       </c>
       <c r="DX38" s="15" t="n">
-        <v>0.096</v>
+        <v>-0.0573</v>
       </c>
       <c r="DY38" s="15" t="n">
-        <v>-0.6062</v>
+        <v>-0.7046</v>
       </c>
       <c r="DZ38" s="15" t="n">
         <v>1.8602</v>
       </c>
       <c r="EA38" s="15" t="n">
         <v>4.2833</v>
       </c>
       <c r="EB38" s="15" t="n">
         <v>-0.3761</v>
       </c>
       <c r="EC38" s="15" t="n">
         <v>-0.0244</v>
       </c>
       <c r="ED38" s="15" t="n">
         <v>3.174</v>
       </c>
       <c r="EE38" s="15" t="n">
         <v>4.5216</v>
       </c>
       <c r="EF38" s="15" t="n">
         <v>-0.0456</v>
       </c>
       <c r="EG38" s="15" t="n">
         <v>-2.8681</v>
       </c>
@@ -34353,60 +34353,60 @@
       </c>
       <c r="II38" s="15" t="n">
         <v>1.6415</v>
       </c>
       <c r="IJ38" s="15" t="n">
         <v>1.3517</v>
       </c>
       <c r="IK38" s="15" t="n">
         <v>0.2854</v>
       </c>
       <c r="IL38" s="15" t="n">
         <v>3.5873</v>
       </c>
       <c r="IM38" s="15" t="n">
         <v>1.5765</v>
       </c>
       <c r="IN38" s="15" t="n">
         <v>1.2512</v>
       </c>
       <c r="IO38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP38" s="15" t="n">
-        <v>6.9909</v>
+        <v>7.0093</v>
       </c>
       <c r="IQ38" s="15" t="n">
-        <v>2.3099</v>
+        <v>2.1877</v>
       </c>
       <c r="IR38" s="15" t="n">
-        <v>5.6806</v>
+        <v>5.4142</v>
       </c>
       <c r="IS38" s="15" t="n">
-        <v>5.1822</v>
+        <v>5.078</v>
       </c>
       <c r="IT38" s="15" t="n">
         <v>5.7978</v>
       </c>
       <c r="IU38" s="15" t="n">
         <v>7.1624</v>
       </c>
       <c r="IV38" s="15" t="n">
         <v>7.4073</v>
       </c>
       <c r="IW38" s="15" t="n">
         <v>7.7636</v>
       </c>
       <c r="IX38" s="15" t="n">
         <v>4.6984</v>
       </c>
       <c r="IY38" s="15" t="n">
         <v>7.8887</v>
       </c>
       <c r="IZ38" s="15" t="n">
         <v>7.8037</v>
       </c>
       <c r="JA38" s="15" t="n">
         <v>6.3635</v>
       </c>
@@ -34740,60 +34740,60 @@
         </is>
       </c>
       <c r="NG38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        GVAbp Services activities. Arts entertainment and other services (R-T NACE Rev. 2)</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
-        <v>15763.0</v>
+        <v>15691.0</v>
       </c>
       <c r="C39" s="14" t="n">
-        <v>15605.0</v>
+        <v>15555.0</v>
       </c>
       <c r="D39" s="14" t="n">
-        <v>15338.0</v>
+        <v>15286.0</v>
       </c>
       <c r="E39" s="14" t="n">
-        <v>15230.0</v>
+        <v>15196.0</v>
       </c>
       <c r="F39" s="14" t="n">
         <v>14884.0</v>
       </c>
       <c r="G39" s="14" t="n">
         <v>14870.0</v>
       </c>
       <c r="H39" s="14" t="n">
         <v>14796.0</v>
       </c>
       <c r="I39" s="14" t="n">
         <v>14509.0</v>
       </c>
       <c r="J39" s="14" t="n">
         <v>14168.0</v>
       </c>
       <c r="K39" s="14" t="n">
         <v>14179.0</v>
       </c>
       <c r="L39" s="14" t="n">
         <v>13522.0</v>
       </c>
       <c r="M39" s="14" t="n">
         <v>13458.0</v>
       </c>
@@ -35112,60 +35112,60 @@
       <c r="DN39" s="14" t="n">
         <v>4713.0</v>
       </c>
       <c r="DO39" s="14" t="n">
         <v>4668.0</v>
       </c>
       <c r="DP39" s="14" t="n">
         <v>4645.0</v>
       </c>
       <c r="DQ39" s="14" t="n">
         <v>4588.0</v>
       </c>
       <c r="DR39" s="14" t="n">
         <v>4556.0</v>
       </c>
       <c r="DS39" s="14" t="n">
         <v>4470.0</v>
       </c>
       <c r="DT39" s="14" t="n">
         <v>4417.0</v>
       </c>
       <c r="DU39" s="14" t="n">
         <v>4322.0</v>
       </c>
       <c r="DV39" s="15" t="n">
-        <v>1.0125</v>
+        <v>0.8743</v>
       </c>
       <c r="DW39" s="15" t="n">
-        <v>1.7408</v>
+        <v>1.7598</v>
       </c>
       <c r="DX39" s="15" t="n">
-        <v>0.7091</v>
+        <v>0.5923</v>
       </c>
       <c r="DY39" s="15" t="n">
-        <v>2.3246</v>
+        <v>2.0962</v>
       </c>
       <c r="DZ39" s="15" t="n">
         <v>0.0941</v>
       </c>
       <c r="EA39" s="15" t="n">
         <v>0.5001</v>
       </c>
       <c r="EB39" s="15" t="n">
         <v>1.9781</v>
       </c>
       <c r="EC39" s="15" t="n">
         <v>2.4068</v>
       </c>
       <c r="ED39" s="15" t="n">
         <v>-0.0776</v>
       </c>
       <c r="EE39" s="15" t="n">
         <v>4.8587</v>
       </c>
       <c r="EF39" s="15" t="n">
         <v>0.4756</v>
       </c>
       <c r="EG39" s="15" t="n">
         <v>-2.0096</v>
       </c>
@@ -35486,60 +35486,60 @@
       </c>
       <c r="II39" s="15" t="n">
         <v>0.4952</v>
       </c>
       <c r="IJ39" s="15" t="n">
         <v>1.2424</v>
       </c>
       <c r="IK39" s="15" t="n">
         <v>0.7024</v>
       </c>
       <c r="IL39" s="15" t="n">
         <v>1.9239</v>
       </c>
       <c r="IM39" s="15" t="n">
         <v>1.1999</v>
       </c>
       <c r="IN39" s="15" t="n">
         <v>2.1981</v>
       </c>
       <c r="IO39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP39" s="15" t="n">
-        <v>5.9057</v>
+        <v>5.4219</v>
       </c>
       <c r="IQ39" s="15" t="n">
-        <v>4.9428</v>
+        <v>4.6066</v>
       </c>
       <c r="IR39" s="15" t="n">
-        <v>3.6632</v>
+        <v>3.3117</v>
       </c>
       <c r="IS39" s="15" t="n">
-        <v>4.9693</v>
+        <v>4.735</v>
       </c>
       <c r="IT39" s="15" t="n">
         <v>5.0536</v>
       </c>
       <c r="IU39" s="15" t="n">
         <v>4.8734</v>
       </c>
       <c r="IV39" s="15" t="n">
         <v>9.4217</v>
       </c>
       <c r="IW39" s="15" t="n">
         <v>7.8095</v>
       </c>
       <c r="IX39" s="15" t="n">
         <v>3.16</v>
       </c>
       <c r="IY39" s="15" t="n">
         <v>2.62</v>
       </c>
       <c r="IZ39" s="15" t="n">
         <v>2.0682</v>
       </c>
       <c r="JA39" s="15" t="n">
         <v>10.5289</v>
       </c>
@@ -35873,60 +35873,60 @@
         </is>
       </c>
       <c r="NG39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        Taxes less subsidies on products                      </t>
         </is>
       </c>
       <c r="B40" s="14" t="n">
-        <v>40395.0</v>
+        <v>41160.0</v>
       </c>
       <c r="C40" s="14" t="n">
-        <v>39437.0</v>
+        <v>40125.0</v>
       </c>
       <c r="D40" s="14" t="n">
-        <v>38378.0</v>
+        <v>38932.0</v>
       </c>
       <c r="E40" s="14" t="n">
-        <v>37749.0</v>
+        <v>38126.0</v>
       </c>
       <c r="F40" s="14" t="n">
         <v>36920.0</v>
       </c>
       <c r="G40" s="14" t="n">
         <v>35540.0</v>
       </c>
       <c r="H40" s="14" t="n">
         <v>35254.0</v>
       </c>
       <c r="I40" s="14" t="n">
         <v>34033.0</v>
       </c>
       <c r="J40" s="14" t="n">
         <v>31404.0</v>
       </c>
       <c r="K40" s="14" t="n">
         <v>32849.0</v>
       </c>
       <c r="L40" s="14" t="n">
         <v>34050.0</v>
       </c>
       <c r="M40" s="14" t="n">
         <v>32707.0</v>
       </c>
@@ -36245,60 +36245,60 @@
       <c r="DN40" s="14" t="n">
         <v>9635.0</v>
       </c>
       <c r="DO40" s="14" t="n">
         <v>9439.0</v>
       </c>
       <c r="DP40" s="14" t="n">
         <v>9131.0</v>
       </c>
       <c r="DQ40" s="14" t="n">
         <v>9201.0</v>
       </c>
       <c r="DR40" s="14" t="n">
         <v>8096.0</v>
       </c>
       <c r="DS40" s="14" t="n">
         <v>8911.0</v>
       </c>
       <c r="DT40" s="14" t="n">
         <v>8776.0</v>
       </c>
       <c r="DU40" s="14" t="n">
         <v>8460.0</v>
       </c>
       <c r="DV40" s="15" t="n">
-        <v>2.4292</v>
+        <v>2.5794</v>
       </c>
       <c r="DW40" s="15" t="n">
-        <v>2.7594</v>
+        <v>3.0643</v>
       </c>
       <c r="DX40" s="15" t="n">
-        <v>1.6663</v>
+        <v>2.114</v>
       </c>
       <c r="DY40" s="15" t="n">
-        <v>2.2454</v>
+        <v>3.2665</v>
       </c>
       <c r="DZ40" s="15" t="n">
         <v>3.8829</v>
       </c>
       <c r="EA40" s="15" t="n">
         <v>0.8113</v>
       </c>
       <c r="EB40" s="15" t="n">
         <v>3.5877</v>
       </c>
       <c r="EC40" s="15" t="n">
         <v>8.3715</v>
       </c>
       <c r="ED40" s="15" t="n">
         <v>-4.3989</v>
       </c>
       <c r="EE40" s="15" t="n">
         <v>-3.5272</v>
       </c>
       <c r="EF40" s="15" t="n">
         <v>4.1062</v>
       </c>
       <c r="EG40" s="15" t="n">
         <v>31.0114</v>
       </c>
@@ -36619,60 +36619,60 @@
       </c>
       <c r="II40" s="15" t="n">
         <v>3.3731</v>
       </c>
       <c r="IJ40" s="15" t="n">
         <v>-0.7608</v>
       </c>
       <c r="IK40" s="15" t="n">
         <v>13.6487</v>
       </c>
       <c r="IL40" s="15" t="n">
         <v>-9.146</v>
       </c>
       <c r="IM40" s="15" t="n">
         <v>1.5383</v>
       </c>
       <c r="IN40" s="15" t="n">
         <v>3.7352</v>
       </c>
       <c r="IO40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP40" s="15" t="n">
-        <v>9.4122</v>
+        <v>11.4843</v>
       </c>
       <c r="IQ40" s="15" t="n">
-        <v>10.9651</v>
+        <v>12.901</v>
       </c>
       <c r="IR40" s="15" t="n">
-        <v>8.8614</v>
+        <v>10.4329</v>
       </c>
       <c r="IS40" s="15" t="n">
-        <v>10.9188</v>
+        <v>12.0266</v>
       </c>
       <c r="IT40" s="15" t="n">
         <v>17.5646</v>
       </c>
       <c r="IU40" s="15" t="n">
         <v>8.192</v>
       </c>
       <c r="IV40" s="15" t="n">
         <v>3.536</v>
       </c>
       <c r="IW40" s="15" t="n">
         <v>4.0542</v>
       </c>
       <c r="IX40" s="15" t="n">
         <v>25.7921</v>
       </c>
       <c r="IY40" s="15" t="n">
         <v>5.3055</v>
       </c>
       <c r="IZ40" s="15" t="n">
         <v>4.8596</v>
       </c>
       <c r="JA40" s="15" t="n">
         <v>0.5843</v>
       </c>
@@ -37006,60 +37006,60 @@
         </is>
       </c>
       <c r="NG40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        Taxes on products</t>
         </is>
       </c>
       <c r="B41" s="14" t="n">
-        <v>43376.0</v>
+        <v>43960.0</v>
       </c>
       <c r="C41" s="14" t="n">
-        <v>42303.0</v>
+        <v>42915.0</v>
       </c>
       <c r="D41" s="14" t="n">
-        <v>41372.0</v>
+        <v>41859.0</v>
       </c>
       <c r="E41" s="14" t="n">
-        <v>40769.0</v>
+        <v>41138.0</v>
       </c>
       <c r="F41" s="14" t="n">
         <v>39561.0</v>
       </c>
       <c r="G41" s="14" t="n">
         <v>38364.0</v>
       </c>
       <c r="H41" s="14" t="n">
         <v>38028.0</v>
       </c>
       <c r="I41" s="14" t="n">
         <v>36443.0</v>
       </c>
       <c r="J41" s="14" t="n">
         <v>34374.0</v>
       </c>
       <c r="K41" s="14" t="n">
         <v>35129.0</v>
       </c>
       <c r="L41" s="14" t="n">
         <v>35850.0</v>
       </c>
       <c r="M41" s="14" t="n">
         <v>35751.0</v>
       </c>
@@ -37378,60 +37378,60 @@
       <c r="DN41" s="14" t="n">
         <v>11275.0</v>
       </c>
       <c r="DO41" s="14" t="n">
         <v>11202.0</v>
       </c>
       <c r="DP41" s="14" t="n">
         <v>11029.0</v>
       </c>
       <c r="DQ41" s="14" t="n">
         <v>10936.0</v>
       </c>
       <c r="DR41" s="14" t="n">
         <v>10336.0</v>
       </c>
       <c r="DS41" s="14" t="n">
         <v>10585.0</v>
       </c>
       <c r="DT41" s="14" t="n">
         <v>10492.0</v>
       </c>
       <c r="DU41" s="14" t="n">
         <v>10130.0</v>
       </c>
       <c r="DV41" s="15" t="n">
-        <v>2.5365</v>
+        <v>2.435</v>
       </c>
       <c r="DW41" s="15" t="n">
-        <v>2.2503</v>
+        <v>2.5228</v>
       </c>
       <c r="DX41" s="15" t="n">
-        <v>1.4791</v>
+        <v>1.7526</v>
       </c>
       <c r="DY41" s="15" t="n">
-        <v>3.0535</v>
+        <v>3.9862</v>
       </c>
       <c r="DZ41" s="15" t="n">
         <v>3.1201</v>
       </c>
       <c r="EA41" s="15" t="n">
         <v>0.8836</v>
       </c>
       <c r="EB41" s="15" t="n">
         <v>4.3493</v>
       </c>
       <c r="EC41" s="15" t="n">
         <v>6.0191</v>
       </c>
       <c r="ED41" s="15" t="n">
         <v>-2.1492</v>
       </c>
       <c r="EE41" s="15" t="n">
         <v>-2.0112</v>
       </c>
       <c r="EF41" s="15" t="n">
         <v>0.2769</v>
       </c>
       <c r="EG41" s="15" t="n">
         <v>11.9563</v>
       </c>
@@ -37752,60 +37752,60 @@
       </c>
       <c r="II41" s="15" t="n">
         <v>1.5686</v>
       </c>
       <c r="IJ41" s="15" t="n">
         <v>0.8504</v>
       </c>
       <c r="IK41" s="15" t="n">
         <v>5.805</v>
       </c>
       <c r="IL41" s="15" t="n">
         <v>-2.3524</v>
       </c>
       <c r="IM41" s="15" t="n">
         <v>0.8864</v>
       </c>
       <c r="IN41" s="15" t="n">
         <v>3.5735</v>
       </c>
       <c r="IO41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP41" s="15" t="n">
-        <v>9.6433</v>
+        <v>11.1195</v>
       </c>
       <c r="IQ41" s="15" t="n">
-        <v>10.2674</v>
+        <v>11.8627</v>
       </c>
       <c r="IR41" s="15" t="n">
-        <v>8.7935</v>
+        <v>10.0742</v>
       </c>
       <c r="IS41" s="15" t="n">
-        <v>11.8706</v>
+        <v>12.8831</v>
       </c>
       <c r="IT41" s="15" t="n">
         <v>15.0899</v>
       </c>
       <c r="IU41" s="15" t="n">
         <v>9.2089</v>
       </c>
       <c r="IV41" s="15" t="n">
         <v>6.0753</v>
       </c>
       <c r="IW41" s="15" t="n">
         <v>1.9356</v>
       </c>
       <c r="IX41" s="15" t="n">
         <v>7.6441</v>
       </c>
       <c r="IY41" s="15" t="n">
         <v>-4.5356</v>
       </c>
       <c r="IZ41" s="15" t="n">
         <v>0.9262</v>
       </c>
       <c r="JA41" s="15" t="n">
         <v>1.7156</v>
       </c>
@@ -38139,60 +38139,60 @@
         </is>
       </c>
       <c r="NG41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NH41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="NI41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        Subsidies on products</t>
         </is>
       </c>
       <c r="B42" s="14" t="n">
-        <v>2981.0</v>
+        <v>2800.0</v>
       </c>
       <c r="C42" s="14" t="n">
-        <v>2866.0</v>
+        <v>2790.0</v>
       </c>
       <c r="D42" s="14" t="n">
-        <v>2994.0</v>
+        <v>2927.0</v>
       </c>
       <c r="E42" s="14" t="n">
-        <v>3020.0</v>
+        <v>3012.0</v>
       </c>
       <c r="F42" s="14" t="n">
         <v>2641.0</v>
       </c>
       <c r="G42" s="14" t="n">
         <v>2824.0</v>
       </c>
       <c r="H42" s="14" t="n">
         <v>2774.0</v>
       </c>
       <c r="I42" s="14" t="n">
         <v>2410.0</v>
       </c>
       <c r="J42" s="14" t="n">
         <v>2970.0</v>
       </c>
       <c r="K42" s="14" t="n">
         <v>2280.0</v>
       </c>
       <c r="L42" s="14" t="n">
         <v>1800.0</v>
       </c>
       <c r="M42" s="14" t="n">
         <v>3044.0</v>
       </c>
@@ -38511,60 +38511,60 @@
       <c r="DN42" s="14" t="n">
         <v>1640.0</v>
       </c>
       <c r="DO42" s="14" t="n">
         <v>1763.0</v>
       </c>
       <c r="DP42" s="14" t="n">
         <v>1898.0</v>
       </c>
       <c r="DQ42" s="14" t="n">
         <v>1735.0</v>
       </c>
       <c r="DR42" s="14" t="n">
         <v>2240.0</v>
       </c>
       <c r="DS42" s="14" t="n">
         <v>1674.0</v>
       </c>
       <c r="DT42" s="14" t="n">
         <v>1716.0</v>
       </c>
       <c r="DU42" s="14" t="n">
         <v>1670.0</v>
       </c>
       <c r="DV42" s="15" t="n">
-        <v>4.0126</v>
+        <v>0.3584</v>
       </c>
       <c r="DW42" s="15" t="n">
-        <v>-4.2752</v>
+        <v>-4.6806</v>
       </c>
       <c r="DX42" s="15" t="n">
-        <v>-0.8609</v>
+        <v>-2.822</v>
       </c>
       <c r="DY42" s="15" t="n">
-        <v>14.3506</v>
+        <v>14.0477</v>
       </c>
       <c r="DZ42" s="15" t="n">
         <v>-6.4802</v>
       </c>
       <c r="EA42" s="15" t="n">
         <v>1.8025</v>
       </c>
       <c r="EB42" s="15" t="n">
         <v>15.1037</v>
       </c>
       <c r="EC42" s="15" t="n">
         <v>-18.8552</v>
       </c>
       <c r="ED42" s="15" t="n">
         <v>30.2632</v>
       </c>
       <c r="EE42" s="15" t="n">
         <v>26.6667</v>
       </c>
       <c r="EF42" s="15" t="n">
         <v>-40.8673</v>
       </c>
       <c r="EG42" s="15" t="n">
         <v>-56.3146</v>
       </c>
@@ -38885,60 +38885,60 @@
       </c>
       <c r="II42" s="15" t="n">
         <v>-7.1128</v>
       </c>
       <c r="IJ42" s="15" t="n">
         <v>9.3948</v>
       </c>
       <c r="IK42" s="15" t="n">
         <v>-22.5446</v>
       </c>
       <c r="IL42" s="15" t="n">
         <v>33.8112</v>
       </c>
       <c r="IM42" s="15" t="n">
         <v>-2.4476</v>
       </c>
       <c r="IN42" s="15" t="n">
         <v>2.7545</v>
       </c>
       <c r="IO42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP42" s="15" t="n">
-        <v>12.8739</v>
+        <v>6.0204</v>
       </c>
       <c r="IQ42" s="15" t="n">
-        <v>1.4873</v>
+        <v>-1.204</v>
       </c>
       <c r="IR42" s="15" t="n">
-        <v>7.9308</v>
+        <v>5.5155</v>
       </c>
       <c r="IS42" s="15" t="n">
-        <v>25.3112</v>
+        <v>24.9793</v>
       </c>
       <c r="IT42" s="15" t="n">
         <v>-11.0774</v>
       </c>
       <c r="IU42" s="15" t="n">
         <v>23.8596</v>
       </c>
       <c r="IV42" s="15" t="n">
         <v>54.1111</v>
       </c>
       <c r="IW42" s="15" t="n">
         <v>-20.8279</v>
       </c>
       <c r="IX42" s="15" t="n">
         <v>-57.3766</v>
       </c>
       <c r="IY42" s="15" t="n">
         <v>-59.3148</v>
       </c>
       <c r="IZ42" s="15" t="n">
         <v>-40.9643</v>
       </c>
       <c r="JA42" s="15" t="n">
         <v>15.6975</v>
       </c>