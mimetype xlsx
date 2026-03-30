--- v1 (2026-02-11)
+++ v2 (2026-03-30)
@@ -1028,51 +1028,51 @@
       <c r="AQ10" s="14" t="n">
         <v>10.6</v>
       </c>
       <c r="AR10" s="14" t="n">
         <v>11.9</v>
       </c>
       <c r="AS10" s="14" t="n">
         <v>12.1</v>
       </c>
       <c r="AT10" s="14" t="n">
         <v>13.9</v>
       </c>
       <c r="AU10" s="14" t="n">
         <v>16.0</v>
       </c>
       <c r="AV10" s="14" t="n">
         <v>16.9</v>
       </c>
       <c r="AW10" s="14" t="n">
         <v>17.9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
-          <t>País Extranjero (Unión Europea)</t>
+          <t>Foreign Country (European Union)</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
         <v>34.3</v>
       </c>
       <c r="C11" s="14" t="n">
         <v>32.8</v>
       </c>
       <c r="D11" s="14" t="n">
         <v>35.2</v>
       </c>
       <c r="E11" s="14" t="n">
         <v>36.7</v>
       </c>
       <c r="F11" s="14" t="n">
         <v>37.1</v>
       </c>
       <c r="G11" s="14" t="n">
         <v>40.6</v>
       </c>
       <c r="H11" s="14" t="n">
         <v>44.5</v>
       </c>
       <c r="I11" s="14" t="n">
         <v>47.8</v>