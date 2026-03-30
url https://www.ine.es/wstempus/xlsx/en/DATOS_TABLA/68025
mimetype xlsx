--- v1 (2026-02-11)
+++ v2 (2026-03-30)
@@ -877,51 +877,51 @@
       <c r="AQ9" s="14" t="n">
         <v>0.6</v>
       </c>
       <c r="AR9" s="14" t="n">
         <v>0.5</v>
       </c>
       <c r="AS9" s="14" t="n">
         <v>0.4</v>
       </c>
       <c r="AT9" s="14" t="n">
         <v>0.6</v>
       </c>
       <c r="AU9" s="14" t="n">
         <v>0.9</v>
       </c>
       <c r="AV9" s="14" t="n">
         <v>0.8</v>
       </c>
       <c r="AW9" s="14" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
-          <t>Asalariados</t>
+          <t>Wage earners</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
         <v>14.7</v>
       </c>
       <c r="C10" s="14" t="n">
         <v>13.8</v>
       </c>
       <c r="D10" s="14" t="n">
         <v>13.9</v>
       </c>
       <c r="E10" s="14" t="n">
         <v>13.5</v>
       </c>
       <c r="F10" s="14" t="n">
         <v>13.4</v>
       </c>
       <c r="G10" s="14" t="n">
         <v>13.0</v>
       </c>
       <c r="H10" s="14" t="n">
         <v>13.2</v>
       </c>
       <c r="I10" s="14" t="n">
         <v>13.4</v>