--- v1 (2026-02-11)
+++ v2 (2026-03-30)
@@ -877,51 +877,51 @@
       <c r="AQ9" s="14" t="n">
         <v>10.0</v>
       </c>
       <c r="AR9" s="14" t="n">
         <v>10.9</v>
       </c>
       <c r="AS9" s="14" t="n">
         <v>10.8</v>
       </c>
       <c r="AT9" s="14" t="n">
         <v>12.8</v>
       </c>
       <c r="AU9" s="14" t="n">
         <v>14.9</v>
       </c>
       <c r="AV9" s="14" t="n">
         <v>15.4</v>
       </c>
       <c r="AW9" s="14" t="n">
         <v>16.9</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
-          <t>Primer quintil</t>
+          <t>First quintile</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
         <v>98.0</v>
       </c>
       <c r="C10" s="14" t="n">
         <v>98.8</v>
       </c>
       <c r="D10" s="14" t="n">
         <v>100.0</v>
       </c>
       <c r="E10" s="14" t="n">
         <v>100.0</v>
       </c>
       <c r="F10" s="14" t="n">
         <v>100.0</v>
       </c>
       <c r="G10" s="14" t="n">
         <v>100.0</v>
       </c>
       <c r="H10" s="14" t="n">
         <v>100.0</v>
       </c>
       <c r="I10" s="14" t="n">
         <v>100.0</v>
@@ -1028,51 +1028,51 @@
       <c r="AQ10" s="14" t="n">
         <v>29.8</v>
       </c>
       <c r="AR10" s="14" t="n">
         <v>29.7</v>
       </c>
       <c r="AS10" s="14" t="n">
         <v>30.4</v>
       </c>
       <c r="AT10" s="14" t="n">
         <v>37.2</v>
       </c>
       <c r="AU10" s="14" t="n">
         <v>39.2</v>
       </c>
       <c r="AV10" s="14" t="n">
         <v>40.4</v>
       </c>
       <c r="AW10" s="14" t="n">
         <v>44.5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
-          <t>Segundo quintil</t>
+          <t>Second quintile</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
         <v>14.8</v>
       </c>
       <c r="C11" s="14" t="n">
         <v>14.3</v>
       </c>
       <c r="D11" s="14" t="n">
         <v>16.4</v>
       </c>
       <c r="E11" s="14" t="n">
         <v>16.8</v>
       </c>
       <c r="F11" s="14" t="n">
         <v>24.3</v>
       </c>
       <c r="G11" s="14" t="n">
         <v>20.8</v>
       </c>
       <c r="H11" s="14" t="n">
         <v>17.5</v>
       </c>
       <c r="I11" s="14" t="n">
         <v>23.6</v>
@@ -1179,51 +1179,51 @@
       <c r="AQ11" s="14" t="n">
         <v>9.2</v>
       </c>
       <c r="AR11" s="14" t="n">
         <v>11.6</v>
       </c>
       <c r="AS11" s="14" t="n">
         <v>12.0</v>
       </c>
       <c r="AT11" s="14" t="n">
         <v>12.2</v>
       </c>
       <c r="AU11" s="14" t="n">
         <v>17.1</v>
       </c>
       <c r="AV11" s="14" t="n">
         <v>17.4</v>
       </c>
       <c r="AW11" s="14" t="n">
         <v>18.4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
-          <t>Tercer quintil</t>
+          <t>Third quintile</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
         <v>8.7</v>
       </c>
       <c r="C12" s="14" t="n">
         <v>9.5</v>
       </c>
       <c r="D12" s="14" t="n">
         <v>8.7</v>
       </c>
       <c r="E12" s="14" t="n">
         <v>7.4</v>
       </c>
       <c r="F12" s="14" t="n">
         <v>8.2</v>
       </c>
       <c r="G12" s="14" t="n">
         <v>8.4</v>
       </c>
       <c r="H12" s="14" t="n">
         <v>7.3</v>
       </c>
       <c r="I12" s="14" t="n">
         <v>7.8</v>
@@ -1330,51 +1330,51 @@
       <c r="AQ12" s="14" t="n">
         <v>4.5</v>
       </c>
       <c r="AR12" s="14" t="n">
         <v>5.8</v>
       </c>
       <c r="AS12" s="14" t="n">
         <v>5.5</v>
       </c>
       <c r="AT12" s="14" t="n">
         <v>6.9</v>
       </c>
       <c r="AU12" s="14" t="n">
         <v>7.2</v>
       </c>
       <c r="AV12" s="14" t="n">
         <v>8.5</v>
       </c>
       <c r="AW12" s="14" t="n">
         <v>9.6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="inlineStr">
         <is>
-          <t>Cuarto quintil</t>
+          <t>Fourth quintile</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
         <v>4.8</v>
       </c>
       <c r="C13" s="14" t="n">
         <v>4.6</v>
       </c>
       <c r="D13" s="14" t="n">
         <v>5.2</v>
       </c>
       <c r="E13" s="14" t="n">
         <v>4.0</v>
       </c>
       <c r="F13" s="14" t="n">
         <v>4.7</v>
       </c>
       <c r="G13" s="14" t="n">
         <v>3.6</v>
       </c>
       <c r="H13" s="14" t="n">
         <v>4.1</v>
       </c>
       <c r="I13" s="14" t="n">
         <v>3.0</v>
@@ -1481,51 +1481,51 @@
       <c r="AQ13" s="14" t="n">
         <v>3.0</v>
       </c>
       <c r="AR13" s="14" t="n">
         <v>3.6</v>
       </c>
       <c r="AS13" s="14" t="n">
         <v>2.5</v>
       </c>
       <c r="AT13" s="14" t="n">
         <v>3.8</v>
       </c>
       <c r="AU13" s="14" t="n">
         <v>5.0</v>
       </c>
       <c r="AV13" s="14" t="n">
         <v>4.3</v>
       </c>
       <c r="AW13" s="14" t="n">
         <v>5.2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="6" t="inlineStr">
         <is>
-          <t>Quinto quintil</t>
+          <t>Fifth quintile</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
         <v>2.0</v>
       </c>
       <c r="C14" s="14" t="n">
         <v>1.9</v>
       </c>
       <c r="D14" s="14" t="n">
         <v>2.2</v>
       </c>
       <c r="E14" s="14" t="n">
         <v>1.8</v>
       </c>
       <c r="F14" s="14" t="n">
         <v>1.9</v>
       </c>
       <c r="G14" s="14" t="n">
         <v>2.1</v>
       </c>
       <c r="H14" s="14" t="n">
         <v>1.9</v>
       </c>
       <c r="I14" s="14" t="n">
         <v>1.8</v>