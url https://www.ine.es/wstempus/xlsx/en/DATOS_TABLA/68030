--- v1 (2026-02-11)
+++ v2 (2026-03-30)
@@ -708,51 +708,51 @@
       <c r="S10" s="14" t="n">
         <v>5.8</v>
       </c>
       <c r="T10" s="14" t="n">
         <v>5.5</v>
       </c>
       <c r="U10" s="14" t="n">
         <v>6.9</v>
       </c>
       <c r="V10" s="14" t="n">
         <v>6.7</v>
       </c>
       <c r="W10" s="14" t="n">
         <v>6.6</v>
       </c>
       <c r="X10" s="14" t="n">
         <v>5.3</v>
       </c>
       <c r="Y10" s="14" t="n">
         <v>8.3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
-          <t>País Extranjero (Unión Europea)</t>
+          <t>Foreign Country (European Union)</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
         <v>17.6</v>
       </c>
       <c r="C11" s="14" t="n">
         <v>20.8</v>
       </c>
       <c r="D11" s="14" t="n">
         <v>21.3</v>
       </c>
       <c r="E11" s="14" t="n">
         <v>19.3</v>
       </c>
       <c r="F11" s="14" t="n">
         <v>20.0</v>
       </c>
       <c r="G11" s="14" t="n">
         <v>24.7</v>
       </c>
       <c r="H11" s="14" t="n">
         <v>17.0</v>
       </c>
       <c r="I11" s="14" t="n">
         <v>19.9</v>