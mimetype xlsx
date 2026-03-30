--- v1 (2026-02-11)
+++ v2 (2026-03-30)
@@ -629,51 +629,51 @@
       <c r="S9" s="14" t="n">
         <v>5.3</v>
       </c>
       <c r="T9" s="14" t="n">
         <v>3.4</v>
       </c>
       <c r="U9" s="14" t="n">
         <v>3.7</v>
       </c>
       <c r="V9" s="14" t="n">
         <v>3.9</v>
       </c>
       <c r="W9" s="14" t="n">
         <v>4.1</v>
       </c>
       <c r="X9" s="14" t="n">
         <v>3.3</v>
       </c>
       <c r="Y9" s="14" t="n">
         <v>5.1</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
-          <t>Asalariados</t>
+          <t>Wage earners</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
         <v>13.3</v>
       </c>
       <c r="C10" s="14" t="n">
         <v>13.7</v>
       </c>
       <c r="D10" s="14" t="n">
         <v>14.4</v>
       </c>
       <c r="E10" s="14" t="n">
         <v>11.6</v>
       </c>
       <c r="F10" s="14" t="n">
         <v>10.2</v>
       </c>
       <c r="G10" s="14" t="n">
         <v>10.8</v>
       </c>
       <c r="H10" s="14" t="n">
         <v>8.5</v>
       </c>
       <c r="I10" s="14" t="n">
         <v>8.5</v>