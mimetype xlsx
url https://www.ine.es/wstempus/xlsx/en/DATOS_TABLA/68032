--- v1 (2026-02-11)
+++ v2 (2026-03-30)
@@ -629,51 +629,51 @@
       <c r="S9" s="14" t="n">
         <v>8.5</v>
       </c>
       <c r="T9" s="14" t="n">
         <v>7.7</v>
       </c>
       <c r="U9" s="14" t="n">
         <v>8.7</v>
       </c>
       <c r="V9" s="14" t="n">
         <v>8.3</v>
       </c>
       <c r="W9" s="14" t="n">
         <v>8.5</v>
       </c>
       <c r="X9" s="14" t="n">
         <v>7.4</v>
       </c>
       <c r="Y9" s="14" t="n">
         <v>10.7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
-          <t>Primer quintil</t>
+          <t>First quintile</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
         <v>33.5</v>
       </c>
       <c r="C10" s="14" t="n">
         <v>34.9</v>
       </c>
       <c r="D10" s="14" t="n">
         <v>37.9</v>
       </c>
       <c r="E10" s="14" t="n">
         <v>37.3</v>
       </c>
       <c r="F10" s="14" t="n">
         <v>38.2</v>
       </c>
       <c r="G10" s="14" t="n">
         <v>39.5</v>
       </c>
       <c r="H10" s="14" t="n">
         <v>37.6</v>
       </c>
       <c r="I10" s="14" t="n">
         <v>39.4</v>
@@ -708,51 +708,51 @@
       <c r="S10" s="14" t="n">
         <v>24.0</v>
       </c>
       <c r="T10" s="14" t="n">
         <v>24.4</v>
       </c>
       <c r="U10" s="14" t="n">
         <v>25.5</v>
       </c>
       <c r="V10" s="14" t="n">
         <v>25.1</v>
       </c>
       <c r="W10" s="14" t="n">
         <v>27.9</v>
       </c>
       <c r="X10" s="14" t="n">
         <v>22.6</v>
       </c>
       <c r="Y10" s="14" t="n">
         <v>31.4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
-          <t>Segundo quintil</t>
+          <t>Second quintile</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
         <v>21.1</v>
       </c>
       <c r="C11" s="14" t="n">
         <v>21.6</v>
       </c>
       <c r="D11" s="14" t="n">
         <v>23.4</v>
       </c>
       <c r="E11" s="14" t="n">
         <v>20.9</v>
       </c>
       <c r="F11" s="14" t="n">
         <v>22.1</v>
       </c>
       <c r="G11" s="14" t="n">
         <v>21.0</v>
       </c>
       <c r="H11" s="14" t="n">
         <v>18.0</v>
       </c>
       <c r="I11" s="14" t="n">
         <v>21.4</v>
@@ -787,51 +787,51 @@
       <c r="S11" s="14" t="n">
         <v>11.3</v>
       </c>
       <c r="T11" s="14" t="n">
         <v>8.5</v>
       </c>
       <c r="U11" s="14" t="n">
         <v>12.2</v>
       </c>
       <c r="V11" s="14" t="n">
         <v>10.3</v>
       </c>
       <c r="W11" s="14" t="n">
         <v>9.5</v>
       </c>
       <c r="X11" s="14" t="n">
         <v>8.8</v>
       </c>
       <c r="Y11" s="14" t="n">
         <v>13.2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
-          <t>Tercer quintil</t>
+          <t>Third quintile</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
         <v>12.8</v>
       </c>
       <c r="C12" s="14" t="n">
         <v>14.3</v>
       </c>
       <c r="D12" s="14" t="n">
         <v>15.2</v>
       </c>
       <c r="E12" s="14" t="n">
         <v>11.9</v>
       </c>
       <c r="F12" s="14" t="n">
         <v>10.4</v>
       </c>
       <c r="G12" s="14" t="n">
         <v>11.2</v>
       </c>
       <c r="H12" s="14" t="n">
         <v>10.0</v>
       </c>
       <c r="I12" s="14" t="n">
         <v>9.7</v>
@@ -866,51 +866,51 @@
       <c r="S12" s="14" t="n">
         <v>5.3</v>
       </c>
       <c r="T12" s="14" t="n">
         <v>3.5</v>
       </c>
       <c r="U12" s="14" t="n">
         <v>4.2</v>
       </c>
       <c r="V12" s="14" t="n">
         <v>4.4</v>
       </c>
       <c r="W12" s="14" t="n">
         <v>3.8</v>
       </c>
       <c r="X12" s="14" t="n">
         <v>3.7</v>
       </c>
       <c r="Y12" s="14" t="n">
         <v>5.6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="inlineStr">
         <is>
-          <t>Cuarto quintil</t>
+          <t>Fourth quintile</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
         <v>7.2</v>
       </c>
       <c r="C13" s="14" t="n">
         <v>7.5</v>
       </c>
       <c r="D13" s="14" t="n">
         <v>7.6</v>
       </c>
       <c r="E13" s="14" t="n">
         <v>5.5</v>
       </c>
       <c r="F13" s="14" t="n">
         <v>5.1</v>
       </c>
       <c r="G13" s="14" t="n">
         <v>4.7</v>
       </c>
       <c r="H13" s="14" t="n">
         <v>3.6</v>
       </c>
       <c r="I13" s="14" t="n">
         <v>4.0</v>
@@ -945,51 +945,51 @@
       <c r="S13" s="14" t="n">
         <v>1.6</v>
       </c>
       <c r="T13" s="14" t="n">
         <v>1.6</v>
       </c>
       <c r="U13" s="14" t="n">
         <v>1.3</v>
       </c>
       <c r="V13" s="14" t="n">
         <v>1.4</v>
       </c>
       <c r="W13" s="14" t="n">
         <v>1.1</v>
       </c>
       <c r="X13" s="14" t="n">
         <v>1.2</v>
       </c>
       <c r="Y13" s="14" t="n">
         <v>2.5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="6" t="inlineStr">
         <is>
-          <t>Quinto quintil</t>
+          <t>Fifth quintile</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
         <v>2.3</v>
       </c>
       <c r="C14" s="14" t="n">
         <v>2.0</v>
       </c>
       <c r="D14" s="14" t="n">
         <v>2.2</v>
       </c>
       <c r="E14" s="14" t="n">
         <v>1.7</v>
       </c>
       <c r="F14" s="14" t="n">
         <v>1.3</v>
       </c>
       <c r="G14" s="14" t="n">
         <v>0.7</v>
       </c>
       <c r="H14" s="14" t="n">
         <v>1.1</v>
       </c>
       <c r="I14" s="14" t="n">
         <v>0.9</v>