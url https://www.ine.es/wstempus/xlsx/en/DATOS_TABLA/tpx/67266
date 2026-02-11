--- v0 (2025-11-21)
+++ v1 (2026-02-11)
@@ -343,51 +343,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Air Emission Accounts by branch of activity group (CNAE 2009) and households as final consumers, polluting substances and period</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: specified for each substance</t>
+          <t>Units: specified for each substance</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -8461,72 +8461,72 @@
       <c r="L150" s="14" t="n">
         <v>552009.2</v>
       </c>
       <c r="M150" s="14" t="n">
         <v>549497.7</v>
       </c>
       <c r="N150" s="14" t="n">
         <v>565522.8</v>
       </c>
       <c r="O150" s="14" t="n">
         <v>588319.0</v>
       </c>
       <c r="P150" s="14" t="n">
         <v>609022.4</v>
       </c>
       <c r="Q150" s="14" t="n">
         <v>615138.9</v>
       </c>
       <c r="R150" s="14" t="n">
         <v>646201.6</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="inlineStr">
         <is>
-          <t>Notas:</t>
+          <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t xml:space="preserve">(A)= advance data </t>
+          <t xml:space="preserve">1) (A)= advance data </t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
           <t>2) The HFC category includes HFC-PFC mixtures</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Fuente: </t>
+          <t xml:space="preserve">Source: </t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
           <t>National Statistics Institute</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="A8:R8"/>
     <mergeCell ref="A19:R19"/>
     <mergeCell ref="A30:R30"/>
     <mergeCell ref="A41:R41"/>
     <mergeCell ref="A52:R52"/>
     <mergeCell ref="A63:R63"/>
     <mergeCell ref="A74:R74"/>