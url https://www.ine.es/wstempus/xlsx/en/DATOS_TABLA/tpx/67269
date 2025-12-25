--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -254,73 +254,74 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Q22"/>
+  <dimension ref="A1:R22"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
+    <col min="18" max="18" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Environmental Accounts and Statistics</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Atmospheric Emissions Account</t>
         </is>
       </c>
@@ -350,578 +351,603 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Indicator CO2 emission per unit of value added. All NACE activities plus households and Manufacturing</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: Kg CO2 equivalent/ Euros</t>
+          <t>Units: Kg CO2 equivalent/ Euros</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
-          <t>2023(A)</t>
+          <t>2024(A)</t>
         </is>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D7" s="6" t="inlineStr">
+        <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D7" s="6" t="inlineStr">
+      <c r="E7" s="6" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="E7" s="6" t="inlineStr">
+      <c r="F7" s="6" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="F7" s="6" t="inlineStr">
+      <c r="G7" s="6" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="G7" s="6" t="inlineStr">
+      <c r="H7" s="6" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="H7" s="6" t="inlineStr">
+      <c r="I7" s="6" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="I7" s="6" t="inlineStr">
+      <c r="J7" s="6" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="J7" s="6" t="inlineStr">
+      <c r="K7" s="6" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="K7" s="6" t="inlineStr">
+      <c r="L7" s="6" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="L7" s="6" t="inlineStr">
+      <c r="M7" s="6" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="M7" s="6" t="inlineStr">
+      <c r="N7" s="6" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="N7" s="6" t="inlineStr">
+      <c r="O7" s="6" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="O7" s="6" t="inlineStr">
+      <c r="P7" s="6" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="P7" s="6" t="inlineStr">
+      <c r="Q7" s="6" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
-      <c r="Q7" s="6" t="inlineStr">
+      <c r="R7" s="6" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
           <t>Indicator CO2 emission per unit of value added (national resident units). All NACE activities plus households</t>
         </is>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
+      <c r="R8" s="6"/>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Value: Kg CO2 equivalent/ Euros</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>0.18</v>
+        <v>0.17</v>
       </c>
       <c r="C9" s="14" t="n">
+        <v>0.17</v>
+      </c>
+      <c r="D9" s="14" t="n">
         <v>0.19</v>
       </c>
-      <c r="D9" s="14" t="n">
+      <c r="E9" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>0.19</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
         <v>0.21</v>
       </c>
-      <c r="G9" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="14" t="n">
-        <v>0.23</v>
+        <v>0.22</v>
       </c>
       <c r="I9" s="14" t="n">
         <v>0.23</v>
       </c>
       <c r="J9" s="14" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="K9" s="14" t="n">
         <v>0.25</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.24</v>
       </c>
       <c r="L9" s="14" t="n">
         <v>0.24</v>
       </c>
       <c r="M9" s="14" t="n">
-        <v>0.26</v>
+        <v>0.24</v>
       </c>
       <c r="N9" s="14" t="n">
         <v>0.26</v>
       </c>
       <c r="O9" s="14" t="n">
         <v>0.26</v>
       </c>
       <c r="P9" s="14" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="Q9" s="14" t="n">
         <v>0.27</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="R9" s="14" t="n">
         <v>0.29</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Chained volume indices (Base 2020=100)</t>
         </is>
       </c>
       <c r="B10" s="15" t="n">
-        <v>91.7</v>
+        <v>86.5</v>
       </c>
       <c r="C10" s="15" t="n">
-        <v>99.8</v>
+        <v>89.9</v>
       </c>
       <c r="D10" s="15" t="n">
-        <v>101.9</v>
+        <v>99.6</v>
       </c>
       <c r="E10" s="15" t="n">
+        <v>101.8</v>
+      </c>
+      <c r="F10" s="15" t="n">
         <v>100.0</v>
       </c>
-      <c r="F10" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G10" s="15" t="n">
-        <v>117.2</v>
+        <v>107.8</v>
       </c>
       <c r="H10" s="15" t="n">
-        <v>122.1</v>
+        <v>117.1</v>
       </c>
       <c r="I10" s="15" t="n">
-        <v>119.3</v>
+        <v>122.0</v>
       </c>
       <c r="J10" s="15" t="n">
-        <v>129.5</v>
+        <v>119.7</v>
       </c>
       <c r="K10" s="15" t="n">
-        <v>124.6</v>
+        <v>128.1</v>
       </c>
       <c r="L10" s="15" t="n">
-        <v>124.9</v>
+        <v>125.3</v>
       </c>
       <c r="M10" s="15" t="n">
-        <v>135.3</v>
+        <v>125.6</v>
       </c>
       <c r="N10" s="15" t="n">
-        <v>134.0</v>
+        <v>135.4</v>
       </c>
       <c r="O10" s="15" t="n">
-        <v>132.6</v>
+        <v>134.2</v>
       </c>
       <c r="P10" s="15" t="n">
+        <v>132.5</v>
+      </c>
+      <c r="Q10" s="15" t="n">
         <v>138.7</v>
       </c>
-      <c r="Q10" s="15" t="n">
-        <v>150.9</v>
+      <c r="R10" s="15" t="n">
+        <v>150.5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Interannual variation rate</t>
         </is>
       </c>
       <c r="B11" s="15" t="n">
-        <v>-8.2</v>
+        <v>-3.9</v>
       </c>
       <c r="C11" s="15" t="n">
-        <v>-2.0</v>
+        <v>-9.7</v>
       </c>
       <c r="D11" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="E11" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="F11" s="15" t="n">
+        <v>-7.2</v>
+      </c>
+      <c r="G11" s="15" t="n">
+        <v>-8.0</v>
+      </c>
+      <c r="H11" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="I11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="E11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="F11" s="15" t="n">
+      <c r="J11" s="15" t="n">
+        <v>-6.5</v>
+      </c>
+      <c r="K11" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="L11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="M11" s="15" t="n">
+        <v>-7.2</v>
+      </c>
+      <c r="N11" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="O11" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="P11" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="Q11" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="G11" s="15" t="n">
-[...29 lines deleted...]
-      <c r="Q11" s="13" t="inlineStr">
+      <c r="R11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>Indicator CO2 emission per unit of value added (national resident units). Manufacturing (NACE C)</t>
         </is>
       </c>
       <c r="B12" s="6"/>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="6"/>
       <c r="F12" s="6"/>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="6"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
+      <c r="R12" s="6"/>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Value: Kg CO2 equivalent/ Euros</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>0.4</v>
+        <v>0.41</v>
       </c>
       <c r="C13" s="14" t="n">
+        <v>0.42</v>
+      </c>
+      <c r="D13" s="14" t="n">
         <v>0.45</v>
       </c>
-      <c r="D13" s="14" t="n">
+      <c r="E13" s="14" t="n">
         <v>0.53</v>
       </c>
-      <c r="E13" s="14" t="n">
+      <c r="F13" s="14" t="n">
         <v>0.57</v>
       </c>
-      <c r="F13" s="14" t="n">
+      <c r="G13" s="14" t="n">
         <v>0.54</v>
       </c>
-      <c r="G13" s="14" t="n">
+      <c r="H13" s="14" t="n">
         <v>0.55</v>
       </c>
-      <c r="H13" s="14" t="n">
+      <c r="I13" s="14" t="n">
         <v>0.54</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.57</v>
       </c>
       <c r="J13" s="14" t="n">
         <v>0.57</v>
       </c>
       <c r="K13" s="14" t="n">
+        <v>0.57</v>
+      </c>
+      <c r="L13" s="14" t="n">
         <v>0.56</v>
       </c>
-      <c r="L13" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M13" s="14" t="n">
+        <v>0.59</v>
+      </c>
+      <c r="N13" s="14" t="n">
         <v>0.61</v>
       </c>
-      <c r="N13" s="14" t="n">
+      <c r="O13" s="14" t="n">
         <v>0.59</v>
       </c>
-      <c r="O13" s="14" t="n">
+      <c r="P13" s="14" t="n">
         <v>0.61</v>
       </c>
-      <c r="P13" s="14" t="n">
+      <c r="Q13" s="14" t="n">
         <v>0.59</v>
       </c>
-      <c r="Q13" s="14" t="n">
+      <c r="R13" s="14" t="n">
         <v>0.62</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Chained volume indices (Base 2020=100)</t>
         </is>
       </c>
       <c r="B14" s="15" t="n">
-        <v>69.9</v>
+        <v>72.3</v>
       </c>
       <c r="C14" s="15" t="n">
-        <v>79.1</v>
+        <v>73.5</v>
       </c>
       <c r="D14" s="15" t="n">
-        <v>93.7</v>
+        <v>78.6</v>
       </c>
       <c r="E14" s="15" t="n">
+        <v>93.3</v>
+      </c>
+      <c r="F14" s="15" t="n">
         <v>100.0</v>
       </c>
-      <c r="F14" s="15" t="n">
+      <c r="G14" s="15" t="n">
         <v>95.0</v>
       </c>
-      <c r="G14" s="15" t="n">
+      <c r="H14" s="15" t="n">
         <v>97.9</v>
       </c>
-      <c r="H14" s="15" t="n">
+      <c r="I14" s="15" t="n">
         <v>95.2</v>
       </c>
-      <c r="I14" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="J14" s="15" t="n">
-        <v>100.5</v>
+        <v>100.4</v>
       </c>
       <c r="K14" s="15" t="n">
-        <v>99.5</v>
+        <v>100.4</v>
       </c>
       <c r="L14" s="15" t="n">
-        <v>102.9</v>
+        <v>99.4</v>
       </c>
       <c r="M14" s="15" t="n">
-        <v>107.0</v>
+        <v>103.6</v>
       </c>
       <c r="N14" s="15" t="n">
+        <v>106.9</v>
+      </c>
+      <c r="O14" s="15" t="n">
         <v>103.7</v>
       </c>
-      <c r="O14" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P14" s="15" t="n">
+        <v>107.5</v>
+      </c>
+      <c r="Q14" s="15" t="n">
         <v>103.8</v>
       </c>
-      <c r="Q14" s="15" t="n">
-        <v>110.3</v>
+      <c r="R14" s="15" t="n">
+        <v>110.2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Interannual variation rate</t>
         </is>
       </c>
       <c r="B15" s="15" t="n">
-        <v>-11.6</v>
+        <v>-1.6</v>
       </c>
       <c r="C15" s="15" t="n">
-        <v>-15.6</v>
+        <v>-6.5</v>
       </c>
       <c r="D15" s="15" t="n">
-        <v>-6.3</v>
+        <v>-15.8</v>
       </c>
       <c r="E15" s="15" t="n">
+        <v>-6.7</v>
+      </c>
+      <c r="F15" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="F15" s="15" t="n">
+      <c r="G15" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="G15" s="15" t="n">
+      <c r="H15" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="H15" s="15" t="n">
+      <c r="I15" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="I15" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="J15" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="K15" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="K15" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L15" s="15" t="n">
-        <v>-3.8</v>
+        <v>-4.1</v>
       </c>
       <c r="M15" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="N15" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="N15" s="15" t="n">
+      <c r="O15" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="O15" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P15" s="15" t="n">
-        <v>-5.9</v>
-[...1 lines deleted...]
-      <c r="Q15" s="13" t="inlineStr">
+        <v>3.6</v>
+      </c>
+      <c r="Q15" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="R15" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>Notas:</t>
+          <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>(A)= advance data</t>
+          <t>1) (A)= advance data</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Fuente: </t>
+          <t xml:space="preserve">Source: </t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>National Statistics Institute</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="A8:Q8"/>
-    <mergeCell ref="A12:Q12"/>
+    <mergeCell ref="A8:R8"/>
+    <mergeCell ref="A12:R12"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>