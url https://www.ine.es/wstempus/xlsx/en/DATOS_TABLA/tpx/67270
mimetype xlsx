--- v0 (2025-11-21)
+++ v1 (2026-02-11)
@@ -351,51 +351,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Indicator Greenhouse gas (GHG) emissions per GDP and per capita</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: PER CAPITA=Tons of CO2 equivalent/ hab, GDP=Kg CO2 equivalent/ Euros</t>
+          <t>Units: PER CAPITA=Tons of CO2 equivalent/ hab, GDP=Kg CO2 equivalent/ Euros</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -877,65 +877,65 @@
       </c>
       <c r="M15" s="15" t="n">
         <v>-5.9</v>
       </c>
       <c r="N15" s="15" t="n">
         <v>0.9</v>
       </c>
       <c r="O15" s="15" t="n">
         <v>0.8</v>
       </c>
       <c r="P15" s="15" t="n">
         <v>-4.0</v>
       </c>
       <c r="Q15" s="15" t="n">
         <v>-5.8</v>
       </c>
       <c r="R15" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>Notas:</t>
+          <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>(A)= advance data</t>
+          <t>1) (A)= advance data</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Fuente: </t>
+          <t xml:space="preserve">Source: </t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>National Statistics Institute</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="A8:R8"/>
     <mergeCell ref="A12:R12"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 