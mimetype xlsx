--- v0 (2025-11-21)
+++ v1 (2025-12-21)
@@ -350,51 +350,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Indicators of particulate matter emissions to air (PM 2.5 and PM 10) by gross value added. Total economy and manufacturing sector</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: absolute value, index and rate</t>
+          <t>Units: absolute value, index and rate</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -1231,58 +1231,58 @@
       </c>
       <c r="L23" s="15" t="n">
         <v>-19.5</v>
       </c>
       <c r="M23" s="15" t="n">
         <v>3.5</v>
       </c>
       <c r="N23" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="O23" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="P23" s="15" t="n">
         <v>-9.4</v>
       </c>
       <c r="Q23" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>Notas:</t>
+          <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Fuente: </t>
+          <t xml:space="preserve">Source: </t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>National Statistics Institute</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="A8:Q8"/>
     <mergeCell ref="A12:Q12"/>
     <mergeCell ref="A16:Q16"/>
     <mergeCell ref="A20:Q20"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>