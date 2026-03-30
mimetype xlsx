--- v1 (2026-02-11)
+++ v2 (2026-03-30)
@@ -348,51 +348,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t xml:space="preserve">P.I.B. at market prices. and components (current prices)  by provinces, economic activity and period. </t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Units: thousands of euros</t>
+          <t>Unidades: thousands of euros</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -509,51 +509,51 @@
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>2003</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>2002</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>2001</t>
         </is>
       </c>
       <c r="Y7" s="6" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
-          <t>02 Albacete</t>
+          <t>Albacete</t>
         </is>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
       <c r="T8" s="6"/>
       <c r="U8" s="6"/>
       <c r="V8" s="6"/>
       <c r="W8" s="6"/>
       <c r="X8" s="6"/>
@@ -1330,51 +1330,51 @@
       <c r="S18" s="14" t="n">
         <v>6734916.0</v>
       </c>
       <c r="T18" s="14" t="n">
         <v>6260662.0</v>
       </c>
       <c r="U18" s="14" t="n">
         <v>5802670.0</v>
       </c>
       <c r="V18" s="14" t="n">
         <v>5438063.0</v>
       </c>
       <c r="W18" s="14" t="n">
         <v>5217573.0</v>
       </c>
       <c r="X18" s="14" t="n">
         <v>4795661.0</v>
       </c>
       <c r="Y18" s="14" t="n">
         <v>4356366.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="6" t="inlineStr">
         <is>
-          <t>03 Alicante/Alacant</t>
+          <t>Alicante/Alacant</t>
         </is>
       </c>
       <c r="B19" s="6"/>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="6"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
       <c r="T19" s="6"/>
       <c r="U19" s="6"/>
       <c r="V19" s="6"/>
       <c r="W19" s="6"/>
       <c r="X19" s="6"/>
@@ -2151,51 +2151,51 @@
       <c r="S29" s="14" t="n">
         <v>3.2872874E7</v>
       </c>
       <c r="T29" s="14" t="n">
         <v>3.0492659E7</v>
       </c>
       <c r="U29" s="14" t="n">
         <v>2.8045036E7</v>
       </c>
       <c r="V29" s="14" t="n">
         <v>2.5787855E7</v>
       </c>
       <c r="W29" s="14" t="n">
         <v>2.3955469E7</v>
       </c>
       <c r="X29" s="14" t="n">
         <v>2.2403579E7</v>
       </c>
       <c r="Y29" s="14" t="n">
         <v>2.0336962E7</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="6" t="inlineStr">
         <is>
-          <t>04 Almería</t>
+          <t>Almería</t>
         </is>
       </c>
       <c r="B30" s="6"/>
       <c r="C30" s="6"/>
       <c r="D30" s="6"/>
       <c r="E30" s="6"/>
       <c r="F30" s="6"/>
       <c r="G30" s="6"/>
       <c r="H30" s="6"/>
       <c r="I30" s="6"/>
       <c r="J30" s="6"/>
       <c r="K30" s="6"/>
       <c r="L30" s="6"/>
       <c r="M30" s="6"/>
       <c r="N30" s="6"/>
       <c r="O30" s="6"/>
       <c r="P30" s="6"/>
       <c r="Q30" s="6"/>
       <c r="R30" s="6"/>
       <c r="S30" s="6"/>
       <c r="T30" s="6"/>
       <c r="U30" s="6"/>
       <c r="V30" s="6"/>
       <c r="W30" s="6"/>
       <c r="X30" s="6"/>
@@ -2972,51 +2972,51 @@
       <c r="S40" s="14" t="n">
         <v>1.261693E7</v>
       </c>
       <c r="T40" s="14" t="n">
         <v>1.1781419E7</v>
       </c>
       <c r="U40" s="14" t="n">
         <v>1.068312E7</v>
       </c>
       <c r="V40" s="14" t="n">
         <v>1.0061099E7</v>
       </c>
       <c r="W40" s="14" t="n">
         <v>9378397.0</v>
       </c>
       <c r="X40" s="14" t="n">
         <v>8569217.0</v>
       </c>
       <c r="Y40" s="14" t="n">
         <v>7987252.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="6" t="inlineStr">
         <is>
-          <t>01 Araba/Álava</t>
+          <t>Araba/Álava</t>
         </is>
       </c>
       <c r="B41" s="6"/>
       <c r="C41" s="6"/>
       <c r="D41" s="6"/>
       <c r="E41" s="6"/>
       <c r="F41" s="6"/>
       <c r="G41" s="6"/>
       <c r="H41" s="6"/>
       <c r="I41" s="6"/>
       <c r="J41" s="6"/>
       <c r="K41" s="6"/>
       <c r="L41" s="6"/>
       <c r="M41" s="6"/>
       <c r="N41" s="6"/>
       <c r="O41" s="6"/>
       <c r="P41" s="6"/>
       <c r="Q41" s="6"/>
       <c r="R41" s="6"/>
       <c r="S41" s="6"/>
       <c r="T41" s="6"/>
       <c r="U41" s="6"/>
       <c r="V41" s="6"/>
       <c r="W41" s="6"/>
       <c r="X41" s="6"/>
@@ -3793,51 +3793,51 @@
       <c r="S51" s="14" t="n">
         <v>1.018715E7</v>
       </c>
       <c r="T51" s="14" t="n">
         <v>9183576.0</v>
       </c>
       <c r="U51" s="14" t="n">
         <v>8436282.0</v>
       </c>
       <c r="V51" s="14" t="n">
         <v>7849399.0</v>
       </c>
       <c r="W51" s="14" t="n">
         <v>7408337.0</v>
       </c>
       <c r="X51" s="14" t="n">
         <v>6838144.0</v>
       </c>
       <c r="Y51" s="14" t="n">
         <v>6295793.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="6" t="inlineStr">
         <is>
-          <t>33 Asturias</t>
+          <t>Asturias</t>
         </is>
       </c>
       <c r="B52" s="6"/>
       <c r="C52" s="6"/>
       <c r="D52" s="6"/>
       <c r="E52" s="6"/>
       <c r="F52" s="6"/>
       <c r="G52" s="6"/>
       <c r="H52" s="6"/>
       <c r="I52" s="6"/>
       <c r="J52" s="6"/>
       <c r="K52" s="6"/>
       <c r="L52" s="6"/>
       <c r="M52" s="6"/>
       <c r="N52" s="6"/>
       <c r="O52" s="6"/>
       <c r="P52" s="6"/>
       <c r="Q52" s="6"/>
       <c r="R52" s="6"/>
       <c r="S52" s="6"/>
       <c r="T52" s="6"/>
       <c r="U52" s="6"/>
       <c r="V52" s="6"/>
       <c r="W52" s="6"/>
       <c r="X52" s="6"/>
@@ -4614,51 +4614,51 @@
       <c r="S62" s="14" t="n">
         <v>2.1339027E7</v>
       </c>
       <c r="T62" s="14" t="n">
         <v>1.9638043E7</v>
       </c>
       <c r="U62" s="14" t="n">
         <v>1.8115298E7</v>
       </c>
       <c r="V62" s="14" t="n">
         <v>1.7036426E7</v>
       </c>
       <c r="W62" s="14" t="n">
         <v>1.6131558E7</v>
       </c>
       <c r="X62" s="14" t="n">
         <v>1.5252724E7</v>
       </c>
       <c r="Y62" s="14" t="n">
         <v>1.4156303E7</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="6" t="inlineStr">
         <is>
-          <t>05 Ávila</t>
+          <t>Ávila</t>
         </is>
       </c>
       <c r="B63" s="6"/>
       <c r="C63" s="6"/>
       <c r="D63" s="6"/>
       <c r="E63" s="6"/>
       <c r="F63" s="6"/>
       <c r="G63" s="6"/>
       <c r="H63" s="6"/>
       <c r="I63" s="6"/>
       <c r="J63" s="6"/>
       <c r="K63" s="6"/>
       <c r="L63" s="6"/>
       <c r="M63" s="6"/>
       <c r="N63" s="6"/>
       <c r="O63" s="6"/>
       <c r="P63" s="6"/>
       <c r="Q63" s="6"/>
       <c r="R63" s="6"/>
       <c r="S63" s="6"/>
       <c r="T63" s="6"/>
       <c r="U63" s="6"/>
       <c r="V63" s="6"/>
       <c r="W63" s="6"/>
       <c r="X63" s="6"/>
@@ -5435,51 +5435,51 @@
       <c r="S73" s="14" t="n">
         <v>2843373.0</v>
       </c>
       <c r="T73" s="14" t="n">
         <v>2620630.0</v>
       </c>
       <c r="U73" s="14" t="n">
         <v>2520351.0</v>
       </c>
       <c r="V73" s="14" t="n">
         <v>2321548.0</v>
       </c>
       <c r="W73" s="14" t="n">
         <v>2212485.0</v>
       </c>
       <c r="X73" s="14" t="n">
         <v>2141157.0</v>
       </c>
       <c r="Y73" s="14" t="n">
         <v>2067442.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="6" t="inlineStr">
         <is>
-          <t>06 Badajoz</t>
+          <t>Badajoz</t>
         </is>
       </c>
       <c r="B74" s="6"/>
       <c r="C74" s="6"/>
       <c r="D74" s="6"/>
       <c r="E74" s="6"/>
       <c r="F74" s="6"/>
       <c r="G74" s="6"/>
       <c r="H74" s="6"/>
       <c r="I74" s="6"/>
       <c r="J74" s="6"/>
       <c r="K74" s="6"/>
       <c r="L74" s="6"/>
       <c r="M74" s="6"/>
       <c r="N74" s="6"/>
       <c r="O74" s="6"/>
       <c r="P74" s="6"/>
       <c r="Q74" s="6"/>
       <c r="R74" s="6"/>
       <c r="S74" s="6"/>
       <c r="T74" s="6"/>
       <c r="U74" s="6"/>
       <c r="V74" s="6"/>
       <c r="W74" s="6"/>
       <c r="X74" s="6"/>
@@ -6256,51 +6256,51 @@
       <c r="S84" s="14" t="n">
         <v>1.0428461E7</v>
       </c>
       <c r="T84" s="14" t="n">
         <v>9822700.0</v>
       </c>
       <c r="U84" s="14" t="n">
         <v>8780685.0</v>
       </c>
       <c r="V84" s="14" t="n">
         <v>8379411.0</v>
       </c>
       <c r="W84" s="14" t="n">
         <v>7806049.0</v>
       </c>
       <c r="X84" s="14" t="n">
         <v>7329714.0</v>
       </c>
       <c r="Y84" s="14" t="n">
         <v>6852937.0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="6" t="inlineStr">
         <is>
-          <t>07 Balears, Illes</t>
+          <t>Balears, Illes</t>
         </is>
       </c>
       <c r="B85" s="6"/>
       <c r="C85" s="6"/>
       <c r="D85" s="6"/>
       <c r="E85" s="6"/>
       <c r="F85" s="6"/>
       <c r="G85" s="6"/>
       <c r="H85" s="6"/>
       <c r="I85" s="6"/>
       <c r="J85" s="6"/>
       <c r="K85" s="6"/>
       <c r="L85" s="6"/>
       <c r="M85" s="6"/>
       <c r="N85" s="6"/>
       <c r="O85" s="6"/>
       <c r="P85" s="6"/>
       <c r="Q85" s="6"/>
       <c r="R85" s="6"/>
       <c r="S85" s="6"/>
       <c r="T85" s="6"/>
       <c r="U85" s="6"/>
       <c r="V85" s="6"/>
       <c r="W85" s="6"/>
       <c r="X85" s="6"/>
@@ -7077,51 +7077,51 @@
       <c r="S95" s="14" t="n">
         <v>2.4935415E7</v>
       </c>
       <c r="T95" s="14" t="n">
         <v>2.2962215E7</v>
       </c>
       <c r="U95" s="14" t="n">
         <v>2.1228501E7</v>
       </c>
       <c r="V95" s="14" t="n">
         <v>1.9867979E7</v>
       </c>
       <c r="W95" s="14" t="n">
         <v>1.8912404E7</v>
       </c>
       <c r="X95" s="14" t="n">
         <v>1.7867937E7</v>
       </c>
       <c r="Y95" s="14" t="n">
         <v>1.6505108E7</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="6" t="inlineStr">
         <is>
-          <t>08 Barcelona</t>
+          <t>Barcelona</t>
         </is>
       </c>
       <c r="B96" s="6"/>
       <c r="C96" s="6"/>
       <c r="D96" s="6"/>
       <c r="E96" s="6"/>
       <c r="F96" s="6"/>
       <c r="G96" s="6"/>
       <c r="H96" s="6"/>
       <c r="I96" s="6"/>
       <c r="J96" s="6"/>
       <c r="K96" s="6"/>
       <c r="L96" s="6"/>
       <c r="M96" s="6"/>
       <c r="N96" s="6"/>
       <c r="O96" s="6"/>
       <c r="P96" s="6"/>
       <c r="Q96" s="6"/>
       <c r="R96" s="6"/>
       <c r="S96" s="6"/>
       <c r="T96" s="6"/>
       <c r="U96" s="6"/>
       <c r="V96" s="6"/>
       <c r="W96" s="6"/>
       <c r="X96" s="6"/>
@@ -7898,51 +7898,51 @@
       <c r="S106" s="14" t="n">
         <v>1.40279775E8</v>
       </c>
       <c r="T106" s="14" t="n">
         <v>1.30230386E8</v>
       </c>
       <c r="U106" s="14" t="n">
         <v>1.20114276E8</v>
       </c>
       <c r="V106" s="14" t="n">
         <v>1.12641876E8</v>
       </c>
       <c r="W106" s="14" t="n">
         <v>1.05375599E8</v>
       </c>
       <c r="X106" s="14" t="n">
         <v>9.9802405E7</v>
       </c>
       <c r="Y106" s="14" t="n">
         <v>9.2612442E7</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="6" t="inlineStr">
         <is>
-          <t>48 Bizkaia</t>
+          <t>Bizkaia</t>
         </is>
       </c>
       <c r="B107" s="6"/>
       <c r="C107" s="6"/>
       <c r="D107" s="6"/>
       <c r="E107" s="6"/>
       <c r="F107" s="6"/>
       <c r="G107" s="6"/>
       <c r="H107" s="6"/>
       <c r="I107" s="6"/>
       <c r="J107" s="6"/>
       <c r="K107" s="6"/>
       <c r="L107" s="6"/>
       <c r="M107" s="6"/>
       <c r="N107" s="6"/>
       <c r="O107" s="6"/>
       <c r="P107" s="6"/>
       <c r="Q107" s="6"/>
       <c r="R107" s="6"/>
       <c r="S107" s="6"/>
       <c r="T107" s="6"/>
       <c r="U107" s="6"/>
       <c r="V107" s="6"/>
       <c r="W107" s="6"/>
       <c r="X107" s="6"/>
@@ -8719,51 +8719,51 @@
       <c r="S117" s="14" t="n">
         <v>2.9785025E7</v>
       </c>
       <c r="T117" s="14" t="n">
         <v>2.8070599E7</v>
       </c>
       <c r="U117" s="14" t="n">
         <v>2.6056868E7</v>
       </c>
       <c r="V117" s="14" t="n">
         <v>2.4601852E7</v>
       </c>
       <c r="W117" s="14" t="n">
         <v>2.3113826E7</v>
       </c>
       <c r="X117" s="14" t="n">
         <v>2.1873581E7</v>
       </c>
       <c r="Y117" s="14" t="n">
         <v>2.0944802E7</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="6" t="inlineStr">
         <is>
-          <t>09 Burgos</t>
+          <t>Burgos</t>
         </is>
       </c>
       <c r="B118" s="6"/>
       <c r="C118" s="6"/>
       <c r="D118" s="6"/>
       <c r="E118" s="6"/>
       <c r="F118" s="6"/>
       <c r="G118" s="6"/>
       <c r="H118" s="6"/>
       <c r="I118" s="6"/>
       <c r="J118" s="6"/>
       <c r="K118" s="6"/>
       <c r="L118" s="6"/>
       <c r="M118" s="6"/>
       <c r="N118" s="6"/>
       <c r="O118" s="6"/>
       <c r="P118" s="6"/>
       <c r="Q118" s="6"/>
       <c r="R118" s="6"/>
       <c r="S118" s="6"/>
       <c r="T118" s="6"/>
       <c r="U118" s="6"/>
       <c r="V118" s="6"/>
       <c r="W118" s="6"/>
       <c r="X118" s="6"/>
@@ -9540,51 +9540,51 @@
       <c r="S128" s="14" t="n">
         <v>8910453.0</v>
       </c>
       <c r="T128" s="14" t="n">
         <v>8453347.0</v>
       </c>
       <c r="U128" s="14" t="n">
         <v>7883800.0</v>
       </c>
       <c r="V128" s="14" t="n">
         <v>7367251.0</v>
       </c>
       <c r="W128" s="14" t="n">
         <v>6860169.0</v>
       </c>
       <c r="X128" s="14" t="n">
         <v>6493456.0</v>
       </c>
       <c r="Y128" s="14" t="n">
         <v>6225005.0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="6" t="inlineStr">
         <is>
-          <t>10 Cáceres</t>
+          <t>Cáceres</t>
         </is>
       </c>
       <c r="B129" s="6"/>
       <c r="C129" s="6"/>
       <c r="D129" s="6"/>
       <c r="E129" s="6"/>
       <c r="F129" s="6"/>
       <c r="G129" s="6"/>
       <c r="H129" s="6"/>
       <c r="I129" s="6"/>
       <c r="J129" s="6"/>
       <c r="K129" s="6"/>
       <c r="L129" s="6"/>
       <c r="M129" s="6"/>
       <c r="N129" s="6"/>
       <c r="O129" s="6"/>
       <c r="P129" s="6"/>
       <c r="Q129" s="6"/>
       <c r="R129" s="6"/>
       <c r="S129" s="6"/>
       <c r="T129" s="6"/>
       <c r="U129" s="6"/>
       <c r="V129" s="6"/>
       <c r="W129" s="6"/>
       <c r="X129" s="6"/>
@@ -10361,51 +10361,51 @@
       <c r="S139" s="14" t="n">
         <v>6398501.0</v>
       </c>
       <c r="T139" s="14" t="n">
         <v>5953910.0</v>
       </c>
       <c r="U139" s="14" t="n">
         <v>5728514.0</v>
       </c>
       <c r="V139" s="14" t="n">
         <v>5194917.0</v>
       </c>
       <c r="W139" s="14" t="n">
         <v>4890707.0</v>
       </c>
       <c r="X139" s="14" t="n">
         <v>4576678.0</v>
       </c>
       <c r="Y139" s="14" t="n">
         <v>4258259.0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="6" t="inlineStr">
         <is>
-          <t>11 Cádiz</t>
+          <t>Cádiz</t>
         </is>
       </c>
       <c r="B140" s="6"/>
       <c r="C140" s="6"/>
       <c r="D140" s="6"/>
       <c r="E140" s="6"/>
       <c r="F140" s="6"/>
       <c r="G140" s="6"/>
       <c r="H140" s="6"/>
       <c r="I140" s="6"/>
       <c r="J140" s="6"/>
       <c r="K140" s="6"/>
       <c r="L140" s="6"/>
       <c r="M140" s="6"/>
       <c r="N140" s="6"/>
       <c r="O140" s="6"/>
       <c r="P140" s="6"/>
       <c r="Q140" s="6"/>
       <c r="R140" s="6"/>
       <c r="S140" s="6"/>
       <c r="T140" s="6"/>
       <c r="U140" s="6"/>
       <c r="V140" s="6"/>
       <c r="W140" s="6"/>
       <c r="X140" s="6"/>
@@ -11182,51 +11182,51 @@
       <c r="S150" s="14" t="n">
         <v>2.0703085E7</v>
       </c>
       <c r="T150" s="14" t="n">
         <v>1.9222756E7</v>
       </c>
       <c r="U150" s="14" t="n">
         <v>1.7926726E7</v>
       </c>
       <c r="V150" s="14" t="n">
         <v>1.6381779E7</v>
       </c>
       <c r="W150" s="14" t="n">
         <v>1.5418265E7</v>
       </c>
       <c r="X150" s="14" t="n">
         <v>1.4467843E7</v>
       </c>
       <c r="Y150" s="14" t="n">
         <v>1.3496358E7</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="6" t="inlineStr">
         <is>
-          <t>39 Cantabria</t>
+          <t>Cantabria</t>
         </is>
       </c>
       <c r="B151" s="6"/>
       <c r="C151" s="6"/>
       <c r="D151" s="6"/>
       <c r="E151" s="6"/>
       <c r="F151" s="6"/>
       <c r="G151" s="6"/>
       <c r="H151" s="6"/>
       <c r="I151" s="6"/>
       <c r="J151" s="6"/>
       <c r="K151" s="6"/>
       <c r="L151" s="6"/>
       <c r="M151" s="6"/>
       <c r="N151" s="6"/>
       <c r="O151" s="6"/>
       <c r="P151" s="6"/>
       <c r="Q151" s="6"/>
       <c r="R151" s="6"/>
       <c r="S151" s="6"/>
       <c r="T151" s="6"/>
       <c r="U151" s="6"/>
       <c r="V151" s="6"/>
       <c r="W151" s="6"/>
       <c r="X151" s="6"/>
@@ -12003,51 +12003,51 @@
       <c r="S161" s="14" t="n">
         <v>1.1951944E7</v>
       </c>
       <c r="T161" s="14" t="n">
         <v>1.1148678E7</v>
       </c>
       <c r="U161" s="14" t="n">
         <v>1.0327246E7</v>
       </c>
       <c r="V161" s="14" t="n">
         <v>9699398.0</v>
       </c>
       <c r="W161" s="14" t="n">
         <v>9208673.0</v>
       </c>
       <c r="X161" s="14" t="n">
         <v>8636331.0</v>
       </c>
       <c r="Y161" s="14" t="n">
         <v>7985491.0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="6" t="inlineStr">
         <is>
-          <t>12 Castellón/Castelló</t>
+          <t>Castellón/Castelló</t>
         </is>
       </c>
       <c r="B162" s="6"/>
       <c r="C162" s="6"/>
       <c r="D162" s="6"/>
       <c r="E162" s="6"/>
       <c r="F162" s="6"/>
       <c r="G162" s="6"/>
       <c r="H162" s="6"/>
       <c r="I162" s="6"/>
       <c r="J162" s="6"/>
       <c r="K162" s="6"/>
       <c r="L162" s="6"/>
       <c r="M162" s="6"/>
       <c r="N162" s="6"/>
       <c r="O162" s="6"/>
       <c r="P162" s="6"/>
       <c r="Q162" s="6"/>
       <c r="R162" s="6"/>
       <c r="S162" s="6"/>
       <c r="T162" s="6"/>
       <c r="U162" s="6"/>
       <c r="V162" s="6"/>
       <c r="W162" s="6"/>
       <c r="X162" s="6"/>
@@ -12824,51 +12824,51 @@
       <c r="S172" s="14" t="n">
         <v>1.335301E7</v>
       </c>
       <c r="T172" s="14" t="n">
         <v>1.2186335E7</v>
       </c>
       <c r="U172" s="14" t="n">
         <v>1.0907739E7</v>
       </c>
       <c r="V172" s="14" t="n">
         <v>1.0422038E7</v>
       </c>
       <c r="W172" s="14" t="n">
         <v>9910001.0</v>
       </c>
       <c r="X172" s="14" t="n">
         <v>9420174.0</v>
       </c>
       <c r="Y172" s="14" t="n">
         <v>8811645.0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="6" t="inlineStr">
         <is>
-          <t>13 Ciudad Real</t>
+          <t>Ciudad Real</t>
         </is>
       </c>
       <c r="B173" s="6"/>
       <c r="C173" s="6"/>
       <c r="D173" s="6"/>
       <c r="E173" s="6"/>
       <c r="F173" s="6"/>
       <c r="G173" s="6"/>
       <c r="H173" s="6"/>
       <c r="I173" s="6"/>
       <c r="J173" s="6"/>
       <c r="K173" s="6"/>
       <c r="L173" s="6"/>
       <c r="M173" s="6"/>
       <c r="N173" s="6"/>
       <c r="O173" s="6"/>
       <c r="P173" s="6"/>
       <c r="Q173" s="6"/>
       <c r="R173" s="6"/>
       <c r="S173" s="6"/>
       <c r="T173" s="6"/>
       <c r="U173" s="6"/>
       <c r="V173" s="6"/>
       <c r="W173" s="6"/>
       <c r="X173" s="6"/>
@@ -13645,51 +13645,51 @@
       <c r="S183" s="14" t="n">
         <v>9412097.0</v>
       </c>
       <c r="T183" s="14" t="n">
         <v>8715749.0</v>
       </c>
       <c r="U183" s="14" t="n">
         <v>8325331.0</v>
       </c>
       <c r="V183" s="14" t="n">
         <v>7731323.0</v>
       </c>
       <c r="W183" s="14" t="n">
         <v>7039070.0</v>
       </c>
       <c r="X183" s="14" t="n">
         <v>6503803.0</v>
       </c>
       <c r="Y183" s="14" t="n">
         <v>6136404.0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="6" t="inlineStr">
         <is>
-          <t>14 Córdoba</t>
+          <t>Córdoba</t>
         </is>
       </c>
       <c r="B184" s="6"/>
       <c r="C184" s="6"/>
       <c r="D184" s="6"/>
       <c r="E184" s="6"/>
       <c r="F184" s="6"/>
       <c r="G184" s="6"/>
       <c r="H184" s="6"/>
       <c r="I184" s="6"/>
       <c r="J184" s="6"/>
       <c r="K184" s="6"/>
       <c r="L184" s="6"/>
       <c r="M184" s="6"/>
       <c r="N184" s="6"/>
       <c r="O184" s="6"/>
       <c r="P184" s="6"/>
       <c r="Q184" s="6"/>
       <c r="R184" s="6"/>
       <c r="S184" s="6"/>
       <c r="T184" s="6"/>
       <c r="U184" s="6"/>
       <c r="V184" s="6"/>
       <c r="W184" s="6"/>
       <c r="X184" s="6"/>
@@ -14466,51 +14466,51 @@
       <c r="S194" s="14" t="n">
         <v>1.2738391E7</v>
       </c>
       <c r="T194" s="14" t="n">
         <v>1.1639027E7</v>
       </c>
       <c r="U194" s="14" t="n">
         <v>1.0936102E7</v>
       </c>
       <c r="V194" s="14" t="n">
         <v>1.0061749E7</v>
       </c>
       <c r="W194" s="14" t="n">
         <v>9170917.0</v>
       </c>
       <c r="X194" s="14" t="n">
         <v>8662226.0</v>
       </c>
       <c r="Y194" s="14" t="n">
         <v>8180807.0</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="6" t="inlineStr">
         <is>
-          <t>15 Coruña, A</t>
+          <t>Coruña, A</t>
         </is>
       </c>
       <c r="B195" s="6"/>
       <c r="C195" s="6"/>
       <c r="D195" s="6"/>
       <c r="E195" s="6"/>
       <c r="F195" s="6"/>
       <c r="G195" s="6"/>
       <c r="H195" s="6"/>
       <c r="I195" s="6"/>
       <c r="J195" s="6"/>
       <c r="K195" s="6"/>
       <c r="L195" s="6"/>
       <c r="M195" s="6"/>
       <c r="N195" s="6"/>
       <c r="O195" s="6"/>
       <c r="P195" s="6"/>
       <c r="Q195" s="6"/>
       <c r="R195" s="6"/>
       <c r="S195" s="6"/>
       <c r="T195" s="6"/>
       <c r="U195" s="6"/>
       <c r="V195" s="6"/>
       <c r="W195" s="6"/>
       <c r="X195" s="6"/>
@@ -15287,51 +15287,51 @@
       <c r="S205" s="14" t="n">
         <v>2.1987658E7</v>
       </c>
       <c r="T205" s="14" t="n">
         <v>2.0386244E7</v>
       </c>
       <c r="U205" s="14" t="n">
         <v>1.877086E7</v>
       </c>
       <c r="V205" s="14" t="n">
         <v>1.7430526E7</v>
       </c>
       <c r="W205" s="14" t="n">
         <v>1.6277486E7</v>
       </c>
       <c r="X205" s="14" t="n">
         <v>1.4938794E7</v>
       </c>
       <c r="Y205" s="14" t="n">
         <v>1.393784E7</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="6" t="inlineStr">
         <is>
-          <t>16 Cuenca</t>
+          <t>Cuenca</t>
         </is>
       </c>
       <c r="B206" s="6"/>
       <c r="C206" s="6"/>
       <c r="D206" s="6"/>
       <c r="E206" s="6"/>
       <c r="F206" s="6"/>
       <c r="G206" s="6"/>
       <c r="H206" s="6"/>
       <c r="I206" s="6"/>
       <c r="J206" s="6"/>
       <c r="K206" s="6"/>
       <c r="L206" s="6"/>
       <c r="M206" s="6"/>
       <c r="N206" s="6"/>
       <c r="O206" s="6"/>
       <c r="P206" s="6"/>
       <c r="Q206" s="6"/>
       <c r="R206" s="6"/>
       <c r="S206" s="6"/>
       <c r="T206" s="6"/>
       <c r="U206" s="6"/>
       <c r="V206" s="6"/>
       <c r="W206" s="6"/>
       <c r="X206" s="6"/>
@@ -16108,51 +16108,51 @@
       <c r="S216" s="14" t="n">
         <v>3838352.0</v>
       </c>
       <c r="T216" s="14" t="n">
         <v>3515599.0</v>
       </c>
       <c r="U216" s="14" t="n">
         <v>3264980.0</v>
       </c>
       <c r="V216" s="14" t="n">
         <v>2935178.0</v>
       </c>
       <c r="W216" s="14" t="n">
         <v>2727120.0</v>
       </c>
       <c r="X216" s="14" t="n">
         <v>2592178.0</v>
       </c>
       <c r="Y216" s="14" t="n">
         <v>2435427.0</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="6" t="inlineStr">
         <is>
-          <t>20 Gipuzkoa</t>
+          <t>Gipuzkoa</t>
         </is>
       </c>
       <c r="B217" s="6"/>
       <c r="C217" s="6"/>
       <c r="D217" s="6"/>
       <c r="E217" s="6"/>
       <c r="F217" s="6"/>
       <c r="G217" s="6"/>
       <c r="H217" s="6"/>
       <c r="I217" s="6"/>
       <c r="J217" s="6"/>
       <c r="K217" s="6"/>
       <c r="L217" s="6"/>
       <c r="M217" s="6"/>
       <c r="N217" s="6"/>
       <c r="O217" s="6"/>
       <c r="P217" s="6"/>
       <c r="Q217" s="6"/>
       <c r="R217" s="6"/>
       <c r="S217" s="6"/>
       <c r="T217" s="6"/>
       <c r="U217" s="6"/>
       <c r="V217" s="6"/>
       <c r="W217" s="6"/>
       <c r="X217" s="6"/>
@@ -16929,51 +16929,51 @@
       <c r="S227" s="14" t="n">
         <v>1.9899589E7</v>
       </c>
       <c r="T227" s="14" t="n">
         <v>1.8110042E7</v>
       </c>
       <c r="U227" s="14" t="n">
         <v>1.700189E7</v>
       </c>
       <c r="V227" s="14" t="n">
         <v>1.5952435E7</v>
       </c>
       <c r="W227" s="14" t="n">
         <v>1.5368932E7</v>
       </c>
       <c r="X227" s="14" t="n">
         <v>1.4803603E7</v>
       </c>
       <c r="Y227" s="14" t="n">
         <v>1.3493572E7</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="6" t="inlineStr">
         <is>
-          <t>17 Girona</t>
+          <t>Girona</t>
         </is>
       </c>
       <c r="B228" s="6"/>
       <c r="C228" s="6"/>
       <c r="D228" s="6"/>
       <c r="E228" s="6"/>
       <c r="F228" s="6"/>
       <c r="G228" s="6"/>
       <c r="H228" s="6"/>
       <c r="I228" s="6"/>
       <c r="J228" s="6"/>
       <c r="K228" s="6"/>
       <c r="L228" s="6"/>
       <c r="M228" s="6"/>
       <c r="N228" s="6"/>
       <c r="O228" s="6"/>
       <c r="P228" s="6"/>
       <c r="Q228" s="6"/>
       <c r="R228" s="6"/>
       <c r="S228" s="6"/>
       <c r="T228" s="6"/>
       <c r="U228" s="6"/>
       <c r="V228" s="6"/>
       <c r="W228" s="6"/>
       <c r="X228" s="6"/>
@@ -17750,51 +17750,51 @@
       <c r="S238" s="14" t="n">
         <v>1.8739066E7</v>
       </c>
       <c r="T238" s="14" t="n">
         <v>1.6754298E7</v>
       </c>
       <c r="U238" s="14" t="n">
         <v>1.5505634E7</v>
       </c>
       <c r="V238" s="14" t="n">
         <v>1.4266976E7</v>
       </c>
       <c r="W238" s="14" t="n">
         <v>1.3244957E7</v>
       </c>
       <c r="X238" s="14" t="n">
         <v>1.2060528E7</v>
       </c>
       <c r="Y238" s="14" t="n">
         <v>1.0885605E7</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="6" t="inlineStr">
         <is>
-          <t>18 Granada</t>
+          <t>Granada</t>
         </is>
       </c>
       <c r="B239" s="6"/>
       <c r="C239" s="6"/>
       <c r="D239" s="6"/>
       <c r="E239" s="6"/>
       <c r="F239" s="6"/>
       <c r="G239" s="6"/>
       <c r="H239" s="6"/>
       <c r="I239" s="6"/>
       <c r="J239" s="6"/>
       <c r="K239" s="6"/>
       <c r="L239" s="6"/>
       <c r="M239" s="6"/>
       <c r="N239" s="6"/>
       <c r="O239" s="6"/>
       <c r="P239" s="6"/>
       <c r="Q239" s="6"/>
       <c r="R239" s="6"/>
       <c r="S239" s="6"/>
       <c r="T239" s="6"/>
       <c r="U239" s="6"/>
       <c r="V239" s="6"/>
       <c r="W239" s="6"/>
       <c r="X239" s="6"/>
@@ -18571,51 +18571,51 @@
       <c r="S249" s="14" t="n">
         <v>1.4392768E7</v>
       </c>
       <c r="T249" s="14" t="n">
         <v>1.2816126E7</v>
       </c>
       <c r="U249" s="14" t="n">
         <v>1.1966493E7</v>
       </c>
       <c r="V249" s="14" t="n">
         <v>1.1185092E7</v>
       </c>
       <c r="W249" s="14" t="n">
         <v>1.0325237E7</v>
       </c>
       <c r="X249" s="14" t="n">
         <v>9420218.0</v>
       </c>
       <c r="Y249" s="14" t="n">
         <v>8669725.0</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="6" t="inlineStr">
         <is>
-          <t>19 Guadalajara</t>
+          <t>Guadalajara</t>
         </is>
       </c>
       <c r="B250" s="6"/>
       <c r="C250" s="6"/>
       <c r="D250" s="6"/>
       <c r="E250" s="6"/>
       <c r="F250" s="6"/>
       <c r="G250" s="6"/>
       <c r="H250" s="6"/>
       <c r="I250" s="6"/>
       <c r="J250" s="6"/>
       <c r="K250" s="6"/>
       <c r="L250" s="6"/>
       <c r="M250" s="6"/>
       <c r="N250" s="6"/>
       <c r="O250" s="6"/>
       <c r="P250" s="6"/>
       <c r="Q250" s="6"/>
       <c r="R250" s="6"/>
       <c r="S250" s="6"/>
       <c r="T250" s="6"/>
       <c r="U250" s="6"/>
       <c r="V250" s="6"/>
       <c r="W250" s="6"/>
       <c r="X250" s="6"/>
@@ -19392,51 +19392,51 @@
       <c r="S260" s="14" t="n">
         <v>4318984.0</v>
       </c>
       <c r="T260" s="14" t="n">
         <v>4001653.0</v>
       </c>
       <c r="U260" s="14" t="n">
         <v>3542450.0</v>
       </c>
       <c r="V260" s="14" t="n">
         <v>3310182.0</v>
       </c>
       <c r="W260" s="14" t="n">
         <v>3041029.0</v>
       </c>
       <c r="X260" s="14" t="n">
         <v>2768855.0</v>
       </c>
       <c r="Y260" s="14" t="n">
         <v>2459235.0</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="6" t="inlineStr">
         <is>
-          <t>21 Huelva</t>
+          <t>Huelva</t>
         </is>
       </c>
       <c r="B261" s="6"/>
       <c r="C261" s="6"/>
       <c r="D261" s="6"/>
       <c r="E261" s="6"/>
       <c r="F261" s="6"/>
       <c r="G261" s="6"/>
       <c r="H261" s="6"/>
       <c r="I261" s="6"/>
       <c r="J261" s="6"/>
       <c r="K261" s="6"/>
       <c r="L261" s="6"/>
       <c r="M261" s="6"/>
       <c r="N261" s="6"/>
       <c r="O261" s="6"/>
       <c r="P261" s="6"/>
       <c r="Q261" s="6"/>
       <c r="R261" s="6"/>
       <c r="S261" s="6"/>
       <c r="T261" s="6"/>
       <c r="U261" s="6"/>
       <c r="V261" s="6"/>
       <c r="W261" s="6"/>
       <c r="X261" s="6"/>
@@ -20213,51 +20213,51 @@
       <c r="S271" s="14" t="n">
         <v>8762726.0</v>
       </c>
       <c r="T271" s="14" t="n">
         <v>8368814.0</v>
       </c>
       <c r="U271" s="14" t="n">
         <v>7704789.0</v>
       </c>
       <c r="V271" s="14" t="n">
         <v>7047414.0</v>
       </c>
       <c r="W271" s="14" t="n">
         <v>6531138.0</v>
       </c>
       <c r="X271" s="14" t="n">
         <v>6170067.0</v>
       </c>
       <c r="Y271" s="14" t="n">
         <v>5991885.0</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="6" t="inlineStr">
         <is>
-          <t>22 Huesca</t>
+          <t>Huesca</t>
         </is>
       </c>
       <c r="B272" s="6"/>
       <c r="C272" s="6"/>
       <c r="D272" s="6"/>
       <c r="E272" s="6"/>
       <c r="F272" s="6"/>
       <c r="G272" s="6"/>
       <c r="H272" s="6"/>
       <c r="I272" s="6"/>
       <c r="J272" s="6"/>
       <c r="K272" s="6"/>
       <c r="L272" s="6"/>
       <c r="M272" s="6"/>
       <c r="N272" s="6"/>
       <c r="O272" s="6"/>
       <c r="P272" s="6"/>
       <c r="Q272" s="6"/>
       <c r="R272" s="6"/>
       <c r="S272" s="6"/>
       <c r="T272" s="6"/>
       <c r="U272" s="6"/>
       <c r="V272" s="6"/>
       <c r="W272" s="6"/>
       <c r="X272" s="6"/>
@@ -21034,51 +21034,51 @@
       <c r="S282" s="14" t="n">
         <v>5166189.0</v>
       </c>
       <c r="T282" s="14" t="n">
         <v>4766348.0</v>
       </c>
       <c r="U282" s="14" t="n">
         <v>4531056.0</v>
       </c>
       <c r="V282" s="14" t="n">
         <v>4298399.0</v>
       </c>
       <c r="W282" s="14" t="n">
         <v>4011718.0</v>
       </c>
       <c r="X282" s="14" t="n">
         <v>3715293.0</v>
       </c>
       <c r="Y282" s="14" t="n">
         <v>3348365.0</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="6" t="inlineStr">
         <is>
-          <t>23 Jaén</t>
+          <t>Jaén</t>
         </is>
       </c>
       <c r="B283" s="6"/>
       <c r="C283" s="6"/>
       <c r="D283" s="6"/>
       <c r="E283" s="6"/>
       <c r="F283" s="6"/>
       <c r="G283" s="6"/>
       <c r="H283" s="6"/>
       <c r="I283" s="6"/>
       <c r="J283" s="6"/>
       <c r="K283" s="6"/>
       <c r="L283" s="6"/>
       <c r="M283" s="6"/>
       <c r="N283" s="6"/>
       <c r="O283" s="6"/>
       <c r="P283" s="6"/>
       <c r="Q283" s="6"/>
       <c r="R283" s="6"/>
       <c r="S283" s="6"/>
       <c r="T283" s="6"/>
       <c r="U283" s="6"/>
       <c r="V283" s="6"/>
       <c r="W283" s="6"/>
       <c r="X283" s="6"/>
@@ -21855,51 +21855,51 @@
       <c r="S293" s="14" t="n">
         <v>1.0095967E7</v>
       </c>
       <c r="T293" s="14" t="n">
         <v>9372469.0</v>
       </c>
       <c r="U293" s="14" t="n">
         <v>9105648.0</v>
       </c>
       <c r="V293" s="14" t="n">
         <v>8724904.0</v>
       </c>
       <c r="W293" s="14" t="n">
         <v>7592965.0</v>
       </c>
       <c r="X293" s="14" t="n">
         <v>7267259.0</v>
       </c>
       <c r="Y293" s="14" t="n">
         <v>6717305.0</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="6" t="inlineStr">
         <is>
-          <t>24 León</t>
+          <t>León</t>
         </is>
       </c>
       <c r="B294" s="6"/>
       <c r="C294" s="6"/>
       <c r="D294" s="6"/>
       <c r="E294" s="6"/>
       <c r="F294" s="6"/>
       <c r="G294" s="6"/>
       <c r="H294" s="6"/>
       <c r="I294" s="6"/>
       <c r="J294" s="6"/>
       <c r="K294" s="6"/>
       <c r="L294" s="6"/>
       <c r="M294" s="6"/>
       <c r="N294" s="6"/>
       <c r="O294" s="6"/>
       <c r="P294" s="6"/>
       <c r="Q294" s="6"/>
       <c r="R294" s="6"/>
       <c r="S294" s="6"/>
       <c r="T294" s="6"/>
       <c r="U294" s="6"/>
       <c r="V294" s="6"/>
       <c r="W294" s="6"/>
       <c r="X294" s="6"/>
@@ -22676,51 +22676,51 @@
       <c r="S304" s="14" t="n">
         <v>9296391.0</v>
       </c>
       <c r="T304" s="14" t="n">
         <v>8681078.0</v>
       </c>
       <c r="U304" s="14" t="n">
         <v>7930413.0</v>
       </c>
       <c r="V304" s="14" t="n">
         <v>7573136.0</v>
       </c>
       <c r="W304" s="14" t="n">
         <v>7251042.0</v>
       </c>
       <c r="X304" s="14" t="n">
         <v>6956638.0</v>
       </c>
       <c r="Y304" s="14" t="n">
         <v>6491851.0</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="6" t="inlineStr">
         <is>
-          <t>25 Lleida</t>
+          <t>Lleida</t>
         </is>
       </c>
       <c r="B305" s="6"/>
       <c r="C305" s="6"/>
       <c r="D305" s="6"/>
       <c r="E305" s="6"/>
       <c r="F305" s="6"/>
       <c r="G305" s="6"/>
       <c r="H305" s="6"/>
       <c r="I305" s="6"/>
       <c r="J305" s="6"/>
       <c r="K305" s="6"/>
       <c r="L305" s="6"/>
       <c r="M305" s="6"/>
       <c r="N305" s="6"/>
       <c r="O305" s="6"/>
       <c r="P305" s="6"/>
       <c r="Q305" s="6"/>
       <c r="R305" s="6"/>
       <c r="S305" s="6"/>
       <c r="T305" s="6"/>
       <c r="U305" s="6"/>
       <c r="V305" s="6"/>
       <c r="W305" s="6"/>
       <c r="X305" s="6"/>
@@ -23497,51 +23497,51 @@
       <c r="S315" s="14" t="n">
         <v>1.081766E7</v>
       </c>
       <c r="T315" s="14" t="n">
         <v>9694593.0</v>
       </c>
       <c r="U315" s="14" t="n">
         <v>9417218.0</v>
       </c>
       <c r="V315" s="14" t="n">
         <v>8930999.0</v>
       </c>
       <c r="W315" s="14" t="n">
         <v>8250999.0</v>
       </c>
       <c r="X315" s="14" t="n">
         <v>7613306.0</v>
       </c>
       <c r="Y315" s="14" t="n">
         <v>6931802.0</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="6" t="inlineStr">
         <is>
-          <t>27 Lugo</t>
+          <t>Lugo</t>
         </is>
       </c>
       <c r="B316" s="6"/>
       <c r="C316" s="6"/>
       <c r="D316" s="6"/>
       <c r="E316" s="6"/>
       <c r="F316" s="6"/>
       <c r="G316" s="6"/>
       <c r="H316" s="6"/>
       <c r="I316" s="6"/>
       <c r="J316" s="6"/>
       <c r="K316" s="6"/>
       <c r="L316" s="6"/>
       <c r="M316" s="6"/>
       <c r="N316" s="6"/>
       <c r="O316" s="6"/>
       <c r="P316" s="6"/>
       <c r="Q316" s="6"/>
       <c r="R316" s="6"/>
       <c r="S316" s="6"/>
       <c r="T316" s="6"/>
       <c r="U316" s="6"/>
       <c r="V316" s="6"/>
       <c r="W316" s="6"/>
       <c r="X316" s="6"/>
@@ -24318,51 +24318,51 @@
       <c r="S326" s="14" t="n">
         <v>6571807.0</v>
       </c>
       <c r="T326" s="14" t="n">
         <v>6123882.0</v>
       </c>
       <c r="U326" s="14" t="n">
         <v>5470678.0</v>
       </c>
       <c r="V326" s="14" t="n">
         <v>5126810.0</v>
       </c>
       <c r="W326" s="14" t="n">
         <v>4808038.0</v>
       </c>
       <c r="X326" s="14" t="n">
         <v>4632313.0</v>
       </c>
       <c r="Y326" s="14" t="n">
         <v>4271636.0</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="6" t="inlineStr">
         <is>
-          <t>28 Madrid</t>
+          <t>Madrid</t>
         </is>
       </c>
       <c r="B327" s="6"/>
       <c r="C327" s="6"/>
       <c r="D327" s="6"/>
       <c r="E327" s="6"/>
       <c r="F327" s="6"/>
       <c r="G327" s="6"/>
       <c r="H327" s="6"/>
       <c r="I327" s="6"/>
       <c r="J327" s="6"/>
       <c r="K327" s="6"/>
       <c r="L327" s="6"/>
       <c r="M327" s="6"/>
       <c r="N327" s="6"/>
       <c r="O327" s="6"/>
       <c r="P327" s="6"/>
       <c r="Q327" s="6"/>
       <c r="R327" s="6"/>
       <c r="S327" s="6"/>
       <c r="T327" s="6"/>
       <c r="U327" s="6"/>
       <c r="V327" s="6"/>
       <c r="W327" s="6"/>
       <c r="X327" s="6"/>
@@ -25139,51 +25139,51 @@
       <c r="S337" s="14" t="n">
         <v>1.80932461E8</v>
       </c>
       <c r="T337" s="14" t="n">
         <v>1.65661958E8</v>
       </c>
       <c r="U337" s="14" t="n">
         <v>1.53296904E8</v>
       </c>
       <c r="V337" s="14" t="n">
         <v>1.42555275E8</v>
       </c>
       <c r="W337" s="14" t="n">
         <v>1.32944643E8</v>
       </c>
       <c r="X337" s="14" t="n">
         <v>1.23638301E8</v>
       </c>
       <c r="Y337" s="14" t="n">
         <v>1.13369166E8</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="6" t="inlineStr">
         <is>
-          <t>29 Málaga</t>
+          <t>Málaga</t>
         </is>
       </c>
       <c r="B338" s="6"/>
       <c r="C338" s="6"/>
       <c r="D338" s="6"/>
       <c r="E338" s="6"/>
       <c r="F338" s="6"/>
       <c r="G338" s="6"/>
       <c r="H338" s="6"/>
       <c r="I338" s="6"/>
       <c r="J338" s="6"/>
       <c r="K338" s="6"/>
       <c r="L338" s="6"/>
       <c r="M338" s="6"/>
       <c r="N338" s="6"/>
       <c r="O338" s="6"/>
       <c r="P338" s="6"/>
       <c r="Q338" s="6"/>
       <c r="R338" s="6"/>
       <c r="S338" s="6"/>
       <c r="T338" s="6"/>
       <c r="U338" s="6"/>
       <c r="V338" s="6"/>
       <c r="W338" s="6"/>
       <c r="X338" s="6"/>
@@ -25960,51 +25960,51 @@
       <c r="S348" s="14" t="n">
         <v>2.6235888E7</v>
       </c>
       <c r="T348" s="14" t="n">
         <v>2.4490249E7</v>
       </c>
       <c r="U348" s="14" t="n">
         <v>2.1782779E7</v>
       </c>
       <c r="V348" s="14" t="n">
         <v>1.9628638E7</v>
       </c>
       <c r="W348" s="14" t="n">
         <v>1.7938089E7</v>
       </c>
       <c r="X348" s="14" t="n">
         <v>1.6756811E7</v>
       </c>
       <c r="Y348" s="14" t="n">
         <v>1.4950829E7</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="6" t="inlineStr">
         <is>
-          <t>30 Murcia</t>
+          <t>Murcia</t>
         </is>
       </c>
       <c r="B349" s="6"/>
       <c r="C349" s="6"/>
       <c r="D349" s="6"/>
       <c r="E349" s="6"/>
       <c r="F349" s="6"/>
       <c r="G349" s="6"/>
       <c r="H349" s="6"/>
       <c r="I349" s="6"/>
       <c r="J349" s="6"/>
       <c r="K349" s="6"/>
       <c r="L349" s="6"/>
       <c r="M349" s="6"/>
       <c r="N349" s="6"/>
       <c r="O349" s="6"/>
       <c r="P349" s="6"/>
       <c r="Q349" s="6"/>
       <c r="R349" s="6"/>
       <c r="S349" s="6"/>
       <c r="T349" s="6"/>
       <c r="U349" s="6"/>
       <c r="V349" s="6"/>
       <c r="W349" s="6"/>
       <c r="X349" s="6"/>
@@ -26781,51 +26781,51 @@
       <c r="S359" s="14" t="n">
         <v>2.6355824E7</v>
       </c>
       <c r="T359" s="14" t="n">
         <v>2.427235E7</v>
       </c>
       <c r="U359" s="14" t="n">
         <v>2.2159238E7</v>
       </c>
       <c r="V359" s="14" t="n">
         <v>2.0644875E7</v>
       </c>
       <c r="W359" s="14" t="n">
         <v>1.9015733E7</v>
       </c>
       <c r="X359" s="14" t="n">
         <v>1.7524452E7</v>
       </c>
       <c r="Y359" s="14" t="n">
         <v>1.608871E7</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="6" t="inlineStr">
         <is>
-          <t>31 Navarra</t>
+          <t>Navarra</t>
         </is>
       </c>
       <c r="B360" s="6"/>
       <c r="C360" s="6"/>
       <c r="D360" s="6"/>
       <c r="E360" s="6"/>
       <c r="F360" s="6"/>
       <c r="G360" s="6"/>
       <c r="H360" s="6"/>
       <c r="I360" s="6"/>
       <c r="J360" s="6"/>
       <c r="K360" s="6"/>
       <c r="L360" s="6"/>
       <c r="M360" s="6"/>
       <c r="N360" s="6"/>
       <c r="O360" s="6"/>
       <c r="P360" s="6"/>
       <c r="Q360" s="6"/>
       <c r="R360" s="6"/>
       <c r="S360" s="6"/>
       <c r="T360" s="6"/>
       <c r="U360" s="6"/>
       <c r="V360" s="6"/>
       <c r="W360" s="6"/>
       <c r="X360" s="6"/>
@@ -27602,51 +27602,51 @@
       <c r="S370" s="14" t="n">
         <v>1.6772179E7</v>
       </c>
       <c r="T370" s="14" t="n">
         <v>1.5630219E7</v>
       </c>
       <c r="U370" s="14" t="n">
         <v>1.4550257E7</v>
       </c>
       <c r="V370" s="14" t="n">
         <v>1.3652158E7</v>
       </c>
       <c r="W370" s="14" t="n">
         <v>1.2847752E7</v>
       </c>
       <c r="X370" s="14" t="n">
         <v>1.2052307E7</v>
       </c>
       <c r="Y370" s="14" t="n">
         <v>1.1309008E7</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="6" t="inlineStr">
         <is>
-          <t>32 Ourense</t>
+          <t>Ourense</t>
         </is>
       </c>
       <c r="B371" s="6"/>
       <c r="C371" s="6"/>
       <c r="D371" s="6"/>
       <c r="E371" s="6"/>
       <c r="F371" s="6"/>
       <c r="G371" s="6"/>
       <c r="H371" s="6"/>
       <c r="I371" s="6"/>
       <c r="J371" s="6"/>
       <c r="K371" s="6"/>
       <c r="L371" s="6"/>
       <c r="M371" s="6"/>
       <c r="N371" s="6"/>
       <c r="O371" s="6"/>
       <c r="P371" s="6"/>
       <c r="Q371" s="6"/>
       <c r="R371" s="6"/>
       <c r="S371" s="6"/>
       <c r="T371" s="6"/>
       <c r="U371" s="6"/>
       <c r="V371" s="6"/>
       <c r="W371" s="6"/>
       <c r="X371" s="6"/>
@@ -28423,51 +28423,51 @@
       <c r="S381" s="14" t="n">
         <v>5688552.0</v>
       </c>
       <c r="T381" s="14" t="n">
         <v>5320082.0</v>
       </c>
       <c r="U381" s="14" t="n">
         <v>4962076.0</v>
       </c>
       <c r="V381" s="14" t="n">
         <v>4765596.0</v>
       </c>
       <c r="W381" s="14" t="n">
         <v>4520815.0</v>
       </c>
       <c r="X381" s="14" t="n">
         <v>4168198.0</v>
       </c>
       <c r="Y381" s="14" t="n">
         <v>3797802.0</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="6" t="inlineStr">
         <is>
-          <t>34 Palencia</t>
+          <t>Palencia</t>
         </is>
       </c>
       <c r="B382" s="6"/>
       <c r="C382" s="6"/>
       <c r="D382" s="6"/>
       <c r="E382" s="6"/>
       <c r="F382" s="6"/>
       <c r="G382" s="6"/>
       <c r="H382" s="6"/>
       <c r="I382" s="6"/>
       <c r="J382" s="6"/>
       <c r="K382" s="6"/>
       <c r="L382" s="6"/>
       <c r="M382" s="6"/>
       <c r="N382" s="6"/>
       <c r="O382" s="6"/>
       <c r="P382" s="6"/>
       <c r="Q382" s="6"/>
       <c r="R382" s="6"/>
       <c r="S382" s="6"/>
       <c r="T382" s="6"/>
       <c r="U382" s="6"/>
       <c r="V382" s="6"/>
       <c r="W382" s="6"/>
       <c r="X382" s="6"/>
@@ -29244,51 +29244,51 @@
       <c r="S392" s="14" t="n">
         <v>3813342.0</v>
       </c>
       <c r="T392" s="14" t="n">
         <v>3638135.0</v>
       </c>
       <c r="U392" s="14" t="n">
         <v>3418102.0</v>
       </c>
       <c r="V392" s="14" t="n">
         <v>3233739.0</v>
       </c>
       <c r="W392" s="14" t="n">
         <v>3021020.0</v>
       </c>
       <c r="X392" s="14" t="n">
         <v>2733965.0</v>
       </c>
       <c r="Y392" s="14" t="n">
         <v>2560087.0</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="6" t="inlineStr">
         <is>
-          <t>35 Palmas, Las</t>
+          <t>Palmas, Las</t>
         </is>
       </c>
       <c r="B393" s="6"/>
       <c r="C393" s="6"/>
       <c r="D393" s="6"/>
       <c r="E393" s="6"/>
       <c r="F393" s="6"/>
       <c r="G393" s="6"/>
       <c r="H393" s="6"/>
       <c r="I393" s="6"/>
       <c r="J393" s="6"/>
       <c r="K393" s="6"/>
       <c r="L393" s="6"/>
       <c r="M393" s="6"/>
       <c r="N393" s="6"/>
       <c r="O393" s="6"/>
       <c r="P393" s="6"/>
       <c r="Q393" s="6"/>
       <c r="R393" s="6"/>
       <c r="S393" s="6"/>
       <c r="T393" s="6"/>
       <c r="U393" s="6"/>
       <c r="V393" s="6"/>
       <c r="W393" s="6"/>
       <c r="X393" s="6"/>
@@ -30065,51 +30065,51 @@
       <c r="S403" s="14" t="n">
         <v>1.9416518E7</v>
       </c>
       <c r="T403" s="14" t="n">
         <v>1.817879E7</v>
       </c>
       <c r="U403" s="14" t="n">
         <v>1.7308012E7</v>
       </c>
       <c r="V403" s="14" t="n">
         <v>1.6625049E7</v>
       </c>
       <c r="W403" s="14" t="n">
         <v>1.5655027E7</v>
       </c>
       <c r="X403" s="14" t="n">
         <v>1.4754228E7</v>
       </c>
       <c r="Y403" s="14" t="n">
         <v>1.352549E7</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="6" t="inlineStr">
         <is>
-          <t>36 Pontevedra</t>
+          <t>Pontevedra</t>
         </is>
       </c>
       <c r="B404" s="6"/>
       <c r="C404" s="6"/>
       <c r="D404" s="6"/>
       <c r="E404" s="6"/>
       <c r="F404" s="6"/>
       <c r="G404" s="6"/>
       <c r="H404" s="6"/>
       <c r="I404" s="6"/>
       <c r="J404" s="6"/>
       <c r="K404" s="6"/>
       <c r="L404" s="6"/>
       <c r="M404" s="6"/>
       <c r="N404" s="6"/>
       <c r="O404" s="6"/>
       <c r="P404" s="6"/>
       <c r="Q404" s="6"/>
       <c r="R404" s="6"/>
       <c r="S404" s="6"/>
       <c r="T404" s="6"/>
       <c r="U404" s="6"/>
       <c r="V404" s="6"/>
       <c r="W404" s="6"/>
       <c r="X404" s="6"/>
@@ -30886,51 +30886,51 @@
       <c r="S414" s="14" t="n">
         <v>1.771219E7</v>
       </c>
       <c r="T414" s="14" t="n">
         <v>1.6125129E7</v>
       </c>
       <c r="U414" s="14" t="n">
         <v>1.5046105E7</v>
       </c>
       <c r="V414" s="14" t="n">
         <v>1.3816832E7</v>
       </c>
       <c r="W414" s="14" t="n">
         <v>1.2834541E7</v>
       </c>
       <c r="X414" s="14" t="n">
         <v>1.2290176E7</v>
       </c>
       <c r="Y414" s="14" t="n">
         <v>1.1432214E7</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="6" t="inlineStr">
         <is>
-          <t>26 Rioja, La</t>
+          <t>Rioja, La</t>
         </is>
       </c>
       <c r="B415" s="6"/>
       <c r="C415" s="6"/>
       <c r="D415" s="6"/>
       <c r="E415" s="6"/>
       <c r="F415" s="6"/>
       <c r="G415" s="6"/>
       <c r="H415" s="6"/>
       <c r="I415" s="6"/>
       <c r="J415" s="6"/>
       <c r="K415" s="6"/>
       <c r="L415" s="6"/>
       <c r="M415" s="6"/>
       <c r="N415" s="6"/>
       <c r="O415" s="6"/>
       <c r="P415" s="6"/>
       <c r="Q415" s="6"/>
       <c r="R415" s="6"/>
       <c r="S415" s="6"/>
       <c r="T415" s="6"/>
       <c r="U415" s="6"/>
       <c r="V415" s="6"/>
       <c r="W415" s="6"/>
       <c r="X415" s="6"/>
@@ -31707,51 +31707,51 @@
       <c r="S425" s="14" t="n">
         <v>7427020.0</v>
       </c>
       <c r="T425" s="14" t="n">
         <v>6868905.0</v>
       </c>
       <c r="U425" s="14" t="n">
         <v>6383746.0</v>
       </c>
       <c r="V425" s="14" t="n">
         <v>6021536.0</v>
       </c>
       <c r="W425" s="14" t="n">
         <v>5566913.0</v>
       </c>
       <c r="X425" s="14" t="n">
         <v>5273021.0</v>
       </c>
       <c r="Y425" s="14" t="n">
         <v>4931442.0</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="6" t="inlineStr">
         <is>
-          <t>37 Salamanca</t>
+          <t>Salamanca</t>
         </is>
       </c>
       <c r="B426" s="6"/>
       <c r="C426" s="6"/>
       <c r="D426" s="6"/>
       <c r="E426" s="6"/>
       <c r="F426" s="6"/>
       <c r="G426" s="6"/>
       <c r="H426" s="6"/>
       <c r="I426" s="6"/>
       <c r="J426" s="6"/>
       <c r="K426" s="6"/>
       <c r="L426" s="6"/>
       <c r="M426" s="6"/>
       <c r="N426" s="6"/>
       <c r="O426" s="6"/>
       <c r="P426" s="6"/>
       <c r="Q426" s="6"/>
       <c r="R426" s="6"/>
       <c r="S426" s="6"/>
       <c r="T426" s="6"/>
       <c r="U426" s="6"/>
       <c r="V426" s="6"/>
       <c r="W426" s="6"/>
       <c r="X426" s="6"/>
@@ -32528,51 +32528,51 @@
       <c r="S436" s="14" t="n">
         <v>6311955.0</v>
       </c>
       <c r="T436" s="14" t="n">
         <v>5965910.0</v>
       </c>
       <c r="U436" s="14" t="n">
         <v>5737468.0</v>
       </c>
       <c r="V436" s="14" t="n">
         <v>5454639.0</v>
       </c>
       <c r="W436" s="14" t="n">
         <v>5046441.0</v>
       </c>
       <c r="X436" s="14" t="n">
         <v>4790884.0</v>
       </c>
       <c r="Y436" s="14" t="n">
         <v>4350777.0</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="6" t="inlineStr">
         <is>
-          <t>38 Santa Cruz de Tenerife</t>
+          <t>Santa Cruz de Tenerife</t>
         </is>
       </c>
       <c r="B437" s="6"/>
       <c r="C437" s="6"/>
       <c r="D437" s="6"/>
       <c r="E437" s="6"/>
       <c r="F437" s="6"/>
       <c r="G437" s="6"/>
       <c r="H437" s="6"/>
       <c r="I437" s="6"/>
       <c r="J437" s="6"/>
       <c r="K437" s="6"/>
       <c r="L437" s="6"/>
       <c r="M437" s="6"/>
       <c r="N437" s="6"/>
       <c r="O437" s="6"/>
       <c r="P437" s="6"/>
       <c r="Q437" s="6"/>
       <c r="R437" s="6"/>
       <c r="S437" s="6"/>
       <c r="T437" s="6"/>
       <c r="U437" s="6"/>
       <c r="V437" s="6"/>
       <c r="W437" s="6"/>
       <c r="X437" s="6"/>
@@ -33349,51 +33349,51 @@
       <c r="S447" s="14" t="n">
         <v>1.8029309E7</v>
       </c>
       <c r="T447" s="14" t="n">
         <v>1.6924959E7</v>
       </c>
       <c r="U447" s="14" t="n">
         <v>1.5539209E7</v>
       </c>
       <c r="V447" s="14" t="n">
         <v>1.4479791E7</v>
       </c>
       <c r="W447" s="14" t="n">
         <v>1.3446776E7</v>
       </c>
       <c r="X447" s="14" t="n">
         <v>1.2483211E7</v>
       </c>
       <c r="Y447" s="14" t="n">
         <v>1.1460633E7</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="6" t="inlineStr">
         <is>
-          <t>40 Segovia</t>
+          <t>Segovia</t>
         </is>
       </c>
       <c r="B448" s="6"/>
       <c r="C448" s="6"/>
       <c r="D448" s="6"/>
       <c r="E448" s="6"/>
       <c r="F448" s="6"/>
       <c r="G448" s="6"/>
       <c r="H448" s="6"/>
       <c r="I448" s="6"/>
       <c r="J448" s="6"/>
       <c r="K448" s="6"/>
       <c r="L448" s="6"/>
       <c r="M448" s="6"/>
       <c r="N448" s="6"/>
       <c r="O448" s="6"/>
       <c r="P448" s="6"/>
       <c r="Q448" s="6"/>
       <c r="R448" s="6"/>
       <c r="S448" s="6"/>
       <c r="T448" s="6"/>
       <c r="U448" s="6"/>
       <c r="V448" s="6"/>
       <c r="W448" s="6"/>
       <c r="X448" s="6"/>
@@ -34170,51 +34170,51 @@
       <c r="S458" s="14" t="n">
         <v>3453896.0</v>
       </c>
       <c r="T458" s="14" t="n">
         <v>3220759.0</v>
       </c>
       <c r="U458" s="14" t="n">
         <v>2964000.0</v>
       </c>
       <c r="V458" s="14" t="n">
         <v>2809901.0</v>
       </c>
       <c r="W458" s="14" t="n">
         <v>2634492.0</v>
       </c>
       <c r="X458" s="14" t="n">
         <v>2425892.0</v>
       </c>
       <c r="Y458" s="14" t="n">
         <v>2328280.0</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="6" t="inlineStr">
         <is>
-          <t>41 Sevilla</t>
+          <t>Sevilla</t>
         </is>
       </c>
       <c r="B459" s="6"/>
       <c r="C459" s="6"/>
       <c r="D459" s="6"/>
       <c r="E459" s="6"/>
       <c r="F459" s="6"/>
       <c r="G459" s="6"/>
       <c r="H459" s="6"/>
       <c r="I459" s="6"/>
       <c r="J459" s="6"/>
       <c r="K459" s="6"/>
       <c r="L459" s="6"/>
       <c r="M459" s="6"/>
       <c r="N459" s="6"/>
       <c r="O459" s="6"/>
       <c r="P459" s="6"/>
       <c r="Q459" s="6"/>
       <c r="R459" s="6"/>
       <c r="S459" s="6"/>
       <c r="T459" s="6"/>
       <c r="U459" s="6"/>
       <c r="V459" s="6"/>
       <c r="W459" s="6"/>
       <c r="X459" s="6"/>
@@ -34991,51 +34991,51 @@
       <c r="S469" s="14" t="n">
         <v>3.3827726E7</v>
       </c>
       <c r="T469" s="14" t="n">
         <v>3.1564901E7</v>
       </c>
       <c r="U469" s="14" t="n">
         <v>2.8920958E7</v>
       </c>
       <c r="V469" s="14" t="n">
         <v>2.7002966E7</v>
       </c>
       <c r="W469" s="14" t="n">
         <v>2.4914393E7</v>
       </c>
       <c r="X469" s="14" t="n">
         <v>2.2650676E7</v>
       </c>
       <c r="Y469" s="14" t="n">
         <v>2.0766561E7</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="6" t="inlineStr">
         <is>
-          <t>42 Soria</t>
+          <t>Soria</t>
         </is>
       </c>
       <c r="B470" s="6"/>
       <c r="C470" s="6"/>
       <c r="D470" s="6"/>
       <c r="E470" s="6"/>
       <c r="F470" s="6"/>
       <c r="G470" s="6"/>
       <c r="H470" s="6"/>
       <c r="I470" s="6"/>
       <c r="J470" s="6"/>
       <c r="K470" s="6"/>
       <c r="L470" s="6"/>
       <c r="M470" s="6"/>
       <c r="N470" s="6"/>
       <c r="O470" s="6"/>
       <c r="P470" s="6"/>
       <c r="Q470" s="6"/>
       <c r="R470" s="6"/>
       <c r="S470" s="6"/>
       <c r="T470" s="6"/>
       <c r="U470" s="6"/>
       <c r="V470" s="6"/>
       <c r="W470" s="6"/>
       <c r="X470" s="6"/>
@@ -35812,51 +35812,51 @@
       <c r="S480" s="14" t="n">
         <v>2002519.0</v>
       </c>
       <c r="T480" s="14" t="n">
         <v>1884375.0</v>
       </c>
       <c r="U480" s="14" t="n">
         <v>1853946.0</v>
       </c>
       <c r="V480" s="14" t="n">
         <v>1722641.0</v>
       </c>
       <c r="W480" s="14" t="n">
         <v>1610916.0</v>
       </c>
       <c r="X480" s="14" t="n">
         <v>1483767.0</v>
       </c>
       <c r="Y480" s="14" t="n">
         <v>1436692.0</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="6" t="inlineStr">
         <is>
-          <t>43 Tarragona</t>
+          <t>Tarragona</t>
         </is>
       </c>
       <c r="B481" s="6"/>
       <c r="C481" s="6"/>
       <c r="D481" s="6"/>
       <c r="E481" s="6"/>
       <c r="F481" s="6"/>
       <c r="G481" s="6"/>
       <c r="H481" s="6"/>
       <c r="I481" s="6"/>
       <c r="J481" s="6"/>
       <c r="K481" s="6"/>
       <c r="L481" s="6"/>
       <c r="M481" s="6"/>
       <c r="N481" s="6"/>
       <c r="O481" s="6"/>
       <c r="P481" s="6"/>
       <c r="Q481" s="6"/>
       <c r="R481" s="6"/>
       <c r="S481" s="6"/>
       <c r="T481" s="6"/>
       <c r="U481" s="6"/>
       <c r="V481" s="6"/>
       <c r="W481" s="6"/>
       <c r="X481" s="6"/>
@@ -36633,51 +36633,51 @@
       <c r="S491" s="14" t="n">
         <v>1.9416739E7</v>
       </c>
       <c r="T491" s="14" t="n">
         <v>1.7904609E7</v>
       </c>
       <c r="U491" s="14" t="n">
         <v>1.7482601E7</v>
       </c>
       <c r="V491" s="14" t="n">
         <v>1.5800563E7</v>
       </c>
       <c r="W491" s="14" t="n">
         <v>1.4811537E7</v>
       </c>
       <c r="X491" s="14" t="n">
         <v>1.3340057E7</v>
       </c>
       <c r="Y491" s="14" t="n">
         <v>1.2138923E7</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="6" t="inlineStr">
         <is>
-          <t>44 Teruel</t>
+          <t>Teruel</t>
         </is>
       </c>
       <c r="B492" s="6"/>
       <c r="C492" s="6"/>
       <c r="D492" s="6"/>
       <c r="E492" s="6"/>
       <c r="F492" s="6"/>
       <c r="G492" s="6"/>
       <c r="H492" s="6"/>
       <c r="I492" s="6"/>
       <c r="J492" s="6"/>
       <c r="K492" s="6"/>
       <c r="L492" s="6"/>
       <c r="M492" s="6"/>
       <c r="N492" s="6"/>
       <c r="O492" s="6"/>
       <c r="P492" s="6"/>
       <c r="Q492" s="6"/>
       <c r="R492" s="6"/>
       <c r="S492" s="6"/>
       <c r="T492" s="6"/>
       <c r="U492" s="6"/>
       <c r="V492" s="6"/>
       <c r="W492" s="6"/>
       <c r="X492" s="6"/>
@@ -37454,51 +37454,51 @@
       <c r="S502" s="14" t="n">
         <v>3366169.0</v>
       </c>
       <c r="T502" s="14" t="n">
         <v>3137038.0</v>
       </c>
       <c r="U502" s="14" t="n">
         <v>2878554.0</v>
       </c>
       <c r="V502" s="14" t="n">
         <v>2737428.0</v>
       </c>
       <c r="W502" s="14" t="n">
         <v>2654384.0</v>
       </c>
       <c r="X502" s="14" t="n">
         <v>2493650.0</v>
       </c>
       <c r="Y502" s="14" t="n">
         <v>2342912.0</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="6" t="inlineStr">
         <is>
-          <t>45 Toledo</t>
+          <t>Toledo</t>
         </is>
       </c>
       <c r="B503" s="6"/>
       <c r="C503" s="6"/>
       <c r="D503" s="6"/>
       <c r="E503" s="6"/>
       <c r="F503" s="6"/>
       <c r="G503" s="6"/>
       <c r="H503" s="6"/>
       <c r="I503" s="6"/>
       <c r="J503" s="6"/>
       <c r="K503" s="6"/>
       <c r="L503" s="6"/>
       <c r="M503" s="6"/>
       <c r="N503" s="6"/>
       <c r="O503" s="6"/>
       <c r="P503" s="6"/>
       <c r="Q503" s="6"/>
       <c r="R503" s="6"/>
       <c r="S503" s="6"/>
       <c r="T503" s="6"/>
       <c r="U503" s="6"/>
       <c r="V503" s="6"/>
       <c r="W503" s="6"/>
       <c r="X503" s="6"/>
@@ -38275,51 +38275,51 @@
       <c r="S513" s="14" t="n">
         <v>1.1690825E7</v>
       </c>
       <c r="T513" s="14" t="n">
         <v>1.0563275E7</v>
       </c>
       <c r="U513" s="14" t="n">
         <v>9340655.0</v>
       </c>
       <c r="V513" s="14" t="n">
         <v>8864008.0</v>
       </c>
       <c r="W513" s="14" t="n">
         <v>8068841.0</v>
       </c>
       <c r="X513" s="14" t="n">
         <v>7639983.0</v>
       </c>
       <c r="Y513" s="14" t="n">
         <v>6977326.0</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="6" t="inlineStr">
         <is>
-          <t>46 Valencia/València</t>
+          <t>Valencia/València</t>
         </is>
       </c>
       <c r="B514" s="6"/>
       <c r="C514" s="6"/>
       <c r="D514" s="6"/>
       <c r="E514" s="6"/>
       <c r="F514" s="6"/>
       <c r="G514" s="6"/>
       <c r="H514" s="6"/>
       <c r="I514" s="6"/>
       <c r="J514" s="6"/>
       <c r="K514" s="6"/>
       <c r="L514" s="6"/>
       <c r="M514" s="6"/>
       <c r="N514" s="6"/>
       <c r="O514" s="6"/>
       <c r="P514" s="6"/>
       <c r="Q514" s="6"/>
       <c r="R514" s="6"/>
       <c r="S514" s="6"/>
       <c r="T514" s="6"/>
       <c r="U514" s="6"/>
       <c r="V514" s="6"/>
       <c r="W514" s="6"/>
       <c r="X514" s="6"/>
@@ -39096,51 +39096,51 @@
       <c r="S524" s="14" t="n">
         <v>5.1864799E7</v>
       </c>
       <c r="T524" s="14" t="n">
         <v>4.764661E7</v>
       </c>
       <c r="U524" s="14" t="n">
         <v>4.4839911E7</v>
       </c>
       <c r="V524" s="14" t="n">
         <v>4.2025082E7</v>
       </c>
       <c r="W524" s="14" t="n">
         <v>3.9503416E7</v>
       </c>
       <c r="X524" s="14" t="n">
         <v>3.6749318E7</v>
       </c>
       <c r="Y524" s="14" t="n">
         <v>3.3620698E7</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="6" t="inlineStr">
         <is>
-          <t>47 Valladolid</t>
+          <t>Valladolid</t>
         </is>
       </c>
       <c r="B525" s="6"/>
       <c r="C525" s="6"/>
       <c r="D525" s="6"/>
       <c r="E525" s="6"/>
       <c r="F525" s="6"/>
       <c r="G525" s="6"/>
       <c r="H525" s="6"/>
       <c r="I525" s="6"/>
       <c r="J525" s="6"/>
       <c r="K525" s="6"/>
       <c r="L525" s="6"/>
       <c r="M525" s="6"/>
       <c r="N525" s="6"/>
       <c r="O525" s="6"/>
       <c r="P525" s="6"/>
       <c r="Q525" s="6"/>
       <c r="R525" s="6"/>
       <c r="S525" s="6"/>
       <c r="T525" s="6"/>
       <c r="U525" s="6"/>
       <c r="V525" s="6"/>
       <c r="W525" s="6"/>
       <c r="X525" s="6"/>
@@ -39917,51 +39917,51 @@
       <c r="S535" s="14" t="n">
         <v>1.1656234E7</v>
       </c>
       <c r="T535" s="14" t="n">
         <v>1.0938952E7</v>
       </c>
       <c r="U535" s="14" t="n">
         <v>1.0152698E7</v>
       </c>
       <c r="V535" s="14" t="n">
         <v>9522916.0</v>
       </c>
       <c r="W535" s="14" t="n">
         <v>9082450.0</v>
       </c>
       <c r="X535" s="14" t="n">
         <v>8545783.0</v>
       </c>
       <c r="Y535" s="14" t="n">
         <v>7985412.0</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="6" t="inlineStr">
         <is>
-          <t>49 Zamora</t>
+          <t>Zamora</t>
         </is>
       </c>
       <c r="B536" s="6"/>
       <c r="C536" s="6"/>
       <c r="D536" s="6"/>
       <c r="E536" s="6"/>
       <c r="F536" s="6"/>
       <c r="G536" s="6"/>
       <c r="H536" s="6"/>
       <c r="I536" s="6"/>
       <c r="J536" s="6"/>
       <c r="K536" s="6"/>
       <c r="L536" s="6"/>
       <c r="M536" s="6"/>
       <c r="N536" s="6"/>
       <c r="O536" s="6"/>
       <c r="P536" s="6"/>
       <c r="Q536" s="6"/>
       <c r="R536" s="6"/>
       <c r="S536" s="6"/>
       <c r="T536" s="6"/>
       <c r="U536" s="6"/>
       <c r="V536" s="6"/>
       <c r="W536" s="6"/>
       <c r="X536" s="6"/>
@@ -40738,51 +40738,51 @@
       <c r="S546" s="14" t="n">
         <v>3275752.0</v>
       </c>
       <c r="T546" s="14" t="n">
         <v>2974446.0</v>
       </c>
       <c r="U546" s="14" t="n">
         <v>2908086.0</v>
       </c>
       <c r="V546" s="14" t="n">
         <v>2705235.0</v>
       </c>
       <c r="W546" s="14" t="n">
         <v>2521834.0</v>
       </c>
       <c r="X546" s="14" t="n">
         <v>2368357.0</v>
       </c>
       <c r="Y546" s="14" t="n">
         <v>2221074.0</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="6" t="inlineStr">
         <is>
-          <t>50 Zaragoza</t>
+          <t>Zaragoza</t>
         </is>
       </c>
       <c r="B547" s="6"/>
       <c r="C547" s="6"/>
       <c r="D547" s="6"/>
       <c r="E547" s="6"/>
       <c r="F547" s="6"/>
       <c r="G547" s="6"/>
       <c r="H547" s="6"/>
       <c r="I547" s="6"/>
       <c r="J547" s="6"/>
       <c r="K547" s="6"/>
       <c r="L547" s="6"/>
       <c r="M547" s="6"/>
       <c r="N547" s="6"/>
       <c r="O547" s="6"/>
       <c r="P547" s="6"/>
       <c r="Q547" s="6"/>
       <c r="R547" s="6"/>
       <c r="S547" s="6"/>
       <c r="T547" s="6"/>
       <c r="U547" s="6"/>
       <c r="V547" s="6"/>
       <c r="W547" s="6"/>
       <c r="X547" s="6"/>
@@ -41559,51 +41559,51 @@
       <c r="S557" s="14" t="n">
         <v>2.2879266E7</v>
       </c>
       <c r="T557" s="14" t="n">
         <v>2.107877E7</v>
       </c>
       <c r="U557" s="14" t="n">
         <v>1.9566072E7</v>
       </c>
       <c r="V557" s="14" t="n">
         <v>1.8293286E7</v>
       </c>
       <c r="W557" s="14" t="n">
         <v>1.7066836E7</v>
       </c>
       <c r="X557" s="14" t="n">
         <v>1.5726065E7</v>
       </c>
       <c r="Y557" s="14" t="n">
         <v>1.4740398E7</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="6" t="inlineStr">
         <is>
-          <t>51 Ceuta</t>
+          <t>Ceuta</t>
         </is>
       </c>
       <c r="B558" s="6"/>
       <c r="C558" s="6"/>
       <c r="D558" s="6"/>
       <c r="E558" s="6"/>
       <c r="F558" s="6"/>
       <c r="G558" s="6"/>
       <c r="H558" s="6"/>
       <c r="I558" s="6"/>
       <c r="J558" s="6"/>
       <c r="K558" s="6"/>
       <c r="L558" s="6"/>
       <c r="M558" s="6"/>
       <c r="N558" s="6"/>
       <c r="O558" s="6"/>
       <c r="P558" s="6"/>
       <c r="Q558" s="6"/>
       <c r="R558" s="6"/>
       <c r="S558" s="6"/>
       <c r="T558" s="6"/>
       <c r="U558" s="6"/>
       <c r="V558" s="6"/>
       <c r="W558" s="6"/>
       <c r="X558" s="6"/>
@@ -42380,51 +42380,51 @@
       <c r="S568" s="14" t="n">
         <v>1327102.0</v>
       </c>
       <c r="T568" s="14" t="n">
         <v>1236986.0</v>
       </c>
       <c r="U568" s="14" t="n">
         <v>1170783.0</v>
       </c>
       <c r="V568" s="14" t="n">
         <v>1109612.0</v>
       </c>
       <c r="W568" s="14" t="n">
         <v>1040077.0</v>
       </c>
       <c r="X568" s="14" t="n">
         <v>985771.0</v>
       </c>
       <c r="Y568" s="14" t="n">
         <v>948660.0</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="6" t="inlineStr">
         <is>
-          <t>52 Melilla</t>
+          <t>Melilla</t>
         </is>
       </c>
       <c r="B569" s="6"/>
       <c r="C569" s="6"/>
       <c r="D569" s="6"/>
       <c r="E569" s="6"/>
       <c r="F569" s="6"/>
       <c r="G569" s="6"/>
       <c r="H569" s="6"/>
       <c r="I569" s="6"/>
       <c r="J569" s="6"/>
       <c r="K569" s="6"/>
       <c r="L569" s="6"/>
       <c r="M569" s="6"/>
       <c r="N569" s="6"/>
       <c r="O569" s="6"/>
       <c r="P569" s="6"/>
       <c r="Q569" s="6"/>
       <c r="R569" s="6"/>
       <c r="S569" s="6"/>
       <c r="T569" s="6"/>
       <c r="U569" s="6"/>
       <c r="V569" s="6"/>
       <c r="W569" s="6"/>
       <c r="X569" s="6"/>
@@ -43201,65 +43201,65 @@
       <c r="S579" s="14" t="n">
         <v>1227093.0</v>
       </c>
       <c r="T579" s="14" t="n">
         <v>1144982.0</v>
       </c>
       <c r="U579" s="14" t="n">
         <v>1076478.0</v>
       </c>
       <c r="V579" s="14" t="n">
         <v>1011565.0</v>
       </c>
       <c r="W579" s="14" t="n">
         <v>947808.0</v>
       </c>
       <c r="X579" s="14" t="n">
         <v>906601.0</v>
       </c>
       <c r="Y579" s="14" t="n">
         <v>870994.0</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="5" t="inlineStr">
         <is>
-          <t>Notes:</t>
+          <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr">
         <is>
-          <t>1) (P) Provisional estimate</t>
+          <t>(P) Provisional estimate</t>
         </is>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Source: </t>
+          <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr">
         <is>
           <t>National Statistics Institute</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="58">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="A8:Y8"/>
     <mergeCell ref="A19:Y19"/>
     <mergeCell ref="A30:Y30"/>
     <mergeCell ref="A41:Y41"/>
     <mergeCell ref="A52:Y52"/>
     <mergeCell ref="A63:Y63"/>
     <mergeCell ref="A74:Y74"/>