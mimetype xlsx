--- v1 (2026-02-11)
+++ v2 (2026-03-11)
@@ -255,51 +255,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AVA20"/>
+  <dimension ref="A1:AVE20"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -1510,50 +1510,54 @@
     <col min="1225" max="1225" width="19.53125" customWidth="true"/>
     <col min="1226" max="1226" width="19.53125" customWidth="true"/>
     <col min="1227" max="1227" width="19.53125" customWidth="true"/>
     <col min="1228" max="1228" width="19.53125" customWidth="true"/>
     <col min="1229" max="1229" width="19.53125" customWidth="true"/>
     <col min="1230" max="1230" width="19.53125" customWidth="true"/>
     <col min="1231" max="1231" width="19.53125" customWidth="true"/>
     <col min="1232" max="1232" width="19.53125" customWidth="true"/>
     <col min="1233" max="1233" width="19.53125" customWidth="true"/>
     <col min="1234" max="1234" width="19.53125" customWidth="true"/>
     <col min="1235" max="1235" width="19.53125" customWidth="true"/>
     <col min="1236" max="1236" width="19.53125" customWidth="true"/>
     <col min="1237" max="1237" width="19.53125" customWidth="true"/>
     <col min="1238" max="1238" width="19.53125" customWidth="true"/>
     <col min="1239" max="1239" width="19.53125" customWidth="true"/>
     <col min="1240" max="1240" width="19.53125" customWidth="true"/>
     <col min="1241" max="1241" width="19.53125" customWidth="true"/>
     <col min="1242" max="1242" width="19.53125" customWidth="true"/>
     <col min="1243" max="1243" width="19.53125" customWidth="true"/>
     <col min="1244" max="1244" width="19.53125" customWidth="true"/>
     <col min="1245" max="1245" width="19.53125" customWidth="true"/>
     <col min="1246" max="1246" width="19.53125" customWidth="true"/>
     <col min="1247" max="1247" width="19.53125" customWidth="true"/>
     <col min="1248" max="1248" width="19.53125" customWidth="true"/>
     <col min="1249" max="1249" width="19.53125" customWidth="true"/>
+    <col min="1250" max="1250" width="19.53125" customWidth="true"/>
+    <col min="1251" max="1251" width="19.53125" customWidth="true"/>
+    <col min="1252" max="1252" width="19.53125" customWidth="true"/>
+    <col min="1253" max="1253" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Volumen de ventas deflactadas</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Índice sin ajustar</t>
         </is>
       </c>
@@ -1936,56 +1940,56 @@
       <c r="KC7" s="6"/>
       <c r="KD7" s="6"/>
       <c r="KE7" s="6"/>
       <c r="KF7" s="6"/>
       <c r="KG7" s="6"/>
       <c r="KH7" s="6"/>
       <c r="KI7" s="6"/>
       <c r="KJ7" s="6"/>
       <c r="KK7" s="6"/>
       <c r="KL7" s="6"/>
       <c r="KM7" s="6"/>
       <c r="KN7" s="6"/>
       <c r="KO7" s="6"/>
       <c r="KP7" s="6"/>
       <c r="KQ7" s="6"/>
       <c r="KR7" s="6"/>
       <c r="KS7" s="6"/>
       <c r="KT7" s="6"/>
       <c r="KU7" s="6"/>
       <c r="KV7" s="6"/>
       <c r="KW7" s="6"/>
       <c r="KX7" s="6"/>
       <c r="KY7" s="6"/>
       <c r="KZ7" s="6"/>
       <c r="LA7" s="6"/>
-      <c r="LB7" s="6" t="inlineStr">
+      <c r="LB7" s="6"/>
+      <c r="LC7" s="6" t="inlineStr">
         <is>
           <t>Variación mensual</t>
         </is>
       </c>
-      <c r="LC7" s="6"/>
       <c r="LD7" s="6"/>
       <c r="LE7" s="6"/>
       <c r="LF7" s="6"/>
       <c r="LG7" s="6"/>
       <c r="LH7" s="6"/>
       <c r="LI7" s="6"/>
       <c r="LJ7" s="6"/>
       <c r="LK7" s="6"/>
       <c r="LL7" s="6"/>
       <c r="LM7" s="6"/>
       <c r="LN7" s="6"/>
       <c r="LO7" s="6"/>
       <c r="LP7" s="6"/>
       <c r="LQ7" s="6"/>
       <c r="LR7" s="6"/>
       <c r="LS7" s="6"/>
       <c r="LT7" s="6"/>
       <c r="LU7" s="6"/>
       <c r="LV7" s="6"/>
       <c r="LW7" s="6"/>
       <c r="LX7" s="6"/>
       <c r="LY7" s="6"/>
       <c r="LZ7" s="6"/>
       <c r="MA7" s="6"/>
       <c r="MB7" s="6"/>
@@ -2252,57 +2256,57 @@
       <c r="WC7" s="6"/>
       <c r="WD7" s="6"/>
       <c r="WE7" s="6"/>
       <c r="WF7" s="6"/>
       <c r="WG7" s="6"/>
       <c r="WH7" s="6"/>
       <c r="WI7" s="6"/>
       <c r="WJ7" s="6"/>
       <c r="WK7" s="6"/>
       <c r="WL7" s="6"/>
       <c r="WM7" s="6"/>
       <c r="WN7" s="6"/>
       <c r="WO7" s="6"/>
       <c r="WP7" s="6"/>
       <c r="WQ7" s="6"/>
       <c r="WR7" s="6"/>
       <c r="WS7" s="6"/>
       <c r="WT7" s="6"/>
       <c r="WU7" s="6"/>
       <c r="WV7" s="6"/>
       <c r="WW7" s="6"/>
       <c r="WX7" s="6"/>
       <c r="WY7" s="6"/>
       <c r="WZ7" s="6"/>
       <c r="XA7" s="6"/>
-      <c r="XB7" s="6" t="inlineStr">
+      <c r="XB7" s="6"/>
+      <c r="XC7" s="6"/>
+      <c r="XD7" s="6" t="inlineStr">
         <is>
           <t>Variación anual</t>
         </is>
       </c>
-      <c r="XC7" s="6"/>
-      <c r="XD7" s="6"/>
       <c r="XE7" s="6"/>
       <c r="XF7" s="6"/>
       <c r="XG7" s="6"/>
       <c r="XH7" s="6"/>
       <c r="XI7" s="6"/>
       <c r="XJ7" s="6"/>
       <c r="XK7" s="6"/>
       <c r="XL7" s="6"/>
       <c r="XM7" s="6"/>
       <c r="XN7" s="6"/>
       <c r="XO7" s="6"/>
       <c r="XP7" s="6"/>
       <c r="XQ7" s="6"/>
       <c r="XR7" s="6"/>
       <c r="XS7" s="6"/>
       <c r="XT7" s="6"/>
       <c r="XU7" s="6"/>
       <c r="XV7" s="6"/>
       <c r="XW7" s="6"/>
       <c r="XX7" s="6"/>
       <c r="XY7" s="6"/>
       <c r="XZ7" s="6"/>
       <c r="YA7" s="6"/>
       <c r="YB7" s="6"/>
       <c r="YC7" s="6"/>
@@ -2568,58 +2572,58 @@
       <c r="AIC7" s="6"/>
       <c r="AID7" s="6"/>
       <c r="AIE7" s="6"/>
       <c r="AIF7" s="6"/>
       <c r="AIG7" s="6"/>
       <c r="AIH7" s="6"/>
       <c r="AII7" s="6"/>
       <c r="AIJ7" s="6"/>
       <c r="AIK7" s="6"/>
       <c r="AIL7" s="6"/>
       <c r="AIM7" s="6"/>
       <c r="AIN7" s="6"/>
       <c r="AIO7" s="6"/>
       <c r="AIP7" s="6"/>
       <c r="AIQ7" s="6"/>
       <c r="AIR7" s="6"/>
       <c r="AIS7" s="6"/>
       <c r="AIT7" s="6"/>
       <c r="AIU7" s="6"/>
       <c r="AIV7" s="6"/>
       <c r="AIW7" s="6"/>
       <c r="AIX7" s="6"/>
       <c r="AIY7" s="6"/>
       <c r="AIZ7" s="6"/>
       <c r="AJA7" s="6"/>
-      <c r="AJB7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="AJB7" s="6"/>
       <c r="AJC7" s="6"/>
       <c r="AJD7" s="6"/>
-      <c r="AJE7" s="6"/>
+      <c r="AJE7" s="6" t="inlineStr">
+        <is>
+          <t>Variación de la media en lo que va de año</t>
+        </is>
+      </c>
       <c r="AJF7" s="6"/>
       <c r="AJG7" s="6"/>
       <c r="AJH7" s="6"/>
       <c r="AJI7" s="6"/>
       <c r="AJJ7" s="6"/>
       <c r="AJK7" s="6"/>
       <c r="AJL7" s="6"/>
       <c r="AJM7" s="6"/>
       <c r="AJN7" s="6"/>
       <c r="AJO7" s="6"/>
       <c r="AJP7" s="6"/>
       <c r="AJQ7" s="6"/>
       <c r="AJR7" s="6"/>
       <c r="AJS7" s="6"/>
       <c r="AJT7" s="6"/>
       <c r="AJU7" s="6"/>
       <c r="AJV7" s="6"/>
       <c r="AJW7" s="6"/>
       <c r="AJX7" s="6"/>
       <c r="AJY7" s="6"/>
       <c r="AJZ7" s="6"/>
       <c r="AKA7" s="6"/>
       <c r="AKB7" s="6"/>
       <c r="AKC7" s="6"/>
       <c r="AKD7" s="6"/>
@@ -2884,29129 +2888,29225 @@
       <c r="AUC7" s="6"/>
       <c r="AUD7" s="6"/>
       <c r="AUE7" s="6"/>
       <c r="AUF7" s="6"/>
       <c r="AUG7" s="6"/>
       <c r="AUH7" s="6"/>
       <c r="AUI7" s="6"/>
       <c r="AUJ7" s="6"/>
       <c r="AUK7" s="6"/>
       <c r="AUL7" s="6"/>
       <c r="AUM7" s="6"/>
       <c r="AUN7" s="6"/>
       <c r="AUO7" s="6"/>
       <c r="AUP7" s="6"/>
       <c r="AUQ7" s="6"/>
       <c r="AUR7" s="6"/>
       <c r="AUS7" s="6"/>
       <c r="AUT7" s="6"/>
       <c r="AUU7" s="6"/>
       <c r="AUV7" s="6"/>
       <c r="AUW7" s="6"/>
       <c r="AUX7" s="6"/>
       <c r="AUY7" s="6"/>
       <c r="AUZ7" s="6"/>
       <c r="AVA7" s="6"/>
+      <c r="AVB7" s="6"/>
+      <c r="AVC7" s="6"/>
+      <c r="AVD7" s="6"/>
+      <c r="AVE7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2026M01</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2025M12</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2025M11</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="AP8" s="7" t="inlineStr">
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="AQ8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="AR8" s="7" t="inlineStr">
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="AS8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="AT8" s="7" t="inlineStr">
+      <c r="AU8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="AU8" s="7" t="inlineStr">
+      <c r="AV8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="AV8" s="7" t="inlineStr">
+      <c r="AW8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="AW8" s="7" t="inlineStr">
+      <c r="AX8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="AX8" s="7" t="inlineStr">
+      <c r="AY8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="AY8" s="7" t="inlineStr">
+      <c r="AZ8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="AZ8" s="7" t="inlineStr">
+      <c r="BA8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="BA8" s="7" t="inlineStr">
+      <c r="BB8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="BB8" s="7" t="inlineStr">
+      <c r="BC8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="BC8" s="7" t="inlineStr">
+      <c r="BD8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="BD8" s="7" t="inlineStr">
+      <c r="BE8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="BE8" s="7" t="inlineStr">
+      <c r="BF8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="BF8" s="7" t="inlineStr">
+      <c r="BG8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="BG8" s="7" t="inlineStr">
+      <c r="BH8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="BH8" s="7" t="inlineStr">
+      <c r="BI8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="BI8" s="7" t="inlineStr">
+      <c r="BJ8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="BJ8" s="7" t="inlineStr">
+      <c r="BK8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="BK8" s="7" t="inlineStr">
+      <c r="BL8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="BL8" s="7" t="inlineStr">
+      <c r="BM8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="BM8" s="7" t="inlineStr">
+      <c r="BN8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="BN8" s="7" t="inlineStr">
+      <c r="BO8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="BO8" s="7" t="inlineStr">
+      <c r="BP8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="BP8" s="7" t="inlineStr">
+      <c r="BQ8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="BQ8" s="7" t="inlineStr">
+      <c r="BR8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="BR8" s="7" t="inlineStr">
+      <c r="BS8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="BS8" s="7" t="inlineStr">
+      <c r="BT8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="BT8" s="7" t="inlineStr">
+      <c r="BU8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="BU8" s="7" t="inlineStr">
+      <c r="BV8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="BV8" s="7" t="inlineStr">
+      <c r="BW8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="BW8" s="7" t="inlineStr">
+      <c r="BX8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="BX8" s="7" t="inlineStr">
+      <c r="BY8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="BY8" s="7" t="inlineStr">
+      <c r="BZ8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="BZ8" s="7" t="inlineStr">
+      <c r="CA8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="CA8" s="7" t="inlineStr">
+      <c r="CB8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="CB8" s="7" t="inlineStr">
+      <c r="CC8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="CC8" s="7" t="inlineStr">
+      <c r="CD8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="CD8" s="7" t="inlineStr">
+      <c r="CE8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="CE8" s="7" t="inlineStr">
+      <c r="CF8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="CF8" s="7" t="inlineStr">
+      <c r="CG8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="CG8" s="7" t="inlineStr">
+      <c r="CH8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="CH8" s="7" t="inlineStr">
+      <c r="CI8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="CI8" s="7" t="inlineStr">
+      <c r="CJ8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="CJ8" s="7" t="inlineStr">
+      <c r="CK8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="CK8" s="7" t="inlineStr">
+      <c r="CL8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="CL8" s="7" t="inlineStr">
+      <c r="CM8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="CM8" s="7" t="inlineStr">
+      <c r="CN8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="CN8" s="7" t="inlineStr">
+      <c r="CO8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="CO8" s="7" t="inlineStr">
+      <c r="CP8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="CP8" s="7" t="inlineStr">
+      <c r="CQ8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="CQ8" s="7" t="inlineStr">
+      <c r="CR8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="CR8" s="7" t="inlineStr">
+      <c r="CS8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="CS8" s="7" t="inlineStr">
+      <c r="CT8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="CT8" s="7" t="inlineStr">
+      <c r="CU8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="CU8" s="7" t="inlineStr">
+      <c r="CV8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="CV8" s="7" t="inlineStr">
+      <c r="CW8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="CW8" s="7" t="inlineStr">
+      <c r="CX8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="CX8" s="7" t="inlineStr">
+      <c r="CY8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="CY8" s="7" t="inlineStr">
+      <c r="CZ8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="CZ8" s="7" t="inlineStr">
+      <c r="DA8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="DA8" s="7" t="inlineStr">
+      <c r="DB8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="DB8" s="7" t="inlineStr">
+      <c r="DC8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="DC8" s="7" t="inlineStr">
+      <c r="DD8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="DD8" s="7" t="inlineStr">
+      <c r="DE8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="DE8" s="7" t="inlineStr">
+      <c r="DF8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="DF8" s="7" t="inlineStr">
+      <c r="DG8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="DG8" s="7" t="inlineStr">
+      <c r="DH8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="DH8" s="7" t="inlineStr">
+      <c r="DI8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="DI8" s="7" t="inlineStr">
+      <c r="DJ8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="DJ8" s="7" t="inlineStr">
+      <c r="DK8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="DK8" s="7" t="inlineStr">
+      <c r="DL8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="DL8" s="7" t="inlineStr">
+      <c r="DM8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="DM8" s="7" t="inlineStr">
+      <c r="DN8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="DN8" s="7" t="inlineStr">
+      <c r="DO8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="DO8" s="7" t="inlineStr">
+      <c r="DP8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="DP8" s="7" t="inlineStr">
+      <c r="DQ8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="DQ8" s="7" t="inlineStr">
+      <c r="DR8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="DR8" s="7" t="inlineStr">
+      <c r="DS8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="DS8" s="7" t="inlineStr">
+      <c r="DT8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="DT8" s="7" t="inlineStr">
+      <c r="DU8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="DU8" s="7" t="inlineStr">
+      <c r="DV8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="DV8" s="7" t="inlineStr">
+      <c r="DW8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="DW8" s="7" t="inlineStr">
+      <c r="DX8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="DX8" s="7" t="inlineStr">
+      <c r="DY8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="DY8" s="7" t="inlineStr">
+      <c r="DZ8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="DZ8" s="7" t="inlineStr">
+      <c r="EA8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="EA8" s="7" t="inlineStr">
+      <c r="EB8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="EB8" s="7" t="inlineStr">
+      <c r="EC8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="EC8" s="7" t="inlineStr">
+      <c r="ED8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="ED8" s="7" t="inlineStr">
+      <c r="EE8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="EE8" s="7" t="inlineStr">
+      <c r="EF8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="EF8" s="7" t="inlineStr">
+      <c r="EG8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="EG8" s="7" t="inlineStr">
+      <c r="EH8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="EH8" s="7" t="inlineStr">
+      <c r="EI8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="EI8" s="7" t="inlineStr">
+      <c r="EJ8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="EJ8" s="7" t="inlineStr">
+      <c r="EK8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="EK8" s="7" t="inlineStr">
+      <c r="EL8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="EL8" s="7" t="inlineStr">
+      <c r="EM8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="EM8" s="7" t="inlineStr">
+      <c r="EN8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="EN8" s="7" t="inlineStr">
+      <c r="EO8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="EO8" s="7" t="inlineStr">
+      <c r="EP8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="EP8" s="7" t="inlineStr">
+      <c r="EQ8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="EQ8" s="7" t="inlineStr">
+      <c r="ER8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="ER8" s="7" t="inlineStr">
+      <c r="ES8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="ES8" s="7" t="inlineStr">
+      <c r="ET8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="ET8" s="7" t="inlineStr">
+      <c r="EU8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="EU8" s="7" t="inlineStr">
+      <c r="EV8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="EV8" s="7" t="inlineStr">
+      <c r="EW8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="EW8" s="7" t="inlineStr">
+      <c r="EX8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="EX8" s="7" t="inlineStr">
+      <c r="EY8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="EY8" s="7" t="inlineStr">
+      <c r="EZ8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="EZ8" s="7" t="inlineStr">
+      <c r="FA8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="FA8" s="7" t="inlineStr">
+      <c r="FB8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="FB8" s="7" t="inlineStr">
+      <c r="FC8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="FC8" s="7" t="inlineStr">
+      <c r="FD8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="FD8" s="7" t="inlineStr">
+      <c r="FE8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="FE8" s="7" t="inlineStr">
+      <c r="FF8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="FF8" s="7" t="inlineStr">
+      <c r="FG8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="FG8" s="7" t="inlineStr">
+      <c r="FH8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="FH8" s="7" t="inlineStr">
+      <c r="FI8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="FI8" s="7" t="inlineStr">
+      <c r="FJ8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="FJ8" s="7" t="inlineStr">
+      <c r="FK8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="FK8" s="7" t="inlineStr">
+      <c r="FL8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="FL8" s="7" t="inlineStr">
+      <c r="FM8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="FM8" s="7" t="inlineStr">
+      <c r="FN8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="FN8" s="7" t="inlineStr">
+      <c r="FO8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="FO8" s="7" t="inlineStr">
+      <c r="FP8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="FP8" s="7" t="inlineStr">
+      <c r="FQ8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="FQ8" s="7" t="inlineStr">
+      <c r="FR8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="FR8" s="7" t="inlineStr">
+      <c r="FS8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="FS8" s="7" t="inlineStr">
+      <c r="FT8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="FT8" s="7" t="inlineStr">
+      <c r="FU8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="FU8" s="7" t="inlineStr">
+      <c r="FV8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="FV8" s="7" t="inlineStr">
+      <c r="FW8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="FW8" s="7" t="inlineStr">
+      <c r="FX8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="FX8" s="7" t="inlineStr">
+      <c r="FY8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="FY8" s="7" t="inlineStr">
+      <c r="FZ8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="FZ8" s="7" t="inlineStr">
+      <c r="GA8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="GA8" s="7" t="inlineStr">
+      <c r="GB8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="GB8" s="7" t="inlineStr">
+      <c r="GC8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="GC8" s="7" t="inlineStr">
+      <c r="GD8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="GD8" s="7" t="inlineStr">
+      <c r="GE8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="GE8" s="7" t="inlineStr">
+      <c r="GF8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="GF8" s="7" t="inlineStr">
+      <c r="GG8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="GG8" s="7" t="inlineStr">
+      <c r="GH8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="GH8" s="7" t="inlineStr">
+      <c r="GI8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="GI8" s="7" t="inlineStr">
+      <c r="GJ8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="GJ8" s="7" t="inlineStr">
+      <c r="GK8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="GK8" s="7" t="inlineStr">
+      <c r="GL8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="GL8" s="7" t="inlineStr">
+      <c r="GM8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="GM8" s="7" t="inlineStr">
+      <c r="GN8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="GN8" s="7" t="inlineStr">
+      <c r="GO8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="GO8" s="7" t="inlineStr">
+      <c r="GP8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="GP8" s="7" t="inlineStr">
+      <c r="GQ8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="GQ8" s="7" t="inlineStr">
+      <c r="GR8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="GR8" s="7" t="inlineStr">
+      <c r="GS8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="GS8" s="7" t="inlineStr">
+      <c r="GT8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="GT8" s="7" t="inlineStr">
+      <c r="GU8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="GU8" s="7" t="inlineStr">
+      <c r="GV8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="GV8" s="7" t="inlineStr">
+      <c r="GW8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="GW8" s="7" t="inlineStr">
+      <c r="GX8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="GX8" s="7" t="inlineStr">
+      <c r="GY8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="GY8" s="7" t="inlineStr">
+      <c r="GZ8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="GZ8" s="7" t="inlineStr">
+      <c r="HA8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="HA8" s="7" t="inlineStr">
+      <c r="HB8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="HB8" s="7" t="inlineStr">
+      <c r="HC8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="HC8" s="7" t="inlineStr">
+      <c r="HD8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="HD8" s="7" t="inlineStr">
+      <c r="HE8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="HE8" s="7" t="inlineStr">
+      <c r="HF8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="HF8" s="7" t="inlineStr">
+      <c r="HG8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="HG8" s="7" t="inlineStr">
+      <c r="HH8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="HH8" s="7" t="inlineStr">
+      <c r="HI8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="HI8" s="7" t="inlineStr">
+      <c r="HJ8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="HJ8" s="7" t="inlineStr">
+      <c r="HK8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="HK8" s="7" t="inlineStr">
+      <c r="HL8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="HL8" s="7" t="inlineStr">
+      <c r="HM8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="HM8" s="7" t="inlineStr">
+      <c r="HN8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="HN8" s="7" t="inlineStr">
+      <c r="HO8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="HO8" s="7" t="inlineStr">
+      <c r="HP8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="HP8" s="7" t="inlineStr">
+      <c r="HQ8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="HQ8" s="7" t="inlineStr">
+      <c r="HR8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="HR8" s="7" t="inlineStr">
+      <c r="HS8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="HS8" s="7" t="inlineStr">
+      <c r="HT8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="HT8" s="7" t="inlineStr">
+      <c r="HU8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="HU8" s="7" t="inlineStr">
+      <c r="HV8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="HV8" s="7" t="inlineStr">
+      <c r="HW8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="HW8" s="7" t="inlineStr">
+      <c r="HX8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="HX8" s="7" t="inlineStr">
+      <c r="HY8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="HY8" s="7" t="inlineStr">
+      <c r="HZ8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="HZ8" s="7" t="inlineStr">
+      <c r="IA8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="IA8" s="7" t="inlineStr">
+      <c r="IB8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="IB8" s="7" t="inlineStr">
+      <c r="IC8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="IC8" s="7" t="inlineStr">
+      <c r="ID8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="ID8" s="7" t="inlineStr">
+      <c r="IE8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="IE8" s="7" t="inlineStr">
+      <c r="IF8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="IF8" s="7" t="inlineStr">
+      <c r="IG8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="IG8" s="7" t="inlineStr">
+      <c r="IH8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="IH8" s="7" t="inlineStr">
+      <c r="II8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="II8" s="7" t="inlineStr">
+      <c r="IJ8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="IJ8" s="7" t="inlineStr">
+      <c r="IK8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="IK8" s="7" t="inlineStr">
+      <c r="IL8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="IL8" s="7" t="inlineStr">
+      <c r="IM8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="IM8" s="7" t="inlineStr">
+      <c r="IN8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="IN8" s="7" t="inlineStr">
+      <c r="IO8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="IO8" s="7" t="inlineStr">
+      <c r="IP8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="IP8" s="7" t="inlineStr">
+      <c r="IQ8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="IQ8" s="7" t="inlineStr">
+      <c r="IR8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="IR8" s="7" t="inlineStr">
+      <c r="IS8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="IS8" s="7" t="inlineStr">
+      <c r="IT8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
-      <c r="IT8" s="7" t="inlineStr">
+      <c r="IU8" s="7" t="inlineStr">
         <is>
           <t>2004M12</t>
         </is>
       </c>
-      <c r="IU8" s="7" t="inlineStr">
+      <c r="IV8" s="7" t="inlineStr">
         <is>
           <t>2004M11</t>
         </is>
       </c>
-      <c r="IV8" s="7" t="inlineStr">
+      <c r="IW8" s="7" t="inlineStr">
         <is>
           <t>2004M10</t>
         </is>
       </c>
-      <c r="IW8" s="7" t="inlineStr">
+      <c r="IX8" s="7" t="inlineStr">
         <is>
           <t>2004M09</t>
         </is>
       </c>
-      <c r="IX8" s="7" t="inlineStr">
+      <c r="IY8" s="7" t="inlineStr">
         <is>
           <t>2004M08</t>
         </is>
       </c>
-      <c r="IY8" s="7" t="inlineStr">
+      <c r="IZ8" s="7" t="inlineStr">
         <is>
           <t>2004M07</t>
         </is>
       </c>
-      <c r="IZ8" s="7" t="inlineStr">
+      <c r="JA8" s="7" t="inlineStr">
         <is>
           <t>2004M06</t>
         </is>
       </c>
-      <c r="JA8" s="7" t="inlineStr">
+      <c r="JB8" s="7" t="inlineStr">
         <is>
           <t>2004M05</t>
         </is>
       </c>
-      <c r="JB8" s="7" t="inlineStr">
+      <c r="JC8" s="7" t="inlineStr">
         <is>
           <t>2004M04</t>
         </is>
       </c>
-      <c r="JC8" s="7" t="inlineStr">
+      <c r="JD8" s="7" t="inlineStr">
         <is>
           <t>2004M03</t>
         </is>
       </c>
-      <c r="JD8" s="7" t="inlineStr">
+      <c r="JE8" s="7" t="inlineStr">
         <is>
           <t>2004M02</t>
         </is>
       </c>
-      <c r="JE8" s="7" t="inlineStr">
+      <c r="JF8" s="7" t="inlineStr">
         <is>
           <t>2004M01</t>
         </is>
       </c>
-      <c r="JF8" s="7" t="inlineStr">
+      <c r="JG8" s="7" t="inlineStr">
         <is>
           <t>2003M12</t>
         </is>
       </c>
-      <c r="JG8" s="7" t="inlineStr">
+      <c r="JH8" s="7" t="inlineStr">
         <is>
           <t>2003M11</t>
         </is>
       </c>
-      <c r="JH8" s="7" t="inlineStr">
+      <c r="JI8" s="7" t="inlineStr">
         <is>
           <t>2003M10</t>
         </is>
       </c>
-      <c r="JI8" s="7" t="inlineStr">
+      <c r="JJ8" s="7" t="inlineStr">
         <is>
           <t>2003M09</t>
         </is>
       </c>
-      <c r="JJ8" s="7" t="inlineStr">
+      <c r="JK8" s="7" t="inlineStr">
         <is>
           <t>2003M08</t>
         </is>
       </c>
-      <c r="JK8" s="7" t="inlineStr">
+      <c r="JL8" s="7" t="inlineStr">
         <is>
           <t>2003M07</t>
         </is>
       </c>
-      <c r="JL8" s="7" t="inlineStr">
+      <c r="JM8" s="7" t="inlineStr">
         <is>
           <t>2003M06</t>
         </is>
       </c>
-      <c r="JM8" s="7" t="inlineStr">
+      <c r="JN8" s="7" t="inlineStr">
         <is>
           <t>2003M05</t>
         </is>
       </c>
-      <c r="JN8" s="7" t="inlineStr">
+      <c r="JO8" s="7" t="inlineStr">
         <is>
           <t>2003M04</t>
         </is>
       </c>
-      <c r="JO8" s="7" t="inlineStr">
+      <c r="JP8" s="7" t="inlineStr">
         <is>
           <t>2003M03</t>
         </is>
       </c>
-      <c r="JP8" s="7" t="inlineStr">
+      <c r="JQ8" s="7" t="inlineStr">
         <is>
           <t>2003M02</t>
         </is>
       </c>
-      <c r="JQ8" s="7" t="inlineStr">
+      <c r="JR8" s="7" t="inlineStr">
         <is>
           <t>2003M01</t>
         </is>
       </c>
-      <c r="JR8" s="7" t="inlineStr">
+      <c r="JS8" s="7" t="inlineStr">
         <is>
           <t>2002M12</t>
         </is>
       </c>
-      <c r="JS8" s="7" t="inlineStr">
+      <c r="JT8" s="7" t="inlineStr">
         <is>
           <t>2002M11</t>
         </is>
       </c>
-      <c r="JT8" s="7" t="inlineStr">
+      <c r="JU8" s="7" t="inlineStr">
         <is>
           <t>2002M10</t>
         </is>
       </c>
-      <c r="JU8" s="7" t="inlineStr">
+      <c r="JV8" s="7" t="inlineStr">
         <is>
           <t>2002M09</t>
         </is>
       </c>
-      <c r="JV8" s="7" t="inlineStr">
+      <c r="JW8" s="7" t="inlineStr">
         <is>
           <t>2002M08</t>
         </is>
       </c>
-      <c r="JW8" s="7" t="inlineStr">
+      <c r="JX8" s="7" t="inlineStr">
         <is>
           <t>2002M07</t>
         </is>
       </c>
-      <c r="JX8" s="7" t="inlineStr">
+      <c r="JY8" s="7" t="inlineStr">
         <is>
           <t>2002M06</t>
         </is>
       </c>
-      <c r="JY8" s="7" t="inlineStr">
+      <c r="JZ8" s="7" t="inlineStr">
         <is>
           <t>2002M05</t>
         </is>
       </c>
-      <c r="JZ8" s="7" t="inlineStr">
+      <c r="KA8" s="7" t="inlineStr">
         <is>
           <t>2002M04</t>
         </is>
       </c>
-      <c r="KA8" s="7" t="inlineStr">
+      <c r="KB8" s="7" t="inlineStr">
         <is>
           <t>2002M03</t>
         </is>
       </c>
-      <c r="KB8" s="7" t="inlineStr">
+      <c r="KC8" s="7" t="inlineStr">
         <is>
           <t>2002M02</t>
         </is>
       </c>
-      <c r="KC8" s="7" t="inlineStr">
+      <c r="KD8" s="7" t="inlineStr">
         <is>
           <t>2002M01</t>
         </is>
       </c>
-      <c r="KD8" s="7" t="inlineStr">
+      <c r="KE8" s="7" t="inlineStr">
         <is>
           <t>2001M12</t>
         </is>
       </c>
-      <c r="KE8" s="7" t="inlineStr">
+      <c r="KF8" s="7" t="inlineStr">
         <is>
           <t>2001M11</t>
         </is>
       </c>
-      <c r="KF8" s="7" t="inlineStr">
+      <c r="KG8" s="7" t="inlineStr">
         <is>
           <t>2001M10</t>
         </is>
       </c>
-      <c r="KG8" s="7" t="inlineStr">
+      <c r="KH8" s="7" t="inlineStr">
         <is>
           <t>2001M09</t>
         </is>
       </c>
-      <c r="KH8" s="7" t="inlineStr">
+      <c r="KI8" s="7" t="inlineStr">
         <is>
           <t>2001M08</t>
         </is>
       </c>
-      <c r="KI8" s="7" t="inlineStr">
+      <c r="KJ8" s="7" t="inlineStr">
         <is>
           <t>2001M07</t>
         </is>
       </c>
-      <c r="KJ8" s="7" t="inlineStr">
+      <c r="KK8" s="7" t="inlineStr">
         <is>
           <t>2001M06</t>
         </is>
       </c>
-      <c r="KK8" s="7" t="inlineStr">
+      <c r="KL8" s="7" t="inlineStr">
         <is>
           <t>2001M05</t>
         </is>
       </c>
-      <c r="KL8" s="7" t="inlineStr">
+      <c r="KM8" s="7" t="inlineStr">
         <is>
           <t>2001M04</t>
         </is>
       </c>
-      <c r="KM8" s="7" t="inlineStr">
+      <c r="KN8" s="7" t="inlineStr">
         <is>
           <t>2001M03</t>
         </is>
       </c>
-      <c r="KN8" s="7" t="inlineStr">
+      <c r="KO8" s="7" t="inlineStr">
         <is>
           <t>2001M02</t>
         </is>
       </c>
-      <c r="KO8" s="7" t="inlineStr">
+      <c r="KP8" s="7" t="inlineStr">
         <is>
           <t>2001M01</t>
         </is>
       </c>
-      <c r="KP8" s="7" t="inlineStr">
+      <c r="KQ8" s="7" t="inlineStr">
         <is>
           <t>2000M12</t>
         </is>
       </c>
-      <c r="KQ8" s="7" t="inlineStr">
+      <c r="KR8" s="7" t="inlineStr">
         <is>
           <t>2000M11</t>
         </is>
       </c>
-      <c r="KR8" s="7" t="inlineStr">
+      <c r="KS8" s="7" t="inlineStr">
         <is>
           <t>2000M10</t>
         </is>
       </c>
-      <c r="KS8" s="7" t="inlineStr">
+      <c r="KT8" s="7" t="inlineStr">
         <is>
           <t>2000M09</t>
         </is>
       </c>
-      <c r="KT8" s="7" t="inlineStr">
+      <c r="KU8" s="7" t="inlineStr">
         <is>
           <t>2000M08</t>
         </is>
       </c>
-      <c r="KU8" s="7" t="inlineStr">
+      <c r="KV8" s="7" t="inlineStr">
         <is>
           <t>2000M07</t>
         </is>
       </c>
-      <c r="KV8" s="7" t="inlineStr">
+      <c r="KW8" s="7" t="inlineStr">
         <is>
           <t>2000M06</t>
         </is>
       </c>
-      <c r="KW8" s="7" t="inlineStr">
+      <c r="KX8" s="7" t="inlineStr">
         <is>
           <t>2000M05</t>
         </is>
       </c>
-      <c r="KX8" s="7" t="inlineStr">
+      <c r="KY8" s="7" t="inlineStr">
         <is>
           <t>2000M04</t>
         </is>
       </c>
-      <c r="KY8" s="7" t="inlineStr">
+      <c r="KZ8" s="7" t="inlineStr">
         <is>
           <t>2000M03</t>
         </is>
       </c>
-      <c r="KZ8" s="7" t="inlineStr">
+      <c r="LA8" s="7" t="inlineStr">
         <is>
           <t>2000M02</t>
         </is>
       </c>
-      <c r="LA8" s="7" t="inlineStr">
+      <c r="LB8" s="7" t="inlineStr">
         <is>
           <t>2000M01</t>
         </is>
       </c>
-      <c r="LB8" s="7" t="inlineStr">
+      <c r="LC8" s="7" t="inlineStr">
+        <is>
+          <t>2026M01</t>
+        </is>
+      </c>
+      <c r="LD8" s="7" t="inlineStr">
         <is>
           <t>2025M12</t>
         </is>
       </c>
-      <c r="LC8" s="7" t="inlineStr">
+      <c r="LE8" s="7" t="inlineStr">
         <is>
           <t>2025M11</t>
         </is>
       </c>
-      <c r="LD8" s="7" t="inlineStr">
+      <c r="LF8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="LE8" s="7" t="inlineStr">
+      <c r="LG8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="LF8" s="7" t="inlineStr">
+      <c r="LH8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="LG8" s="7" t="inlineStr">
+      <c r="LI8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="LH8" s="7" t="inlineStr">
+      <c r="LJ8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="LI8" s="7" t="inlineStr">
+      <c r="LK8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="LJ8" s="7" t="inlineStr">
+      <c r="LL8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="LK8" s="7" t="inlineStr">
+      <c r="LM8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="LL8" s="7" t="inlineStr">
+      <c r="LN8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="LM8" s="7" t="inlineStr">
+      <c r="LO8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="LN8" s="7" t="inlineStr">
+      <c r="LP8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="LO8" s="7" t="inlineStr">
+      <c r="LQ8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="LP8" s="7" t="inlineStr">
+      <c r="LR8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="LQ8" s="7" t="inlineStr">
+      <c r="LS8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="LR8" s="7" t="inlineStr">
+      <c r="LT8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="LS8" s="7" t="inlineStr">
+      <c r="LU8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="LT8" s="7" t="inlineStr">
+      <c r="LV8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="LU8" s="7" t="inlineStr">
+      <c r="LW8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="LV8" s="7" t="inlineStr">
+      <c r="LX8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="LW8" s="7" t="inlineStr">
+      <c r="LY8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="LX8" s="7" t="inlineStr">
+      <c r="LZ8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="LY8" s="7" t="inlineStr">
+      <c r="MA8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="LZ8" s="7" t="inlineStr">
+      <c r="MB8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="MA8" s="7" t="inlineStr">
+      <c r="MC8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="MB8" s="7" t="inlineStr">
+      <c r="MD8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="MC8" s="7" t="inlineStr">
+      <c r="ME8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="MD8" s="7" t="inlineStr">
+      <c r="MF8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="ME8" s="7" t="inlineStr">
+      <c r="MG8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="MF8" s="7" t="inlineStr">
+      <c r="MH8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="MG8" s="7" t="inlineStr">
+      <c r="MI8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="MH8" s="7" t="inlineStr">
+      <c r="MJ8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="MI8" s="7" t="inlineStr">
+      <c r="MK8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="MJ8" s="7" t="inlineStr">
+      <c r="ML8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="MK8" s="7" t="inlineStr">
+      <c r="MM8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="ML8" s="7" t="inlineStr">
+      <c r="MN8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="MM8" s="7" t="inlineStr">
+      <c r="MO8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="MN8" s="7" t="inlineStr">
+      <c r="MP8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="MO8" s="7" t="inlineStr">
+      <c r="MQ8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="MP8" s="7" t="inlineStr">
+      <c r="MR8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="MQ8" s="7" t="inlineStr">
+      <c r="MS8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="MR8" s="7" t="inlineStr">
+      <c r="MT8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="MS8" s="7" t="inlineStr">
+      <c r="MU8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="MT8" s="7" t="inlineStr">
+      <c r="MV8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="MU8" s="7" t="inlineStr">
+      <c r="MW8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="MV8" s="7" t="inlineStr">
+      <c r="MX8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="MW8" s="7" t="inlineStr">
+      <c r="MY8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="MX8" s="7" t="inlineStr">
+      <c r="MZ8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="MY8" s="7" t="inlineStr">
+      <c r="NA8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="MZ8" s="7" t="inlineStr">
+      <c r="NB8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="NA8" s="7" t="inlineStr">
+      <c r="NC8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="NB8" s="7" t="inlineStr">
+      <c r="ND8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="NC8" s="7" t="inlineStr">
+      <c r="NE8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="ND8" s="7" t="inlineStr">
+      <c r="NF8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="NE8" s="7" t="inlineStr">
+      <c r="NG8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="NF8" s="7" t="inlineStr">
+      <c r="NH8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="NG8" s="7" t="inlineStr">
+      <c r="NI8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="NH8" s="7" t="inlineStr">
+      <c r="NJ8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="NI8" s="7" t="inlineStr">
+      <c r="NK8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="NJ8" s="7" t="inlineStr">
+      <c r="NL8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="NK8" s="7" t="inlineStr">
+      <c r="NM8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="NL8" s="7" t="inlineStr">
+      <c r="NN8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="NM8" s="7" t="inlineStr">
+      <c r="NO8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="NN8" s="7" t="inlineStr">
+      <c r="NP8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="NO8" s="7" t="inlineStr">
+      <c r="NQ8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="NP8" s="7" t="inlineStr">
+      <c r="NR8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="NQ8" s="7" t="inlineStr">
+      <c r="NS8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="NR8" s="7" t="inlineStr">
+      <c r="NT8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="NS8" s="7" t="inlineStr">
+      <c r="NU8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="NT8" s="7" t="inlineStr">
+      <c r="NV8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="NU8" s="7" t="inlineStr">
+      <c r="NW8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="NV8" s="7" t="inlineStr">
+      <c r="NX8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="NW8" s="7" t="inlineStr">
+      <c r="NY8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="NX8" s="7" t="inlineStr">
+      <c r="NZ8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="NY8" s="7" t="inlineStr">
+      <c r="OA8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="NZ8" s="7" t="inlineStr">
+      <c r="OB8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="OA8" s="7" t="inlineStr">
+      <c r="OC8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="OB8" s="7" t="inlineStr">
+      <c r="OD8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="OC8" s="7" t="inlineStr">
+      <c r="OE8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="OD8" s="7" t="inlineStr">
+      <c r="OF8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="OE8" s="7" t="inlineStr">
+      <c r="OG8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="OF8" s="7" t="inlineStr">
+      <c r="OH8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="OG8" s="7" t="inlineStr">
+      <c r="OI8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="OH8" s="7" t="inlineStr">
+      <c r="OJ8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="OI8" s="7" t="inlineStr">
+      <c r="OK8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="OJ8" s="7" t="inlineStr">
+      <c r="OL8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="OK8" s="7" t="inlineStr">
+      <c r="OM8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="OL8" s="7" t="inlineStr">
+      <c r="ON8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="OM8" s="7" t="inlineStr">
+      <c r="OO8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="ON8" s="7" t="inlineStr">
+      <c r="OP8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="OO8" s="7" t="inlineStr">
+      <c r="OQ8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="OP8" s="7" t="inlineStr">
+      <c r="OR8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="OQ8" s="7" t="inlineStr">
+      <c r="OS8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="OR8" s="7" t="inlineStr">
+      <c r="OT8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="OS8" s="7" t="inlineStr">
+      <c r="OU8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="OT8" s="7" t="inlineStr">
+      <c r="OV8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="OU8" s="7" t="inlineStr">
+      <c r="OW8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="OV8" s="7" t="inlineStr">
+      <c r="OX8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="OW8" s="7" t="inlineStr">
+      <c r="OY8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="OX8" s="7" t="inlineStr">
+      <c r="OZ8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="OY8" s="7" t="inlineStr">
+      <c r="PA8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="OZ8" s="7" t="inlineStr">
+      <c r="PB8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="PA8" s="7" t="inlineStr">
+      <c r="PC8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="PB8" s="7" t="inlineStr">
+      <c r="PD8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="PC8" s="7" t="inlineStr">
+      <c r="PE8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="PD8" s="7" t="inlineStr">
+      <c r="PF8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="PE8" s="7" t="inlineStr">
+      <c r="PG8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="PF8" s="7" t="inlineStr">
+      <c r="PH8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="PG8" s="7" t="inlineStr">
+      <c r="PI8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="PH8" s="7" t="inlineStr">
+      <c r="PJ8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="PI8" s="7" t="inlineStr">
+      <c r="PK8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="PJ8" s="7" t="inlineStr">
+      <c r="PL8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="PK8" s="7" t="inlineStr">
+      <c r="PM8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="PL8" s="7" t="inlineStr">
+      <c r="PN8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="PM8" s="7" t="inlineStr">
+      <c r="PO8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="PN8" s="7" t="inlineStr">
+      <c r="PP8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="PO8" s="7" t="inlineStr">
+      <c r="PQ8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="PP8" s="7" t="inlineStr">
+      <c r="PR8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="PQ8" s="7" t="inlineStr">
+      <c r="PS8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="PR8" s="7" t="inlineStr">
+      <c r="PT8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="PS8" s="7" t="inlineStr">
+      <c r="PU8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="PT8" s="7" t="inlineStr">
+      <c r="PV8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="PU8" s="7" t="inlineStr">
+      <c r="PW8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="PV8" s="7" t="inlineStr">
+      <c r="PX8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="PW8" s="7" t="inlineStr">
+      <c r="PY8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="PX8" s="7" t="inlineStr">
+      <c r="PZ8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="PY8" s="7" t="inlineStr">
+      <c r="QA8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="PZ8" s="7" t="inlineStr">
+      <c r="QB8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="QA8" s="7" t="inlineStr">
+      <c r="QC8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="QB8" s="7" t="inlineStr">
+      <c r="QD8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="QC8" s="7" t="inlineStr">
+      <c r="QE8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="QD8" s="7" t="inlineStr">
+      <c r="QF8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="QE8" s="7" t="inlineStr">
+      <c r="QG8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="QF8" s="7" t="inlineStr">
+      <c r="QH8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="QG8" s="7" t="inlineStr">
+      <c r="QI8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="QH8" s="7" t="inlineStr">
+      <c r="QJ8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="QI8" s="7" t="inlineStr">
+      <c r="QK8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="QJ8" s="7" t="inlineStr">
+      <c r="QL8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="QK8" s="7" t="inlineStr">
+      <c r="QM8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="QL8" s="7" t="inlineStr">
+      <c r="QN8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="QM8" s="7" t="inlineStr">
+      <c r="QO8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="QN8" s="7" t="inlineStr">
+      <c r="QP8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="QO8" s="7" t="inlineStr">
+      <c r="QQ8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="QP8" s="7" t="inlineStr">
+      <c r="QR8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="QQ8" s="7" t="inlineStr">
+      <c r="QS8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="QR8" s="7" t="inlineStr">
+      <c r="QT8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="QS8" s="7" t="inlineStr">
+      <c r="QU8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="QT8" s="7" t="inlineStr">
+      <c r="QV8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="QU8" s="7" t="inlineStr">
+      <c r="QW8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="QV8" s="7" t="inlineStr">
+      <c r="QX8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="QW8" s="7" t="inlineStr">
+      <c r="QY8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="QX8" s="7" t="inlineStr">
+      <c r="QZ8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="QY8" s="7" t="inlineStr">
+      <c r="RA8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="QZ8" s="7" t="inlineStr">
+      <c r="RB8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="RA8" s="7" t="inlineStr">
+      <c r="RC8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="RB8" s="7" t="inlineStr">
+      <c r="RD8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="RC8" s="7" t="inlineStr">
+      <c r="RE8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="RD8" s="7" t="inlineStr">
+      <c r="RF8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="RE8" s="7" t="inlineStr">
+      <c r="RG8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="RF8" s="7" t="inlineStr">
+      <c r="RH8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="RG8" s="7" t="inlineStr">
+      <c r="RI8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="RH8" s="7" t="inlineStr">
+      <c r="RJ8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="RI8" s="7" t="inlineStr">
+      <c r="RK8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="RJ8" s="7" t="inlineStr">
+      <c r="RL8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="RK8" s="7" t="inlineStr">
+      <c r="RM8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="RL8" s="7" t="inlineStr">
+      <c r="RN8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="RM8" s="7" t="inlineStr">
+      <c r="RO8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="RN8" s="7" t="inlineStr">
+      <c r="RP8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="RO8" s="7" t="inlineStr">
+      <c r="RQ8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="RP8" s="7" t="inlineStr">
+      <c r="RR8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="RQ8" s="7" t="inlineStr">
+      <c r="RS8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="RR8" s="7" t="inlineStr">
+      <c r="RT8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="RS8" s="7" t="inlineStr">
+      <c r="RU8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="RT8" s="7" t="inlineStr">
+      <c r="RV8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="RU8" s="7" t="inlineStr">
+      <c r="RW8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="RV8" s="7" t="inlineStr">
+      <c r="RX8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="RW8" s="7" t="inlineStr">
+      <c r="RY8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="RX8" s="7" t="inlineStr">
+      <c r="RZ8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="RY8" s="7" t="inlineStr">
+      <c r="SA8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="RZ8" s="7" t="inlineStr">
+      <c r="SB8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="SA8" s="7" t="inlineStr">
+      <c r="SC8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="SB8" s="7" t="inlineStr">
+      <c r="SD8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="SC8" s="7" t="inlineStr">
+      <c r="SE8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="SD8" s="7" t="inlineStr">
+      <c r="SF8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="SE8" s="7" t="inlineStr">
+      <c r="SG8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="SF8" s="7" t="inlineStr">
+      <c r="SH8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="SG8" s="7" t="inlineStr">
+      <c r="SI8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="SH8" s="7" t="inlineStr">
+      <c r="SJ8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="SI8" s="7" t="inlineStr">
+      <c r="SK8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="SJ8" s="7" t="inlineStr">
+      <c r="SL8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="SK8" s="7" t="inlineStr">
+      <c r="SM8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="SL8" s="7" t="inlineStr">
+      <c r="SN8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="SM8" s="7" t="inlineStr">
+      <c r="SO8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="SN8" s="7" t="inlineStr">
+      <c r="SP8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="SO8" s="7" t="inlineStr">
+      <c r="SQ8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="SP8" s="7" t="inlineStr">
+      <c r="SR8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="SQ8" s="7" t="inlineStr">
+      <c r="SS8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="SR8" s="7" t="inlineStr">
+      <c r="ST8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="SS8" s="7" t="inlineStr">
+      <c r="SU8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="ST8" s="7" t="inlineStr">
+      <c r="SV8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="SU8" s="7" t="inlineStr">
+      <c r="SW8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="SV8" s="7" t="inlineStr">
+      <c r="SX8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="SW8" s="7" t="inlineStr">
+      <c r="SY8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="SX8" s="7" t="inlineStr">
+      <c r="SZ8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="SY8" s="7" t="inlineStr">
+      <c r="TA8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="SZ8" s="7" t="inlineStr">
+      <c r="TB8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="TA8" s="7" t="inlineStr">
+      <c r="TC8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="TB8" s="7" t="inlineStr">
+      <c r="TD8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="TC8" s="7" t="inlineStr">
+      <c r="TE8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="TD8" s="7" t="inlineStr">
+      <c r="TF8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="TE8" s="7" t="inlineStr">
+      <c r="TG8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="TF8" s="7" t="inlineStr">
+      <c r="TH8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="TG8" s="7" t="inlineStr">
+      <c r="TI8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="TH8" s="7" t="inlineStr">
+      <c r="TJ8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="TI8" s="7" t="inlineStr">
+      <c r="TK8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="TJ8" s="7" t="inlineStr">
+      <c r="TL8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="TK8" s="7" t="inlineStr">
+      <c r="TM8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="TL8" s="7" t="inlineStr">
+      <c r="TN8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="TM8" s="7" t="inlineStr">
+      <c r="TO8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="TN8" s="7" t="inlineStr">
+      <c r="TP8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="TO8" s="7" t="inlineStr">
+      <c r="TQ8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="TP8" s="7" t="inlineStr">
+      <c r="TR8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="TQ8" s="7" t="inlineStr">
+      <c r="TS8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="TR8" s="7" t="inlineStr">
+      <c r="TT8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="TS8" s="7" t="inlineStr">
+      <c r="TU8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="TT8" s="7" t="inlineStr">
+      <c r="TV8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="TU8" s="7" t="inlineStr">
+      <c r="TW8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="TV8" s="7" t="inlineStr">
+      <c r="TX8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="TW8" s="7" t="inlineStr">
+      <c r="TY8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="TX8" s="7" t="inlineStr">
+      <c r="TZ8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="TY8" s="7" t="inlineStr">
+      <c r="UA8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="TZ8" s="7" t="inlineStr">
+      <c r="UB8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="UA8" s="7" t="inlineStr">
+      <c r="UC8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="UB8" s="7" t="inlineStr">
+      <c r="UD8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="UC8" s="7" t="inlineStr">
+      <c r="UE8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="UD8" s="7" t="inlineStr">
+      <c r="UF8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="UE8" s="7" t="inlineStr">
+      <c r="UG8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="UF8" s="7" t="inlineStr">
+      <c r="UH8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="UG8" s="7" t="inlineStr">
+      <c r="UI8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="UH8" s="7" t="inlineStr">
+      <c r="UJ8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="UI8" s="7" t="inlineStr">
+      <c r="UK8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="UJ8" s="7" t="inlineStr">
+      <c r="UL8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="UK8" s="7" t="inlineStr">
+      <c r="UM8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="UL8" s="7" t="inlineStr">
+      <c r="UN8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="UM8" s="7" t="inlineStr">
+      <c r="UO8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="UN8" s="7" t="inlineStr">
+      <c r="UP8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="UO8" s="7" t="inlineStr">
+      <c r="UQ8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="UP8" s="7" t="inlineStr">
+      <c r="UR8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="UQ8" s="7" t="inlineStr">
+      <c r="US8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="UR8" s="7" t="inlineStr">
+      <c r="UT8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="US8" s="7" t="inlineStr">
+      <c r="UU8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
-      <c r="UT8" s="7" t="inlineStr">
+      <c r="UV8" s="7" t="inlineStr">
         <is>
           <t>2004M12</t>
         </is>
       </c>
-      <c r="UU8" s="7" t="inlineStr">
+      <c r="UW8" s="7" t="inlineStr">
         <is>
           <t>2004M11</t>
         </is>
       </c>
-      <c r="UV8" s="7" t="inlineStr">
+      <c r="UX8" s="7" t="inlineStr">
         <is>
           <t>2004M10</t>
         </is>
       </c>
-      <c r="UW8" s="7" t="inlineStr">
+      <c r="UY8" s="7" t="inlineStr">
         <is>
           <t>2004M09</t>
         </is>
       </c>
-      <c r="UX8" s="7" t="inlineStr">
+      <c r="UZ8" s="7" t="inlineStr">
         <is>
           <t>2004M08</t>
         </is>
       </c>
-      <c r="UY8" s="7" t="inlineStr">
+      <c r="VA8" s="7" t="inlineStr">
         <is>
           <t>2004M07</t>
         </is>
       </c>
-      <c r="UZ8" s="7" t="inlineStr">
+      <c r="VB8" s="7" t="inlineStr">
         <is>
           <t>2004M06</t>
         </is>
       </c>
-      <c r="VA8" s="7" t="inlineStr">
+      <c r="VC8" s="7" t="inlineStr">
         <is>
           <t>2004M05</t>
         </is>
       </c>
-      <c r="VB8" s="7" t="inlineStr">
+      <c r="VD8" s="7" t="inlineStr">
         <is>
           <t>2004M04</t>
         </is>
       </c>
-      <c r="VC8" s="7" t="inlineStr">
+      <c r="VE8" s="7" t="inlineStr">
         <is>
           <t>2004M03</t>
         </is>
       </c>
-      <c r="VD8" s="7" t="inlineStr">
+      <c r="VF8" s="7" t="inlineStr">
         <is>
           <t>2004M02</t>
         </is>
       </c>
-      <c r="VE8" s="7" t="inlineStr">
+      <c r="VG8" s="7" t="inlineStr">
         <is>
           <t>2004M01</t>
         </is>
       </c>
-      <c r="VF8" s="7" t="inlineStr">
+      <c r="VH8" s="7" t="inlineStr">
         <is>
           <t>2003M12</t>
         </is>
       </c>
-      <c r="VG8" s="7" t="inlineStr">
+      <c r="VI8" s="7" t="inlineStr">
         <is>
           <t>2003M11</t>
         </is>
       </c>
-      <c r="VH8" s="7" t="inlineStr">
+      <c r="VJ8" s="7" t="inlineStr">
         <is>
           <t>2003M10</t>
         </is>
       </c>
-      <c r="VI8" s="7" t="inlineStr">
+      <c r="VK8" s="7" t="inlineStr">
         <is>
           <t>2003M09</t>
         </is>
       </c>
-      <c r="VJ8" s="7" t="inlineStr">
+      <c r="VL8" s="7" t="inlineStr">
         <is>
           <t>2003M08</t>
         </is>
       </c>
-      <c r="VK8" s="7" t="inlineStr">
+      <c r="VM8" s="7" t="inlineStr">
         <is>
           <t>2003M07</t>
         </is>
       </c>
-      <c r="VL8" s="7" t="inlineStr">
+      <c r="VN8" s="7" t="inlineStr">
         <is>
           <t>2003M06</t>
         </is>
       </c>
-      <c r="VM8" s="7" t="inlineStr">
+      <c r="VO8" s="7" t="inlineStr">
         <is>
           <t>2003M05</t>
         </is>
       </c>
-      <c r="VN8" s="7" t="inlineStr">
+      <c r="VP8" s="7" t="inlineStr">
         <is>
           <t>2003M04</t>
         </is>
       </c>
-      <c r="VO8" s="7" t="inlineStr">
+      <c r="VQ8" s="7" t="inlineStr">
         <is>
           <t>2003M03</t>
         </is>
       </c>
-      <c r="VP8" s="7" t="inlineStr">
+      <c r="VR8" s="7" t="inlineStr">
         <is>
           <t>2003M02</t>
         </is>
       </c>
-      <c r="VQ8" s="7" t="inlineStr">
+      <c r="VS8" s="7" t="inlineStr">
         <is>
           <t>2003M01</t>
         </is>
       </c>
-      <c r="VR8" s="7" t="inlineStr">
+      <c r="VT8" s="7" t="inlineStr">
         <is>
           <t>2002M12</t>
         </is>
       </c>
-      <c r="VS8" s="7" t="inlineStr">
+      <c r="VU8" s="7" t="inlineStr">
         <is>
           <t>2002M11</t>
         </is>
       </c>
-      <c r="VT8" s="7" t="inlineStr">
+      <c r="VV8" s="7" t="inlineStr">
         <is>
           <t>2002M10</t>
         </is>
       </c>
-      <c r="VU8" s="7" t="inlineStr">
+      <c r="VW8" s="7" t="inlineStr">
         <is>
           <t>2002M09</t>
         </is>
       </c>
-      <c r="VV8" s="7" t="inlineStr">
+      <c r="VX8" s="7" t="inlineStr">
         <is>
           <t>2002M08</t>
         </is>
       </c>
-      <c r="VW8" s="7" t="inlineStr">
+      <c r="VY8" s="7" t="inlineStr">
         <is>
           <t>2002M07</t>
         </is>
       </c>
-      <c r="VX8" s="7" t="inlineStr">
+      <c r="VZ8" s="7" t="inlineStr">
         <is>
           <t>2002M06</t>
         </is>
       </c>
-      <c r="VY8" s="7" t="inlineStr">
+      <c r="WA8" s="7" t="inlineStr">
         <is>
           <t>2002M05</t>
         </is>
       </c>
-      <c r="VZ8" s="7" t="inlineStr">
+      <c r="WB8" s="7" t="inlineStr">
         <is>
           <t>2002M04</t>
         </is>
       </c>
-      <c r="WA8" s="7" t="inlineStr">
+      <c r="WC8" s="7" t="inlineStr">
         <is>
           <t>2002M03</t>
         </is>
       </c>
-      <c r="WB8" s="7" t="inlineStr">
+      <c r="WD8" s="7" t="inlineStr">
         <is>
           <t>2002M02</t>
         </is>
       </c>
-      <c r="WC8" s="7" t="inlineStr">
+      <c r="WE8" s="7" t="inlineStr">
         <is>
           <t>2002M01</t>
         </is>
       </c>
-      <c r="WD8" s="7" t="inlineStr">
+      <c r="WF8" s="7" t="inlineStr">
         <is>
           <t>2001M12</t>
         </is>
       </c>
-      <c r="WE8" s="7" t="inlineStr">
+      <c r="WG8" s="7" t="inlineStr">
         <is>
           <t>2001M11</t>
         </is>
       </c>
-      <c r="WF8" s="7" t="inlineStr">
+      <c r="WH8" s="7" t="inlineStr">
         <is>
           <t>2001M10</t>
         </is>
       </c>
-      <c r="WG8" s="7" t="inlineStr">
+      <c r="WI8" s="7" t="inlineStr">
         <is>
           <t>2001M09</t>
         </is>
       </c>
-      <c r="WH8" s="7" t="inlineStr">
+      <c r="WJ8" s="7" t="inlineStr">
         <is>
           <t>2001M08</t>
         </is>
       </c>
-      <c r="WI8" s="7" t="inlineStr">
+      <c r="WK8" s="7" t="inlineStr">
         <is>
           <t>2001M07</t>
         </is>
       </c>
-      <c r="WJ8" s="7" t="inlineStr">
+      <c r="WL8" s="7" t="inlineStr">
         <is>
           <t>2001M06</t>
         </is>
       </c>
-      <c r="WK8" s="7" t="inlineStr">
+      <c r="WM8" s="7" t="inlineStr">
         <is>
           <t>2001M05</t>
         </is>
       </c>
-      <c r="WL8" s="7" t="inlineStr">
+      <c r="WN8" s="7" t="inlineStr">
         <is>
           <t>2001M04</t>
         </is>
       </c>
-      <c r="WM8" s="7" t="inlineStr">
+      <c r="WO8" s="7" t="inlineStr">
         <is>
           <t>2001M03</t>
         </is>
       </c>
-      <c r="WN8" s="7" t="inlineStr">
+      <c r="WP8" s="7" t="inlineStr">
         <is>
           <t>2001M02</t>
         </is>
       </c>
-      <c r="WO8" s="7" t="inlineStr">
+      <c r="WQ8" s="7" t="inlineStr">
         <is>
           <t>2001M01</t>
         </is>
       </c>
-      <c r="WP8" s="7" t="inlineStr">
+      <c r="WR8" s="7" t="inlineStr">
         <is>
           <t>2000M12</t>
         </is>
       </c>
-      <c r="WQ8" s="7" t="inlineStr">
+      <c r="WS8" s="7" t="inlineStr">
         <is>
           <t>2000M11</t>
         </is>
       </c>
-      <c r="WR8" s="7" t="inlineStr">
+      <c r="WT8" s="7" t="inlineStr">
         <is>
           <t>2000M10</t>
         </is>
       </c>
-      <c r="WS8" s="7" t="inlineStr">
+      <c r="WU8" s="7" t="inlineStr">
         <is>
           <t>2000M09</t>
         </is>
       </c>
-      <c r="WT8" s="7" t="inlineStr">
+      <c r="WV8" s="7" t="inlineStr">
         <is>
           <t>2000M08</t>
         </is>
       </c>
-      <c r="WU8" s="7" t="inlineStr">
+      <c r="WW8" s="7" t="inlineStr">
         <is>
           <t>2000M07</t>
         </is>
       </c>
-      <c r="WV8" s="7" t="inlineStr">
+      <c r="WX8" s="7" t="inlineStr">
         <is>
           <t>2000M06</t>
         </is>
       </c>
-      <c r="WW8" s="7" t="inlineStr">
+      <c r="WY8" s="7" t="inlineStr">
         <is>
           <t>2000M05</t>
         </is>
       </c>
-      <c r="WX8" s="7" t="inlineStr">
+      <c r="WZ8" s="7" t="inlineStr">
         <is>
           <t>2000M04</t>
         </is>
       </c>
-      <c r="WY8" s="7" t="inlineStr">
+      <c r="XA8" s="7" t="inlineStr">
         <is>
           <t>2000M03</t>
         </is>
       </c>
-      <c r="WZ8" s="7" t="inlineStr">
+      <c r="XB8" s="7" t="inlineStr">
         <is>
           <t>2000M02</t>
         </is>
       </c>
-      <c r="XA8" s="7" t="inlineStr">
+      <c r="XC8" s="7" t="inlineStr">
         <is>
           <t>2000M01</t>
         </is>
       </c>
-      <c r="XB8" s="7" t="inlineStr">
+      <c r="XD8" s="7" t="inlineStr">
+        <is>
+          <t>2026M01</t>
+        </is>
+      </c>
+      <c r="XE8" s="7" t="inlineStr">
         <is>
           <t>2025M12</t>
         </is>
       </c>
-      <c r="XC8" s="7" t="inlineStr">
+      <c r="XF8" s="7" t="inlineStr">
         <is>
           <t>2025M11</t>
         </is>
       </c>
-      <c r="XD8" s="7" t="inlineStr">
+      <c r="XG8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="XE8" s="7" t="inlineStr">
+      <c r="XH8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="XF8" s="7" t="inlineStr">
+      <c r="XI8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="XG8" s="7" t="inlineStr">
+      <c r="XJ8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="XH8" s="7" t="inlineStr">
+      <c r="XK8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="XI8" s="7" t="inlineStr">
+      <c r="XL8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="XJ8" s="7" t="inlineStr">
+      <c r="XM8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="XK8" s="7" t="inlineStr">
+      <c r="XN8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="XL8" s="7" t="inlineStr">
+      <c r="XO8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="XM8" s="7" t="inlineStr">
+      <c r="XP8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="XN8" s="7" t="inlineStr">
+      <c r="XQ8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="XO8" s="7" t="inlineStr">
+      <c r="XR8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="XP8" s="7" t="inlineStr">
+      <c r="XS8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="XQ8" s="7" t="inlineStr">
+      <c r="XT8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="XR8" s="7" t="inlineStr">
+      <c r="XU8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="XS8" s="7" t="inlineStr">
+      <c r="XV8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="XT8" s="7" t="inlineStr">
+      <c r="XW8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="XU8" s="7" t="inlineStr">
+      <c r="XX8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="XV8" s="7" t="inlineStr">
+      <c r="XY8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="XW8" s="7" t="inlineStr">
+      <c r="XZ8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="XX8" s="7" t="inlineStr">
+      <c r="YA8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="XY8" s="7" t="inlineStr">
+      <c r="YB8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="XZ8" s="7" t="inlineStr">
+      <c r="YC8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="YA8" s="7" t="inlineStr">
+      <c r="YD8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="YB8" s="7" t="inlineStr">
+      <c r="YE8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="YC8" s="7" t="inlineStr">
+      <c r="YF8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="YD8" s="7" t="inlineStr">
+      <c r="YG8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="YE8" s="7" t="inlineStr">
+      <c r="YH8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="YF8" s="7" t="inlineStr">
+      <c r="YI8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="YG8" s="7" t="inlineStr">
+      <c r="YJ8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="YH8" s="7" t="inlineStr">
+      <c r="YK8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="YI8" s="7" t="inlineStr">
+      <c r="YL8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="YJ8" s="7" t="inlineStr">
+      <c r="YM8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="YK8" s="7" t="inlineStr">
+      <c r="YN8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="YL8" s="7" t="inlineStr">
+      <c r="YO8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="YM8" s="7" t="inlineStr">
+      <c r="YP8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="YN8" s="7" t="inlineStr">
+      <c r="YQ8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="YO8" s="7" t="inlineStr">
+      <c r="YR8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="YP8" s="7" t="inlineStr">
+      <c r="YS8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="YQ8" s="7" t="inlineStr">
+      <c r="YT8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="YR8" s="7" t="inlineStr">
+      <c r="YU8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="YS8" s="7" t="inlineStr">
+      <c r="YV8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="YT8" s="7" t="inlineStr">
+      <c r="YW8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="YU8" s="7" t="inlineStr">
+      <c r="YX8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="YV8" s="7" t="inlineStr">
+      <c r="YY8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="YW8" s="7" t="inlineStr">
+      <c r="YZ8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="YX8" s="7" t="inlineStr">
+      <c r="ZA8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="YY8" s="7" t="inlineStr">
+      <c r="ZB8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="YZ8" s="7" t="inlineStr">
+      <c r="ZC8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="ZA8" s="7" t="inlineStr">
+      <c r="ZD8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="ZB8" s="7" t="inlineStr">
+      <c r="ZE8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="ZC8" s="7" t="inlineStr">
+      <c r="ZF8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="ZD8" s="7" t="inlineStr">
+      <c r="ZG8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="ZE8" s="7" t="inlineStr">
+      <c r="ZH8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="ZF8" s="7" t="inlineStr">
+      <c r="ZI8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="ZG8" s="7" t="inlineStr">
+      <c r="ZJ8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="ZH8" s="7" t="inlineStr">
+      <c r="ZK8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="ZI8" s="7" t="inlineStr">
+      <c r="ZL8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="ZJ8" s="7" t="inlineStr">
+      <c r="ZM8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="ZK8" s="7" t="inlineStr">
+      <c r="ZN8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="ZL8" s="7" t="inlineStr">
+      <c r="ZO8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="ZM8" s="7" t="inlineStr">
+      <c r="ZP8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="ZN8" s="7" t="inlineStr">
+      <c r="ZQ8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="ZO8" s="7" t="inlineStr">
+      <c r="ZR8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="ZP8" s="7" t="inlineStr">
+      <c r="ZS8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="ZQ8" s="7" t="inlineStr">
+      <c r="ZT8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="ZR8" s="7" t="inlineStr">
+      <c r="ZU8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="ZS8" s="7" t="inlineStr">
+      <c r="ZV8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="ZT8" s="7" t="inlineStr">
+      <c r="ZW8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="ZU8" s="7" t="inlineStr">
+      <c r="ZX8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="ZV8" s="7" t="inlineStr">
+      <c r="ZY8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="ZW8" s="7" t="inlineStr">
+      <c r="ZZ8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="ZX8" s="7" t="inlineStr">
+      <c r="AAA8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="ZY8" s="7" t="inlineStr">
+      <c r="AAB8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="ZZ8" s="7" t="inlineStr">
+      <c r="AAC8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="AAA8" s="7" t="inlineStr">
+      <c r="AAD8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="AAB8" s="7" t="inlineStr">
+      <c r="AAE8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="AAC8" s="7" t="inlineStr">
+      <c r="AAF8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="AAD8" s="7" t="inlineStr">
+      <c r="AAG8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="AAE8" s="7" t="inlineStr">
+      <c r="AAH8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="AAF8" s="7" t="inlineStr">
+      <c r="AAI8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="AAG8" s="7" t="inlineStr">
+      <c r="AAJ8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="AAH8" s="7" t="inlineStr">
+      <c r="AAK8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="AAI8" s="7" t="inlineStr">
+      <c r="AAL8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="AAJ8" s="7" t="inlineStr">
+      <c r="AAM8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="AAK8" s="7" t="inlineStr">
+      <c r="AAN8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="AAL8" s="7" t="inlineStr">
+      <c r="AAO8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="AAM8" s="7" t="inlineStr">
+      <c r="AAP8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="AAN8" s="7" t="inlineStr">
+      <c r="AAQ8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="AAO8" s="7" t="inlineStr">
+      <c r="AAR8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="AAP8" s="7" t="inlineStr">
+      <c r="AAS8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="AAQ8" s="7" t="inlineStr">
+      <c r="AAT8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="AAR8" s="7" t="inlineStr">
+      <c r="AAU8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="AAS8" s="7" t="inlineStr">
+      <c r="AAV8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="AAT8" s="7" t="inlineStr">
+      <c r="AAW8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="AAU8" s="7" t="inlineStr">
+      <c r="AAX8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="AAV8" s="7" t="inlineStr">
+      <c r="AAY8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="AAW8" s="7" t="inlineStr">
+      <c r="AAZ8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="AAX8" s="7" t="inlineStr">
+      <c r="ABA8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="AAY8" s="7" t="inlineStr">
+      <c r="ABB8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="AAZ8" s="7" t="inlineStr">
+      <c r="ABC8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="ABA8" s="7" t="inlineStr">
+      <c r="ABD8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="ABB8" s="7" t="inlineStr">
+      <c r="ABE8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="ABC8" s="7" t="inlineStr">
+      <c r="ABF8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="ABD8" s="7" t="inlineStr">
+      <c r="ABG8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="ABE8" s="7" t="inlineStr">
+      <c r="ABH8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="ABF8" s="7" t="inlineStr">
+      <c r="ABI8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="ABG8" s="7" t="inlineStr">
+      <c r="ABJ8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="ABH8" s="7" t="inlineStr">
+      <c r="ABK8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="ABI8" s="7" t="inlineStr">
+      <c r="ABL8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="ABJ8" s="7" t="inlineStr">
+      <c r="ABM8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="ABK8" s="7" t="inlineStr">
+      <c r="ABN8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="ABL8" s="7" t="inlineStr">
+      <c r="ABO8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="ABM8" s="7" t="inlineStr">
+      <c r="ABP8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="ABN8" s="7" t="inlineStr">
+      <c r="ABQ8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="ABO8" s="7" t="inlineStr">
+      <c r="ABR8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="ABP8" s="7" t="inlineStr">
+      <c r="ABS8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="ABQ8" s="7" t="inlineStr">
+      <c r="ABT8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="ABR8" s="7" t="inlineStr">
+      <c r="ABU8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="ABS8" s="7" t="inlineStr">
+      <c r="ABV8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="ABT8" s="7" t="inlineStr">
+      <c r="ABW8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="ABU8" s="7" t="inlineStr">
+      <c r="ABX8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="ABV8" s="7" t="inlineStr">
+      <c r="ABY8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="ABW8" s="7" t="inlineStr">
+      <c r="ABZ8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="ABX8" s="7" t="inlineStr">
+      <c r="ACA8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="ABY8" s="7" t="inlineStr">
+      <c r="ACB8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="ABZ8" s="7" t="inlineStr">
+      <c r="ACC8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="ACA8" s="7" t="inlineStr">
+      <c r="ACD8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="ACB8" s="7" t="inlineStr">
+      <c r="ACE8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="ACC8" s="7" t="inlineStr">
+      <c r="ACF8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="ACD8" s="7" t="inlineStr">
+      <c r="ACG8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="ACE8" s="7" t="inlineStr">
+      <c r="ACH8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="ACF8" s="7" t="inlineStr">
+      <c r="ACI8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="ACG8" s="7" t="inlineStr">
+      <c r="ACJ8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="ACH8" s="7" t="inlineStr">
+      <c r="ACK8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="ACI8" s="7" t="inlineStr">
+      <c r="ACL8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="ACJ8" s="7" t="inlineStr">
+      <c r="ACM8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="ACK8" s="7" t="inlineStr">
+      <c r="ACN8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="ACL8" s="7" t="inlineStr">
+      <c r="ACO8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="ACM8" s="7" t="inlineStr">
+      <c r="ACP8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="ACN8" s="7" t="inlineStr">
+      <c r="ACQ8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="ACO8" s="7" t="inlineStr">
+      <c r="ACR8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="ACP8" s="7" t="inlineStr">
+      <c r="ACS8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="ACQ8" s="7" t="inlineStr">
+      <c r="ACT8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="ACR8" s="7" t="inlineStr">
+      <c r="ACU8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="ACS8" s="7" t="inlineStr">
+      <c r="ACV8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="ACT8" s="7" t="inlineStr">
+      <c r="ACW8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="ACU8" s="7" t="inlineStr">
+      <c r="ACX8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="ACV8" s="7" t="inlineStr">
+      <c r="ACY8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="ACW8" s="7" t="inlineStr">
+      <c r="ACZ8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="ACX8" s="7" t="inlineStr">
+      <c r="ADA8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="ACY8" s="7" t="inlineStr">
+      <c r="ADB8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="ACZ8" s="7" t="inlineStr">
+      <c r="ADC8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="ADA8" s="7" t="inlineStr">
+      <c r="ADD8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="ADB8" s="7" t="inlineStr">
+      <c r="ADE8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="ADC8" s="7" t="inlineStr">
+      <c r="ADF8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="ADD8" s="7" t="inlineStr">
+      <c r="ADG8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="ADE8" s="7" t="inlineStr">
+      <c r="ADH8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="ADF8" s="7" t="inlineStr">
+      <c r="ADI8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="ADG8" s="7" t="inlineStr">
+      <c r="ADJ8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="ADH8" s="7" t="inlineStr">
+      <c r="ADK8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="ADI8" s="7" t="inlineStr">
+      <c r="ADL8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="ADJ8" s="7" t="inlineStr">
+      <c r="ADM8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="ADK8" s="7" t="inlineStr">
+      <c r="ADN8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="ADL8" s="7" t="inlineStr">
+      <c r="ADO8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="ADM8" s="7" t="inlineStr">
+      <c r="ADP8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="ADN8" s="7" t="inlineStr">
+      <c r="ADQ8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="ADO8" s="7" t="inlineStr">
+      <c r="ADR8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="ADP8" s="7" t="inlineStr">
+      <c r="ADS8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="ADQ8" s="7" t="inlineStr">
+      <c r="ADT8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="ADR8" s="7" t="inlineStr">
+      <c r="ADU8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="ADS8" s="7" t="inlineStr">
+      <c r="ADV8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="ADT8" s="7" t="inlineStr">
+      <c r="ADW8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="ADU8" s="7" t="inlineStr">
+      <c r="ADX8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="ADV8" s="7" t="inlineStr">
+      <c r="ADY8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="ADW8" s="7" t="inlineStr">
+      <c r="ADZ8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="ADX8" s="7" t="inlineStr">
+      <c r="AEA8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="ADY8" s="7" t="inlineStr">
+      <c r="AEB8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="ADZ8" s="7" t="inlineStr">
+      <c r="AEC8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="AEA8" s="7" t="inlineStr">
+      <c r="AED8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="AEB8" s="7" t="inlineStr">
+      <c r="AEE8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="AEC8" s="7" t="inlineStr">
+      <c r="AEF8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="AED8" s="7" t="inlineStr">
+      <c r="AEG8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="AEE8" s="7" t="inlineStr">
+      <c r="AEH8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="AEF8" s="7" t="inlineStr">
+      <c r="AEI8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="AEG8" s="7" t="inlineStr">
+      <c r="AEJ8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="AEH8" s="7" t="inlineStr">
+      <c r="AEK8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="AEI8" s="7" t="inlineStr">
+      <c r="AEL8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="AEJ8" s="7" t="inlineStr">
+      <c r="AEM8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="AEK8" s="7" t="inlineStr">
+      <c r="AEN8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="AEL8" s="7" t="inlineStr">
+      <c r="AEO8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="AEM8" s="7" t="inlineStr">
+      <c r="AEP8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="AEN8" s="7" t="inlineStr">
+      <c r="AEQ8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="AEO8" s="7" t="inlineStr">
+      <c r="AER8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="AEP8" s="7" t="inlineStr">
+      <c r="AES8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="AEQ8" s="7" t="inlineStr">
+      <c r="AET8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="AER8" s="7" t="inlineStr">
+      <c r="AEU8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="AES8" s="7" t="inlineStr">
+      <c r="AEV8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="AET8" s="7" t="inlineStr">
+      <c r="AEW8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="AEU8" s="7" t="inlineStr">
+      <c r="AEX8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="AEV8" s="7" t="inlineStr">
+      <c r="AEY8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="AEW8" s="7" t="inlineStr">
+      <c r="AEZ8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="AEX8" s="7" t="inlineStr">
+      <c r="AFA8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="AEY8" s="7" t="inlineStr">
+      <c r="AFB8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="AEZ8" s="7" t="inlineStr">
+      <c r="AFC8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="AFA8" s="7" t="inlineStr">
+      <c r="AFD8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="AFB8" s="7" t="inlineStr">
+      <c r="AFE8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="AFC8" s="7" t="inlineStr">
+      <c r="AFF8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="AFD8" s="7" t="inlineStr">
+      <c r="AFG8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="AFE8" s="7" t="inlineStr">
+      <c r="AFH8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="AFF8" s="7" t="inlineStr">
+      <c r="AFI8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="AFG8" s="7" t="inlineStr">
+      <c r="AFJ8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="AFH8" s="7" t="inlineStr">
+      <c r="AFK8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="AFI8" s="7" t="inlineStr">
+      <c r="AFL8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="AFJ8" s="7" t="inlineStr">
+      <c r="AFM8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="AFK8" s="7" t="inlineStr">
+      <c r="AFN8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="AFL8" s="7" t="inlineStr">
+      <c r="AFO8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="AFM8" s="7" t="inlineStr">
+      <c r="AFP8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="AFN8" s="7" t="inlineStr">
+      <c r="AFQ8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="AFO8" s="7" t="inlineStr">
+      <c r="AFR8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="AFP8" s="7" t="inlineStr">
+      <c r="AFS8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="AFQ8" s="7" t="inlineStr">
+      <c r="AFT8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="AFR8" s="7" t="inlineStr">
+      <c r="AFU8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="AFS8" s="7" t="inlineStr">
+      <c r="AFV8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="AFT8" s="7" t="inlineStr">
+      <c r="AFW8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="AFU8" s="7" t="inlineStr">
+      <c r="AFX8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="AFV8" s="7" t="inlineStr">
+      <c r="AFY8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="AFW8" s="7" t="inlineStr">
+      <c r="AFZ8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="AFX8" s="7" t="inlineStr">
+      <c r="AGA8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="AFY8" s="7" t="inlineStr">
+      <c r="AGB8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="AFZ8" s="7" t="inlineStr">
+      <c r="AGC8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="AGA8" s="7" t="inlineStr">
+      <c r="AGD8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="AGB8" s="7" t="inlineStr">
+      <c r="AGE8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="AGC8" s="7" t="inlineStr">
+      <c r="AGF8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="AGD8" s="7" t="inlineStr">
+      <c r="AGG8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="AGE8" s="7" t="inlineStr">
+      <c r="AGH8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="AGF8" s="7" t="inlineStr">
+      <c r="AGI8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="AGG8" s="7" t="inlineStr">
+      <c r="AGJ8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="AGH8" s="7" t="inlineStr">
+      <c r="AGK8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="AGI8" s="7" t="inlineStr">
+      <c r="AGL8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="AGJ8" s="7" t="inlineStr">
+      <c r="AGM8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="AGK8" s="7" t="inlineStr">
+      <c r="AGN8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="AGL8" s="7" t="inlineStr">
+      <c r="AGO8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="AGM8" s="7" t="inlineStr">
+      <c r="AGP8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="AGN8" s="7" t="inlineStr">
+      <c r="AGQ8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="AGO8" s="7" t="inlineStr">
+      <c r="AGR8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="AGP8" s="7" t="inlineStr">
+      <c r="AGS8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="AGQ8" s="7" t="inlineStr">
+      <c r="AGT8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="AGR8" s="7" t="inlineStr">
+      <c r="AGU8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="AGS8" s="7" t="inlineStr">
+      <c r="AGV8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
-      <c r="AGT8" s="7" t="inlineStr">
+      <c r="AGW8" s="7" t="inlineStr">
         <is>
           <t>2004M12</t>
         </is>
       </c>
-      <c r="AGU8" s="7" t="inlineStr">
+      <c r="AGX8" s="7" t="inlineStr">
         <is>
           <t>2004M11</t>
         </is>
       </c>
-      <c r="AGV8" s="7" t="inlineStr">
+      <c r="AGY8" s="7" t="inlineStr">
         <is>
           <t>2004M10</t>
         </is>
       </c>
-      <c r="AGW8" s="7" t="inlineStr">
+      <c r="AGZ8" s="7" t="inlineStr">
         <is>
           <t>2004M09</t>
         </is>
       </c>
-      <c r="AGX8" s="7" t="inlineStr">
+      <c r="AHA8" s="7" t="inlineStr">
         <is>
           <t>2004M08</t>
         </is>
       </c>
-      <c r="AGY8" s="7" t="inlineStr">
+      <c r="AHB8" s="7" t="inlineStr">
         <is>
           <t>2004M07</t>
         </is>
       </c>
-      <c r="AGZ8" s="7" t="inlineStr">
+      <c r="AHC8" s="7" t="inlineStr">
         <is>
           <t>2004M06</t>
         </is>
       </c>
-      <c r="AHA8" s="7" t="inlineStr">
+      <c r="AHD8" s="7" t="inlineStr">
         <is>
           <t>2004M05</t>
         </is>
       </c>
-      <c r="AHB8" s="7" t="inlineStr">
+      <c r="AHE8" s="7" t="inlineStr">
         <is>
           <t>2004M04</t>
         </is>
       </c>
-      <c r="AHC8" s="7" t="inlineStr">
+      <c r="AHF8" s="7" t="inlineStr">
         <is>
           <t>2004M03</t>
         </is>
       </c>
-      <c r="AHD8" s="7" t="inlineStr">
+      <c r="AHG8" s="7" t="inlineStr">
         <is>
           <t>2004M02</t>
         </is>
       </c>
-      <c r="AHE8" s="7" t="inlineStr">
+      <c r="AHH8" s="7" t="inlineStr">
         <is>
           <t>2004M01</t>
         </is>
       </c>
-      <c r="AHF8" s="7" t="inlineStr">
+      <c r="AHI8" s="7" t="inlineStr">
         <is>
           <t>2003M12</t>
         </is>
       </c>
-      <c r="AHG8" s="7" t="inlineStr">
+      <c r="AHJ8" s="7" t="inlineStr">
         <is>
           <t>2003M11</t>
         </is>
       </c>
-      <c r="AHH8" s="7" t="inlineStr">
+      <c r="AHK8" s="7" t="inlineStr">
         <is>
           <t>2003M10</t>
         </is>
       </c>
-      <c r="AHI8" s="7" t="inlineStr">
+      <c r="AHL8" s="7" t="inlineStr">
         <is>
           <t>2003M09</t>
         </is>
       </c>
-      <c r="AHJ8" s="7" t="inlineStr">
+      <c r="AHM8" s="7" t="inlineStr">
         <is>
           <t>2003M08</t>
         </is>
       </c>
-      <c r="AHK8" s="7" t="inlineStr">
+      <c r="AHN8" s="7" t="inlineStr">
         <is>
           <t>2003M07</t>
         </is>
       </c>
-      <c r="AHL8" s="7" t="inlineStr">
+      <c r="AHO8" s="7" t="inlineStr">
         <is>
           <t>2003M06</t>
         </is>
       </c>
-      <c r="AHM8" s="7" t="inlineStr">
+      <c r="AHP8" s="7" t="inlineStr">
         <is>
           <t>2003M05</t>
         </is>
       </c>
-      <c r="AHN8" s="7" t="inlineStr">
+      <c r="AHQ8" s="7" t="inlineStr">
         <is>
           <t>2003M04</t>
         </is>
       </c>
-      <c r="AHO8" s="7" t="inlineStr">
+      <c r="AHR8" s="7" t="inlineStr">
         <is>
           <t>2003M03</t>
         </is>
       </c>
-      <c r="AHP8" s="7" t="inlineStr">
+      <c r="AHS8" s="7" t="inlineStr">
         <is>
           <t>2003M02</t>
         </is>
       </c>
-      <c r="AHQ8" s="7" t="inlineStr">
+      <c r="AHT8" s="7" t="inlineStr">
         <is>
           <t>2003M01</t>
         </is>
       </c>
-      <c r="AHR8" s="7" t="inlineStr">
+      <c r="AHU8" s="7" t="inlineStr">
         <is>
           <t>2002M12</t>
         </is>
       </c>
-      <c r="AHS8" s="7" t="inlineStr">
+      <c r="AHV8" s="7" t="inlineStr">
         <is>
           <t>2002M11</t>
         </is>
       </c>
-      <c r="AHT8" s="7" t="inlineStr">
+      <c r="AHW8" s="7" t="inlineStr">
         <is>
           <t>2002M10</t>
         </is>
       </c>
-      <c r="AHU8" s="7" t="inlineStr">
+      <c r="AHX8" s="7" t="inlineStr">
         <is>
           <t>2002M09</t>
         </is>
       </c>
-      <c r="AHV8" s="7" t="inlineStr">
+      <c r="AHY8" s="7" t="inlineStr">
         <is>
           <t>2002M08</t>
         </is>
       </c>
-      <c r="AHW8" s="7" t="inlineStr">
+      <c r="AHZ8" s="7" t="inlineStr">
         <is>
           <t>2002M07</t>
         </is>
       </c>
-      <c r="AHX8" s="7" t="inlineStr">
+      <c r="AIA8" s="7" t="inlineStr">
         <is>
           <t>2002M06</t>
         </is>
       </c>
-      <c r="AHY8" s="7" t="inlineStr">
+      <c r="AIB8" s="7" t="inlineStr">
         <is>
           <t>2002M05</t>
         </is>
       </c>
-      <c r="AHZ8" s="7" t="inlineStr">
+      <c r="AIC8" s="7" t="inlineStr">
         <is>
           <t>2002M04</t>
         </is>
       </c>
-      <c r="AIA8" s="7" t="inlineStr">
+      <c r="AID8" s="7" t="inlineStr">
         <is>
           <t>2002M03</t>
         </is>
       </c>
-      <c r="AIB8" s="7" t="inlineStr">
+      <c r="AIE8" s="7" t="inlineStr">
         <is>
           <t>2002M02</t>
         </is>
       </c>
-      <c r="AIC8" s="7" t="inlineStr">
+      <c r="AIF8" s="7" t="inlineStr">
         <is>
           <t>2002M01</t>
         </is>
       </c>
-      <c r="AID8" s="7" t="inlineStr">
+      <c r="AIG8" s="7" t="inlineStr">
         <is>
           <t>2001M12</t>
         </is>
       </c>
-      <c r="AIE8" s="7" t="inlineStr">
+      <c r="AIH8" s="7" t="inlineStr">
         <is>
           <t>2001M11</t>
         </is>
       </c>
-      <c r="AIF8" s="7" t="inlineStr">
+      <c r="AII8" s="7" t="inlineStr">
         <is>
           <t>2001M10</t>
         </is>
       </c>
-      <c r="AIG8" s="7" t="inlineStr">
+      <c r="AIJ8" s="7" t="inlineStr">
         <is>
           <t>2001M09</t>
         </is>
       </c>
-      <c r="AIH8" s="7" t="inlineStr">
+      <c r="AIK8" s="7" t="inlineStr">
         <is>
           <t>2001M08</t>
         </is>
       </c>
-      <c r="AII8" s="7" t="inlineStr">
+      <c r="AIL8" s="7" t="inlineStr">
         <is>
           <t>2001M07</t>
         </is>
       </c>
-      <c r="AIJ8" s="7" t="inlineStr">
+      <c r="AIM8" s="7" t="inlineStr">
         <is>
           <t>2001M06</t>
         </is>
       </c>
-      <c r="AIK8" s="7" t="inlineStr">
+      <c r="AIN8" s="7" t="inlineStr">
         <is>
           <t>2001M05</t>
         </is>
       </c>
-      <c r="AIL8" s="7" t="inlineStr">
+      <c r="AIO8" s="7" t="inlineStr">
         <is>
           <t>2001M04</t>
         </is>
       </c>
-      <c r="AIM8" s="7" t="inlineStr">
+      <c r="AIP8" s="7" t="inlineStr">
         <is>
           <t>2001M03</t>
         </is>
       </c>
-      <c r="AIN8" s="7" t="inlineStr">
+      <c r="AIQ8" s="7" t="inlineStr">
         <is>
           <t>2001M02</t>
         </is>
       </c>
-      <c r="AIO8" s="7" t="inlineStr">
+      <c r="AIR8" s="7" t="inlineStr">
         <is>
           <t>2001M01</t>
         </is>
       </c>
-      <c r="AIP8" s="7" t="inlineStr">
+      <c r="AIS8" s="7" t="inlineStr">
         <is>
           <t>2000M12</t>
         </is>
       </c>
-      <c r="AIQ8" s="7" t="inlineStr">
+      <c r="AIT8" s="7" t="inlineStr">
         <is>
           <t>2000M11</t>
         </is>
       </c>
-      <c r="AIR8" s="7" t="inlineStr">
+      <c r="AIU8" s="7" t="inlineStr">
         <is>
           <t>2000M10</t>
         </is>
       </c>
-      <c r="AIS8" s="7" t="inlineStr">
+      <c r="AIV8" s="7" t="inlineStr">
         <is>
           <t>2000M09</t>
         </is>
       </c>
-      <c r="AIT8" s="7" t="inlineStr">
+      <c r="AIW8" s="7" t="inlineStr">
         <is>
           <t>2000M08</t>
         </is>
       </c>
-      <c r="AIU8" s="7" t="inlineStr">
+      <c r="AIX8" s="7" t="inlineStr">
         <is>
           <t>2000M07</t>
         </is>
       </c>
-      <c r="AIV8" s="7" t="inlineStr">
+      <c r="AIY8" s="7" t="inlineStr">
         <is>
           <t>2000M06</t>
         </is>
       </c>
-      <c r="AIW8" s="7" t="inlineStr">
+      <c r="AIZ8" s="7" t="inlineStr">
         <is>
           <t>2000M05</t>
         </is>
       </c>
-      <c r="AIX8" s="7" t="inlineStr">
+      <c r="AJA8" s="7" t="inlineStr">
         <is>
           <t>2000M04</t>
         </is>
       </c>
-      <c r="AIY8" s="7" t="inlineStr">
+      <c r="AJB8" s="7" t="inlineStr">
         <is>
           <t>2000M03</t>
         </is>
       </c>
-      <c r="AIZ8" s="7" t="inlineStr">
+      <c r="AJC8" s="7" t="inlineStr">
         <is>
           <t>2000M02</t>
         </is>
       </c>
-      <c r="AJA8" s="7" t="inlineStr">
+      <c r="AJD8" s="7" t="inlineStr">
         <is>
           <t>2000M01</t>
         </is>
       </c>
-      <c r="AJB8" s="7" t="inlineStr">
+      <c r="AJE8" s="7" t="inlineStr">
+        <is>
+          <t>2026M01</t>
+        </is>
+      </c>
+      <c r="AJF8" s="7" t="inlineStr">
         <is>
           <t>2025M12</t>
         </is>
       </c>
-      <c r="AJC8" s="7" t="inlineStr">
+      <c r="AJG8" s="7" t="inlineStr">
         <is>
           <t>2025M11</t>
         </is>
       </c>
-      <c r="AJD8" s="7" t="inlineStr">
+      <c r="AJH8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="AJE8" s="7" t="inlineStr">
+      <c r="AJI8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="AJF8" s="7" t="inlineStr">
+      <c r="AJJ8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="AJG8" s="7" t="inlineStr">
+      <c r="AJK8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="AJH8" s="7" t="inlineStr">
+      <c r="AJL8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="AJI8" s="7" t="inlineStr">
+      <c r="AJM8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="AJJ8" s="7" t="inlineStr">
+      <c r="AJN8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="AJK8" s="7" t="inlineStr">
+      <c r="AJO8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="AJL8" s="7" t="inlineStr">
+      <c r="AJP8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="AJM8" s="7" t="inlineStr">
+      <c r="AJQ8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="AJN8" s="7" t="inlineStr">
+      <c r="AJR8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="AJO8" s="7" t="inlineStr">
+      <c r="AJS8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="AJP8" s="7" t="inlineStr">
+      <c r="AJT8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="AJQ8" s="7" t="inlineStr">
+      <c r="AJU8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="AJR8" s="7" t="inlineStr">
+      <c r="AJV8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="AJS8" s="7" t="inlineStr">
+      <c r="AJW8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="AJT8" s="7" t="inlineStr">
+      <c r="AJX8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="AJU8" s="7" t="inlineStr">
+      <c r="AJY8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="AJV8" s="7" t="inlineStr">
+      <c r="AJZ8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="AJW8" s="7" t="inlineStr">
+      <c r="AKA8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="AJX8" s="7" t="inlineStr">
+      <c r="AKB8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="AJY8" s="7" t="inlineStr">
+      <c r="AKC8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="AJZ8" s="7" t="inlineStr">
+      <c r="AKD8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="AKA8" s="7" t="inlineStr">
+      <c r="AKE8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="AKB8" s="7" t="inlineStr">
+      <c r="AKF8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="AKC8" s="7" t="inlineStr">
+      <c r="AKG8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="AKD8" s="7" t="inlineStr">
+      <c r="AKH8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="AKE8" s="7" t="inlineStr">
+      <c r="AKI8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="AKF8" s="7" t="inlineStr">
+      <c r="AKJ8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="AKG8" s="7" t="inlineStr">
+      <c r="AKK8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="AKH8" s="7" t="inlineStr">
+      <c r="AKL8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="AKI8" s="7" t="inlineStr">
+      <c r="AKM8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="AKJ8" s="7" t="inlineStr">
+      <c r="AKN8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="AKK8" s="7" t="inlineStr">
+      <c r="AKO8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="AKL8" s="7" t="inlineStr">
+      <c r="AKP8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="AKM8" s="7" t="inlineStr">
+      <c r="AKQ8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="AKN8" s="7" t="inlineStr">
+      <c r="AKR8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="AKO8" s="7" t="inlineStr">
+      <c r="AKS8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="AKP8" s="7" t="inlineStr">
+      <c r="AKT8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="AKQ8" s="7" t="inlineStr">
+      <c r="AKU8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="AKR8" s="7" t="inlineStr">
+      <c r="AKV8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="AKS8" s="7" t="inlineStr">
+      <c r="AKW8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="AKT8" s="7" t="inlineStr">
+      <c r="AKX8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="AKU8" s="7" t="inlineStr">
+      <c r="AKY8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="AKV8" s="7" t="inlineStr">
+      <c r="AKZ8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="AKW8" s="7" t="inlineStr">
+      <c r="ALA8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="AKX8" s="7" t="inlineStr">
+      <c r="ALB8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="AKY8" s="7" t="inlineStr">
+      <c r="ALC8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="AKZ8" s="7" t="inlineStr">
+      <c r="ALD8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="ALA8" s="7" t="inlineStr">
+      <c r="ALE8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="ALB8" s="7" t="inlineStr">
+      <c r="ALF8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="ALC8" s="7" t="inlineStr">
+      <c r="ALG8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="ALD8" s="7" t="inlineStr">
+      <c r="ALH8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="ALE8" s="7" t="inlineStr">
+      <c r="ALI8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="ALF8" s="7" t="inlineStr">
+      <c r="ALJ8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="ALG8" s="7" t="inlineStr">
+      <c r="ALK8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="ALH8" s="7" t="inlineStr">
+      <c r="ALL8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="ALI8" s="7" t="inlineStr">
+      <c r="ALM8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="ALJ8" s="7" t="inlineStr">
+      <c r="ALN8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="ALK8" s="7" t="inlineStr">
+      <c r="ALO8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="ALL8" s="7" t="inlineStr">
+      <c r="ALP8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="ALM8" s="7" t="inlineStr">
+      <c r="ALQ8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="ALN8" s="7" t="inlineStr">
+      <c r="ALR8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="ALO8" s="7" t="inlineStr">
+      <c r="ALS8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="ALP8" s="7" t="inlineStr">
+      <c r="ALT8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="ALQ8" s="7" t="inlineStr">
+      <c r="ALU8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="ALR8" s="7" t="inlineStr">
+      <c r="ALV8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="ALS8" s="7" t="inlineStr">
+      <c r="ALW8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="ALT8" s="7" t="inlineStr">
+      <c r="ALX8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="ALU8" s="7" t="inlineStr">
+      <c r="ALY8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="ALV8" s="7" t="inlineStr">
+      <c r="ALZ8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="ALW8" s="7" t="inlineStr">
+      <c r="AMA8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="ALX8" s="7" t="inlineStr">
+      <c r="AMB8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="ALY8" s="7" t="inlineStr">
+      <c r="AMC8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="ALZ8" s="7" t="inlineStr">
+      <c r="AMD8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="AMA8" s="7" t="inlineStr">
+      <c r="AME8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="AMB8" s="7" t="inlineStr">
+      <c r="AMF8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="AMC8" s="7" t="inlineStr">
+      <c r="AMG8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="AMD8" s="7" t="inlineStr">
+      <c r="AMH8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="AME8" s="7" t="inlineStr">
+      <c r="AMI8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="AMF8" s="7" t="inlineStr">
+      <c r="AMJ8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="AMG8" s="7" t="inlineStr">
+      <c r="AMK8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="AMH8" s="7" t="inlineStr">
+      <c r="AML8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="AMI8" s="7" t="inlineStr">
+      <c r="AMM8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="AMJ8" s="7" t="inlineStr">
+      <c r="AMN8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="AMK8" s="7" t="inlineStr">
+      <c r="AMO8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="AML8" s="7" t="inlineStr">
+      <c r="AMP8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="AMM8" s="7" t="inlineStr">
+      <c r="AMQ8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="AMN8" s="7" t="inlineStr">
+      <c r="AMR8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="AMO8" s="7" t="inlineStr">
+      <c r="AMS8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="AMP8" s="7" t="inlineStr">
+      <c r="AMT8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="AMQ8" s="7" t="inlineStr">
+      <c r="AMU8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="AMR8" s="7" t="inlineStr">
+      <c r="AMV8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="AMS8" s="7" t="inlineStr">
+      <c r="AMW8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="AMT8" s="7" t="inlineStr">
+      <c r="AMX8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="AMU8" s="7" t="inlineStr">
+      <c r="AMY8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="AMV8" s="7" t="inlineStr">
+      <c r="AMZ8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="AMW8" s="7" t="inlineStr">
+      <c r="ANA8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="AMX8" s="7" t="inlineStr">
+      <c r="ANB8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="AMY8" s="7" t="inlineStr">
+      <c r="ANC8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="AMZ8" s="7" t="inlineStr">
+      <c r="AND8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="ANA8" s="7" t="inlineStr">
+      <c r="ANE8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="ANB8" s="7" t="inlineStr">
+      <c r="ANF8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="ANC8" s="7" t="inlineStr">
+      <c r="ANG8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="AND8" s="7" t="inlineStr">
+      <c r="ANH8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="ANE8" s="7" t="inlineStr">
+      <c r="ANI8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="ANF8" s="7" t="inlineStr">
+      <c r="ANJ8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="ANG8" s="7" t="inlineStr">
+      <c r="ANK8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="ANH8" s="7" t="inlineStr">
+      <c r="ANL8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="ANI8" s="7" t="inlineStr">
+      <c r="ANM8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="ANJ8" s="7" t="inlineStr">
+      <c r="ANN8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="ANK8" s="7" t="inlineStr">
+      <c r="ANO8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="ANL8" s="7" t="inlineStr">
+      <c r="ANP8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="ANM8" s="7" t="inlineStr">
+      <c r="ANQ8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="ANN8" s="7" t="inlineStr">
+      <c r="ANR8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="ANO8" s="7" t="inlineStr">
+      <c r="ANS8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="ANP8" s="7" t="inlineStr">
+      <c r="ANT8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="ANQ8" s="7" t="inlineStr">
+      <c r="ANU8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="ANR8" s="7" t="inlineStr">
+      <c r="ANV8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="ANS8" s="7" t="inlineStr">
+      <c r="ANW8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="ANT8" s="7" t="inlineStr">
+      <c r="ANX8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="ANU8" s="7" t="inlineStr">
+      <c r="ANY8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="ANV8" s="7" t="inlineStr">
+      <c r="ANZ8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="ANW8" s="7" t="inlineStr">
+      <c r="AOA8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="ANX8" s="7" t="inlineStr">
+      <c r="AOB8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="ANY8" s="7" t="inlineStr">
+      <c r="AOC8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="ANZ8" s="7" t="inlineStr">
+      <c r="AOD8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="AOA8" s="7" t="inlineStr">
+      <c r="AOE8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="AOB8" s="7" t="inlineStr">
+      <c r="AOF8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="AOC8" s="7" t="inlineStr">
+      <c r="AOG8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="AOD8" s="7" t="inlineStr">
+      <c r="AOH8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="AOE8" s="7" t="inlineStr">
+      <c r="AOI8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="AOF8" s="7" t="inlineStr">
+      <c r="AOJ8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="AOG8" s="7" t="inlineStr">
+      <c r="AOK8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="AOH8" s="7" t="inlineStr">
+      <c r="AOL8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="AOI8" s="7" t="inlineStr">
+      <c r="AOM8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="AOJ8" s="7" t="inlineStr">
+      <c r="AON8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="AOK8" s="7" t="inlineStr">
+      <c r="AOO8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="AOL8" s="7" t="inlineStr">
+      <c r="AOP8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="AOM8" s="7" t="inlineStr">
+      <c r="AOQ8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="AON8" s="7" t="inlineStr">
+      <c r="AOR8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="AOO8" s="7" t="inlineStr">
+      <c r="AOS8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="AOP8" s="7" t="inlineStr">
+      <c r="AOT8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="AOQ8" s="7" t="inlineStr">
+      <c r="AOU8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="AOR8" s="7" t="inlineStr">
+      <c r="AOV8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="AOS8" s="7" t="inlineStr">
+      <c r="AOW8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="AOT8" s="7" t="inlineStr">
+      <c r="AOX8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="AOU8" s="7" t="inlineStr">
+      <c r="AOY8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="AOV8" s="7" t="inlineStr">
+      <c r="AOZ8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="AOW8" s="7" t="inlineStr">
+      <c r="APA8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="AOX8" s="7" t="inlineStr">
+      <c r="APB8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="AOY8" s="7" t="inlineStr">
+      <c r="APC8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="AOZ8" s="7" t="inlineStr">
+      <c r="APD8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="APA8" s="7" t="inlineStr">
+      <c r="APE8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="APB8" s="7" t="inlineStr">
+      <c r="APF8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="APC8" s="7" t="inlineStr">
+      <c r="APG8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="APD8" s="7" t="inlineStr">
+      <c r="APH8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="APE8" s="7" t="inlineStr">
+      <c r="API8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="APF8" s="7" t="inlineStr">
+      <c r="APJ8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="APG8" s="7" t="inlineStr">
+      <c r="APK8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="APH8" s="7" t="inlineStr">
+      <c r="APL8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="API8" s="7" t="inlineStr">
+      <c r="APM8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="APJ8" s="7" t="inlineStr">
+      <c r="APN8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="APK8" s="7" t="inlineStr">
+      <c r="APO8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="APL8" s="7" t="inlineStr">
+      <c r="APP8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="APM8" s="7" t="inlineStr">
+      <c r="APQ8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="APN8" s="7" t="inlineStr">
+      <c r="APR8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="APO8" s="7" t="inlineStr">
+      <c r="APS8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="APP8" s="7" t="inlineStr">
+      <c r="APT8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="APQ8" s="7" t="inlineStr">
+      <c r="APU8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="APR8" s="7" t="inlineStr">
+      <c r="APV8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="APS8" s="7" t="inlineStr">
+      <c r="APW8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="APT8" s="7" t="inlineStr">
+      <c r="APX8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="APU8" s="7" t="inlineStr">
+      <c r="APY8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="APV8" s="7" t="inlineStr">
+      <c r="APZ8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="APW8" s="7" t="inlineStr">
+      <c r="AQA8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="APX8" s="7" t="inlineStr">
+      <c r="AQB8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="APY8" s="7" t="inlineStr">
+      <c r="AQC8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="APZ8" s="7" t="inlineStr">
+      <c r="AQD8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="AQA8" s="7" t="inlineStr">
+      <c r="AQE8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="AQB8" s="7" t="inlineStr">
+      <c r="AQF8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="AQC8" s="7" t="inlineStr">
+      <c r="AQG8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="AQD8" s="7" t="inlineStr">
+      <c r="AQH8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="AQE8" s="7" t="inlineStr">
+      <c r="AQI8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="AQF8" s="7" t="inlineStr">
+      <c r="AQJ8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="AQG8" s="7" t="inlineStr">
+      <c r="AQK8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="AQH8" s="7" t="inlineStr">
+      <c r="AQL8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="AQI8" s="7" t="inlineStr">
+      <c r="AQM8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="AQJ8" s="7" t="inlineStr">
+      <c r="AQN8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="AQK8" s="7" t="inlineStr">
+      <c r="AQO8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="AQL8" s="7" t="inlineStr">
+      <c r="AQP8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="AQM8" s="7" t="inlineStr">
+      <c r="AQQ8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="AQN8" s="7" t="inlineStr">
+      <c r="AQR8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="AQO8" s="7" t="inlineStr">
+      <c r="AQS8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="AQP8" s="7" t="inlineStr">
+      <c r="AQT8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="AQQ8" s="7" t="inlineStr">
+      <c r="AQU8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="AQR8" s="7" t="inlineStr">
+      <c r="AQV8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="AQS8" s="7" t="inlineStr">
+      <c r="AQW8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="AQT8" s="7" t="inlineStr">
+      <c r="AQX8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="AQU8" s="7" t="inlineStr">
+      <c r="AQY8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="AQV8" s="7" t="inlineStr">
+      <c r="AQZ8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="AQW8" s="7" t="inlineStr">
+      <c r="ARA8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="AQX8" s="7" t="inlineStr">
+      <c r="ARB8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="AQY8" s="7" t="inlineStr">
+      <c r="ARC8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="AQZ8" s="7" t="inlineStr">
+      <c r="ARD8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="ARA8" s="7" t="inlineStr">
+      <c r="ARE8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="ARB8" s="7" t="inlineStr">
+      <c r="ARF8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="ARC8" s="7" t="inlineStr">
+      <c r="ARG8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="ARD8" s="7" t="inlineStr">
+      <c r="ARH8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="ARE8" s="7" t="inlineStr">
+      <c r="ARI8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="ARF8" s="7" t="inlineStr">
+      <c r="ARJ8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="ARG8" s="7" t="inlineStr">
+      <c r="ARK8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="ARH8" s="7" t="inlineStr">
+      <c r="ARL8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="ARI8" s="7" t="inlineStr">
+      <c r="ARM8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="ARJ8" s="7" t="inlineStr">
+      <c r="ARN8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="ARK8" s="7" t="inlineStr">
+      <c r="ARO8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="ARL8" s="7" t="inlineStr">
+      <c r="ARP8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="ARM8" s="7" t="inlineStr">
+      <c r="ARQ8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="ARN8" s="7" t="inlineStr">
+      <c r="ARR8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="ARO8" s="7" t="inlineStr">
+      <c r="ARS8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="ARP8" s="7" t="inlineStr">
+      <c r="ART8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="ARQ8" s="7" t="inlineStr">
+      <c r="ARU8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="ARR8" s="7" t="inlineStr">
+      <c r="ARV8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="ARS8" s="7" t="inlineStr">
+      <c r="ARW8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="ART8" s="7" t="inlineStr">
+      <c r="ARX8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="ARU8" s="7" t="inlineStr">
+      <c r="ARY8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="ARV8" s="7" t="inlineStr">
+      <c r="ARZ8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="ARW8" s="7" t="inlineStr">
+      <c r="ASA8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="ARX8" s="7" t="inlineStr">
+      <c r="ASB8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="ARY8" s="7" t="inlineStr">
+      <c r="ASC8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="ARZ8" s="7" t="inlineStr">
+      <c r="ASD8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="ASA8" s="7" t="inlineStr">
+      <c r="ASE8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="ASB8" s="7" t="inlineStr">
+      <c r="ASF8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="ASC8" s="7" t="inlineStr">
+      <c r="ASG8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="ASD8" s="7" t="inlineStr">
+      <c r="ASH8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="ASE8" s="7" t="inlineStr">
+      <c r="ASI8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="ASF8" s="7" t="inlineStr">
+      <c r="ASJ8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="ASG8" s="7" t="inlineStr">
+      <c r="ASK8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="ASH8" s="7" t="inlineStr">
+      <c r="ASL8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="ASI8" s="7" t="inlineStr">
+      <c r="ASM8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="ASJ8" s="7" t="inlineStr">
+      <c r="ASN8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="ASK8" s="7" t="inlineStr">
+      <c r="ASO8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="ASL8" s="7" t="inlineStr">
+      <c r="ASP8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="ASM8" s="7" t="inlineStr">
+      <c r="ASQ8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="ASN8" s="7" t="inlineStr">
+      <c r="ASR8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="ASO8" s="7" t="inlineStr">
+      <c r="ASS8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="ASP8" s="7" t="inlineStr">
+      <c r="AST8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="ASQ8" s="7" t="inlineStr">
+      <c r="ASU8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="ASR8" s="7" t="inlineStr">
+      <c r="ASV8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="ASS8" s="7" t="inlineStr">
+      <c r="ASW8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
-      <c r="AST8" s="7" t="inlineStr">
+      <c r="ASX8" s="7" t="inlineStr">
         <is>
           <t>2004M12</t>
         </is>
       </c>
-      <c r="ASU8" s="7" t="inlineStr">
+      <c r="ASY8" s="7" t="inlineStr">
         <is>
           <t>2004M11</t>
         </is>
       </c>
-      <c r="ASV8" s="7" t="inlineStr">
+      <c r="ASZ8" s="7" t="inlineStr">
         <is>
           <t>2004M10</t>
         </is>
       </c>
-      <c r="ASW8" s="7" t="inlineStr">
+      <c r="ATA8" s="7" t="inlineStr">
         <is>
           <t>2004M09</t>
         </is>
       </c>
-      <c r="ASX8" s="7" t="inlineStr">
+      <c r="ATB8" s="7" t="inlineStr">
         <is>
           <t>2004M08</t>
         </is>
       </c>
-      <c r="ASY8" s="7" t="inlineStr">
+      <c r="ATC8" s="7" t="inlineStr">
         <is>
           <t>2004M07</t>
         </is>
       </c>
-      <c r="ASZ8" s="7" t="inlineStr">
+      <c r="ATD8" s="7" t="inlineStr">
         <is>
           <t>2004M06</t>
         </is>
       </c>
-      <c r="ATA8" s="7" t="inlineStr">
+      <c r="ATE8" s="7" t="inlineStr">
         <is>
           <t>2004M05</t>
         </is>
       </c>
-      <c r="ATB8" s="7" t="inlineStr">
+      <c r="ATF8" s="7" t="inlineStr">
         <is>
           <t>2004M04</t>
         </is>
       </c>
-      <c r="ATC8" s="7" t="inlineStr">
+      <c r="ATG8" s="7" t="inlineStr">
         <is>
           <t>2004M03</t>
         </is>
       </c>
-      <c r="ATD8" s="7" t="inlineStr">
+      <c r="ATH8" s="7" t="inlineStr">
         <is>
           <t>2004M02</t>
         </is>
       </c>
-      <c r="ATE8" s="7" t="inlineStr">
+      <c r="ATI8" s="7" t="inlineStr">
         <is>
           <t>2004M01</t>
         </is>
       </c>
-      <c r="ATF8" s="7" t="inlineStr">
+      <c r="ATJ8" s="7" t="inlineStr">
         <is>
           <t>2003M12</t>
         </is>
       </c>
-      <c r="ATG8" s="7" t="inlineStr">
+      <c r="ATK8" s="7" t="inlineStr">
         <is>
           <t>2003M11</t>
         </is>
       </c>
-      <c r="ATH8" s="7" t="inlineStr">
+      <c r="ATL8" s="7" t="inlineStr">
         <is>
           <t>2003M10</t>
         </is>
       </c>
-      <c r="ATI8" s="7" t="inlineStr">
+      <c r="ATM8" s="7" t="inlineStr">
         <is>
           <t>2003M09</t>
         </is>
       </c>
-      <c r="ATJ8" s="7" t="inlineStr">
+      <c r="ATN8" s="7" t="inlineStr">
         <is>
           <t>2003M08</t>
         </is>
       </c>
-      <c r="ATK8" s="7" t="inlineStr">
+      <c r="ATO8" s="7" t="inlineStr">
         <is>
           <t>2003M07</t>
         </is>
       </c>
-      <c r="ATL8" s="7" t="inlineStr">
+      <c r="ATP8" s="7" t="inlineStr">
         <is>
           <t>2003M06</t>
         </is>
       </c>
-      <c r="ATM8" s="7" t="inlineStr">
+      <c r="ATQ8" s="7" t="inlineStr">
         <is>
           <t>2003M05</t>
         </is>
       </c>
-      <c r="ATN8" s="7" t="inlineStr">
+      <c r="ATR8" s="7" t="inlineStr">
         <is>
           <t>2003M04</t>
         </is>
       </c>
-      <c r="ATO8" s="7" t="inlineStr">
+      <c r="ATS8" s="7" t="inlineStr">
         <is>
           <t>2003M03</t>
         </is>
       </c>
-      <c r="ATP8" s="7" t="inlineStr">
+      <c r="ATT8" s="7" t="inlineStr">
         <is>
           <t>2003M02</t>
         </is>
       </c>
-      <c r="ATQ8" s="7" t="inlineStr">
+      <c r="ATU8" s="7" t="inlineStr">
         <is>
           <t>2003M01</t>
         </is>
       </c>
-      <c r="ATR8" s="7" t="inlineStr">
+      <c r="ATV8" s="7" t="inlineStr">
         <is>
           <t>2002M12</t>
         </is>
       </c>
-      <c r="ATS8" s="7" t="inlineStr">
+      <c r="ATW8" s="7" t="inlineStr">
         <is>
           <t>2002M11</t>
         </is>
       </c>
-      <c r="ATT8" s="7" t="inlineStr">
+      <c r="ATX8" s="7" t="inlineStr">
         <is>
           <t>2002M10</t>
         </is>
       </c>
-      <c r="ATU8" s="7" t="inlineStr">
+      <c r="ATY8" s="7" t="inlineStr">
         <is>
           <t>2002M09</t>
         </is>
       </c>
-      <c r="ATV8" s="7" t="inlineStr">
+      <c r="ATZ8" s="7" t="inlineStr">
         <is>
           <t>2002M08</t>
         </is>
       </c>
-      <c r="ATW8" s="7" t="inlineStr">
+      <c r="AUA8" s="7" t="inlineStr">
         <is>
           <t>2002M07</t>
         </is>
       </c>
-      <c r="ATX8" s="7" t="inlineStr">
+      <c r="AUB8" s="7" t="inlineStr">
         <is>
           <t>2002M06</t>
         </is>
       </c>
-      <c r="ATY8" s="7" t="inlineStr">
+      <c r="AUC8" s="7" t="inlineStr">
         <is>
           <t>2002M05</t>
         </is>
       </c>
-      <c r="ATZ8" s="7" t="inlineStr">
+      <c r="AUD8" s="7" t="inlineStr">
         <is>
           <t>2002M04</t>
         </is>
       </c>
-      <c r="AUA8" s="7" t="inlineStr">
+      <c r="AUE8" s="7" t="inlineStr">
         <is>
           <t>2002M03</t>
         </is>
       </c>
-      <c r="AUB8" s="7" t="inlineStr">
+      <c r="AUF8" s="7" t="inlineStr">
         <is>
           <t>2002M02</t>
         </is>
       </c>
-      <c r="AUC8" s="7" t="inlineStr">
+      <c r="AUG8" s="7" t="inlineStr">
         <is>
           <t>2002M01</t>
         </is>
       </c>
-      <c r="AUD8" s="7" t="inlineStr">
+      <c r="AUH8" s="7" t="inlineStr">
         <is>
           <t>2001M12</t>
         </is>
       </c>
-      <c r="AUE8" s="7" t="inlineStr">
+      <c r="AUI8" s="7" t="inlineStr">
         <is>
           <t>2001M11</t>
         </is>
       </c>
-      <c r="AUF8" s="7" t="inlineStr">
+      <c r="AUJ8" s="7" t="inlineStr">
         <is>
           <t>2001M10</t>
         </is>
       </c>
-      <c r="AUG8" s="7" t="inlineStr">
+      <c r="AUK8" s="7" t="inlineStr">
         <is>
           <t>2001M09</t>
         </is>
       </c>
-      <c r="AUH8" s="7" t="inlineStr">
+      <c r="AUL8" s="7" t="inlineStr">
         <is>
           <t>2001M08</t>
         </is>
       </c>
-      <c r="AUI8" s="7" t="inlineStr">
+      <c r="AUM8" s="7" t="inlineStr">
         <is>
           <t>2001M07</t>
         </is>
       </c>
-      <c r="AUJ8" s="7" t="inlineStr">
+      <c r="AUN8" s="7" t="inlineStr">
         <is>
           <t>2001M06</t>
         </is>
       </c>
-      <c r="AUK8" s="7" t="inlineStr">
+      <c r="AUO8" s="7" t="inlineStr">
         <is>
           <t>2001M05</t>
         </is>
       </c>
-      <c r="AUL8" s="7" t="inlineStr">
+      <c r="AUP8" s="7" t="inlineStr">
         <is>
           <t>2001M04</t>
         </is>
       </c>
-      <c r="AUM8" s="7" t="inlineStr">
+      <c r="AUQ8" s="7" t="inlineStr">
         <is>
           <t>2001M03</t>
         </is>
       </c>
-      <c r="AUN8" s="7" t="inlineStr">
+      <c r="AUR8" s="7" t="inlineStr">
         <is>
           <t>2001M02</t>
         </is>
       </c>
-      <c r="AUO8" s="7" t="inlineStr">
+      <c r="AUS8" s="7" t="inlineStr">
         <is>
           <t>2001M01</t>
         </is>
       </c>
-      <c r="AUP8" s="7" t="inlineStr">
+      <c r="AUT8" s="7" t="inlineStr">
         <is>
           <t>2000M12</t>
         </is>
       </c>
-      <c r="AUQ8" s="7" t="inlineStr">
+      <c r="AUU8" s="7" t="inlineStr">
         <is>
           <t>2000M11</t>
         </is>
       </c>
-      <c r="AUR8" s="7" t="inlineStr">
+      <c r="AUV8" s="7" t="inlineStr">
         <is>
           <t>2000M10</t>
         </is>
       </c>
-      <c r="AUS8" s="7" t="inlineStr">
+      <c r="AUW8" s="7" t="inlineStr">
         <is>
           <t>2000M09</t>
         </is>
       </c>
-      <c r="AUT8" s="7" t="inlineStr">
+      <c r="AUX8" s="7" t="inlineStr">
         <is>
           <t>2000M08</t>
         </is>
       </c>
-      <c r="AUU8" s="7" t="inlineStr">
+      <c r="AUY8" s="7" t="inlineStr">
         <is>
           <t>2000M07</t>
         </is>
       </c>
-      <c r="AUV8" s="7" t="inlineStr">
+      <c r="AUZ8" s="7" t="inlineStr">
         <is>
           <t>2000M06</t>
         </is>
       </c>
-      <c r="AUW8" s="7" t="inlineStr">
+      <c r="AVA8" s="7" t="inlineStr">
         <is>
           <t>2000M05</t>
         </is>
       </c>
-      <c r="AUX8" s="7" t="inlineStr">
+      <c r="AVB8" s="7" t="inlineStr">
         <is>
           <t>2000M04</t>
         </is>
       </c>
-      <c r="AUY8" s="7" t="inlineStr">
+      <c r="AVC8" s="7" t="inlineStr">
         <is>
           <t>2000M03</t>
         </is>
       </c>
-      <c r="AUZ8" s="7" t="inlineStr">
+      <c r="AVD8" s="7" t="inlineStr">
         <is>
           <t>2000M02</t>
         </is>
       </c>
-      <c r="AVA8" s="7" t="inlineStr">
+      <c r="AVE8" s="7" t="inlineStr">
         <is>
           <t>2000M01</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        Comercio al por menor sin Estaciones de Servicio (47 sin 473)</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>132.392</v>
+        <v>110.461</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>111.794</v>
+        <v>132.388</v>
       </c>
       <c r="D9" s="14" t="n">
+        <v>111.841</v>
+      </c>
+      <c r="E9" s="14" t="n">
         <v>111.5</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>109.943</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
         <v>109.295</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>119.61</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>111.339</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>108.955</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>104.201</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="L9" s="14" t="n">
         <v>103.286</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="M9" s="14" t="n">
         <v>93.701</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>106.597</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>126.569</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>107.686</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
         <v>106.803</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="R9" s="14" t="n">
         <v>103.241</v>
       </c>
-      <c r="R9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>105.958</v>
       </c>
-      <c r="S9" s="14" t="n">
+      <c r="T9" s="14" t="n">
         <v>114.772</v>
       </c>
-      <c r="T9" s="14" t="n">
+      <c r="U9" s="14" t="n">
         <v>105.182</v>
       </c>
-      <c r="U9" s="14" t="n">
+      <c r="V9" s="14" t="n">
         <v>104.115</v>
       </c>
-      <c r="V9" s="14" t="n">
+      <c r="W9" s="14" t="n">
         <v>100.963</v>
       </c>
-      <c r="W9" s="14" t="n">
+      <c r="X9" s="14" t="n">
         <v>99.451</v>
       </c>
-      <c r="X9" s="14" t="n">
+      <c r="Y9" s="14" t="n">
         <v>92.99</v>
       </c>
-      <c r="Y9" s="14" t="n">
+      <c r="Z9" s="14" t="n">
         <v>104.145</v>
       </c>
-      <c r="Z9" s="14" t="n">
+      <c r="AA9" s="14" t="n">
         <v>122.107</v>
       </c>
-      <c r="AA9" s="14" t="n">
+      <c r="AB9" s="14" t="n">
         <v>105.705</v>
       </c>
-      <c r="AB9" s="14" t="n">
+      <c r="AC9" s="14" t="n">
         <v>101.194</v>
       </c>
-      <c r="AC9" s="14" t="n">
+      <c r="AD9" s="14" t="n">
         <v>101.978</v>
       </c>
-      <c r="AD9" s="14" t="n">
+      <c r="AE9" s="14" t="n">
         <v>102.909</v>
       </c>
-      <c r="AE9" s="14" t="n">
+      <c r="AF9" s="14" t="n">
         <v>111.396</v>
       </c>
-      <c r="AF9" s="14" t="n">
+      <c r="AG9" s="14" t="n">
         <v>106.553</v>
       </c>
-      <c r="AG9" s="14" t="n">
+      <c r="AH9" s="14" t="n">
         <v>103.665</v>
       </c>
-      <c r="AH9" s="14" t="n">
+      <c r="AI9" s="14" t="n">
         <v>98.179</v>
       </c>
-      <c r="AI9" s="14" t="n">
+      <c r="AJ9" s="14" t="n">
         <v>100.686</v>
       </c>
-      <c r="AJ9" s="14" t="n">
+      <c r="AK9" s="14" t="n">
         <v>88.286</v>
       </c>
-      <c r="AK9" s="14" t="n">
+      <c r="AL9" s="14" t="n">
         <v>102.564</v>
       </c>
-      <c r="AL9" s="14" t="n">
+      <c r="AM9" s="14" t="n">
         <v>118.82</v>
       </c>
-      <c r="AM9" s="14" t="n">
+      <c r="AN9" s="14" t="n">
         <v>101.009</v>
       </c>
-      <c r="AN9" s="14" t="n">
+      <c r="AO9" s="14" t="n">
         <v>98.528</v>
       </c>
-      <c r="AO9" s="14" t="n">
+      <c r="AP9" s="14" t="n">
         <v>98.926</v>
       </c>
-      <c r="AP9" s="14" t="n">
+      <c r="AQ9" s="14" t="n">
         <v>100.677</v>
       </c>
-      <c r="AQ9" s="14" t="n">
+      <c r="AR9" s="14" t="n">
         <v>107.436</v>
       </c>
-      <c r="AR9" s="14" t="n">
+      <c r="AS9" s="14" t="n">
         <v>102.449</v>
       </c>
-      <c r="AS9" s="14" t="n">
+      <c r="AT9" s="14" t="n">
         <v>99.409</v>
       </c>
-      <c r="AT9" s="14" t="n">
+      <c r="AU9" s="14" t="n">
         <v>95.696</v>
       </c>
-      <c r="AU9" s="14" t="n">
+      <c r="AV9" s="14" t="n">
         <v>98.146</v>
       </c>
-      <c r="AV9" s="14" t="n">
+      <c r="AW9" s="14" t="n">
         <v>88.611</v>
       </c>
-      <c r="AW9" s="14" t="n">
+      <c r="AX9" s="14" t="n">
         <v>99.855</v>
       </c>
-      <c r="AX9" s="14" t="n">
+      <c r="AY9" s="14" t="n">
         <v>120.865</v>
       </c>
-      <c r="AY9" s="14" t="n">
+      <c r="AZ9" s="14" t="n">
         <v>105.209</v>
       </c>
-      <c r="AZ9" s="14" t="n">
+      <c r="BA9" s="14" t="n">
         <v>100.314</v>
       </c>
-      <c r="BA9" s="14" t="n">
+      <c r="BB9" s="14" t="n">
         <v>98.985</v>
       </c>
-      <c r="BB9" s="14" t="n">
+      <c r="BC9" s="14" t="n">
         <v>98.024</v>
       </c>
-      <c r="BC9" s="14" t="n">
+      <c r="BD9" s="14" t="n">
         <v>109.229</v>
       </c>
-      <c r="BD9" s="14" t="n">
+      <c r="BE9" s="14" t="n">
         <v>101.404</v>
       </c>
-      <c r="BE9" s="14" t="n">
+      <c r="BF9" s="14" t="n">
         <v>96.126</v>
       </c>
-      <c r="BF9" s="14" t="n">
+      <c r="BG9" s="14" t="n">
         <v>92.474</v>
       </c>
-      <c r="BG9" s="14" t="n">
+      <c r="BH9" s="14" t="n">
         <v>98.425</v>
       </c>
-      <c r="BH9" s="14" t="n">
+      <c r="BI9" s="14" t="n">
         <v>84.671</v>
       </c>
-      <c r="BI9" s="14" t="n">
+      <c r="BJ9" s="14" t="n">
         <v>94.274</v>
       </c>
-      <c r="BJ9" s="14" t="n">
+      <c r="BK9" s="14" t="n">
         <v>121.235</v>
       </c>
-      <c r="BK9" s="14" t="n">
+      <c r="BL9" s="14" t="n">
         <v>97.669</v>
       </c>
-      <c r="BL9" s="14" t="n">
+      <c r="BM9" s="14" t="n">
         <v>100.564</v>
       </c>
-      <c r="BM9" s="14" t="n">
+      <c r="BN9" s="14" t="n">
         <v>97.253</v>
       </c>
-      <c r="BN9" s="14" t="n">
+      <c r="BO9" s="14" t="n">
         <v>97.013</v>
       </c>
-      <c r="BO9" s="14" t="n">
+      <c r="BP9" s="14" t="n">
         <v>108.612</v>
       </c>
-      <c r="BP9" s="14" t="n">
+      <c r="BQ9" s="14" t="n">
         <v>100.267</v>
       </c>
-      <c r="BQ9" s="14" t="n">
+      <c r="BR9" s="14" t="n">
         <v>83.082</v>
       </c>
-      <c r="BR9" s="14" t="n">
+      <c r="BS9" s="14" t="n">
         <v>69.805</v>
       </c>
-      <c r="BS9" s="14" t="n">
+      <c r="BT9" s="14" t="n">
         <v>85.215</v>
       </c>
-      <c r="BT9" s="14" t="n">
+      <c r="BU9" s="14" t="n">
         <v>93.164</v>
       </c>
-      <c r="BU9" s="14" t="n">
+      <c r="BV9" s="14" t="n">
         <v>104.364</v>
       </c>
-      <c r="BV9" s="14" t="n">
+      <c r="BW9" s="14" t="n">
         <v>120.855</v>
       </c>
-      <c r="BW9" s="14" t="n">
+      <c r="BX9" s="14" t="n">
         <v>102.576</v>
       </c>
-      <c r="BX9" s="14" t="n">
+      <c r="BY9" s="14" t="n">
         <v>101.829</v>
       </c>
-      <c r="BY9" s="14" t="n">
+      <c r="BZ9" s="14" t="n">
         <v>98.652</v>
       </c>
-      <c r="BZ9" s="14" t="n">
+      <c r="CA9" s="14" t="n">
         <v>101.221</v>
       </c>
-      <c r="CA9" s="14" t="n">
+      <c r="CB9" s="14" t="n">
         <v>111.991</v>
       </c>
-      <c r="CB9" s="14" t="n">
+      <c r="CC9" s="14" t="n">
         <v>101.572</v>
       </c>
-      <c r="CC9" s="14" t="n">
+      <c r="CD9" s="14" t="n">
         <v>100.141</v>
       </c>
-      <c r="CD9" s="14" t="n">
+      <c r="CE9" s="14" t="n">
         <v>95.957</v>
       </c>
-      <c r="CE9" s="14" t="n">
+      <c r="CF9" s="14" t="n">
         <v>96.742</v>
       </c>
-      <c r="CF9" s="14" t="n">
+      <c r="CG9" s="14" t="n">
         <v>87.643</v>
       </c>
-      <c r="CG9" s="14" t="n">
+      <c r="CH9" s="14" t="n">
         <v>102.724</v>
       </c>
-      <c r="CH9" s="14" t="n">
+      <c r="CI9" s="14" t="n">
         <v>117.447</v>
       </c>
-      <c r="CI9" s="14" t="n">
+      <c r="CJ9" s="14" t="n">
         <v>99.241</v>
       </c>
-      <c r="CJ9" s="14" t="n">
+      <c r="CK9" s="14" t="n">
         <v>99.435</v>
       </c>
-      <c r="CK9" s="14" t="n">
+      <c r="CL9" s="14" t="n">
         <v>94.906</v>
       </c>
-      <c r="CL9" s="14" t="n">
+      <c r="CM9" s="14" t="n">
         <v>97.793</v>
       </c>
-      <c r="CM9" s="14" t="n">
+      <c r="CN9" s="14" t="n">
         <v>106.717</v>
       </c>
-      <c r="CN9" s="14" t="n">
+      <c r="CO9" s="14" t="n">
         <v>101.519</v>
       </c>
-      <c r="CO9" s="14" t="n">
+      <c r="CP9" s="14" t="n">
         <v>96.978</v>
       </c>
-      <c r="CP9" s="14" t="n">
+      <c r="CQ9" s="14" t="n">
         <v>93.926</v>
       </c>
-      <c r="CQ9" s="14" t="n">
+      <c r="CR9" s="14" t="n">
         <v>96.67</v>
       </c>
-      <c r="CR9" s="14" t="n">
+      <c r="CS9" s="14" t="n">
         <v>85.964</v>
       </c>
-      <c r="CS9" s="14" t="n">
+      <c r="CT9" s="14" t="n">
         <v>101.225</v>
       </c>
-      <c r="CT9" s="14" t="n">
+      <c r="CU9" s="14" t="n">
         <v>117.656</v>
       </c>
-      <c r="CU9" s="14" t="n">
+      <c r="CV9" s="14" t="n">
         <v>97.86</v>
       </c>
-      <c r="CV9" s="14" t="n">
+      <c r="CW9" s="14" t="n">
         <v>94.618</v>
       </c>
-      <c r="CW9" s="14" t="n">
+      <c r="CX9" s="14" t="n">
         <v>98.265</v>
       </c>
-      <c r="CX9" s="14" t="n">
+      <c r="CY9" s="14" t="n">
         <v>97.485</v>
       </c>
-      <c r="CY9" s="14" t="n">
+      <c r="CZ9" s="14" t="n">
         <v>107.364</v>
       </c>
-      <c r="CZ9" s="14" t="n">
+      <c r="DA9" s="14" t="n">
         <v>100.341</v>
       </c>
-      <c r="DA9" s="14" t="n">
+      <c r="DB9" s="14" t="n">
         <v>96.964</v>
       </c>
-      <c r="DB9" s="14" t="n">
+      <c r="DC9" s="14" t="n">
         <v>93.298</v>
       </c>
-      <c r="DC9" s="14" t="n">
+      <c r="DD9" s="14" t="n">
         <v>95.196</v>
       </c>
-      <c r="DD9" s="14" t="n">
+      <c r="DE9" s="14" t="n">
         <v>84.343</v>
       </c>
-      <c r="DE9" s="14" t="n">
+      <c r="DF9" s="14" t="n">
         <v>98.645</v>
       </c>
-      <c r="DF9" s="14" t="n">
+      <c r="DG9" s="14" t="n">
         <v>116.186</v>
       </c>
-      <c r="DG9" s="14" t="n">
+      <c r="DH9" s="14" t="n">
         <v>95.113</v>
       </c>
-      <c r="DH9" s="14" t="n">
+      <c r="DI9" s="14" t="n">
         <v>96.554</v>
       </c>
-      <c r="DI9" s="14" t="n">
+      <c r="DJ9" s="14" t="n">
         <v>96.639</v>
       </c>
-      <c r="DJ9" s="14" t="n">
+      <c r="DK9" s="14" t="n">
         <v>96.498</v>
       </c>
-      <c r="DK9" s="14" t="n">
+      <c r="DL9" s="14" t="n">
         <v>106.863</v>
       </c>
-      <c r="DL9" s="14" t="n">
+      <c r="DM9" s="14" t="n">
         <v>98.024</v>
       </c>
-      <c r="DM9" s="14" t="n">
+      <c r="DN9" s="14" t="n">
         <v>93.782</v>
       </c>
-      <c r="DN9" s="14" t="n">
+      <c r="DO9" s="14" t="n">
         <v>94.56</v>
       </c>
-      <c r="DO9" s="14" t="n">
+      <c r="DP9" s="14" t="n">
         <v>92.757</v>
       </c>
-      <c r="DP9" s="14" t="n">
+      <c r="DQ9" s="14" t="n">
         <v>86.972</v>
       </c>
-      <c r="DQ9" s="14" t="n">
+      <c r="DR9" s="14" t="n">
         <v>98.607</v>
       </c>
-      <c r="DR9" s="14" t="n">
+      <c r="DS9" s="14" t="n">
         <v>114.263</v>
       </c>
-      <c r="DS9" s="14" t="n">
+      <c r="DT9" s="14" t="n">
         <v>91.293</v>
       </c>
-      <c r="DT9" s="14" t="n">
+      <c r="DU9" s="14" t="n">
         <v>95.748</v>
       </c>
-      <c r="DU9" s="14" t="n">
+      <c r="DV9" s="14" t="n">
         <v>93.274</v>
       </c>
-      <c r="DV9" s="14" t="n">
+      <c r="DW9" s="14" t="n">
         <v>91.757</v>
       </c>
-      <c r="DW9" s="14" t="n">
+      <c r="DX9" s="14" t="n">
         <v>103.832</v>
       </c>
-      <c r="DX9" s="14" t="n">
+      <c r="DY9" s="14" t="n">
         <v>92.72</v>
       </c>
-      <c r="DY9" s="14" t="n">
+      <c r="DZ9" s="14" t="n">
         <v>91.475</v>
       </c>
-      <c r="DZ9" s="14" t="n">
+      <c r="EA9" s="14" t="n">
         <v>88.755</v>
       </c>
-      <c r="EA9" s="14" t="n">
+      <c r="EB9" s="14" t="n">
         <v>89.062</v>
       </c>
-      <c r="EB9" s="14" t="n">
+      <c r="EC9" s="14" t="n">
         <v>80.918</v>
       </c>
-      <c r="EC9" s="14" t="n">
+      <c r="ED9" s="14" t="n">
         <v>96.376</v>
       </c>
-      <c r="ED9" s="14" t="n">
+      <c r="EE9" s="14" t="n">
         <v>110.611</v>
       </c>
-      <c r="EE9" s="14" t="n">
+      <c r="EF9" s="14" t="n">
         <v>87.352</v>
       </c>
-      <c r="EF9" s="14" t="n">
+      <c r="EG9" s="14" t="n">
         <v>91.121</v>
       </c>
-      <c r="EG9" s="14" t="n">
+      <c r="EH9" s="14" t="n">
         <v>89.195</v>
       </c>
-      <c r="EH9" s="14" t="n">
+      <c r="EI9" s="14" t="n">
         <v>89.191</v>
       </c>
-      <c r="EI9" s="14" t="n">
+      <c r="EJ9" s="14" t="n">
         <v>99.785</v>
       </c>
-      <c r="EJ9" s="14" t="n">
+      <c r="EK9" s="14" t="n">
         <v>89.057</v>
       </c>
-      <c r="EK9" s="14" t="n">
+      <c r="EL9" s="14" t="n">
         <v>89.75</v>
       </c>
-      <c r="EL9" s="14" t="n">
+      <c r="EM9" s="14" t="n">
         <v>86.435</v>
       </c>
-      <c r="EM9" s="14" t="n">
+      <c r="EN9" s="14" t="n">
         <v>85.585</v>
       </c>
-      <c r="EN9" s="14" t="n">
+      <c r="EO9" s="14" t="n">
         <v>79.213</v>
       </c>
-      <c r="EO9" s="14" t="n">
+      <c r="EP9" s="14" t="n">
         <v>93.54</v>
       </c>
-      <c r="EP9" s="14" t="n">
+      <c r="EQ9" s="14" t="n">
         <v>105.773</v>
       </c>
-      <c r="EQ9" s="14" t="n">
+      <c r="ER9" s="14" t="n">
         <v>87.09</v>
       </c>
-      <c r="ER9" s="14" t="n">
+      <c r="ES9" s="14" t="n">
         <v>89.403</v>
       </c>
-      <c r="ES9" s="14" t="n">
+      <c r="ET9" s="14" t="n">
         <v>86.895</v>
       </c>
-      <c r="ET9" s="14" t="n">
+      <c r="EU9" s="14" t="n">
         <v>90.274</v>
       </c>
-      <c r="EU9" s="14" t="n">
+      <c r="EV9" s="14" t="n">
         <v>99.972</v>
       </c>
-      <c r="EV9" s="14" t="n">
+      <c r="EW9" s="14" t="n">
         <v>89.12</v>
       </c>
-      <c r="EW9" s="14" t="n">
+      <c r="EX9" s="14" t="n">
         <v>88.732</v>
       </c>
-      <c r="EX9" s="14" t="n">
+      <c r="EY9" s="14" t="n">
         <v>86.333</v>
       </c>
-      <c r="EY9" s="14" t="n">
+      <c r="EZ9" s="14" t="n">
         <v>85.234</v>
       </c>
-      <c r="EZ9" s="14" t="n">
+      <c r="FA9" s="14" t="n">
         <v>79.436</v>
       </c>
-      <c r="FA9" s="14" t="n">
+      <c r="FB9" s="14" t="n">
         <v>93.377</v>
       </c>
-      <c r="FB9" s="14" t="n">
+      <c r="FC9" s="14" t="n">
         <v>105.5</v>
       </c>
-      <c r="FC9" s="14" t="n">
+      <c r="FD9" s="14" t="n">
         <v>84.703</v>
       </c>
-      <c r="FD9" s="14" t="n">
+      <c r="FE9" s="14" t="n">
         <v>89.817</v>
       </c>
-      <c r="FE9" s="14" t="n">
+      <c r="FF9" s="14" t="n">
         <v>85.115</v>
       </c>
-      <c r="FF9" s="14" t="n">
+      <c r="FG9" s="14" t="n">
         <v>96.189</v>
       </c>
-      <c r="FG9" s="14" t="n">
+      <c r="FH9" s="14" t="n">
         <v>103.391</v>
       </c>
-      <c r="FH9" s="14" t="n">
+      <c r="FI9" s="14" t="n">
         <v>97.71</v>
       </c>
-      <c r="FI9" s="14" t="n">
+      <c r="FJ9" s="14" t="n">
         <v>94.927</v>
       </c>
-      <c r="FJ9" s="14" t="n">
+      <c r="FK9" s="14" t="n">
         <v>90.601</v>
       </c>
-      <c r="FK9" s="14" t="n">
+      <c r="FL9" s="14" t="n">
         <v>97.739</v>
       </c>
-      <c r="FL9" s="14" t="n">
+      <c r="FM9" s="14" t="n">
         <v>89.75</v>
       </c>
-      <c r="FM9" s="14" t="n">
+      <c r="FN9" s="14" t="n">
         <v>104.322</v>
       </c>
-      <c r="FN9" s="14" t="n">
+      <c r="FO9" s="14" t="n">
         <v>120.528</v>
       </c>
-      <c r="FO9" s="14" t="n">
+      <c r="FP9" s="14" t="n">
         <v>94.905</v>
       </c>
-      <c r="FP9" s="14" t="n">
+      <c r="FQ9" s="14" t="n">
         <v>100.654</v>
       </c>
-      <c r="FQ9" s="14" t="n">
+      <c r="FR9" s="14" t="n">
         <v>100.144</v>
       </c>
-      <c r="FR9" s="14" t="n">
+      <c r="FS9" s="14" t="n">
         <v>98.428</v>
       </c>
-      <c r="FS9" s="14" t="n">
+      <c r="FT9" s="14" t="n">
         <v>112.054</v>
       </c>
-      <c r="FT9" s="14" t="n">
+      <c r="FU9" s="14" t="n">
         <v>102.75</v>
       </c>
-      <c r="FU9" s="14" t="n">
+      <c r="FV9" s="14" t="n">
         <v>98.98</v>
       </c>
-      <c r="FV9" s="14" t="n">
+      <c r="FW9" s="14" t="n">
         <v>102.167</v>
       </c>
-      <c r="FW9" s="14" t="n">
+      <c r="FX9" s="14" t="n">
         <v>100.859</v>
       </c>
-      <c r="FX9" s="14" t="n">
+      <c r="FY9" s="14" t="n">
         <v>92.514</v>
       </c>
-      <c r="FY9" s="14" t="n">
+      <c r="FZ9" s="14" t="n">
         <v>107.996</v>
       </c>
-      <c r="FZ9" s="14" t="n">
+      <c r="GA9" s="14" t="n">
         <v>128.773</v>
       </c>
-      <c r="GA9" s="14" t="n">
+      <c r="GB9" s="14" t="n">
         <v>102.096</v>
       </c>
-      <c r="GB9" s="14" t="n">
+      <c r="GC9" s="14" t="n">
         <v>107.934</v>
       </c>
-      <c r="GC9" s="14" t="n">
+      <c r="GD9" s="14" t="n">
         <v>105.403</v>
       </c>
-      <c r="GD9" s="14" t="n">
+      <c r="GE9" s="14" t="n">
         <v>102.135</v>
       </c>
-      <c r="GE9" s="14" t="n">
+      <c r="GF9" s="14" t="n">
         <v>118.903</v>
       </c>
-      <c r="GF9" s="14" t="n">
+      <c r="GG9" s="14" t="n">
         <v>112.291</v>
       </c>
-      <c r="GG9" s="14" t="n">
+      <c r="GH9" s="14" t="n">
         <v>106.257</v>
       </c>
-      <c r="GH9" s="14" t="n">
+      <c r="GI9" s="14" t="n">
         <v>105.123</v>
       </c>
-      <c r="GI9" s="14" t="n">
+      <c r="GJ9" s="14" t="n">
         <v>110.859</v>
       </c>
-      <c r="GJ9" s="14" t="n">
+      <c r="GK9" s="14" t="n">
         <v>98.029</v>
       </c>
-      <c r="GK9" s="14" t="n">
+      <c r="GL9" s="14" t="n">
         <v>114.549</v>
       </c>
-      <c r="GL9" s="14" t="n">
+      <c r="GM9" s="14" t="n">
         <v>135.659</v>
       </c>
-      <c r="GM9" s="14" t="n">
+      <c r="GN9" s="14" t="n">
         <v>103.771</v>
       </c>
-      <c r="GN9" s="14" t="n">
+      <c r="GO9" s="14" t="n">
         <v>111.933</v>
       </c>
-      <c r="GO9" s="14" t="n">
+      <c r="GP9" s="14" t="n">
         <v>109.518</v>
       </c>
-      <c r="GP9" s="14" t="n">
+      <c r="GQ9" s="14" t="n">
         <v>104.44</v>
       </c>
-      <c r="GQ9" s="14" t="n">
+      <c r="GR9" s="14" t="n">
         <v>122.404</v>
       </c>
-      <c r="GR9" s="14" t="n">
+      <c r="GS9" s="14" t="n">
         <v>110.282</v>
       </c>
-      <c r="GS9" s="14" t="n">
+      <c r="GT9" s="14" t="n">
         <v>106.573</v>
       </c>
-      <c r="GT9" s="14" t="n">
+      <c r="GU9" s="14" t="n">
         <v>106.105</v>
       </c>
-      <c r="GU9" s="14" t="n">
+      <c r="GV9" s="14" t="n">
         <v>104.973</v>
       </c>
-      <c r="GV9" s="14" t="n">
+      <c r="GW9" s="14" t="n">
         <v>97.52</v>
       </c>
-      <c r="GW9" s="14" t="n">
+      <c r="GX9" s="14" t="n">
         <v>118.129</v>
       </c>
-      <c r="GX9" s="14" t="n">
+      <c r="GY9" s="14" t="n">
         <v>135.813</v>
       </c>
-      <c r="GY9" s="14" t="n">
+      <c r="GZ9" s="14" t="n">
         <v>107.58</v>
       </c>
-      <c r="GZ9" s="14" t="n">
+      <c r="HA9" s="14" t="n">
         <v>116.473</v>
       </c>
-      <c r="HA9" s="14" t="n">
+      <c r="HB9" s="14" t="n">
         <v>113.936</v>
       </c>
-      <c r="HB9" s="14" t="n">
+      <c r="HC9" s="14" t="n">
         <v>109.464</v>
       </c>
-      <c r="HC9" s="14" t="n">
+      <c r="HD9" s="14" t="n">
         <v>128.668</v>
       </c>
-      <c r="HD9" s="14" t="n">
+      <c r="HE9" s="14" t="n">
         <v>113.665</v>
       </c>
-      <c r="HE9" s="14" t="n">
+      <c r="HF9" s="14" t="n">
         <v>116.83</v>
       </c>
-      <c r="HF9" s="14" t="n">
+      <c r="HG9" s="14" t="n">
         <v>116.103</v>
       </c>
-      <c r="HG9" s="14" t="n">
+      <c r="HH9" s="14" t="n">
         <v>114.52</v>
       </c>
-      <c r="HH9" s="14" t="n">
+      <c r="HI9" s="14" t="n">
         <v>111.452</v>
       </c>
-      <c r="HI9" s="14" t="n">
+      <c r="HJ9" s="14" t="n">
         <v>126.718</v>
       </c>
-      <c r="HJ9" s="14" t="n">
+      <c r="HK9" s="14" t="n">
         <v>147.76</v>
       </c>
-      <c r="HK9" s="14" t="n">
+      <c r="HL9" s="14" t="n">
         <v>120.817</v>
       </c>
-      <c r="HL9" s="14" t="n">
+      <c r="HM9" s="14" t="n">
         <v>125.492</v>
       </c>
-      <c r="HM9" s="14" t="n">
+      <c r="HN9" s="14" t="n">
         <v>120.675</v>
       </c>
-      <c r="HN9" s="14" t="n">
+      <c r="HO9" s="14" t="n">
         <v>118.217</v>
       </c>
-      <c r="HO9" s="14" t="n">
+      <c r="HP9" s="14" t="n">
         <v>133.914</v>
       </c>
-      <c r="HP9" s="14" t="n">
+      <c r="HQ9" s="14" t="n">
         <v>125.223</v>
       </c>
-      <c r="HQ9" s="14" t="n">
+      <c r="HR9" s="14" t="n">
         <v>122.643</v>
       </c>
-      <c r="HR9" s="14" t="n">
+      <c r="HS9" s="14" t="n">
         <v>116.294</v>
       </c>
-      <c r="HS9" s="14" t="n">
+      <c r="HT9" s="14" t="n">
         <v>125.358</v>
       </c>
-      <c r="HT9" s="14" t="n">
+      <c r="HU9" s="14" t="n">
         <v>110.096</v>
       </c>
-      <c r="HU9" s="14" t="n">
+      <c r="HV9" s="14" t="n">
         <v>128.118</v>
       </c>
-      <c r="HV9" s="14" t="n">
+      <c r="HW9" s="14" t="n">
         <v>150.428</v>
       </c>
-      <c r="HW9" s="14" t="n">
+      <c r="HX9" s="14" t="n">
         <v>119.597</v>
       </c>
-      <c r="HX9" s="14" t="n">
+      <c r="HY9" s="14" t="n">
         <v>121.59</v>
       </c>
-      <c r="HY9" s="14" t="n">
+      <c r="HZ9" s="14" t="n">
         <v>120.197</v>
       </c>
-      <c r="HZ9" s="14" t="n">
+      <c r="IA9" s="14" t="n">
         <v>114.061</v>
       </c>
-      <c r="IA9" s="14" t="n">
+      <c r="IB9" s="14" t="n">
         <v>130.222</v>
       </c>
-      <c r="IB9" s="14" t="n">
+      <c r="IC9" s="14" t="n">
         <v>120.89</v>
       </c>
-      <c r="IC9" s="14" t="n">
+      <c r="ID9" s="14" t="n">
         <v>119.661</v>
       </c>
-      <c r="ID9" s="14" t="n">
+      <c r="IE9" s="14" t="n">
         <v>114.789</v>
       </c>
-      <c r="IE9" s="14" t="n">
+      <c r="IF9" s="14" t="n">
         <v>119.154</v>
       </c>
-      <c r="IF9" s="14" t="n">
+      <c r="IG9" s="14" t="n">
         <v>107.037</v>
       </c>
-      <c r="IG9" s="14" t="n">
+      <c r="IH9" s="14" t="n">
         <v>123.329</v>
       </c>
-      <c r="IH9" s="14" t="n">
+      <c r="II9" s="14" t="n">
         <v>147.052</v>
       </c>
-      <c r="II9" s="14" t="n">
+      <c r="IJ9" s="14" t="n">
         <v>115.767</v>
       </c>
-      <c r="IJ9" s="14" t="n">
+      <c r="IK9" s="14" t="n">
         <v>119.38</v>
       </c>
-      <c r="IK9" s="14" t="n">
+      <c r="IL9" s="14" t="n">
         <v>117.388</v>
       </c>
-      <c r="IL9" s="14" t="n">
+      <c r="IM9" s="14" t="n">
         <v>109.694</v>
       </c>
-      <c r="IM9" s="14" t="n">
+      <c r="IN9" s="14" t="n">
         <v>127.13</v>
       </c>
-      <c r="IN9" s="14" t="n">
+      <c r="IO9" s="14" t="n">
         <v>118.908</v>
       </c>
-      <c r="IO9" s="14" t="n">
+      <c r="IP9" s="14" t="n">
         <v>115.273</v>
       </c>
-      <c r="IP9" s="14" t="n">
+      <c r="IQ9" s="14" t="n">
         <v>117.65</v>
       </c>
-      <c r="IQ9" s="14" t="n">
+      <c r="IR9" s="14" t="n">
         <v>115.267</v>
       </c>
-      <c r="IR9" s="14" t="n">
+      <c r="IS9" s="14" t="n">
         <v>105.629</v>
       </c>
-      <c r="IS9" s="14" t="n">
+      <c r="IT9" s="14" t="n">
         <v>122.242</v>
       </c>
-      <c r="IT9" s="14" t="n">
+      <c r="IU9" s="14" t="n">
         <v>145.546</v>
       </c>
-      <c r="IU9" s="14" t="n">
+      <c r="IV9" s="14" t="n">
         <v>115.02</v>
       </c>
-      <c r="IV9" s="14" t="n">
+      <c r="IW9" s="14" t="n">
         <v>118.722</v>
       </c>
-      <c r="IW9" s="14" t="n">
+      <c r="IX9" s="14" t="n">
         <v>114.046</v>
       </c>
-      <c r="IX9" s="14" t="n">
+      <c r="IY9" s="14" t="n">
         <v>105.568</v>
       </c>
-      <c r="IY9" s="14" t="n">
+      <c r="IZ9" s="14" t="n">
         <v>128.197</v>
       </c>
-      <c r="IZ9" s="14" t="n">
+      <c r="JA9" s="14" t="n">
         <v>117.113</v>
       </c>
-      <c r="JA9" s="14" t="n">
+      <c r="JB9" s="14" t="n">
         <v>113.045</v>
       </c>
-      <c r="JB9" s="14" t="n">
+      <c r="JC9" s="14" t="n">
         <v>113.101</v>
       </c>
-      <c r="JC9" s="14" t="n">
+      <c r="JD9" s="14" t="n">
         <v>112.971</v>
       </c>
-      <c r="JD9" s="14" t="n">
+      <c r="JE9" s="14" t="n">
         <v>104.092</v>
       </c>
-      <c r="JE9" s="14" t="n">
+      <c r="JF9" s="14" t="n">
         <v>121.689</v>
       </c>
-      <c r="JF9" s="14" t="n">
+      <c r="JG9" s="14" t="n">
         <v>141.0</v>
       </c>
-      <c r="JG9" s="14" t="n">
+      <c r="JH9" s="14" t="n">
         <v>108.825</v>
       </c>
-      <c r="JH9" s="14" t="n">
+      <c r="JI9" s="14" t="n">
         <v>118.773</v>
       </c>
-      <c r="JI9" s="14" t="n">
+      <c r="JJ9" s="14" t="n">
         <v>112.41</v>
       </c>
-      <c r="JJ9" s="14" t="n">
+      <c r="JK9" s="14" t="n">
         <v>105.741</v>
       </c>
-      <c r="JK9" s="14" t="n">
+      <c r="JL9" s="14" t="n">
         <v>123.861</v>
       </c>
-      <c r="JL9" s="14" t="n">
+      <c r="JM9" s="14" t="n">
         <v>112.147</v>
       </c>
-      <c r="JM9" s="14" t="n">
+      <c r="JN9" s="14" t="n">
         <v>112.734</v>
       </c>
-      <c r="JN9" s="14" t="n">
+      <c r="JO9" s="14" t="n">
         <v>108.966</v>
       </c>
-      <c r="JO9" s="14" t="n">
+      <c r="JP9" s="14" t="n">
         <v>107.729</v>
       </c>
-      <c r="JP9" s="14" t="n">
+      <c r="JQ9" s="14" t="n">
         <v>99.41</v>
       </c>
-      <c r="JQ9" s="14" t="n">
+      <c r="JR9" s="14" t="n">
         <v>117.215</v>
       </c>
-      <c r="JR9" s="14" t="n">
+      <c r="JS9" s="14" t="n">
         <v>134.581</v>
       </c>
-      <c r="JS9" s="14" t="n">
+      <c r="JT9" s="14" t="n">
         <v>107.602</v>
       </c>
-      <c r="JT9" s="14" t="n">
+      <c r="JU9" s="14" t="n">
         <v>113.699</v>
       </c>
-      <c r="JU9" s="14" t="n">
+      <c r="JV9" s="14" t="n">
         <v>108.493</v>
       </c>
-      <c r="JV9" s="14" t="n">
+      <c r="JW9" s="14" t="n">
         <v>105.528</v>
       </c>
-      <c r="JW9" s="14" t="n">
+      <c r="JX9" s="14" t="n">
         <v>120.276</v>
       </c>
-      <c r="JX9" s="14" t="n">
+      <c r="JY9" s="14" t="n">
         <v>108.5</v>
       </c>
-      <c r="JY9" s="14" t="n">
+      <c r="JZ9" s="14" t="n">
         <v>109.403</v>
       </c>
-      <c r="JZ9" s="14" t="n">
+      <c r="KA9" s="14" t="n">
         <v>106.298</v>
       </c>
-      <c r="KA9" s="14" t="n">
+      <c r="KB9" s="14" t="n">
         <v>106.329</v>
       </c>
-      <c r="KB9" s="14" t="n">
+      <c r="KC9" s="14" t="n">
         <v>96.766</v>
       </c>
-      <c r="KC9" s="14" t="n">
+      <c r="KD9" s="14" t="n">
         <v>113.915</v>
       </c>
-      <c r="KD9" s="14" t="n">
+      <c r="KE9" s="14" t="n">
         <v>135.576</v>
       </c>
-      <c r="KE9" s="14" t="n">
+      <c r="KF9" s="14" t="n">
         <v>103.496</v>
       </c>
-      <c r="KF9" s="14" t="n">
+      <c r="KG9" s="14" t="n">
         <v>108.363</v>
       </c>
-      <c r="KG9" s="14" t="n">
+      <c r="KH9" s="14" t="n">
         <v>101.857</v>
       </c>
-      <c r="KH9" s="14" t="n">
+      <c r="KI9" s="14" t="n">
         <v>101.818</v>
       </c>
-      <c r="KI9" s="14" t="n">
+      <c r="KJ9" s="14" t="n">
         <v>113.624</v>
       </c>
-      <c r="KJ9" s="14" t="n">
+      <c r="KK9" s="14" t="n">
         <v>108.93</v>
       </c>
-      <c r="KK9" s="14" t="n">
+      <c r="KL9" s="14" t="n">
         <v>104.977</v>
       </c>
-      <c r="KL9" s="14" t="n">
+      <c r="KM9" s="14" t="n">
         <v>99.695</v>
       </c>
-      <c r="KM9" s="14" t="n">
+      <c r="KN9" s="14" t="n">
         <v>104.061</v>
       </c>
-      <c r="KN9" s="14" t="n">
+      <c r="KO9" s="14" t="n">
         <v>92.945</v>
       </c>
-      <c r="KO9" s="14" t="n">
+      <c r="KP9" s="14" t="n">
         <v>113.043</v>
       </c>
-      <c r="KP9" s="14" t="n">
+      <c r="KQ9" s="14" t="n">
         <v>132.492</v>
       </c>
-      <c r="KQ9" s="14" t="n">
+      <c r="KR9" s="14" t="n">
         <v>102.257</v>
       </c>
-      <c r="KR9" s="14" t="n">
+      <c r="KS9" s="14" t="n">
         <v>104.946</v>
       </c>
-      <c r="KS9" s="14" t="n">
+      <c r="KT9" s="14" t="n">
         <v>102.301</v>
       </c>
-      <c r="KT9" s="14" t="n">
+      <c r="KU9" s="14" t="n">
         <v>96.221</v>
       </c>
-      <c r="KU9" s="14" t="n">
+      <c r="KV9" s="14" t="n">
         <v>111.395</v>
       </c>
-      <c r="KV9" s="14" t="n">
+      <c r="KW9" s="14" t="n">
         <v>104.479</v>
       </c>
-      <c r="KW9" s="14" t="n">
+      <c r="KX9" s="14" t="n">
         <v>102.693</v>
       </c>
-      <c r="KX9" s="14" t="n">
+      <c r="KY9" s="14" t="n">
         <v>98.013</v>
       </c>
-      <c r="KY9" s="14" t="n">
+      <c r="KZ9" s="14" t="n">
         <v>100.578</v>
       </c>
-      <c r="KZ9" s="14" t="n">
+      <c r="LA9" s="14" t="n">
         <v>91.623</v>
       </c>
-      <c r="LA9" s="14" t="n">
+      <c r="LB9" s="14" t="n">
         <v>106.466</v>
       </c>
-      <c r="LB9" s="15" t="n">
+      <c r="LC9" s="15" t="n">
+        <v>-16.6</v>
+      </c>
+      <c r="LD9" s="15" t="n">
         <v>18.4</v>
       </c>
-      <c r="LC9" s="15" t="n">
+      <c r="LE9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="LD9" s="15" t="n">
+      <c r="LF9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="LE9" s="15" t="n">
+      <c r="LG9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="LF9" s="15" t="n">
+      <c r="LH9" s="15" t="n">
         <v>-8.6</v>
       </c>
-      <c r="LG9" s="15" t="n">
+      <c r="LI9" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="LH9" s="15" t="n">
+      <c r="LJ9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="LI9" s="15" t="n">
+      <c r="LK9" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="LJ9" s="15" t="n">
+      <c r="LL9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="LK9" s="15" t="n">
+      <c r="LM9" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="LL9" s="15" t="n">
+      <c r="LN9" s="15" t="n">
         <v>-12.1</v>
       </c>
-      <c r="LM9" s="15" t="n">
+      <c r="LO9" s="15" t="n">
         <v>-15.8</v>
       </c>
-      <c r="LN9" s="15" t="n">
+      <c r="LP9" s="15" t="n">
         <v>17.5</v>
       </c>
-      <c r="LO9" s="15" t="n">
+      <c r="LQ9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="LP9" s="15" t="n">
+      <c r="LR9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="LQ9" s="15" t="n">
+      <c r="LS9" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="LR9" s="15" t="n">
+      <c r="LT9" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="LS9" s="15" t="n">
+      <c r="LU9" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="LT9" s="15" t="n">
+      <c r="LV9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="LU9" s="15" t="n">
+      <c r="LW9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="LV9" s="15" t="n">
+      <c r="LX9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="LW9" s="15" t="n">
+      <c r="LY9" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="LX9" s="15" t="n">
+      <c r="LZ9" s="15" t="n">
         <v>-10.7</v>
       </c>
-      <c r="LY9" s="15" t="n">
+      <c r="MA9" s="15" t="n">
         <v>-14.7</v>
       </c>
-      <c r="LZ9" s="15" t="n">
+      <c r="MB9" s="15" t="n">
         <v>15.5</v>
       </c>
-      <c r="MA9" s="15" t="n">
+      <c r="MC9" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="MB9" s="15" t="n">
+      <c r="MD9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="MC9" s="15" t="n">
+      <c r="ME9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="MD9" s="15" t="n">
+      <c r="MF9" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="ME9" s="15" t="n">
+      <c r="MG9" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="MF9" s="15" t="n">
+      <c r="MH9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="MG9" s="15" t="n">
+      <c r="MI9" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="MH9" s="15" t="n">
+      <c r="MJ9" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="MI9" s="15" t="n">
+      <c r="MK9" s="15" t="n">
         <v>14.0</v>
       </c>
-      <c r="MJ9" s="15" t="n">
+      <c r="ML9" s="15" t="n">
         <v>-13.9</v>
       </c>
-      <c r="MK9" s="15" t="n">
+      <c r="MM9" s="15" t="n">
         <v>-13.7</v>
       </c>
-      <c r="ML9" s="15" t="n">
+      <c r="MN9" s="15" t="n">
         <v>17.6</v>
       </c>
-      <c r="MM9" s="15" t="n">
+      <c r="MO9" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="MN9" s="15" t="n">
+      <c r="MP9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="MO9" s="15" t="n">
+      <c r="MQ9" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="MP9" s="15" t="n">
+      <c r="MR9" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="MQ9" s="15" t="n">
+      <c r="MS9" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="MR9" s="15" t="n">
+      <c r="MT9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="MS9" s="15" t="n">
+      <c r="MU9" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="MT9" s="15" t="n">
+      <c r="MV9" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="MU9" s="15" t="n">
+      <c r="MW9" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="MV9" s="15" t="n">
+      <c r="MX9" s="15" t="n">
         <v>-11.3</v>
       </c>
-      <c r="MW9" s="15" t="n">
+      <c r="MY9" s="15" t="n">
         <v>-17.4</v>
       </c>
-      <c r="MX9" s="15" t="n">
+      <c r="MZ9" s="15" t="n">
         <v>14.9</v>
       </c>
-      <c r="MY9" s="15" t="n">
+      <c r="NA9" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="MZ9" s="15" t="n">
+      <c r="NB9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="NA9" s="15" t="n">
+      <c r="NC9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="NB9" s="15" t="n">
+      <c r="ND9" s="15" t="n">
         <v>-10.3</v>
       </c>
-      <c r="NC9" s="15" t="n">
+      <c r="NE9" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="ND9" s="15" t="n">
+      <c r="NF9" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="NE9" s="15" t="n">
+      <c r="NG9" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="NF9" s="15" t="n">
+      <c r="NH9" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="NG9" s="15" t="n">
+      <c r="NI9" s="15" t="n">
         <v>16.2</v>
       </c>
-      <c r="NH9" s="15" t="n">
+      <c r="NJ9" s="15" t="n">
         <v>-10.2</v>
       </c>
-      <c r="NI9" s="15" t="n">
+      <c r="NK9" s="15" t="n">
         <v>-22.2</v>
       </c>
-      <c r="NJ9" s="15" t="n">
+      <c r="NL9" s="15" t="n">
         <v>24.1</v>
       </c>
-      <c r="NK9" s="15" t="n">
+      <c r="NM9" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="NL9" s="15" t="n">
+      <c r="NN9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="NM9" s="15" t="n">
+      <c r="NO9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NN9" s="15" t="n">
+      <c r="NP9" s="15" t="n">
         <v>-10.7</v>
       </c>
-      <c r="NO9" s="15" t="n">
+      <c r="NQ9" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="NP9" s="15" t="n">
+      <c r="NR9" s="15" t="n">
         <v>20.7</v>
       </c>
-      <c r="NQ9" s="15" t="n">
+      <c r="NS9" s="15" t="n">
         <v>19.0</v>
       </c>
-      <c r="NR9" s="15" t="n">
+      <c r="NT9" s="15" t="n">
         <v>-18.1</v>
       </c>
-      <c r="NS9" s="15" t="n">
+      <c r="NU9" s="15" t="n">
         <v>-8.5</v>
       </c>
-      <c r="NT9" s="15" t="n">
+      <c r="NV9" s="15" t="n">
         <v>-10.7</v>
       </c>
-      <c r="NU9" s="15" t="n">
+      <c r="NW9" s="15" t="n">
         <v>-13.6</v>
       </c>
-      <c r="NV9" s="15" t="n">
+      <c r="NX9" s="15" t="n">
         <v>17.8</v>
       </c>
-      <c r="NW9" s="15" t="n">
+      <c r="NY9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="NX9" s="15" t="n">
+      <c r="NZ9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="NY9" s="15" t="n">
+      <c r="OA9" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="NZ9" s="15" t="n">
+      <c r="OB9" s="15" t="n">
         <v>-9.6</v>
       </c>
-      <c r="OA9" s="15" t="n">
+      <c r="OC9" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="OB9" s="15" t="n">
+      <c r="OD9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="OC9" s="15" t="n">
+      <c r="OE9" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="OD9" s="15" t="n">
+      <c r="OF9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="OE9" s="15" t="n">
+      <c r="OG9" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="OF9" s="15" t="n">
+      <c r="OH9" s="15" t="n">
         <v>-14.7</v>
       </c>
-      <c r="OG9" s="15" t="n">
+      <c r="OI9" s="15" t="n">
         <v>-12.5</v>
       </c>
-      <c r="OH9" s="15" t="n">
+      <c r="OJ9" s="15" t="n">
         <v>18.3</v>
       </c>
-      <c r="OI9" s="15" t="n">
+      <c r="OK9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OJ9" s="15" t="n">
+      <c r="OL9" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="OK9" s="15" t="n">
+      <c r="OM9" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="OL9" s="15" t="n">
+      <c r="ON9" s="15" t="n">
         <v>-8.4</v>
       </c>
-      <c r="OM9" s="15" t="n">
+      <c r="OO9" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="ON9" s="15" t="n">
+      <c r="OP9" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="OO9" s="15" t="n">
+      <c r="OQ9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="OP9" s="15" t="n">
+      <c r="OR9" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="OQ9" s="15" t="n">
+      <c r="OS9" s="15" t="n">
         <v>12.5</v>
       </c>
-      <c r="OR9" s="15" t="n">
+      <c r="OT9" s="15" t="n">
         <v>-15.1</v>
       </c>
-      <c r="OS9" s="15" t="n">
+      <c r="OU9" s="15" t="n">
         <v>-14.0</v>
       </c>
-      <c r="OT9" s="15" t="n">
+      <c r="OV9" s="15" t="n">
         <v>20.2</v>
       </c>
-      <c r="OU9" s="15" t="n">
+      <c r="OW9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="OV9" s="15" t="n">
+      <c r="OX9" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="OW9" s="15" t="n">
+      <c r="OY9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="OX9" s="15" t="n">
+      <c r="OZ9" s="15" t="n">
         <v>-9.2</v>
       </c>
-      <c r="OY9" s="15" t="n">
+      <c r="PA9" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="OZ9" s="15" t="n">
+      <c r="PB9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="PA9" s="15" t="n">
+      <c r="PC9" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="PB9" s="15" t="n">
+      <c r="PD9" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="PC9" s="15" t="n">
+      <c r="PE9" s="15" t="n">
         <v>12.9</v>
       </c>
-      <c r="PD9" s="15" t="n">
+      <c r="PF9" s="15" t="n">
         <v>-14.5</v>
       </c>
-      <c r="PE9" s="15" t="n">
+      <c r="PG9" s="15" t="n">
         <v>-15.1</v>
       </c>
-      <c r="PF9" s="15" t="n">
+      <c r="PH9" s="15" t="n">
         <v>22.2</v>
       </c>
-      <c r="PG9" s="15" t="n">
+      <c r="PI9" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="PH9" s="15" t="n">
+      <c r="PJ9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PI9" s="15" t="n">
+      <c r="PK9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PJ9" s="15" t="n">
+      <c r="PL9" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="PK9" s="15" t="n">
+      <c r="PM9" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="PL9" s="15" t="n">
+      <c r="PN9" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="PM9" s="15" t="n">
+      <c r="PO9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="PN9" s="15" t="n">
+      <c r="PP9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="PO9" s="15" t="n">
+      <c r="PQ9" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="PP9" s="15" t="n">
+      <c r="PR9" s="15" t="n">
         <v>-11.8</v>
       </c>
-      <c r="PQ9" s="15" t="n">
+      <c r="PS9" s="15" t="n">
         <v>-13.7</v>
       </c>
-      <c r="PR9" s="15" t="n">
+      <c r="PT9" s="15" t="n">
         <v>25.2</v>
       </c>
-      <c r="PS9" s="15" t="n">
+      <c r="PU9" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="PT9" s="15" t="n">
+      <c r="PV9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="PU9" s="15" t="n">
+      <c r="PW9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="PV9" s="15" t="n">
+      <c r="PX9" s="15" t="n">
         <v>-11.6</v>
       </c>
-      <c r="PW9" s="15" t="n">
+      <c r="PY9" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="PX9" s="15" t="n">
+      <c r="PZ9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="PY9" s="15" t="n">
+      <c r="QA9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="PZ9" s="15" t="n">
+      <c r="QB9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="QA9" s="15" t="n">
+      <c r="QC9" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="QB9" s="15" t="n">
+      <c r="QD9" s="15" t="n">
         <v>-16.0</v>
       </c>
-      <c r="QC9" s="15" t="n">
+      <c r="QE9" s="15" t="n">
         <v>-12.9</v>
       </c>
-      <c r="QD9" s="15" t="n">
+      <c r="QF9" s="15" t="n">
         <v>26.6</v>
       </c>
-      <c r="QE9" s="15" t="n">
+      <c r="QG9" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="QF9" s="15" t="n">
+      <c r="QH9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="QG9" s="15" t="n">
+      <c r="QI9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QH9" s="15" t="n">
+      <c r="QJ9" s="15" t="n">
         <v>-10.6</v>
       </c>
-      <c r="QI9" s="15" t="n">
+      <c r="QK9" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="QJ9" s="15" t="n">
+      <c r="QL9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="QK9" s="15" t="n">
+      <c r="QM9" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="QL9" s="15" t="n">
+      <c r="QN9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="QM9" s="15" t="n">
+      <c r="QO9" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="QN9" s="15" t="n">
+      <c r="QP9" s="15" t="n">
         <v>-15.3</v>
       </c>
-      <c r="QO9" s="15" t="n">
+      <c r="QQ9" s="15" t="n">
         <v>-11.6</v>
       </c>
-      <c r="QP9" s="15" t="n">
+      <c r="QR9" s="15" t="n">
         <v>21.5</v>
       </c>
-      <c r="QQ9" s="15" t="n">
+      <c r="QS9" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="QR9" s="15" t="n">
+      <c r="QT9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="QS9" s="15" t="n">
+      <c r="QU9" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="QT9" s="15" t="n">
+      <c r="QV9" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="QU9" s="15" t="n">
+      <c r="QW9" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="QV9" s="15" t="n">
+      <c r="QX9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="QW9" s="15" t="n">
+      <c r="QY9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="QX9" s="15" t="n">
+      <c r="QZ9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="QY9" s="15" t="n">
+      <c r="RA9" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="QZ9" s="15" t="n">
+      <c r="RB9" s="15" t="n">
         <v>-14.9</v>
       </c>
-      <c r="RA9" s="15" t="n">
+      <c r="RC9" s="15" t="n">
         <v>-11.5</v>
       </c>
-      <c r="RB9" s="15" t="n">
+      <c r="RD9" s="15" t="n">
         <v>24.6</v>
       </c>
-      <c r="RC9" s="15" t="n">
+      <c r="RE9" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="RD9" s="15" t="n">
+      <c r="RF9" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="RE9" s="15" t="n">
+      <c r="RG9" s="15" t="n">
         <v>-11.5</v>
       </c>
-      <c r="RF9" s="15" t="n">
+      <c r="RH9" s="15" t="n">
         <v>-7.0</v>
       </c>
-      <c r="RG9" s="15" t="n">
+      <c r="RI9" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="RH9" s="15" t="n">
+      <c r="RJ9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="RI9" s="15" t="n">
+      <c r="RK9" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="RJ9" s="15" t="n">
+      <c r="RL9" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="RK9" s="15" t="n">
+      <c r="RM9" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="RL9" s="15" t="n">
+      <c r="RN9" s="15" t="n">
         <v>-14.0</v>
       </c>
-      <c r="RM9" s="15" t="n">
+      <c r="RO9" s="15" t="n">
         <v>-13.4</v>
       </c>
-      <c r="RN9" s="15" t="n">
+      <c r="RP9" s="15" t="n">
         <v>27.0</v>
       </c>
-      <c r="RO9" s="15" t="n">
+      <c r="RQ9" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="RP9" s="15" t="n">
+      <c r="RR9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="RQ9" s="15" t="n">
+      <c r="RS9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="RR9" s="15" t="n">
+      <c r="RT9" s="15" t="n">
         <v>-12.2</v>
       </c>
-      <c r="RS9" s="15" t="n">
+      <c r="RU9" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="RT9" s="15" t="n">
+      <c r="RV9" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="RU9" s="15" t="n">
+      <c r="RW9" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="RV9" s="15" t="n">
+      <c r="RX9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="RW9" s="15" t="n">
+      <c r="RY9" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="RX9" s="15" t="n">
+      <c r="RZ9" s="15" t="n">
         <v>-14.3</v>
       </c>
-      <c r="RY9" s="15" t="n">
+      <c r="SA9" s="15" t="n">
         <v>-16.1</v>
       </c>
-      <c r="RZ9" s="15" t="n">
+      <c r="SB9" s="15" t="n">
         <v>26.1</v>
       </c>
-      <c r="SA9" s="15" t="n">
+      <c r="SC9" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="SB9" s="15" t="n">
+      <c r="SD9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="SC9" s="15" t="n">
+      <c r="SE9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="SD9" s="15" t="n">
+      <c r="SF9" s="15" t="n">
         <v>-14.1</v>
       </c>
-      <c r="SE9" s="15" t="n">
+      <c r="SG9" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="SF9" s="15" t="n">
+      <c r="SH9" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="SG9" s="15" t="n">
+      <c r="SI9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="SH9" s="15" t="n">
+      <c r="SJ9" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="SI9" s="15" t="n">
+      <c r="SK9" s="15" t="n">
         <v>13.1</v>
       </c>
-      <c r="SJ9" s="15" t="n">
+      <c r="SL9" s="15" t="n">
         <v>-14.4</v>
       </c>
-      <c r="SK9" s="15" t="n">
+      <c r="SM9" s="15" t="n">
         <v>-15.6</v>
       </c>
-      <c r="SL9" s="15" t="n">
+      <c r="SN9" s="15" t="n">
         <v>30.7</v>
       </c>
-      <c r="SM9" s="15" t="n">
+      <c r="SO9" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="SN9" s="15" t="n">
+      <c r="SP9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="SO9" s="15" t="n">
+      <c r="SQ9" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="SP9" s="15" t="n">
+      <c r="SR9" s="15" t="n">
         <v>-14.7</v>
       </c>
-      <c r="SQ9" s="15" t="n">
+      <c r="SS9" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="SR9" s="15" t="n">
+      <c r="ST9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="SS9" s="15" t="n">
+      <c r="SU9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ST9" s="15" t="n">
+      <c r="SV9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="SU9" s="15" t="n">
+      <c r="SW9" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="SV9" s="15" t="n">
+      <c r="SX9" s="15" t="n">
         <v>-17.4</v>
       </c>
-      <c r="SW9" s="15" t="n">
+      <c r="SY9" s="15" t="n">
         <v>-13.0</v>
       </c>
-      <c r="SX9" s="15" t="n">
+      <c r="SZ9" s="15" t="n">
         <v>26.2</v>
       </c>
-      <c r="SY9" s="15" t="n">
+      <c r="TA9" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="SZ9" s="15" t="n">
+      <c r="TB9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="TA9" s="15" t="n">
+      <c r="TC9" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="TB9" s="15" t="n">
+      <c r="TD9" s="15" t="n">
         <v>-14.9</v>
       </c>
-      <c r="TC9" s="15" t="n">
+      <c r="TE9" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="TD9" s="15" t="n">
+      <c r="TF9" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="TE9" s="15" t="n">
+      <c r="TG9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="TF9" s="15" t="n">
+      <c r="TH9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="TG9" s="15" t="n">
+      <c r="TI9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="TH9" s="15" t="n">
+      <c r="TJ9" s="15" t="n">
         <v>-12.0</v>
       </c>
-      <c r="TI9" s="15" t="n">
+      <c r="TK9" s="15" t="n">
         <v>-14.2</v>
       </c>
-      <c r="TJ9" s="15" t="n">
+      <c r="TL9" s="15" t="n">
         <v>22.3</v>
       </c>
-      <c r="TK9" s="15" t="n">
+      <c r="TM9" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="TL9" s="15" t="n">
+      <c r="TN9" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="TM9" s="15" t="n">
+      <c r="TO9" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="TN9" s="15" t="n">
+      <c r="TP9" s="15" t="n">
         <v>-11.7</v>
       </c>
-      <c r="TO9" s="15" t="n">
+      <c r="TQ9" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="TP9" s="15" t="n">
+      <c r="TR9" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="TQ9" s="15" t="n">
+      <c r="TS9" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="TR9" s="15" t="n">
+      <c r="TT9" s="15" t="n">
         <v>-7.2</v>
       </c>
-      <c r="TS9" s="15" t="n">
+      <c r="TU9" s="15" t="n">
         <v>13.9</v>
       </c>
-      <c r="TT9" s="15" t="n">
+      <c r="TV9" s="15" t="n">
         <v>-14.1</v>
       </c>
-      <c r="TU9" s="15" t="n">
+      <c r="TW9" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="TV9" s="15" t="n">
+      <c r="TX9" s="15" t="n">
         <v>25.8</v>
       </c>
-      <c r="TW9" s="15" t="n">
+      <c r="TY9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="TX9" s="15" t="n">
+      <c r="TZ9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="TY9" s="15" t="n">
+      <c r="UA9" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="TZ9" s="15" t="n">
+      <c r="UB9" s="15" t="n">
         <v>-12.4</v>
       </c>
-      <c r="UA9" s="15" t="n">
+      <c r="UC9" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="UB9" s="15" t="n">
+      <c r="UD9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="UC9" s="15" t="n">
+      <c r="UE9" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="UD9" s="15" t="n">
+      <c r="UF9" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="UE9" s="15" t="n">
+      <c r="UG9" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="UF9" s="15" t="n">
+      <c r="UH9" s="15" t="n">
         <v>-13.2</v>
       </c>
-      <c r="UG9" s="15" t="n">
+      <c r="UI9" s="15" t="n">
         <v>-16.1</v>
       </c>
-      <c r="UH9" s="15" t="n">
+      <c r="UJ9" s="15" t="n">
         <v>27.0</v>
       </c>
-      <c r="UI9" s="15" t="n">
+      <c r="UK9" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="UJ9" s="15" t="n">
+      <c r="UL9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="UK9" s="15" t="n">
+      <c r="UM9" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="UL9" s="15" t="n">
+      <c r="UN9" s="15" t="n">
         <v>-13.7</v>
       </c>
-      <c r="UM9" s="15" t="n">
+      <c r="UO9" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="UN9" s="15" t="n">
+      <c r="UP9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="UO9" s="15" t="n">
+      <c r="UQ9" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="UP9" s="15" t="n">
+      <c r="UR9" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="UQ9" s="15" t="n">
+      <c r="US9" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="UR9" s="15" t="n">
+      <c r="UT9" s="15" t="n">
         <v>-13.6</v>
       </c>
-      <c r="US9" s="15" t="n">
+      <c r="UU9" s="15" t="n">
         <v>-16.0</v>
       </c>
-      <c r="UT9" s="15" t="n">
+      <c r="UV9" s="15" t="n">
         <v>26.5</v>
       </c>
-      <c r="UU9" s="15" t="n">
+      <c r="UW9" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="UV9" s="15" t="n">
+      <c r="UX9" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="UW9" s="15" t="n">
+      <c r="UY9" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="UX9" s="15" t="n">
+      <c r="UZ9" s="15" t="n">
         <v>-17.7</v>
       </c>
-      <c r="UY9" s="15" t="n">
+      <c r="VA9" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="UZ9" s="15" t="n">
+      <c r="VB9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="VA9" s="15" t="n">
+      <c r="VC9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="VB9" s="15" t="n">
+      <c r="VD9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="VC9" s="15" t="n">
+      <c r="VE9" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="VD9" s="15" t="n">
+      <c r="VF9" s="15" t="n">
         <v>-14.5</v>
       </c>
-      <c r="VE9" s="15" t="n">
+      <c r="VG9" s="15" t="n">
         <v>-13.7</v>
       </c>
-      <c r="VF9" s="15" t="n">
+      <c r="VH9" s="15" t="n">
         <v>29.6</v>
       </c>
-      <c r="VG9" s="15" t="n">
+      <c r="VI9" s="15" t="n">
         <v>-8.4</v>
       </c>
-      <c r="VH9" s="15" t="n">
+      <c r="VJ9" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="VI9" s="15" t="n">
+      <c r="VK9" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="VJ9" s="15" t="n">
+      <c r="VL9" s="15" t="n">
         <v>-14.6</v>
       </c>
-      <c r="VK9" s="15" t="n">
+      <c r="VM9" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="VL9" s="15" t="n">
+      <c r="VN9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="VM9" s="15" t="n">
+      <c r="VO9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="VN9" s="15" t="n">
+      <c r="VP9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="VO9" s="15" t="n">
+      <c r="VQ9" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="VP9" s="15" t="n">
+      <c r="VR9" s="15" t="n">
         <v>-15.2</v>
       </c>
-      <c r="VQ9" s="15" t="n">
+      <c r="VS9" s="15" t="n">
         <v>-12.9</v>
       </c>
-      <c r="VR9" s="15" t="n">
+      <c r="VT9" s="15" t="n">
         <v>25.1</v>
       </c>
-      <c r="VS9" s="15" t="n">
+      <c r="VU9" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="VT9" s="15" t="n">
+      <c r="VV9" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="VU9" s="15" t="n">
+      <c r="VW9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="VV9" s="15" t="n">
+      <c r="VX9" s="15" t="n">
         <v>-12.3</v>
       </c>
-      <c r="VW9" s="15" t="n">
+      <c r="VY9" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="VX9" s="15" t="n">
+      <c r="VZ9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="VY9" s="15" t="n">
+      <c r="WA9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="VZ9" s="15" t="n">
+      <c r="WB9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="WA9" s="15" t="n">
+      <c r="WC9" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="WB9" s="15" t="n">
+      <c r="WD9" s="15" t="n">
         <v>-15.1</v>
       </c>
-      <c r="WC9" s="15" t="n">
+      <c r="WE9" s="15" t="n">
         <v>-16.0</v>
       </c>
-      <c r="WD9" s="15" t="n">
+      <c r="WF9" s="15" t="n">
         <v>31.0</v>
       </c>
-      <c r="WE9" s="15" t="n">
+      <c r="WG9" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="WF9" s="15" t="n">
+      <c r="WH9" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="WG9" s="15" t="n">
+      <c r="WI9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="WH9" s="15" t="n">
+      <c r="WJ9" s="15" t="n">
         <v>-10.4</v>
       </c>
-      <c r="WI9" s="15" t="n">
+      <c r="WK9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="WJ9" s="15" t="n">
+      <c r="WL9" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="WK9" s="15" t="n">
+      <c r="WM9" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="WL9" s="15" t="n">
+      <c r="WN9" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="WM9" s="15" t="n">
+      <c r="WO9" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="WN9" s="15" t="n">
+      <c r="WP9" s="15" t="n">
         <v>-17.8</v>
       </c>
-      <c r="WO9" s="15" t="n">
+      <c r="WQ9" s="15" t="n">
         <v>-14.7</v>
       </c>
-      <c r="WP9" s="15" t="n">
+      <c r="WR9" s="15" t="n">
         <v>29.6</v>
       </c>
-      <c r="WQ9" s="15" t="n">
+      <c r="WS9" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="WR9" s="15" t="n">
+      <c r="WT9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="WS9" s="15" t="n">
+      <c r="WU9" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="WT9" s="15" t="n">
+      <c r="WV9" s="15" t="n">
         <v>-13.6</v>
       </c>
-      <c r="WU9" s="15" t="n">
+      <c r="WW9" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="WV9" s="15" t="n">
+      <c r="WX9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="WW9" s="15" t="n">
+      <c r="WY9" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="WX9" s="15" t="n">
+      <c r="WZ9" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="WY9" s="15" t="n">
+      <c r="XA9" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="WZ9" s="15" t="n">
+      <c r="XB9" s="15" t="n">
         <v>-13.9</v>
       </c>
-      <c r="XA9" s="13" t="inlineStr">
+      <c r="XC9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="XB9" s="15" t="n">
+      <c r="XD9" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="XE9" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="XC9" s="15" t="n">
-[...2 lines deleted...]
-      <c r="XD9" s="15" t="n">
+      <c r="XF9" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="XG9" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="XE9" s="15" t="n">
+      <c r="XH9" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="XF9" s="15" t="n">
+      <c r="XI9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="XG9" s="15" t="n">
+      <c r="XJ9" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="XH9" s="15" t="n">
+      <c r="XK9" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="XI9" s="15" t="n">
+      <c r="XL9" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="XJ9" s="15" t="n">
+      <c r="XM9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="XK9" s="15" t="n">
+      <c r="XN9" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="XL9" s="15" t="n">
+      <c r="XO9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="XM9" s="15" t="n">
+      <c r="XP9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="XN9" s="15" t="n">
+      <c r="XQ9" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="XO9" s="15" t="n">
+      <c r="XR9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="XP9" s="15" t="n">
+      <c r="XS9" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="XQ9" s="15" t="n">
+      <c r="XT9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="XR9" s="15" t="n">
+      <c r="XU9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="XS9" s="15" t="n">
+      <c r="XV9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="XT9" s="15" t="n">
+      <c r="XW9" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="XU9" s="15" t="n">
+      <c r="XX9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="XV9" s="15" t="n">
+      <c r="XY9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="XW9" s="15" t="n">
+      <c r="XZ9" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="XX9" s="15" t="n">
+      <c r="YA9" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="XY9" s="15" t="n">
+      <c r="YB9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="XZ9" s="15" t="n">
+      <c r="YC9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="YA9" s="15" t="n">
+      <c r="YD9" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="YB9" s="15" t="n">
+      <c r="YE9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="YC9" s="15" t="n">
+      <c r="YF9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="YD9" s="15" t="n">
+      <c r="YG9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="YE9" s="15" t="n">
+      <c r="YH9" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="YF9" s="15" t="n">
+      <c r="YI9" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="YG9" s="15" t="n">
+      <c r="YJ9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="YH9" s="15" t="n">
+      <c r="YK9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="YI9" s="15" t="n">
+      <c r="YL9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="YJ9" s="15" t="n">
+      <c r="YM9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="YK9" s="15" t="n">
+      <c r="YN9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="YL9" s="15" t="n">
+      <c r="YO9" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="YM9" s="15" t="n">
+      <c r="YP9" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="YN9" s="15" t="n">
+      <c r="YQ9" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="YO9" s="15" t="n">
+      <c r="YR9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="YP9" s="15" t="n">
+      <c r="YS9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="YQ9" s="15" t="n">
+      <c r="YT9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="YR9" s="15" t="n">
+      <c r="YU9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="YS9" s="15" t="n">
+      <c r="YV9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="YT9" s="15" t="n">
+      <c r="YW9" s="15" t="n">
         <v>3.5</v>
-      </c>
-[...7 lines deleted...]
-        <v>5.9</v>
       </c>
       <c r="YX9" s="15" t="n">
         <v>-0.3</v>
       </c>
       <c r="YY9" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="YZ9" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="ZA9" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="ZB9" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="YZ9" s="15" t="n">
+      <c r="ZC9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="ZA9" s="15" t="n">
+      <c r="ZD9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="ZB9" s="15" t="n">
+      <c r="ZE9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ZC9" s="15" t="n">
+      <c r="ZF9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ZD9" s="15" t="n">
+      <c r="ZG9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ZE9" s="15" t="n">
+      <c r="ZH9" s="15" t="n">
         <v>15.7</v>
       </c>
-      <c r="ZF9" s="15" t="n">
+      <c r="ZI9" s="15" t="n">
         <v>32.5</v>
       </c>
-      <c r="ZG9" s="15" t="n">
+      <c r="ZJ9" s="15" t="n">
         <v>15.5</v>
       </c>
-      <c r="ZH9" s="15" t="n">
+      <c r="ZK9" s="15" t="n">
         <v>-9.1</v>
       </c>
-      <c r="ZI9" s="15" t="n">
+      <c r="ZL9" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="ZJ9" s="15" t="n">
+      <c r="ZM9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ZK9" s="15" t="n">
+      <c r="ZN9" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="ZL9" s="15" t="n">
+      <c r="ZO9" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="ZM9" s="15" t="n">
+      <c r="ZP9" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="ZN9" s="15" t="n">
+      <c r="ZQ9" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="ZO9" s="15" t="n">
+      <c r="ZR9" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="ZP9" s="15" t="n">
+      <c r="ZS9" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="ZQ9" s="15" t="n">
+      <c r="ZT9" s="15" t="n">
         <v>-17.0</v>
       </c>
-      <c r="ZR9" s="15" t="n">
+      <c r="ZU9" s="15" t="n">
         <v>-27.3</v>
       </c>
-      <c r="ZS9" s="15" t="n">
+      <c r="ZV9" s="15" t="n">
         <v>-11.9</v>
       </c>
-      <c r="ZT9" s="15" t="n">
+      <c r="ZW9" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="ZU9" s="15" t="n">
+      <c r="ZX9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ZV9" s="15" t="n">
+      <c r="ZY9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ZW9" s="15" t="n">
+      <c r="ZZ9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ZX9" s="15" t="n">
+      <c r="AAA9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ZY9" s="15" t="n">
+      <c r="AAB9" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ZZ9" s="15" t="n">
+      <c r="AAC9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AAA9" s="15" t="n">
+      <c r="AAD9" s="15" t="n">
         <v>4.9</v>
-      </c>
-[...7 lines deleted...]
-        <v>2.2</v>
       </c>
       <c r="AAE9" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="AAF9" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="AAG9" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="AAH9" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AAI9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AAG9" s="15" t="n">
+      <c r="AAJ9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AAH9" s="15" t="n">
+      <c r="AAK9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AAI9" s="15" t="n">
+      <c r="AAL9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AAJ9" s="15" t="n">
+      <c r="AAM9" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AAK9" s="15" t="n">
+      <c r="AAN9" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="AAL9" s="15" t="n">
+      <c r="AAO9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AAM9" s="15" t="n">
+      <c r="AAP9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="AAN9" s="15" t="n">
+      <c r="AAQ9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AAO9" s="15" t="n">
+      <c r="AAR9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AAP9" s="15" t="n">
+      <c r="AAS9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AAQ9" s="15" t="n">
+      <c r="AAT9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AAR9" s="15" t="n">
+      <c r="AAU9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AAS9" s="15" t="n">
+      <c r="AAV9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AAT9" s="15" t="n">
+      <c r="AAW9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AAU9" s="15" t="n">
+      <c r="AAX9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AAV9" s="15" t="n">
+      <c r="AAY9" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AAW9" s="15" t="n">
+      <c r="AAZ9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AAX9" s="15" t="n">
+      <c r="ABA9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AAY9" s="15" t="n">
+      <c r="ABB9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AAZ9" s="15" t="n">
+      <c r="ABC9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ABA9" s="15" t="n">
+      <c r="ABD9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ABB9" s="15" t="n">
+      <c r="ABE9" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="ABC9" s="15" t="n">
+      <c r="ABF9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ABD9" s="15" t="n">
+      <c r="ABG9" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="ABE9" s="15" t="n">
+      <c r="ABH9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ABF9" s="15" t="n">
+      <c r="ABI9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ABG9" s="15" t="n">
+      <c r="ABJ9" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="ABH9" s="15" t="n">
+      <c r="ABK9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ABI9" s="15" t="n">
+      <c r="ABL9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="ABJ9" s="15" t="n">
+      <c r="ABM9" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="ABK9" s="15" t="n">
+      <c r="ABN9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ABL9" s="15" t="n">
+      <c r="ABO9" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ABM9" s="15" t="n">
+      <c r="ABP9" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ABN9" s="15" t="n">
+      <c r="ABQ9" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="ABO9" s="15" t="n">
+      <c r="ABR9" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ABP9" s="15" t="n">
+      <c r="ABS9" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="ABQ9" s="15" t="n">
+      <c r="ABT9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ABR9" s="15" t="n">
+      <c r="ABU9" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ABS9" s="15" t="n">
+      <c r="ABV9" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="ABT9" s="15" t="n">
+      <c r="ABW9" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="ABU9" s="15" t="n">
+      <c r="ABX9" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="ABV9" s="15" t="n">
+      <c r="ABY9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ABW9" s="15" t="n">
+      <c r="ABZ9" s="15" t="n">
         <v>4.1</v>
-      </c>
-[...7 lines deleted...]
-        <v>2.7</v>
       </c>
       <c r="ACA9" s="15" t="n">
         <v>4.1</v>
       </c>
       <c r="ACB9" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="ACC9" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="ACD9" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="ACE9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="ACC9" s="15" t="n">
+      <c r="ACF9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ACD9" s="15" t="n">
+      <c r="ACG9" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="ACE9" s="15" t="n">
+      <c r="ACH9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ACF9" s="15" t="n">
+      <c r="ACI9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ACG9" s="15" t="n">
+      <c r="ACJ9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ACH9" s="15" t="n">
+      <c r="ACK9" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="ACI9" s="15" t="n">
+      <c r="ACL9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="ACJ9" s="15" t="n">
+      <c r="ACM9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ACK9" s="15" t="n">
+      <c r="ACN9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACL9" s="15" t="n">
+      <c r="ACO9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ACM9" s="15" t="n">
+      <c r="ACP9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ACN9" s="15" t="n">
+      <c r="ACQ9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ACO9" s="15" t="n">
+      <c r="ACR9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ACP9" s="15" t="n">
+      <c r="ACS9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ACQ9" s="15" t="n">
+      <c r="ACT9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ACR9" s="15" t="n">
+      <c r="ACU9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="ACS9" s="15" t="n">
+      <c r="ACV9" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ACT9" s="15" t="n">
+      <c r="ACW9" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="ACU9" s="15" t="n">
+      <c r="ACX9" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="ACV9" s="15" t="n">
+      <c r="ACY9" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="ACW9" s="15" t="n">
+      <c r="ACZ9" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="ACX9" s="15" t="n">
+      <c r="ADA9" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="ACY9" s="15" t="n">
+      <c r="ADB9" s="15" t="n">
         <v>-12.8</v>
       </c>
-      <c r="ACZ9" s="15" t="n">
+      <c r="ADC9" s="15" t="n">
         <v>-11.5</v>
       </c>
-      <c r="ADA9" s="15" t="n">
+      <c r="ADD9" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="ADB9" s="15" t="n">
+      <c r="ADE9" s="15" t="n">
         <v>-12.5</v>
       </c>
-      <c r="ADC9" s="15" t="n">
+      <c r="ADF9" s="15" t="n">
         <v>-10.7</v>
       </c>
-      <c r="ADD9" s="15" t="n">
+      <c r="ADG9" s="15" t="n">
         <v>-10.8</v>
       </c>
-      <c r="ADE9" s="15" t="n">
+      <c r="ADH9" s="15" t="n">
         <v>-15.0</v>
       </c>
-      <c r="ADF9" s="15" t="n">
+      <c r="ADI9" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="ADG9" s="15" t="n">
+      <c r="ADJ9" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="ADH9" s="15" t="n">
+      <c r="ADK9" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="ADI9" s="15" t="n">
+      <c r="ADL9" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="ADJ9" s="15" t="n">
+      <c r="ADM9" s="15" t="n">
         <v>-11.3</v>
       </c>
-      <c r="ADK9" s="15" t="n">
+      <c r="ADN9" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="ADL9" s="15" t="n">
+      <c r="ADO9" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="ADM9" s="15" t="n">
+      <c r="ADP9" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="ADN9" s="15" t="n">
+      <c r="ADQ9" s="15" t="n">
         <v>-6.4</v>
       </c>
-      <c r="ADO9" s="15" t="n">
+      <c r="ADR9" s="15" t="n">
         <v>-7.0</v>
       </c>
-      <c r="ADP9" s="15" t="n">
+      <c r="ADS9" s="15" t="n">
         <v>-6.7</v>
       </c>
-      <c r="ADQ9" s="15" t="n">
+      <c r="ADT9" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="ADR9" s="15" t="n">
+      <c r="ADU9" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="ADS9" s="15" t="n">
+      <c r="ADV9" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="ADT9" s="15" t="n">
+      <c r="ADW9" s="15" t="n">
         <v>-8.5</v>
       </c>
-      <c r="ADU9" s="15" t="n">
+      <c r="ADX9" s="15" t="n">
         <v>-6.8</v>
       </c>
-      <c r="ADV9" s="15" t="n">
+      <c r="ADY9" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="ADW9" s="15" t="n">
+      <c r="ADZ9" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="ADX9" s="15" t="n">
+      <c r="AEA9" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="ADY9" s="15" t="n">
+      <c r="AEB9" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="ADZ9" s="15" t="n">
+      <c r="AEC9" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="AEA9" s="15" t="n">
+      <c r="AED9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AEB9" s="15" t="n">
+      <c r="AEE9" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="AEC9" s="15" t="n">
+      <c r="AEF9" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="AED9" s="15" t="n">
+      <c r="AEG9" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="AEE9" s="15" t="n">
+      <c r="AEH9" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="AEF9" s="15" t="n">
+      <c r="AEI9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AEG9" s="15" t="n">
+      <c r="AEJ9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AEH9" s="15" t="n">
+      <c r="AEK9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AEI9" s="15" t="n">
+      <c r="AEL9" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AEJ9" s="15" t="n">
+      <c r="AEM9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AEK9" s="15" t="n">
+      <c r="AEN9" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="AEL9" s="15" t="n">
+      <c r="AEO9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AEM9" s="15" t="n">
+      <c r="AEP9" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="AEN9" s="15" t="n">
+      <c r="AEQ9" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="AEO9" s="15" t="n">
+      <c r="AER9" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="AEP9" s="15" t="n">
+      <c r="AES9" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="AEQ9" s="15" t="n">
+      <c r="AET9" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="AER9" s="15" t="n">
+      <c r="AEU9" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="AES9" s="15" t="n">
+      <c r="AEV9" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="AET9" s="15" t="n">
+      <c r="AEW9" s="15" t="n">
         <v>-8.6</v>
       </c>
-      <c r="AEU9" s="15" t="n">
+      <c r="AEX9" s="15" t="n">
         <v>-8.3</v>
       </c>
-      <c r="AEV9" s="15" t="n">
+      <c r="AEY9" s="15" t="n">
         <v>-12.5</v>
       </c>
-      <c r="AEW9" s="15" t="n">
+      <c r="AEZ9" s="15" t="n">
         <v>-6.8</v>
       </c>
-      <c r="AEX9" s="15" t="n">
+      <c r="AFA9" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="AEY9" s="15" t="n">
+      <c r="AFB9" s="15" t="n">
         <v>-11.0</v>
       </c>
-      <c r="AEZ9" s="15" t="n">
+      <c r="AFC9" s="15" t="n">
         <v>-7.2</v>
       </c>
-      <c r="AFA9" s="15" t="n">
+      <c r="AFD9" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="AFB9" s="15" t="n">
+      <c r="AFE9" s="15" t="n">
         <v>-7.4</v>
       </c>
-      <c r="AFC9" s="15" t="n">
+      <c r="AFF9" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="AFD9" s="15" t="n">
+      <c r="AFG9" s="15" t="n">
         <v>-9.2</v>
       </c>
-      <c r="AFE9" s="15" t="n">
+      <c r="AFH9" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="AFF9" s="15" t="n">
+      <c r="AFI9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AFG9" s="15" t="n">
+      <c r="AFJ9" s="15" t="n">
         <v>-8.6</v>
       </c>
-      <c r="AFH9" s="15" t="n">
+      <c r="AFK9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AFI9" s="15" t="n">
+      <c r="AFL9" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="AFJ9" s="15" t="n">
+      <c r="AFM9" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="AFK9" s="15" t="n">
+      <c r="AFN9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AFL9" s="15" t="n">
+      <c r="AFO9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AFM9" s="15" t="n">
+      <c r="AFP9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AFN9" s="15" t="n">
+      <c r="AFQ9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AFO9" s="15" t="n">
+      <c r="AFR9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AFP9" s="15" t="n">
+      <c r="AFS9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AFQ9" s="15" t="n">
+      <c r="AFT9" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AFR9" s="15" t="n">
+      <c r="AFU9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AFS9" s="15" t="n">
+      <c r="AFV9" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AFT9" s="15" t="n">
+      <c r="AFW9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AFU9" s="15" t="n">
+      <c r="AFX9" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AFV9" s="15" t="n">
+      <c r="AFY9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AFW9" s="15" t="n">
+      <c r="AFZ9" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AFX9" s="15" t="n">
+      <c r="AGA9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AFY9" s="15" t="n">
+      <c r="AGB9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AFZ9" s="15" t="n">
+      <c r="AGC9" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AGA9" s="15" t="n">
+      <c r="AGD9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AGB9" s="15" t="n">
+      <c r="AGE9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AGC9" s="15" t="n">
+      <c r="AGF9" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AGD9" s="15" t="n">
+      <c r="AGG9" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="AGE9" s="15" t="n">
+      <c r="AGH9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AGF9" s="15" t="n">
+      <c r="AGI9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AGG9" s="15" t="n">
+      <c r="AGJ9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AGH9" s="15" t="n">
+      <c r="AGK9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AGI9" s="15" t="n">
+      <c r="AGL9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AGJ9" s="15" t="n">
+      <c r="AGM9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AGK9" s="15" t="n">
+      <c r="AGN9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AGL9" s="15" t="n">
+      <c r="AGO9" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AGM9" s="15" t="n">
+      <c r="AGP9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AGN9" s="15" t="n">
+      <c r="AGQ9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AGO9" s="15" t="n">
+      <c r="AGR9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AGP9" s="15" t="n">
+      <c r="AGS9" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AGQ9" s="15" t="n">
+      <c r="AGT9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AGR9" s="15" t="n">
+      <c r="AGU9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AGS9" s="15" t="n">
+      <c r="AGV9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AGT9" s="15" t="n">
+      <c r="AGW9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AGU9" s="15" t="n">
+      <c r="AGX9" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AGV9" s="15" t="n">
+      <c r="AGY9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AGW9" s="15" t="n">
+      <c r="AGZ9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AGX9" s="15" t="n">
+      <c r="AHA9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AGY9" s="15" t="n">
+      <c r="AHB9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AGZ9" s="15" t="n">
+      <c r="AHC9" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AHA9" s="15" t="n">
+      <c r="AHD9" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...7 lines deleted...]
-        <v>4.7</v>
       </c>
       <c r="AHE9" s="15" t="n">
         <v>3.8</v>
       </c>
       <c r="AHF9" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="AHG9" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="AHH9" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="AHI9" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AHG9" s="15" t="n">
+      <c r="AHJ9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AHH9" s="15" t="n">
+      <c r="AHK9" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AHI9" s="15" t="n">
+      <c r="AHL9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AHJ9" s="15" t="n">
+      <c r="AHM9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AHK9" s="15" t="n">
+      <c r="AHN9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AHL9" s="15" t="n">
+      <c r="AHO9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AHM9" s="15" t="n">
+      <c r="AHP9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AHN9" s="15" t="n">
+      <c r="AHQ9" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AHO9" s="15" t="n">
+      <c r="AHR9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AHP9" s="15" t="n">
+      <c r="AHS9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AHQ9" s="15" t="n">
+      <c r="AHT9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AHR9" s="15" t="n">
+      <c r="AHU9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AHS9" s="15" t="n">
+      <c r="AHV9" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AHT9" s="15" t="n">
+      <c r="AHW9" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AHU9" s="15" t="n">
+      <c r="AHX9" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="AHV9" s="15" t="n">
+      <c r="AHY9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AHW9" s="15" t="n">
+      <c r="AHZ9" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="AHX9" s="15" t="n">
+      <c r="AIA9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AHY9" s="15" t="n">
+      <c r="AIB9" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AHZ9" s="15" t="n">
+      <c r="AIC9" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="AIA9" s="15" t="n">
+      <c r="AID9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AIB9" s="15" t="n">
+      <c r="AIE9" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AIC9" s="15" t="n">
+      <c r="AIF9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AID9" s="15" t="n">
+      <c r="AIG9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AIE9" s="15" t="n">
+      <c r="AIH9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AIF9" s="15" t="n">
+      <c r="AII9" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AIG9" s="15" t="n">
+      <c r="AIJ9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AIH9" s="15" t="n">
+      <c r="AIK9" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="AII9" s="15" t="n">
+      <c r="AIL9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AIJ9" s="15" t="n">
+      <c r="AIM9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AIK9" s="15" t="n">
+      <c r="AIN9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AIL9" s="15" t="n">
+      <c r="AIO9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AIM9" s="15" t="n">
+      <c r="AIP9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AIN9" s="15" t="n">
+      <c r="AIQ9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AIO9" s="15" t="n">
+      <c r="AIR9" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="AIP9" s="13" t="inlineStr">
+      <c r="AIS9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIQ9" s="13" t="inlineStr">
+      <c r="AIT9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIR9" s="13" t="inlineStr">
+      <c r="AIU9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIS9" s="13" t="inlineStr">
+      <c r="AIV9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIT9" s="13" t="inlineStr">
+      <c r="AIW9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIU9" s="13" t="inlineStr">
+      <c r="AIX9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIV9" s="13" t="inlineStr">
+      <c r="AIY9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIW9" s="13" t="inlineStr">
+      <c r="AIZ9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIX9" s="13" t="inlineStr">
+      <c r="AJA9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIY9" s="13" t="inlineStr">
+      <c r="AJB9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIZ9" s="13" t="inlineStr">
+      <c r="AJC9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AJA9" s="13" t="inlineStr">
+      <c r="AJD9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AJB9" s="15" t="n">
+      <c r="AJE9" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="AJF9" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AJC9" s="15" t="n">
+      <c r="AJG9" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AJD9" s="15" t="n">
+      <c r="AJH9" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AJE9" s="15" t="n">
+      <c r="AJI9" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AJF9" s="15" t="n">
+      <c r="AJJ9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AJG9" s="15" t="n">
+      <c r="AJK9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AJH9" s="15" t="n">
+      <c r="AJL9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AJI9" s="15" t="n">
+      <c r="AJM9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AJJ9" s="15" t="n">
+      <c r="AJN9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AJK9" s="15" t="n">
+      <c r="AJO9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AJL9" s="15" t="n">
+      <c r="AJP9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AJM9" s="15" t="n">
+      <c r="AJQ9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AJN9" s="15" t="n">
+      <c r="AJR9" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AJO9" s="15" t="n">
+      <c r="AJS9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AJP9" s="15" t="n">
+      <c r="AJT9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AJQ9" s="15" t="n">
+      <c r="AJU9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AJR9" s="15" t="n">
+      <c r="AJV9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AJS9" s="15" t="n">
+      <c r="AJW9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AJT9" s="15" t="n">
+      <c r="AJX9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AJU9" s="15" t="n">
+      <c r="AJY9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AJV9" s="15" t="n">
+      <c r="AJZ9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AJW9" s="15" t="n">
+      <c r="AKA9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AJX9" s="15" t="n">
+      <c r="AKB9" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AJY9" s="15" t="n">
+      <c r="AKC9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AJZ9" s="15" t="n">
+      <c r="AKD9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AKA9" s="15" t="n">
+      <c r="AKE9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AKB9" s="15" t="n">
+      <c r="AKF9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AKC9" s="15" t="n">
+      <c r="AKG9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AKD9" s="15" t="n">
+      <c r="AKH9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AKE9" s="15" t="n">
+      <c r="AKI9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AKF9" s="15" t="n">
+      <c r="AKJ9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AKG9" s="15" t="n">
+      <c r="AKK9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AKH9" s="15" t="n">
+      <c r="AKL9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AKI9" s="15" t="n">
+      <c r="AKM9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AKJ9" s="15" t="n">
+      <c r="AKN9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AKK9" s="15" t="n">
+      <c r="AKO9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AKL9" s="15" t="n">
+      <c r="AKP9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AKM9" s="15" t="n">
+      <c r="AKQ9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AKN9" s="15" t="n">
+      <c r="AKR9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AKO9" s="15" t="n">
+      <c r="AKS9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AKP9" s="15" t="n">
+      <c r="AKT9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AKQ9" s="15" t="n">
+      <c r="AKU9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AKR9" s="15" t="n">
+      <c r="AKV9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AKS9" s="15" t="n">
+      <c r="AKW9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AKT9" s="15" t="n">
+      <c r="AKX9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AKU9" s="15" t="n">
+      <c r="AKY9" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AKV9" s="15" t="n">
+      <c r="AKZ9" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AKW9" s="15" t="n">
+      <c r="ALA9" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="AKX9" s="15" t="n">
+      <c r="ALB9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AKY9" s="15" t="n">
+      <c r="ALC9" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AKZ9" s="15" t="n">
+      <c r="ALD9" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ALA9" s="15" t="n">
+      <c r="ALE9" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="ALB9" s="15" t="n">
+      <c r="ALF9" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="ALC9" s="15" t="n">
+      <c r="ALG9" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ALD9" s="15" t="n">
+      <c r="ALH9" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ALE9" s="15" t="n">
+      <c r="ALI9" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="ALF9" s="15" t="n">
+      <c r="ALJ9" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="ALG9" s="15" t="n">
+      <c r="ALK9" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="ALH9" s="15" t="n">
+      <c r="ALL9" s="15" t="n">
         <v>-9.4</v>
       </c>
-      <c r="ALI9" s="15" t="n">
+      <c r="ALM9" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="ALJ9" s="15" t="n">
+      <c r="ALN9" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="ALK9" s="15" t="n">
+      <c r="ALO9" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="ALL9" s="15" t="n">
+      <c r="ALP9" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="ALM9" s="15" t="n">
+      <c r="ALQ9" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="ALN9" s="15" t="n">
+      <c r="ALR9" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="ALO9" s="15" t="n">
+      <c r="ALS9" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="ALP9" s="15" t="n">
+      <c r="ALT9" s="15" t="n">
         <v>-8.4</v>
       </c>
-      <c r="ALQ9" s="15" t="n">
+      <c r="ALU9" s="15" t="n">
         <v>-9.8</v>
       </c>
-      <c r="ALR9" s="15" t="n">
+      <c r="ALV9" s="15" t="n">
         <v>-8.0</v>
       </c>
-      <c r="ALS9" s="15" t="n">
+      <c r="ALW9" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="ALT9" s="15" t="n">
+      <c r="ALX9" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ALU9" s="15" t="n">
+      <c r="ALY9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ALV9" s="15" t="n">
+      <c r="ALZ9" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ALW9" s="15" t="n">
+      <c r="AMA9" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ALX9" s="15" t="n">
+      <c r="AMB9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ALY9" s="15" t="n">
+      <c r="AMC9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ALZ9" s="15" t="n">
+      <c r="AMD9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AMA9" s="15" t="n">
+      <c r="AME9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AMB9" s="15" t="n">
+      <c r="AMF9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AMC9" s="15" t="n">
+      <c r="AMG9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AMD9" s="15" t="n">
+      <c r="AMH9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AME9" s="15" t="n">
+      <c r="AMI9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AMF9" s="15" t="n">
+      <c r="AMJ9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AMG9" s="15" t="n">
+      <c r="AMK9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AMH9" s="15" t="n">
+      <c r="AML9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AMI9" s="15" t="n">
+      <c r="AMM9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AMJ9" s="15" t="n">
+      <c r="AMN9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AMK9" s="15" t="n">
+      <c r="AMO9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AML9" s="15" t="n">
+      <c r="AMP9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AMM9" s="15" t="n">
+      <c r="AMQ9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AMN9" s="15" t="n">
+      <c r="AMR9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AMO9" s="15" t="n">
+      <c r="AMS9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AMP9" s="15" t="n">
+      <c r="AMT9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AMQ9" s="15" t="n">
+      <c r="AMU9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AMR9" s="15" t="n">
+      <c r="AMV9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AMS9" s="15" t="n">
+      <c r="AMW9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AMT9" s="15" t="n">
+      <c r="AMX9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AMU9" s="15" t="n">
+      <c r="AMY9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AMV9" s="15" t="n">
+      <c r="AMZ9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AMW9" s="15" t="n">
+      <c r="ANA9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AMX9" s="15" t="n">
+      <c r="ANB9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AMY9" s="15" t="n">
+      <c r="ANC9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AMZ9" s="15" t="n">
+      <c r="AND9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ANA9" s="15" t="n">
+      <c r="ANE9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ANB9" s="15" t="n">
+      <c r="ANF9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="ANC9" s="15" t="n">
+      <c r="ANG9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AND9" s="15" t="n">
+      <c r="ANH9" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="ANE9" s="15" t="n">
+      <c r="ANI9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ANF9" s="15" t="n">
+      <c r="ANJ9" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ANG9" s="15" t="n">
+      <c r="ANK9" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ANH9" s="15" t="n">
+      <c r="ANL9" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="ANI9" s="15" t="n">
+      <c r="ANM9" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="ANJ9" s="15" t="n">
+      <c r="ANN9" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="ANK9" s="15" t="n">
+      <c r="ANO9" s="15" t="n">
         <v>4.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>4.5</v>
       </c>
       <c r="ANP9" s="15" t="n">
         <v>4.7</v>
       </c>
       <c r="ANQ9" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="ANR9" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="ANS9" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="ANT9" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="ANU9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ANR9" s="15" t="n">
+      <c r="ANV9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ANS9" s="15" t="n">
+      <c r="ANW9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="ANT9" s="15" t="n">
+      <c r="ANX9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ANU9" s="15" t="n">
+      <c r="ANY9" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ANV9" s="15" t="n">
+      <c r="ANZ9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ANW9" s="15" t="n">
+      <c r="AOA9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ANX9" s="15" t="n">
+      <c r="AOB9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ANY9" s="15" t="n">
+      <c r="AOC9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ANZ9" s="15" t="n">
+      <c r="AOD9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AOA9" s="15" t="n">
+      <c r="AOE9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AOB9" s="15" t="n">
+      <c r="AOF9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AOC9" s="15" t="n">
+      <c r="AOG9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AOD9" s="15" t="n">
+      <c r="AOH9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AOE9" s="15" t="n">
+      <c r="AOI9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AOF9" s="15" t="n">
+      <c r="AOJ9" s="15" t="n">
         <v>0.5</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="AOK9" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="AOL9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AOM9" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AON9" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AOO9" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AOP9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AOM9" s="15" t="n">
+      <c r="AOQ9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AON9" s="15" t="n">
+      <c r="AOR9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AOO9" s="15" t="n">
+      <c r="AOS9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AOP9" s="15" t="n">
+      <c r="AOT9" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="AOQ9" s="15" t="n">
+      <c r="AOU9" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="AOR9" s="15" t="n">
+      <c r="AOV9" s="15" t="n">
         <v>-6.4</v>
       </c>
-      <c r="AOS9" s="15" t="n">
+      <c r="AOW9" s="15" t="n">
         <v>-7.0</v>
       </c>
-      <c r="AOT9" s="15" t="n">
+      <c r="AOX9" s="15" t="n">
         <v>-8.0</v>
       </c>
-      <c r="AOU9" s="15" t="n">
+      <c r="AOY9" s="15" t="n">
         <v>-8.3</v>
       </c>
-      <c r="AOV9" s="15" t="n">
+      <c r="AOZ9" s="15" t="n">
         <v>-9.2</v>
       </c>
-      <c r="AOW9" s="15" t="n">
+      <c r="APA9" s="15" t="n">
         <v>-9.3</v>
       </c>
-      <c r="AOX9" s="15" t="n">
+      <c r="APB9" s="15" t="n">
         <v>-9.9</v>
       </c>
-      <c r="AOY9" s="15" t="n">
+      <c r="APC9" s="15" t="n">
         <v>-11.6</v>
       </c>
-      <c r="AOZ9" s="15" t="n">
+      <c r="APD9" s="15" t="n">
         <v>-11.0</v>
       </c>
-      <c r="APA9" s="15" t="n">
+      <c r="APE9" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="APB9" s="15" t="n">
+      <c r="APF9" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="APC9" s="15" t="n">
+      <c r="APG9" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="APD9" s="15" t="n">
+      <c r="APH9" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="APE9" s="15" t="n">
+      <c r="API9" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="APF9" s="15" t="n">
+      <c r="APJ9" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="APG9" s="15" t="n">
+      <c r="APK9" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="APH9" s="15" t="n">
+      <c r="APL9" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="API9" s="15" t="n">
+      <c r="APM9" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="APJ9" s="15" t="n">
+      <c r="APN9" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="APK9" s="15" t="n">
+      <c r="APO9" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="APL9" s="15" t="n">
+      <c r="APP9" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="APM9" s="15" t="n">
+      <c r="APQ9" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="APN9" s="15" t="n">
+      <c r="APR9" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="APO9" s="15" t="n">
+      <c r="APS9" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="APP9" s="15" t="n">
+      <c r="APT9" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="APQ9" s="15" t="n">
+      <c r="APU9" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="APR9" s="15" t="n">
+      <c r="APV9" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="APS9" s="15" t="n">
+      <c r="APW9" s="15" t="n">
         <v>-6.4</v>
       </c>
-      <c r="APT9" s="15" t="n">
+      <c r="APX9" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="APU9" s="15" t="n">
+      <c r="APY9" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="APV9" s="15" t="n">
+      <c r="APZ9" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="APW9" s="15" t="n">
+      <c r="AQA9" s="15" t="n">
         <v>-6.8</v>
       </c>
-      <c r="APX9" s="15" t="n">
+      <c r="AQB9" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="APY9" s="15" t="n">
+      <c r="AQC9" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="APZ9" s="15" t="n">
+      <c r="AQD9" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="AQA9" s="15" t="n">
+      <c r="AQE9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AQB9" s="15" t="n">
+      <c r="AQF9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AQC9" s="15" t="n">
+      <c r="AQG9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AQD9" s="15" t="n">
+      <c r="AQH9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AQE9" s="15" t="n">
+      <c r="AQI9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AQF9" s="15" t="n">
+      <c r="AQJ9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AQG9" s="15" t="n">
+      <c r="AQK9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AQH9" s="15" t="n">
+      <c r="AQL9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AQI9" s="15" t="n">
+      <c r="AQM9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AQJ9" s="15" t="n">
+      <c r="AQN9" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="AQK9" s="15" t="n">
+      <c r="AQO9" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="AQL9" s="15" t="n">
+      <c r="AQP9" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="AQM9" s="15" t="n">
+      <c r="AQQ9" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="AQN9" s="15" t="n">
+      <c r="AQR9" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="AQO9" s="15" t="n">
+      <c r="AQS9" s="15" t="n">
         <v>-6.8</v>
       </c>
-      <c r="AQP9" s="15" t="n">
+      <c r="AQT9" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="AQQ9" s="15" t="n">
+      <c r="AQU9" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="AQR9" s="15" t="n">
+      <c r="AQV9" s="15" t="n">
         <v>-8.0</v>
       </c>
-      <c r="AQS9" s="15" t="n">
+      <c r="AQW9" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="AQT9" s="15" t="n">
+      <c r="AQX9" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="AQU9" s="15" t="n">
+      <c r="AQY9" s="15" t="n">
         <v>-9.1</v>
       </c>
-      <c r="AQV9" s="15" t="n">
+      <c r="AQZ9" s="15" t="n">
         <v>-9.5</v>
       </c>
-      <c r="AQW9" s="15" t="n">
+      <c r="ARA9" s="15" t="n">
         <v>-6.8</v>
       </c>
-      <c r="AQX9" s="15" t="n">
+      <c r="ARB9" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="AQY9" s="15" t="n">
+      <c r="ARC9" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="AQZ9" s="15" t="n">
+      <c r="ARD9" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="ARA9" s="15" t="n">
+      <c r="ARE9" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="ARB9" s="15" t="n">
+      <c r="ARF9" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="ARC9" s="15" t="n">
+      <c r="ARG9" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="ARD9" s="15" t="n">
+      <c r="ARH9" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="ARE9" s="15" t="n">
+      <c r="ARI9" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="ARF9" s="15" t="n">
+      <c r="ARJ9" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="ARG9" s="15" t="n">
+      <c r="ARK9" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="ARH9" s="15" t="n">
+      <c r="ARL9" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ARI9" s="15" t="n">
+      <c r="ARM9" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="ARJ9" s="15" t="n">
+      <c r="ARN9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ARK9" s="15" t="n">
+      <c r="ARO9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ARL9" s="15" t="n">
+      <c r="ARP9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ARM9" s="15" t="n">
+      <c r="ARQ9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ARN9" s="15" t="n">
+      <c r="ARR9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ARO9" s="15" t="n">
+      <c r="ARS9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ARP9" s="15" t="n">
+      <c r="ART9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ARQ9" s="15" t="n">
+      <c r="ARU9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ARR9" s="15" t="n">
+      <c r="ARV9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ARS9" s="15" t="n">
+      <c r="ARW9" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="ART9" s="15" t="n">
+      <c r="ARX9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ARU9" s="15" t="n">
+      <c r="ARY9" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ARV9" s="15" t="n">
+      <c r="ARZ9" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ARW9" s="15" t="n">
+      <c r="ASA9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ARX9" s="15" t="n">
+      <c r="ASB9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ARY9" s="15" t="n">
+      <c r="ASC9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ARZ9" s="15" t="n">
+      <c r="ASD9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ASA9" s="15" t="n">
+      <c r="ASE9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ASB9" s="15" t="n">
+      <c r="ASF9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ASC9" s="15" t="n">
+      <c r="ASG9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ASD9" s="15" t="n">
+      <c r="ASH9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ASE9" s="15" t="n">
+      <c r="ASI9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ASF9" s="15" t="n">
+      <c r="ASJ9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ASG9" s="15" t="n">
+      <c r="ASK9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ASH9" s="15" t="n">
+      <c r="ASL9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ASI9" s="15" t="n">
+      <c r="ASM9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ASJ9" s="15" t="n">
+      <c r="ASN9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ASK9" s="15" t="n">
+      <c r="ASO9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ASL9" s="15" t="n">
+      <c r="ASP9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ASM9" s="15" t="n">
+      <c r="ASQ9" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ASN9" s="15" t="n">
+      <c r="ASR9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ASO9" s="15" t="n">
+      <c r="ASS9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ASP9" s="15" t="n">
+      <c r="AST9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ASQ9" s="15" t="n">
+      <c r="ASU9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ASR9" s="15" t="n">
+      <c r="ASV9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ASS9" s="15" t="n">
+      <c r="ASW9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AST9" s="15" t="n">
+      <c r="ASX9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ASU9" s="15" t="n">
+      <c r="ASY9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ASV9" s="15" t="n">
+      <c r="ASZ9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ASW9" s="15" t="n">
+      <c r="ATA9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ASX9" s="15" t="n">
+      <c r="ATB9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ASY9" s="15" t="n">
+      <c r="ATC9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="ASZ9" s="15" t="n">
+      <c r="ATD9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="ATA9" s="15" t="n">
+      <c r="ATE9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ATB9" s="15" t="n">
+      <c r="ATF9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ATC9" s="15" t="n">
+      <c r="ATG9" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="ATD9" s="15" t="n">
+      <c r="ATH9" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="ATE9" s="15" t="n">
+      <c r="ATI9" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ATF9" s="15" t="n">
+      <c r="ATJ9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ATG9" s="15" t="n">
+      <c r="ATK9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ATH9" s="15" t="n">
+      <c r="ATL9" s="15" t="n">
         <v>2.7</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.6</v>
       </c>
       <c r="ATM9" s="15" t="n">
         <v>2.5</v>
       </c>
       <c r="ATN9" s="15" t="n">
         <v>2.4</v>
       </c>
       <c r="ATO9" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="ATP9" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="ATQ9" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="ATR9" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="ATS9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ATP9" s="15" t="n">
+      <c r="ATT9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ATQ9" s="15" t="n">
+      <c r="ATU9" s="15" t="n">
         <v>2.9</v>
-      </c>
-[...10 lines deleted...]
-        <v>3.7</v>
       </c>
       <c r="ATV9" s="15" t="n">
         <v>3.3</v>
       </c>
       <c r="ATW9" s="15" t="n">
-        <v>3.3</v>
+        <v>3.8</v>
       </c>
       <c r="ATX9" s="15" t="n">
-        <v>2.8</v>
+        <v>3.8</v>
       </c>
       <c r="ATY9" s="15" t="n">
-        <v>3.5</v>
+        <v>3.7</v>
       </c>
       <c r="ATZ9" s="15" t="n">
         <v>3.3</v>
       </c>
       <c r="AUA9" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="AUB9" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="AUC9" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="AUD9" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="AUE9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AUB9" s="15" t="n">
+      <c r="AUF9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AUC9" s="15" t="n">
+      <c r="AUG9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AUD9" s="15" t="n">
+      <c r="AUH9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AUE9" s="15" t="n">
+      <c r="AUI9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AUF9" s="15" t="n">
+      <c r="AUJ9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AUG9" s="15" t="n">
+      <c r="AUK9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AUH9" s="15" t="n">
+      <c r="AUL9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AUI9" s="15" t="n">
+      <c r="AUM9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AUJ9" s="15" t="n">
+      <c r="AUN9" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AUK9" s="15" t="n">
+      <c r="AUO9" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AUL9" s="15" t="n">
+      <c r="AUP9" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AUM9" s="15" t="n">
+      <c r="AUQ9" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AUN9" s="15" t="n">
+      <c r="AUR9" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AUO9" s="15" t="n">
+      <c r="AUS9" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="AUP9" s="13" t="inlineStr">
+      <c r="AUT9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUQ9" s="13" t="inlineStr">
+      <c r="AUU9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUR9" s="13" t="inlineStr">
+      <c r="AUV9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUS9" s="13" t="inlineStr">
+      <c r="AUW9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUT9" s="13" t="inlineStr">
+      <c r="AUX9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUU9" s="13" t="inlineStr">
+      <c r="AUY9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUV9" s="13" t="inlineStr">
+      <c r="AUZ9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUW9" s="13" t="inlineStr">
+      <c r="AVA9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUX9" s="13" t="inlineStr">
+      <c r="AVB9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUY9" s="13" t="inlineStr">
+      <c r="AVC9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUZ9" s="13" t="inlineStr">
+      <c r="AVD9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AVA9" s="13" t="inlineStr">
+      <c r="AVE9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        Alimentación (4711+472)</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>121.56</v>
+        <v>99.873</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>101.759</v>
+        <v>121.528</v>
       </c>
       <c r="D10" s="14" t="n">
+        <v>101.771</v>
+      </c>
+      <c r="E10" s="14" t="n">
         <v>107.434</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>106.617</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>110.848</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>112.684</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>104.697</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>105.078</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>101.547</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="L10" s="14" t="n">
         <v>101.814</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="M10" s="14" t="n">
         <v>91.062</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>96.498</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>116.742</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>100.115</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>102.883</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>99.706</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>108.365</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>108.206</v>
       </c>
-      <c r="T10" s="14" t="n">
+      <c r="U10" s="14" t="n">
         <v>99.821</v>
       </c>
-      <c r="U10" s="14" t="n">
+      <c r="V10" s="14" t="n">
         <v>99.86</v>
       </c>
-      <c r="V10" s="14" t="n">
+      <c r="W10" s="14" t="n">
         <v>96.974</v>
       </c>
-      <c r="W10" s="14" t="n">
+      <c r="X10" s="14" t="n">
         <v>98.384</v>
       </c>
-      <c r="X10" s="14" t="n">
+      <c r="Y10" s="14" t="n">
         <v>91.158</v>
       </c>
-      <c r="Y10" s="14" t="n">
+      <c r="Z10" s="14" t="n">
         <v>92.9</v>
       </c>
-      <c r="Z10" s="14" t="n">
+      <c r="AA10" s="14" t="n">
         <v>115.706</v>
       </c>
-      <c r="AA10" s="14" t="n">
+      <c r="AB10" s="14" t="n">
         <v>96.524</v>
       </c>
-      <c r="AB10" s="14" t="n">
+      <c r="AC10" s="14" t="n">
         <v>98.329</v>
       </c>
-      <c r="AC10" s="14" t="n">
+      <c r="AD10" s="14" t="n">
         <v>100.163</v>
       </c>
-      <c r="AD10" s="14" t="n">
+      <c r="AE10" s="14" t="n">
         <v>105.403</v>
       </c>
-      <c r="AE10" s="14" t="n">
+      <c r="AF10" s="14" t="n">
         <v>105.677</v>
       </c>
-      <c r="AF10" s="14" t="n">
+      <c r="AG10" s="14" t="n">
         <v>100.783</v>
       </c>
-      <c r="AG10" s="14" t="n">
+      <c r="AH10" s="14" t="n">
         <v>99.653</v>
       </c>
-      <c r="AH10" s="14" t="n">
+      <c r="AI10" s="14" t="n">
         <v>95.827</v>
       </c>
-      <c r="AI10" s="14" t="n">
+      <c r="AJ10" s="14" t="n">
         <v>98.095</v>
       </c>
-      <c r="AJ10" s="14" t="n">
+      <c r="AK10" s="14" t="n">
         <v>86.558</v>
       </c>
-      <c r="AK10" s="14" t="n">
+      <c r="AL10" s="14" t="n">
         <v>91.921</v>
       </c>
-      <c r="AL10" s="14" t="n">
+      <c r="AM10" s="14" t="n">
         <v>113.371</v>
       </c>
-      <c r="AM10" s="14" t="n">
+      <c r="AN10" s="14" t="n">
         <v>94.596</v>
       </c>
-      <c r="AN10" s="14" t="n">
+      <c r="AO10" s="14" t="n">
         <v>97.012</v>
       </c>
-      <c r="AO10" s="14" t="n">
+      <c r="AP10" s="14" t="n">
         <v>96.646</v>
       </c>
-      <c r="AP10" s="14" t="n">
+      <c r="AQ10" s="14" t="n">
         <v>102.276</v>
       </c>
-      <c r="AQ10" s="14" t="n">
+      <c r="AR10" s="14" t="n">
         <v>102.744</v>
       </c>
-      <c r="AR10" s="14" t="n">
+      <c r="AS10" s="14" t="n">
         <v>97.93</v>
       </c>
-      <c r="AS10" s="14" t="n">
+      <c r="AT10" s="14" t="n">
         <v>95.19</v>
       </c>
-      <c r="AT10" s="14" t="n">
+      <c r="AU10" s="14" t="n">
         <v>94.571</v>
       </c>
-      <c r="AU10" s="14" t="n">
+      <c r="AV10" s="14" t="n">
         <v>100.947</v>
       </c>
-      <c r="AV10" s="14" t="n">
+      <c r="AW10" s="14" t="n">
         <v>88.136</v>
       </c>
-      <c r="AW10" s="14" t="n">
+      <c r="AX10" s="14" t="n">
         <v>92.173</v>
       </c>
-      <c r="AX10" s="14" t="n">
+      <c r="AY10" s="14" t="n">
         <v>118.427</v>
       </c>
-      <c r="AY10" s="14" t="n">
+      <c r="AZ10" s="14" t="n">
         <v>98.587</v>
       </c>
-      <c r="AZ10" s="14" t="n">
+      <c r="BA10" s="14" t="n">
         <v>100.952</v>
       </c>
-      <c r="BA10" s="14" t="n">
+      <c r="BB10" s="14" t="n">
         <v>97.77</v>
       </c>
-      <c r="BB10" s="14" t="n">
+      <c r="BC10" s="14" t="n">
         <v>101.208</v>
       </c>
-      <c r="BC10" s="14" t="n">
+      <c r="BD10" s="14" t="n">
         <v>106.375</v>
       </c>
-      <c r="BD10" s="14" t="n">
+      <c r="BE10" s="14" t="n">
         <v>98.322</v>
       </c>
-      <c r="BE10" s="14" t="n">
+      <c r="BF10" s="14" t="n">
         <v>95.903</v>
       </c>
-      <c r="BF10" s="14" t="n">
+      <c r="BG10" s="14" t="n">
         <v>96.102</v>
       </c>
-      <c r="BG10" s="14" t="n">
+      <c r="BH10" s="14" t="n">
         <v>101.644</v>
       </c>
-      <c r="BH10" s="14" t="n">
+      <c r="BI10" s="14" t="n">
         <v>89.879</v>
       </c>
-      <c r="BI10" s="14" t="n">
+      <c r="BJ10" s="14" t="n">
         <v>94.83</v>
       </c>
-      <c r="BJ10" s="14" t="n">
+      <c r="BK10" s="14" t="n">
         <v>121.002</v>
       </c>
-      <c r="BK10" s="14" t="n">
+      <c r="BL10" s="14" t="n">
         <v>98.464</v>
       </c>
-      <c r="BL10" s="14" t="n">
+      <c r="BM10" s="14" t="n">
         <v>104.244</v>
       </c>
-      <c r="BM10" s="14" t="n">
+      <c r="BN10" s="14" t="n">
         <v>99.089</v>
       </c>
-      <c r="BN10" s="14" t="n">
+      <c r="BO10" s="14" t="n">
         <v>102.835</v>
       </c>
-      <c r="BO10" s="14" t="n">
+      <c r="BP10" s="14" t="n">
         <v>107.599</v>
       </c>
-      <c r="BP10" s="14" t="n">
+      <c r="BQ10" s="14" t="n">
         <v>101.183</v>
       </c>
-      <c r="BQ10" s="14" t="n">
+      <c r="BR10" s="14" t="n">
         <v>100.798</v>
       </c>
-      <c r="BR10" s="14" t="n">
+      <c r="BS10" s="14" t="n">
         <v>97.251</v>
       </c>
-      <c r="BS10" s="14" t="n">
+      <c r="BT10" s="14" t="n">
         <v>106.771</v>
       </c>
-      <c r="BT10" s="14" t="n">
+      <c r="BU10" s="14" t="n">
         <v>93.851</v>
       </c>
-      <c r="BU10" s="14" t="n">
+      <c r="BV10" s="14" t="n">
         <v>96.028</v>
       </c>
-      <c r="BV10" s="14" t="n">
+      <c r="BW10" s="14" t="n">
         <v>115.754</v>
       </c>
-      <c r="BW10" s="14" t="n">
+      <c r="BX10" s="14" t="n">
         <v>99.743</v>
       </c>
-      <c r="BX10" s="14" t="n">
+      <c r="BY10" s="14" t="n">
         <v>102.225</v>
       </c>
-      <c r="BY10" s="14" t="n">
+      <c r="BZ10" s="14" t="n">
         <v>99.08</v>
       </c>
-      <c r="BZ10" s="14" t="n">
+      <c r="CA10" s="14" t="n">
         <v>107.104</v>
       </c>
-      <c r="CA10" s="14" t="n">
+      <c r="CB10" s="14" t="n">
         <v>108.416</v>
       </c>
-      <c r="CB10" s="14" t="n">
+      <c r="CC10" s="14" t="n">
         <v>101.072</v>
       </c>
-      <c r="CC10" s="14" t="n">
+      <c r="CD10" s="14" t="n">
         <v>100.726</v>
       </c>
-      <c r="CD10" s="14" t="n">
+      <c r="CE10" s="14" t="n">
         <v>99.181</v>
       </c>
-      <c r="CE10" s="14" t="n">
+      <c r="CF10" s="14" t="n">
         <v>99.421</v>
       </c>
-      <c r="CF10" s="14" t="n">
+      <c r="CG10" s="14" t="n">
         <v>88.621</v>
       </c>
-      <c r="CG10" s="14" t="n">
+      <c r="CH10" s="14" t="n">
         <v>95.366</v>
       </c>
-      <c r="CH10" s="14" t="n">
+      <c r="CI10" s="14" t="n">
         <v>117.065</v>
       </c>
-      <c r="CI10" s="14" t="n">
+      <c r="CJ10" s="14" t="n">
         <v>97.254</v>
       </c>
-      <c r="CJ10" s="14" t="n">
+      <c r="CK10" s="14" t="n">
         <v>101.204</v>
       </c>
-      <c r="CK10" s="14" t="n">
+      <c r="CL10" s="14" t="n">
         <v>98.442</v>
       </c>
-      <c r="CL10" s="14" t="n">
+      <c r="CM10" s="14" t="n">
         <v>104.951</v>
       </c>
-      <c r="CM10" s="14" t="n">
+      <c r="CN10" s="14" t="n">
         <v>104.283</v>
       </c>
-      <c r="CN10" s="14" t="n">
+      <c r="CO10" s="14" t="n">
         <v>102.572</v>
       </c>
-      <c r="CO10" s="14" t="n">
+      <c r="CP10" s="14" t="n">
         <v>98.297</v>
       </c>
-      <c r="CP10" s="14" t="n">
+      <c r="CQ10" s="14" t="n">
         <v>95.402</v>
       </c>
-      <c r="CQ10" s="14" t="n">
+      <c r="CR10" s="14" t="n">
         <v>100.222</v>
       </c>
-      <c r="CR10" s="14" t="n">
+      <c r="CS10" s="14" t="n">
         <v>87.265</v>
       </c>
-      <c r="CS10" s="14" t="n">
+      <c r="CT10" s="14" t="n">
         <v>93.343</v>
       </c>
-      <c r="CT10" s="14" t="n">
+      <c r="CU10" s="14" t="n">
         <v>117.592</v>
       </c>
-      <c r="CU10" s="14" t="n">
+      <c r="CV10" s="14" t="n">
         <v>96.275</v>
       </c>
-      <c r="CV10" s="14" t="n">
+      <c r="CW10" s="14" t="n">
         <v>97.547</v>
       </c>
-      <c r="CW10" s="14" t="n">
+      <c r="CX10" s="14" t="n">
         <v>102.105</v>
       </c>
-      <c r="CX10" s="14" t="n">
+      <c r="CY10" s="14" t="n">
         <v>104.992</v>
       </c>
-      <c r="CY10" s="14" t="n">
+      <c r="CZ10" s="14" t="n">
         <v>106.343</v>
       </c>
-      <c r="CZ10" s="14" t="n">
+      <c r="DA10" s="14" t="n">
         <v>102.929</v>
       </c>
-      <c r="DA10" s="14" t="n">
+      <c r="DB10" s="14" t="n">
         <v>98.883</v>
       </c>
-      <c r="DB10" s="14" t="n">
+      <c r="DC10" s="14" t="n">
         <v>96.704</v>
       </c>
-      <c r="DC10" s="14" t="n">
+      <c r="DD10" s="14" t="n">
         <v>98.99</v>
       </c>
-      <c r="DD10" s="14" t="n">
+      <c r="DE10" s="14" t="n">
         <v>86.876</v>
       </c>
-      <c r="DE10" s="14" t="n">
+      <c r="DF10" s="14" t="n">
         <v>94.063</v>
       </c>
-      <c r="DF10" s="14" t="n">
+      <c r="DG10" s="14" t="n">
         <v>119.012</v>
       </c>
-      <c r="DG10" s="14" t="n">
+      <c r="DH10" s="14" t="n">
         <v>96.642</v>
       </c>
-      <c r="DH10" s="14" t="n">
+      <c r="DI10" s="14" t="n">
         <v>99.792</v>
       </c>
-      <c r="DI10" s="14" t="n">
+      <c r="DJ10" s="14" t="n">
         <v>99.282</v>
       </c>
-      <c r="DJ10" s="14" t="n">
+      <c r="DK10" s="14" t="n">
         <v>102.173</v>
       </c>
-      <c r="DK10" s="14" t="n">
+      <c r="DL10" s="14" t="n">
         <v>104.525</v>
       </c>
-      <c r="DL10" s="14" t="n">
+      <c r="DM10" s="14" t="n">
         <v>99.572</v>
       </c>
-      <c r="DM10" s="14" t="n">
+      <c r="DN10" s="14" t="n">
         <v>95.66</v>
       </c>
-      <c r="DN10" s="14" t="n">
+      <c r="DO10" s="14" t="n">
         <v>96.968</v>
       </c>
-      <c r="DO10" s="14" t="n">
+      <c r="DP10" s="14" t="n">
         <v>96.802</v>
       </c>
-      <c r="DP10" s="14" t="n">
+      <c r="DQ10" s="14" t="n">
         <v>89.466</v>
       </c>
-      <c r="DQ10" s="14" t="n">
+      <c r="DR10" s="14" t="n">
         <v>93.003</v>
       </c>
-      <c r="DR10" s="14" t="n">
+      <c r="DS10" s="14" t="n">
         <v>117.487</v>
       </c>
-      <c r="DS10" s="14" t="n">
+      <c r="DT10" s="14" t="n">
         <v>93.973</v>
       </c>
-      <c r="DT10" s="14" t="n">
+      <c r="DU10" s="14" t="n">
         <v>100.043</v>
       </c>
-      <c r="DU10" s="14" t="n">
+      <c r="DV10" s="14" t="n">
         <v>97.394</v>
       </c>
-      <c r="DV10" s="14" t="n">
+      <c r="DW10" s="14" t="n">
         <v>100.554</v>
       </c>
-      <c r="DW10" s="14" t="n">
+      <c r="DX10" s="14" t="n">
         <v>105.671</v>
       </c>
-      <c r="DX10" s="14" t="n">
+      <c r="DY10" s="14" t="n">
         <v>98.571</v>
       </c>
-      <c r="DY10" s="14" t="n">
+      <c r="DZ10" s="14" t="n">
         <v>97.235</v>
       </c>
-      <c r="DZ10" s="14" t="n">
+      <c r="EA10" s="14" t="n">
         <v>95.254</v>
       </c>
-      <c r="EA10" s="14" t="n">
+      <c r="EB10" s="14" t="n">
         <v>95.251</v>
       </c>
-      <c r="EB10" s="14" t="n">
+      <c r="EC10" s="14" t="n">
         <v>85.179</v>
       </c>
-      <c r="EC10" s="14" t="n">
+      <c r="ED10" s="14" t="n">
         <v>95.305</v>
       </c>
-      <c r="ED10" s="14" t="n">
+      <c r="EE10" s="14" t="n">
         <v>117.757</v>
       </c>
-      <c r="EE10" s="14" t="n">
+      <c r="EF10" s="14" t="n">
         <v>93.978</v>
       </c>
-      <c r="EF10" s="14" t="n">
+      <c r="EG10" s="14" t="n">
         <v>99.115</v>
       </c>
-      <c r="EG10" s="14" t="n">
+      <c r="EH10" s="14" t="n">
         <v>97.138</v>
       </c>
-      <c r="EH10" s="14" t="n">
+      <c r="EI10" s="14" t="n">
         <v>101.042</v>
       </c>
-      <c r="EI10" s="14" t="n">
+      <c r="EJ10" s="14" t="n">
         <v>103.765</v>
       </c>
-      <c r="EJ10" s="14" t="n">
+      <c r="EK10" s="14" t="n">
         <v>96.326</v>
       </c>
-      <c r="EK10" s="14" t="n">
+      <c r="EL10" s="14" t="n">
         <v>98.62</v>
       </c>
-      <c r="EL10" s="14" t="n">
+      <c r="EM10" s="14" t="n">
         <v>95.144</v>
       </c>
-      <c r="EM10" s="14" t="n">
+      <c r="EN10" s="14" t="n">
         <v>94.825</v>
       </c>
-      <c r="EN10" s="14" t="n">
+      <c r="EO10" s="14" t="n">
         <v>84.658</v>
       </c>
-      <c r="EO10" s="14" t="n">
+      <c r="EP10" s="14" t="n">
         <v>92.456</v>
       </c>
-      <c r="EP10" s="14" t="n">
+      <c r="EQ10" s="14" t="n">
         <v>113.495</v>
       </c>
-      <c r="EQ10" s="14" t="n">
+      <c r="ER10" s="14" t="n">
         <v>95.835</v>
       </c>
-      <c r="ER10" s="14" t="n">
+      <c r="ES10" s="14" t="n">
         <v>98.246</v>
       </c>
-      <c r="ES10" s="14" t="n">
+      <c r="ET10" s="14" t="n">
         <v>94.109</v>
       </c>
-      <c r="ET10" s="14" t="n">
+      <c r="EU10" s="14" t="n">
         <v>101.792</v>
       </c>
-      <c r="EU10" s="14" t="n">
+      <c r="EV10" s="14" t="n">
         <v>103.307</v>
       </c>
-      <c r="EV10" s="14" t="n">
+      <c r="EW10" s="14" t="n">
         <v>96.764</v>
       </c>
-      <c r="EW10" s="14" t="n">
+      <c r="EX10" s="14" t="n">
         <v>97.055</v>
       </c>
-      <c r="EX10" s="14" t="n">
+      <c r="EY10" s="14" t="n">
         <v>94.997</v>
       </c>
-      <c r="EY10" s="14" t="n">
+      <c r="EZ10" s="14" t="n">
         <v>96.353</v>
       </c>
-      <c r="EZ10" s="14" t="n">
+      <c r="FA10" s="14" t="n">
         <v>85.435</v>
       </c>
-      <c r="FA10" s="14" t="n">
+      <c r="FB10" s="14" t="n">
         <v>92.194</v>
       </c>
-      <c r="FB10" s="14" t="n">
+      <c r="FC10" s="14" t="n">
         <v>115.898</v>
       </c>
-      <c r="FC10" s="14" t="n">
+      <c r="FD10" s="14" t="n">
         <v>95.336</v>
       </c>
-      <c r="FD10" s="14" t="n">
+      <c r="FE10" s="14" t="n">
         <v>99.672</v>
       </c>
-      <c r="FE10" s="14" t="n">
+      <c r="FF10" s="14" t="n">
         <v>96.193</v>
       </c>
-      <c r="FF10" s="14" t="n">
+      <c r="FG10" s="14" t="n">
         <v>107.46</v>
       </c>
-      <c r="FG10" s="14" t="n">
+      <c r="FH10" s="14" t="n">
         <v>106.922</v>
       </c>
-      <c r="FH10" s="14" t="n">
+      <c r="FI10" s="14" t="n">
         <v>106.274</v>
       </c>
-      <c r="FI10" s="14" t="n">
+      <c r="FJ10" s="14" t="n">
         <v>101.323</v>
       </c>
-      <c r="FJ10" s="14" t="n">
+      <c r="FK10" s="14" t="n">
         <v>99.252</v>
       </c>
-      <c r="FK10" s="14" t="n">
+      <c r="FL10" s="14" t="n">
         <v>105.007</v>
       </c>
-      <c r="FL10" s="14" t="n">
+      <c r="FM10" s="14" t="n">
         <v>93.825</v>
       </c>
-      <c r="FM10" s="14" t="n">
+      <c r="FN10" s="14" t="n">
         <v>99.447</v>
       </c>
-      <c r="FN10" s="14" t="n">
+      <c r="FO10" s="14" t="n">
         <v>126.475</v>
       </c>
-      <c r="FO10" s="14" t="n">
+      <c r="FP10" s="14" t="n">
         <v>100.883</v>
       </c>
-      <c r="FP10" s="14" t="n">
+      <c r="FQ10" s="14" t="n">
         <v>106.546</v>
       </c>
-      <c r="FQ10" s="14" t="n">
+      <c r="FR10" s="14" t="n">
         <v>105.701</v>
       </c>
-      <c r="FR10" s="14" t="n">
+      <c r="FS10" s="14" t="n">
         <v>108.067</v>
       </c>
-      <c r="FS10" s="14" t="n">
+      <c r="FT10" s="14" t="n">
         <v>112.668</v>
       </c>
-      <c r="FT10" s="14" t="n">
+      <c r="FU10" s="14" t="n">
         <v>107.813</v>
       </c>
-      <c r="FU10" s="14" t="n">
+      <c r="FV10" s="14" t="n">
         <v>103.246</v>
       </c>
-      <c r="FV10" s="14" t="n">
+      <c r="FW10" s="14" t="n">
         <v>107.728</v>
       </c>
-      <c r="FW10" s="14" t="n">
+      <c r="FX10" s="14" t="n">
         <v>104.728</v>
       </c>
-      <c r="FX10" s="14" t="n">
+      <c r="FY10" s="14" t="n">
         <v>94.468</v>
       </c>
-      <c r="FY10" s="14" t="n">
+      <c r="FZ10" s="14" t="n">
         <v>101.474</v>
       </c>
-      <c r="FZ10" s="14" t="n">
+      <c r="GA10" s="14" t="n">
         <v>130.967</v>
       </c>
-      <c r="GA10" s="14" t="n">
+      <c r="GB10" s="14" t="n">
         <v>105.659</v>
       </c>
-      <c r="GB10" s="14" t="n">
+      <c r="GC10" s="14" t="n">
         <v>110.54</v>
       </c>
-      <c r="GC10" s="14" t="n">
+      <c r="GD10" s="14" t="n">
         <v>107.965</v>
       </c>
-      <c r="GD10" s="14" t="n">
+      <c r="GE10" s="14" t="n">
         <v>109.431</v>
       </c>
-      <c r="GE10" s="14" t="n">
+      <c r="GF10" s="14" t="n">
         <v>120.174</v>
       </c>
-      <c r="GF10" s="14" t="n">
+      <c r="GG10" s="14" t="n">
         <v>112.164</v>
       </c>
-      <c r="GG10" s="14" t="n">
+      <c r="GH10" s="14" t="n">
         <v>109.041</v>
       </c>
-      <c r="GH10" s="14" t="n">
+      <c r="GI10" s="14" t="n">
         <v>108.355</v>
       </c>
-      <c r="GI10" s="14" t="n">
+      <c r="GJ10" s="14" t="n">
         <v>113.524</v>
       </c>
-      <c r="GJ10" s="14" t="n">
+      <c r="GK10" s="14" t="n">
         <v>99.102</v>
       </c>
-      <c r="GK10" s="14" t="n">
+      <c r="GL10" s="14" t="n">
         <v>106.589</v>
       </c>
-      <c r="GL10" s="14" t="n">
+      <c r="GM10" s="14" t="n">
         <v>136.268</v>
       </c>
-      <c r="GM10" s="14" t="n">
+      <c r="GN10" s="14" t="n">
         <v>106.148</v>
       </c>
-      <c r="GN10" s="14" t="n">
+      <c r="GO10" s="14" t="n">
         <v>114.188</v>
       </c>
-      <c r="GO10" s="14" t="n">
+      <c r="GP10" s="14" t="n">
         <v>110.408</v>
       </c>
-      <c r="GP10" s="14" t="n">
+      <c r="GQ10" s="14" t="n">
         <v>112.38</v>
       </c>
-      <c r="GQ10" s="14" t="n">
+      <c r="GR10" s="14" t="n">
         <v>119.648</v>
       </c>
-      <c r="GR10" s="14" t="n">
+      <c r="GS10" s="14" t="n">
         <v>113.844</v>
       </c>
-      <c r="GS10" s="14" t="n">
+      <c r="GT10" s="14" t="n">
         <v>110.113</v>
       </c>
-      <c r="GT10" s="14" t="n">
+      <c r="GU10" s="14" t="n">
         <v>110.678</v>
       </c>
-      <c r="GU10" s="14" t="n">
+      <c r="GV10" s="14" t="n">
         <v>107.581</v>
       </c>
-      <c r="GV10" s="14" t="n">
+      <c r="GW10" s="14" t="n">
         <v>98.075</v>
       </c>
-      <c r="GW10" s="14" t="n">
+      <c r="GX10" s="14" t="n">
         <v>110.875</v>
       </c>
-      <c r="GX10" s="14" t="n">
+      <c r="GY10" s="14" t="n">
         <v>137.198</v>
       </c>
-      <c r="GY10" s="14" t="n">
+      <c r="GZ10" s="14" t="n">
         <v>109.129</v>
       </c>
-      <c r="GZ10" s="14" t="n">
+      <c r="HA10" s="14" t="n">
         <v>115.969</v>
       </c>
-      <c r="HA10" s="14" t="n">
+      <c r="HB10" s="14" t="n">
         <v>113.963</v>
       </c>
-      <c r="HB10" s="14" t="n">
+      <c r="HC10" s="14" t="n">
         <v>118.262</v>
       </c>
-      <c r="HC10" s="14" t="n">
+      <c r="HD10" s="14" t="n">
         <v>124.022</v>
       </c>
-      <c r="HD10" s="14" t="n">
+      <c r="HE10" s="14" t="n">
         <v>114.905</v>
       </c>
-      <c r="HE10" s="14" t="n">
+      <c r="HF10" s="14" t="n">
         <v>118.177</v>
       </c>
-      <c r="HF10" s="14" t="n">
+      <c r="HG10" s="14" t="n">
         <v>114.817</v>
       </c>
-      <c r="HG10" s="14" t="n">
+      <c r="HH10" s="14" t="n">
         <v>115.807</v>
       </c>
-      <c r="HH10" s="14" t="n">
+      <c r="HI10" s="14" t="n">
         <v>108.227</v>
       </c>
-      <c r="HI10" s="14" t="n">
+      <c r="HJ10" s="14" t="n">
         <v>113.005</v>
       </c>
-      <c r="HJ10" s="14" t="n">
+      <c r="HK10" s="14" t="n">
         <v>143.982</v>
       </c>
-      <c r="HK10" s="14" t="n">
+      <c r="HL10" s="14" t="n">
         <v>115.718</v>
       </c>
-      <c r="HL10" s="14" t="n">
+      <c r="HM10" s="14" t="n">
         <v>120.033</v>
       </c>
-      <c r="HM10" s="14" t="n">
+      <c r="HN10" s="14" t="n">
         <v>117.791</v>
       </c>
-      <c r="HN10" s="14" t="n">
+      <c r="HO10" s="14" t="n">
         <v>124.053</v>
       </c>
-      <c r="HO10" s="14" t="n">
+      <c r="HP10" s="14" t="n">
         <v>125.938</v>
       </c>
-      <c r="HP10" s="14" t="n">
+      <c r="HQ10" s="14" t="n">
         <v>124.177</v>
       </c>
-      <c r="HQ10" s="14" t="n">
+      <c r="HR10" s="14" t="n">
         <v>118.404</v>
       </c>
-      <c r="HR10" s="14" t="n">
+      <c r="HS10" s="14" t="n">
         <v>113.717</v>
       </c>
-      <c r="HS10" s="14" t="n">
+      <c r="HT10" s="14" t="n">
         <v>122.011</v>
       </c>
-      <c r="HT10" s="14" t="n">
+      <c r="HU10" s="14" t="n">
         <v>104.938</v>
       </c>
-      <c r="HU10" s="14" t="n">
+      <c r="HV10" s="14" t="n">
         <v>113.569</v>
       </c>
-      <c r="HV10" s="14" t="n">
+      <c r="HW10" s="14" t="n">
         <v>148.249</v>
       </c>
-      <c r="HW10" s="14" t="n">
+      <c r="HX10" s="14" t="n">
         <v>115.63</v>
       </c>
-      <c r="HX10" s="14" t="n">
+      <c r="HY10" s="14" t="n">
         <v>116.667</v>
       </c>
-      <c r="HY10" s="14" t="n">
+      <c r="HZ10" s="14" t="n">
         <v>119.72</v>
       </c>
-      <c r="HZ10" s="14" t="n">
+      <c r="IA10" s="14" t="n">
         <v>120.945</v>
       </c>
-      <c r="IA10" s="14" t="n">
+      <c r="IB10" s="14" t="n">
         <v>125.4</v>
       </c>
-      <c r="IB10" s="14" t="n">
+      <c r="IC10" s="14" t="n">
         <v>119.879</v>
       </c>
-      <c r="IC10" s="14" t="n">
+      <c r="ID10" s="14" t="n">
         <v>115.932</v>
       </c>
-      <c r="ID10" s="14" t="n">
+      <c r="IE10" s="14" t="n">
         <v>114.782</v>
       </c>
-      <c r="IE10" s="14" t="n">
+      <c r="IF10" s="14" t="n">
         <v>116.01</v>
       </c>
-      <c r="IF10" s="14" t="n">
+      <c r="IG10" s="14" t="n">
         <v>102.898</v>
       </c>
-      <c r="IG10" s="14" t="n">
+      <c r="IH10" s="14" t="n">
         <v>110.663</v>
       </c>
-      <c r="IH10" s="14" t="n">
+      <c r="II10" s="14" t="n">
         <v>146.03</v>
       </c>
-      <c r="II10" s="14" t="n">
+      <c r="IJ10" s="14" t="n">
         <v>112.263</v>
       </c>
-      <c r="IJ10" s="14" t="n">
+      <c r="IK10" s="14" t="n">
         <v>117.752</v>
       </c>
-      <c r="IK10" s="14" t="n">
+      <c r="IL10" s="14" t="n">
         <v>115.876</v>
       </c>
-      <c r="IL10" s="14" t="n">
+      <c r="IM10" s="14" t="n">
         <v>119.642</v>
       </c>
-      <c r="IM10" s="14" t="n">
+      <c r="IN10" s="14" t="n">
         <v>124.07</v>
       </c>
-      <c r="IN10" s="14" t="n">
+      <c r="IO10" s="14" t="n">
         <v>117.067</v>
       </c>
-      <c r="IO10" s="14" t="n">
+      <c r="IP10" s="14" t="n">
         <v>112.186</v>
       </c>
-      <c r="IP10" s="14" t="n">
+      <c r="IQ10" s="14" t="n">
         <v>115.125</v>
       </c>
-      <c r="IQ10" s="14" t="n">
+      <c r="IR10" s="14" t="n">
         <v>113.791</v>
       </c>
-      <c r="IR10" s="14" t="n">
+      <c r="IS10" s="14" t="n">
         <v>102.034</v>
       </c>
-      <c r="IS10" s="14" t="n">
+      <c r="IT10" s="14" t="n">
         <v>111.208</v>
       </c>
-      <c r="IT10" s="14" t="n">
+      <c r="IU10" s="14" t="n">
         <v>145.574</v>
       </c>
-      <c r="IU10" s="14" t="n">
+      <c r="IV10" s="14" t="n">
         <v>113.559</v>
       </c>
-      <c r="IV10" s="14" t="n">
+      <c r="IW10" s="14" t="n">
         <v>117.788</v>
       </c>
-      <c r="IW10" s="14" t="n">
+      <c r="IX10" s="14" t="n">
         <v>113.749</v>
       </c>
-      <c r="IX10" s="14" t="n">
+      <c r="IY10" s="14" t="n">
         <v>116.183</v>
       </c>
-      <c r="IY10" s="14" t="n">
+      <c r="IZ10" s="14" t="n">
         <v>125.899</v>
       </c>
-      <c r="IZ10" s="14" t="n">
+      <c r="JA10" s="14" t="n">
         <v>117.909</v>
       </c>
-      <c r="JA10" s="14" t="n">
+      <c r="JB10" s="14" t="n">
         <v>112.606</v>
       </c>
-      <c r="JB10" s="14" t="n">
+      <c r="JC10" s="14" t="n">
         <v>114.995</v>
       </c>
-      <c r="JC10" s="14" t="n">
+      <c r="JD10" s="14" t="n">
         <v>112.437</v>
       </c>
-      <c r="JD10" s="14" t="n">
+      <c r="JE10" s="14" t="n">
         <v>101.61</v>
       </c>
-      <c r="JE10" s="14" t="n">
+      <c r="JF10" s="14" t="n">
         <v>113.004</v>
       </c>
-      <c r="JF10" s="14" t="n">
+      <c r="JG10" s="14" t="n">
         <v>142.187</v>
       </c>
-      <c r="JG10" s="14" t="n">
+      <c r="JH10" s="14" t="n">
         <v>109.435</v>
       </c>
-      <c r="JH10" s="14" t="n">
+      <c r="JI10" s="14" t="n">
         <v>116.968</v>
       </c>
-      <c r="JI10" s="14" t="n">
+      <c r="JJ10" s="14" t="n">
         <v>113.337</v>
       </c>
-      <c r="JJ10" s="14" t="n">
+      <c r="JK10" s="14" t="n">
         <v>118.789</v>
       </c>
-      <c r="JK10" s="14" t="n">
+      <c r="JL10" s="14" t="n">
         <v>122.795</v>
       </c>
-      <c r="JL10" s="14" t="n">
+      <c r="JM10" s="14" t="n">
         <v>113.678</v>
       </c>
-      <c r="JM10" s="14" t="n">
+      <c r="JN10" s="14" t="n">
         <v>115.029</v>
       </c>
-      <c r="JN10" s="14" t="n">
+      <c r="JO10" s="14" t="n">
         <v>111.082</v>
       </c>
-      <c r="JO10" s="14" t="n">
+      <c r="JP10" s="14" t="n">
         <v>108.137</v>
       </c>
-      <c r="JP10" s="14" t="n">
+      <c r="JQ10" s="14" t="n">
         <v>99.425</v>
       </c>
-      <c r="JQ10" s="14" t="n">
+      <c r="JR10" s="14" t="n">
         <v>108.935</v>
       </c>
-      <c r="JR10" s="14" t="n">
+      <c r="JS10" s="14" t="n">
         <v>136.219</v>
       </c>
-      <c r="JS10" s="14" t="n">
+      <c r="JT10" s="14" t="n">
         <v>110.486</v>
       </c>
-      <c r="JT10" s="14" t="n">
+      <c r="JU10" s="14" t="n">
         <v>112.789</v>
       </c>
-      <c r="JU10" s="14" t="n">
+      <c r="JV10" s="14" t="n">
         <v>108.194</v>
       </c>
-      <c r="JV10" s="14" t="n">
+      <c r="JW10" s="14" t="n">
         <v>117.125</v>
       </c>
-      <c r="JW10" s="14" t="n">
+      <c r="JX10" s="14" t="n">
         <v>119.537</v>
       </c>
-      <c r="JX10" s="14" t="n">
+      <c r="JY10" s="14" t="n">
         <v>111.609</v>
       </c>
-      <c r="JY10" s="14" t="n">
+      <c r="JZ10" s="14" t="n">
         <v>110.949</v>
       </c>
-      <c r="JZ10" s="14" t="n">
+      <c r="KA10" s="14" t="n">
         <v>108.002</v>
       </c>
-      <c r="KA10" s="14" t="n">
+      <c r="KB10" s="14" t="n">
         <v>110.196</v>
       </c>
-      <c r="KB10" s="14" t="n">
+      <c r="KC10" s="14" t="n">
         <v>97.429</v>
       </c>
-      <c r="KC10" s="14" t="n">
+      <c r="KD10" s="14" t="n">
         <v>105.624</v>
       </c>
-      <c r="KD10" s="14" t="n">
+      <c r="KE10" s="14" t="n">
         <v>137.664</v>
       </c>
-      <c r="KE10" s="14" t="n">
+      <c r="KF10" s="14" t="n">
         <v>107.735</v>
       </c>
-      <c r="KF10" s="14" t="n">
+      <c r="KG10" s="14" t="n">
         <v>111.445</v>
       </c>
-      <c r="KG10" s="14" t="n">
+      <c r="KH10" s="14" t="n">
         <v>110.419</v>
       </c>
-      <c r="KH10" s="14" t="n">
+      <c r="KI10" s="14" t="n">
         <v>114.476</v>
       </c>
-      <c r="KI10" s="14" t="n">
+      <c r="KJ10" s="14" t="n">
         <v>118.505</v>
       </c>
-      <c r="KJ10" s="14" t="n">
+      <c r="KK10" s="14" t="n">
         <v>118.09</v>
       </c>
-      <c r="KK10" s="14" t="n">
+      <c r="KL10" s="14" t="n">
         <v>111.835</v>
       </c>
-      <c r="KL10" s="14" t="n">
+      <c r="KM10" s="14" t="n">
         <v>107.343</v>
       </c>
-      <c r="KM10" s="14" t="n">
+      <c r="KN10" s="14" t="n">
         <v>108.093</v>
       </c>
-      <c r="KN10" s="14" t="n">
+      <c r="KO10" s="14" t="n">
         <v>95.113</v>
       </c>
-      <c r="KO10" s="14" t="n">
+      <c r="KP10" s="14" t="n">
         <v>103.777</v>
       </c>
-      <c r="KP10" s="14" t="n">
+      <c r="KQ10" s="14" t="n">
         <v>134.28</v>
       </c>
-      <c r="KQ10" s="14" t="n">
+      <c r="KR10" s="14" t="n">
         <v>104.139</v>
       </c>
-      <c r="KR10" s="14" t="n">
+      <c r="KS10" s="14" t="n">
         <v>104.989</v>
       </c>
-      <c r="KS10" s="14" t="n">
+      <c r="KT10" s="14" t="n">
         <v>107.573</v>
       </c>
-      <c r="KT10" s="14" t="n">
+      <c r="KU10" s="14" t="n">
         <v>106.447</v>
       </c>
-      <c r="KU10" s="14" t="n">
+      <c r="KV10" s="14" t="n">
         <v>114.526</v>
       </c>
-      <c r="KV10" s="14" t="n">
+      <c r="KW10" s="14" t="n">
         <v>110.943</v>
       </c>
-      <c r="KW10" s="14" t="n">
+      <c r="KX10" s="14" t="n">
         <v>104.868</v>
       </c>
-      <c r="KX10" s="14" t="n">
+      <c r="KY10" s="14" t="n">
         <v>103.992</v>
       </c>
-      <c r="KY10" s="14" t="n">
+      <c r="KZ10" s="14" t="n">
         <v>104.249</v>
       </c>
-      <c r="KZ10" s="14" t="n">
+      <c r="LA10" s="14" t="n">
         <v>94.22</v>
       </c>
-      <c r="LA10" s="14" t="n">
+      <c r="LB10" s="14" t="n">
         <v>98.198</v>
       </c>
-      <c r="LB10" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="LC10" s="15" t="n">
+        <v>-17.8</v>
+      </c>
+      <c r="LD10" s="15" t="n">
+        <v>19.4</v>
+      </c>
+      <c r="LE10" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="LD10" s="15" t="n">
+      <c r="LF10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="LE10" s="15" t="n">
+      <c r="LG10" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="LF10" s="15" t="n">
+      <c r="LH10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="LG10" s="15" t="n">
+      <c r="LI10" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="LH10" s="15" t="n">
+      <c r="LJ10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="LI10" s="15" t="n">
+      <c r="LK10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="LJ10" s="15" t="n">
+      <c r="LL10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="LK10" s="15" t="n">
+      <c r="LM10" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="LL10" s="15" t="n">
+      <c r="LN10" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="LM10" s="15" t="n">
+      <c r="LO10" s="15" t="n">
         <v>-17.3</v>
       </c>
-      <c r="LN10" s="15" t="n">
+      <c r="LP10" s="15" t="n">
         <v>16.6</v>
       </c>
-      <c r="LO10" s="15" t="n">
+      <c r="LQ10" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="LP10" s="15" t="n">
+      <c r="LR10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="LQ10" s="15" t="n">
+      <c r="LS10" s="15" t="n">
         <v>-8.0</v>
       </c>
-      <c r="LR10" s="15" t="n">
+      <c r="LT10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LS10" s="15" t="n">
+      <c r="LU10" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="LT10" s="15" t="n">
+      <c r="LV10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="LU10" s="15" t="n">
+      <c r="LW10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="LV10" s="15" t="n">
+      <c r="LX10" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="LW10" s="15" t="n">
+      <c r="LY10" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="LX10" s="15" t="n">
+      <c r="LZ10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="LY10" s="15" t="n">
+      <c r="MA10" s="15" t="n">
         <v>-19.7</v>
       </c>
-      <c r="LZ10" s="15" t="n">
+      <c r="MB10" s="15" t="n">
         <v>19.9</v>
       </c>
-      <c r="MA10" s="15" t="n">
+      <c r="MC10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="MB10" s="15" t="n">
+      <c r="MD10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="MC10" s="15" t="n">
+      <c r="ME10" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="MD10" s="15" t="n">
+      <c r="MF10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ME10" s="15" t="n">
+      <c r="MG10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="MF10" s="15" t="n">
+      <c r="MH10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="MG10" s="15" t="n">
+      <c r="MI10" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="MH10" s="15" t="n">
+      <c r="MJ10" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="MI10" s="15" t="n">
+      <c r="MK10" s="15" t="n">
         <v>13.3</v>
       </c>
-      <c r="MJ10" s="15" t="n">
+      <c r="ML10" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="MK10" s="15" t="n">
+      <c r="MM10" s="15" t="n">
         <v>-18.9</v>
       </c>
-      <c r="ML10" s="15" t="n">
+      <c r="MN10" s="15" t="n">
         <v>19.8</v>
       </c>
-      <c r="MM10" s="15" t="n">
+      <c r="MO10" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="MN10" s="15" t="n">
+      <c r="MP10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="MO10" s="15" t="n">
+      <c r="MQ10" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="MP10" s="15" t="n">
+      <c r="MR10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="MQ10" s="15" t="n">
+      <c r="MS10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="MR10" s="15" t="n">
+      <c r="MT10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="MS10" s="15" t="n">
+      <c r="MU10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MT10" s="15" t="n">
+      <c r="MV10" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="MU10" s="15" t="n">
+      <c r="MW10" s="15" t="n">
         <v>14.5</v>
       </c>
-      <c r="MV10" s="15" t="n">
+      <c r="MX10" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="MW10" s="15" t="n">
+      <c r="MY10" s="15" t="n">
         <v>-22.2</v>
       </c>
-      <c r="MX10" s="15" t="n">
+      <c r="MZ10" s="15" t="n">
         <v>20.1</v>
       </c>
-      <c r="MY10" s="15" t="n">
+      <c r="NA10" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="MZ10" s="15" t="n">
+      <c r="NB10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="NA10" s="15" t="n">
+      <c r="NC10" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="NB10" s="15" t="n">
+      <c r="ND10" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="NC10" s="15" t="n">
+      <c r="NE10" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="ND10" s="15" t="n">
+      <c r="NF10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="NE10" s="15" t="n">
+      <c r="NG10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="NF10" s="15" t="n">
+      <c r="NH10" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="NG10" s="15" t="n">
+      <c r="NI10" s="15" t="n">
         <v>13.1</v>
       </c>
-      <c r="NH10" s="15" t="n">
+      <c r="NJ10" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="NI10" s="15" t="n">
+      <c r="NK10" s="15" t="n">
         <v>-21.6</v>
       </c>
-      <c r="NJ10" s="15" t="n">
+      <c r="NL10" s="15" t="n">
         <v>22.9</v>
       </c>
-      <c r="NK10" s="15" t="n">
+      <c r="NM10" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="NL10" s="15" t="n">
+      <c r="NN10" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="NM10" s="15" t="n">
+      <c r="NO10" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="NN10" s="15" t="n">
+      <c r="NP10" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="NO10" s="15" t="n">
+      <c r="NQ10" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="NP10" s="15" t="n">
+      <c r="NR10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="NQ10" s="15" t="n">
+      <c r="NS10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="NR10" s="15" t="n">
+      <c r="NT10" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="NS10" s="15" t="n">
+      <c r="NU10" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="NT10" s="15" t="n">
+      <c r="NV10" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="NU10" s="15" t="n">
+      <c r="NW10" s="15" t="n">
         <v>-17.0</v>
       </c>
-      <c r="NV10" s="15" t="n">
+      <c r="NX10" s="15" t="n">
         <v>16.1</v>
       </c>
-      <c r="NW10" s="15" t="n">
+      <c r="NY10" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="NX10" s="15" t="n">
+      <c r="NZ10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="NY10" s="15" t="n">
+      <c r="OA10" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="NZ10" s="15" t="n">
+      <c r="OB10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="OA10" s="15" t="n">
+      <c r="OC10" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="OB10" s="15" t="n">
+      <c r="OD10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="OC10" s="15" t="n">
+      <c r="OE10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="OD10" s="15" t="n">
+      <c r="OF10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OE10" s="15" t="n">
+      <c r="OG10" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="OF10" s="15" t="n">
+      <c r="OH10" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="OG10" s="15" t="n">
+      <c r="OI10" s="15" t="n">
         <v>-18.5</v>
       </c>
-      <c r="OH10" s="15" t="n">
+      <c r="OJ10" s="15" t="n">
         <v>20.4</v>
       </c>
-      <c r="OI10" s="15" t="n">
+      <c r="OK10" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="OJ10" s="15" t="n">
+      <c r="OL10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="OK10" s="15" t="n">
+      <c r="OM10" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="OL10" s="15" t="n">
+      <c r="ON10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="OM10" s="15" t="n">
+      <c r="OO10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ON10" s="15" t="n">
+      <c r="OP10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="OO10" s="15" t="n">
+      <c r="OQ10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="OP10" s="15" t="n">
+      <c r="OR10" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="OQ10" s="15" t="n">
+      <c r="OS10" s="15" t="n">
         <v>14.8</v>
       </c>
-      <c r="OR10" s="15" t="n">
+      <c r="OT10" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="OS10" s="15" t="n">
+      <c r="OU10" s="15" t="n">
         <v>-20.6</v>
       </c>
-      <c r="OT10" s="15" t="n">
+      <c r="OV10" s="15" t="n">
         <v>22.1</v>
       </c>
-      <c r="OU10" s="15" t="n">
+      <c r="OW10" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="OV10" s="15" t="n">
+      <c r="OX10" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="OW10" s="15" t="n">
+      <c r="OY10" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="OX10" s="15" t="n">
+      <c r="OZ10" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="OY10" s="15" t="n">
+      <c r="PA10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="OZ10" s="15" t="n">
+      <c r="PB10" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="PA10" s="15" t="n">
+      <c r="PC10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="PB10" s="15" t="n">
+      <c r="PD10" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="PC10" s="15" t="n">
+      <c r="PE10" s="15" t="n">
         <v>13.9</v>
       </c>
-      <c r="PD10" s="15" t="n">
+      <c r="PF10" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="PE10" s="15" t="n">
+      <c r="PG10" s="15" t="n">
         <v>-21.0</v>
       </c>
-      <c r="PF10" s="15" t="n">
+      <c r="PH10" s="15" t="n">
         <v>23.1</v>
       </c>
-      <c r="PG10" s="15" t="n">
+      <c r="PI10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="PH10" s="15" t="n">
+      <c r="PJ10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="PI10" s="15" t="n">
+      <c r="PK10" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="PJ10" s="15" t="n">
+      <c r="PL10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="PK10" s="15" t="n">
+      <c r="PM10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="PL10" s="15" t="n">
+      <c r="PN10" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="PM10" s="15" t="n">
+      <c r="PO10" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="PN10" s="15" t="n">
+      <c r="PP10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PO10" s="15" t="n">
+      <c r="PQ10" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="PP10" s="15" t="n">
+      <c r="PR10" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="PQ10" s="15" t="n">
+      <c r="PS10" s="15" t="n">
         <v>-20.8</v>
       </c>
-      <c r="PR10" s="15" t="n">
+      <c r="PT10" s="15" t="n">
         <v>25.0</v>
       </c>
-      <c r="PS10" s="15" t="n">
+      <c r="PU10" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="PT10" s="15" t="n">
+      <c r="PV10" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="PU10" s="15" t="n">
+      <c r="PW10" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="PV10" s="15" t="n">
+      <c r="PX10" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="PW10" s="15" t="n">
+      <c r="PY10" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="PX10" s="15" t="n">
+      <c r="PZ10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="PY10" s="15" t="n">
+      <c r="QA10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="PZ10" s="15" t="n">
+      <c r="QB10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QA10" s="15" t="n">
+      <c r="QC10" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="QB10" s="15" t="n">
+      <c r="QD10" s="15" t="n">
         <v>-10.6</v>
       </c>
-      <c r="QC10" s="15" t="n">
+      <c r="QE10" s="15" t="n">
         <v>-19.1</v>
       </c>
-      <c r="QD10" s="15" t="n">
+      <c r="QF10" s="15" t="n">
         <v>25.3</v>
       </c>
-      <c r="QE10" s="15" t="n">
+      <c r="QG10" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="QF10" s="15" t="n">
+      <c r="QH10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="QG10" s="15" t="n">
+      <c r="QI10" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="QH10" s="15" t="n">
+      <c r="QJ10" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="QI10" s="15" t="n">
+      <c r="QK10" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="QJ10" s="15" t="n">
+      <c r="QL10" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="QK10" s="15" t="n">
+      <c r="QM10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="QL10" s="15" t="n">
+      <c r="QN10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QM10" s="15" t="n">
+      <c r="QO10" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="QN10" s="15" t="n">
+      <c r="QP10" s="15" t="n">
         <v>-8.4</v>
       </c>
-      <c r="QO10" s="15" t="n">
+      <c r="QQ10" s="15" t="n">
         <v>-18.5</v>
       </c>
-      <c r="QP10" s="15" t="n">
+      <c r="QR10" s="15" t="n">
         <v>18.4</v>
       </c>
-      <c r="QQ10" s="15" t="n">
+      <c r="QS10" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="QR10" s="15" t="n">
+      <c r="QT10" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="QS10" s="15" t="n">
+      <c r="QU10" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="QT10" s="15" t="n">
+      <c r="QV10" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="QU10" s="15" t="n">
+      <c r="QW10" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="QV10" s="15" t="n">
+      <c r="QX10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="QW10" s="15" t="n">
+      <c r="QY10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="QX10" s="15" t="n">
+      <c r="QZ10" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="QY10" s="15" t="n">
+      <c r="RA10" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="QZ10" s="15" t="n">
+      <c r="RB10" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="RA10" s="15" t="n">
+      <c r="RC10" s="15" t="n">
         <v>-20.5</v>
       </c>
-      <c r="RB10" s="15" t="n">
+      <c r="RD10" s="15" t="n">
         <v>21.6</v>
       </c>
-      <c r="RC10" s="15" t="n">
+      <c r="RE10" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="RD10" s="15" t="n">
+      <c r="RF10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="RE10" s="15" t="n">
+      <c r="RG10" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="RF10" s="15" t="n">
+      <c r="RH10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="RG10" s="15" t="n">
+      <c r="RI10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="RH10" s="15" t="n">
+      <c r="RJ10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="RI10" s="15" t="n">
+      <c r="RK10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="RJ10" s="15" t="n">
+      <c r="RL10" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="RK10" s="15" t="n">
+      <c r="RM10" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="RL10" s="15" t="n">
+      <c r="RN10" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="RM10" s="15" t="n">
+      <c r="RO10" s="15" t="n">
         <v>-21.4</v>
       </c>
-      <c r="RN10" s="15" t="n">
+      <c r="RP10" s="15" t="n">
         <v>25.4</v>
       </c>
-      <c r="RO10" s="15" t="n">
+      <c r="RQ10" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="RP10" s="15" t="n">
+      <c r="RR10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="RQ10" s="15" t="n">
+      <c r="RS10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="RR10" s="15" t="n">
+      <c r="RT10" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="RS10" s="15" t="n">
+      <c r="RU10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="RT10" s="15" t="n">
+      <c r="RV10" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="RU10" s="15" t="n">
+      <c r="RW10" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="RV10" s="15" t="n">
+      <c r="RX10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="RW10" s="15" t="n">
+      <c r="RY10" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="RX10" s="15" t="n">
+      <c r="RZ10" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="RY10" s="15" t="n">
+      <c r="SA10" s="15" t="n">
         <v>-22.5</v>
       </c>
-      <c r="RZ10" s="15" t="n">
+      <c r="SB10" s="15" t="n">
         <v>24.0</v>
       </c>
-      <c r="SA10" s="15" t="n">
+      <c r="SC10" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="SB10" s="15" t="n">
+      <c r="SD10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="SC10" s="15" t="n">
+      <c r="SE10" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="SD10" s="15" t="n">
+      <c r="SF10" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="SE10" s="15" t="n">
+      <c r="SG10" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="SF10" s="15" t="n">
+      <c r="SH10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="SG10" s="15" t="n">
+      <c r="SI10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="SH10" s="15" t="n">
+      <c r="SJ10" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="SI10" s="15" t="n">
+      <c r="SK10" s="15" t="n">
         <v>14.6</v>
       </c>
-      <c r="SJ10" s="15" t="n">
+      <c r="SL10" s="15" t="n">
         <v>-7.0</v>
       </c>
-      <c r="SK10" s="15" t="n">
+      <c r="SM10" s="15" t="n">
         <v>-21.8</v>
       </c>
-      <c r="SL10" s="15" t="n">
+      <c r="SN10" s="15" t="n">
         <v>28.4</v>
       </c>
-      <c r="SM10" s="15" t="n">
+      <c r="SO10" s="15" t="n">
         <v>-7.0</v>
       </c>
-      <c r="SN10" s="15" t="n">
+      <c r="SP10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="SO10" s="15" t="n">
+      <c r="SQ10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="SP10" s="15" t="n">
+      <c r="SR10" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="SQ10" s="15" t="n">
+      <c r="SS10" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="SR10" s="15" t="n">
+      <c r="ST10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="SS10" s="15" t="n">
+      <c r="SU10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="ST10" s="15" t="n">
+      <c r="SV10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="SU10" s="15" t="n">
+      <c r="SW10" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="SV10" s="15" t="n">
+      <c r="SX10" s="15" t="n">
         <v>-11.5</v>
       </c>
-      <c r="SW10" s="15" t="n">
+      <c r="SY10" s="15" t="n">
         <v>-19.2</v>
       </c>
-      <c r="SX10" s="15" t="n">
+      <c r="SZ10" s="15" t="n">
         <v>25.7</v>
       </c>
-      <c r="SY10" s="15" t="n">
+      <c r="TA10" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="SZ10" s="15" t="n">
+      <c r="TB10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="TA10" s="15" t="n">
+      <c r="TC10" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="TB10" s="15" t="n">
+      <c r="TD10" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="TC10" s="15" t="n">
+      <c r="TE10" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="TD10" s="15" t="n">
+      <c r="TF10" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="TE10" s="15" t="n">
+      <c r="TG10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="TF10" s="15" t="n">
+      <c r="TH10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="TG10" s="15" t="n">
+      <c r="TI10" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="TH10" s="15" t="n">
+      <c r="TJ10" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="TI10" s="15" t="n">
+      <c r="TK10" s="15" t="n">
         <v>-21.5</v>
       </c>
-      <c r="TJ10" s="15" t="n">
+      <c r="TL10" s="15" t="n">
         <v>24.4</v>
       </c>
-      <c r="TK10" s="15" t="n">
+      <c r="TM10" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="TL10" s="15" t="n">
+      <c r="TN10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="TM10" s="15" t="n">
+      <c r="TO10" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="TN10" s="15" t="n">
+      <c r="TP10" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="TO10" s="15" t="n">
+      <c r="TQ10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="TP10" s="15" t="n">
+      <c r="TR10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="TQ10" s="15" t="n">
+      <c r="TS10" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="TR10" s="15" t="n">
+      <c r="TT10" s="15" t="n">
         <v>-6.8</v>
       </c>
-      <c r="TS10" s="15" t="n">
+      <c r="TU10" s="15" t="n">
         <v>16.3</v>
       </c>
-      <c r="TT10" s="15" t="n">
+      <c r="TV10" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="TU10" s="15" t="n">
+      <c r="TW10" s="15" t="n">
         <v>-23.4</v>
       </c>
-      <c r="TV10" s="15" t="n">
+      <c r="TX10" s="15" t="n">
         <v>28.2</v>
       </c>
-      <c r="TW10" s="15" t="n">
+      <c r="TY10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="TX10" s="15" t="n">
+      <c r="TZ10" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="TY10" s="15" t="n">
+      <c r="UA10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="TZ10" s="15" t="n">
+      <c r="UB10" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="UA10" s="15" t="n">
+      <c r="UC10" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="UB10" s="15" t="n">
+      <c r="UD10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="UC10" s="15" t="n">
+      <c r="UE10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="UD10" s="15" t="n">
+      <c r="UF10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="UE10" s="15" t="n">
+      <c r="UG10" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="UF10" s="15" t="n">
+      <c r="UH10" s="15" t="n">
         <v>-7.0</v>
       </c>
-      <c r="UG10" s="15" t="n">
+      <c r="UI10" s="15" t="n">
         <v>-24.2</v>
       </c>
-      <c r="UH10" s="15" t="n">
+      <c r="UJ10" s="15" t="n">
         <v>30.1</v>
       </c>
-      <c r="UI10" s="15" t="n">
+      <c r="UK10" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="UJ10" s="15" t="n">
+      <c r="UL10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="UK10" s="15" t="n">
+      <c r="UM10" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="UL10" s="15" t="n">
+      <c r="UN10" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="UM10" s="15" t="n">
+      <c r="UO10" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="UN10" s="15" t="n">
+      <c r="UP10" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="UO10" s="15" t="n">
+      <c r="UQ10" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="UP10" s="15" t="n">
+      <c r="UR10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="UQ10" s="15" t="n">
+      <c r="US10" s="15" t="n">
         <v>11.5</v>
       </c>
-      <c r="UR10" s="15" t="n">
+      <c r="UT10" s="15" t="n">
         <v>-8.2</v>
       </c>
-      <c r="US10" s="15" t="n">
+      <c r="UU10" s="15" t="n">
         <v>-23.6</v>
       </c>
-      <c r="UT10" s="15" t="n">
+      <c r="UV10" s="15" t="n">
         <v>28.2</v>
       </c>
-      <c r="UU10" s="15" t="n">
+      <c r="UW10" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="UV10" s="15" t="n">
+      <c r="UX10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="UW10" s="15" t="n">
+      <c r="UY10" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="UX10" s="15" t="n">
+      <c r="UZ10" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="UY10" s="15" t="n">
+      <c r="VA10" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="UZ10" s="15" t="n">
+      <c r="VB10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="VA10" s="15" t="n">
+      <c r="VC10" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="VB10" s="15" t="n">
+      <c r="VD10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="VC10" s="15" t="n">
+      <c r="VE10" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="VD10" s="15" t="n">
+      <c r="VF10" s="15" t="n">
         <v>-10.1</v>
       </c>
-      <c r="VE10" s="15" t="n">
+      <c r="VG10" s="15" t="n">
         <v>-20.5</v>
       </c>
-      <c r="VF10" s="15" t="n">
+      <c r="VH10" s="15" t="n">
         <v>29.9</v>
       </c>
-      <c r="VG10" s="15" t="n">
+      <c r="VI10" s="15" t="n">
         <v>-6.4</v>
       </c>
-      <c r="VH10" s="15" t="n">
+      <c r="VJ10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="VI10" s="15" t="n">
+      <c r="VK10" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="VJ10" s="15" t="n">
+      <c r="VL10" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="VK10" s="15" t="n">
+      <c r="VM10" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="VL10" s="15" t="n">
+      <c r="VN10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="VM10" s="15" t="n">
+      <c r="VO10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="VN10" s="15" t="n">
+      <c r="VP10" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="VO10" s="15" t="n">
+      <c r="VQ10" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="VP10" s="15" t="n">
+      <c r="VR10" s="15" t="n">
         <v>-8.7</v>
       </c>
-      <c r="VQ10" s="15" t="n">
+      <c r="VS10" s="15" t="n">
         <v>-20.0</v>
       </c>
-      <c r="VR10" s="15" t="n">
+      <c r="VT10" s="15" t="n">
         <v>23.3</v>
       </c>
-      <c r="VS10" s="15" t="n">
+      <c r="VU10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="VT10" s="15" t="n">
+      <c r="VV10" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="VU10" s="15" t="n">
+      <c r="VW10" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="VV10" s="15" t="n">
+      <c r="VX10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="VW10" s="15" t="n">
+      <c r="VY10" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="VX10" s="15" t="n">
+      <c r="VZ10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="VY10" s="15" t="n">
+      <c r="WA10" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="VZ10" s="15" t="n">
+      <c r="WB10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="WA10" s="15" t="n">
+      <c r="WC10" s="15" t="n">
         <v>13.1</v>
       </c>
-      <c r="WB10" s="15" t="n">
+      <c r="WD10" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="WC10" s="15" t="n">
+      <c r="WE10" s="15" t="n">
         <v>-23.3</v>
       </c>
-      <c r="WD10" s="15" t="n">
+      <c r="WF10" s="15" t="n">
         <v>27.8</v>
       </c>
-      <c r="WE10" s="15" t="n">
+      <c r="WG10" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="WF10" s="15" t="n">
+      <c r="WH10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="WG10" s="15" t="n">
+      <c r="WI10" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="WH10" s="15" t="n">
+      <c r="WJ10" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="WI10" s="15" t="n">
+      <c r="WK10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="WJ10" s="15" t="n">
+      <c r="WL10" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="WK10" s="15" t="n">
+      <c r="WM10" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="WL10" s="15" t="n">
+      <c r="WN10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="WM10" s="15" t="n">
+      <c r="WO10" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="WN10" s="15" t="n">
+      <c r="WP10" s="15" t="n">
         <v>-8.3</v>
       </c>
-      <c r="WO10" s="15" t="n">
+      <c r="WQ10" s="15" t="n">
         <v>-22.7</v>
       </c>
-      <c r="WP10" s="15" t="n">
+      <c r="WR10" s="15" t="n">
         <v>28.9</v>
       </c>
-      <c r="WQ10" s="15" t="n">
+      <c r="WS10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="WR10" s="15" t="n">
+      <c r="WT10" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="WS10" s="15" t="n">
+      <c r="WU10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="WT10" s="15" t="n">
+      <c r="WV10" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="WU10" s="15" t="n">
+      <c r="WW10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="WV10" s="15" t="n">
+      <c r="WX10" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="WW10" s="15" t="n">
+      <c r="WY10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="WX10" s="15" t="n">
+      <c r="WZ10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="WY10" s="15" t="n">
+      <c r="XA10" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="WZ10" s="15" t="n">
+      <c r="XB10" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="XA10" s="13" t="inlineStr">
+      <c r="XC10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="XB10" s="15" t="n">
+      <c r="XD10" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="XE10" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="XC10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="XD10" s="15" t="n">
+      <c r="XF10" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="XG10" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="XE10" s="15" t="n">
+      <c r="XH10" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="XF10" s="15" t="n">
+      <c r="XI10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="XG10" s="15" t="n">
+      <c r="XJ10" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="XH10" s="15" t="n">
+      <c r="XK10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="XI10" s="15" t="n">
+      <c r="XL10" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="XJ10" s="15" t="n">
+      <c r="XM10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="XK10" s="15" t="n">
+      <c r="XN10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="XL10" s="15" t="n">
+      <c r="XO10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="XM10" s="15" t="n">
+      <c r="XP10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="XN10" s="15" t="n">
+      <c r="XQ10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="XO10" s="15" t="n">
+      <c r="XR10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="XP10" s="15" t="n">
+      <c r="XS10" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="XQ10" s="15" t="n">
+      <c r="XT10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="XR10" s="15" t="n">
+      <c r="XU10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="XS10" s="15" t="n">
+      <c r="XV10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="XT10" s="15" t="n">
+      <c r="XW10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="XU10" s="15" t="n">
+      <c r="XX10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="XV10" s="15" t="n">
+      <c r="XY10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="XW10" s="15" t="n">
+      <c r="XZ10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="XX10" s="15" t="n">
+      <c r="YA10" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="XY10" s="15" t="n">
+      <c r="YB10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="XZ10" s="15" t="n">
+      <c r="YC10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="YA10" s="15" t="n">
+      <c r="YD10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="YB10" s="15" t="n">
+      <c r="YE10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="YC10" s="15" t="n">
+      <c r="YF10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="YD10" s="15" t="n">
+      <c r="YG10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="YE10" s="15" t="n">
+      <c r="YH10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="YF10" s="15" t="n">
+      <c r="YI10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="YG10" s="15" t="n">
+      <c r="YJ10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="YH10" s="15" t="n">
+      <c r="YK10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="YI10" s="15" t="n">
+      <c r="YL10" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="YJ10" s="15" t="n">
+      <c r="YM10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="YK10" s="15" t="n">
+      <c r="YN10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="YL10" s="15" t="n">
+      <c r="YO10" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="YM10" s="15" t="n">
+      <c r="YP10" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="YN10" s="15" t="n">
+      <c r="YQ10" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="YO10" s="15" t="n">
+      <c r="YR10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="YP10" s="15" t="n">
+      <c r="YS10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="YQ10" s="15" t="n">
+      <c r="YT10" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="YR10" s="15" t="n">
+      <c r="YU10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="YS10" s="15" t="n">
+      <c r="YV10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="YT10" s="15" t="n">
+      <c r="YW10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="YU10" s="15" t="n">
+      <c r="YX10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="YV10" s="15" t="n">
+      <c r="YY10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="YW10" s="15" t="n">
+      <c r="YZ10" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="YX10" s="15" t="n">
+      <c r="ZA10" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="YY10" s="15" t="n">
+      <c r="ZB10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="YZ10" s="15" t="n">
+      <c r="ZC10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="ZA10" s="15" t="n">
+      <c r="ZD10" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="ZB10" s="15" t="n">
+      <c r="ZE10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="ZC10" s="15" t="n">
+      <c r="ZF10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="ZD10" s="15" t="n">
+      <c r="ZG10" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="ZE10" s="15" t="n">
+      <c r="ZH10" s="15" t="n">
         <v>-4.9</v>
-      </c>
-[...7 lines deleted...]
-        <v>-4.2</v>
       </c>
       <c r="ZI10" s="15" t="n">
         <v>-1.2</v>
       </c>
       <c r="ZJ10" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="ZK10" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="ZL10" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="ZM10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="ZK10" s="15" t="n">
+      <c r="ZN10" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="ZL10" s="15" t="n">
+      <c r="ZO10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ZM10" s="15" t="n">
+      <c r="ZP10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ZN10" s="15" t="n">
+      <c r="ZQ10" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="ZO10" s="15" t="n">
+      <c r="ZR10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="ZP10" s="15" t="n">
+      <c r="ZS10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ZQ10" s="15" t="n">
+      <c r="ZT10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ZR10" s="15" t="n">
+      <c r="ZU10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="ZS10" s="15" t="n">
+      <c r="ZV10" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="ZT10" s="15" t="n">
+      <c r="ZW10" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ZU10" s="15" t="n">
+      <c r="ZX10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ZV10" s="15" t="n">
+      <c r="ZY10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="ZW10" s="15" t="n">
+      <c r="ZZ10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ZX10" s="15" t="n">
+      <c r="AAA10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ZY10" s="15" t="n">
+      <c r="AAB10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ZZ10" s="15" t="n">
+      <c r="AAC10" s="15" t="n">
         <v>2.1</v>
-      </c>
-[...7 lines deleted...]
-        <v>2.5</v>
       </c>
       <c r="AAD10" s="15" t="n">
         <v>4.0</v>
       </c>
       <c r="AAE10" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="AAF10" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="AAG10" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="AAH10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AAF10" s="15" t="n">
+      <c r="AAI10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AAG10" s="15" t="n">
+      <c r="AAJ10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AAH10" s="15" t="n">
+      <c r="AAK10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AAI10" s="15" t="n">
+      <c r="AAL10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AAJ10" s="15" t="n">
+      <c r="AAM10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AAK10" s="15" t="n">
+      <c r="AAN10" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="AAL10" s="15" t="n">
+      <c r="AAO10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AAM10" s="15" t="n">
+      <c r="AAP10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="AAN10" s="15" t="n">
+      <c r="AAQ10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AAO10" s="15" t="n">
+      <c r="AAR10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="AAP10" s="15" t="n">
+      <c r="AAS10" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AAQ10" s="15" t="n">
+      <c r="AAT10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AAR10" s="15" t="n">
+      <c r="AAU10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AAS10" s="15" t="n">
+      <c r="AAV10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AAT10" s="15" t="n">
+      <c r="AAW10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="AAU10" s="15" t="n">
+      <c r="AAX10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AAV10" s="15" t="n">
+      <c r="AAY10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="AAW10" s="15" t="n">
+      <c r="AAZ10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AAX10" s="15" t="n">
+      <c r="ABA10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AAY10" s="15" t="n">
+      <c r="ABB10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AAZ10" s="15" t="n">
+      <c r="ABC10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ABA10" s="15" t="n">
+      <c r="ABD10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ABB10" s="15" t="n">
+      <c r="ABE10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ABC10" s="15" t="n">
+      <c r="ABF10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ABD10" s="15" t="n">
+      <c r="ABG10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="ABE10" s="15" t="n">
+      <c r="ABH10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ABF10" s="15" t="n">
+      <c r="ABI10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ABG10" s="15" t="n">
+      <c r="ABJ10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ABH10" s="15" t="n">
+      <c r="ABK10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ABI10" s="15" t="n">
+      <c r="ABL10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ABJ10" s="15" t="n">
+      <c r="ABM10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ABK10" s="15" t="n">
+      <c r="ABN10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="ABL10" s="15" t="n">
+      <c r="ABO10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ABM10" s="15" t="n">
+      <c r="ABP10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="ABN10" s="15" t="n">
+      <c r="ABQ10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="ABO10" s="15" t="n">
+      <c r="ABR10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ABP10" s="15" t="n">
+      <c r="ABS10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ABQ10" s="15" t="n">
+      <c r="ABT10" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="ABR10" s="15" t="n">
+      <c r="ABU10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="ABS10" s="15" t="n">
+      <c r="ABV10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ABT10" s="15" t="n">
+      <c r="ABW10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ABU10" s="15" t="n">
+      <c r="ABX10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ABV10" s="15" t="n">
+      <c r="ABY10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="ABW10" s="15" t="n">
+      <c r="ABZ10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="ABX10" s="15" t="n">
+      <c r="ACA10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ABY10" s="15" t="n">
+      <c r="ACB10" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="ABZ10" s="15" t="n">
+      <c r="ACC10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ACA10" s="15" t="n">
+      <c r="ACD10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ACB10" s="15" t="n">
+      <c r="ACE10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ACC10" s="15" t="n">
+      <c r="ACF10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ACD10" s="15" t="n">
+      <c r="ACG10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ACE10" s="15" t="n">
+      <c r="ACH10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="ACF10" s="15" t="n">
+      <c r="ACI10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ACG10" s="15" t="n">
+      <c r="ACJ10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ACH10" s="15" t="n">
+      <c r="ACK10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="ACI10" s="15" t="n">
+      <c r="ACL10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ACJ10" s="15" t="n">
+      <c r="ACM10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="ACK10" s="15" t="n">
+      <c r="ACN10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ACL10" s="15" t="n">
+      <c r="ACO10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ACM10" s="15" t="n">
+      <c r="ACP10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="ACN10" s="15" t="n">
+      <c r="ACQ10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="ACO10" s="15" t="n">
+      <c r="ACR10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ACP10" s="15" t="n">
+      <c r="ACS10" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="ACQ10" s="15" t="n">
+      <c r="ACT10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ACR10" s="15" t="n">
+      <c r="ACU10" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="ACS10" s="15" t="n">
+      <c r="ACV10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="ACT10" s="15" t="n">
+      <c r="ACW10" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="ACU10" s="15" t="n">
+      <c r="ACX10" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="ACV10" s="15" t="n">
+      <c r="ACY10" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="ACW10" s="15" t="n">
+      <c r="ACZ10" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="ACX10" s="15" t="n">
+      <c r="ADA10" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="ACY10" s="15" t="n">
+      <c r="ADB10" s="15" t="n">
         <v>-8.2</v>
       </c>
-      <c r="ACZ10" s="15" t="n">
+      <c r="ADC10" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="ADA10" s="15" t="n">
+      <c r="ADD10" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="ADB10" s="15" t="n">
+      <c r="ADE10" s="15" t="n">
         <v>-8.4</v>
       </c>
-      <c r="ADC10" s="15" t="n">
+      <c r="ADF10" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="ADD10" s="15" t="n">
+      <c r="ADG10" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="ADE10" s="15" t="n">
+      <c r="ADH10" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="ADF10" s="15" t="n">
+      <c r="ADI10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="ADG10" s="15" t="n">
+      <c r="ADJ10" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="ADH10" s="15" t="n">
+      <c r="ADK10" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="ADI10" s="15" t="n">
+      <c r="ADL10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="ADJ10" s="15" t="n">
+      <c r="ADM10" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="ADK10" s="15" t="n">
+      <c r="ADN10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ADL10" s="15" t="n">
+      <c r="ADO10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="ADM10" s="15" t="n">
+      <c r="ADP10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="ADN10" s="15" t="n">
+      <c r="ADQ10" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="ADO10" s="15" t="n">
+      <c r="ADR10" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="ADP10" s="15" t="n">
+      <c r="ADS10" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="ADQ10" s="15" t="n">
+      <c r="ADT10" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="ADR10" s="15" t="n">
+      <c r="ADU10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="ADS10" s="15" t="n">
+      <c r="ADV10" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="ADT10" s="15" t="n">
+      <c r="ADW10" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="ADU10" s="15" t="n">
+      <c r="ADX10" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="ADV10" s="15" t="n">
+      <c r="ADY10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="ADW10" s="15" t="n">
+      <c r="ADZ10" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="ADX10" s="15" t="n">
+      <c r="AEA10" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="ADY10" s="15" t="n">
+      <c r="AEB10" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="ADZ10" s="15" t="n">
+      <c r="AEC10" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="AEA10" s="15" t="n">
+      <c r="AED10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AEB10" s="15" t="n">
+      <c r="AEE10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="AEC10" s="15" t="n">
+      <c r="AEF10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="AED10" s="15" t="n">
+      <c r="AEG10" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="AEE10" s="15" t="n">
+      <c r="AEH10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AEF10" s="15" t="n">
+      <c r="AEI10" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="AEG10" s="15" t="n">
+      <c r="AEJ10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AEH10" s="15" t="n">
+      <c r="AEK10" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="AEI10" s="15" t="n">
+      <c r="AEL10" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AEJ10" s="15" t="n">
+      <c r="AEM10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AEK10" s="15" t="n">
+      <c r="AEN10" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="AEL10" s="15" t="n">
+      <c r="AEO10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AEM10" s="15" t="n">
+      <c r="AEP10" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="AEN10" s="15" t="n">
+      <c r="AEQ10" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="AEO10" s="15" t="n">
+      <c r="AER10" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="AEP10" s="15" t="n">
+      <c r="AES10" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="AEQ10" s="15" t="n">
+      <c r="AET10" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="AER10" s="15" t="n">
+      <c r="AEU10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AES10" s="15" t="n">
+      <c r="AEV10" s="15" t="n">
         <v>-6.8</v>
       </c>
-      <c r="AET10" s="15" t="n">
+      <c r="AEW10" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="AEU10" s="15" t="n">
+      <c r="AEX10" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="AEV10" s="15" t="n">
+      <c r="AEY10" s="15" t="n">
         <v>-9.4</v>
       </c>
-      <c r="AEW10" s="15" t="n">
+      <c r="AEZ10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="AEX10" s="15" t="n">
+      <c r="AFA10" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="AEY10" s="15" t="n">
+      <c r="AFB10" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="AEZ10" s="15" t="n">
+      <c r="AFC10" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="AFA10" s="15" t="n">
+      <c r="AFD10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="AFB10" s="15" t="n">
+      <c r="AFE10" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="AFC10" s="15" t="n">
+      <c r="AFF10" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="AFD10" s="15" t="n">
+      <c r="AFG10" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="AFE10" s="15" t="n">
+      <c r="AFH10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AFF10" s="15" t="n">
+      <c r="AFI10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AFG10" s="15" t="n">
+      <c r="AFJ10" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="AFH10" s="15" t="n">
+      <c r="AFK10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AFI10" s="15" t="n">
+      <c r="AFL10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AFJ10" s="15" t="n">
+      <c r="AFM10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="AFK10" s="15" t="n">
+      <c r="AFN10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AFL10" s="15" t="n">
+      <c r="AFO10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AFM10" s="15" t="n">
+      <c r="AFP10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AFN10" s="15" t="n">
+      <c r="AFQ10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AFO10" s="15" t="n">
+      <c r="AFR10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AFP10" s="15" t="n">
+      <c r="AFS10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AFQ10" s="15" t="n">
+      <c r="AFT10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AFR10" s="15" t="n">
+      <c r="AFU10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AFS10" s="15" t="n">
+      <c r="AFV10" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AFT10" s="15" t="n">
+      <c r="AFW10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AFU10" s="15" t="n">
+      <c r="AFX10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AFV10" s="15" t="n">
+      <c r="AFY10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AFW10" s="15" t="n">
+      <c r="AFZ10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AFX10" s="15" t="n">
+      <c r="AGA10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AFY10" s="15" t="n">
+      <c r="AGB10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AFZ10" s="15" t="n">
+      <c r="AGC10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AGA10" s="15" t="n">
+      <c r="AGD10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AGB10" s="15" t="n">
+      <c r="AGE10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AGC10" s="15" t="n">
+      <c r="AGF10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AGD10" s="15" t="n">
+      <c r="AGG10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AGE10" s="15" t="n">
+      <c r="AGH10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AGF10" s="15" t="n">
+      <c r="AGI10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AGG10" s="15" t="n">
+      <c r="AGJ10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AGH10" s="15" t="n">
+      <c r="AGK10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AGI10" s="15" t="n">
+      <c r="AGL10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="AGJ10" s="15" t="n">
+      <c r="AGM10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AGK10" s="15" t="n">
+      <c r="AGN10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AGL10" s="15" t="n">
+      <c r="AGO10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AGM10" s="15" t="n">
+      <c r="AGP10" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="AGN10" s="15" t="n">
+      <c r="AGQ10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AGO10" s="15" t="n">
+      <c r="AGR10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AGP10" s="15" t="n">
+      <c r="AGS10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AGQ10" s="15" t="n">
+      <c r="AGT10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AGR10" s="15" t="n">
+      <c r="AGU10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AGS10" s="15" t="n">
+      <c r="AGV10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AGT10" s="15" t="n">
+      <c r="AGW10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AGU10" s="15" t="n">
+      <c r="AGX10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AGV10" s="15" t="n">
+      <c r="AGY10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AGW10" s="15" t="n">
+      <c r="AGZ10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AGX10" s="15" t="n">
+      <c r="AHA10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="AGY10" s="15" t="n">
+      <c r="AHB10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AGZ10" s="15" t="n">
+      <c r="AHC10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AHA10" s="15" t="n">
+      <c r="AHD10" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="AHB10" s="15" t="n">
+      <c r="AHE10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AHC10" s="15" t="n">
+      <c r="AHF10" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AHD10" s="15" t="n">
+      <c r="AHG10" s="15" t="n">
         <v>2.2</v>
-      </c>
-[...7 lines deleted...]
-        <v>-1.0</v>
       </c>
       <c r="AHH10" s="15" t="n">
         <v>3.7</v>
       </c>
       <c r="AHI10" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="AHJ10" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="AHK10" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="AHL10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AHJ10" s="15" t="n">
+      <c r="AHM10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AHK10" s="15" t="n">
+      <c r="AHN10" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AHL10" s="15" t="n">
+      <c r="AHO10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AHM10" s="15" t="n">
+      <c r="AHP10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AHN10" s="15" t="n">
+      <c r="AHQ10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AHO10" s="15" t="n">
+      <c r="AHR10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="AHP10" s="15" t="n">
+      <c r="AHS10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AHQ10" s="15" t="n">
+      <c r="AHT10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AHR10" s="15" t="n">
+      <c r="AHU10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AHS10" s="15" t="n">
+      <c r="AHV10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AHT10" s="15" t="n">
+      <c r="AHW10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AHU10" s="15" t="n">
+      <c r="AHX10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AHV10" s="15" t="n">
+      <c r="AHY10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AHW10" s="15" t="n">
+      <c r="AHZ10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AHX10" s="15" t="n">
+      <c r="AIA10" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="AHY10" s="15" t="n">
+      <c r="AIB10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AHZ10" s="15" t="n">
+      <c r="AIC10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AIA10" s="15" t="n">
+      <c r="AID10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AIB10" s="15" t="n">
+      <c r="AIE10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AIC10" s="15" t="n">
+      <c r="AIF10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AID10" s="15" t="n">
+      <c r="AIG10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AIE10" s="15" t="n">
+      <c r="AIH10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AIF10" s="15" t="n">
+      <c r="AII10" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AIG10" s="15" t="n">
+      <c r="AIJ10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AIH10" s="15" t="n">
+      <c r="AIK10" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="AII10" s="15" t="n">
+      <c r="AIL10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AIJ10" s="15" t="n">
+      <c r="AIM10" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="AIK10" s="15" t="n">
+      <c r="AIN10" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="AIL10" s="15" t="n">
+      <c r="AIO10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AIM10" s="15" t="n">
+      <c r="AIP10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AIN10" s="15" t="n">
+      <c r="AIQ10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AIO10" s="15" t="n">
+      <c r="AIR10" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AIP10" s="13" t="inlineStr">
+      <c r="AIS10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIQ10" s="13" t="inlineStr">
+      <c r="AIT10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIR10" s="13" t="inlineStr">
+      <c r="AIU10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIS10" s="13" t="inlineStr">
+      <c r="AIV10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIT10" s="13" t="inlineStr">
+      <c r="AIW10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIU10" s="13" t="inlineStr">
+      <c r="AIX10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIV10" s="13" t="inlineStr">
+      <c r="AIY10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIW10" s="13" t="inlineStr">
+      <c r="AIZ10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIX10" s="13" t="inlineStr">
+      <c r="AJA10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIY10" s="13" t="inlineStr">
+      <c r="AJB10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIZ10" s="13" t="inlineStr">
+      <c r="AJC10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AJA10" s="13" t="inlineStr">
+      <c r="AJD10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AJB10" s="15" t="n">
+      <c r="AJE10" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="AJF10" s="15" t="n">
         <v>3.8</v>
-      </c>
-[...10 lines deleted...]
-        <v>3.6</v>
       </c>
       <c r="AJG10" s="15" t="n">
         <v>3.8</v>
       </c>
       <c r="AJH10" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="AJI10" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="AJJ10" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="AJK10" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="AJL10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AJI10" s="15" t="n">
+      <c r="AJM10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AJJ10" s="15" t="n">
+      <c r="AJN10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AJK10" s="15" t="n">
+      <c r="AJO10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AJL10" s="15" t="n">
+      <c r="AJP10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AJM10" s="15" t="n">
+      <c r="AJQ10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AJN10" s="15" t="n">
+      <c r="AJR10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AJO10" s="15" t="n">
+      <c r="AJS10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AJP10" s="15" t="n">
+      <c r="AJT10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AJQ10" s="15" t="n">
+      <c r="AJU10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AJR10" s="15" t="n">
+      <c r="AJV10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AJS10" s="15" t="n">
+      <c r="AJW10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AJT10" s="15" t="n">
+      <c r="AJX10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AJU10" s="15" t="n">
+      <c r="AJY10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AJV10" s="15" t="n">
+      <c r="AJZ10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AJW10" s="15" t="n">
+      <c r="AKA10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AJX10" s="15" t="n">
+      <c r="AKB10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AJY10" s="15" t="n">
+      <c r="AKC10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AJZ10" s="15" t="n">
+      <c r="AKD10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AKA10" s="15" t="n">
+      <c r="AKE10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AKB10" s="15" t="n">
+      <c r="AKF10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AKC10" s="15" t="n">
+      <c r="AKG10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AKD10" s="15" t="n">
+      <c r="AKH10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AKE10" s="15" t="n">
+      <c r="AKI10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AKF10" s="15" t="n">
+      <c r="AKJ10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AKG10" s="15" t="n">
+      <c r="AKK10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AKH10" s="15" t="n">
+      <c r="AKL10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AKI10" s="15" t="n">
+      <c r="AKM10" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="AKJ10" s="15" t="n">
+      <c r="AKN10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AKK10" s="15" t="n">
+      <c r="AKO10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AKL10" s="15" t="n">
+      <c r="AKP10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AKM10" s="15" t="n">
+      <c r="AKQ10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="AKN10" s="15" t="n">
+      <c r="AKR10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AKO10" s="15" t="n">
+      <c r="AKS10" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AKP10" s="15" t="n">
+      <c r="AKT10" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AKQ10" s="15" t="n">
+      <c r="AKU10" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="AKR10" s="15" t="n">
+      <c r="AKV10" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AKS10" s="15" t="n">
+      <c r="AKW10" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="AKT10" s="15" t="n">
+      <c r="AKX10" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="AKU10" s="15" t="n">
+      <c r="AKY10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="AKV10" s="15" t="n">
+      <c r="AKZ10" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="AKW10" s="15" t="n">
+      <c r="ALA10" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="AKX10" s="15" t="n">
+      <c r="ALB10" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="AKY10" s="15" t="n">
+      <c r="ALC10" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="AKZ10" s="15" t="n">
+      <c r="ALD10" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="ALA10" s="15" t="n">
+      <c r="ALE10" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="ALB10" s="15" t="n">
+      <c r="ALF10" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="ALC10" s="15" t="n">
+      <c r="ALG10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="ALD10" s="15" t="n">
+      <c r="ALH10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="ALE10" s="15" t="n">
+      <c r="ALI10" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="ALF10" s="15" t="n">
+      <c r="ALJ10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="ALG10" s="15" t="n">
+      <c r="ALK10" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="ALH10" s="15" t="n">
+      <c r="ALL10" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="ALI10" s="15" t="n">
+      <c r="ALM10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="ALJ10" s="15" t="n">
+      <c r="ALN10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ALK10" s="15" t="n">
+      <c r="ALO10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ALL10" s="15" t="n">
+      <c r="ALP10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ALM10" s="15" t="n">
+      <c r="ALQ10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ALN10" s="15" t="n">
+      <c r="ALR10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ALO10" s="15" t="n">
+      <c r="ALS10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ALP10" s="15" t="n">
+      <c r="ALT10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ALQ10" s="15" t="n">
+      <c r="ALU10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ALR10" s="15" t="n">
+      <c r="ALV10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ALS10" s="15" t="n">
+      <c r="ALW10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="ALT10" s="15" t="n">
+      <c r="ALX10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ALU10" s="15" t="n">
+      <c r="ALY10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ALV10" s="15" t="n">
+      <c r="ALZ10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ALW10" s="15" t="n">
+      <c r="AMA10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ALX10" s="15" t="n">
+      <c r="AMB10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ALY10" s="15" t="n">
+      <c r="AMC10" s="15" t="n">
         <v>1.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.9</v>
       </c>
       <c r="AMD10" s="15" t="n">
         <v>1.7</v>
       </c>
       <c r="AME10" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="AMF10" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="AMG10" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="AMH10" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="AMI10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AMF10" s="15" t="n">
+      <c r="AMJ10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AMG10" s="15" t="n">
+      <c r="AMK10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AMH10" s="15" t="n">
+      <c r="AML10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AMI10" s="15" t="n">
+      <c r="AMM10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AMJ10" s="15" t="n">
+      <c r="AMN10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AMK10" s="15" t="n">
+      <c r="AMO10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AML10" s="15" t="n">
+      <c r="AMP10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AMM10" s="15" t="n">
+      <c r="AMQ10" s="15" t="n">
         <v>-0.5</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="AMR10" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="AMS10" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="AMT10" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="AMU10" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AMV10" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="AMW10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AMT10" s="15" t="n">
+      <c r="AMX10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AMU10" s="15" t="n">
+      <c r="AMY10" s="15" t="n">
         <v>1.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.3</v>
       </c>
       <c r="AMZ10" s="15" t="n">
         <v>1.2</v>
       </c>
       <c r="ANA10" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="ANB10" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="ANC10" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="AND10" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="ANE10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ANB10" s="15" t="n">
+      <c r="ANF10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ANC10" s="15" t="n">
+      <c r="ANG10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AND10" s="15" t="n">
+      <c r="ANH10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="ANE10" s="15" t="n">
+      <c r="ANI10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ANF10" s="15" t="n">
+      <c r="ANJ10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ANG10" s="15" t="n">
+      <c r="ANK10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ANH10" s="15" t="n">
+      <c r="ANL10" s="15" t="n">
         <v>0.7</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.8</v>
       </c>
       <c r="ANM10" s="15" t="n">
         <v>0.8</v>
       </c>
       <c r="ANN10" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="ANO10" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="ANP10" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="ANQ10" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="ANR10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ANO10" s="15" t="n">
+      <c r="ANS10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ANP10" s="15" t="n">
+      <c r="ANT10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ANQ10" s="15" t="n">
+      <c r="ANU10" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="ANR10" s="15" t="n">
+      <c r="ANV10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ANS10" s="15" t="n">
+      <c r="ANW10" s="15" t="n">
         <v>0.7</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="ANX10" s="15" t="n">
         <v>0.8</v>
       </c>
       <c r="ANY10" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="ANZ10" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="AOA10" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="AOB10" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="AOC10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ANZ10" s="15" t="n">
+      <c r="AOD10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AOA10" s="15" t="n">
+      <c r="AOE10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AOB10" s="15" t="n">
+      <c r="AOF10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AOC10" s="15" t="n">
+      <c r="AOG10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AOD10" s="15" t="n">
+      <c r="AOH10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AOE10" s="15" t="n">
+      <c r="AOI10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AOF10" s="15" t="n">
+      <c r="AOJ10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AOG10" s="15" t="n">
+      <c r="AOK10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AOH10" s="15" t="n">
+      <c r="AOL10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AOI10" s="15" t="n">
+      <c r="AOM10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AOJ10" s="15" t="n">
+      <c r="AON10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AOK10" s="15" t="n">
+      <c r="AOO10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AOL10" s="15" t="n">
+      <c r="AOP10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AOM10" s="15" t="n">
+      <c r="AOQ10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AON10" s="15" t="n">
+      <c r="AOR10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AOO10" s="15" t="n">
+      <c r="AOS10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AOP10" s="15" t="n">
+      <c r="AOT10" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="AOQ10" s="15" t="n">
+      <c r="AOU10" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="AOR10" s="15" t="n">
+      <c r="AOV10" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="AOS10" s="15" t="n">
+      <c r="AOW10" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="AOT10" s="15" t="n">
+      <c r="AOX10" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="AOU10" s="15" t="n">
+      <c r="AOY10" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="AOV10" s="15" t="n">
+      <c r="AOZ10" s="15" t="n">
         <v>-7.0</v>
       </c>
-      <c r="AOW10" s="15" t="n">
+      <c r="APA10" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="AOX10" s="15" t="n">
+      <c r="APB10" s="15" t="n">
         <v>-7.2</v>
       </c>
-      <c r="AOY10" s="15" t="n">
+      <c r="APC10" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="AOZ10" s="15" t="n">
+      <c r="APD10" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="APA10" s="15" t="n">
+      <c r="APE10" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="APB10" s="15" t="n">
+      <c r="APF10" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="APC10" s="15" t="n">
+      <c r="APG10" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="APD10" s="15" t="n">
+      <c r="APH10" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="APE10" s="15" t="n">
+      <c r="API10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="APF10" s="15" t="n">
+      <c r="APJ10" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="APG10" s="15" t="n">
+      <c r="APK10" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="APH10" s="15" t="n">
+      <c r="APL10" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="API10" s="15" t="n">
+      <c r="APM10" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="APJ10" s="15" t="n">
+      <c r="APN10" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="APK10" s="15" t="n">
+      <c r="APO10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="APL10" s="15" t="n">
+      <c r="APP10" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="APM10" s="15" t="n">
+      <c r="APQ10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="APN10" s="15" t="n">
+      <c r="APR10" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="APO10" s="15" t="n">
+      <c r="APS10" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="APP10" s="15" t="n">
+      <c r="APT10" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="APQ10" s="15" t="n">
+      <c r="APU10" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="APR10" s="15" t="n">
+      <c r="APV10" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="APS10" s="15" t="n">
+      <c r="APW10" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="APT10" s="15" t="n">
+      <c r="APX10" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="APU10" s="15" t="n">
+      <c r="APY10" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="APV10" s="15" t="n">
+      <c r="APZ10" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="APW10" s="15" t="n">
+      <c r="AQA10" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="APX10" s="15" t="n">
+      <c r="AQB10" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="APY10" s="15" t="n">
+      <c r="AQC10" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="APZ10" s="15" t="n">
+      <c r="AQD10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="AQA10" s="15" t="n">
+      <c r="AQE10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AQB10" s="15" t="n">
+      <c r="AQF10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AQC10" s="15" t="n">
+      <c r="AQG10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AQD10" s="15" t="n">
+      <c r="AQH10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AQE10" s="15" t="n">
+      <c r="AQI10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AQF10" s="15" t="n">
+      <c r="AQJ10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AQG10" s="15" t="n">
+      <c r="AQK10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AQH10" s="15" t="n">
+      <c r="AQL10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AQI10" s="15" t="n">
+      <c r="AQM10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AQJ10" s="15" t="n">
+      <c r="AQN10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AQK10" s="15" t="n">
+      <c r="AQO10" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="AQL10" s="15" t="n">
+      <c r="AQP10" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="AQM10" s="15" t="n">
+      <c r="AQQ10" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="AQN10" s="15" t="n">
+      <c r="AQR10" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="AQO10" s="15" t="n">
+      <c r="AQS10" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="AQP10" s="15" t="n">
+      <c r="AQT10" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="AQQ10" s="15" t="n">
+      <c r="AQU10" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="AQR10" s="15" t="n">
+      <c r="AQV10" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="AQS10" s="15" t="n">
+      <c r="AQW10" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="AQT10" s="15" t="n">
+      <c r="AQX10" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="AQU10" s="15" t="n">
+      <c r="AQY10" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="AQV10" s="15" t="n">
+      <c r="AQZ10" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="AQW10" s="15" t="n">
+      <c r="ARA10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="AQX10" s="15" t="n">
+      <c r="ARB10" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="AQY10" s="15" t="n">
+      <c r="ARC10" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="AQZ10" s="15" t="n">
+      <c r="ARD10" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="ARA10" s="15" t="n">
+      <c r="ARE10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="ARB10" s="15" t="n">
+      <c r="ARF10" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="ARC10" s="15" t="n">
+      <c r="ARG10" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="ARD10" s="15" t="n">
+      <c r="ARH10" s="15" t="n">
         <v>-1.7</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.2</v>
       </c>
       <c r="ARI10" s="15" t="n">
         <v>-0.5</v>
       </c>
       <c r="ARJ10" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="ARK10" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="ARL10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ARK10" s="15" t="n">
+      <c r="ARM10" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="ARN10" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="ARO10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ARL10" s="15" t="n">
+      <c r="ARP10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ARM10" s="15" t="n">
+      <c r="ARQ10" s="15" t="n">
         <v>1.8</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.2</v>
       </c>
       <c r="ARR10" s="15" t="n">
         <v>2.2</v>
       </c>
       <c r="ARS10" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="ART10" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="ARU10" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="ARV10" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="ARW10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ART10" s="15" t="n">
+      <c r="ARX10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ARU10" s="15" t="n">
+      <c r="ARY10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ARV10" s="15" t="n">
+      <c r="ARZ10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ARW10" s="15" t="n">
+      <c r="ASA10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ARX10" s="15" t="n">
+      <c r="ASB10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ARY10" s="15" t="n">
+      <c r="ASC10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ARZ10" s="15" t="n">
+      <c r="ASD10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ASA10" s="15" t="n">
+      <c r="ASE10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ASB10" s="15" t="n">
+      <c r="ASF10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ASC10" s="15" t="n">
+      <c r="ASG10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ASD10" s="15" t="n">
+      <c r="ASH10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ASE10" s="15" t="n">
+      <c r="ASI10" s="15" t="n">
         <v>0.8</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="ASJ10" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="ASK10" s="15" t="n">
-        <v>0.3</v>
+        <v>-0.5</v>
       </c>
       <c r="ASL10" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="ASM10" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="ASN10" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="ASO10" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="ASP10" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="ASQ10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="ASN10" s="15" t="n">
+      <c r="ASR10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="ASO10" s="15" t="n">
+      <c r="ASS10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ASP10" s="15" t="n">
+      <c r="AST10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ASQ10" s="15" t="n">
+      <c r="ASU10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ASR10" s="15" t="n">
+      <c r="ASV10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="ASS10" s="15" t="n">
+      <c r="ASW10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AST10" s="15" t="n">
+      <c r="ASX10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="ASU10" s="15" t="n">
+      <c r="ASY10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="ASV10" s="15" t="n">
+      <c r="ASZ10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ASW10" s="15" t="n">
+      <c r="ATA10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ASX10" s="15" t="n">
+      <c r="ATB10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ASY10" s="15" t="n">
+      <c r="ATC10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ASZ10" s="15" t="n">
+      <c r="ATD10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ATA10" s="15" t="n">
+      <c r="ATE10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="ATB10" s="15" t="n">
+      <c r="ATF10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ATC10" s="15" t="n">
+      <c r="ATG10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ATD10" s="15" t="n">
+      <c r="ATH10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ATE10" s="15" t="n">
+      <c r="ATI10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ATF10" s="15" t="n">
+      <c r="ATJ10" s="15" t="n">
         <v>2.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.0</v>
       </c>
       <c r="ATK10" s="15" t="n">
         <v>2.1</v>
       </c>
       <c r="ATL10" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="ATM10" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="ATN10" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="ATO10" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="ATP10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ATM10" s="15" t="n">
+      <c r="ATQ10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ATN10" s="15" t="n">
+      <c r="ATR10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ATO10" s="15" t="n">
+      <c r="ATS10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ATP10" s="15" t="n">
+      <c r="ATT10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ATQ10" s="15" t="n">
+      <c r="ATU10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ATR10" s="15" t="n">
+      <c r="ATV10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ATS10" s="15" t="n">
+      <c r="ATW10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ATT10" s="15" t="n">
+      <c r="ATX10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ATU10" s="15" t="n">
+      <c r="ATY10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ATV10" s="15" t="n">
+      <c r="ATZ10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ATW10" s="15" t="n">
+      <c r="AUA10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ATX10" s="15" t="n">
+      <c r="AUB10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ATY10" s="15" t="n">
+      <c r="AUC10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ATZ10" s="15" t="n">
+      <c r="AUD10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AUA10" s="15" t="n">
+      <c r="AUE10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AUB10" s="15" t="n">
+      <c r="AUF10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AUC10" s="15" t="n">
+      <c r="AUG10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AUD10" s="15" t="n">
+      <c r="AUH10" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AUE10" s="15" t="n">
+      <c r="AUI10" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AUF10" s="15" t="n">
+      <c r="AUJ10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AUG10" s="15" t="n">
+      <c r="AUK10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AUH10" s="15" t="n">
+      <c r="AUL10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AUI10" s="15" t="n">
+      <c r="AUM10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AUJ10" s="15" t="n">
+      <c r="AUN10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AUK10" s="15" t="n">
+      <c r="AUO10" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AUL10" s="15" t="n">
+      <c r="AUP10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AUM10" s="15" t="n">
+      <c r="AUQ10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AUN10" s="15" t="n">
+      <c r="AUR10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AUO10" s="15" t="n">
+      <c r="AUS10" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AUP10" s="13" t="inlineStr">
+      <c r="AUT10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUQ10" s="13" t="inlineStr">
+      <c r="AUU10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUR10" s="13" t="inlineStr">
+      <c r="AUV10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUS10" s="13" t="inlineStr">
+      <c r="AUW10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUT10" s="13" t="inlineStr">
+      <c r="AUX10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUU10" s="13" t="inlineStr">
+      <c r="AUY10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUV10" s="13" t="inlineStr">
+      <c r="AUZ10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUW10" s="13" t="inlineStr">
+      <c r="AVA10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUX10" s="13" t="inlineStr">
+      <c r="AVB10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUY10" s="13" t="inlineStr">
+      <c r="AVC10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUZ10" s="13" t="inlineStr">
+      <c r="AVD10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AVA10" s="13" t="inlineStr">
+      <c r="AVE10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        Resto (4719+474+475+476+477+478+479)</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>148.172</v>
+        <v>126.573</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>125.709</v>
+        <v>148.192</v>
       </c>
       <c r="D11" s="14" t="n">
+        <v>125.791</v>
+      </c>
+      <c r="E11" s="14" t="n">
         <v>120.228</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>118.217</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>113.184</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>132.044</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>122.351</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>117.215</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>111.151</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="L11" s="14" t="n">
         <v>109.48</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="M11" s="14" t="n">
         <v>100.576</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>120.773</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>140.218</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>118.495</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>114.591</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>110.925</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>108.334</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>125.978</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>114.072</v>
       </c>
-      <c r="U11" s="14" t="n">
+      <c r="V11" s="14" t="n">
         <v>111.885</v>
       </c>
-      <c r="V11" s="14" t="n">
+      <c r="W11" s="14" t="n">
         <v>108.525</v>
       </c>
-      <c r="W11" s="14" t="n">
+      <c r="X11" s="14" t="n">
         <v>104.553</v>
       </c>
-      <c r="X11" s="14" t="n">
+      <c r="Y11" s="14" t="n">
         <v>98.647</v>
       </c>
-      <c r="Y11" s="14" t="n">
+      <c r="Z11" s="14" t="n">
         <v>118.88</v>
       </c>
-      <c r="Z11" s="14" t="n">
+      <c r="AA11" s="14" t="n">
         <v>131.82</v>
       </c>
-      <c r="AA11" s="14" t="n">
+      <c r="AB11" s="14" t="n">
         <v>117.237</v>
       </c>
-      <c r="AB11" s="14" t="n">
+      <c r="AC11" s="14" t="n">
         <v>107.256</v>
       </c>
-      <c r="AC11" s="14" t="n">
+      <c r="AD11" s="14" t="n">
         <v>107.387</v>
       </c>
-      <c r="AD11" s="14" t="n">
+      <c r="AE11" s="14" t="n">
         <v>104.55</v>
       </c>
-      <c r="AE11" s="14" t="n">
+      <c r="AF11" s="14" t="n">
         <v>120.751</v>
       </c>
-      <c r="AF11" s="14" t="n">
+      <c r="AG11" s="14" t="n">
         <v>114.694</v>
       </c>
-      <c r="AG11" s="14" t="n">
+      <c r="AH11" s="14" t="n">
         <v>110.096</v>
       </c>
-      <c r="AH11" s="14" t="n">
+      <c r="AI11" s="14" t="n">
         <v>103.06</v>
       </c>
-      <c r="AI11" s="14" t="n">
+      <c r="AJ11" s="14" t="n">
         <v>106.28</v>
       </c>
-      <c r="AJ11" s="14" t="n">
+      <c r="AK11" s="14" t="n">
         <v>92.672</v>
       </c>
-      <c r="AK11" s="14" t="n">
+      <c r="AL11" s="14" t="n">
         <v>114.62</v>
       </c>
-      <c r="AL11" s="14" t="n">
+      <c r="AM11" s="14" t="n">
         <v>125.385</v>
       </c>
-      <c r="AM11" s="14" t="n">
+      <c r="AN11" s="14" t="n">
         <v>107.506</v>
       </c>
-      <c r="AN11" s="14" t="n">
+      <c r="AO11" s="14" t="n">
         <v>101.097</v>
       </c>
-      <c r="AO11" s="14" t="n">
+      <c r="AP11" s="14" t="n">
         <v>102.372</v>
       </c>
-      <c r="AP11" s="14" t="n">
+      <c r="AQ11" s="14" t="n">
         <v>101.043</v>
       </c>
-      <c r="AQ11" s="14" t="n">
+      <c r="AR11" s="14" t="n">
         <v>112.958</v>
       </c>
-      <c r="AR11" s="14" t="n">
+      <c r="AS11" s="14" t="n">
         <v>106.837</v>
       </c>
-      <c r="AS11" s="14" t="n">
+      <c r="AT11" s="14" t="n">
         <v>103.33</v>
       </c>
-      <c r="AT11" s="14" t="n">
+      <c r="AU11" s="14" t="n">
         <v>97.063</v>
       </c>
-      <c r="AU11" s="14" t="n">
+      <c r="AV11" s="14" t="n">
         <v>96.399</v>
       </c>
-      <c r="AV11" s="14" t="n">
+      <c r="AW11" s="14" t="n">
         <v>89.77</v>
       </c>
-      <c r="AW11" s="14" t="n">
+      <c r="AX11" s="14" t="n">
         <v>106.856</v>
       </c>
-      <c r="AX11" s="14" t="n">
+      <c r="AY11" s="14" t="n">
         <v>122.429</v>
       </c>
-      <c r="AY11" s="14" t="n">
+      <c r="AZ11" s="14" t="n">
         <v>109.583</v>
       </c>
-      <c r="AZ11" s="14" t="n">
+      <c r="BA11" s="14" t="n">
         <v>99.474</v>
       </c>
-      <c r="BA11" s="14" t="n">
+      <c r="BB11" s="14" t="n">
         <v>100.16</v>
       </c>
-      <c r="BB11" s="14" t="n">
+      <c r="BC11" s="14" t="n">
         <v>96.07</v>
       </c>
-      <c r="BC11" s="14" t="n">
+      <c r="BD11" s="14" t="n">
         <v>112.041</v>
       </c>
-      <c r="BD11" s="14" t="n">
+      <c r="BE11" s="14" t="n">
         <v>103.392</v>
       </c>
-      <c r="BE11" s="14" t="n">
+      <c r="BF11" s="14" t="n">
         <v>95.888</v>
       </c>
-      <c r="BF11" s="14" t="n">
+      <c r="BG11" s="14" t="n">
         <v>89.363</v>
       </c>
-      <c r="BG11" s="14" t="n">
+      <c r="BH11" s="14" t="n">
         <v>96.181</v>
       </c>
-      <c r="BH11" s="14" t="n">
+      <c r="BI11" s="14" t="n">
         <v>81.039</v>
       </c>
-      <c r="BI11" s="14" t="n">
+      <c r="BJ11" s="14" t="n">
         <v>94.379</v>
       </c>
-      <c r="BJ11" s="14" t="n">
+      <c r="BK11" s="14" t="n">
         <v>119.853</v>
       </c>
-      <c r="BK11" s="14" t="n">
+      <c r="BL11" s="14" t="n">
         <v>95.651</v>
       </c>
-      <c r="BL11" s="14" t="n">
+      <c r="BM11" s="14" t="n">
         <v>95.708</v>
       </c>
-      <c r="BM11" s="14" t="n">
+      <c r="BN11" s="14" t="n">
         <v>94.126</v>
       </c>
-      <c r="BN11" s="14" t="n">
+      <c r="BO11" s="14" t="n">
         <v>90.001</v>
       </c>
-      <c r="BO11" s="14" t="n">
+      <c r="BP11" s="14" t="n">
         <v>107.964</v>
       </c>
-      <c r="BP11" s="14" t="n">
+      <c r="BQ11" s="14" t="n">
         <v>97.93</v>
       </c>
-      <c r="BQ11" s="14" t="n">
+      <c r="BR11" s="14" t="n">
         <v>65.157</v>
       </c>
-      <c r="BR11" s="14" t="n">
+      <c r="BS11" s="14" t="n">
         <v>42.719</v>
       </c>
-      <c r="BS11" s="14" t="n">
+      <c r="BT11" s="14" t="n">
         <v>63.474</v>
       </c>
-      <c r="BT11" s="14" t="n">
+      <c r="BU11" s="14" t="n">
         <v>91.081</v>
       </c>
-      <c r="BU11" s="14" t="n">
+      <c r="BV11" s="14" t="n">
         <v>110.602</v>
       </c>
-      <c r="BV11" s="14" t="n">
+      <c r="BW11" s="14" t="n">
         <v>123.89</v>
       </c>
-      <c r="BW11" s="14" t="n">
+      <c r="BX11" s="14" t="n">
         <v>103.801</v>
       </c>
-      <c r="BX11" s="14" t="n">
+      <c r="BY11" s="14" t="n">
         <v>100.116</v>
       </c>
-      <c r="BY11" s="14" t="n">
+      <c r="BZ11" s="14" t="n">
         <v>96.865</v>
       </c>
-      <c r="BZ11" s="14" t="n">
+      <c r="CA11" s="14" t="n">
         <v>94.236</v>
       </c>
-      <c r="CA11" s="14" t="n">
+      <c r="CB11" s="14" t="n">
         <v>113.73</v>
       </c>
-      <c r="CB11" s="14" t="n">
+      <c r="CC11" s="14" t="n">
         <v>100.702</v>
       </c>
-      <c r="CC11" s="14" t="n">
+      <c r="CD11" s="14" t="n">
         <v>98.354</v>
       </c>
-      <c r="CD11" s="14" t="n">
+      <c r="CE11" s="14" t="n">
         <v>91.86</v>
       </c>
-      <c r="CE11" s="14" t="n">
+      <c r="CF11" s="14" t="n">
         <v>92.98</v>
       </c>
-      <c r="CF11" s="14" t="n">
+      <c r="CG11" s="14" t="n">
         <v>85.526</v>
       </c>
-      <c r="CG11" s="14" t="n">
+      <c r="CH11" s="14" t="n">
         <v>108.058</v>
       </c>
-      <c r="CH11" s="14" t="n">
+      <c r="CI11" s="14" t="n">
         <v>116.409</v>
       </c>
-      <c r="CI11" s="14" t="n">
+      <c r="CJ11" s="14" t="n">
         <v>99.803</v>
       </c>
-      <c r="CJ11" s="14" t="n">
+      <c r="CK11" s="14" t="n">
         <v>96.714</v>
       </c>
-      <c r="CK11" s="14" t="n">
+      <c r="CL11" s="14" t="n">
         <v>90.62</v>
       </c>
-      <c r="CL11" s="14" t="n">
+      <c r="CM11" s="14" t="n">
         <v>90.114</v>
       </c>
-      <c r="CM11" s="14" t="n">
+      <c r="CN11" s="14" t="n">
         <v>107.622</v>
       </c>
-      <c r="CN11" s="14" t="n">
+      <c r="CO11" s="14" t="n">
         <v>99.38</v>
       </c>
-      <c r="CO11" s="14" t="n">
+      <c r="CP11" s="14" t="n">
         <v>94.669</v>
       </c>
-      <c r="CP11" s="14" t="n">
+      <c r="CQ11" s="14" t="n">
         <v>91.492</v>
       </c>
-      <c r="CQ11" s="14" t="n">
+      <c r="CR11" s="14" t="n">
         <v>92.264</v>
       </c>
-      <c r="CR11" s="14" t="n">
+      <c r="CS11" s="14" t="n">
         <v>83.737</v>
       </c>
-      <c r="CS11" s="14" t="n">
+      <c r="CT11" s="14" t="n">
         <v>107.126</v>
       </c>
-      <c r="CT11" s="14" t="n">
+      <c r="CU11" s="14" t="n">
         <v>116.343</v>
       </c>
-      <c r="CU11" s="14" t="n">
+      <c r="CV11" s="14" t="n">
         <v>98.092</v>
       </c>
-      <c r="CV11" s="14" t="n">
+      <c r="CW11" s="14" t="n">
         <v>90.942</v>
       </c>
-      <c r="CW11" s="14" t="n">
+      <c r="CX11" s="14" t="n">
         <v>93.67</v>
       </c>
-      <c r="CX11" s="14" t="n">
+      <c r="CY11" s="14" t="n">
         <v>89.528</v>
       </c>
-      <c r="CY11" s="14" t="n">
+      <c r="CZ11" s="14" t="n">
         <v>107.048</v>
       </c>
-      <c r="CZ11" s="14" t="n">
+      <c r="DA11" s="14" t="n">
         <v>96.912</v>
       </c>
-      <c r="DA11" s="14" t="n">
+      <c r="DB11" s="14" t="n">
         <v>94.159</v>
       </c>
-      <c r="DB11" s="14" t="n">
+      <c r="DC11" s="14" t="n">
         <v>89.222</v>
       </c>
-      <c r="DC11" s="14" t="n">
+      <c r="DD11" s="14" t="n">
         <v>90.676</v>
       </c>
-      <c r="DD11" s="14" t="n">
+      <c r="DE11" s="14" t="n">
         <v>81.076</v>
       </c>
-      <c r="DE11" s="14" t="n">
+      <c r="DF11" s="14" t="n">
         <v>101.548</v>
       </c>
-      <c r="DF11" s="14" t="n">
+      <c r="DG11" s="14" t="n">
         <v>112.424</v>
       </c>
-      <c r="DG11" s="14" t="n">
+      <c r="DH11" s="14" t="n">
         <v>92.848</v>
       </c>
-      <c r="DH11" s="14" t="n">
+      <c r="DI11" s="14" t="n">
         <v>92.495</v>
       </c>
-      <c r="DI11" s="14" t="n">
+      <c r="DJ11" s="14" t="n">
         <v>92.711</v>
       </c>
-      <c r="DJ11" s="14" t="n">
+      <c r="DK11" s="14" t="n">
         <v>88.946</v>
       </c>
-      <c r="DK11" s="14" t="n">
+      <c r="DL11" s="14" t="n">
         <v>106.229</v>
       </c>
-      <c r="DL11" s="14" t="n">
+      <c r="DM11" s="14" t="n">
         <v>94.917</v>
       </c>
-      <c r="DM11" s="14" t="n">
+      <c r="DN11" s="14" t="n">
         <v>90.613</v>
       </c>
-      <c r="DN11" s="14" t="n">
+      <c r="DO11" s="14" t="n">
         <v>91.085</v>
       </c>
-      <c r="DO11" s="14" t="n">
+      <c r="DP11" s="14" t="n">
         <v>87.687</v>
       </c>
-      <c r="DP11" s="14" t="n">
+      <c r="DQ11" s="14" t="n">
         <v>83.363</v>
       </c>
-      <c r="DQ11" s="14" t="n">
+      <c r="DR11" s="14" t="n">
         <v>102.204</v>
       </c>
-      <c r="DR11" s="14" t="n">
+      <c r="DS11" s="14" t="n">
         <v>110.487</v>
       </c>
-      <c r="DS11" s="14" t="n">
+      <c r="DT11" s="14" t="n">
         <v>88.052</v>
       </c>
-      <c r="DT11" s="14" t="n">
+      <c r="DU11" s="14" t="n">
         <v>90.729</v>
       </c>
-      <c r="DU11" s="14" t="n">
+      <c r="DV11" s="14" t="n">
         <v>88.446</v>
       </c>
-      <c r="DV11" s="14" t="n">
+      <c r="DW11" s="14" t="n">
         <v>82.666</v>
       </c>
-      <c r="DW11" s="14" t="n">
+      <c r="DX11" s="14" t="n">
         <v>101.078</v>
       </c>
-      <c r="DX11" s="14" t="n">
+      <c r="DY11" s="14" t="n">
         <v>86.779</v>
       </c>
-      <c r="DY11" s="14" t="n">
+      <c r="DZ11" s="14" t="n">
         <v>85.836</v>
       </c>
-      <c r="DZ11" s="14" t="n">
+      <c r="EA11" s="14" t="n">
         <v>82.802</v>
       </c>
-      <c r="EA11" s="14" t="n">
+      <c r="EB11" s="14" t="n">
         <v>82.975</v>
       </c>
-      <c r="EB11" s="14" t="n">
+      <c r="EC11" s="14" t="n">
         <v>76.132</v>
       </c>
-      <c r="EC11" s="14" t="n">
+      <c r="ED11" s="14" t="n">
         <v>96.418</v>
       </c>
-      <c r="ED11" s="14" t="n">
+      <c r="EE11" s="14" t="n">
         <v>104.186</v>
       </c>
-      <c r="EE11" s="14" t="n">
+      <c r="EF11" s="14" t="n">
         <v>81.368</v>
       </c>
-      <c r="EF11" s="14" t="n">
+      <c r="EG11" s="14" t="n">
         <v>83.756</v>
       </c>
-      <c r="EG11" s="14" t="n">
+      <c r="EH11" s="14" t="n">
         <v>81.829</v>
       </c>
-      <c r="EH11" s="14" t="n">
+      <c r="EI11" s="14" t="n">
         <v>78.182</v>
       </c>
-      <c r="EI11" s="14" t="n">
+      <c r="EJ11" s="14" t="n">
         <v>95.604</v>
       </c>
-      <c r="EJ11" s="14" t="n">
+      <c r="EK11" s="14" t="n">
         <v>82.71</v>
       </c>
-      <c r="EK11" s="14" t="n">
+      <c r="EL11" s="14" t="n">
         <v>82.353</v>
       </c>
-      <c r="EL11" s="14" t="n">
+      <c r="EM11" s="14" t="n">
         <v>78.985</v>
       </c>
-      <c r="EM11" s="14" t="n">
+      <c r="EN11" s="14" t="n">
         <v>77.459</v>
       </c>
-      <c r="EN11" s="14" t="n">
+      <c r="EO11" s="14" t="n">
         <v>74.019</v>
       </c>
-      <c r="EO11" s="14" t="n">
+      <c r="EP11" s="14" t="n">
         <v>93.775</v>
       </c>
-      <c r="EP11" s="14" t="n">
+      <c r="EQ11" s="14" t="n">
         <v>98.958</v>
       </c>
-      <c r="EQ11" s="14" t="n">
+      <c r="ER11" s="14" t="n">
         <v>79.826</v>
       </c>
-      <c r="ER11" s="14" t="n">
+      <c r="ES11" s="14" t="n">
         <v>81.827</v>
       </c>
-      <c r="ES11" s="14" t="n">
+      <c r="ET11" s="14" t="n">
         <v>79.916</v>
       </c>
-      <c r="ET11" s="14" t="n">
+      <c r="EU11" s="14" t="n">
         <v>78.344</v>
       </c>
-      <c r="EU11" s="14" t="n">
+      <c r="EV11" s="14" t="n">
         <v>95.179</v>
       </c>
-      <c r="EV11" s="14" t="n">
+      <c r="EW11" s="14" t="n">
         <v>81.743</v>
       </c>
-      <c r="EW11" s="14" t="n">
+      <c r="EX11" s="14" t="n">
         <v>81.149</v>
       </c>
-      <c r="EX11" s="14" t="n">
+      <c r="EY11" s="14" t="n">
         <v>78.734</v>
       </c>
-      <c r="EY11" s="14" t="n">
+      <c r="EZ11" s="14" t="n">
         <v>75.434</v>
       </c>
-      <c r="EZ11" s="14" t="n">
+      <c r="FA11" s="14" t="n">
         <v>73.774</v>
       </c>
-      <c r="FA11" s="14" t="n">
+      <c r="FB11" s="14" t="n">
         <v>93.697</v>
       </c>
-      <c r="FB11" s="14" t="n">
+      <c r="FC11" s="14" t="n">
         <v>96.991</v>
       </c>
-      <c r="FC11" s="14" t="n">
+      <c r="FD11" s="14" t="n">
         <v>76.213</v>
       </c>
-      <c r="FD11" s="14" t="n">
+      <c r="FE11" s="14" t="n">
         <v>81.804</v>
       </c>
-      <c r="FE11" s="14" t="n">
+      <c r="FF11" s="14" t="n">
         <v>75.676</v>
       </c>
-      <c r="FF11" s="14" t="n">
+      <c r="FG11" s="14" t="n">
         <v>86.052</v>
       </c>
-      <c r="FG11" s="14" t="n">
+      <c r="FH11" s="14" t="n">
         <v>99.882</v>
       </c>
-      <c r="FH11" s="14" t="n">
+      <c r="FI11" s="14" t="n">
         <v>90.191</v>
       </c>
-      <c r="FI11" s="14" t="n">
+      <c r="FJ11" s="14" t="n">
         <v>89.656</v>
       </c>
-      <c r="FJ11" s="14" t="n">
+      <c r="FK11" s="14" t="n">
         <v>83.218</v>
       </c>
-      <c r="FK11" s="14" t="n">
+      <c r="FL11" s="14" t="n">
         <v>90.976</v>
       </c>
-      <c r="FL11" s="14" t="n">
+      <c r="FM11" s="14" t="n">
         <v>85.566</v>
       </c>
-      <c r="FM11" s="14" t="n">
+      <c r="FN11" s="14" t="n">
         <v>107.983</v>
       </c>
-      <c r="FN11" s="14" t="n">
+      <c r="FO11" s="14" t="n">
         <v>115.789</v>
       </c>
-      <c r="FO11" s="14" t="n">
+      <c r="FP11" s="14" t="n">
         <v>90.114</v>
       </c>
-      <c r="FP11" s="14" t="n">
+      <c r="FQ11" s="14" t="n">
         <v>95.823</v>
       </c>
-      <c r="FQ11" s="14" t="n">
+      <c r="FR11" s="14" t="n">
         <v>95.253</v>
       </c>
-      <c r="FR11" s="14" t="n">
+      <c r="FS11" s="14" t="n">
         <v>89.765</v>
       </c>
-      <c r="FS11" s="14" t="n">
+      <c r="FT11" s="14" t="n">
         <v>111.66</v>
       </c>
-      <c r="FT11" s="14" t="n">
+      <c r="FU11" s="14" t="n">
         <v>98.776</v>
       </c>
-      <c r="FU11" s="14" t="n">
+      <c r="FV11" s="14" t="n">
         <v>95.645</v>
       </c>
-      <c r="FV11" s="14" t="n">
+      <c r="FW11" s="14" t="n">
         <v>97.676</v>
       </c>
-      <c r="FW11" s="14" t="n">
+      <c r="FX11" s="14" t="n">
         <v>97.549</v>
       </c>
-      <c r="FX11" s="14" t="n">
+      <c r="FY11" s="14" t="n">
         <v>90.844</v>
       </c>
-      <c r="FY11" s="14" t="n">
+      <c r="FZ11" s="14" t="n">
         <v>114.049</v>
       </c>
-      <c r="FZ11" s="14" t="n">
+      <c r="GA11" s="14" t="n">
         <v>127.398</v>
       </c>
-      <c r="GA11" s="14" t="n">
+      <c r="GB11" s="14" t="n">
         <v>99.551</v>
       </c>
-      <c r="GB11" s="14" t="n">
+      <c r="GC11" s="14" t="n">
         <v>106.112</v>
       </c>
-      <c r="GC11" s="14" t="n">
+      <c r="GD11" s="14" t="n">
         <v>103.304</v>
       </c>
-      <c r="GD11" s="14" t="n">
+      <c r="GE11" s="14" t="n">
         <v>95.628</v>
       </c>
-      <c r="GE11" s="14" t="n">
+      <c r="GF11" s="14" t="n">
         <v>117.949</v>
       </c>
-      <c r="GF11" s="14" t="n">
+      <c r="GG11" s="14" t="n">
         <v>112.855</v>
       </c>
-      <c r="GG11" s="14" t="n">
+      <c r="GH11" s="14" t="n">
         <v>104.358</v>
       </c>
-      <c r="GH11" s="14" t="n">
+      <c r="GI11" s="14" t="n">
         <v>102.763</v>
       </c>
-      <c r="GI11" s="14" t="n">
+      <c r="GJ11" s="14" t="n">
         <v>108.712</v>
       </c>
-      <c r="GJ11" s="14" t="n">
+      <c r="GK11" s="14" t="n">
         <v>97.194</v>
       </c>
-      <c r="GK11" s="14" t="n">
+      <c r="GL11" s="14" t="n">
         <v>121.928</v>
       </c>
-      <c r="GL11" s="14" t="n">
+      <c r="GM11" s="14" t="n">
         <v>135.738</v>
       </c>
-      <c r="GM11" s="14" t="n">
+      <c r="GN11" s="14" t="n">
         <v>102.228</v>
       </c>
-      <c r="GN11" s="14" t="n">
+      <c r="GO11" s="14" t="n">
         <v>110.373</v>
       </c>
-      <c r="GO11" s="14" t="n">
+      <c r="GP11" s="14" t="n">
         <v>108.86</v>
       </c>
-      <c r="GP11" s="14" t="n">
+      <c r="GQ11" s="14" t="n">
         <v>97.255</v>
       </c>
-      <c r="GQ11" s="14" t="n">
+      <c r="GR11" s="14" t="n">
         <v>124.988</v>
       </c>
-      <c r="GR11" s="14" t="n">
+      <c r="GS11" s="14" t="n">
         <v>107.658</v>
       </c>
-      <c r="GS11" s="14" t="n">
+      <c r="GT11" s="14" t="n">
         <v>103.993</v>
       </c>
-      <c r="GT11" s="14" t="n">
+      <c r="GU11" s="14" t="n">
         <v>102.544</v>
       </c>
-      <c r="GU11" s="14" t="n">
+      <c r="GV11" s="14" t="n">
         <v>102.853</v>
       </c>
-      <c r="GV11" s="14" t="n">
+      <c r="GW11" s="14" t="n">
         <v>97.09</v>
       </c>
-      <c r="GW11" s="14" t="n">
+      <c r="GX11" s="14" t="n">
         <v>124.798</v>
       </c>
-      <c r="GX11" s="14" t="n">
+      <c r="GY11" s="14" t="n">
         <v>135.257</v>
       </c>
-      <c r="GY11" s="14" t="n">
+      <c r="GZ11" s="14" t="n">
         <v>106.766</v>
       </c>
-      <c r="GZ11" s="14" t="n">
+      <c r="HA11" s="14" t="n">
         <v>117.457</v>
       </c>
-      <c r="HA11" s="14" t="n">
+      <c r="HB11" s="14" t="n">
         <v>114.417</v>
       </c>
-      <c r="HB11" s="14" t="n">
+      <c r="HC11" s="14" t="n">
         <v>102.033</v>
       </c>
-      <c r="HC11" s="14" t="n">
+      <c r="HD11" s="14" t="n">
         <v>133.392</v>
       </c>
-      <c r="HD11" s="14" t="n">
+      <c r="HE11" s="14" t="n">
         <v>113.128</v>
       </c>
-      <c r="HE11" s="14" t="n">
+      <c r="HF11" s="14" t="n">
         <v>116.229</v>
       </c>
-      <c r="HF11" s="14" t="n">
+      <c r="HG11" s="14" t="n">
         <v>117.763</v>
       </c>
-      <c r="HG11" s="14" t="n">
+      <c r="HH11" s="14" t="n">
         <v>113.888</v>
       </c>
-      <c r="HH11" s="14" t="n">
+      <c r="HI11" s="14" t="n">
         <v>114.834</v>
       </c>
-      <c r="HI11" s="14" t="n">
+      <c r="HJ11" s="14" t="n">
         <v>139.531</v>
       </c>
-      <c r="HJ11" s="14" t="n">
+      <c r="HK11" s="14" t="n">
         <v>151.704</v>
       </c>
-      <c r="HK11" s="14" t="n">
+      <c r="HL11" s="14" t="n">
         <v>125.639</v>
       </c>
-      <c r="HL11" s="14" t="n">
+      <c r="HM11" s="14" t="n">
         <v>130.698</v>
       </c>
-      <c r="HM11" s="14" t="n">
+      <c r="HN11" s="14" t="n">
         <v>123.801</v>
       </c>
-      <c r="HN11" s="14" t="n">
+      <c r="HO11" s="14" t="n">
         <v>113.811</v>
       </c>
-      <c r="HO11" s="14" t="n">
+      <c r="HP11" s="14" t="n">
         <v>141.48</v>
       </c>
-      <c r="HP11" s="14" t="n">
+      <c r="HQ11" s="14" t="n">
         <v>126.396</v>
       </c>
-      <c r="HQ11" s="14" t="n">
+      <c r="HR11" s="14" t="n">
         <v>126.408</v>
       </c>
-      <c r="HR11" s="14" t="n">
+      <c r="HS11" s="14" t="n">
         <v>118.713</v>
       </c>
-      <c r="HS11" s="14" t="n">
+      <c r="HT11" s="14" t="n">
         <v>128.709</v>
       </c>
-      <c r="HT11" s="14" t="n">
+      <c r="HU11" s="14" t="n">
         <v>114.978</v>
       </c>
-      <c r="HU11" s="14" t="n">
+      <c r="HV11" s="14" t="n">
         <v>141.03</v>
       </c>
-      <c r="HV11" s="14" t="n">
+      <c r="HW11" s="14" t="n">
         <v>152.412</v>
       </c>
-      <c r="HW11" s="14" t="n">
+      <c r="HX11" s="14" t="n">
         <v>122.891</v>
       </c>
-      <c r="HX11" s="14" t="n">
+      <c r="HY11" s="14" t="n">
         <v>125.758</v>
       </c>
-      <c r="HY11" s="14" t="n">
+      <c r="HZ11" s="14" t="n">
         <v>121.011</v>
       </c>
-      <c r="HZ11" s="14" t="n">
+      <c r="IA11" s="14" t="n">
         <v>108.73</v>
       </c>
-      <c r="IA11" s="14" t="n">
+      <c r="IB11" s="14" t="n">
         <v>134.781</v>
       </c>
-      <c r="IB11" s="14" t="n">
+      <c r="IC11" s="14" t="n">
         <v>121.788</v>
       </c>
-      <c r="IC11" s="14" t="n">
+      <c r="ID11" s="14" t="n">
         <v>122.666</v>
       </c>
-      <c r="ID11" s="14" t="n">
+      <c r="IE11" s="14" t="n">
         <v>114.853</v>
       </c>
-      <c r="IE11" s="14" t="n">
+      <c r="IF11" s="14" t="n">
         <v>122.095</v>
       </c>
-      <c r="IF11" s="14" t="n">
+      <c r="IG11" s="14" t="n">
         <v>110.81</v>
       </c>
-      <c r="IG11" s="14" t="n">
+      <c r="IH11" s="14" t="n">
         <v>134.333</v>
       </c>
-      <c r="IH11" s="14" t="n">
+      <c r="II11" s="14" t="n">
         <v>149.515</v>
       </c>
-      <c r="II11" s="14" t="n">
+      <c r="IJ11" s="14" t="n">
         <v>118.313</v>
       </c>
-      <c r="IJ11" s="14" t="n">
+      <c r="IK11" s="14" t="n">
         <v>120.189</v>
       </c>
-      <c r="IK11" s="14" t="n">
+      <c r="IL11" s="14" t="n">
         <v>118.151</v>
       </c>
-      <c r="IL11" s="14" t="n">
+      <c r="IM11" s="14" t="n">
         <v>102.714</v>
       </c>
-      <c r="IM11" s="14" t="n">
+      <c r="IN11" s="14" t="n">
         <v>130.374</v>
       </c>
-      <c r="IN11" s="14" t="n">
+      <c r="IO11" s="14" t="n">
         <v>119.95</v>
       </c>
-      <c r="IO11" s="14" t="n">
+      <c r="IP11" s="14" t="n">
         <v>117.131</v>
       </c>
-      <c r="IP11" s="14" t="n">
+      <c r="IQ11" s="14" t="n">
         <v>119.249</v>
       </c>
-      <c r="IQ11" s="14" t="n">
+      <c r="IR11" s="14" t="n">
         <v>116.275</v>
       </c>
-      <c r="IR11" s="14" t="n">
+      <c r="IS11" s="14" t="n">
         <v>108.741</v>
       </c>
-      <c r="IS11" s="14" t="n">
+      <c r="IT11" s="14" t="n">
         <v>132.815</v>
       </c>
-      <c r="IT11" s="14" t="n">
+      <c r="IU11" s="14" t="n">
         <v>145.426</v>
       </c>
-      <c r="IU11" s="14" t="n">
+      <c r="IV11" s="14" t="n">
         <v>116.023</v>
       </c>
-      <c r="IV11" s="14" t="n">
+      <c r="IW11" s="14" t="n">
         <v>119.386</v>
       </c>
-      <c r="IW11" s="14" t="n">
+      <c r="IX11" s="14" t="n">
         <v>114.521</v>
       </c>
-      <c r="IX11" s="14" t="n">
+      <c r="IY11" s="14" t="n">
         <v>97.205</v>
       </c>
-      <c r="IY11" s="14" t="n">
+      <c r="IZ11" s="14" t="n">
         <v>130.421</v>
       </c>
-      <c r="IZ11" s="14" t="n">
+      <c r="JA11" s="14" t="n">
         <v>116.372</v>
       </c>
-      <c r="JA11" s="14" t="n">
+      <c r="JB11" s="14" t="n">
         <v>113.248</v>
       </c>
-      <c r="JB11" s="14" t="n">
+      <c r="JC11" s="14" t="n">
         <v>111.471</v>
       </c>
-      <c r="JC11" s="14" t="n">
+      <c r="JD11" s="14" t="n">
         <v>113.497</v>
       </c>
-      <c r="JD11" s="14" t="n">
+      <c r="JE11" s="14" t="n">
         <v>106.223</v>
       </c>
-      <c r="JE11" s="14" t="n">
+      <c r="JF11" s="14" t="n">
         <v>128.83</v>
       </c>
-      <c r="JF11" s="14" t="n">
+      <c r="JG11" s="14" t="n">
         <v>139.755</v>
       </c>
-      <c r="JG11" s="14" t="n">
+      <c r="JH11" s="14" t="n">
         <v>108.05</v>
       </c>
-      <c r="JH11" s="14" t="n">
+      <c r="JI11" s="14" t="n">
         <v>119.933</v>
       </c>
-      <c r="JI11" s="14" t="n">
+      <c r="JJ11" s="14" t="n">
         <v>111.69</v>
       </c>
-      <c r="JJ11" s="14" t="n">
+      <c r="JK11" s="14" t="n">
         <v>95.41</v>
       </c>
-      <c r="JK11" s="14" t="n">
+      <c r="JL11" s="14" t="n">
         <v>124.651</v>
       </c>
-      <c r="JL11" s="14" t="n">
+      <c r="JM11" s="14" t="n">
         <v>110.549</v>
       </c>
-      <c r="JM11" s="14" t="n">
+      <c r="JN11" s="14" t="n">
         <v>110.532</v>
       </c>
-      <c r="JN11" s="14" t="n">
+      <c r="JO11" s="14" t="n">
         <v>106.918</v>
       </c>
-      <c r="JO11" s="14" t="n">
+      <c r="JP11" s="14" t="n">
         <v>107.199</v>
       </c>
-      <c r="JP11" s="14" t="n">
+      <c r="JQ11" s="14" t="n">
         <v>99.265</v>
       </c>
-      <c r="JQ11" s="14" t="n">
+      <c r="JR11" s="14" t="n">
         <v>123.5</v>
       </c>
-      <c r="JR11" s="14" t="n">
+      <c r="JS11" s="14" t="n">
         <v>132.797</v>
       </c>
-      <c r="JS11" s="14" t="n">
+      <c r="JT11" s="14" t="n">
         <v>104.892</v>
       </c>
-      <c r="JT11" s="14" t="n">
+      <c r="JU11" s="14" t="n">
         <v>113.957</v>
       </c>
-      <c r="JU11" s="14" t="n">
+      <c r="JV11" s="14" t="n">
         <v>108.608</v>
       </c>
-      <c r="JV11" s="14" t="n">
+      <c r="JW11" s="14" t="n">
         <v>96.353</v>
       </c>
-      <c r="JW11" s="14" t="n">
+      <c r="JX11" s="14" t="n">
         <v>120.702</v>
       </c>
-      <c r="JX11" s="14" t="n">
+      <c r="JY11" s="14" t="n">
         <v>105.708</v>
       </c>
-      <c r="JY11" s="14" t="n">
+      <c r="JZ11" s="14" t="n">
         <v>107.72</v>
       </c>
-      <c r="JZ11" s="14" t="n">
+      <c r="KA11" s="14" t="n">
         <v>104.498</v>
       </c>
-      <c r="KA11" s="14" t="n">
+      <c r="KB11" s="14" t="n">
         <v>102.997</v>
       </c>
-      <c r="KB11" s="14" t="n">
+      <c r="KC11" s="14" t="n">
         <v>95.923</v>
       </c>
-      <c r="KC11" s="14" t="n">
+      <c r="KD11" s="14" t="n">
         <v>119.768</v>
       </c>
-      <c r="KD11" s="14" t="n">
+      <c r="KE11" s="14" t="n">
         <v>133.264</v>
       </c>
-      <c r="KE11" s="14" t="n">
+      <c r="KF11" s="14" t="n">
         <v>99.822</v>
       </c>
-      <c r="KF11" s="14" t="n">
+      <c r="KG11" s="14" t="n">
         <v>105.511</v>
       </c>
-      <c r="KG11" s="14" t="n">
+      <c r="KH11" s="14" t="n">
         <v>94.8</v>
       </c>
-      <c r="KH11" s="14" t="n">
+      <c r="KI11" s="14" t="n">
         <v>91.671</v>
       </c>
-      <c r="KI11" s="14" t="n">
+      <c r="KJ11" s="14" t="n">
         <v>109.025</v>
       </c>
-      <c r="KJ11" s="14" t="n">
+      <c r="KK11" s="14" t="n">
         <v>101.288</v>
       </c>
-      <c r="KK11" s="14" t="n">
+      <c r="KL11" s="14" t="n">
         <v>99.039</v>
       </c>
-      <c r="KL11" s="14" t="n">
+      <c r="KM11" s="14" t="n">
         <v>93.164</v>
       </c>
-      <c r="KM11" s="14" t="n">
+      <c r="KN11" s="14" t="n">
         <v>100.125</v>
       </c>
-      <c r="KN11" s="14" t="n">
+      <c r="KO11" s="14" t="n">
         <v>90.507</v>
       </c>
-      <c r="KO11" s="14" t="n">
+      <c r="KP11" s="14" t="n">
         <v>118.604</v>
       </c>
-      <c r="KP11" s="14" t="n">
+      <c r="KQ11" s="14" t="n">
         <v>129.948</v>
       </c>
-      <c r="KQ11" s="14" t="n">
+      <c r="KR11" s="14" t="n">
         <v>99.791</v>
       </c>
-      <c r="KR11" s="14" t="n">
+      <c r="KS11" s="14" t="n">
         <v>103.747</v>
       </c>
-      <c r="KS11" s="14" t="n">
+      <c r="KT11" s="14" t="n">
         <v>97.509</v>
       </c>
-      <c r="KT11" s="14" t="n">
+      <c r="KU11" s="14" t="n">
         <v>87.995</v>
       </c>
-      <c r="KU11" s="14" t="n">
+      <c r="KV11" s="14" t="n">
         <v>107.904</v>
       </c>
-      <c r="KV11" s="14" t="n">
+      <c r="KW11" s="14" t="n">
         <v>98.695</v>
       </c>
-      <c r="KW11" s="14" t="n">
+      <c r="KX11" s="14" t="n">
         <v>99.947</v>
       </c>
-      <c r="KX11" s="14" t="n">
+      <c r="KY11" s="14" t="n">
         <v>92.728</v>
       </c>
-      <c r="KY11" s="14" t="n">
+      <c r="KZ11" s="14" t="n">
         <v>96.896</v>
       </c>
-      <c r="KZ11" s="14" t="n">
+      <c r="LA11" s="14" t="n">
         <v>88.814</v>
       </c>
-      <c r="LA11" s="14" t="n">
+      <c r="LB11" s="14" t="n">
         <v>111.268</v>
       </c>
-      <c r="LB11" s="15" t="n">
+      <c r="LC11" s="15" t="n">
+        <v>-14.6</v>
+      </c>
+      <c r="LD11" s="15" t="n">
+        <v>17.8</v>
+      </c>
+      <c r="LE11" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="LF11" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="LG11" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="LH11" s="15" t="n">
+        <v>-14.3</v>
+      </c>
+      <c r="LI11" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="LJ11" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="LK11" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="LL11" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="LM11" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="LN11" s="15" t="n">
+        <v>-16.7</v>
+      </c>
+      <c r="LO11" s="15" t="n">
+        <v>-13.9</v>
+      </c>
+      <c r="LP11" s="15" t="n">
+        <v>18.3</v>
+      </c>
+      <c r="LQ11" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="LR11" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="LS11" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="LT11" s="15" t="n">
+        <v>-14.0</v>
+      </c>
+      <c r="LU11" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="LV11" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="LW11" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="LX11" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="LY11" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="LZ11" s="15" t="n">
+        <v>-17.0</v>
+      </c>
+      <c r="MA11" s="15" t="n">
+        <v>-9.8</v>
+      </c>
+      <c r="MB11" s="15" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="MC11" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="MD11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="ME11" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="MF11" s="15" t="n">
+        <v>-13.4</v>
+      </c>
+      <c r="MG11" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="MH11" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="MI11" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="MJ11" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="MK11" s="15" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="ML11" s="15" t="n">
+        <v>-19.1</v>
+      </c>
+      <c r="MM11" s="15" t="n">
+        <v>-8.6</v>
+      </c>
+      <c r="MN11" s="15" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="MO11" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="MP11" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="MQ11" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="MR11" s="15" t="n">
+        <v>-10.5</v>
+      </c>
+      <c r="MS11" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="MT11" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="MU11" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="MV11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="MW11" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="MX11" s="15" t="n">
+        <v>-16.0</v>
+      </c>
+      <c r="MY11" s="15" t="n">
+        <v>-12.7</v>
+      </c>
+      <c r="MZ11" s="15" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="NA11" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="NB11" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="NC11" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="ND11" s="15" t="n">
+        <v>-14.3</v>
+      </c>
+      <c r="NE11" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="NF11" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="NG11" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="NH11" s="15" t="n">
+        <v>-7.1</v>
+      </c>
+      <c r="NI11" s="15" t="n">
+        <v>18.7</v>
+      </c>
+      <c r="NJ11" s="15" t="n">
+        <v>-14.1</v>
+      </c>
+      <c r="NK11" s="15" t="n">
+        <v>-21.3</v>
+      </c>
+      <c r="NL11" s="15" t="n">
+        <v>25.3</v>
+      </c>
+      <c r="NM11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NN11" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="NO11" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="NP11" s="15" t="n">
+        <v>-16.6</v>
+      </c>
+      <c r="NQ11" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="NR11" s="15" t="n">
+        <v>50.3</v>
+      </c>
+      <c r="NS11" s="15" t="n">
+        <v>52.5</v>
+      </c>
+      <c r="NT11" s="15" t="n">
+        <v>-32.7</v>
+      </c>
+      <c r="NU11" s="15" t="n">
+        <v>-30.3</v>
+      </c>
+      <c r="NV11" s="15" t="n">
+        <v>-17.7</v>
+      </c>
+      <c r="NW11" s="15" t="n">
+        <v>-10.7</v>
+      </c>
+      <c r="NX11" s="15" t="n">
+        <v>19.4</v>
+      </c>
+      <c r="NY11" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="NZ11" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="OA11" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="OB11" s="15" t="n">
+        <v>-17.1</v>
+      </c>
+      <c r="OC11" s="15" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="OD11" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="OE11" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="OF11" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="OG11" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="OH11" s="15" t="n">
+        <v>-20.9</v>
+      </c>
+      <c r="OI11" s="15" t="n">
+        <v>-7.2</v>
+      </c>
+      <c r="OJ11" s="15" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="OK11" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="OL11" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="OM11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="ON11" s="15" t="n">
+        <v>-16.3</v>
+      </c>
+      <c r="OO11" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="OP11" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="OQ11" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="OR11" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="OS11" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="OT11" s="15" t="n">
+        <v>-21.8</v>
+      </c>
+      <c r="OU11" s="15" t="n">
+        <v>-7.9</v>
+      </c>
+      <c r="OV11" s="15" t="n">
+        <v>18.6</v>
+      </c>
+      <c r="OW11" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="OX11" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="OY11" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="OZ11" s="15" t="n">
+        <v>-16.4</v>
+      </c>
+      <c r="PA11" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="PB11" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="PC11" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="PD11" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="PE11" s="15" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="PF11" s="15" t="n">
+        <v>-20.2</v>
+      </c>
+      <c r="PG11" s="15" t="n">
+        <v>-9.7</v>
+      </c>
+      <c r="PH11" s="15" t="n">
+        <v>21.1</v>
+      </c>
+      <c r="PI11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="PJ11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="PK11" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="PL11" s="15" t="n">
+        <v>-16.3</v>
+      </c>
+      <c r="PM11" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="PN11" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="PO11" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="PP11" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="PQ11" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="PR11" s="15" t="n">
+        <v>-18.4</v>
+      </c>
+      <c r="PS11" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="PT11" s="15" t="n">
+        <v>25.5</v>
+      </c>
+      <c r="PU11" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="PV11" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="PW11" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="PX11" s="15" t="n">
+        <v>-18.2</v>
+      </c>
+      <c r="PY11" s="15" t="n">
+        <v>16.5</v>
+      </c>
+      <c r="PZ11" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="QA11" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="QB11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="QC11" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="QD11" s="15" t="n">
+        <v>-21.0</v>
+      </c>
+      <c r="QE11" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="QF11" s="15" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="QG11" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="QH11" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="QI11" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="QJ11" s="15" t="n">
+        <v>-18.2</v>
+      </c>
+      <c r="QK11" s="15" t="n">
+        <v>15.6</v>
+      </c>
+      <c r="QL11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="QM11" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="QN11" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="QO11" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="QP11" s="15" t="n">
+        <v>-21.1</v>
+      </c>
+      <c r="QQ11" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="QR11" s="15" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="QS11" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="QT11" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="QU11" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="QV11" s="15" t="n">
+        <v>-17.7</v>
+      </c>
+      <c r="QW11" s="15" t="n">
+        <v>16.4</v>
+      </c>
+      <c r="QX11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="QY11" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="QZ11" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="RA11" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="RB11" s="15" t="n">
+        <v>-21.3</v>
+      </c>
+      <c r="RC11" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="RD11" s="15" t="n">
+        <v>27.3</v>
+      </c>
+      <c r="RE11" s="15" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="RF11" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="RG11" s="15" t="n">
+        <v>-12.1</v>
+      </c>
+      <c r="RH11" s="15" t="n">
+        <v>-13.8</v>
+      </c>
+      <c r="RI11" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="RJ11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="RK11" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="RL11" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="RM11" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="RN11" s="15" t="n">
+        <v>-20.8</v>
+      </c>
+      <c r="RO11" s="15" t="n">
+        <v>-6.7</v>
+      </c>
+      <c r="RP11" s="15" t="n">
+        <v>28.5</v>
+      </c>
+      <c r="RQ11" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="RR11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="RS11" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="RT11" s="15" t="n">
+        <v>-19.6</v>
+      </c>
+      <c r="RU11" s="15" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="RV11" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="RW11" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="RX11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="RY11" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="RZ11" s="15" t="n">
+        <v>-20.3</v>
+      </c>
+      <c r="SA11" s="15" t="n">
+        <v>-10.5</v>
+      </c>
+      <c r="SB11" s="15" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="SC11" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="SD11" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="SE11" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="SF11" s="15" t="n">
+        <v>-18.9</v>
+      </c>
+      <c r="SG11" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="SH11" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="SI11" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="SJ11" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="SK11" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="SL11" s="15" t="n">
+        <v>-20.3</v>
+      </c>
+      <c r="SM11" s="15" t="n">
+        <v>-10.2</v>
+      </c>
+      <c r="SN11" s="15" t="n">
+        <v>32.8</v>
+      </c>
+      <c r="SO11" s="15" t="n">
+        <v>-7.4</v>
+      </c>
+      <c r="SP11" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="SQ11" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="SR11" s="15" t="n">
+        <v>-22.2</v>
+      </c>
+      <c r="SS11" s="15" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="ST11" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="SU11" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="SV11" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="SW11" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="SX11" s="15" t="n">
+        <v>-22.2</v>
+      </c>
+      <c r="SY11" s="15" t="n">
+        <v>-7.7</v>
+      </c>
+      <c r="SZ11" s="15" t="n">
+        <v>26.7</v>
+      </c>
+      <c r="TA11" s="15" t="n">
+        <v>-9.1</v>
+      </c>
+      <c r="TB11" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="TC11" s="15" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="TD11" s="15" t="n">
+        <v>-23.5</v>
+      </c>
+      <c r="TE11" s="15" t="n">
         <v>17.9</v>
       </c>
-      <c r="LC11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="LD11" s="15" t="n">
+      <c r="TF11" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="TG11" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="TH11" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="TI11" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="TJ11" s="15" t="n">
+        <v>-17.7</v>
+      </c>
+      <c r="TK11" s="15" t="n">
+        <v>-8.0</v>
+      </c>
+      <c r="TL11" s="15" t="n">
+        <v>20.7</v>
+      </c>
+      <c r="TM11" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="TN11" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="TO11" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="TP11" s="15" t="n">
+        <v>-19.6</v>
+      </c>
+      <c r="TQ11" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="TR11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="TS11" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="TT11" s="15" t="n">
+        <v>-7.8</v>
+      </c>
+      <c r="TU11" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="TV11" s="15" t="n">
+        <v>-18.5</v>
+      </c>
+      <c r="TW11" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="TX11" s="15" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="TY11" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="TZ11" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="UA11" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="UB11" s="15" t="n">
+        <v>-19.3</v>
+      </c>
+      <c r="UC11" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="UD11" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="UE11" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="UF11" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="UG11" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="UH11" s="15" t="n">
+        <v>-17.5</v>
+      </c>
+      <c r="UI11" s="15" t="n">
+        <v>-10.2</v>
+      </c>
+      <c r="UJ11" s="15" t="n">
+        <v>26.4</v>
+      </c>
+      <c r="UK11" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="UL11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="LE11" s="15" t="n">
-[...14 lines deleted...]
-      <c r="LJ11" s="15" t="n">
+      <c r="UM11" s="15" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="UN11" s="15" t="n">
+        <v>-21.2</v>
+      </c>
+      <c r="UO11" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="UP11" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="UQ11" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="UR11" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="US11" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="UT11" s="15" t="n">
+        <v>-18.1</v>
+      </c>
+      <c r="UU11" s="15" t="n">
+        <v>-8.7</v>
+      </c>
+      <c r="UV11" s="15" t="n">
+        <v>25.3</v>
+      </c>
+      <c r="UW11" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="UX11" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="UY11" s="15" t="n">
+        <v>17.8</v>
+      </c>
+      <c r="UZ11" s="15" t="n">
+        <v>-25.5</v>
+      </c>
+      <c r="VA11" s="15" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="VB11" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="VC11" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="VD11" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="VE11" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="VF11" s="15" t="n">
+        <v>-17.5</v>
+      </c>
+      <c r="VG11" s="15" t="n">
+        <v>-7.8</v>
+      </c>
+      <c r="VH11" s="15" t="n">
+        <v>29.3</v>
+      </c>
+      <c r="VI11" s="15" t="n">
+        <v>-9.9</v>
+      </c>
+      <c r="VJ11" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="VK11" s="15" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="VL11" s="15" t="n">
+        <v>-23.5</v>
+      </c>
+      <c r="VM11" s="15" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="VN11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="VO11" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="VP11" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="VQ11" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="VR11" s="15" t="n">
+        <v>-19.6</v>
+      </c>
+      <c r="VS11" s="15" t="n">
+        <v>-7.0</v>
+      </c>
+      <c r="VT11" s="15" t="n">
+        <v>26.6</v>
+      </c>
+      <c r="VU11" s="15" t="n">
+        <v>-8.0</v>
+      </c>
+      <c r="VV11" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="VW11" s="15" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="VX11" s="15" t="n">
+        <v>-20.2</v>
+      </c>
+      <c r="VY11" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="VZ11" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="WA11" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="WB11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="LK11" s="15" t="n">
-[...11 lines deleted...]
-      <c r="LO11" s="15" t="n">
+      <c r="WC11" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="WD11" s="15" t="n">
+        <v>-19.9</v>
+      </c>
+      <c r="WE11" s="15" t="n">
+        <v>-10.1</v>
+      </c>
+      <c r="WF11" s="15" t="n">
+        <v>33.5</v>
+      </c>
+      <c r="WG11" s="15" t="n">
+        <v>-5.4</v>
+      </c>
+      <c r="WH11" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="WI11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="LP11" s="15" t="n">
+      <c r="WJ11" s="15" t="n">
+        <v>-15.9</v>
+      </c>
+      <c r="WK11" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="WL11" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="WM11" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="WN11" s="15" t="n">
+        <v>-7.0</v>
+      </c>
+      <c r="WO11" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="WP11" s="15" t="n">
+        <v>-23.7</v>
+      </c>
+      <c r="WQ11" s="15" t="n">
+        <v>-8.7</v>
+      </c>
+      <c r="WR11" s="15" t="n">
+        <v>30.2</v>
+      </c>
+      <c r="WS11" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="WT11" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="WU11" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="WV11" s="15" t="n">
+        <v>-18.5</v>
+      </c>
+      <c r="WW11" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="WX11" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="WY11" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="WZ11" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="XA11" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="XB11" s="15" t="n">
+        <v>-20.2</v>
+      </c>
+      <c r="XC11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="XD11" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="XE11" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="XF11" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="XG11" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="XH11" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="XI11" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="XJ11" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="XK11" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="XL11" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="XM11" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="XN11" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="XO11" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="XP11" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="XQ11" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="XR11" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="XS11" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="XT11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="LQ11" s="15" t="n">
+      <c r="XU11" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="XV11" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="XW11" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="XX11" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="XY11" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="XZ11" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="YA11" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="YB11" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="YC11" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="YD11" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="YE11" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="YF11" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="YG11" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="YH11" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="YI11" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="YJ11" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="YK11" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="YL11" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="YM11" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="YN11" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="YO11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="LR11" s="15" t="n">
-[...11 lines deleted...]
-      <c r="LV11" s="15" t="n">
+      <c r="YP11" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="YQ11" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="YR11" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="YS11" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="YT11" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="YU11" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="YV11" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="YW11" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="YX11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="YY11" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="YZ11" s="15" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="ZA11" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="ZB11" s="15" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="ZC11" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="ZD11" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="ZE11" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="ZF11" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="LW11" s="15" t="n">
-[...221 lines deleted...]
-      <c r="OS11" s="15" t="n">
+      <c r="ZG11" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="ZH11" s="15" t="n">
+        <v>47.2</v>
+      </c>
+      <c r="ZI11" s="15" t="n">
+        <v>109.2</v>
+      </c>
+      <c r="ZJ11" s="15" t="n">
+        <v>51.5</v>
+      </c>
+      <c r="ZK11" s="15" t="n">
+        <v>-11.0</v>
+      </c>
+      <c r="ZL11" s="15" t="n">
+        <v>-14.7</v>
+      </c>
+      <c r="ZM11" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="ZN11" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="OT11" s="15" t="n">
-[...835 lines deleted...]
-      <c r="ZL11" s="15" t="n">
+      <c r="ZO11" s="15" t="n">
         <v>-4.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>-5.1</v>
       </c>
       <c r="ZP11" s="15" t="n">
         <v>-2.8</v>
       </c>
       <c r="ZQ11" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="ZR11" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="ZS11" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="ZT11" s="15" t="n">
         <v>-33.8</v>
       </c>
-      <c r="ZR11" s="15" t="n">
+      <c r="ZU11" s="15" t="n">
         <v>-53.5</v>
       </c>
-      <c r="ZS11" s="15" t="n">
+      <c r="ZV11" s="15" t="n">
         <v>-31.7</v>
       </c>
-      <c r="ZT11" s="15" t="n">
+      <c r="ZW11" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="ZU11" s="15" t="n">
+      <c r="ZX11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ZV11" s="15" t="n">
+      <c r="ZY11" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="ZW11" s="15" t="n">
+      <c r="ZZ11" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="ZX11" s="15" t="n">
+      <c r="AAA11" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ZY11" s="15" t="n">
+      <c r="AAB11" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="ZZ11" s="15" t="n">
+      <c r="AAC11" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AAA11" s="15" t="n">
+      <c r="AAD11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AAB11" s="15" t="n">
+      <c r="AAE11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AAC11" s="15" t="n">
+      <c r="AAF11" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AAD11" s="15" t="n">
+      <c r="AAG11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AAE11" s="15" t="n">
+      <c r="AAH11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AAF11" s="15" t="n">
+      <c r="AAI11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AAG11" s="15" t="n">
+      <c r="AAJ11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AAH11" s="15" t="n">
+      <c r="AAK11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AAI11" s="15" t="n">
+      <c r="AAL11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AAJ11" s="15" t="n">
+      <c r="AAM11" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="AAK11" s="15" t="n">
+      <c r="AAN11" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="AAL11" s="15" t="n">
+      <c r="AAO11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AAM11" s="15" t="n">
+      <c r="AAP11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AAN11" s="15" t="n">
+      <c r="AAQ11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AAO11" s="15" t="n">
+      <c r="AAR11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AAP11" s="15" t="n">
+      <c r="AAS11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AAQ11" s="15" t="n">
+      <c r="AAT11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AAR11" s="15" t="n">
+      <c r="AAU11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AAS11" s="15" t="n">
+      <c r="AAV11" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AAT11" s="15" t="n">
+      <c r="AAW11" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AAU11" s="15" t="n">
+      <c r="AAX11" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AAV11" s="15" t="n">
+      <c r="AAY11" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="AAW11" s="15" t="n">
+      <c r="AAZ11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AAX11" s="15" t="n">
+      <c r="ABA11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AAY11" s="15" t="n">
+      <c r="ABB11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AAZ11" s="15" t="n">
+      <c r="ABC11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ABA11" s="15" t="n">
+      <c r="ABD11" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ABB11" s="15" t="n">
+      <c r="ABE11" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="ABC11" s="15" t="n">
+      <c r="ABF11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ABD11" s="15" t="n">
+      <c r="ABG11" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="ABE11" s="15" t="n">
+      <c r="ABH11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="ABF11" s="15" t="n">
+      <c r="ABI11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="ABG11" s="15" t="n">
+      <c r="ABJ11" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="ABH11" s="15" t="n">
+      <c r="ABK11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ABI11" s="15" t="n">
+      <c r="ABL11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="ABJ11" s="15" t="n">
+      <c r="ABM11" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="ABK11" s="15" t="n">
+      <c r="ABN11" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="ABL11" s="15" t="n">
+      <c r="ABO11" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="ABM11" s="15" t="n">
+      <c r="ABP11" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="ABN11" s="15" t="n">
+      <c r="ABQ11" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="ABO11" s="15" t="n">
+      <c r="ABR11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ABP11" s="15" t="n">
+      <c r="ABS11" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="ABQ11" s="15" t="n">
+      <c r="ABT11" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="ABR11" s="15" t="n">
+      <c r="ABU11" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="ABS11" s="15" t="n">
+      <c r="ABV11" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="ABT11" s="15" t="n">
+      <c r="ABW11" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="ABU11" s="15" t="n">
+      <c r="ABX11" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="ABV11" s="15" t="n">
+      <c r="ABY11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ABW11" s="15" t="n">
+      <c r="ABZ11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ABX11" s="15" t="n">
+      <c r="ACA11" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="ABY11" s="15" t="n">
+      <c r="ACB11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="ABZ11" s="15" t="n">
+      <c r="ACC11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="ACA11" s="15" t="n">
+      <c r="ACD11" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="ACB11" s="15" t="n">
+      <c r="ACE11" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ACC11" s="15" t="n">
+      <c r="ACF11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ACD11" s="15" t="n">
+      <c r="ACG11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="ACE11" s="15" t="n">
+      <c r="ACH11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ACF11" s="15" t="n">
+      <c r="ACI11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ACG11" s="15" t="n">
+      <c r="ACJ11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ACH11" s="15" t="n">
+      <c r="ACK11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="ACI11" s="15" t="n">
+      <c r="ACL11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ACJ11" s="15" t="n">
+      <c r="ACM11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ACK11" s="15" t="n">
+      <c r="ACN11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ACL11" s="15" t="n">
+      <c r="ACO11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ACM11" s="15" t="n">
+      <c r="ACP11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ACN11" s="15" t="n">
+      <c r="ACQ11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ACO11" s="15" t="n">
+      <c r="ACR11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ACP11" s="15" t="n">
+      <c r="ACS11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ACQ11" s="15" t="n">
+      <c r="ACT11" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="ACR11" s="15" t="n">
+      <c r="ACU11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ACS11" s="15" t="n">
+      <c r="ACV11" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="ACT11" s="15" t="n">
+      <c r="ACW11" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="ACU11" s="15" t="n">
+      <c r="ACX11" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="ACV11" s="15" t="n">
+      <c r="ACY11" s="15" t="n">
         <v>-9.4</v>
       </c>
-      <c r="ACW11" s="15" t="n">
+      <c r="ACZ11" s="15" t="n">
         <v>-9.5</v>
       </c>
-      <c r="ACX11" s="15" t="n">
+      <c r="ADA11" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="ACY11" s="15" t="n">
+      <c r="ADB11" s="15" t="n">
         <v>-17.1</v>
       </c>
-      <c r="ACZ11" s="15" t="n">
+      <c r="ADC11" s="15" t="n">
         <v>-13.8</v>
       </c>
-      <c r="ADA11" s="15" t="n">
+      <c r="ADD11" s="15" t="n">
         <v>-13.2</v>
       </c>
-      <c r="ADB11" s="15" t="n">
+      <c r="ADE11" s="15" t="n">
         <v>-16.2</v>
       </c>
-      <c r="ADC11" s="15" t="n">
+      <c r="ADF11" s="15" t="n">
         <v>-15.4</v>
       </c>
-      <c r="ADD11" s="15" t="n">
+      <c r="ADG11" s="15" t="n">
         <v>-14.6</v>
       </c>
-      <c r="ADE11" s="15" t="n">
+      <c r="ADH11" s="15" t="n">
         <v>-20.6</v>
       </c>
-      <c r="ADF11" s="15" t="n">
+      <c r="ADI11" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="ADG11" s="15" t="n">
+      <c r="ADJ11" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="ADH11" s="15" t="n">
+      <c r="ADK11" s="15" t="n">
         <v>-8.7</v>
       </c>
-      <c r="ADI11" s="15" t="n">
+      <c r="ADL11" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="ADJ11" s="15" t="n">
+      <c r="ADM11" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="ADK11" s="15" t="n">
+      <c r="ADN11" s="15" t="n">
         <v>-6.7</v>
       </c>
-      <c r="ADL11" s="15" t="n">
+      <c r="ADO11" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="ADM11" s="15" t="n">
+      <c r="ADP11" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="ADN11" s="15" t="n">
+      <c r="ADQ11" s="15" t="n">
         <v>-9.1</v>
       </c>
-      <c r="ADO11" s="15" t="n">
+      <c r="ADR11" s="15" t="n">
         <v>-9.5</v>
       </c>
-      <c r="ADP11" s="15" t="n">
+      <c r="ADS11" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="ADQ11" s="15" t="n">
+      <c r="ADT11" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="ADR11" s="15" t="n">
+      <c r="ADU11" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="ADS11" s="15" t="n">
+      <c r="ADV11" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="ADT11" s="15" t="n">
+      <c r="ADW11" s="15" t="n">
         <v>-12.5</v>
       </c>
-      <c r="ADU11" s="15" t="n">
+      <c r="ADX11" s="15" t="n">
         <v>-8.3</v>
       </c>
-      <c r="ADV11" s="15" t="n">
+      <c r="ADY11" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="ADW11" s="15" t="n">
+      <c r="ADZ11" s="15" t="n">
         <v>-10.3</v>
       </c>
-      <c r="ADX11" s="15" t="n">
+      <c r="AEA11" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="ADY11" s="15" t="n">
+      <c r="AEB11" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="ADZ11" s="15" t="n">
+      <c r="AEC11" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="AEA11" s="15" t="n">
+      <c r="AED11" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="AEB11" s="15" t="n">
+      <c r="AEE11" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="AEC11" s="15" t="n">
+      <c r="AEF11" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="AED11" s="15" t="n">
+      <c r="AEG11" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="AEE11" s="15" t="n">
+      <c r="AEH11" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="AEF11" s="15" t="n">
+      <c r="AEI11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AEG11" s="15" t="n">
+      <c r="AEJ11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AEH11" s="15" t="n">
+      <c r="AEK11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AEI11" s="15" t="n">
+      <c r="AEL11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AEJ11" s="15" t="n">
+      <c r="AEM11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AEK11" s="15" t="n">
+      <c r="AEN11" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="AEL11" s="15" t="n">
+      <c r="AEO11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AEM11" s="15" t="n">
+      <c r="AEP11" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="AEN11" s="15" t="n">
+      <c r="AEQ11" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="AEO11" s="15" t="n">
+      <c r="AER11" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="AEP11" s="15" t="n">
+      <c r="AES11" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="AEQ11" s="15" t="n">
+      <c r="AET11" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="AER11" s="15" t="n">
+      <c r="AEU11" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="AES11" s="15" t="n">
+      <c r="AEV11" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="AET11" s="15" t="n">
+      <c r="AEW11" s="15" t="n">
         <v>-12.9</v>
       </c>
-      <c r="AEU11" s="15" t="n">
+      <c r="AEX11" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="AEV11" s="15" t="n">
+      <c r="AEY11" s="15" t="n">
         <v>-15.5</v>
       </c>
-      <c r="AEW11" s="15" t="n">
+      <c r="AEZ11" s="15" t="n">
         <v>-10.6</v>
       </c>
-      <c r="AEX11" s="15" t="n">
+      <c r="AFA11" s="15" t="n">
         <v>-10.8</v>
       </c>
-      <c r="AEY11" s="15" t="n">
+      <c r="AFB11" s="15" t="n">
         <v>-15.0</v>
       </c>
-      <c r="AEZ11" s="15" t="n">
+      <c r="AFC11" s="15" t="n">
         <v>-10.1</v>
       </c>
-      <c r="AFA11" s="15" t="n">
+      <c r="AFD11" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="AFB11" s="15" t="n">
+      <c r="AFE11" s="15" t="n">
         <v>-10.3</v>
       </c>
-      <c r="AFC11" s="15" t="n">
+      <c r="AFF11" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="AFD11" s="15" t="n">
+      <c r="AFG11" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="AFE11" s="15" t="n">
+      <c r="AFH11" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="AFF11" s="15" t="n">
+      <c r="AFI11" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AFG11" s="15" t="n">
+      <c r="AFJ11" s="15" t="n">
         <v>-11.5</v>
       </c>
-      <c r="AFH11" s="15" t="n">
+      <c r="AFK11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AFI11" s="15" t="n">
+      <c r="AFL11" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="AFJ11" s="15" t="n">
+      <c r="AFM11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AFK11" s="15" t="n">
+      <c r="AFN11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AFL11" s="15" t="n">
+      <c r="AFO11" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AFM11" s="15" t="n">
+      <c r="AFP11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AFN11" s="15" t="n">
+      <c r="AFQ11" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AFO11" s="15" t="n">
+      <c r="AFR11" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AFP11" s="15" t="n">
+      <c r="AFS11" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AFQ11" s="15" t="n">
+      <c r="AFT11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AFR11" s="15" t="n">
+      <c r="AFU11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AFS11" s="15" t="n">
+      <c r="AFV11" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="AFT11" s="15" t="n">
+      <c r="AFW11" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AFU11" s="15" t="n">
+      <c r="AFX11" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AFV11" s="15" t="n">
+      <c r="AFY11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AFW11" s="15" t="n">
+      <c r="AFZ11" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AFX11" s="15" t="n">
+      <c r="AGA11" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AFY11" s="15" t="n">
+      <c r="AGB11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AFZ11" s="15" t="n">
+      <c r="AGC11" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="AGA11" s="15" t="n">
+      <c r="AGD11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AGB11" s="15" t="n">
+      <c r="AGE11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AGC11" s="15" t="n">
+      <c r="AGF11" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AGD11" s="15" t="n">
+      <c r="AGG11" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="AGE11" s="15" t="n">
+      <c r="AGH11" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AGF11" s="15" t="n">
+      <c r="AGI11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AGG11" s="15" t="n">
+      <c r="AGJ11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AGH11" s="15" t="n">
+      <c r="AGK11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AGI11" s="15" t="n">
+      <c r="AGL11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AGJ11" s="15" t="n">
+      <c r="AGM11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AGK11" s="15" t="n">
+      <c r="AGN11" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AGL11" s="15" t="n">
+      <c r="AGO11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AGM11" s="15" t="n">
+      <c r="AGP11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AGN11" s="15" t="n">
+      <c r="AGQ11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AGO11" s="15" t="n">
+      <c r="AGR11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AGP11" s="15" t="n">
+      <c r="AGS11" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="AGQ11" s="15" t="n">
+      <c r="AGT11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AGR11" s="15" t="n">
+      <c r="AGU11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AGS11" s="15" t="n">
+      <c r="AGV11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AGT11" s="15" t="n">
+      <c r="AGW11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AGU11" s="15" t="n">
+      <c r="AGX11" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="AGV11" s="15" t="n">
+      <c r="AGY11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AGW11" s="15" t="n">
+      <c r="AGZ11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AGX11" s="15" t="n">
+      <c r="AHA11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AGY11" s="15" t="n">
+      <c r="AHB11" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AGZ11" s="15" t="n">
+      <c r="AHC11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AHA11" s="15" t="n">
+      <c r="AHD11" s="15" t="n">
         <v>2.5</v>
-      </c>
-[...7 lines deleted...]
-        <v>7.0</v>
       </c>
       <c r="AHE11" s="15" t="n">
         <v>4.3</v>
       </c>
       <c r="AHF11" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="AHG11" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="AHH11" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="AHI11" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AHG11" s="15" t="n">
+      <c r="AHJ11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AHH11" s="15" t="n">
+      <c r="AHK11" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AHI11" s="15" t="n">
+      <c r="AHL11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AHJ11" s="15" t="n">
+      <c r="AHM11" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AHK11" s="15" t="n">
+      <c r="AHN11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AHL11" s="15" t="n">
+      <c r="AHO11" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AHM11" s="15" t="n">
+      <c r="AHP11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AHN11" s="15" t="n">
+      <c r="AHQ11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AHO11" s="15" t="n">
+      <c r="AHR11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AHP11" s="15" t="n">
+      <c r="AHS11" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AHQ11" s="15" t="n">
+      <c r="AHT11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AHR11" s="15" t="n">
+      <c r="AHU11" s="15" t="n">
         <v>-0.3</v>
-      </c>
-[...7 lines deleted...]
-        <v>14.6</v>
       </c>
       <c r="AHV11" s="15" t="n">
         <v>5.1</v>
       </c>
       <c r="AHW11" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="AHX11" s="15" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="AHY11" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="AHZ11" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="AHX11" s="15" t="n">
+      <c r="AIA11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AHY11" s="15" t="n">
+      <c r="AIB11" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="AHZ11" s="15" t="n">
+      <c r="AIC11" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="AIA11" s="15" t="n">
+      <c r="AID11" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AIB11" s="15" t="n">
+      <c r="AIE11" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="AIC11" s="15" t="n">
+      <c r="AIF11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AID11" s="15" t="n">
+      <c r="AIG11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AIE11" s="15" t="n">
+      <c r="AIH11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AIF11" s="15" t="n">
+      <c r="AII11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AIG11" s="15" t="n">
+      <c r="AIJ11" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="AIH11" s="15" t="n">
+      <c r="AIK11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AII11" s="15" t="n">
+      <c r="AIL11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AIJ11" s="15" t="n">
+      <c r="AIM11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AIK11" s="15" t="n">
+      <c r="AIN11" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AIL11" s="15" t="n">
+      <c r="AIO11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AIM11" s="15" t="n">
+      <c r="AIP11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AIN11" s="15" t="n">
+      <c r="AIQ11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AIO11" s="15" t="n">
+      <c r="AIR11" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="AIP11" s="13" t="inlineStr">
+      <c r="AIS11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIQ11" s="13" t="inlineStr">
+      <c r="AIT11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIR11" s="13" t="inlineStr">
+      <c r="AIU11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIS11" s="13" t="inlineStr">
+      <c r="AIV11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIT11" s="13" t="inlineStr">
+      <c r="AIW11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIU11" s="13" t="inlineStr">
+      <c r="AIX11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIV11" s="13" t="inlineStr">
+      <c r="AIY11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIW11" s="13" t="inlineStr">
+      <c r="AIZ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIX11" s="13" t="inlineStr">
+      <c r="AJA11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIY11" s="13" t="inlineStr">
+      <c r="AJB11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIZ11" s="13" t="inlineStr">
+      <c r="AJC11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AJA11" s="13" t="inlineStr">
+      <c r="AJD11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AJB11" s="15" t="n">
+      <c r="AJE11" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="AJF11" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AJC11" s="15" t="n">
+      <c r="AJG11" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AJD11" s="15" t="n">
+      <c r="AJH11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AJE11" s="15" t="n">
+      <c r="AJI11" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AJF11" s="15" t="n">
+      <c r="AJJ11" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AJG11" s="15" t="n">
+      <c r="AJK11" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AJH11" s="15" t="n">
+      <c r="AJL11" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AJI11" s="15" t="n">
+      <c r="AJM11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AJJ11" s="15" t="n">
+      <c r="AJN11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AJK11" s="15" t="n">
+      <c r="AJO11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AJL11" s="15" t="n">
+      <c r="AJP11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AJM11" s="15" t="n">
+      <c r="AJQ11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AJN11" s="15" t="n">
+      <c r="AJR11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AJO11" s="15" t="n">
+      <c r="AJS11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AJP11" s="15" t="n">
+      <c r="AJT11" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AJQ11" s="15" t="n">
+      <c r="AJU11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AJR11" s="15" t="n">
+      <c r="AJV11" s="15" t="n">
         <v>2.8</v>
-      </c>
-[...10 lines deleted...]
-        <v>3.4</v>
       </c>
       <c r="AJW11" s="15" t="n">
         <v>2.7</v>
       </c>
       <c r="AJX11" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="AJY11" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="AJZ11" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="AKA11" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="AKB11" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AJY11" s="15" t="n">
+      <c r="AKC11" s="15" t="n">
         <v>3.7</v>
-      </c>
-[...10 lines deleted...]
-        <v>6.3</v>
       </c>
       <c r="AKD11" s="15" t="n">
         <v>6.4</v>
       </c>
       <c r="AKE11" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="AKF11" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="AKG11" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="AKH11" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="AKI11" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="AKF11" s="15" t="n">
+      <c r="AKJ11" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="AKG11" s="15" t="n">
+      <c r="AKK11" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="AKH11" s="15" t="n">
+      <c r="AKL11" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="AKI11" s="15" t="n">
+      <c r="AKM11" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="AKJ11" s="15" t="n">
+      <c r="AKN11" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="AKK11" s="15" t="n">
+      <c r="AKO11" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="AKL11" s="15" t="n">
+      <c r="AKP11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AKM11" s="15" t="n">
+      <c r="AKQ11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AKN11" s="15" t="n">
+      <c r="AKR11" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AKO11" s="15" t="n">
+      <c r="AKS11" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AKP11" s="15" t="n">
+      <c r="AKT11" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="AKQ11" s="15" t="n">
+      <c r="AKU11" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AKR11" s="15" t="n">
+      <c r="AKV11" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="AKS11" s="15" t="n">
+      <c r="AKW11" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="AKT11" s="15" t="n">
+      <c r="AKX11" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="AKU11" s="15" t="n">
+      <c r="AKY11" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="AKV11" s="15" t="n">
+      <c r="AKZ11" s="15" t="n">
         <v>12.1</v>
       </c>
-      <c r="AKW11" s="15" t="n">
+      <c r="ALA11" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="AKX11" s="15" t="n">
+      <c r="ALB11" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="AKY11" s="15" t="n">
+      <c r="ALC11" s="15" t="n">
         <v>12.9</v>
       </c>
-      <c r="AKZ11" s="15" t="n">
+      <c r="ALD11" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="ALA11" s="15" t="n">
+      <c r="ALE11" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="ALB11" s="15" t="n">
+      <c r="ALF11" s="15" t="n">
         <v>14.9</v>
       </c>
-      <c r="ALC11" s="15" t="n">
+      <c r="ALG11" s="15" t="n">
         <v>16.1</v>
       </c>
-      <c r="ALD11" s="15" t="n">
+      <c r="ALH11" s="15" t="n">
         <v>19.0</v>
       </c>
-      <c r="ALE11" s="15" t="n">
+      <c r="ALI11" s="15" t="n">
         <v>22.5</v>
       </c>
-      <c r="ALF11" s="15" t="n">
+      <c r="ALJ11" s="15" t="n">
         <v>17.2</v>
       </c>
-      <c r="ALG11" s="15" t="n">
+      <c r="ALK11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ALH11" s="15" t="n">
+      <c r="ALL11" s="15" t="n">
         <v>-13.0</v>
       </c>
-      <c r="ALI11" s="15" t="n">
+      <c r="ALM11" s="15" t="n">
         <v>-14.7</v>
       </c>
-      <c r="ALJ11" s="15" t="n">
+      <c r="ALN11" s="15" t="n">
         <v>-11.2</v>
       </c>
-      <c r="ALK11" s="15" t="n">
+      <c r="ALO11" s="15" t="n">
         <v>-12.1</v>
       </c>
-      <c r="ALL11" s="15" t="n">
+      <c r="ALP11" s="15" t="n">
         <v>-12.6</v>
       </c>
-      <c r="ALM11" s="15" t="n">
+      <c r="ALQ11" s="15" t="n">
         <v>-13.5</v>
       </c>
-      <c r="ALN11" s="15" t="n">
+      <c r="ALR11" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="ALO11" s="15" t="n">
+      <c r="ALS11" s="15" t="n">
         <v>-16.2</v>
       </c>
-      <c r="ALP11" s="15" t="n">
+      <c r="ALT11" s="15" t="n">
         <v>-18.4</v>
       </c>
-      <c r="ALQ11" s="15" t="n">
+      <c r="ALU11" s="15" t="n">
         <v>-21.8</v>
       </c>
-      <c r="ALR11" s="15" t="n">
+      <c r="ALV11" s="15" t="n">
         <v>-18.6</v>
       </c>
-      <c r="ALS11" s="15" t="n">
+      <c r="ALW11" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="ALT11" s="15" t="n">
+      <c r="ALX11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="ALU11" s="15" t="n">
+      <c r="ALY11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ALV11" s="15" t="n">
+      <c r="ALZ11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ALW11" s="15" t="n">
+      <c r="AMA11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ALX11" s="15" t="n">
+      <c r="AMB11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ALY11" s="15" t="n">
+      <c r="AMC11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ALZ11" s="15" t="n">
+      <c r="AMD11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AMA11" s="15" t="n">
+      <c r="AME11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AMB11" s="15" t="n">
+      <c r="AMF11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AMC11" s="15" t="n">
+      <c r="AMG11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AMD11" s="15" t="n">
+      <c r="AMH11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AME11" s="15" t="n">
+      <c r="AMI11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AMF11" s="15" t="n">
+      <c r="AMJ11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AMG11" s="15" t="n">
+      <c r="AMK11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AMH11" s="15" t="n">
+      <c r="AML11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AMI11" s="15" t="n">
+      <c r="AMM11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AMJ11" s="15" t="n">
+      <c r="AMN11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AMK11" s="15" t="n">
+      <c r="AMO11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AML11" s="15" t="n">
+      <c r="AMP11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AMM11" s="15" t="n">
+      <c r="AMQ11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AMN11" s="15" t="n">
+      <c r="AMR11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AMO11" s="15" t="n">
+      <c r="AMS11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AMP11" s="15" t="n">
+      <c r="AMT11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AMQ11" s="15" t="n">
+      <c r="AMU11" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AMR11" s="15" t="n">
+      <c r="AMV11" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AMS11" s="15" t="n">
+      <c r="AMW11" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AMT11" s="15" t="n">
+      <c r="AMX11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AMU11" s="15" t="n">
+      <c r="AMY11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AMV11" s="15" t="n">
+      <c r="AMZ11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AMW11" s="15" t="n">
+      <c r="ANA11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AMX11" s="15" t="n">
+      <c r="ANB11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AMY11" s="15" t="n">
+      <c r="ANC11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AMZ11" s="15" t="n">
+      <c r="AND11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ANA11" s="15" t="n">
+      <c r="ANE11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ANB11" s="15" t="n">
+      <c r="ANF11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="ANC11" s="15" t="n">
+      <c r="ANG11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AND11" s="15" t="n">
+      <c r="ANH11" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="ANE11" s="15" t="n">
+      <c r="ANI11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="ANF11" s="15" t="n">
+      <c r="ANJ11" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ANG11" s="15" t="n">
+      <c r="ANK11" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="ANH11" s="15" t="n">
+      <c r="ANL11" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="ANI11" s="15" t="n">
+      <c r="ANM11" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="ANJ11" s="15" t="n">
+      <c r="ANN11" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="ANK11" s="15" t="n">
+      <c r="ANO11" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="ANL11" s="15" t="n">
+      <c r="ANP11" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="ANM11" s="15" t="n">
+      <c r="ANQ11" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="ANN11" s="15" t="n">
+      <c r="ANR11" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="ANO11" s="15" t="n">
+      <c r="ANS11" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="ANP11" s="15" t="n">
+      <c r="ANT11" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="ANQ11" s="15" t="n">
+      <c r="ANU11" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="ANR11" s="15" t="n">
+      <c r="ANV11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ANS11" s="15" t="n">
+      <c r="ANW11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ANT11" s="15" t="n">
+      <c r="ANX11" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="ANU11" s="15" t="n">
+      <c r="ANY11" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="ANV11" s="15" t="n">
+      <c r="ANZ11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="ANW11" s="15" t="n">
+      <c r="AOA11" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="ANX11" s="15" t="n">
+      <c r="AOB11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="ANY11" s="15" t="n">
+      <c r="AOC11" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ANZ11" s="15" t="n">
+      <c r="AOD11" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AOA11" s="15" t="n">
+      <c r="AOE11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AOB11" s="15" t="n">
+      <c r="AOF11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AOC11" s="15" t="n">
+      <c r="AOG11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AOD11" s="15" t="n">
+      <c r="AOH11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AOE11" s="15" t="n">
+      <c r="AOI11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AOF11" s="15" t="n">
+      <c r="AOJ11" s="15" t="n">
         <v>1.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="AOK11" s="15" t="n">
         <v>0.9</v>
       </c>
       <c r="AOL11" s="15" t="n">
         <v>0.8</v>
       </c>
       <c r="AOM11" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="AON11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AON11" s="15" t="n">
+      <c r="AOO11" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="AOP11" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="AOQ11" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="AOR11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AOO11" s="15" t="n">
+      <c r="AOS11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AOP11" s="15" t="n">
+      <c r="AOT11" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="AOQ11" s="15" t="n">
+      <c r="AOU11" s="15" t="n">
         <v>-7.0</v>
       </c>
-      <c r="AOR11" s="15" t="n">
+      <c r="AOV11" s="15" t="n">
         <v>-8.0</v>
       </c>
-      <c r="AOS11" s="15" t="n">
+      <c r="AOW11" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="AOT11" s="15" t="n">
+      <c r="AOX11" s="15" t="n">
         <v>-10.3</v>
       </c>
-      <c r="AOU11" s="15" t="n">
+      <c r="AOY11" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="AOV11" s="15" t="n">
+      <c r="AOZ11" s="15" t="n">
         <v>-11.5</v>
       </c>
-      <c r="AOW11" s="15" t="n">
+      <c r="APA11" s="15" t="n">
         <v>-11.9</v>
       </c>
-      <c r="AOX11" s="15" t="n">
+      <c r="APB11" s="15" t="n">
         <v>-12.5</v>
       </c>
-      <c r="AOY11" s="15" t="n">
+      <c r="APC11" s="15" t="n">
         <v>-14.6</v>
       </c>
-      <c r="AOZ11" s="15" t="n">
+      <c r="APD11" s="15" t="n">
         <v>-13.5</v>
       </c>
-      <c r="APA11" s="15" t="n">
+      <c r="APE11" s="15" t="n">
         <v>-13.2</v>
       </c>
-      <c r="APB11" s="15" t="n">
+      <c r="APF11" s="15" t="n">
         <v>-10.8</v>
       </c>
-      <c r="APC11" s="15" t="n">
+      <c r="APG11" s="15" t="n">
         <v>-10.2</v>
       </c>
-      <c r="APD11" s="15" t="n">
+      <c r="APH11" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="APE11" s="15" t="n">
+      <c r="API11" s="15" t="n">
         <v>-9.2</v>
       </c>
-      <c r="APF11" s="15" t="n">
+      <c r="APJ11" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="APG11" s="15" t="n">
+      <c r="APK11" s="15" t="n">
         <v>-8.3</v>
       </c>
-      <c r="APH11" s="15" t="n">
+      <c r="APL11" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="API11" s="15" t="n">
+      <c r="APM11" s="15" t="n">
         <v>-7.7</v>
-      </c>
-[...10 lines deleted...]
-        <v>-5.3</v>
       </c>
       <c r="APN11" s="15" t="n">
         <v>-8.1</v>
       </c>
       <c r="APO11" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="APP11" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="APQ11" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="APR11" s="15" t="n">
+        <v>-8.1</v>
+      </c>
+      <c r="APS11" s="15" t="n">
         <v>-8.0</v>
       </c>
-      <c r="APP11" s="15" t="n">
+      <c r="APT11" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="APQ11" s="15" t="n">
+      <c r="APU11" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="APR11" s="15" t="n">
+      <c r="APV11" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="APS11" s="15" t="n">
+      <c r="APW11" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="APT11" s="15" t="n">
+      <c r="APX11" s="15" t="n">
         <v>-8.2</v>
       </c>
-      <c r="APU11" s="15" t="n">
+      <c r="APY11" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="APV11" s="15" t="n">
+      <c r="APZ11" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="APW11" s="15" t="n">
+      <c r="AQA11" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="APX11" s="15" t="n">
+      <c r="AQB11" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="APY11" s="15" t="n">
+      <c r="AQC11" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="APZ11" s="15" t="n">
+      <c r="AQD11" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AQA11" s="15" t="n">
+      <c r="AQE11" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AQB11" s="15" t="n">
+      <c r="AQF11" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AQC11" s="15" t="n">
+      <c r="AQG11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="AQD11" s="15" t="n">
+      <c r="AQH11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AQE11" s="15" t="n">
+      <c r="AQI11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AQF11" s="15" t="n">
+      <c r="AQJ11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AQG11" s="15" t="n">
+      <c r="AQK11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AQH11" s="15" t="n">
+      <c r="AQL11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AQI11" s="15" t="n">
+      <c r="AQM11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AQJ11" s="15" t="n">
+      <c r="AQN11" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="AQK11" s="15" t="n">
+      <c r="AQO11" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="AQL11" s="15" t="n">
+      <c r="AQP11" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="AQM11" s="15" t="n">
+      <c r="AQQ11" s="15" t="n">
         <v>-8.3</v>
       </c>
-      <c r="AQN11" s="15" t="n">
+      <c r="AQR11" s="15" t="n">
         <v>-8.6</v>
       </c>
-      <c r="AQO11" s="15" t="n">
+      <c r="AQS11" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="AQP11" s="15" t="n">
+      <c r="AQT11" s="15" t="n">
         <v>-9.4</v>
       </c>
-      <c r="AQQ11" s="15" t="n">
+      <c r="AQU11" s="15" t="n">
         <v>-10.0</v>
       </c>
-      <c r="AQR11" s="15" t="n">
+      <c r="AQV11" s="15" t="n">
         <v>-10.7</v>
       </c>
-      <c r="AQS11" s="15" t="n">
+      <c r="AQW11" s="15" t="n">
         <v>-11.8</v>
       </c>
-      <c r="AQT11" s="15" t="n">
+      <c r="AQX11" s="15" t="n">
         <v>-12.1</v>
       </c>
-      <c r="AQU11" s="15" t="n">
+      <c r="AQY11" s="15" t="n">
         <v>-11.8</v>
       </c>
-      <c r="AQV11" s="15" t="n">
+      <c r="AQZ11" s="15" t="n">
         <v>-12.8</v>
       </c>
-      <c r="AQW11" s="15" t="n">
+      <c r="ARA11" s="15" t="n">
         <v>-10.6</v>
       </c>
-      <c r="AQX11" s="15" t="n">
+      <c r="ARB11" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="AQY11" s="15" t="n">
+      <c r="ARC11" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="AQZ11" s="15" t="n">
+      <c r="ARD11" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="ARA11" s="15" t="n">
+      <c r="ARE11" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="ARB11" s="15" t="n">
+      <c r="ARF11" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="ARC11" s="15" t="n">
+      <c r="ARG11" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="ARD11" s="15" t="n">
+      <c r="ARH11" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="ARE11" s="15" t="n">
+      <c r="ARI11" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="ARF11" s="15" t="n">
+      <c r="ARJ11" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="ARG11" s="15" t="n">
+      <c r="ARK11" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="ARH11" s="15" t="n">
+      <c r="ARL11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="ARI11" s="15" t="n">
+      <c r="ARM11" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="ARJ11" s="15" t="n">
+      <c r="ARN11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ARK11" s="15" t="n">
+      <c r="ARO11" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ARL11" s="15" t="n">
+      <c r="ARP11" s="15" t="n">
         <v>4.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>4.1</v>
       </c>
       <c r="ARQ11" s="15" t="n">
         <v>4.1</v>
       </c>
       <c r="ARR11" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="ARS11" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="ART11" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="ARU11" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="ARV11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="ARS11" s="15" t="n">
+      <c r="ARW11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="ART11" s="15" t="n">
+      <c r="ARX11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="ARU11" s="15" t="n">
+      <c r="ARY11" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ARV11" s="15" t="n">
+      <c r="ARZ11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ARW11" s="15" t="n">
+      <c r="ASA11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ARX11" s="15" t="n">
+      <c r="ASB11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ARY11" s="15" t="n">
+      <c r="ASC11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ARZ11" s="15" t="n">
+      <c r="ASD11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ASA11" s="15" t="n">
+      <c r="ASE11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ASB11" s="15" t="n">
+      <c r="ASF11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ASC11" s="15" t="n">
+      <c r="ASG11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="ASD11" s="15" t="n">
+      <c r="ASH11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ASE11" s="15" t="n">
+      <c r="ASI11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ASF11" s="15" t="n">
+      <c r="ASJ11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ASG11" s="15" t="n">
+      <c r="ASK11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ASH11" s="15" t="n">
+      <c r="ASL11" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ASI11" s="15" t="n">
+      <c r="ASM11" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ASJ11" s="15" t="n">
+      <c r="ASN11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ASK11" s="15" t="n">
+      <c r="ASO11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ASL11" s="15" t="n">
+      <c r="ASP11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ASM11" s="15" t="n">
+      <c r="ASQ11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ASN11" s="15" t="n">
+      <c r="ASR11" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="ASO11" s="15" t="n">
+      <c r="ASS11" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ASP11" s="15" t="n">
+      <c r="AST11" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ASQ11" s="15" t="n">
+      <c r="ASU11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ASR11" s="15" t="n">
+      <c r="ASV11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ASS11" s="15" t="n">
+      <c r="ASW11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AST11" s="15" t="n">
+      <c r="ASX11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ASU11" s="15" t="n">
+      <c r="ASY11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ASV11" s="15" t="n">
+      <c r="ASZ11" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ASW11" s="15" t="n">
+      <c r="ATA11" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ASX11" s="15" t="n">
+      <c r="ATB11" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="ASY11" s="15" t="n">
+      <c r="ATC11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="ASZ11" s="15" t="n">
+      <c r="ATD11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="ATA11" s="15" t="n">
+      <c r="ATE11" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="ATB11" s="15" t="n">
+      <c r="ATF11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="ATC11" s="15" t="n">
+      <c r="ATG11" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="ATD11" s="15" t="n">
+      <c r="ATH11" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="ATE11" s="15" t="n">
+      <c r="ATI11" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ATF11" s="15" t="n">
+      <c r="ATJ11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ATG11" s="15" t="n">
+      <c r="ATK11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ATH11" s="15" t="n">
+      <c r="ATL11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ATI11" s="15" t="n">
+      <c r="ATM11" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ATJ11" s="15" t="n">
+      <c r="ATN11" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ATK11" s="15" t="n">
+      <c r="ATO11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ATL11" s="15" t="n">
+      <c r="ATP11" s="15" t="n">
         <v>3.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>3.3</v>
       </c>
       <c r="ATQ11" s="15" t="n">
         <v>3.1</v>
       </c>
       <c r="ATR11" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="ATS11" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="ATT11" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="ATU11" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="ATV11" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="ATS11" s="15" t="n">
+      <c r="ATW11" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="ATT11" s="15" t="n">
+      <c r="ATX11" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="ATU11" s="15" t="n">
+      <c r="ATY11" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="ATV11" s="15" t="n">
+      <c r="ATZ11" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="ATW11" s="15" t="n">
+      <c r="AUA11" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="ATX11" s="15" t="n">
+      <c r="AUB11" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="ATY11" s="15" t="n">
+      <c r="AUC11" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ATZ11" s="15" t="n">
+      <c r="AUD11" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AUA11" s="15" t="n">
+      <c r="AUE11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AUB11" s="15" t="n">
+      <c r="AUF11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AUC11" s="15" t="n">
+      <c r="AUG11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AUD11" s="15" t="n">
+      <c r="AUH11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AUE11" s="15" t="n">
+      <c r="AUI11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AUF11" s="15" t="n">
+      <c r="AUJ11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AUG11" s="15" t="n">
+      <c r="AUK11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AUH11" s="15" t="n">
+      <c r="AUL11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AUI11" s="15" t="n">
+      <c r="AUM11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AUJ11" s="15" t="n">
+      <c r="AUN11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AUK11" s="15" t="n">
+      <c r="AUO11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AUL11" s="15" t="n">
+      <c r="AUP11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AUM11" s="15" t="n">
+      <c r="AUQ11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AUN11" s="15" t="n">
+      <c r="AUR11" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AUO11" s="15" t="n">
+      <c r="AUS11" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="AUP11" s="13" t="inlineStr">
+      <c r="AUT11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUQ11" s="13" t="inlineStr">
+      <c r="AUU11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUR11" s="13" t="inlineStr">
+      <c r="AUV11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUS11" s="13" t="inlineStr">
+      <c r="AUW11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUT11" s="13" t="inlineStr">
+      <c r="AUX11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUU11" s="13" t="inlineStr">
+      <c r="AUY11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUV11" s="13" t="inlineStr">
+      <c r="AUZ11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUW11" s="13" t="inlineStr">
+      <c r="AVA11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUX11" s="13" t="inlineStr">
+      <c r="AVB11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUY11" s="13" t="inlineStr">
+      <c r="AVC11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUZ11" s="13" t="inlineStr">
+      <c r="AVD11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AVA11" s="13" t="inlineStr">
+      <c r="AVE11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        Equipo personal (4751+4771+4772)</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>183.331</v>
+        <v>167.073</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>154.062</v>
+        <v>183.246</v>
       </c>
       <c r="D12" s="14" t="n">
+        <v>154.027</v>
+      </c>
+      <c r="E12" s="14" t="n">
         <v>146.11</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>141.546</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="G12" s="14" t="n">
         <v>139.43</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>169.05</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>155.12</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>141.6</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>132.15</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="L12" s="14" t="n">
         <v>123.677</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>105.041</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>158.087</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>178.894</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>137.202</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>135.542</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>132.448</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>129.221</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="T12" s="14" t="n">
         <v>165.737</v>
       </c>
-      <c r="T12" s="14" t="n">
+      <c r="U12" s="14" t="n">
         <v>144.487</v>
       </c>
-      <c r="U12" s="14" t="n">
+      <c r="V12" s="14" t="n">
         <v>132.349</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="W12" s="14" t="n">
         <v>124.738</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>123.647</v>
       </c>
-      <c r="X12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>102.399</v>
       </c>
-      <c r="Y12" s="14" t="n">
+      <c r="Z12" s="14" t="n">
         <v>150.777</v>
       </c>
-      <c r="Z12" s="14" t="n">
+      <c r="AA12" s="14" t="n">
         <v>165.427</v>
       </c>
-      <c r="AA12" s="14" t="n">
+      <c r="AB12" s="14" t="n">
         <v>139.053</v>
       </c>
-      <c r="AB12" s="14" t="n">
+      <c r="AC12" s="14" t="n">
         <v>124.407</v>
       </c>
-      <c r="AC12" s="14" t="n">
+      <c r="AD12" s="14" t="n">
         <v>125.701</v>
       </c>
-      <c r="AD12" s="14" t="n">
+      <c r="AE12" s="14" t="n">
         <v>126.662</v>
       </c>
-      <c r="AE12" s="14" t="n">
+      <c r="AF12" s="14" t="n">
         <v>163.024</v>
       </c>
-      <c r="AF12" s="14" t="n">
+      <c r="AG12" s="14" t="n">
         <v>155.228</v>
       </c>
-      <c r="AG12" s="14" t="n">
+      <c r="AH12" s="14" t="n">
         <v>138.916</v>
       </c>
-      <c r="AH12" s="14" t="n">
+      <c r="AI12" s="14" t="n">
         <v>135.949</v>
       </c>
-      <c r="AI12" s="14" t="n">
+      <c r="AJ12" s="14" t="n">
         <v>128.449</v>
       </c>
-      <c r="AJ12" s="14" t="n">
+      <c r="AK12" s="14" t="n">
         <v>92.691</v>
       </c>
-      <c r="AK12" s="14" t="n">
+      <c r="AL12" s="14" t="n">
         <v>148.859</v>
       </c>
-      <c r="AL12" s="14" t="n">
+      <c r="AM12" s="14" t="n">
         <v>146.923</v>
       </c>
-      <c r="AM12" s="14" t="n">
+      <c r="AN12" s="14" t="n">
         <v>117.897</v>
       </c>
-      <c r="AN12" s="14" t="n">
+      <c r="AO12" s="14" t="n">
         <v>113.684</v>
       </c>
-      <c r="AO12" s="14" t="n">
+      <c r="AP12" s="14" t="n">
         <v>109.664</v>
       </c>
-      <c r="AP12" s="14" t="n">
+      <c r="AQ12" s="14" t="n">
         <v>113.126</v>
       </c>
-      <c r="AQ12" s="14" t="n">
+      <c r="AR12" s="14" t="n">
         <v>140.877</v>
       </c>
-      <c r="AR12" s="14" t="n">
+      <c r="AS12" s="14" t="n">
         <v>126.524</v>
       </c>
-      <c r="AS12" s="14" t="n">
+      <c r="AT12" s="14" t="n">
         <v>122.14</v>
       </c>
-      <c r="AT12" s="14" t="n">
+      <c r="AU12" s="14" t="n">
         <v>108.079</v>
       </c>
-      <c r="AU12" s="14" t="n">
+      <c r="AV12" s="14" t="n">
         <v>94.006</v>
       </c>
-      <c r="AV12" s="14" t="n">
+      <c r="AW12" s="14" t="n">
         <v>86.106</v>
       </c>
-      <c r="AW12" s="14" t="n">
+      <c r="AX12" s="14" t="n">
         <v>118.749</v>
       </c>
-      <c r="AX12" s="14" t="n">
+      <c r="AY12" s="14" t="n">
         <v>127.366</v>
       </c>
-      <c r="AY12" s="14" t="n">
+      <c r="AZ12" s="14" t="n">
         <v>112.86</v>
       </c>
-      <c r="AZ12" s="14" t="n">
+      <c r="BA12" s="14" t="n">
         <v>109.553</v>
       </c>
-      <c r="BA12" s="14" t="n">
+      <c r="BB12" s="14" t="n">
         <v>101.35</v>
       </c>
-      <c r="BB12" s="14" t="n">
+      <c r="BC12" s="14" t="n">
         <v>97.044</v>
       </c>
-      <c r="BC12" s="14" t="n">
+      <c r="BD12" s="14" t="n">
         <v>125.862</v>
       </c>
-      <c r="BD12" s="14" t="n">
+      <c r="BE12" s="14" t="n">
         <v>110.663</v>
       </c>
-      <c r="BE12" s="14" t="n">
+      <c r="BF12" s="14" t="n">
         <v>93.839</v>
       </c>
-      <c r="BF12" s="14" t="n">
+      <c r="BG12" s="14" t="n">
         <v>76.939</v>
       </c>
-      <c r="BG12" s="14" t="n">
+      <c r="BH12" s="14" t="n">
         <v>87.393</v>
       </c>
-      <c r="BH12" s="14" t="n">
+      <c r="BI12" s="14" t="n">
         <v>63.441</v>
       </c>
-      <c r="BI12" s="14" t="n">
+      <c r="BJ12" s="14" t="n">
         <v>93.69</v>
       </c>
-      <c r="BJ12" s="14" t="n">
+      <c r="BK12" s="14" t="n">
         <v>109.672</v>
       </c>
-      <c r="BK12" s="14" t="n">
+      <c r="BL12" s="14" t="n">
         <v>77.968</v>
       </c>
-      <c r="BL12" s="14" t="n">
+      <c r="BM12" s="14" t="n">
         <v>88.988</v>
       </c>
-      <c r="BM12" s="14" t="n">
+      <c r="BN12" s="14" t="n">
         <v>86.118</v>
       </c>
-      <c r="BN12" s="14" t="n">
+      <c r="BO12" s="14" t="n">
         <v>86.137</v>
       </c>
-      <c r="BO12" s="14" t="n">
+      <c r="BP12" s="14" t="n">
         <v>114.166</v>
       </c>
-      <c r="BP12" s="14" t="n">
+      <c r="BQ12" s="14" t="n">
         <v>89.725</v>
       </c>
-      <c r="BQ12" s="14" t="n">
+      <c r="BR12" s="14" t="n">
         <v>37.909</v>
       </c>
-      <c r="BR12" s="14" t="n">
+      <c r="BS12" s="14" t="n">
         <v>10.15</v>
       </c>
-      <c r="BS12" s="14" t="n">
+      <c r="BT12" s="14" t="n">
         <v>40.62</v>
       </c>
-      <c r="BT12" s="14" t="n">
+      <c r="BU12" s="14" t="n">
         <v>99.28</v>
       </c>
-      <c r="BU12" s="14" t="n">
+      <c r="BV12" s="14" t="n">
         <v>145.876</v>
       </c>
-      <c r="BV12" s="14" t="n">
+      <c r="BW12" s="14" t="n">
         <v>140.033</v>
       </c>
-      <c r="BW12" s="14" t="n">
+      <c r="BX12" s="14" t="n">
         <v>118.133</v>
       </c>
-      <c r="BX12" s="14" t="n">
+      <c r="BY12" s="14" t="n">
         <v>116.475</v>
       </c>
-      <c r="BY12" s="14" t="n">
+      <c r="BZ12" s="14" t="n">
         <v>110.938</v>
       </c>
-      <c r="BZ12" s="14" t="n">
+      <c r="CA12" s="14" t="n">
         <v>114.184</v>
       </c>
-      <c r="CA12" s="14" t="n">
+      <c r="CB12" s="14" t="n">
         <v>150.148</v>
       </c>
-      <c r="CB12" s="14" t="n">
+      <c r="CC12" s="14" t="n">
         <v>124.131</v>
       </c>
-      <c r="CC12" s="14" t="n">
+      <c r="CD12" s="14" t="n">
         <v>115.161</v>
       </c>
-      <c r="CD12" s="14" t="n">
+      <c r="CE12" s="14" t="n">
         <v>104.235</v>
       </c>
-      <c r="CE12" s="14" t="n">
+      <c r="CF12" s="14" t="n">
         <v>107.12</v>
       </c>
-      <c r="CF12" s="14" t="n">
+      <c r="CG12" s="14" t="n">
         <v>95.859</v>
       </c>
-      <c r="CG12" s="14" t="n">
+      <c r="CH12" s="14" t="n">
         <v>146.132</v>
       </c>
-      <c r="CH12" s="14" t="n">
+      <c r="CI12" s="14" t="n">
         <v>137.369</v>
       </c>
-      <c r="CI12" s="14" t="n">
+      <c r="CJ12" s="14" t="n">
         <v>115.738</v>
       </c>
-      <c r="CJ12" s="14" t="n">
+      <c r="CK12" s="14" t="n">
         <v>120.972</v>
       </c>
-      <c r="CK12" s="14" t="n">
+      <c r="CL12" s="14" t="n">
         <v>105.285</v>
       </c>
-      <c r="CL12" s="14" t="n">
+      <c r="CM12" s="14" t="n">
         <v>111.948</v>
       </c>
-      <c r="CM12" s="14" t="n">
+      <c r="CN12" s="14" t="n">
         <v>146.818</v>
       </c>
-      <c r="CN12" s="14" t="n">
+      <c r="CO12" s="14" t="n">
         <v>122.366</v>
       </c>
-      <c r="CO12" s="14" t="n">
+      <c r="CP12" s="14" t="n">
         <v>110.544</v>
       </c>
-      <c r="CP12" s="14" t="n">
+      <c r="CQ12" s="14" t="n">
         <v>106.763</v>
       </c>
-      <c r="CQ12" s="14" t="n">
+      <c r="CR12" s="14" t="n">
         <v>107.088</v>
       </c>
-      <c r="CR12" s="14" t="n">
+      <c r="CS12" s="14" t="n">
         <v>92.589</v>
       </c>
-      <c r="CS12" s="14" t="n">
+      <c r="CT12" s="14" t="n">
         <v>143.902</v>
       </c>
-      <c r="CT12" s="14" t="n">
+      <c r="CU12" s="14" t="n">
         <v>136.961</v>
       </c>
-      <c r="CU12" s="14" t="n">
+      <c r="CV12" s="14" t="n">
         <v>113.896</v>
       </c>
-      <c r="CV12" s="14" t="n">
+      <c r="CW12" s="14" t="n">
         <v>107.859</v>
       </c>
-      <c r="CW12" s="14" t="n">
+      <c r="CX12" s="14" t="n">
         <v>117.339</v>
       </c>
-      <c r="CX12" s="14" t="n">
+      <c r="CY12" s="14" t="n">
         <v>115.073</v>
       </c>
-      <c r="CY12" s="14" t="n">
+      <c r="CZ12" s="14" t="n">
         <v>151.515</v>
       </c>
-      <c r="CZ12" s="14" t="n">
+      <c r="DA12" s="14" t="n">
         <v>120.611</v>
       </c>
-      <c r="DA12" s="14" t="n">
+      <c r="DB12" s="14" t="n">
         <v>116.731</v>
       </c>
-      <c r="DB12" s="14" t="n">
+      <c r="DC12" s="14" t="n">
         <v>114.639</v>
       </c>
-      <c r="DC12" s="14" t="n">
+      <c r="DD12" s="14" t="n">
         <v>107.102</v>
       </c>
-      <c r="DD12" s="14" t="n">
+      <c r="DE12" s="14" t="n">
         <v>93.631</v>
       </c>
-      <c r="DE12" s="14" t="n">
+      <c r="DF12" s="14" t="n">
         <v>146.167</v>
       </c>
-      <c r="DF12" s="14" t="n">
+      <c r="DG12" s="14" t="n">
         <v>135.665</v>
       </c>
-      <c r="DG12" s="14" t="n">
+      <c r="DH12" s="14" t="n">
         <v>108.161</v>
       </c>
-      <c r="DH12" s="14" t="n">
+      <c r="DI12" s="14" t="n">
         <v>119.229</v>
       </c>
-      <c r="DI12" s="14" t="n">
+      <c r="DJ12" s="14" t="n">
         <v>111.759</v>
       </c>
-      <c r="DJ12" s="14" t="n">
+      <c r="DK12" s="14" t="n">
         <v>112.961</v>
       </c>
-      <c r="DK12" s="14" t="n">
+      <c r="DL12" s="14" t="n">
         <v>153.672</v>
       </c>
-      <c r="DL12" s="14" t="n">
+      <c r="DM12" s="14" t="n">
         <v>118.826</v>
       </c>
-      <c r="DM12" s="14" t="n">
+      <c r="DN12" s="14" t="n">
         <v>110.532</v>
       </c>
-      <c r="DN12" s="14" t="n">
+      <c r="DO12" s="14" t="n">
         <v>110.994</v>
       </c>
-      <c r="DO12" s="14" t="n">
+      <c r="DP12" s="14" t="n">
         <v>104.877</v>
       </c>
-      <c r="DP12" s="14" t="n">
+      <c r="DQ12" s="14" t="n">
         <v>95.008</v>
       </c>
-      <c r="DQ12" s="14" t="n">
+      <c r="DR12" s="14" t="n">
         <v>148.583</v>
       </c>
-      <c r="DR12" s="14" t="n">
+      <c r="DS12" s="14" t="n">
         <v>136.424</v>
       </c>
-      <c r="DS12" s="14" t="n">
+      <c r="DT12" s="14" t="n">
         <v>104.536</v>
       </c>
-      <c r="DT12" s="14" t="n">
+      <c r="DU12" s="14" t="n">
         <v>120.455</v>
       </c>
-      <c r="DU12" s="14" t="n">
+      <c r="DV12" s="14" t="n">
         <v>114.2</v>
       </c>
-      <c r="DV12" s="14" t="n">
+      <c r="DW12" s="14" t="n">
         <v>110.164</v>
       </c>
-      <c r="DW12" s="14" t="n">
+      <c r="DX12" s="14" t="n">
         <v>148.013</v>
       </c>
-      <c r="DX12" s="14" t="n">
+      <c r="DY12" s="14" t="n">
         <v>110.744</v>
       </c>
-      <c r="DY12" s="14" t="n">
+      <c r="DZ12" s="14" t="n">
         <v>114.383</v>
       </c>
-      <c r="DZ12" s="14" t="n">
+      <c r="EA12" s="14" t="n">
         <v>106.653</v>
       </c>
-      <c r="EA12" s="14" t="n">
+      <c r="EB12" s="14" t="n">
         <v>104.985</v>
       </c>
-      <c r="EB12" s="14" t="n">
+      <c r="EC12" s="14" t="n">
         <v>90.926</v>
       </c>
-      <c r="EC12" s="14" t="n">
+      <c r="ED12" s="14" t="n">
         <v>147.568</v>
       </c>
-      <c r="ED12" s="14" t="n">
+      <c r="EE12" s="14" t="n">
         <v>134.442</v>
       </c>
-      <c r="EE12" s="14" t="n">
+      <c r="EF12" s="14" t="n">
         <v>101.025</v>
       </c>
-      <c r="EF12" s="14" t="n">
+      <c r="EG12" s="14" t="n">
         <v>107.969</v>
       </c>
-      <c r="EG12" s="14" t="n">
+      <c r="EH12" s="14" t="n">
         <v>106.763</v>
       </c>
-      <c r="EH12" s="14" t="n">
+      <c r="EI12" s="14" t="n">
         <v>107.403</v>
       </c>
-      <c r="EI12" s="14" t="n">
+      <c r="EJ12" s="14" t="n">
         <v>139.354</v>
       </c>
-      <c r="EJ12" s="14" t="n">
+      <c r="EK12" s="14" t="n">
         <v>107.168</v>
       </c>
-      <c r="EK12" s="14" t="n">
+      <c r="EL12" s="14" t="n">
         <v>108.818</v>
       </c>
-      <c r="EL12" s="14" t="n">
+      <c r="EM12" s="14" t="n">
         <v>107.06</v>
       </c>
-      <c r="EM12" s="14" t="n">
+      <c r="EN12" s="14" t="n">
         <v>100.687</v>
       </c>
-      <c r="EN12" s="14" t="n">
+      <c r="EO12" s="14" t="n">
         <v>90.817</v>
       </c>
-      <c r="EO12" s="14" t="n">
+      <c r="EP12" s="14" t="n">
         <v>143.652</v>
       </c>
-      <c r="EP12" s="14" t="n">
+      <c r="EQ12" s="14" t="n">
         <v>127.974</v>
       </c>
-      <c r="EQ12" s="14" t="n">
+      <c r="ER12" s="14" t="n">
         <v>100.719</v>
       </c>
-      <c r="ER12" s="14" t="n">
+      <c r="ES12" s="14" t="n">
         <v>107.219</v>
       </c>
-      <c r="ES12" s="14" t="n">
+      <c r="ET12" s="14" t="n">
         <v>104.821</v>
       </c>
-      <c r="ET12" s="14" t="n">
+      <c r="EU12" s="14" t="n">
         <v>106.136</v>
       </c>
-      <c r="EU12" s="14" t="n">
+      <c r="EV12" s="14" t="n">
         <v>138.497</v>
       </c>
-      <c r="EV12" s="14" t="n">
+      <c r="EW12" s="14" t="n">
         <v>104.804</v>
       </c>
-      <c r="EW12" s="14" t="n">
+      <c r="EX12" s="14" t="n">
         <v>101.341</v>
       </c>
-      <c r="EX12" s="14" t="n">
+      <c r="EY12" s="14" t="n">
         <v>99.294</v>
       </c>
-      <c r="EY12" s="14" t="n">
+      <c r="EZ12" s="14" t="n">
         <v>96.928</v>
       </c>
-      <c r="EZ12" s="14" t="n">
+      <c r="FA12" s="14" t="n">
         <v>87.789</v>
       </c>
-      <c r="FA12" s="14" t="n">
+      <c r="FB12" s="14" t="n">
         <v>144.151</v>
       </c>
-      <c r="FB12" s="14" t="n">
+      <c r="FC12" s="14" t="n">
         <v>127.338</v>
       </c>
-      <c r="FC12" s="14" t="n">
+      <c r="FD12" s="14" t="n">
         <v>94.504</v>
       </c>
-      <c r="FD12" s="14" t="n">
+      <c r="FE12" s="14" t="n">
         <v>113.689</v>
       </c>
-      <c r="FE12" s="14" t="n">
+      <c r="FF12" s="14" t="n">
         <v>105.964</v>
       </c>
-      <c r="FF12" s="14" t="n">
+      <c r="FG12" s="14" t="n">
         <v>107.101</v>
       </c>
-      <c r="FG12" s="14" t="n">
+      <c r="FH12" s="14" t="n">
         <v>147.324</v>
       </c>
-      <c r="FH12" s="14" t="n">
+      <c r="FI12" s="14" t="n">
         <v>112.234</v>
       </c>
-      <c r="FI12" s="14" t="n">
+      <c r="FJ12" s="14" t="n">
         <v>116.383</v>
       </c>
-      <c r="FJ12" s="14" t="n">
+      <c r="FK12" s="14" t="n">
         <v>104.114</v>
       </c>
-      <c r="FK12" s="14" t="n">
+      <c r="FL12" s="14" t="n">
         <v>117.406</v>
       </c>
-      <c r="FL12" s="14" t="n">
+      <c r="FM12" s="14" t="n">
         <v>102.308</v>
       </c>
-      <c r="FM12" s="14" t="n">
+      <c r="FN12" s="14" t="n">
         <v>165.535</v>
       </c>
-      <c r="FN12" s="14" t="n">
+      <c r="FO12" s="14" t="n">
         <v>144.635</v>
       </c>
-      <c r="FO12" s="14" t="n">
+      <c r="FP12" s="14" t="n">
         <v>106.044</v>
       </c>
-      <c r="FP12" s="14" t="n">
+      <c r="FQ12" s="14" t="n">
         <v>126.166</v>
       </c>
-      <c r="FQ12" s="14" t="n">
+      <c r="FR12" s="14" t="n">
         <v>117.631</v>
       </c>
-      <c r="FR12" s="14" t="n">
+      <c r="FS12" s="14" t="n">
         <v>112.576</v>
       </c>
-      <c r="FS12" s="14" t="n">
+      <c r="FT12" s="14" t="n">
         <v>161.936</v>
       </c>
-      <c r="FT12" s="14" t="n">
+      <c r="FU12" s="14" t="n">
         <v>119.653</v>
       </c>
-      <c r="FU12" s="14" t="n">
+      <c r="FV12" s="14" t="n">
         <v>122.199</v>
       </c>
-      <c r="FV12" s="14" t="n">
+      <c r="FW12" s="14" t="n">
         <v>133.947</v>
       </c>
-      <c r="FW12" s="14" t="n">
+      <c r="FX12" s="14" t="n">
         <v>119.838</v>
       </c>
-      <c r="FX12" s="14" t="n">
+      <c r="FY12" s="14" t="n">
         <v>110.374</v>
       </c>
-      <c r="FY12" s="14" t="n">
+      <c r="FZ12" s="14" t="n">
         <v>172.93</v>
       </c>
-      <c r="FZ12" s="14" t="n">
+      <c r="GA12" s="14" t="n">
         <v>158.254</v>
       </c>
-      <c r="GA12" s="14" t="n">
+      <c r="GB12" s="14" t="n">
         <v>118.385</v>
       </c>
-      <c r="GB12" s="14" t="n">
+      <c r="GC12" s="14" t="n">
         <v>147.475</v>
       </c>
-      <c r="GC12" s="14" t="n">
+      <c r="GD12" s="14" t="n">
         <v>135.051</v>
       </c>
-      <c r="GD12" s="14" t="n">
+      <c r="GE12" s="14" t="n">
         <v>115.261</v>
       </c>
-      <c r="GE12" s="14" t="n">
+      <c r="GF12" s="14" t="n">
         <v>168.401</v>
       </c>
-      <c r="GF12" s="14" t="n">
+      <c r="GG12" s="14" t="n">
         <v>124.493</v>
       </c>
-      <c r="GG12" s="14" t="n">
+      <c r="GH12" s="14" t="n">
         <v>126.765</v>
       </c>
-      <c r="GH12" s="14" t="n">
+      <c r="GI12" s="14" t="n">
         <v>128.135</v>
       </c>
-      <c r="GI12" s="14" t="n">
+      <c r="GJ12" s="14" t="n">
         <v>133.423</v>
       </c>
-      <c r="GJ12" s="14" t="n">
+      <c r="GK12" s="14" t="n">
         <v>113.437</v>
       </c>
-      <c r="GK12" s="14" t="n">
+      <c r="GL12" s="14" t="n">
         <v>183.382</v>
       </c>
-      <c r="GL12" s="14" t="n">
+      <c r="GM12" s="14" t="n">
         <v>168.37</v>
       </c>
-      <c r="GM12" s="14" t="n">
+      <c r="GN12" s="14" t="n">
         <v>118.666</v>
       </c>
-      <c r="GN12" s="14" t="n">
+      <c r="GO12" s="14" t="n">
         <v>144.886</v>
       </c>
-      <c r="GO12" s="14" t="n">
+      <c r="GP12" s="14" t="n">
         <v>141.888</v>
       </c>
-      <c r="GP12" s="14" t="n">
+      <c r="GQ12" s="14" t="n">
         <v>114.148</v>
       </c>
-      <c r="GQ12" s="14" t="n">
+      <c r="GR12" s="14" t="n">
         <v>170.186</v>
       </c>
-      <c r="GR12" s="14" t="n">
+      <c r="GS12" s="14" t="n">
         <v>126.383</v>
       </c>
-      <c r="GS12" s="14" t="n">
+      <c r="GT12" s="14" t="n">
         <v>132.613</v>
       </c>
-      <c r="GT12" s="14" t="n">
+      <c r="GU12" s="14" t="n">
         <v>126.592</v>
       </c>
-      <c r="GU12" s="14" t="n">
+      <c r="GV12" s="14" t="n">
         <v>129.812</v>
       </c>
-      <c r="GV12" s="14" t="n">
+      <c r="GW12" s="14" t="n">
         <v>114.22</v>
       </c>
-      <c r="GW12" s="14" t="n">
+      <c r="GX12" s="14" t="n">
         <v>184.964</v>
       </c>
-      <c r="GX12" s="14" t="n">
+      <c r="GY12" s="14" t="n">
         <v>162.595</v>
       </c>
-      <c r="GY12" s="14" t="n">
+      <c r="GZ12" s="14" t="n">
         <v>124.447</v>
       </c>
-      <c r="GZ12" s="14" t="n">
+      <c r="HA12" s="14" t="n">
         <v>151.319</v>
       </c>
-      <c r="HA12" s="14" t="n">
+      <c r="HB12" s="14" t="n">
         <v>145.547</v>
       </c>
-      <c r="HB12" s="14" t="n">
+      <c r="HC12" s="14" t="n">
         <v>119.63</v>
       </c>
-      <c r="HC12" s="14" t="n">
+      <c r="HD12" s="14" t="n">
         <v>177.374</v>
       </c>
-      <c r="HD12" s="14" t="n">
+      <c r="HE12" s="14" t="n">
         <v>131.819</v>
       </c>
-      <c r="HE12" s="14" t="n">
+      <c r="HF12" s="14" t="n">
         <v>137.58</v>
       </c>
-      <c r="HF12" s="14" t="n">
+      <c r="HG12" s="14" t="n">
         <v>138.581</v>
       </c>
-      <c r="HG12" s="14" t="n">
+      <c r="HH12" s="14" t="n">
         <v>137.85</v>
       </c>
-      <c r="HH12" s="14" t="n">
+      <c r="HI12" s="14" t="n">
         <v>128.632</v>
       </c>
-      <c r="HI12" s="14" t="n">
+      <c r="HJ12" s="14" t="n">
         <v>188.61</v>
       </c>
-      <c r="HJ12" s="14" t="n">
+      <c r="HK12" s="14" t="n">
         <v>178.337</v>
       </c>
-      <c r="HK12" s="14" t="n">
+      <c r="HL12" s="14" t="n">
         <v>145.792</v>
       </c>
-      <c r="HL12" s="14" t="n">
+      <c r="HM12" s="14" t="n">
         <v>165.849</v>
       </c>
-      <c r="HM12" s="14" t="n">
+      <c r="HN12" s="14" t="n">
         <v>152.789</v>
       </c>
-      <c r="HN12" s="14" t="n">
+      <c r="HO12" s="14" t="n">
         <v>130.169</v>
       </c>
-      <c r="HO12" s="14" t="n">
+      <c r="HP12" s="14" t="n">
         <v>177.341</v>
       </c>
-      <c r="HP12" s="14" t="n">
+      <c r="HQ12" s="14" t="n">
         <v>143.068</v>
       </c>
-      <c r="HQ12" s="14" t="n">
+      <c r="HR12" s="14" t="n">
         <v>150.411</v>
       </c>
-      <c r="HR12" s="14" t="n">
+      <c r="HS12" s="14" t="n">
         <v>143.763</v>
       </c>
-      <c r="HS12" s="14" t="n">
+      <c r="HT12" s="14" t="n">
         <v>149.257</v>
       </c>
-      <c r="HT12" s="14" t="n">
+      <c r="HU12" s="14" t="n">
         <v>128.634</v>
       </c>
-      <c r="HU12" s="14" t="n">
+      <c r="HV12" s="14" t="n">
         <v>186.41</v>
       </c>
-      <c r="HV12" s="14" t="n">
+      <c r="HW12" s="14" t="n">
         <v>184.392</v>
       </c>
-      <c r="HW12" s="14" t="n">
+      <c r="HX12" s="14" t="n">
         <v>140.348</v>
       </c>
-      <c r="HX12" s="14" t="n">
+      <c r="HY12" s="14" t="n">
         <v>152.989</v>
       </c>
-      <c r="HY12" s="14" t="n">
+      <c r="HZ12" s="14" t="n">
         <v>147.305</v>
       </c>
-      <c r="HZ12" s="14" t="n">
+      <c r="IA12" s="14" t="n">
         <v>123.036</v>
       </c>
-      <c r="IA12" s="14" t="n">
+      <c r="IB12" s="14" t="n">
         <v>162.107</v>
       </c>
-      <c r="IB12" s="14" t="n">
+      <c r="IC12" s="14" t="n">
         <v>133.22</v>
       </c>
-      <c r="IC12" s="14" t="n">
+      <c r="ID12" s="14" t="n">
         <v>145.213</v>
       </c>
-      <c r="ID12" s="14" t="n">
+      <c r="IE12" s="14" t="n">
         <v>143.13</v>
       </c>
-      <c r="IE12" s="14" t="n">
+      <c r="IF12" s="14" t="n">
         <v>141.375</v>
       </c>
-      <c r="IF12" s="14" t="n">
+      <c r="IG12" s="14" t="n">
         <v>119.869</v>
       </c>
-      <c r="IG12" s="14" t="n">
+      <c r="IH12" s="14" t="n">
         <v>181.001</v>
       </c>
-      <c r="IH12" s="14" t="n">
+      <c r="II12" s="14" t="n">
         <v>171.669</v>
       </c>
-      <c r="II12" s="14" t="n">
+      <c r="IJ12" s="14" t="n">
         <v>132.04</v>
       </c>
-      <c r="IJ12" s="14" t="n">
+      <c r="IK12" s="14" t="n">
         <v>151.594</v>
       </c>
-      <c r="IK12" s="14" t="n">
+      <c r="IL12" s="14" t="n">
         <v>140.219</v>
       </c>
-      <c r="IL12" s="14" t="n">
+      <c r="IM12" s="14" t="n">
         <v>113.66</v>
       </c>
-      <c r="IM12" s="14" t="n">
+      <c r="IN12" s="14" t="n">
         <v>159.511</v>
       </c>
-      <c r="IN12" s="14" t="n">
+      <c r="IO12" s="14" t="n">
         <v>130.885</v>
       </c>
-      <c r="IO12" s="14" t="n">
+      <c r="IP12" s="14" t="n">
         <v>137.125</v>
       </c>
-      <c r="IP12" s="14" t="n">
+      <c r="IQ12" s="14" t="n">
         <v>142.441</v>
       </c>
-      <c r="IQ12" s="14" t="n">
+      <c r="IR12" s="14" t="n">
         <v>134.673</v>
       </c>
-      <c r="IR12" s="14" t="n">
+      <c r="IS12" s="14" t="n">
         <v>115.824</v>
       </c>
-      <c r="IS12" s="14" t="n">
+      <c r="IT12" s="14" t="n">
         <v>176.019</v>
       </c>
-      <c r="IT12" s="14" t="n">
+      <c r="IU12" s="14" t="n">
         <v>163.93</v>
       </c>
-      <c r="IU12" s="14" t="n">
+      <c r="IV12" s="14" t="n">
         <v>131.823</v>
       </c>
-      <c r="IV12" s="14" t="n">
+      <c r="IW12" s="14" t="n">
         <v>148.827</v>
       </c>
-      <c r="IW12" s="14" t="n">
+      <c r="IX12" s="14" t="n">
         <v>132.43</v>
       </c>
-      <c r="IX12" s="14" t="n">
+      <c r="IY12" s="14" t="n">
         <v>106.736</v>
       </c>
-      <c r="IY12" s="14" t="n">
+      <c r="IZ12" s="14" t="n">
         <v>157.087</v>
       </c>
-      <c r="IZ12" s="14" t="n">
+      <c r="JA12" s="14" t="n">
         <v>130.992</v>
       </c>
-      <c r="JA12" s="14" t="n">
+      <c r="JB12" s="14" t="n">
         <v>131.031</v>
       </c>
-      <c r="JB12" s="14" t="n">
+      <c r="JC12" s="14" t="n">
         <v>132.587</v>
       </c>
-      <c r="JC12" s="14" t="n">
+      <c r="JD12" s="14" t="n">
         <v>126.661</v>
       </c>
-      <c r="JD12" s="14" t="n">
+      <c r="JE12" s="14" t="n">
         <v>113.084</v>
       </c>
-      <c r="JE12" s="14" t="n">
+      <c r="JF12" s="14" t="n">
         <v>173.392</v>
       </c>
-      <c r="JF12" s="14" t="n">
+      <c r="JG12" s="14" t="n">
         <v>161.357</v>
       </c>
-      <c r="JG12" s="14" t="n">
+      <c r="JH12" s="14" t="n">
         <v>119.702</v>
       </c>
-      <c r="JH12" s="14" t="n">
+      <c r="JI12" s="14" t="n">
         <v>150.746</v>
       </c>
-      <c r="JI12" s="14" t="n">
+      <c r="JJ12" s="14" t="n">
         <v>128.827</v>
       </c>
-      <c r="JJ12" s="14" t="n">
+      <c r="JK12" s="14" t="n">
         <v>102.265</v>
       </c>
-      <c r="JK12" s="14" t="n">
+      <c r="JL12" s="14" t="n">
         <v>149.717</v>
       </c>
-      <c r="JL12" s="14" t="n">
+      <c r="JM12" s="14" t="n">
         <v>122.268</v>
       </c>
-      <c r="JM12" s="14" t="n">
+      <c r="JN12" s="14" t="n">
         <v>134.066</v>
       </c>
-      <c r="JN12" s="14" t="n">
+      <c r="JO12" s="14" t="n">
         <v>128.52</v>
       </c>
-      <c r="JO12" s="14" t="n">
+      <c r="JP12" s="14" t="n">
         <v>128.921</v>
       </c>
-      <c r="JP12" s="14" t="n">
+      <c r="JQ12" s="14" t="n">
         <v>107.841</v>
       </c>
-      <c r="JQ12" s="14" t="n">
+      <c r="JR12" s="14" t="n">
         <v>166.415</v>
       </c>
-      <c r="JR12" s="14" t="n">
+      <c r="JS12" s="14" t="n">
         <v>159.38</v>
       </c>
-      <c r="JS12" s="14" t="n">
+      <c r="JT12" s="14" t="n">
         <v>126.71</v>
       </c>
-      <c r="JT12" s="14" t="n">
+      <c r="JU12" s="14" t="n">
         <v>147.947</v>
       </c>
-      <c r="JU12" s="14" t="n">
+      <c r="JV12" s="14" t="n">
         <v>137.193</v>
       </c>
-      <c r="JV12" s="14" t="n">
+      <c r="JW12" s="14" t="n">
         <v>113.738</v>
       </c>
-      <c r="JW12" s="14" t="n">
+      <c r="JX12" s="14" t="n">
         <v>153.327</v>
       </c>
-      <c r="JX12" s="14" t="n">
+      <c r="JY12" s="14" t="n">
         <v>129.137</v>
       </c>
-      <c r="JY12" s="14" t="n">
+      <c r="JZ12" s="14" t="n">
         <v>132.974</v>
       </c>
-      <c r="JZ12" s="14" t="n">
+      <c r="KA12" s="14" t="n">
         <v>131.846</v>
       </c>
-      <c r="KA12" s="14" t="n">
+      <c r="KB12" s="14" t="n">
         <v>134.415</v>
       </c>
-      <c r="KB12" s="14" t="n">
+      <c r="KC12" s="14" t="n">
         <v>109.603</v>
       </c>
-      <c r="KC12" s="14" t="n">
+      <c r="KD12" s="14" t="n">
         <v>172.285</v>
       </c>
-      <c r="KD12" s="14" t="n">
+      <c r="KE12" s="14" t="n">
         <v>171.175</v>
       </c>
-      <c r="KE12" s="14" t="n">
+      <c r="KF12" s="14" t="n">
         <v>117.972</v>
       </c>
-      <c r="KF12" s="14" t="n">
+      <c r="KG12" s="14" t="n">
         <v>130.131</v>
       </c>
-      <c r="KG12" s="14" t="n">
+      <c r="KH12" s="14" t="n">
         <v>123.4</v>
       </c>
-      <c r="KH12" s="14" t="n">
+      <c r="KI12" s="14" t="n">
         <v>104.427</v>
       </c>
-      <c r="KI12" s="14" t="n">
+      <c r="KJ12" s="14" t="n">
         <v>143.712</v>
       </c>
-      <c r="KJ12" s="14" t="n">
+      <c r="KK12" s="14" t="n">
         <v>129.403</v>
       </c>
-      <c r="KK12" s="14" t="n">
+      <c r="KL12" s="14" t="n">
         <v>127.593</v>
       </c>
-      <c r="KL12" s="14" t="n">
+      <c r="KM12" s="14" t="n">
         <v>122.032</v>
       </c>
-      <c r="KM12" s="14" t="n">
+      <c r="KN12" s="14" t="n">
         <v>128.603</v>
       </c>
-      <c r="KN12" s="14" t="n">
+      <c r="KO12" s="14" t="n">
         <v>116.854</v>
       </c>
-      <c r="KO12" s="14" t="n">
+      <c r="KP12" s="14" t="n">
         <v>173.371</v>
       </c>
-      <c r="KP12" s="14" t="n">
+      <c r="KQ12" s="14" t="n">
         <v>166.734</v>
       </c>
-      <c r="KQ12" s="14" t="n">
+      <c r="KR12" s="14" t="n">
         <v>122.738</v>
       </c>
-      <c r="KR12" s="14" t="n">
+      <c r="KS12" s="14" t="n">
         <v>144.295</v>
       </c>
-      <c r="KS12" s="14" t="n">
+      <c r="KT12" s="14" t="n">
         <v>129.291</v>
       </c>
-      <c r="KT12" s="14" t="n">
+      <c r="KU12" s="14" t="n">
         <v>105.857</v>
       </c>
-      <c r="KU12" s="14" t="n">
+      <c r="KV12" s="14" t="n">
         <v>146.308</v>
       </c>
-      <c r="KV12" s="14" t="n">
+      <c r="KW12" s="14" t="n">
         <v>125.598</v>
       </c>
-      <c r="KW12" s="14" t="n">
+      <c r="KX12" s="14" t="n">
         <v>134.47</v>
       </c>
-      <c r="KX12" s="14" t="n">
+      <c r="KY12" s="14" t="n">
         <v>115.307</v>
       </c>
-      <c r="KY12" s="14" t="n">
+      <c r="KZ12" s="14" t="n">
         <v>124.612</v>
       </c>
-      <c r="KZ12" s="14" t="n">
+      <c r="LA12" s="14" t="n">
         <v>115.201</v>
       </c>
-      <c r="LA12" s="14" t="n">
+      <c r="LB12" s="14" t="n">
         <v>167.837</v>
       </c>
-      <c r="LB12" s="15" t="n">
+      <c r="LC12" s="15" t="n">
+        <v>-8.8</v>
+      </c>
+      <c r="LD12" s="15" t="n">
         <v>19.0</v>
       </c>
-      <c r="LC12" s="15" t="n">
+      <c r="LE12" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="LD12" s="15" t="n">
+      <c r="LF12" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="LE12" s="15" t="n">
+      <c r="LG12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="LF12" s="15" t="n">
+      <c r="LH12" s="15" t="n">
         <v>-17.5</v>
       </c>
-      <c r="LG12" s="15" t="n">
+      <c r="LI12" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="LH12" s="15" t="n">
+      <c r="LJ12" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="LI12" s="15" t="n">
+      <c r="LK12" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="LJ12" s="15" t="n">
+      <c r="LL12" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="LK12" s="15" t="n">
+      <c r="LM12" s="15" t="n">
         <v>17.7</v>
       </c>
-      <c r="LL12" s="15" t="n">
+      <c r="LN12" s="15" t="n">
         <v>-33.6</v>
       </c>
-      <c r="LM12" s="15" t="n">
+      <c r="LO12" s="15" t="n">
         <v>-11.6</v>
       </c>
-      <c r="LN12" s="15" t="n">
+      <c r="LP12" s="15" t="n">
         <v>30.4</v>
       </c>
-      <c r="LO12" s="15" t="n">
+      <c r="LQ12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="LP12" s="15" t="n">
+      <c r="LR12" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="LQ12" s="15" t="n">
+      <c r="LS12" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="LR12" s="15" t="n">
+      <c r="LT12" s="15" t="n">
         <v>-22.0</v>
       </c>
-      <c r="LS12" s="15" t="n">
+      <c r="LU12" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="LT12" s="15" t="n">
+      <c r="LV12" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="LU12" s="15" t="n">
+      <c r="LW12" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="LV12" s="15" t="n">
+      <c r="LX12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="LW12" s="15" t="n">
+      <c r="LY12" s="15" t="n">
         <v>20.8</v>
       </c>
-      <c r="LX12" s="15" t="n">
+      <c r="LZ12" s="15" t="n">
         <v>-32.1</v>
       </c>
-      <c r="LY12" s="15" t="n">
+      <c r="MA12" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="LZ12" s="15" t="n">
+      <c r="MB12" s="15" t="n">
         <v>19.0</v>
       </c>
-      <c r="MA12" s="15" t="n">
+      <c r="MC12" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="MB12" s="15" t="n">
+      <c r="MD12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="MC12" s="15" t="n">
+      <c r="ME12" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="MD12" s="15" t="n">
+      <c r="MF12" s="15" t="n">
         <v>-22.3</v>
       </c>
-      <c r="ME12" s="15" t="n">
+      <c r="MG12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="MF12" s="15" t="n">
+      <c r="MH12" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="MG12" s="15" t="n">
+      <c r="MI12" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="MH12" s="15" t="n">
+      <c r="MJ12" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="MI12" s="15" t="n">
+      <c r="MK12" s="15" t="n">
         <v>38.6</v>
       </c>
-      <c r="MJ12" s="15" t="n">
+      <c r="ML12" s="15" t="n">
         <v>-37.7</v>
       </c>
-      <c r="MK12" s="15" t="n">
+      <c r="MM12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ML12" s="15" t="n">
+      <c r="MN12" s="15" t="n">
         <v>24.6</v>
       </c>
-      <c r="MM12" s="15" t="n">
+      <c r="MO12" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="MN12" s="15" t="n">
+      <c r="MP12" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="MO12" s="15" t="n">
+      <c r="MQ12" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="MP12" s="15" t="n">
+      <c r="MR12" s="15" t="n">
         <v>-19.7</v>
       </c>
-      <c r="MQ12" s="15" t="n">
+      <c r="MS12" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="MR12" s="15" t="n">
+      <c r="MT12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="MS12" s="15" t="n">
+      <c r="MU12" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="MT12" s="15" t="n">
+      <c r="MV12" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="MU12" s="15" t="n">
+      <c r="MW12" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="MV12" s="15" t="n">
+      <c r="MX12" s="15" t="n">
         <v>-27.5</v>
       </c>
-      <c r="MW12" s="15" t="n">
+      <c r="MY12" s="15" t="n">
         <v>-6.8</v>
       </c>
-      <c r="MX12" s="15" t="n">
+      <c r="MZ12" s="15" t="n">
         <v>12.9</v>
       </c>
-      <c r="MY12" s="15" t="n">
+      <c r="NA12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="MZ12" s="15" t="n">
+      <c r="NB12" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="NA12" s="15" t="n">
+      <c r="NC12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="NB12" s="15" t="n">
+      <c r="ND12" s="15" t="n">
         <v>-22.9</v>
       </c>
-      <c r="NC12" s="15" t="n">
+      <c r="NE12" s="15" t="n">
         <v>13.7</v>
       </c>
-      <c r="ND12" s="15" t="n">
+      <c r="NF12" s="15" t="n">
         <v>17.9</v>
       </c>
-      <c r="NE12" s="15" t="n">
+      <c r="NG12" s="15" t="n">
         <v>22.0</v>
       </c>
-      <c r="NF12" s="15" t="n">
+      <c r="NH12" s="15" t="n">
         <v>-12.0</v>
       </c>
-      <c r="NG12" s="15" t="n">
+      <c r="NI12" s="15" t="n">
         <v>37.8</v>
       </c>
-      <c r="NH12" s="15" t="n">
+      <c r="NJ12" s="15" t="n">
         <v>-32.3</v>
       </c>
-      <c r="NI12" s="15" t="n">
+      <c r="NK12" s="15" t="n">
         <v>-14.6</v>
       </c>
-      <c r="NJ12" s="15" t="n">
+      <c r="NL12" s="15" t="n">
         <v>40.7</v>
       </c>
-      <c r="NK12" s="15" t="n">
+      <c r="NM12" s="15" t="n">
         <v>-12.4</v>
       </c>
-      <c r="NL12" s="15" t="n">
+      <c r="NN12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="NM12" s="15" t="n">
+      <c r="NO12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NN12" s="15" t="n">
+      <c r="NP12" s="15" t="n">
         <v>-24.6</v>
       </c>
-      <c r="NO12" s="15" t="n">
+      <c r="NQ12" s="15" t="n">
         <v>27.2</v>
       </c>
-      <c r="NP12" s="15" t="n">
+      <c r="NR12" s="15" t="n">
         <v>136.7</v>
       </c>
-      <c r="NQ12" s="15" t="n">
+      <c r="NS12" s="15" t="n">
         <v>273.5</v>
       </c>
-      <c r="NR12" s="15" t="n">
+      <c r="NT12" s="15" t="n">
         <v>-75.0</v>
       </c>
-      <c r="NS12" s="15" t="n">
+      <c r="NU12" s="15" t="n">
         <v>-59.1</v>
       </c>
-      <c r="NT12" s="15" t="n">
+      <c r="NV12" s="15" t="n">
         <v>-31.9</v>
       </c>
-      <c r="NU12" s="15" t="n">
+      <c r="NW12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="NV12" s="15" t="n">
+      <c r="NX12" s="15" t="n">
         <v>18.5</v>
       </c>
-      <c r="NW12" s="15" t="n">
+      <c r="NY12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="NX12" s="15" t="n">
+      <c r="NZ12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="NY12" s="15" t="n">
+      <c r="OA12" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="NZ12" s="15" t="n">
+      <c r="OB12" s="15" t="n">
         <v>-24.0</v>
       </c>
-      <c r="OA12" s="15" t="n">
+      <c r="OC12" s="15" t="n">
         <v>21.0</v>
       </c>
-      <c r="OB12" s="15" t="n">
+      <c r="OD12" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="OC12" s="15" t="n">
+      <c r="OE12" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="OD12" s="15" t="n">
+      <c r="OF12" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="OE12" s="15" t="n">
+      <c r="OG12" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="OF12" s="15" t="n">
+      <c r="OH12" s="15" t="n">
         <v>-34.4</v>
       </c>
-      <c r="OG12" s="15" t="n">
+      <c r="OI12" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="OH12" s="15" t="n">
+      <c r="OJ12" s="15" t="n">
         <v>18.7</v>
       </c>
-      <c r="OI12" s="15" t="n">
+      <c r="OK12" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="OJ12" s="15" t="n">
+      <c r="OL12" s="15" t="n">
         <v>14.9</v>
       </c>
-      <c r="OK12" s="15" t="n">
+      <c r="OM12" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="OL12" s="15" t="n">
+      <c r="ON12" s="15" t="n">
         <v>-23.8</v>
       </c>
-      <c r="OM12" s="15" t="n">
+      <c r="OO12" s="15" t="n">
         <v>20.0</v>
       </c>
-      <c r="ON12" s="15" t="n">
+      <c r="OP12" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="OO12" s="15" t="n">
+      <c r="OQ12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="OP12" s="15" t="n">
+      <c r="OR12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OQ12" s="15" t="n">
+      <c r="OS12" s="15" t="n">
         <v>15.7</v>
       </c>
-      <c r="OR12" s="15" t="n">
+      <c r="OT12" s="15" t="n">
         <v>-35.7</v>
       </c>
-      <c r="OS12" s="15" t="n">
+      <c r="OU12" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="OT12" s="15" t="n">
+      <c r="OV12" s="15" t="n">
         <v>20.3</v>
       </c>
-      <c r="OU12" s="15" t="n">
+      <c r="OW12" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="OV12" s="15" t="n">
+      <c r="OX12" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="OW12" s="15" t="n">
+      <c r="OY12" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="OX12" s="15" t="n">
+      <c r="OZ12" s="15" t="n">
         <v>-24.1</v>
       </c>
-      <c r="OY12" s="15" t="n">
+      <c r="PA12" s="15" t="n">
         <v>25.6</v>
       </c>
-      <c r="OZ12" s="15" t="n">
+      <c r="PB12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="PA12" s="15" t="n">
+      <c r="PC12" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="PB12" s="15" t="n">
+      <c r="PD12" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="PC12" s="15" t="n">
+      <c r="PE12" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="PD12" s="15" t="n">
+      <c r="PF12" s="15" t="n">
         <v>-35.9</v>
       </c>
-      <c r="PE12" s="15" t="n">
+      <c r="PG12" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="PF12" s="15" t="n">
+      <c r="PH12" s="15" t="n">
         <v>25.4</v>
       </c>
-      <c r="PG12" s="15" t="n">
+      <c r="PI12" s="15" t="n">
         <v>-9.3</v>
       </c>
-      <c r="PH12" s="15" t="n">
+      <c r="PJ12" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="PI12" s="15" t="n">
+      <c r="PK12" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="PJ12" s="15" t="n">
+      <c r="PL12" s="15" t="n">
         <v>-26.5</v>
       </c>
-      <c r="PK12" s="15" t="n">
+      <c r="PM12" s="15" t="n">
         <v>29.3</v>
       </c>
-      <c r="PL12" s="15" t="n">
+      <c r="PN12" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="PM12" s="15" t="n">
+      <c r="PO12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="PN12" s="15" t="n">
+      <c r="PP12" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="PO12" s="15" t="n">
+      <c r="PQ12" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="PP12" s="15" t="n">
+      <c r="PR12" s="15" t="n">
         <v>-36.1</v>
       </c>
-      <c r="PQ12" s="15" t="n">
+      <c r="PS12" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="PR12" s="15" t="n">
+      <c r="PT12" s="15" t="n">
         <v>30.5</v>
       </c>
-      <c r="PS12" s="15" t="n">
+      <c r="PU12" s="15" t="n">
         <v>-13.2</v>
       </c>
-      <c r="PT12" s="15" t="n">
+      <c r="PV12" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="PU12" s="15" t="n">
+      <c r="PW12" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="PV12" s="15" t="n">
+      <c r="PX12" s="15" t="n">
         <v>-25.6</v>
       </c>
-      <c r="PW12" s="15" t="n">
+      <c r="PY12" s="15" t="n">
         <v>33.7</v>
       </c>
-      <c r="PX12" s="15" t="n">
+      <c r="PZ12" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="PY12" s="15" t="n">
+      <c r="QA12" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="PZ12" s="15" t="n">
+      <c r="QB12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="QA12" s="15" t="n">
+      <c r="QC12" s="15" t="n">
         <v>15.5</v>
       </c>
-      <c r="QB12" s="15" t="n">
+      <c r="QD12" s="15" t="n">
         <v>-38.4</v>
       </c>
-      <c r="QC12" s="15" t="n">
+      <c r="QE12" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="QD12" s="15" t="n">
+      <c r="QF12" s="15" t="n">
         <v>33.1</v>
       </c>
-      <c r="QE12" s="15" t="n">
+      <c r="QG12" s="15" t="n">
         <v>-6.4</v>
       </c>
-      <c r="QF12" s="15" t="n">
+      <c r="QH12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="QG12" s="15" t="n">
+      <c r="QI12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="QH12" s="15" t="n">
+      <c r="QJ12" s="15" t="n">
         <v>-22.9</v>
       </c>
-      <c r="QI12" s="15" t="n">
+      <c r="QK12" s="15" t="n">
         <v>30.0</v>
       </c>
-      <c r="QJ12" s="15" t="n">
+      <c r="QL12" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="QK12" s="15" t="n">
+      <c r="QM12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="QL12" s="15" t="n">
+      <c r="QN12" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="QM12" s="15" t="n">
+      <c r="QO12" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="QN12" s="15" t="n">
+      <c r="QP12" s="15" t="n">
         <v>-36.8</v>
       </c>
-      <c r="QO12" s="15" t="n">
+      <c r="QQ12" s="15" t="n">
         <v>12.3</v>
       </c>
-      <c r="QP12" s="15" t="n">
+      <c r="QR12" s="15" t="n">
         <v>27.1</v>
       </c>
-      <c r="QQ12" s="15" t="n">
+      <c r="QS12" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="QR12" s="15" t="n">
+      <c r="QT12" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="QS12" s="15" t="n">
+      <c r="QU12" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="QT12" s="15" t="n">
+      <c r="QV12" s="15" t="n">
         <v>-23.4</v>
       </c>
-      <c r="QU12" s="15" t="n">
+      <c r="QW12" s="15" t="n">
         <v>32.1</v>
       </c>
-      <c r="QV12" s="15" t="n">
+      <c r="QX12" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="QW12" s="15" t="n">
+      <c r="QY12" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="QX12" s="15" t="n">
+      <c r="QZ12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="QY12" s="15" t="n">
+      <c r="RA12" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="QZ12" s="15" t="n">
+      <c r="RB12" s="15" t="n">
         <v>-39.1</v>
       </c>
-      <c r="RA12" s="15" t="n">
+      <c r="RC12" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="RB12" s="15" t="n">
+      <c r="RD12" s="15" t="n">
         <v>34.7</v>
       </c>
-      <c r="RC12" s="15" t="n">
+      <c r="RE12" s="15" t="n">
         <v>-16.9</v>
       </c>
-      <c r="RD12" s="15" t="n">
+      <c r="RF12" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="RE12" s="15" t="n">
+      <c r="RG12" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="RF12" s="15" t="n">
+      <c r="RH12" s="15" t="n">
         <v>-27.3</v>
       </c>
-      <c r="RG12" s="15" t="n">
+      <c r="RI12" s="15" t="n">
         <v>31.3</v>
       </c>
-      <c r="RH12" s="15" t="n">
+      <c r="RJ12" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="RI12" s="15" t="n">
+      <c r="RK12" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="RJ12" s="15" t="n">
+      <c r="RL12" s="15" t="n">
         <v>-11.3</v>
       </c>
-      <c r="RK12" s="15" t="n">
+      <c r="RM12" s="15" t="n">
         <v>14.8</v>
       </c>
-      <c r="RL12" s="15" t="n">
+      <c r="RN12" s="15" t="n">
         <v>-38.2</v>
       </c>
-      <c r="RM12" s="15" t="n">
+      <c r="RO12" s="15" t="n">
         <v>14.5</v>
       </c>
-      <c r="RN12" s="15" t="n">
+      <c r="RP12" s="15" t="n">
         <v>36.4</v>
       </c>
-      <c r="RO12" s="15" t="n">
+      <c r="RQ12" s="15" t="n">
         <v>-15.9</v>
       </c>
-      <c r="RP12" s="15" t="n">
+      <c r="RR12" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="RQ12" s="15" t="n">
+      <c r="RS12" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="RR12" s="15" t="n">
+      <c r="RT12" s="15" t="n">
         <v>-30.5</v>
       </c>
-      <c r="RS12" s="15" t="n">
+      <c r="RU12" s="15" t="n">
         <v>35.3</v>
       </c>
-      <c r="RT12" s="15" t="n">
+      <c r="RV12" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="RU12" s="15" t="n">
+      <c r="RW12" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="RV12" s="15" t="n">
+      <c r="RX12" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="RW12" s="15" t="n">
+      <c r="RY12" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="RX12" s="15" t="n">
+      <c r="RZ12" s="15" t="n">
         <v>-36.2</v>
       </c>
-      <c r="RY12" s="15" t="n">
+      <c r="SA12" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="RZ12" s="15" t="n">
+      <c r="SB12" s="15" t="n">
         <v>33.7</v>
       </c>
-      <c r="SA12" s="15" t="n">
+      <c r="SC12" s="15" t="n">
         <v>-19.7</v>
       </c>
-      <c r="SB12" s="15" t="n">
+      <c r="SD12" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="SC12" s="15" t="n">
+      <c r="SE12" s="15" t="n">
         <v>17.2</v>
       </c>
-      <c r="SD12" s="15" t="n">
+      <c r="SF12" s="15" t="n">
         <v>-31.6</v>
       </c>
-      <c r="SE12" s="15" t="n">
+      <c r="SG12" s="15" t="n">
         <v>35.3</v>
       </c>
-      <c r="SF12" s="15" t="n">
+      <c r="SH12" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="SG12" s="15" t="n">
+      <c r="SI12" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="SH12" s="15" t="n">
+      <c r="SJ12" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="SI12" s="15" t="n">
+      <c r="SK12" s="15" t="n">
         <v>17.6</v>
       </c>
-      <c r="SJ12" s="15" t="n">
+      <c r="SL12" s="15" t="n">
         <v>-38.1</v>
       </c>
-      <c r="SK12" s="15" t="n">
+      <c r="SM12" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="SL12" s="15" t="n">
+      <c r="SN12" s="15" t="n">
         <v>41.9</v>
       </c>
-      <c r="SM12" s="15" t="n">
+      <c r="SO12" s="15" t="n">
         <v>-18.1</v>
       </c>
-      <c r="SN12" s="15" t="n">
+      <c r="SP12" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="SO12" s="15" t="n">
+      <c r="SQ12" s="15" t="n">
         <v>24.3</v>
       </c>
-      <c r="SP12" s="15" t="n">
+      <c r="SR12" s="15" t="n">
         <v>-32.9</v>
       </c>
-      <c r="SQ12" s="15" t="n">
+      <c r="SS12" s="15" t="n">
         <v>34.7</v>
       </c>
-      <c r="SR12" s="15" t="n">
+      <c r="ST12" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="SS12" s="15" t="n">
+      <c r="SU12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="ST12" s="15" t="n">
+      <c r="SV12" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="SU12" s="15" t="n">
+      <c r="SW12" s="15" t="n">
         <v>13.7</v>
       </c>
-      <c r="SV12" s="15" t="n">
+      <c r="SX12" s="15" t="n">
         <v>-38.2</v>
       </c>
-      <c r="SW12" s="15" t="n">
+      <c r="SY12" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="SX12" s="15" t="n">
+      <c r="SZ12" s="15" t="n">
         <v>30.7</v>
       </c>
-      <c r="SY12" s="15" t="n">
+      <c r="TA12" s="15" t="n">
         <v>-17.8</v>
       </c>
-      <c r="SZ12" s="15" t="n">
+      <c r="TB12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="TA12" s="15" t="n">
+      <c r="TC12" s="15" t="n">
         <v>21.7</v>
       </c>
-      <c r="TB12" s="15" t="n">
+      <c r="TD12" s="15" t="n">
         <v>-32.6</v>
       </c>
-      <c r="TC12" s="15" t="n">
+      <c r="TE12" s="15" t="n">
         <v>34.6</v>
       </c>
-      <c r="TD12" s="15" t="n">
+      <c r="TF12" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="TE12" s="15" t="n">
+      <c r="TG12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="TF12" s="15" t="n">
+      <c r="TH12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="TG12" s="15" t="n">
+      <c r="TI12" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="TH12" s="15" t="n">
+      <c r="TJ12" s="15" t="n">
         <v>-31.8</v>
       </c>
-      <c r="TI12" s="15" t="n">
+      <c r="TK12" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="TJ12" s="15" t="n">
+      <c r="TL12" s="15" t="n">
         <v>22.3</v>
       </c>
-      <c r="TK12" s="15" t="n">
+      <c r="TM12" s="15" t="n">
         <v>-12.1</v>
       </c>
-      <c r="TL12" s="15" t="n">
+      <c r="TN12" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="TM12" s="15" t="n">
+      <c r="TO12" s="15" t="n">
         <v>17.4</v>
       </c>
-      <c r="TN12" s="15" t="n">
+      <c r="TP12" s="15" t="n">
         <v>-26.6</v>
       </c>
-      <c r="TO12" s="15" t="n">
+      <c r="TQ12" s="15" t="n">
         <v>24.0</v>
       </c>
-      <c r="TP12" s="15" t="n">
+      <c r="TR12" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="TQ12" s="15" t="n">
+      <c r="TS12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="TR12" s="15" t="n">
+      <c r="TT12" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="TS12" s="15" t="n">
+      <c r="TU12" s="15" t="n">
         <v>16.0</v>
       </c>
-      <c r="TT12" s="15" t="n">
+      <c r="TV12" s="15" t="n">
         <v>-31.0</v>
       </c>
-      <c r="TU12" s="15" t="n">
+      <c r="TW12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="TV12" s="15" t="n">
+      <c r="TX12" s="15" t="n">
         <v>31.4</v>
       </c>
-      <c r="TW12" s="15" t="n">
+      <c r="TY12" s="15" t="n">
         <v>-8.3</v>
       </c>
-      <c r="TX12" s="15" t="n">
+      <c r="TZ12" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="TY12" s="15" t="n">
+      <c r="UA12" s="15" t="n">
         <v>19.7</v>
       </c>
-      <c r="TZ12" s="15" t="n">
+      <c r="UB12" s="15" t="n">
         <v>-24.1</v>
       </c>
-      <c r="UA12" s="15" t="n">
+      <c r="UC12" s="15" t="n">
         <v>21.7</v>
       </c>
-      <c r="UB12" s="15" t="n">
+      <c r="UD12" s="15" t="n">
         <v>-8.3</v>
       </c>
-      <c r="UC12" s="15" t="n">
+      <c r="UE12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="UD12" s="15" t="n">
+      <c r="UF12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="UE12" s="15" t="n">
+      <c r="UG12" s="15" t="n">
         <v>17.9</v>
       </c>
-      <c r="UF12" s="15" t="n">
+      <c r="UH12" s="15" t="n">
         <v>-33.8</v>
       </c>
-      <c r="UG12" s="15" t="n">
+      <c r="UI12" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="UH12" s="15" t="n">
+      <c r="UJ12" s="15" t="n">
         <v>30.0</v>
       </c>
-      <c r="UI12" s="15" t="n">
+      <c r="UK12" s="15" t="n">
         <v>-12.9</v>
       </c>
-      <c r="UJ12" s="15" t="n">
+      <c r="UL12" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="UK12" s="15" t="n">
+      <c r="UM12" s="15" t="n">
         <v>23.4</v>
       </c>
-      <c r="UL12" s="15" t="n">
+      <c r="UN12" s="15" t="n">
         <v>-28.7</v>
       </c>
-      <c r="UM12" s="15" t="n">
+      <c r="UO12" s="15" t="n">
         <v>21.9</v>
       </c>
-      <c r="UN12" s="15" t="n">
+      <c r="UP12" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="UO12" s="15" t="n">
+      <c r="UQ12" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="UP12" s="15" t="n">
+      <c r="UR12" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="UQ12" s="15" t="n">
+      <c r="US12" s="15" t="n">
         <v>16.3</v>
       </c>
-      <c r="UR12" s="15" t="n">
+      <c r="UT12" s="15" t="n">
         <v>-34.2</v>
       </c>
-      <c r="US12" s="15" t="n">
+      <c r="UU12" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="UT12" s="15" t="n">
+      <c r="UV12" s="15" t="n">
         <v>24.4</v>
       </c>
-      <c r="UU12" s="15" t="n">
+      <c r="UW12" s="15" t="n">
         <v>-11.4</v>
       </c>
-      <c r="UV12" s="15" t="n">
+      <c r="UX12" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="UW12" s="15" t="n">
+      <c r="UY12" s="15" t="n">
         <v>24.1</v>
       </c>
-      <c r="UX12" s="15" t="n">
+      <c r="UZ12" s="15" t="n">
         <v>-32.1</v>
       </c>
-      <c r="UY12" s="15" t="n">
+      <c r="VA12" s="15" t="n">
         <v>19.9</v>
       </c>
-      <c r="UZ12" s="15" t="n">
+      <c r="VB12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="VA12" s="15" t="n">
+      <c r="VC12" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="VB12" s="15" t="n">
+      <c r="VD12" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="VC12" s="15" t="n">
+      <c r="VE12" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="VD12" s="15" t="n">
+      <c r="VF12" s="15" t="n">
         <v>-34.8</v>
       </c>
-      <c r="VE12" s="15" t="n">
+      <c r="VG12" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="VF12" s="15" t="n">
+      <c r="VH12" s="15" t="n">
         <v>34.8</v>
       </c>
-      <c r="VG12" s="15" t="n">
+      <c r="VI12" s="15" t="n">
         <v>-20.6</v>
       </c>
-      <c r="VH12" s="15" t="n">
+      <c r="VJ12" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="VI12" s="15" t="n">
+      <c r="VK12" s="15" t="n">
         <v>26.0</v>
       </c>
-      <c r="VJ12" s="15" t="n">
+      <c r="VL12" s="15" t="n">
         <v>-31.7</v>
       </c>
-      <c r="VK12" s="15" t="n">
+      <c r="VM12" s="15" t="n">
         <v>22.4</v>
       </c>
-      <c r="VL12" s="15" t="n">
+      <c r="VN12" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="VM12" s="15" t="n">
+      <c r="VO12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="VN12" s="15" t="n">
+      <c r="VP12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="VO12" s="15" t="n">
+      <c r="VQ12" s="15" t="n">
         <v>19.5</v>
       </c>
-      <c r="VP12" s="15" t="n">
+      <c r="VR12" s="15" t="n">
         <v>-35.2</v>
       </c>
-      <c r="VQ12" s="15" t="n">
+      <c r="VS12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="VR12" s="15" t="n">
+      <c r="VT12" s="15" t="n">
         <v>25.8</v>
       </c>
-      <c r="VS12" s="15" t="n">
+      <c r="VU12" s="15" t="n">
         <v>-14.4</v>
       </c>
-      <c r="VT12" s="15" t="n">
+      <c r="VV12" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="VU12" s="15" t="n">
+      <c r="VW12" s="15" t="n">
         <v>20.6</v>
       </c>
-      <c r="VV12" s="15" t="n">
+      <c r="VX12" s="15" t="n">
         <v>-25.8</v>
       </c>
-      <c r="VW12" s="15" t="n">
+      <c r="VY12" s="15" t="n">
         <v>18.7</v>
       </c>
-      <c r="VX12" s="15" t="n">
+      <c r="VZ12" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="VY12" s="15" t="n">
+      <c r="WA12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="VZ12" s="15" t="n">
+      <c r="WB12" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="WA12" s="15" t="n">
+      <c r="WC12" s="15" t="n">
         <v>22.6</v>
       </c>
-      <c r="WB12" s="15" t="n">
+      <c r="WD12" s="15" t="n">
         <v>-36.4</v>
       </c>
-      <c r="WC12" s="15" t="n">
+      <c r="WE12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="WD12" s="15" t="n">
+      <c r="WF12" s="15" t="n">
         <v>45.1</v>
       </c>
-      <c r="WE12" s="15" t="n">
+      <c r="WG12" s="15" t="n">
         <v>-9.3</v>
       </c>
-      <c r="WF12" s="15" t="n">
+      <c r="WH12" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="WG12" s="15" t="n">
+      <c r="WI12" s="15" t="n">
         <v>18.2</v>
       </c>
-      <c r="WH12" s="15" t="n">
+      <c r="WJ12" s="15" t="n">
         <v>-27.3</v>
       </c>
-      <c r="WI12" s="15" t="n">
+      <c r="WK12" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="WJ12" s="15" t="n">
+      <c r="WL12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="WK12" s="15" t="n">
+      <c r="WM12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="WL12" s="15" t="n">
+      <c r="WN12" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="WM12" s="15" t="n">
+      <c r="WO12" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="WN12" s="15" t="n">
+      <c r="WP12" s="15" t="n">
         <v>-32.6</v>
       </c>
-      <c r="WO12" s="15" t="n">
+      <c r="WQ12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="WP12" s="15" t="n">
+      <c r="WR12" s="15" t="n">
         <v>35.8</v>
       </c>
-      <c r="WQ12" s="15" t="n">
+      <c r="WS12" s="15" t="n">
         <v>-14.9</v>
       </c>
-      <c r="WR12" s="15" t="n">
+      <c r="WT12" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="WS12" s="15" t="n">
+      <c r="WU12" s="15" t="n">
         <v>22.1</v>
       </c>
-      <c r="WT12" s="15" t="n">
+      <c r="WV12" s="15" t="n">
         <v>-27.6</v>
       </c>
-      <c r="WU12" s="15" t="n">
+      <c r="WW12" s="15" t="n">
         <v>16.5</v>
       </c>
-      <c r="WV12" s="15" t="n">
+      <c r="WX12" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="WW12" s="15" t="n">
+      <c r="WY12" s="15" t="n">
         <v>16.6</v>
       </c>
-      <c r="WX12" s="15" t="n">
+      <c r="WZ12" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="WY12" s="15" t="n">
+      <c r="XA12" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="WZ12" s="15" t="n">
+      <c r="XB12" s="15" t="n">
         <v>-31.4</v>
       </c>
-      <c r="XA12" s="13" t="inlineStr">
+      <c r="XC12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="XB12" s="15" t="n">
+      <c r="XD12" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="XE12" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="XF12" s="15" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="XG12" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="XH12" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="XI12" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="XJ12" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="XK12" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="XL12" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="XM12" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="XN12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="XO12" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="XP12" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="XQ12" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="XR12" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="XS12" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="XT12" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="XU12" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="XV12" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="XW12" s="15" t="n">
+        <v>-6.9</v>
+      </c>
+      <c r="XX12" s="15" t="n">
+        <v>-4.7</v>
+      </c>
+      <c r="XY12" s="15" t="n">
+        <v>-8.2</v>
+      </c>
+      <c r="XZ12" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="YA12" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="YB12" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="YC12" s="15" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="YD12" s="15" t="n">
+        <v>17.9</v>
+      </c>
+      <c r="YE12" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="YF12" s="15" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="YG12" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="YH12" s="15" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="YI12" s="15" t="n">
+        <v>22.7</v>
+      </c>
+      <c r="YJ12" s="15" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="YK12" s="15" t="n">
+        <v>25.8</v>
+      </c>
+      <c r="YL12" s="15" t="n">
+        <v>36.6</v>
+      </c>
+      <c r="YM12" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="YN12" s="15" t="n">
+        <v>25.4</v>
+      </c>
+      <c r="YO12" s="15" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="YP12" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="YQ12" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="YR12" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="YS12" s="15" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="YT12" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="YU12" s="15" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="YV12" s="15" t="n">
+        <v>30.2</v>
+      </c>
+      <c r="YW12" s="15" t="n">
+        <v>40.5</v>
+      </c>
+      <c r="YX12" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="YY12" s="15" t="n">
+        <v>35.7</v>
+      </c>
+      <c r="YZ12" s="15" t="n">
+        <v>26.7</v>
+      </c>
+      <c r="ZA12" s="15" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="ZB12" s="15" t="n">
+        <v>44.8</v>
+      </c>
+      <c r="ZC12" s="15" t="n">
+        <v>23.1</v>
+      </c>
+      <c r="ZD12" s="15" t="n">
+        <v>17.7</v>
+      </c>
+      <c r="ZE12" s="15" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="ZF12" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="ZG12" s="15" t="n">
+        <v>23.3</v>
+      </c>
+      <c r="ZH12" s="15" t="n">
+        <v>147.5</v>
+      </c>
+      <c r="ZI12" s="15" t="n">
+        <v>658.0</v>
+      </c>
+      <c r="ZJ12" s="15" t="n">
+        <v>115.1</v>
+      </c>
+      <c r="ZK12" s="15" t="n">
+        <v>-36.1</v>
+      </c>
+      <c r="ZL12" s="15" t="n">
+        <v>-35.8</v>
+      </c>
+      <c r="ZM12" s="15" t="n">
+        <v>-21.7</v>
+      </c>
+      <c r="ZN12" s="15" t="n">
+        <v>-34.0</v>
+      </c>
+      <c r="ZO12" s="15" t="n">
+        <v>-23.6</v>
+      </c>
+      <c r="ZP12" s="15" t="n">
+        <v>-22.4</v>
+      </c>
+      <c r="ZQ12" s="15" t="n">
+        <v>-24.6</v>
+      </c>
+      <c r="ZR12" s="15" t="n">
+        <v>-24.0</v>
+      </c>
+      <c r="ZS12" s="15" t="n">
+        <v>-27.7</v>
+      </c>
+      <c r="ZT12" s="15" t="n">
+        <v>-67.1</v>
+      </c>
+      <c r="ZU12" s="15" t="n">
+        <v>-90.3</v>
+      </c>
+      <c r="ZV12" s="15" t="n">
+        <v>-62.1</v>
+      </c>
+      <c r="ZW12" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="ZX12" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="ZY12" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="ZZ12" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="AAA12" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="AAB12" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="AAC12" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="AAD12" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="AAE12" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="AAF12" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="AAG12" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="AAH12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AAI12" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="AAJ12" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="AAK12" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AAL12" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="AAM12" s="15" t="n">
+        <v>12.2</v>
+      </c>
+      <c r="AAN12" s="15" t="n">
+        <v>-10.3</v>
+      </c>
+      <c r="AAO12" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="AAP12" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="AAQ12" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="AAR12" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="AAS12" s="15" t="n">
+        <v>-6.9</v>
+      </c>
+      <c r="AAT12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AAU12" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="AAV12" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="AAW12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="AAX12" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="AAY12" s="15" t="n">
+        <v>-9.5</v>
+      </c>
+      <c r="AAZ12" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="ABA12" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="ABB12" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="ABC12" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="ABD12" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="ABE12" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="ABF12" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="ABG12" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="ABH12" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="ABI12" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="ABJ12" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="ABK12" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="ABL12" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="ABM12" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="XC12" s="15" t="n">
-[...2 lines deleted...]
-      <c r="XD12" s="15" t="n">
+      <c r="ABN12" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="ABO12" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="ABP12" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="ABQ12" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="ABR12" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="ABS12" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="ABT12" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="ABU12" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="ABV12" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="ABW12" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="ABX12" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="ABY12" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="ABZ12" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="ACA12" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="ACB12" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="ACC12" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="ACD12" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="ACE12" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="ACF12" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="ACG12" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="ACH12" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="ACI12" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="ACJ12" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="ACK12" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="ACL12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="ACM12" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="ACN12" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="ACO12" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="XE12" s="15" t="n">
-[...101 lines deleted...]
-      <c r="YM12" s="15" t="n">
+      <c r="ACP12" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="ACQ12" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="ACR12" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="ACS12" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="ACT12" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="ACU12" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="ACV12" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="ACW12" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="ACX12" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="ACY12" s="15" t="n">
+        <v>-6.6</v>
+      </c>
+      <c r="ACZ12" s="15" t="n">
+        <v>-12.9</v>
+      </c>
+      <c r="ADA12" s="15" t="n">
+        <v>-4.6</v>
+      </c>
+      <c r="ADB12" s="15" t="n">
+        <v>-17.4</v>
+      </c>
+      <c r="ADC12" s="15" t="n">
+        <v>-14.2</v>
+      </c>
+      <c r="ADD12" s="15" t="n">
+        <v>-12.9</v>
+      </c>
+      <c r="ADE12" s="15" t="n">
+        <v>-12.0</v>
+      </c>
+      <c r="ADF12" s="15" t="n">
+        <v>-10.9</v>
+      </c>
+      <c r="ADG12" s="15" t="n">
+        <v>-9.9</v>
+      </c>
+      <c r="ADH12" s="15" t="n">
+        <v>-9.9</v>
+      </c>
+      <c r="ADI12" s="15" t="n">
+        <v>-4.9</v>
+      </c>
+      <c r="ADJ12" s="15" t="n">
+        <v>-9.0</v>
+      </c>
+      <c r="ADK12" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="ADL12" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="ADM12" s="15" t="n">
+        <v>-22.3</v>
+      </c>
+      <c r="ADN12" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="ADO12" s="15" t="n">
+        <v>-7.3</v>
+      </c>
+      <c r="ADP12" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="ADQ12" s="15" t="n">
+        <v>-8.6</v>
+      </c>
+      <c r="ADR12" s="15" t="n">
+        <v>-10.4</v>
+      </c>
+      <c r="ADS12" s="15" t="n">
+        <v>-14.4</v>
+      </c>
+      <c r="ADT12" s="15" t="n">
+        <v>-12.9</v>
+      </c>
+      <c r="ADU12" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="ADV12" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="ADW12" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="ADX12" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="ADY12" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="YN12" s="15" t="n">
-[...95 lines deleted...]
-      <c r="ZT12" s="15" t="n">
+      <c r="ADZ12" s="15" t="n">
+        <v>-10.2</v>
+      </c>
+      <c r="AEA12" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="AEB12" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="AEC12" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="AED12" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="AEE12" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="AEF12" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="AEG12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="AEH12" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="AEI12" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="AEJ12" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="AEK12" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="AEL12" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="AEM12" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="AEN12" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="AEO12" s="15" t="n">
         <v>3.6</v>
-      </c>
-[...373 lines deleted...]
-        <v>-2.5</v>
       </c>
       <c r="AEP12" s="15" t="n">
         <v>-4.6</v>
       </c>
       <c r="AEQ12" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="AER12" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="AES12" s="15" t="n">
+        <v>-4.6</v>
+      </c>
+      <c r="AET12" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="AER12" s="15" t="n">
+      <c r="AEU12" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="AES12" s="15" t="n">
+      <c r="AEV12" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="AET12" s="15" t="n">
+      <c r="AEW12" s="15" t="n">
         <v>-8.7</v>
       </c>
-      <c r="AEU12" s="15" t="n">
+      <c r="AEX12" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="AEV12" s="15" t="n">
+      <c r="AEY12" s="15" t="n">
         <v>-11.2</v>
       </c>
-      <c r="AEW12" s="15" t="n">
+      <c r="AEZ12" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="AEX12" s="15" t="n">
+      <c r="AFA12" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="AEY12" s="15" t="n">
+      <c r="AFB12" s="15" t="n">
         <v>-14.6</v>
       </c>
-      <c r="AEZ12" s="15" t="n">
+      <c r="AFC12" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="AFA12" s="15" t="n">
+      <c r="AFD12" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="AFB12" s="15" t="n">
+      <c r="AFE12" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="AFC12" s="15" t="n">
+      <c r="AFF12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AFD12" s="15" t="n">
+      <c r="AFG12" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="AFE12" s="15" t="n">
+      <c r="AFH12" s="15" t="n">
         <v>-8.5</v>
       </c>
-      <c r="AFF12" s="15" t="n">
+      <c r="AFI12" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="AFG12" s="15" t="n">
+      <c r="AFJ12" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="AFH12" s="15" t="n">
+      <c r="AFK12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AFI12" s="15" t="n">
+      <c r="AFL12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AFJ12" s="15" t="n">
+      <c r="AFM12" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="AFK12" s="15" t="n">
+      <c r="AFN12" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AFL12" s="15" t="n">
+      <c r="AFO12" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="AFM12" s="15" t="n">
+      <c r="AFP12" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AFN12" s="15" t="n">
+      <c r="AFQ12" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="AFO12" s="15" t="n">
+      <c r="AFR12" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="AFP12" s="15" t="n">
+      <c r="AFS12" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="AFQ12" s="15" t="n">
+      <c r="AFT12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AFR12" s="15" t="n">
+      <c r="AFU12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AFS12" s="15" t="n">
+      <c r="AFV12" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AFT12" s="15" t="n">
+      <c r="AFW12" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="AFU12" s="15" t="n">
+      <c r="AFX12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AFV12" s="15" t="n">
+      <c r="AFY12" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="AFW12" s="15" t="n">
+      <c r="AFZ12" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="AFX12" s="15" t="n">
+      <c r="AGA12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AFY12" s="15" t="n">
+      <c r="AGB12" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AFZ12" s="15" t="n">
+      <c r="AGC12" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="AGA12" s="15" t="n">
+      <c r="AGD12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AGB12" s="15" t="n">
+      <c r="AGE12" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AGC12" s="15" t="n">
+      <c r="AGF12" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="AGD12" s="15" t="n">
+      <c r="AGG12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AGE12" s="15" t="n">
+      <c r="AGH12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AGF12" s="15" t="n">
+      <c r="AGI12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AGG12" s="15" t="n">
+      <c r="AGJ12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AGH12" s="15" t="n">
+      <c r="AGK12" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AGI12" s="15" t="n">
+      <c r="AGL12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AGJ12" s="15" t="n">
+      <c r="AGM12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AGK12" s="15" t="n">
+      <c r="AGN12" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="AGL12" s="15" t="n">
+      <c r="AGO12" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="AGM12" s="15" t="n">
+      <c r="AGP12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AGN12" s="15" t="n">
+      <c r="AGQ12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AGO12" s="15" t="n">
+      <c r="AGR12" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AGP12" s="15" t="n">
+      <c r="AGS12" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="AGQ12" s="15" t="n">
+      <c r="AGT12" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="AGR12" s="15" t="n">
+      <c r="AGU12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AGS12" s="15" t="n">
+      <c r="AGV12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AGT12" s="15" t="n">
+      <c r="AGW12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AGU12" s="15" t="n">
+      <c r="AGX12" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="AGV12" s="15" t="n">
+      <c r="AGY12" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AGW12" s="15" t="n">
+      <c r="AGZ12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AGX12" s="15" t="n">
+      <c r="AHA12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AGY12" s="15" t="n">
+      <c r="AHB12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AGZ12" s="15" t="n">
+      <c r="AHC12" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="AHA12" s="15" t="n">
+      <c r="AHD12" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="AHB12" s="15" t="n">
+      <c r="AHE12" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AHC12" s="15" t="n">
+      <c r="AHF12" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="AHD12" s="15" t="n">
+      <c r="AHG12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AHE12" s="15" t="n">
+      <c r="AHH12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AHF12" s="15" t="n">
+      <c r="AHI12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AHG12" s="15" t="n">
+      <c r="AHJ12" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="AHH12" s="15" t="n">
+      <c r="AHK12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AHI12" s="15" t="n">
+      <c r="AHL12" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="AHJ12" s="15" t="n">
+      <c r="AHM12" s="15" t="n">
         <v>-10.1</v>
       </c>
-      <c r="AHK12" s="15" t="n">
+      <c r="AHN12" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="AHL12" s="15" t="n">
+      <c r="AHO12" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="AHM12" s="15" t="n">
+      <c r="AHP12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AHN12" s="15" t="n">
+      <c r="AHQ12" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="AHO12" s="15" t="n">
+      <c r="AHR12" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="AHP12" s="15" t="n">
+      <c r="AHS12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AHQ12" s="15" t="n">
+      <c r="AHT12" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="AHR12" s="15" t="n">
+      <c r="AHU12" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="AHS12" s="15" t="n">
+      <c r="AHV12" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="AHT12" s="15" t="n">
+      <c r="AHW12" s="15" t="n">
         <v>13.7</v>
       </c>
-      <c r="AHU12" s="15" t="n">
+      <c r="AHX12" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="AHV12" s="15" t="n">
+      <c r="AHY12" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="AHW12" s="15" t="n">
+      <c r="AHZ12" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="AHX12" s="15" t="n">
+      <c r="AIA12" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AHY12" s="15" t="n">
+      <c r="AIB12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AHZ12" s="15" t="n">
+      <c r="AIC12" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="AIA12" s="15" t="n">
+      <c r="AID12" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AIB12" s="15" t="n">
+      <c r="AIE12" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="AIC12" s="15" t="n">
+      <c r="AIF12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="AID12" s="15" t="n">
+      <c r="AIG12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AIE12" s="15" t="n">
+      <c r="AIH12" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="AIF12" s="15" t="n">
+      <c r="AII12" s="15" t="n">
         <v>-9.8</v>
       </c>
-      <c r="AIG12" s="15" t="n">
+      <c r="AIJ12" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="AIH12" s="15" t="n">
+      <c r="AIK12" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="AII12" s="15" t="n">
+      <c r="AIL12" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="AIJ12" s="15" t="n">
+      <c r="AIM12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AIK12" s="15" t="n">
+      <c r="AIN12" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="AIL12" s="15" t="n">
+      <c r="AIO12" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="AIM12" s="15" t="n">
+      <c r="AIP12" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AIN12" s="15" t="n">
+      <c r="AIQ12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AIO12" s="15" t="n">
+      <c r="AIR12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AIP12" s="13" t="inlineStr">
+      <c r="AIS12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIQ12" s="13" t="inlineStr">
+      <c r="AIT12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIR12" s="13" t="inlineStr">
+      <c r="AIU12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIS12" s="13" t="inlineStr">
+      <c r="AIV12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIT12" s="13" t="inlineStr">
+      <c r="AIW12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIU12" s="13" t="inlineStr">
+      <c r="AIX12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIV12" s="13" t="inlineStr">
+      <c r="AIY12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIW12" s="13" t="inlineStr">
+      <c r="AIZ12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIX12" s="13" t="inlineStr">
+      <c r="AJA12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIY12" s="13" t="inlineStr">
+      <c r="AJB12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIZ12" s="13" t="inlineStr">
+      <c r="AJC12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AJA12" s="13" t="inlineStr">
+      <c r="AJD12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AJB12" s="15" t="n">
+      <c r="AJE12" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="AJF12" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AJC12" s="15" t="n">
+      <c r="AJG12" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="AJD12" s="15" t="n">
+      <c r="AJH12" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AJE12" s="15" t="n">
+      <c r="AJI12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AJF12" s="15" t="n">
+      <c r="AJJ12" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AJG12" s="15" t="n">
+      <c r="AJK12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AJH12" s="15" t="n">
+      <c r="AJL12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AJI12" s="15" t="n">
+      <c r="AJM12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AJJ12" s="15" t="n">
+      <c r="AJN12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AJK12" s="15" t="n">
+      <c r="AJO12" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AJL12" s="15" t="n">
+      <c r="AJP12" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AJM12" s="15" t="n">
+      <c r="AJQ12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AJN12" s="15" t="n">
+      <c r="AJR12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AJO12" s="15" t="n">
+      <c r="AJS12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AJP12" s="15" t="n">
+      <c r="AJT12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AJQ12" s="15" t="n">
+      <c r="AJU12" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AJR12" s="15" t="n">
+      <c r="AJV12" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="AJS12" s="15" t="n">
+      <c r="AJW12" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AJT12" s="15" t="n">
+      <c r="AJX12" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="AJU12" s="15" t="n">
+      <c r="AJY12" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="AJV12" s="15" t="n">
+      <c r="AJZ12" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AJW12" s="15" t="n">
+      <c r="AKA12" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AJX12" s="15" t="n">
+      <c r="AKB12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AJY12" s="15" t="n">
+      <c r="AKC12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AJZ12" s="15" t="n">
+      <c r="AKD12" s="15" t="n">
         <v>17.6</v>
       </c>
-      <c r="AKA12" s="15" t="n">
+      <c r="AKE12" s="15" t="n">
         <v>18.2</v>
       </c>
-      <c r="AKB12" s="15" t="n">
+      <c r="AKF12" s="15" t="n">
         <v>18.3</v>
       </c>
-      <c r="AKC12" s="15" t="n">
+      <c r="AKG12" s="15" t="n">
         <v>19.2</v>
       </c>
-      <c r="AKD12" s="15" t="n">
+      <c r="AKH12" s="15" t="n">
         <v>19.8</v>
       </c>
-      <c r="AKE12" s="15" t="n">
+      <c r="AKI12" s="15" t="n">
         <v>20.9</v>
       </c>
-      <c r="AKF12" s="15" t="n">
+      <c r="AKJ12" s="15" t="n">
         <v>22.0</v>
       </c>
-      <c r="AKG12" s="15" t="n">
+      <c r="AKK12" s="15" t="n">
         <v>21.9</v>
       </c>
-      <c r="AKH12" s="15" t="n">
+      <c r="AKL12" s="15" t="n">
         <v>24.3</v>
       </c>
-      <c r="AKI12" s="15" t="n">
+      <c r="AKM12" s="15" t="n">
         <v>23.8</v>
       </c>
-      <c r="AKJ12" s="15" t="n">
+      <c r="AKN12" s="15" t="n">
         <v>17.9</v>
       </c>
-      <c r="AKK12" s="15" t="n">
+      <c r="AKO12" s="15" t="n">
         <v>25.4</v>
       </c>
-      <c r="AKL12" s="15" t="n">
+      <c r="AKP12" s="15" t="n">
         <v>16.5</v>
       </c>
-      <c r="AKM12" s="15" t="n">
+      <c r="AKQ12" s="15" t="n">
         <v>16.6</v>
       </c>
-      <c r="AKN12" s="15" t="n">
+      <c r="AKR12" s="15" t="n">
         <v>18.0</v>
       </c>
-      <c r="AKO12" s="15" t="n">
+      <c r="AKS12" s="15" t="n">
         <v>19.9</v>
       </c>
-      <c r="AKP12" s="15" t="n">
+      <c r="AKT12" s="15" t="n">
         <v>21.5</v>
-      </c>
-[...10 lines deleted...]
-        <v>26.6</v>
       </c>
       <c r="AKU12" s="15" t="n">
         <v>22.2</v>
       </c>
       <c r="AKV12" s="15" t="n">
+        <v>24.6</v>
+      </c>
+      <c r="AKW12" s="15" t="n">
+        <v>27.4</v>
+      </c>
+      <c r="AKX12" s="15" t="n">
+        <v>26.6</v>
+      </c>
+      <c r="AKY12" s="15" t="n">
+        <v>22.2</v>
+      </c>
+      <c r="AKZ12" s="15" t="n">
         <v>30.4</v>
       </c>
-      <c r="AKW12" s="15" t="n">
+      <c r="ALA12" s="15" t="n">
         <v>26.7</v>
       </c>
-      <c r="AKX12" s="15" t="n">
+      <c r="ALB12" s="15" t="n">
         <v>21.6</v>
       </c>
-      <c r="AKY12" s="15" t="n">
+      <c r="ALC12" s="15" t="n">
         <v>22.3</v>
       </c>
-      <c r="AKZ12" s="15" t="n">
+      <c r="ALD12" s="15" t="n">
         <v>20.1</v>
       </c>
-      <c r="ALA12" s="15" t="n">
+      <c r="ALE12" s="15" t="n">
         <v>19.8</v>
       </c>
-      <c r="ALB12" s="15" t="n">
+      <c r="ALF12" s="15" t="n">
         <v>20.0</v>
       </c>
-      <c r="ALC12" s="15" t="n">
+      <c r="ALG12" s="15" t="n">
         <v>21.2</v>
       </c>
-      <c r="ALD12" s="15" t="n">
+      <c r="ALH12" s="15" t="n">
         <v>24.2</v>
       </c>
-      <c r="ALE12" s="15" t="n">
+      <c r="ALI12" s="15" t="n">
         <v>24.4</v>
       </c>
-      <c r="ALF12" s="15" t="n">
+      <c r="ALJ12" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="ALG12" s="15" t="n">
+      <c r="ALK12" s="15" t="n">
         <v>-14.4</v>
       </c>
-      <c r="ALH12" s="15" t="n">
+      <c r="ALL12" s="15" t="n">
         <v>-35.9</v>
       </c>
-      <c r="ALI12" s="15" t="n">
+      <c r="ALM12" s="15" t="n">
         <v>-35.8</v>
       </c>
-      <c r="ALJ12" s="15" t="n">
+      <c r="ALN12" s="15" t="n">
         <v>-31.6</v>
       </c>
-      <c r="ALK12" s="15" t="n">
+      <c r="ALO12" s="15" t="n">
         <v>-32.7</v>
       </c>
-      <c r="ALL12" s="15" t="n">
+      <c r="ALP12" s="15" t="n">
         <v>-32.5</v>
       </c>
-      <c r="ALM12" s="15" t="n">
+      <c r="ALQ12" s="15" t="n">
         <v>-33.5</v>
       </c>
-      <c r="ALN12" s="15" t="n">
+      <c r="ALR12" s="15" t="n">
         <v>-34.8</v>
       </c>
-      <c r="ALO12" s="15" t="n">
+      <c r="ALS12" s="15" t="n">
         <v>-36.2</v>
       </c>
-      <c r="ALP12" s="15" t="n">
+      <c r="ALT12" s="15" t="n">
         <v>-38.8</v>
       </c>
-      <c r="ALQ12" s="15" t="n">
+      <c r="ALU12" s="15" t="n">
         <v>-41.3</v>
       </c>
-      <c r="ALR12" s="15" t="n">
+      <c r="ALV12" s="15" t="n">
         <v>-34.7</v>
       </c>
-      <c r="ALS12" s="15" t="n">
+      <c r="ALW12" s="15" t="n">
         <v>-18.1</v>
       </c>
-      <c r="ALT12" s="15" t="n">
+      <c r="ALX12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ALU12" s="15" t="n">
+      <c r="ALY12" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="ALV12" s="15" t="n">
+      <c r="ALZ12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ALW12" s="15" t="n">
+      <c r="AMA12" s="15" t="n">
         <v>1.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.5</v>
       </c>
       <c r="AMB12" s="15" t="n">
         <v>1.4</v>
       </c>
       <c r="AMC12" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="AMD12" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="AME12" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="AMF12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AMD12" s="15" t="n">
+      <c r="AMG12" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="AMH12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AME12" s="15" t="n">
+      <c r="AMI12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AMF12" s="15" t="n">
+      <c r="AMJ12" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AMG12" s="15" t="n">
+      <c r="AMK12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AMH12" s="15" t="n">
+      <c r="AML12" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="AMI12" s="15" t="n">
+      <c r="AMM12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AMJ12" s="15" t="n">
+      <c r="AMN12" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="AMK12" s="15" t="n">
+      <c r="AMO12" s="15" t="n">
         <v>-3.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>-3.0</v>
       </c>
       <c r="AMP12" s="15" t="n">
         <v>-2.4</v>
       </c>
       <c r="AMQ12" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="AMR12" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="AMS12" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="AMT12" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="AMU12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AMR12" s="15" t="n">
+      <c r="AMV12" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="AMS12" s="15" t="n">
+      <c r="AMW12" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="AMT12" s="15" t="n">
+      <c r="AMX12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AMU12" s="15" t="n">
+      <c r="AMY12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AMV12" s="15" t="n">
+      <c r="AMZ12" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.5</v>
       </c>
       <c r="ANA12" s="15" t="n">
         <v>1.5</v>
       </c>
       <c r="ANB12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="ANC12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="AND12" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="ANE12" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="ANF12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ANC12" s="15" t="n">
+      <c r="ANG12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AND12" s="15" t="n">
+      <c r="ANH12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="ANE12" s="15" t="n">
+      <c r="ANI12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="ANF12" s="15" t="n">
+      <c r="ANJ12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ANG12" s="15" t="n">
+      <c r="ANK12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ANH12" s="15" t="n">
+      <c r="ANL12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ANI12" s="15" t="n">
+      <c r="ANM12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ANJ12" s="15" t="n">
+      <c r="ANN12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ANK12" s="15" t="n">
+      <c r="ANO12" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ANL12" s="15" t="n">
+      <c r="ANP12" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ANM12" s="15" t="n">
+      <c r="ANQ12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ANN12" s="15" t="n">
+      <c r="ANR12" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ANO12" s="15" t="n">
+      <c r="ANS12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ANP12" s="15" t="n">
+      <c r="ANT12" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ANQ12" s="15" t="n">
+      <c r="ANU12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ANR12" s="15" t="n">
+      <c r="ANV12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="ANS12" s="15" t="n">
+      <c r="ANW12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ANT12" s="15" t="n">
+      <c r="ANX12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ANU12" s="15" t="n">
+      <c r="ANY12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ANV12" s="15" t="n">
+      <c r="ANZ12" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ANW12" s="15" t="n">
+      <c r="AOA12" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ANX12" s="15" t="n">
+      <c r="AOB12" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ANY12" s="15" t="n">
+      <c r="AOC12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ANZ12" s="15" t="n">
+      <c r="AOD12" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AOA12" s="15" t="n">
+      <c r="AOE12" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AOB12" s="15" t="n">
+      <c r="AOF12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AOC12" s="15" t="n">
+      <c r="AOG12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AOD12" s="15" t="n">
+      <c r="AOH12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AOE12" s="15" t="n">
+      <c r="AOI12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AOF12" s="15" t="n">
+      <c r="AOJ12" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AOG12" s="15" t="n">
+      <c r="AOK12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AOH12" s="15" t="n">
+      <c r="AOL12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AOI12" s="15" t="n">
+      <c r="AOM12" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AOJ12" s="15" t="n">
+      <c r="AON12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AOK12" s="15" t="n">
+      <c r="AOO12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AOL12" s="15" t="n">
+      <c r="AOP12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AOM12" s="15" t="n">
+      <c r="AOQ12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AON12" s="15" t="n">
+      <c r="AOR12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AOO12" s="15" t="n">
+      <c r="AOS12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AOP12" s="15" t="n">
+      <c r="AOT12" s="15" t="n">
         <v>-6.7</v>
       </c>
-      <c r="AOQ12" s="15" t="n">
+      <c r="AOU12" s="15" t="n">
         <v>-7.4</v>
       </c>
-      <c r="AOR12" s="15" t="n">
+      <c r="AOV12" s="15" t="n">
         <v>-8.5</v>
       </c>
-      <c r="AOS12" s="15" t="n">
+      <c r="AOW12" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="AOT12" s="15" t="n">
+      <c r="AOX12" s="15" t="n">
         <v>-9.6</v>
       </c>
-      <c r="AOU12" s="15" t="n">
+      <c r="AOY12" s="15" t="n">
         <v>-10.7</v>
       </c>
-      <c r="AOV12" s="15" t="n">
+      <c r="AOZ12" s="15" t="n">
         <v>-11.7</v>
       </c>
-      <c r="AOW12" s="15" t="n">
+      <c r="APA12" s="15" t="n">
         <v>-12.6</v>
       </c>
-      <c r="AOX12" s="15" t="n">
+      <c r="APB12" s="15" t="n">
         <v>-12.5</v>
       </c>
-      <c r="AOY12" s="15" t="n">
+      <c r="APC12" s="15" t="n">
         <v>-14.6</v>
       </c>
-      <c r="AOZ12" s="15" t="n">
+      <c r="APD12" s="15" t="n">
         <v>-13.4</v>
       </c>
-      <c r="APA12" s="15" t="n">
+      <c r="APE12" s="15" t="n">
         <v>-12.9</v>
       </c>
-      <c r="APB12" s="15" t="n">
+      <c r="APF12" s="15" t="n">
         <v>-8.7</v>
       </c>
-      <c r="APC12" s="15" t="n">
+      <c r="APG12" s="15" t="n">
         <v>-8.3</v>
       </c>
-      <c r="APD12" s="15" t="n">
+      <c r="APH12" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="APE12" s="15" t="n">
+      <c r="API12" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="APF12" s="15" t="n">
+      <c r="APJ12" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="APG12" s="15" t="n">
+      <c r="APK12" s="15" t="n">
         <v>-8.0</v>
       </c>
-      <c r="APH12" s="15" t="n">
+      <c r="APL12" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="API12" s="15" t="n">
+      <c r="APM12" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="APJ12" s="15" t="n">
+      <c r="APN12" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="APK12" s="15" t="n">
+      <c r="APO12" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="APL12" s="15" t="n">
+      <c r="APP12" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="APM12" s="15" t="n">
+      <c r="APQ12" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="APN12" s="15" t="n">
+      <c r="APR12" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="APO12" s="15" t="n">
+      <c r="APS12" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="APP12" s="15" t="n">
+      <c r="APT12" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="APQ12" s="15" t="n">
+      <c r="APU12" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="APR12" s="15" t="n">
+      <c r="APV12" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="APS12" s="15" t="n">
+      <c r="APW12" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="APT12" s="15" t="n">
+      <c r="APX12" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="APU12" s="15" t="n">
+      <c r="APY12" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="APV12" s="15" t="n">
+      <c r="APZ12" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="APW12" s="15" t="n">
+      <c r="AQA12" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="APX12" s="15" t="n">
+      <c r="AQB12" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="APY12" s="15" t="n">
+      <c r="AQC12" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="APZ12" s="15" t="n">
+      <c r="AQD12" s="15" t="n">
         <v>-1.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.5</v>
       </c>
       <c r="AQE12" s="15" t="n">
         <v>-0.7</v>
       </c>
       <c r="AQF12" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="AQG12" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="AQH12" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="AQI12" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="AQJ12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="AQG12" s="15" t="n">
+      <c r="AQK12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AQH12" s="15" t="n">
+      <c r="AQL12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AQI12" s="15" t="n">
+      <c r="AQM12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AQJ12" s="15" t="n">
+      <c r="AQN12" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AQK12" s="15" t="n">
+      <c r="AQO12" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AQL12" s="15" t="n">
+      <c r="AQP12" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="AQM12" s="15" t="n">
+      <c r="AQQ12" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="AQN12" s="15" t="n">
+      <c r="AQR12" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="AQO12" s="15" t="n">
+      <c r="AQS12" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="AQP12" s="15" t="n">
+      <c r="AQT12" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="AQQ12" s="15" t="n">
+      <c r="AQU12" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="AQR12" s="15" t="n">
+      <c r="AQV12" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="AQS12" s="15" t="n">
+      <c r="AQW12" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="AQT12" s="15" t="n">
+      <c r="AQX12" s="15" t="n">
         <v>-6.4</v>
       </c>
-      <c r="AQU12" s="15" t="n">
+      <c r="AQY12" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="AQV12" s="15" t="n">
+      <c r="AQZ12" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="AQW12" s="15" t="n">
+      <c r="ARA12" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="AQX12" s="15" t="n">
+      <c r="ARB12" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="AQY12" s="15" t="n">
+      <c r="ARC12" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="AQZ12" s="15" t="n">
+      <c r="ARD12" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="ARA12" s="15" t="n">
+      <c r="ARE12" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="ARB12" s="15" t="n">
+      <c r="ARF12" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="ARC12" s="15" t="n">
+      <c r="ARG12" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="ARD12" s="15" t="n">
+      <c r="ARH12" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="ARE12" s="15" t="n">
+      <c r="ARI12" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="ARF12" s="15" t="n">
+      <c r="ARJ12" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="ARG12" s="15" t="n">
+      <c r="ARK12" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="ARH12" s="15" t="n">
+      <c r="ARL12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ARI12" s="15" t="n">
+      <c r="ARM12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ARJ12" s="15" t="n">
+      <c r="ARN12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="ARK12" s="15" t="n">
+      <c r="ARO12" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="ARL12" s="15" t="n">
+      <c r="ARP12" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="ARM12" s="15" t="n">
+      <c r="ARQ12" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="ARN12" s="15" t="n">
+      <c r="ARR12" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="ARO12" s="15" t="n">
+      <c r="ARS12" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="ARP12" s="15" t="n">
+      <c r="ART12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="ARQ12" s="15" t="n">
+      <c r="ARU12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ARR12" s="15" t="n">
+      <c r="ARV12" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ARS12" s="15" t="n">
+      <c r="ARW12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ART12" s="15" t="n">
+      <c r="ARX12" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="ARU12" s="15" t="n">
+      <c r="ARY12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ARV12" s="15" t="n">
+      <c r="ARZ12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="ARW12" s="15" t="n">
+      <c r="ASA12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="ARX12" s="15" t="n">
+      <c r="ASB12" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ARY12" s="15" t="n">
+      <c r="ASC12" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ARZ12" s="15" t="n">
+      <c r="ASD12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ASA12" s="15" t="n">
+      <c r="ASE12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ASB12" s="15" t="n">
+      <c r="ASF12" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ASC12" s="15" t="n">
+      <c r="ASG12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ASD12" s="15" t="n">
+      <c r="ASH12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ASE12" s="15" t="n">
+      <c r="ASI12" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ASF12" s="15" t="n">
+      <c r="ASJ12" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ASG12" s="15" t="n">
+      <c r="ASK12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ASH12" s="15" t="n">
+      <c r="ASL12" s="15" t="n">
         <v>3.5</v>
-      </c>
-[...10 lines deleted...]
-        <v>3.6</v>
       </c>
       <c r="ASM12" s="15" t="n">
         <v>3.3</v>
       </c>
       <c r="ASN12" s="15" t="n">
         <v>3.6</v>
       </c>
       <c r="ASO12" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="ASP12" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="ASQ12" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="ASR12" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="ASS12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ASP12" s="15" t="n">
+      <c r="AST12" s="15" t="n">
         <v>4.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>3.0</v>
       </c>
       <c r="ASU12" s="15" t="n">
         <v>3.2</v>
       </c>
       <c r="ASV12" s="15" t="n">
-        <v>2.5</v>
+        <v>1.9</v>
       </c>
       <c r="ASW12" s="15" t="n">
-        <v>3.0</v>
+        <v>1.5</v>
       </c>
       <c r="ASX12" s="15" t="n">
         <v>3.0</v>
       </c>
       <c r="ASY12" s="15" t="n">
-        <v>2.9</v>
+        <v>3.2</v>
       </c>
       <c r="ASZ12" s="15" t="n">
         <v>2.5</v>
       </c>
       <c r="ATA12" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="ATB12" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="ATC12" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="ATD12" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="ATE12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ATB12" s="15" t="n">
+      <c r="ATF12" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ATC12" s="15" t="n">
+      <c r="ATG12" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ATD12" s="15" t="n">
+      <c r="ATH12" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="ATE12" s="15" t="n">
+      <c r="ATI12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="ATF12" s="15" t="n">
+      <c r="ATJ12" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="ATG12" s="15" t="n">
+      <c r="ATK12" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="ATH12" s="15" t="n">
+      <c r="ATL12" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="ATI12" s="15" t="n">
+      <c r="ATM12" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="ATJ12" s="15" t="n">
+      <c r="ATN12" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="ATK12" s="15" t="n">
+      <c r="ATO12" s="15" t="n">
         <v>-2.7</v>
-      </c>
-[...10 lines deleted...]
-        <v>-3.2</v>
       </c>
       <c r="ATP12" s="15" t="n">
         <v>-2.7</v>
       </c>
       <c r="ATQ12" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="ATR12" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="ATS12" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="ATT12" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="ATU12" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="ATR12" s="15" t="n">
+      <c r="ATV12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ATS12" s="15" t="n">
+      <c r="ATW12" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="ATT12" s="15" t="n">
+      <c r="ATX12" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="ATU12" s="15" t="n">
+      <c r="ATY12" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ATV12" s="15" t="n">
+      <c r="ATZ12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ATW12" s="15" t="n">
+      <c r="AUA12" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ATX12" s="15" t="n">
+      <c r="AUB12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ATY12" s="15" t="n">
+      <c r="AUC12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ATZ12" s="15" t="n">
+      <c r="AUD12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AUA12" s="15" t="n">
+      <c r="AUE12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="AUB12" s="15" t="n">
+      <c r="AUF12" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="AUC12" s="15" t="n">
+      <c r="AUG12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="AUD12" s="15" t="n">
+      <c r="AUH12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="AUE12" s="15" t="n">
+      <c r="AUI12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AUF12" s="15" t="n">
+      <c r="AUJ12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AUG12" s="15" t="n">
+      <c r="AUK12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AUH12" s="15" t="n">
+      <c r="AUL12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AUI12" s="15" t="n">
+      <c r="AUM12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AUJ12" s="15" t="n">
+      <c r="AUN12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AUK12" s="15" t="n">
+      <c r="AUO12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AUL12" s="15" t="n">
+      <c r="AUP12" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AUM12" s="15" t="n">
+      <c r="AUQ12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AUN12" s="15" t="n">
+      <c r="AUR12" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AUO12" s="15" t="n">
+      <c r="AUS12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AUP12" s="13" t="inlineStr">
+      <c r="AUT12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUQ12" s="13" t="inlineStr">
+      <c r="AUU12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUR12" s="13" t="inlineStr">
+      <c r="AUV12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUS12" s="13" t="inlineStr">
+      <c r="AUW12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUT12" s="13" t="inlineStr">
+      <c r="AUX12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUU12" s="13" t="inlineStr">
+      <c r="AUY12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUV12" s="13" t="inlineStr">
+      <c r="AUZ12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUW12" s="13" t="inlineStr">
+      <c r="AVA12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUX12" s="13" t="inlineStr">
+      <c r="AVB12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUY12" s="13" t="inlineStr">
+      <c r="AVC12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUZ12" s="13" t="inlineStr">
+      <c r="AVD12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AVA12" s="13" t="inlineStr">
+      <c r="AVE12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        Equipo del hogar (4743+4752+4754+4759+4763)</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>124.579</v>
+        <v>108.229</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>121.857</v>
+        <v>125.162</v>
       </c>
       <c r="D13" s="14" t="n">
+        <v>122.414</v>
+      </c>
+      <c r="E13" s="14" t="n">
         <v>119.941</v>
       </c>
-      <c r="E13" s="14" t="n">
+      <c r="F13" s="14" t="n">
         <v>113.296</v>
       </c>
-      <c r="F13" s="14" t="n">
+      <c r="G13" s="14" t="n">
         <v>111.358</v>
       </c>
-      <c r="G13" s="14" t="n">
+      <c r="H13" s="14" t="n">
         <v>138.559</v>
       </c>
-      <c r="H13" s="14" t="n">
+      <c r="I13" s="14" t="n">
         <v>129.692</v>
       </c>
-      <c r="I13" s="14" t="n">
+      <c r="J13" s="14" t="n">
         <v>123.223</v>
       </c>
-      <c r="J13" s="14" t="n">
+      <c r="K13" s="14" t="n">
         <v>116.491</v>
       </c>
-      <c r="K13" s="14" t="n">
+      <c r="L13" s="14" t="n">
         <v>113.935</v>
       </c>
-      <c r="L13" s="14" t="n">
+      <c r="M13" s="14" t="n">
         <v>105.024</v>
       </c>
-      <c r="M13" s="14" t="n">
+      <c r="N13" s="14" t="n">
         <v>106.74</v>
       </c>
-      <c r="N13" s="14" t="n">
+      <c r="O13" s="14" t="n">
         <v>117.823</v>
       </c>
-      <c r="O13" s="14" t="n">
+      <c r="P13" s="14" t="n">
         <v>115.265</v>
       </c>
-      <c r="P13" s="14" t="n">
+      <c r="Q13" s="14" t="n">
         <v>113.266</v>
       </c>
-      <c r="Q13" s="14" t="n">
+      <c r="R13" s="14" t="n">
         <v>104.248</v>
       </c>
-      <c r="R13" s="14" t="n">
+      <c r="S13" s="14" t="n">
         <v>105.198</v>
       </c>
-      <c r="S13" s="14" t="n">
+      <c r="T13" s="14" t="n">
         <v>129.519</v>
       </c>
-      <c r="T13" s="14" t="n">
+      <c r="U13" s="14" t="n">
         <v>117.731</v>
       </c>
-      <c r="U13" s="14" t="n">
+      <c r="V13" s="14" t="n">
         <v>116.421</v>
       </c>
-      <c r="V13" s="14" t="n">
+      <c r="W13" s="14" t="n">
         <v>113.31</v>
       </c>
-      <c r="W13" s="14" t="n">
+      <c r="X13" s="14" t="n">
         <v>107.256</v>
       </c>
-      <c r="X13" s="14" t="n">
+      <c r="Y13" s="14" t="n">
         <v>103.757</v>
       </c>
-      <c r="Y13" s="14" t="n">
+      <c r="Z13" s="14" t="n">
         <v>104.408</v>
       </c>
-      <c r="Z13" s="14" t="n">
+      <c r="AA13" s="14" t="n">
         <v>110.87</v>
       </c>
-      <c r="AA13" s="14" t="n">
+      <c r="AB13" s="14" t="n">
         <v>112.551</v>
       </c>
-      <c r="AB13" s="14" t="n">
+      <c r="AC13" s="14" t="n">
         <v>105.452</v>
       </c>
-      <c r="AC13" s="14" t="n">
+      <c r="AD13" s="14" t="n">
         <v>102.807</v>
       </c>
-      <c r="AD13" s="14" t="n">
+      <c r="AE13" s="14" t="n">
         <v>101.422</v>
       </c>
-      <c r="AE13" s="14" t="n">
+      <c r="AF13" s="14" t="n">
         <v>123.333</v>
       </c>
-      <c r="AF13" s="14" t="n">
+      <c r="AG13" s="14" t="n">
         <v>119.218</v>
       </c>
-      <c r="AG13" s="14" t="n">
+      <c r="AH13" s="14" t="n">
         <v>112.985</v>
       </c>
-      <c r="AH13" s="14" t="n">
+      <c r="AI13" s="14" t="n">
         <v>103.584</v>
       </c>
-      <c r="AI13" s="14" t="n">
+      <c r="AJ13" s="14" t="n">
         <v>109.635</v>
       </c>
-      <c r="AJ13" s="14" t="n">
+      <c r="AK13" s="14" t="n">
         <v>95.355</v>
       </c>
-      <c r="AK13" s="14" t="n">
+      <c r="AL13" s="14" t="n">
         <v>98.442</v>
       </c>
-      <c r="AL13" s="14" t="n">
+      <c r="AM13" s="14" t="n">
         <v>108.362</v>
       </c>
-      <c r="AM13" s="14" t="n">
+      <c r="AN13" s="14" t="n">
         <v>108.692</v>
       </c>
-      <c r="AN13" s="14" t="n">
+      <c r="AO13" s="14" t="n">
         <v>102.59</v>
       </c>
-      <c r="AO13" s="14" t="n">
+      <c r="AP13" s="14" t="n">
         <v>101.219</v>
       </c>
-      <c r="AP13" s="14" t="n">
+      <c r="AQ13" s="14" t="n">
         <v>101.207</v>
       </c>
-      <c r="AQ13" s="14" t="n">
+      <c r="AR13" s="14" t="n">
         <v>116.054</v>
       </c>
-      <c r="AR13" s="14" t="n">
+      <c r="AS13" s="14" t="n">
         <v>113.805</v>
       </c>
-      <c r="AS13" s="14" t="n">
+      <c r="AT13" s="14" t="n">
         <v>107.945</v>
       </c>
-      <c r="AT13" s="14" t="n">
+      <c r="AU13" s="14" t="n">
         <v>99.15</v>
       </c>
-      <c r="AU13" s="14" t="n">
+      <c r="AV13" s="14" t="n">
         <v>100.64</v>
       </c>
-      <c r="AV13" s="14" t="n">
+      <c r="AW13" s="14" t="n">
         <v>90.476</v>
       </c>
-      <c r="AW13" s="14" t="n">
+      <c r="AX13" s="14" t="n">
         <v>91.097</v>
       </c>
-      <c r="AX13" s="14" t="n">
+      <c r="AY13" s="14" t="n">
         <v>105.199</v>
       </c>
-      <c r="AY13" s="14" t="n">
+      <c r="AZ13" s="14" t="n">
         <v>107.66</v>
       </c>
-      <c r="AZ13" s="14" t="n">
+      <c r="BA13" s="14" t="n">
         <v>95.908</v>
       </c>
-      <c r="BA13" s="14" t="n">
+      <c r="BB13" s="14" t="n">
         <v>99.233</v>
       </c>
-      <c r="BB13" s="14" t="n">
+      <c r="BC13" s="14" t="n">
         <v>95.124</v>
       </c>
-      <c r="BC13" s="14" t="n">
+      <c r="BD13" s="14" t="n">
         <v>119.285</v>
       </c>
-      <c r="BD13" s="14" t="n">
+      <c r="BE13" s="14" t="n">
         <v>111.825</v>
       </c>
-      <c r="BE13" s="14" t="n">
+      <c r="BF13" s="14" t="n">
         <v>108.499</v>
       </c>
-      <c r="BF13" s="14" t="n">
+      <c r="BG13" s="14" t="n">
         <v>95.599</v>
       </c>
-      <c r="BG13" s="14" t="n">
+      <c r="BH13" s="14" t="n">
         <v>101.795</v>
       </c>
-      <c r="BH13" s="14" t="n">
+      <c r="BI13" s="14" t="n">
         <v>80.131</v>
       </c>
-      <c r="BI13" s="14" t="n">
+      <c r="BJ13" s="14" t="n">
         <v>79.742</v>
       </c>
-      <c r="BJ13" s="14" t="n">
+      <c r="BK13" s="14" t="n">
         <v>97.26</v>
       </c>
-      <c r="BK13" s="14" t="n">
+      <c r="BL13" s="14" t="n">
         <v>90.614</v>
       </c>
-      <c r="BL13" s="14" t="n">
+      <c r="BM13" s="14" t="n">
         <v>90.151</v>
       </c>
-      <c r="BM13" s="14" t="n">
+      <c r="BN13" s="14" t="n">
         <v>87.831</v>
       </c>
-      <c r="BN13" s="14" t="n">
+      <c r="BO13" s="14" t="n">
         <v>86.051</v>
       </c>
-      <c r="BO13" s="14" t="n">
+      <c r="BP13" s="14" t="n">
         <v>108.667</v>
       </c>
-      <c r="BP13" s="14" t="n">
+      <c r="BQ13" s="14" t="n">
         <v>98.309</v>
       </c>
-      <c r="BQ13" s="14" t="n">
+      <c r="BR13" s="14" t="n">
         <v>57.621</v>
       </c>
-      <c r="BR13" s="14" t="n">
+      <c r="BS13" s="14" t="n">
         <v>19.276</v>
       </c>
-      <c r="BS13" s="14" t="n">
+      <c r="BT13" s="14" t="n">
         <v>46.486</v>
       </c>
-      <c r="BT13" s="14" t="n">
+      <c r="BU13" s="14" t="n">
         <v>79.324</v>
       </c>
-      <c r="BU13" s="14" t="n">
+      <c r="BV13" s="14" t="n">
         <v>80.72</v>
       </c>
-      <c r="BV13" s="14" t="n">
+      <c r="BW13" s="14" t="n">
         <v>88.537</v>
       </c>
-      <c r="BW13" s="14" t="n">
+      <c r="BX13" s="14" t="n">
         <v>87.556</v>
       </c>
-      <c r="BX13" s="14" t="n">
+      <c r="BY13" s="14" t="n">
         <v>84.148</v>
       </c>
-      <c r="BY13" s="14" t="n">
+      <c r="BZ13" s="14" t="n">
         <v>78.839</v>
       </c>
-      <c r="BZ13" s="14" t="n">
+      <c r="CA13" s="14" t="n">
         <v>78.497</v>
       </c>
-      <c r="CA13" s="14" t="n">
+      <c r="CB13" s="14" t="n">
         <v>98.655</v>
       </c>
-      <c r="CB13" s="14" t="n">
+      <c r="CC13" s="14" t="n">
         <v>88.205</v>
       </c>
-      <c r="CC13" s="14" t="n">
+      <c r="CD13" s="14" t="n">
         <v>85.314</v>
       </c>
-      <c r="CD13" s="14" t="n">
+      <c r="CE13" s="14" t="n">
         <v>82.18</v>
       </c>
-      <c r="CE13" s="14" t="n">
+      <c r="CF13" s="14" t="n">
         <v>82.171</v>
       </c>
-      <c r="CF13" s="14" t="n">
+      <c r="CG13" s="14" t="n">
         <v>74.247</v>
       </c>
-      <c r="CG13" s="14" t="n">
+      <c r="CH13" s="14" t="n">
         <v>80.062</v>
       </c>
-      <c r="CH13" s="14" t="n">
+      <c r="CI13" s="14" t="n">
         <v>87.277</v>
       </c>
-      <c r="CI13" s="14" t="n">
+      <c r="CJ13" s="14" t="n">
         <v>86.35</v>
       </c>
-      <c r="CJ13" s="14" t="n">
+      <c r="CK13" s="14" t="n">
         <v>83.576</v>
       </c>
-      <c r="CK13" s="14" t="n">
+      <c r="CL13" s="14" t="n">
         <v>78.181</v>
       </c>
-      <c r="CL13" s="14" t="n">
+      <c r="CM13" s="14" t="n">
         <v>76.61</v>
       </c>
-      <c r="CM13" s="14" t="n">
+      <c r="CN13" s="14" t="n">
         <v>94.832</v>
       </c>
-      <c r="CN13" s="14" t="n">
+      <c r="CO13" s="14" t="n">
         <v>89.625</v>
       </c>
-      <c r="CO13" s="14" t="n">
+      <c r="CP13" s="14" t="n">
         <v>83.776</v>
       </c>
-      <c r="CP13" s="14" t="n">
+      <c r="CQ13" s="14" t="n">
         <v>79.854</v>
       </c>
-      <c r="CQ13" s="14" t="n">
+      <c r="CR13" s="14" t="n">
         <v>81.856</v>
       </c>
-      <c r="CR13" s="14" t="n">
+      <c r="CS13" s="14" t="n">
         <v>72.225</v>
       </c>
-      <c r="CS13" s="14" t="n">
+      <c r="CT13" s="14" t="n">
         <v>78.964</v>
       </c>
-      <c r="CT13" s="14" t="n">
+      <c r="CU13" s="14" t="n">
         <v>86.604</v>
       </c>
-      <c r="CU13" s="14" t="n">
+      <c r="CV13" s="14" t="n">
         <v>84.94</v>
       </c>
-      <c r="CV13" s="14" t="n">
+      <c r="CW13" s="14" t="n">
         <v>79.07</v>
       </c>
-      <c r="CW13" s="14" t="n">
+      <c r="CX13" s="14" t="n">
         <v>76.652</v>
       </c>
-      <c r="CX13" s="14" t="n">
+      <c r="CY13" s="14" t="n">
         <v>74.204</v>
       </c>
-      <c r="CY13" s="14" t="n">
+      <c r="CZ13" s="14" t="n">
         <v>90.012</v>
       </c>
-      <c r="CZ13" s="14" t="n">
+      <c r="DA13" s="14" t="n">
         <v>87.391</v>
       </c>
-      <c r="DA13" s="14" t="n">
+      <c r="DB13" s="14" t="n">
         <v>80.93</v>
       </c>
-      <c r="DB13" s="14" t="n">
+      <c r="DC13" s="14" t="n">
         <v>76.938</v>
       </c>
-      <c r="DC13" s="14" t="n">
+      <c r="DD13" s="14" t="n">
         <v>79.64</v>
       </c>
-      <c r="DD13" s="14" t="n">
+      <c r="DE13" s="14" t="n">
         <v>69.789</v>
       </c>
-      <c r="DE13" s="14" t="n">
+      <c r="DF13" s="14" t="n">
         <v>74.347</v>
       </c>
-      <c r="DF13" s="14" t="n">
+      <c r="DG13" s="14" t="n">
         <v>86.15</v>
       </c>
-      <c r="DG13" s="14" t="n">
+      <c r="DH13" s="14" t="n">
         <v>79.087</v>
       </c>
-      <c r="DH13" s="14" t="n">
+      <c r="DI13" s="14" t="n">
         <v>74.587</v>
       </c>
-      <c r="DI13" s="14" t="n">
+      <c r="DJ13" s="14" t="n">
         <v>73.651</v>
       </c>
-      <c r="DJ13" s="14" t="n">
+      <c r="DK13" s="14" t="n">
         <v>69.847</v>
       </c>
-      <c r="DK13" s="14" t="n">
+      <c r="DL13" s="14" t="n">
         <v>85.597</v>
       </c>
-      <c r="DL13" s="14" t="n">
+      <c r="DM13" s="14" t="n">
         <v>79.42</v>
       </c>
-      <c r="DM13" s="14" t="n">
+      <c r="DN13" s="14" t="n">
         <v>74.178</v>
       </c>
-      <c r="DN13" s="14" t="n">
+      <c r="DO13" s="14" t="n">
         <v>75.483</v>
       </c>
-      <c r="DO13" s="14" t="n">
+      <c r="DP13" s="14" t="n">
         <v>73.02</v>
       </c>
-      <c r="DP13" s="14" t="n">
+      <c r="DQ13" s="14" t="n">
         <v>67.098</v>
       </c>
-      <c r="DQ13" s="14" t="n">
+      <c r="DR13" s="14" t="n">
         <v>72.278</v>
       </c>
-      <c r="DR13" s="14" t="n">
+      <c r="DS13" s="14" t="n">
         <v>85.171</v>
       </c>
-      <c r="DS13" s="14" t="n">
+      <c r="DT13" s="14" t="n">
         <v>75.709</v>
       </c>
-      <c r="DT13" s="14" t="n">
+      <c r="DU13" s="14" t="n">
         <v>74.71</v>
       </c>
-      <c r="DU13" s="14" t="n">
+      <c r="DV13" s="14" t="n">
         <v>71.435</v>
       </c>
-      <c r="DV13" s="14" t="n">
+      <c r="DW13" s="14" t="n">
         <v>66.597</v>
       </c>
-      <c r="DW13" s="14" t="n">
+      <c r="DX13" s="14" t="n">
         <v>83.045</v>
       </c>
-      <c r="DX13" s="14" t="n">
+      <c r="DY13" s="14" t="n">
         <v>74.908</v>
       </c>
-      <c r="DY13" s="14" t="n">
+      <c r="DZ13" s="14" t="n">
         <v>68.934</v>
       </c>
-      <c r="DZ13" s="14" t="n">
+      <c r="EA13" s="14" t="n">
         <v>68.892</v>
       </c>
-      <c r="EA13" s="14" t="n">
+      <c r="EB13" s="14" t="n">
         <v>69.475</v>
       </c>
-      <c r="EB13" s="14" t="n">
+      <c r="EC13" s="14" t="n">
         <v>61.402</v>
       </c>
-      <c r="EC13" s="14" t="n">
+      <c r="ED13" s="14" t="n">
         <v>69.14</v>
       </c>
-      <c r="ED13" s="14" t="n">
+      <c r="EE13" s="14" t="n">
         <v>80.007</v>
       </c>
-      <c r="EE13" s="14" t="n">
+      <c r="EF13" s="14" t="n">
         <v>70.682</v>
       </c>
-      <c r="EF13" s="14" t="n">
+      <c r="EG13" s="14" t="n">
         <v>69.745</v>
       </c>
-      <c r="EG13" s="14" t="n">
+      <c r="EH13" s="14" t="n">
         <v>66.779</v>
       </c>
-      <c r="EH13" s="14" t="n">
+      <c r="EI13" s="14" t="n">
         <v>62.178</v>
       </c>
-      <c r="EI13" s="14" t="n">
+      <c r="EJ13" s="14" t="n">
         <v>77.865</v>
       </c>
-      <c r="EJ13" s="14" t="n">
+      <c r="EK13" s="14" t="n">
         <v>70.9</v>
       </c>
-      <c r="EK13" s="14" t="n">
+      <c r="EL13" s="14" t="n">
         <v>67.816</v>
       </c>
-      <c r="EL13" s="14" t="n">
+      <c r="EM13" s="14" t="n">
         <v>65.003</v>
       </c>
-      <c r="EM13" s="14" t="n">
+      <c r="EN13" s="14" t="n">
         <v>63.232</v>
       </c>
-      <c r="EN13" s="14" t="n">
+      <c r="EO13" s="14" t="n">
         <v>58.983</v>
       </c>
-      <c r="EO13" s="14" t="n">
+      <c r="EP13" s="14" t="n">
         <v>67.094</v>
       </c>
-      <c r="EP13" s="14" t="n">
+      <c r="EQ13" s="14" t="n">
         <v>75.478</v>
       </c>
-      <c r="EQ13" s="14" t="n">
+      <c r="ER13" s="14" t="n">
         <v>67.058</v>
       </c>
-      <c r="ER13" s="14" t="n">
+      <c r="ES13" s="14" t="n">
         <v>66.399</v>
       </c>
-      <c r="ES13" s="14" t="n">
+      <c r="ET13" s="14" t="n">
         <v>64.208</v>
       </c>
-      <c r="ET13" s="14" t="n">
+      <c r="EU13" s="14" t="n">
         <v>64.891</v>
       </c>
-      <c r="EU13" s="14" t="n">
+      <c r="EV13" s="14" t="n">
         <v>77.451</v>
       </c>
-      <c r="EV13" s="14" t="n">
+      <c r="EW13" s="14" t="n">
         <v>68.648</v>
       </c>
-      <c r="EW13" s="14" t="n">
+      <c r="EX13" s="14" t="n">
         <v>66.421</v>
       </c>
-      <c r="EX13" s="14" t="n">
+      <c r="EY13" s="14" t="n">
         <v>64.805</v>
       </c>
-      <c r="EY13" s="14" t="n">
+      <c r="EZ13" s="14" t="n">
         <v>62.395</v>
       </c>
-      <c r="EZ13" s="14" t="n">
+      <c r="FA13" s="14" t="n">
         <v>59.398</v>
       </c>
-      <c r="FA13" s="14" t="n">
+      <c r="FB13" s="14" t="n">
         <v>65.635</v>
       </c>
-      <c r="FB13" s="14" t="n">
+      <c r="FC13" s="14" t="n">
         <v>75.672</v>
       </c>
-      <c r="FC13" s="14" t="n">
+      <c r="FD13" s="14" t="n">
         <v>66.371</v>
       </c>
-      <c r="FD13" s="14" t="n">
+      <c r="FE13" s="14" t="n">
         <v>67.609</v>
       </c>
-      <c r="FE13" s="14" t="n">
+      <c r="FF13" s="14" t="n">
         <v>61.458</v>
       </c>
-      <c r="FF13" s="14" t="n">
+      <c r="FG13" s="14" t="n">
         <v>78.235</v>
       </c>
-      <c r="FG13" s="14" t="n">
+      <c r="FH13" s="14" t="n">
         <v>86.224</v>
       </c>
-      <c r="FH13" s="14" t="n">
+      <c r="FI13" s="14" t="n">
         <v>78.174</v>
       </c>
-      <c r="FI13" s="14" t="n">
+      <c r="FJ13" s="14" t="n">
         <v>74.267</v>
       </c>
-      <c r="FJ13" s="14" t="n">
+      <c r="FK13" s="14" t="n">
         <v>71.012</v>
       </c>
-      <c r="FK13" s="14" t="n">
+      <c r="FL13" s="14" t="n">
         <v>78.152</v>
       </c>
-      <c r="FL13" s="14" t="n">
+      <c r="FM13" s="14" t="n">
         <v>70.912</v>
       </c>
-      <c r="FM13" s="14" t="n">
+      <c r="FN13" s="14" t="n">
         <v>79.417</v>
       </c>
-      <c r="FN13" s="14" t="n">
+      <c r="FO13" s="14" t="n">
         <v>91.679</v>
       </c>
-      <c r="FO13" s="14" t="n">
+      <c r="FP13" s="14" t="n">
         <v>81.874</v>
       </c>
-      <c r="FP13" s="14" t="n">
+      <c r="FQ13" s="14" t="n">
         <v>84.347</v>
       </c>
-      <c r="FQ13" s="14" t="n">
+      <c r="FR13" s="14" t="n">
         <v>83.093</v>
       </c>
-      <c r="FR13" s="14" t="n">
+      <c r="FS13" s="14" t="n">
         <v>77.276</v>
       </c>
-      <c r="FS13" s="14" t="n">
+      <c r="FT13" s="14" t="n">
         <v>98.455</v>
       </c>
-      <c r="FT13" s="14" t="n">
+      <c r="FU13" s="14" t="n">
         <v>90.7</v>
       </c>
-      <c r="FU13" s="14" t="n">
+      <c r="FV13" s="14" t="n">
         <v>84.58</v>
       </c>
-      <c r="FV13" s="14" t="n">
+      <c r="FW13" s="14" t="n">
         <v>84.608</v>
       </c>
-      <c r="FW13" s="14" t="n">
+      <c r="FX13" s="14" t="n">
         <v>87.169</v>
       </c>
-      <c r="FX13" s="14" t="n">
+      <c r="FY13" s="14" t="n">
         <v>79.031</v>
       </c>
-      <c r="FY13" s="14" t="n">
+      <c r="FZ13" s="14" t="n">
         <v>86.171</v>
       </c>
-      <c r="FZ13" s="14" t="n">
+      <c r="GA13" s="14" t="n">
         <v>103.766</v>
       </c>
-      <c r="GA13" s="14" t="n">
+      <c r="GB13" s="14" t="n">
         <v>91.162</v>
       </c>
-      <c r="GB13" s="14" t="n">
+      <c r="GC13" s="14" t="n">
         <v>90.441</v>
       </c>
-      <c r="GC13" s="14" t="n">
+      <c r="GD13" s="14" t="n">
         <v>86.85</v>
       </c>
-      <c r="GD13" s="14" t="n">
+      <c r="GE13" s="14" t="n">
         <v>85.06</v>
       </c>
-      <c r="GE13" s="14" t="n">
+      <c r="GF13" s="14" t="n">
         <v>101.243</v>
       </c>
-      <c r="GF13" s="14" t="n">
+      <c r="GG13" s="14" t="n">
         <v>112.061</v>
       </c>
-      <c r="GG13" s="14" t="n">
+      <c r="GH13" s="14" t="n">
         <v>96.241</v>
       </c>
-      <c r="GH13" s="14" t="n">
+      <c r="GI13" s="14" t="n">
         <v>93.569</v>
       </c>
-      <c r="GI13" s="14" t="n">
+      <c r="GJ13" s="14" t="n">
         <v>99.178</v>
       </c>
-      <c r="GJ13" s="14" t="n">
+      <c r="GK13" s="14" t="n">
         <v>87.021</v>
       </c>
-      <c r="GK13" s="14" t="n">
+      <c r="GL13" s="14" t="n">
         <v>91.912</v>
       </c>
-      <c r="GL13" s="14" t="n">
+      <c r="GM13" s="14" t="n">
         <v>113.142</v>
       </c>
-      <c r="GM13" s="14" t="n">
+      <c r="GN13" s="14" t="n">
         <v>95.707</v>
       </c>
-      <c r="GN13" s="14" t="n">
+      <c r="GO13" s="14" t="n">
         <v>101.135</v>
       </c>
-      <c r="GO13" s="14" t="n">
+      <c r="GP13" s="14" t="n">
         <v>94.423</v>
       </c>
-      <c r="GP13" s="14" t="n">
+      <c r="GQ13" s="14" t="n">
         <v>86.16</v>
       </c>
-      <c r="GQ13" s="14" t="n">
+      <c r="GR13" s="14" t="n">
         <v>110.877</v>
       </c>
-      <c r="GR13" s="14" t="n">
+      <c r="GS13" s="14" t="n">
         <v>96.201</v>
       </c>
-      <c r="GS13" s="14" t="n">
+      <c r="GT13" s="14" t="n">
         <v>91.153</v>
       </c>
-      <c r="GT13" s="14" t="n">
+      <c r="GU13" s="14" t="n">
         <v>92.566</v>
       </c>
-      <c r="GU13" s="14" t="n">
+      <c r="GV13" s="14" t="n">
         <v>95.699</v>
       </c>
-      <c r="GV13" s="14" t="n">
+      <c r="GW13" s="14" t="n">
         <v>91.171</v>
       </c>
-      <c r="GW13" s="14" t="n">
+      <c r="GX13" s="14" t="n">
         <v>100.383</v>
       </c>
-      <c r="GX13" s="14" t="n">
+      <c r="GY13" s="14" t="n">
         <v>122.362</v>
       </c>
-      <c r="GY13" s="14" t="n">
+      <c r="GZ13" s="14" t="n">
         <v>108.1</v>
       </c>
-      <c r="GZ13" s="14" t="n">
+      <c r="HA13" s="14" t="n">
         <v>119.08</v>
       </c>
-      <c r="HA13" s="14" t="n">
+      <c r="HB13" s="14" t="n">
         <v>112.087</v>
       </c>
-      <c r="HB13" s="14" t="n">
+      <c r="HC13" s="14" t="n">
         <v>101.116</v>
       </c>
-      <c r="HC13" s="14" t="n">
+      <c r="HD13" s="14" t="n">
         <v>138.444</v>
       </c>
-      <c r="HD13" s="14" t="n">
+      <c r="HE13" s="14" t="n">
         <v>118.726</v>
       </c>
-      <c r="HE13" s="14" t="n">
+      <c r="HF13" s="14" t="n">
         <v>123.014</v>
       </c>
-      <c r="HF13" s="14" t="n">
+      <c r="HG13" s="14" t="n">
         <v>126.004</v>
       </c>
-      <c r="HG13" s="14" t="n">
+      <c r="HH13" s="14" t="n">
         <v>121.136</v>
       </c>
-      <c r="HH13" s="14" t="n">
+      <c r="HI13" s="14" t="n">
         <v>124.849</v>
       </c>
-      <c r="HI13" s="14" t="n">
+      <c r="HJ13" s="14" t="n">
         <v>138.421</v>
       </c>
-      <c r="HJ13" s="14" t="n">
+      <c r="HK13" s="14" t="n">
         <v>155.173</v>
       </c>
-      <c r="HK13" s="14" t="n">
+      <c r="HL13" s="14" t="n">
         <v>145.196</v>
       </c>
-      <c r="HL13" s="14" t="n">
+      <c r="HM13" s="14" t="n">
         <v>147.834</v>
       </c>
-      <c r="HM13" s="14" t="n">
+      <c r="HN13" s="14" t="n">
         <v>134.796</v>
       </c>
-      <c r="HN13" s="14" t="n">
+      <c r="HO13" s="14" t="n">
         <v>128.313</v>
       </c>
-      <c r="HO13" s="14" t="n">
+      <c r="HP13" s="14" t="n">
         <v>163.732</v>
       </c>
-      <c r="HP13" s="14" t="n">
+      <c r="HQ13" s="14" t="n">
         <v>150.479</v>
       </c>
-      <c r="HQ13" s="14" t="n">
+      <c r="HR13" s="14" t="n">
         <v>146.973</v>
       </c>
-      <c r="HR13" s="14" t="n">
+      <c r="HS13" s="14" t="n">
         <v>138.573</v>
       </c>
-      <c r="HS13" s="14" t="n">
+      <c r="HT13" s="14" t="n">
         <v>153.214</v>
       </c>
-      <c r="HT13" s="14" t="n">
+      <c r="HU13" s="14" t="n">
         <v>133.66</v>
       </c>
-      <c r="HU13" s="14" t="n">
+      <c r="HV13" s="14" t="n">
         <v>149.788</v>
       </c>
-      <c r="HV13" s="14" t="n">
+      <c r="HW13" s="14" t="n">
         <v>168.22</v>
       </c>
-      <c r="HW13" s="14" t="n">
+      <c r="HX13" s="14" t="n">
         <v>154.095</v>
       </c>
-      <c r="HX13" s="14" t="n">
+      <c r="HY13" s="14" t="n">
         <v>154.33</v>
       </c>
-      <c r="HY13" s="14" t="n">
+      <c r="HZ13" s="14" t="n">
         <v>140.888</v>
       </c>
-      <c r="HZ13" s="14" t="n">
+      <c r="IA13" s="14" t="n">
         <v>126.503</v>
       </c>
-      <c r="IA13" s="14" t="n">
+      <c r="IB13" s="14" t="n">
         <v>167.106</v>
       </c>
-      <c r="IB13" s="14" t="n">
+      <c r="IC13" s="14" t="n">
         <v>154.935</v>
       </c>
-      <c r="IC13" s="14" t="n">
+      <c r="ID13" s="14" t="n">
         <v>148.965</v>
       </c>
-      <c r="ID13" s="14" t="n">
+      <c r="IE13" s="14" t="n">
         <v>135.953</v>
       </c>
-      <c r="IE13" s="14" t="n">
+      <c r="IF13" s="14" t="n">
         <v>147.755</v>
       </c>
-      <c r="IF13" s="14" t="n">
+      <c r="IG13" s="14" t="n">
         <v>133.396</v>
       </c>
-      <c r="IG13" s="14" t="n">
+      <c r="IH13" s="14" t="n">
         <v>142.079</v>
       </c>
-      <c r="IH13" s="14" t="n">
+      <c r="II13" s="14" t="n">
         <v>170.71</v>
       </c>
-      <c r="II13" s="14" t="n">
+      <c r="IJ13" s="14" t="n">
         <v>148.07</v>
       </c>
-      <c r="IJ13" s="14" t="n">
+      <c r="IK13" s="14" t="n">
         <v>141.759</v>
       </c>
-      <c r="IK13" s="14" t="n">
+      <c r="IL13" s="14" t="n">
         <v>137.248</v>
       </c>
-      <c r="IL13" s="14" t="n">
+      <c r="IM13" s="14" t="n">
         <v>122.044</v>
       </c>
-      <c r="IM13" s="14" t="n">
+      <c r="IN13" s="14" t="n">
         <v>157.605</v>
       </c>
-      <c r="IN13" s="14" t="n">
+      <c r="IO13" s="14" t="n">
         <v>150.021</v>
       </c>
-      <c r="IO13" s="14" t="n">
+      <c r="IP13" s="14" t="n">
         <v>138.97</v>
       </c>
-      <c r="IP13" s="14" t="n">
+      <c r="IQ13" s="14" t="n">
         <v>142.429</v>
       </c>
-      <c r="IQ13" s="14" t="n">
+      <c r="IR13" s="14" t="n">
         <v>138.102</v>
       </c>
-      <c r="IR13" s="14" t="n">
+      <c r="IS13" s="14" t="n">
         <v>127.622</v>
       </c>
-      <c r="IS13" s="14" t="n">
+      <c r="IT13" s="14" t="n">
         <v>139.291</v>
       </c>
-      <c r="IT13" s="14" t="n">
+      <c r="IU13" s="14" t="n">
         <v>171.634</v>
       </c>
-      <c r="IU13" s="14" t="n">
+      <c r="IV13" s="14" t="n">
         <v>144.98</v>
       </c>
-      <c r="IV13" s="14" t="n">
+      <c r="IW13" s="14" t="n">
         <v>143.722</v>
       </c>
-      <c r="IW13" s="14" t="n">
+      <c r="IX13" s="14" t="n">
         <v>137.432</v>
       </c>
-      <c r="IX13" s="14" t="n">
+      <c r="IY13" s="14" t="n">
         <v>116.736</v>
       </c>
-      <c r="IY13" s="14" t="n">
+      <c r="IZ13" s="14" t="n">
         <v>162.178</v>
       </c>
-      <c r="IZ13" s="14" t="n">
+      <c r="JA13" s="14" t="n">
         <v>148.917</v>
       </c>
-      <c r="JA13" s="14" t="n">
+      <c r="JB13" s="14" t="n">
         <v>138.664</v>
       </c>
-      <c r="JB13" s="14" t="n">
+      <c r="JC13" s="14" t="n">
         <v>135.669</v>
       </c>
-      <c r="JC13" s="14" t="n">
+      <c r="JD13" s="14" t="n">
         <v>140.729</v>
       </c>
-      <c r="JD13" s="14" t="n">
+      <c r="JE13" s="14" t="n">
         <v>129.767</v>
       </c>
-      <c r="JE13" s="14" t="n">
+      <c r="JF13" s="14" t="n">
         <v>137.862</v>
       </c>
-      <c r="JF13" s="14" t="n">
+      <c r="JG13" s="14" t="n">
         <v>163.94</v>
       </c>
-      <c r="JG13" s="14" t="n">
+      <c r="JH13" s="14" t="n">
         <v>137.529</v>
       </c>
-      <c r="JH13" s="14" t="n">
+      <c r="JI13" s="14" t="n">
         <v>144.008</v>
       </c>
-      <c r="JI13" s="14" t="n">
+      <c r="JJ13" s="14" t="n">
         <v>133.178</v>
       </c>
-      <c r="JJ13" s="14" t="n">
+      <c r="JK13" s="14" t="n">
         <v>114.638</v>
       </c>
-      <c r="JK13" s="14" t="n">
+      <c r="JL13" s="14" t="n">
         <v>156.18</v>
       </c>
-      <c r="JL13" s="14" t="n">
+      <c r="JM13" s="14" t="n">
         <v>138.748</v>
       </c>
-      <c r="JM13" s="14" t="n">
+      <c r="JN13" s="14" t="n">
         <v>131.317</v>
       </c>
-      <c r="JN13" s="14" t="n">
+      <c r="JO13" s="14" t="n">
         <v>127.874</v>
       </c>
-      <c r="JO13" s="14" t="n">
+      <c r="JP13" s="14" t="n">
         <v>127.78</v>
       </c>
-      <c r="JP13" s="14" t="n">
+      <c r="JQ13" s="14" t="n">
         <v>118.571</v>
       </c>
-      <c r="JQ13" s="14" t="n">
+      <c r="JR13" s="14" t="n">
         <v>135.232</v>
       </c>
-      <c r="JR13" s="14" t="n">
+      <c r="JS13" s="14" t="n">
         <v>153.66</v>
       </c>
-      <c r="JS13" s="14" t="n">
+      <c r="JT13" s="14" t="n">
         <v>133.234</v>
       </c>
-      <c r="JT13" s="14" t="n">
+      <c r="JU13" s="14" t="n">
         <v>137.326</v>
       </c>
-      <c r="JU13" s="14" t="n">
+      <c r="JV13" s="14" t="n">
         <v>124.959</v>
       </c>
-      <c r="JV13" s="14" t="n">
+      <c r="JW13" s="14" t="n">
         <v>111.77</v>
       </c>
-      <c r="JW13" s="14" t="n">
+      <c r="JX13" s="14" t="n">
         <v>149.147</v>
       </c>
-      <c r="JX13" s="14" t="n">
+      <c r="JY13" s="14" t="n">
         <v>131.36</v>
       </c>
-      <c r="JY13" s="14" t="n">
+      <c r="JZ13" s="14" t="n">
         <v>128.439</v>
       </c>
-      <c r="JZ13" s="14" t="n">
+      <c r="KA13" s="14" t="n">
         <v>123.942</v>
       </c>
-      <c r="KA13" s="14" t="n">
+      <c r="KB13" s="14" t="n">
         <v>118.551</v>
       </c>
-      <c r="KB13" s="14" t="n">
+      <c r="KC13" s="14" t="n">
         <v>114.762</v>
       </c>
-      <c r="KC13" s="14" t="n">
+      <c r="KD13" s="14" t="n">
         <v>133.29</v>
       </c>
-      <c r="KD13" s="14" t="n">
+      <c r="KE13" s="14" t="n">
         <v>153.72</v>
       </c>
-      <c r="KE13" s="14" t="n">
+      <c r="KF13" s="14" t="n">
         <v>127.556</v>
       </c>
-      <c r="KF13" s="14" t="n">
+      <c r="KG13" s="14" t="n">
         <v>127.657</v>
       </c>
-      <c r="KG13" s="14" t="n">
+      <c r="KH13" s="14" t="n">
         <v>111.72</v>
       </c>
-      <c r="KH13" s="14" t="n">
+      <c r="KI13" s="14" t="n">
         <v>119.011</v>
       </c>
-      <c r="KI13" s="14" t="n">
+      <c r="KJ13" s="14" t="n">
         <v>138.823</v>
       </c>
-      <c r="KJ13" s="14" t="n">
+      <c r="KK13" s="14" t="n">
         <v>127.107</v>
       </c>
-      <c r="KK13" s="14" t="n">
+      <c r="KL13" s="14" t="n">
         <v>121.698</v>
       </c>
-      <c r="KL13" s="14" t="n">
+      <c r="KM13" s="14" t="n">
         <v>113.563</v>
       </c>
-      <c r="KM13" s="14" t="n">
+      <c r="KN13" s="14" t="n">
         <v>122.005</v>
       </c>
-      <c r="KN13" s="14" t="n">
+      <c r="KO13" s="14" t="n">
         <v>110.567</v>
       </c>
-      <c r="KO13" s="14" t="n">
+      <c r="KP13" s="14" t="n">
         <v>132.178</v>
       </c>
-      <c r="KP13" s="14" t="n">
+      <c r="KQ13" s="14" t="n">
         <v>148.964</v>
       </c>
-      <c r="KQ13" s="14" t="n">
+      <c r="KR13" s="14" t="n">
         <v>130.975</v>
       </c>
-      <c r="KR13" s="14" t="n">
+      <c r="KS13" s="14" t="n">
         <v>124.924</v>
       </c>
-      <c r="KS13" s="14" t="n">
+      <c r="KT13" s="14" t="n">
         <v>118.518</v>
       </c>
-      <c r="KT13" s="14" t="n">
+      <c r="KU13" s="14" t="n">
         <v>113.43</v>
       </c>
-      <c r="KU13" s="14" t="n">
+      <c r="KV13" s="14" t="n">
         <v>138.009</v>
       </c>
-      <c r="KV13" s="14" t="n">
+      <c r="KW13" s="14" t="n">
         <v>128.222</v>
       </c>
-      <c r="KW13" s="14" t="n">
+      <c r="KX13" s="14" t="n">
         <v>123.222</v>
       </c>
-      <c r="KX13" s="14" t="n">
+      <c r="KY13" s="14" t="n">
         <v>115.852</v>
       </c>
-      <c r="KY13" s="14" t="n">
+      <c r="KZ13" s="14" t="n">
         <v>122.542</v>
       </c>
-      <c r="KZ13" s="14" t="n">
+      <c r="LA13" s="14" t="n">
         <v>112.086</v>
       </c>
-      <c r="LA13" s="14" t="n">
+      <c r="LB13" s="14" t="n">
         <v>123.445</v>
       </c>
-      <c r="LB13" s="15" t="n">
+      <c r="LC13" s="15" t="n">
+        <v>-13.5</v>
+      </c>
+      <c r="LD13" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="LC13" s="15" t="n">
+      <c r="LE13" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="LF13" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="LG13" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="LH13" s="15" t="n">
+        <v>-19.6</v>
+      </c>
+      <c r="LI13" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="LJ13" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="LK13" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="LL13" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="LM13" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="LN13" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="LO13" s="15" t="n">
+        <v>-9.4</v>
+      </c>
+      <c r="LP13" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="LQ13" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="LR13" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="LS13" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="LT13" s="15" t="n">
+        <v>-18.8</v>
+      </c>
+      <c r="LU13" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="LV13" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="LW13" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="LX13" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="LY13" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="LZ13" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="MA13" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="MB13" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="MC13" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="MD13" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="ME13" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="MF13" s="15" t="n">
+        <v>-17.8</v>
+      </c>
+      <c r="MG13" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="MH13" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="MI13" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="MJ13" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="MK13" s="15" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="ML13" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="MM13" s="15" t="n">
+        <v>-9.2</v>
+      </c>
+      <c r="MN13" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="MO13" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="MP13" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="MQ13" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MR13" s="15" t="n">
+        <v>-12.8</v>
+      </c>
+      <c r="MS13" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="MT13" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="MU13" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="MV13" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="MW13" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="MX13" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="MY13" s="15" t="n">
+        <v>-13.4</v>
+      </c>
+      <c r="MZ13" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="NA13" s="15" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="NB13" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="NC13" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="ND13" s="15" t="n">
+        <v>-20.3</v>
+      </c>
+      <c r="NE13" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="NF13" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="NG13" s="15" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="NH13" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="NI13" s="15" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="NJ13" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="NK13" s="15" t="n">
+        <v>-18.0</v>
+      </c>
+      <c r="NL13" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="NM13" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="NN13" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="NO13" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="NP13" s="15" t="n">
+        <v>-20.8</v>
+      </c>
+      <c r="NQ13" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="NR13" s="15" t="n">
+        <v>70.6</v>
+      </c>
+      <c r="NS13" s="15" t="n">
+        <v>198.9</v>
+      </c>
+      <c r="NT13" s="15" t="n">
+        <v>-58.5</v>
+      </c>
+      <c r="NU13" s="15" t="n">
+        <v>-41.4</v>
+      </c>
+      <c r="NV13" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="NW13" s="15" t="n">
+        <v>-8.8</v>
+      </c>
+      <c r="NX13" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="NY13" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="NZ13" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="OA13" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="OB13" s="15" t="n">
+        <v>-20.4</v>
+      </c>
+      <c r="OC13" s="15" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="OD13" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="OE13" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="OF13" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OG13" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="OH13" s="15" t="n">
+        <v>-7.3</v>
+      </c>
+      <c r="OI13" s="15" t="n">
+        <v>-8.3</v>
+      </c>
+      <c r="OJ13" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="OK13" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="OL13" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="OM13" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="ON13" s="15" t="n">
+        <v>-19.2</v>
+      </c>
+      <c r="OO13" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="OP13" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="OQ13" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="OR13" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="OS13" s="15" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="OT13" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="OU13" s="15" t="n">
+        <v>-8.8</v>
+      </c>
+      <c r="OV13" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="OW13" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="OX13" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="OY13" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="OZ13" s="15" t="n">
+        <v>-17.6</v>
+      </c>
+      <c r="PA13" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="PB13" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="PC13" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="PD13" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="PE13" s="15" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="PF13" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="PG13" s="15" t="n">
+        <v>-13.7</v>
+      </c>
+      <c r="PH13" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="PI13" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="PJ13" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="PK13" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="PL13" s="15" t="n">
+        <v>-18.4</v>
+      </c>
+      <c r="PM13" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="PN13" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="PO13" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="PP13" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="PQ13" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="PR13" s="15" t="n">
+        <v>-7.2</v>
+      </c>
+      <c r="PS13" s="15" t="n">
+        <v>-15.1</v>
+      </c>
+      <c r="PT13" s="15" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="PU13" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="PV13" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="PW13" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="PX13" s="15" t="n">
+        <v>-19.8</v>
+      </c>
+      <c r="PY13" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="PZ13" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="QA13" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="QB13" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="QC13" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="QD13" s="15" t="n">
+        <v>-11.2</v>
+      </c>
+      <c r="QE13" s="15" t="n">
+        <v>-13.6</v>
+      </c>
+      <c r="QF13" s="15" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="QG13" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="QH13" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="QI13" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="QJ13" s="15" t="n">
+        <v>-20.1</v>
+      </c>
+      <c r="QK13" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="QL13" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="QM13" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="QN13" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="QO13" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="QP13" s="15" t="n">
+        <v>-12.1</v>
+      </c>
+      <c r="QQ13" s="15" t="n">
+        <v>-11.1</v>
+      </c>
+      <c r="QR13" s="15" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="QS13" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="QT13" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="QU13" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="QV13" s="15" t="n">
+        <v>-16.2</v>
+      </c>
+      <c r="QW13" s="15" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="QX13" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="QY13" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="QZ13" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="RA13" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="RB13" s="15" t="n">
+        <v>-9.5</v>
+      </c>
+      <c r="RC13" s="15" t="n">
+        <v>-13.3</v>
+      </c>
+      <c r="RD13" s="15" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="RE13" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="RF13" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="RG13" s="15" t="n">
+        <v>-21.4</v>
+      </c>
+      <c r="RH13" s="15" t="n">
+        <v>-9.3</v>
+      </c>
+      <c r="RI13" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="RJ13" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="RK13" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="RL13" s="15" t="n">
+        <v>-9.1</v>
+      </c>
+      <c r="RM13" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="RN13" s="15" t="n">
+        <v>-10.7</v>
+      </c>
+      <c r="RO13" s="15" t="n">
+        <v>-13.4</v>
+      </c>
+      <c r="RP13" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="RQ13" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="RR13" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="RS13" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="RT13" s="15" t="n">
+        <v>-21.5</v>
+      </c>
+      <c r="RU13" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="RV13" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="RW13" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="RX13" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="RY13" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="RZ13" s="15" t="n">
+        <v>-8.3</v>
+      </c>
+      <c r="SA13" s="15" t="n">
+        <v>-17.0</v>
+      </c>
+      <c r="SB13" s="15" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="SC13" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="SD13" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="SE13" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="SF13" s="15" t="n">
+        <v>-16.0</v>
+      </c>
+      <c r="SG13" s="15" t="n">
+        <v>-9.7</v>
+      </c>
+      <c r="SH13" s="15" t="n">
+        <v>16.4</v>
+      </c>
+      <c r="SI13" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="SJ13" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="SK13" s="15" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="SL13" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="SM13" s="15" t="n">
+        <v>-18.8</v>
+      </c>
+      <c r="SN13" s="15" t="n">
+        <v>18.2</v>
+      </c>
+      <c r="SO13" s="15" t="n">
+        <v>-5.4</v>
+      </c>
+      <c r="SP13" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="SQ13" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="SR13" s="15" t="n">
+        <v>-22.3</v>
+      </c>
+      <c r="SS13" s="15" t="n">
+        <v>15.3</v>
+      </c>
+      <c r="ST13" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="SU13" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="SV13" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="SW13" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="SX13" s="15" t="n">
+        <v>-9.2</v>
+      </c>
+      <c r="SY13" s="15" t="n">
+        <v>-18.0</v>
+      </c>
+      <c r="SZ13" s="15" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="TA13" s="15" t="n">
+        <v>-9.2</v>
+      </c>
+      <c r="TB13" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="TC13" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="TD13" s="15" t="n">
+        <v>-27.0</v>
+      </c>
+      <c r="TE13" s="15" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="TF13" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="TG13" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="TH13" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="TI13" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="TJ13" s="15" t="n">
+        <v>-9.8</v>
+      </c>
+      <c r="TK13" s="15" t="n">
+        <v>-10.8</v>
+      </c>
+      <c r="TL13" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="TM13" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="TN13" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="TO13" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="TP13" s="15" t="n">
+        <v>-21.6</v>
+      </c>
+      <c r="TQ13" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="TR13" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="TS13" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="TT13" s="15" t="n">
+        <v>-9.6</v>
+      </c>
+      <c r="TU13" s="15" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="TV13" s="15" t="n">
+        <v>-10.8</v>
+      </c>
+      <c r="TW13" s="15" t="n">
+        <v>-11.0</v>
+      </c>
+      <c r="TX13" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="TY13" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="TZ13" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="UA13" s="15" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="UB13" s="15" t="n">
+        <v>-24.3</v>
+      </c>
+      <c r="UC13" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="UD13" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="UE13" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="UF13" s="15" t="n">
+        <v>-8.0</v>
+      </c>
+      <c r="UG13" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="UH13" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="UI13" s="15" t="n">
+        <v>-16.8</v>
+      </c>
+      <c r="UJ13" s="15" t="n">
+        <v>15.3</v>
+      </c>
+      <c r="UK13" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="UL13" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="UM13" s="15" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="UN13" s="15" t="n">
+        <v>-22.6</v>
+      </c>
+      <c r="UO13" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="UP13" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="UQ13" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="UR13" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="US13" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="UT13" s="15" t="n">
+        <v>-8.4</v>
+      </c>
+      <c r="UU13" s="15" t="n">
+        <v>-18.8</v>
+      </c>
+      <c r="UV13" s="15" t="n">
+        <v>18.4</v>
+      </c>
+      <c r="UW13" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="UX13" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="UY13" s="15" t="n">
+        <v>17.7</v>
+      </c>
+      <c r="UZ13" s="15" t="n">
+        <v>-28.0</v>
+      </c>
+      <c r="VA13" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="VB13" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="VC13" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="VD13" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="VE13" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="VF13" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="VG13" s="15" t="n">
+        <v>-15.9</v>
+      </c>
+      <c r="VH13" s="15" t="n">
+        <v>19.2</v>
+      </c>
+      <c r="VI13" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="VJ13" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="VK13" s="15" t="n">
+        <v>16.2</v>
+      </c>
+      <c r="VL13" s="15" t="n">
+        <v>-26.6</v>
+      </c>
+      <c r="VM13" s="15" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="VN13" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="VO13" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="VP13" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="VQ13" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="VR13" s="15" t="n">
+        <v>-12.3</v>
+      </c>
+      <c r="VS13" s="15" t="n">
+        <v>-12.0</v>
+      </c>
+      <c r="VT13" s="15" t="n">
+        <v>15.3</v>
+      </c>
+      <c r="VU13" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="VV13" s="15" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="VW13" s="15" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="VX13" s="15" t="n">
+        <v>-25.1</v>
+      </c>
+      <c r="VY13" s="15" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="VZ13" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="WA13" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="WB13" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="WC13" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="WD13" s="15" t="n">
+        <v>-13.9</v>
+      </c>
+      <c r="WE13" s="15" t="n">
+        <v>-13.3</v>
+      </c>
+      <c r="WF13" s="15" t="n">
+        <v>20.5</v>
+      </c>
+      <c r="WG13" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="WH13" s="15" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="WI13" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="WJ13" s="15" t="n">
+        <v>-14.3</v>
+      </c>
+      <c r="WK13" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="WL13" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="WM13" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="WN13" s="15" t="n">
+        <v>-6.9</v>
+      </c>
+      <c r="WO13" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="WP13" s="15" t="n">
+        <v>-16.3</v>
+      </c>
+      <c r="WQ13" s="15" t="n">
+        <v>-11.3</v>
+      </c>
+      <c r="WR13" s="15" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="WS13" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="WT13" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="WU13" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="WV13" s="15" t="n">
+        <v>-17.8</v>
+      </c>
+      <c r="WW13" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="WX13" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="WY13" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="WZ13" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="XA13" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="XB13" s="15" t="n">
+        <v>-9.2</v>
+      </c>
+      <c r="XC13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="XD13" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="XE13" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="XF13" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="XG13" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="XH13" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="XI13" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="XJ13" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="XK13" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="XL13" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="XM13" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="XN13" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="XO13" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="XP13" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="XQ13" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="XR13" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="XS13" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="XT13" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="XU13" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="XV13" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="XW13" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="XX13" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="XY13" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="XZ13" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="YA13" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="YB13" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="YC13" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="YD13" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="YE13" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="YF13" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="LD13" s="15" t="n">
-[...2 lines deleted...]
-      <c r="LE13" s="15" t="n">
+      <c r="YG13" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="YH13" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="YI13" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="YJ13" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="YK13" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="YL13" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="YM13" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="YN13" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="YO13" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="YP13" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="YQ13" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="YR13" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="YS13" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="YT13" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="YU13" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="YV13" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="YW13" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="YX13" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="YY13" s="15" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="YZ13" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="ZA13" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="ZB13" s="15" t="n">
+        <v>18.8</v>
+      </c>
+      <c r="ZC13" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="ZD13" s="15" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="ZE13" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="ZF13" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="ZG13" s="15" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="ZH13" s="15" t="n">
+        <v>88.3</v>
+      </c>
+      <c r="ZI13" s="15" t="n">
+        <v>395.9</v>
+      </c>
+      <c r="ZJ13" s="15" t="n">
+        <v>119.0</v>
+      </c>
+      <c r="ZK13" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="ZL13" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="ZM13" s="15" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="ZN13" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="ZO13" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="ZP13" s="15" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="ZQ13" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="ZR13" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="ZS13" s="15" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="ZT13" s="15" t="n">
+        <v>-32.5</v>
+      </c>
+      <c r="ZU13" s="15" t="n">
+        <v>-76.5</v>
+      </c>
+      <c r="ZV13" s="15" t="n">
+        <v>-43.4</v>
+      </c>
+      <c r="ZW13" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="ZX13" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="ZY13" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="ZZ13" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="AAA13" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="AAB13" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="AAC13" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="AAD13" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="AAE13" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="AAF13" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="AAG13" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="AAH13" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AAI13" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="AAJ13" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="AAK13" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="AAL13" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="LF13" s="15" t="n">
-[...65 lines deleted...]
-      <c r="MB13" s="15" t="n">
+      <c r="AAM13" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="AAN13" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="AAO13" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="AAP13" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="AAQ13" s="15" t="n">
         <v>2.6</v>
-      </c>
-[...1137 lines deleted...]
-        <v>2.8</v>
       </c>
       <c r="AAR13" s="15" t="n">
         <v>3.5</v>
       </c>
       <c r="AAS13" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="AAT13" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="AAU13" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="AAV13" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="AAT13" s="15" t="n">
+      <c r="AAW13" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AAU13" s="15" t="n">
+      <c r="AAX13" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="AAV13" s="15" t="n">
+      <c r="AAY13" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="AAW13" s="15" t="n">
+      <c r="AAZ13" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AAX13" s="15" t="n">
+      <c r="ABA13" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="AAY13" s="15" t="n">
+      <c r="ABB13" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AAZ13" s="15" t="n">
+      <c r="ABC13" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="ABA13" s="15" t="n">
+      <c r="ABD13" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="ABB13" s="15" t="n">
+      <c r="ABE13" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ABC13" s="15" t="n">
+      <c r="ABF13" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="ABD13" s="15" t="n">
+      <c r="ABG13" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="ABE13" s="15" t="n">
+      <c r="ABH13" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ABF13" s="15" t="n">
+      <c r="ABI13" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ABG13" s="15" t="n">
+      <c r="ABJ13" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="ABH13" s="15" t="n">
+      <c r="ABK13" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="ABI13" s="15" t="n">
+      <c r="ABL13" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ABJ13" s="15" t="n">
+      <c r="ABM13" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="ABK13" s="15" t="n">
+      <c r="ABN13" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ABL13" s="15" t="n">
+      <c r="ABO13" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="ABM13" s="15" t="n">
+      <c r="ABP13" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="ABN13" s="15" t="n">
+      <c r="ABQ13" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="ABO13" s="15" t="n">
+      <c r="ABR13" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="ABP13" s="15" t="n">
+      <c r="ABS13" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="ABQ13" s="15" t="n">
+      <c r="ABT13" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="ABR13" s="15" t="n">
+      <c r="ABU13" s="15" t="n">
         <v>6.5</v>
-      </c>
-[...7 lines deleted...]
-        <v>7.0</v>
       </c>
       <c r="ABV13" s="15" t="n">
         <v>7.1</v>
       </c>
       <c r="ABW13" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="ABX13" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="ABY13" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="ABZ13" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="ABX13" s="15" t="n">
+      <c r="ACA13" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ABY13" s="15" t="n">
+      <c r="ACB13" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ABZ13" s="15" t="n">
+      <c r="ACC13" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="ACA13" s="15" t="n">
+      <c r="ACD13" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="ACB13" s="15" t="n">
+      <c r="ACE13" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ACC13" s="15" t="n">
+      <c r="ACF13" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ACD13" s="15" t="n">
+      <c r="ACG13" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="ACE13" s="15" t="n">
+      <c r="ACH13" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="ACF13" s="15" t="n">
+      <c r="ACI13" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ACG13" s="15" t="n">
+      <c r="ACJ13" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="ACH13" s="15" t="n">
+      <c r="ACK13" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="ACI13" s="15" t="n">
+      <c r="ACL13" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ACJ13" s="15" t="n">
+      <c r="ACM13" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ACK13" s="15" t="n">
+      <c r="ACN13" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ACL13" s="15" t="n">
+      <c r="ACO13" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ACM13" s="15" t="n">
+      <c r="ACP13" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ACN13" s="15" t="n">
+      <c r="ACQ13" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="ACO13" s="15" t="n">
+      <c r="ACR13" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="ACP13" s="15" t="n">
+      <c r="ACS13" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ACQ13" s="15" t="n">
+      <c r="ACT13" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ACR13" s="15" t="n">
+      <c r="ACU13" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="ACS13" s="15" t="n">
+      <c r="ACV13" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="ACT13" s="15" t="n">
+      <c r="ACW13" s="15" t="n">
         <v>-17.1</v>
       </c>
-      <c r="ACU13" s="15" t="n">
+      <c r="ACX13" s="15" t="n">
         <v>-10.2</v>
       </c>
-      <c r="ACV13" s="15" t="n">
+      <c r="ACY13" s="15" t="n">
         <v>-12.2</v>
       </c>
-      <c r="ACW13" s="15" t="n">
+      <c r="ACZ13" s="15" t="n">
         <v>-10.6</v>
       </c>
-      <c r="ACX13" s="15" t="n">
+      <c r="ADA13" s="15" t="n">
         <v>-8.7</v>
       </c>
-      <c r="ACY13" s="15" t="n">
+      <c r="ADB13" s="15" t="n">
         <v>-20.2</v>
       </c>
-      <c r="ACZ13" s="15" t="n">
+      <c r="ADC13" s="15" t="n">
         <v>-16.2</v>
       </c>
-      <c r="ADA13" s="15" t="n">
+      <c r="ADD13" s="15" t="n">
         <v>-17.4</v>
       </c>
-      <c r="ADB13" s="15" t="n">
+      <c r="ADE13" s="15" t="n">
         <v>-17.5</v>
       </c>
-      <c r="ADC13" s="15" t="n">
+      <c r="ADF13" s="15" t="n">
         <v>-18.9</v>
       </c>
-      <c r="ADD13" s="15" t="n">
+      <c r="ADG13" s="15" t="n">
         <v>-19.8</v>
       </c>
-      <c r="ADE13" s="15" t="n">
+      <c r="ADH13" s="15" t="n">
         <v>-26.0</v>
       </c>
-      <c r="ADF13" s="15" t="n">
+      <c r="ADI13" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ADG13" s="15" t="n">
+      <c r="ADJ13" s="15" t="n">
         <v>-12.4</v>
       </c>
-      <c r="ADH13" s="15" t="n">
+      <c r="ADK13" s="15" t="n">
         <v>-13.8</v>
       </c>
-      <c r="ADI13" s="15" t="n">
+      <c r="ADL13" s="15" t="n">
         <v>-12.2</v>
       </c>
-      <c r="ADJ13" s="15" t="n">
+      <c r="ADM13" s="15" t="n">
         <v>-16.1</v>
       </c>
-      <c r="ADK13" s="15" t="n">
+      <c r="ADN13" s="15" t="n">
         <v>-10.3</v>
       </c>
-      <c r="ADL13" s="15" t="n">
+      <c r="ADO13" s="15" t="n">
         <v>-10.3</v>
       </c>
-      <c r="ADM13" s="15" t="n">
+      <c r="ADP13" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="ADN13" s="15" t="n">
+      <c r="ADQ13" s="15" t="n">
         <v>-11.6</v>
       </c>
-      <c r="ADO13" s="15" t="n">
+      <c r="ADR13" s="15" t="n">
         <v>-10.2</v>
       </c>
-      <c r="ADP13" s="15" t="n">
+      <c r="ADS13" s="15" t="n">
         <v>-6.7</v>
       </c>
-      <c r="ADQ13" s="15" t="n">
+      <c r="ADT13" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="ADR13" s="15" t="n">
+      <c r="ADU13" s="15" t="n">
         <v>-9.2</v>
       </c>
-      <c r="ADS13" s="15" t="n">
+      <c r="ADV13" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="ADT13" s="15" t="n">
+      <c r="ADW13" s="15" t="n">
         <v>-19.1</v>
       </c>
-      <c r="ADU13" s="15" t="n">
+      <c r="ADX13" s="15" t="n">
         <v>-12.1</v>
       </c>
-      <c r="ADV13" s="15" t="n">
+      <c r="ADY13" s="15" t="n">
         <v>-9.6</v>
       </c>
-      <c r="ADW13" s="15" t="n">
+      <c r="ADZ13" s="15" t="n">
         <v>-12.1</v>
       </c>
-      <c r="ADX13" s="15" t="n">
+      <c r="AEA13" s="15" t="n">
         <v>-9.2</v>
       </c>
-      <c r="ADY13" s="15" t="n">
+      <c r="AEB13" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="ADZ13" s="15" t="n">
+      <c r="AEC13" s="15" t="n">
         <v>-8.3</v>
       </c>
-      <c r="AEA13" s="15" t="n">
+      <c r="AED13" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="AEB13" s="15" t="n">
+      <c r="AEE13" s="15" t="n">
         <v>-10.6</v>
       </c>
-      <c r="AEC13" s="15" t="n">
+      <c r="AEF13" s="15" t="n">
         <v>-8.0</v>
       </c>
-      <c r="AED13" s="15" t="n">
+      <c r="AEG13" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AEE13" s="15" t="n">
+      <c r="AEH13" s="15" t="n">
         <v>-8.7</v>
       </c>
-      <c r="AEF13" s="15" t="n">
+      <c r="AEI13" s="15" t="n">
         <v>16.5</v>
       </c>
-      <c r="AEG13" s="15" t="n">
+      <c r="AEJ13" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AEH13" s="15" t="n">
+      <c r="AEK13" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AEI13" s="15" t="n">
+      <c r="AEL13" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AEJ13" s="15" t="n">
+      <c r="AEM13" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="AEK13" s="15" t="n">
+      <c r="AEN13" s="15" t="n">
         <v>-8.4</v>
       </c>
-      <c r="AEL13" s="15" t="n">
+      <c r="AEO13" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="AEM13" s="15" t="n">
+      <c r="AEP13" s="15" t="n">
         <v>-11.5</v>
       </c>
-      <c r="AEN13" s="15" t="n">
+      <c r="AEQ13" s="15" t="n">
         <v>-15.1</v>
       </c>
-      <c r="AEO13" s="15" t="n">
+      <c r="AER13" s="15" t="n">
         <v>-15.8</v>
       </c>
-      <c r="AEP13" s="15" t="n">
+      <c r="AES13" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="AEQ13" s="15" t="n">
+      <c r="AET13" s="15" t="n">
         <v>-19.9</v>
       </c>
-      <c r="AER13" s="15" t="n">
+      <c r="AEU13" s="15" t="n">
         <v>-19.0</v>
       </c>
-      <c r="AES13" s="15" t="n">
+      <c r="AEV13" s="15" t="n">
         <v>-25.9</v>
       </c>
-      <c r="AET13" s="15" t="n">
+      <c r="AEW13" s="15" t="n">
         <v>-26.5</v>
       </c>
-      <c r="AEU13" s="15" t="n">
+      <c r="AEX13" s="15" t="n">
         <v>-21.0</v>
       </c>
-      <c r="AEV13" s="15" t="n">
+      <c r="AEY13" s="15" t="n">
         <v>-27.0</v>
       </c>
-      <c r="AEW13" s="15" t="n">
+      <c r="AEZ13" s="15" t="n">
         <v>-27.5</v>
       </c>
-      <c r="AEX13" s="15" t="n">
+      <c r="AFA13" s="15" t="n">
         <v>-21.1</v>
       </c>
-      <c r="AEY13" s="15" t="n">
+      <c r="AFB13" s="15" t="n">
         <v>-25.5</v>
       </c>
-      <c r="AEZ13" s="15" t="n">
+      <c r="AFC13" s="15" t="n">
         <v>-19.5</v>
       </c>
-      <c r="AFA13" s="15" t="n">
+      <c r="AFD13" s="15" t="n">
         <v>-16.8</v>
       </c>
-      <c r="AFB13" s="15" t="n">
+      <c r="AFE13" s="15" t="n">
         <v>-21.2</v>
       </c>
-      <c r="AFC13" s="15" t="n">
+      <c r="AFF13" s="15" t="n">
         <v>-15.4</v>
       </c>
-      <c r="AFD13" s="15" t="n">
+      <c r="AFG13" s="15" t="n">
         <v>-21.1</v>
       </c>
-      <c r="AFE13" s="15" t="n">
+      <c r="AFH13" s="15" t="n">
         <v>-16.3</v>
       </c>
-      <c r="AFF13" s="15" t="n">
+      <c r="AFI13" s="15" t="n">
         <v>-9.1</v>
       </c>
-      <c r="AFG13" s="15" t="n">
+      <c r="AFJ13" s="15" t="n">
         <v>-20.9</v>
       </c>
-      <c r="AFH13" s="15" t="n">
+      <c r="AFK13" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="AFI13" s="15" t="n">
+      <c r="AFL13" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="AFJ13" s="15" t="n">
+      <c r="AFM13" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="AFK13" s="15" t="n">
+      <c r="AFN13" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="AFL13" s="15" t="n">
+      <c r="AFO13" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="AFM13" s="15" t="n">
+      <c r="AFP13" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="AFN13" s="15" t="n">
+      <c r="AFQ13" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AFO13" s="15" t="n">
+      <c r="AFR13" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AFP13" s="15" t="n">
+      <c r="AFS13" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="AFQ13" s="15" t="n">
+      <c r="AFT13" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AFR13" s="15" t="n">
+      <c r="AFU13" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AFS13" s="15" t="n">
+      <c r="AFV13" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AFT13" s="15" t="n">
+      <c r="AFW13" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AFU13" s="15" t="n">
+      <c r="AFX13" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="AFV13" s="15" t="n">
+      <c r="AFY13" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="AFW13" s="15" t="n">
+      <c r="AFZ13" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AFX13" s="15" t="n">
+      <c r="AGA13" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="AFY13" s="15" t="n">
+      <c r="AGB13" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AFZ13" s="15" t="n">
+      <c r="AGC13" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AGA13" s="15" t="n">
+      <c r="AGD13" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="AGB13" s="15" t="n">
+      <c r="AGE13" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AGC13" s="15" t="n">
+      <c r="AGF13" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="AGD13" s="15" t="n">
+      <c r="AGG13" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="AGE13" s="15" t="n">
+      <c r="AGH13" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="AGF13" s="15" t="n">
+      <c r="AGI13" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AGG13" s="15" t="n">
+      <c r="AGJ13" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AGH13" s="15" t="n">
+      <c r="AGK13" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AGI13" s="15" t="n">
+      <c r="AGL13" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AGJ13" s="15" t="n">
+      <c r="AGM13" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="AGK13" s="15" t="n">
+      <c r="AGN13" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AGL13" s="15" t="n">
+      <c r="AGO13" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AGM13" s="15" t="n">
+      <c r="AGP13" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="AGN13" s="15" t="n">
+      <c r="AGQ13" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AGO13" s="15" t="n">
+      <c r="AGR13" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AGP13" s="15" t="n">
+      <c r="AGS13" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AGQ13" s="15" t="n">
+      <c r="AGT13" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="AGR13" s="15" t="n">
+      <c r="AGU13" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="AGS13" s="15" t="n">
+      <c r="AGV13" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AGT13" s="15" t="n">
+      <c r="AGW13" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AGU13" s="15" t="n">
+      <c r="AGX13" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="AGV13" s="15" t="n">
+      <c r="AGY13" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AGW13" s="15" t="n">
+      <c r="AGZ13" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AGX13" s="15" t="n">
+      <c r="AHA13" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AGY13" s="15" t="n">
+      <c r="AHB13" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AGZ13" s="15" t="n">
+      <c r="AHC13" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="AHA13" s="15" t="n">
+      <c r="AHD13" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AHB13" s="15" t="n">
+      <c r="AHE13" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AHC13" s="15" t="n">
+      <c r="AHF13" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="AHD13" s="15" t="n">
+      <c r="AHG13" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="AHE13" s="15" t="n">
+      <c r="AHH13" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AHF13" s="15" t="n">
+      <c r="AHI13" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="AHG13" s="15" t="n">
+      <c r="AHJ13" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AHH13" s="15" t="n">
+      <c r="AHK13" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AHI13" s="15" t="n">
+      <c r="AHL13" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="AHJ13" s="15" t="n">
+      <c r="AHM13" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AHK13" s="15" t="n">
+      <c r="AHN13" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AHL13" s="15" t="n">
+      <c r="AHO13" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AHM13" s="15" t="n">
+      <c r="AHP13" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AHN13" s="15" t="n">
+      <c r="AHQ13" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AHO13" s="15" t="n">
+      <c r="AHR13" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="AHP13" s="15" t="n">
+      <c r="AHS13" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AHQ13" s="15" t="n">
+      <c r="AHT13" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AHR13" s="15" t="n">
+      <c r="AHU13" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AHS13" s="15" t="n">
+      <c r="AHV13" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AHT13" s="15" t="n">
+      <c r="AHW13" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="AHU13" s="15" t="n">
+      <c r="AHX13" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="AHV13" s="15" t="n">
+      <c r="AHY13" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="AHW13" s="15" t="n">
+      <c r="AHZ13" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="AHX13" s="15" t="n">
+      <c r="AIA13" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AHY13" s="15" t="n">
+      <c r="AIB13" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AHZ13" s="15" t="n">
+      <c r="AIC13" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="AIA13" s="15" t="n">
+      <c r="AID13" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="AIB13" s="15" t="n">
+      <c r="AIE13" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AIC13" s="15" t="n">
+      <c r="AIF13" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AID13" s="15" t="n">
+      <c r="AIG13" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AIE13" s="15" t="n">
+      <c r="AIH13" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="AIF13" s="15" t="n">
+      <c r="AII13" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AIG13" s="15" t="n">
+      <c r="AIJ13" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="AIH13" s="15" t="n">
+      <c r="AIK13" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AII13" s="15" t="n">
+      <c r="AIL13" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AIJ13" s="15" t="n">
+      <c r="AIM13" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AIK13" s="15" t="n">
+      <c r="AIN13" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="AIL13" s="15" t="n">
+      <c r="AIO13" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AIM13" s="15" t="n">
+      <c r="AIP13" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AIN13" s="15" t="n">
+      <c r="AIQ13" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="AIO13" s="15" t="n">
+      <c r="AIR13" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="AIP13" s="13" t="inlineStr">
+      <c r="AIS13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIQ13" s="13" t="inlineStr">
+      <c r="AIT13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIR13" s="13" t="inlineStr">
+      <c r="AIU13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIS13" s="13" t="inlineStr">
+      <c r="AIV13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIT13" s="13" t="inlineStr">
+      <c r="AIW13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIU13" s="13" t="inlineStr">
+      <c r="AIX13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIV13" s="13" t="inlineStr">
+      <c r="AIY13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIW13" s="13" t="inlineStr">
+      <c r="AIZ13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIX13" s="13" t="inlineStr">
+      <c r="AJA13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIY13" s="13" t="inlineStr">
+      <c r="AJB13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIZ13" s="13" t="inlineStr">
+      <c r="AJC13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AJA13" s="13" t="inlineStr">
+      <c r="AJD13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AJB13" s="15" t="n">
+      <c r="AJE13" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="AJF13" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="AJG13" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AJC13" s="15" t="n">
+      <c r="AJH13" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AJD13" s="15" t="n">
-[...2 lines deleted...]
-      <c r="AJE13" s="15" t="n">
+      <c r="AJI13" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AJF13" s="15" t="n">
+      <c r="AJJ13" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AJG13" s="15" t="n">
+      <c r="AJK13" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AJH13" s="15" t="n">
+      <c r="AJL13" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AJI13" s="15" t="n">
+      <c r="AJM13" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AJJ13" s="15" t="n">
+      <c r="AJN13" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AJK13" s="15" t="n">
+      <c r="AJO13" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AJL13" s="15" t="n">
+      <c r="AJP13" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AJM13" s="15" t="n">
+      <c r="AJQ13" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AJN13" s="15" t="n">
+      <c r="AJR13" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AJO13" s="15" t="n">
+      <c r="AJS13" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AJP13" s="15" t="n">
+      <c r="AJT13" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AJQ13" s="15" t="n">
+      <c r="AJU13" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AJR13" s="15" t="n">
+      <c r="AJV13" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AJS13" s="15" t="n">
+      <c r="AJW13" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AJT13" s="15" t="n">
+      <c r="AJX13" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AJU13" s="15" t="n">
+      <c r="AJY13" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AJV13" s="15" t="n">
+      <c r="AJZ13" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AJW13" s="15" t="n">
+      <c r="AKA13" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AJX13" s="15" t="n">
+      <c r="AKB13" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="AJY13" s="15" t="n">
+      <c r="AKC13" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AJZ13" s="15" t="n">
+      <c r="AKD13" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AKA13" s="15" t="n">
+      <c r="AKE13" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AKB13" s="15" t="n">
+      <c r="AKF13" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AKC13" s="15" t="n">
+      <c r="AKG13" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AKD13" s="15" t="n">
+      <c r="AKH13" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AKE13" s="15" t="n">
+      <c r="AKI13" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="AKF13" s="15" t="n">
+      <c r="AKJ13" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="AKG13" s="15" t="n">
+      <c r="AKK13" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="AKH13" s="15" t="n">
+      <c r="AKL13" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="AKI13" s="15" t="n">
+      <c r="AKM13" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="AKJ13" s="15" t="n">
+      <c r="AKN13" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="AKK13" s="15" t="n">
+      <c r="AKO13" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="AKL13" s="15" t="n">
+      <c r="AKP13" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AKM13" s="15" t="n">
+      <c r="AKQ13" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AKN13" s="15" t="n">
+      <c r="AKR13" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AKO13" s="15" t="n">
+      <c r="AKS13" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AKP13" s="15" t="n">
+      <c r="AKT13" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AKQ13" s="15" t="n">
+      <c r="AKU13" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AKR13" s="15" t="n">
+      <c r="AKV13" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AKS13" s="15" t="n">
+      <c r="AKW13" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AKT13" s="15" t="n">
+      <c r="AKX13" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="AKU13" s="15" t="n">
+      <c r="AKY13" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="AKV13" s="15" t="n">
+      <c r="AKZ13" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="AKW13" s="15" t="n">
+      <c r="ALA13" s="15" t="n">
         <v>14.2</v>
       </c>
-      <c r="AKX13" s="15" t="n">
+      <c r="ALB13" s="15" t="n">
         <v>27.3</v>
       </c>
-      <c r="AKY13" s="15" t="n">
+      <c r="ALC13" s="15" t="n">
         <v>29.6</v>
       </c>
-      <c r="AKZ13" s="15" t="n">
+      <c r="ALD13" s="15" t="n">
         <v>30.8</v>
       </c>
-      <c r="ALA13" s="15" t="n">
+      <c r="ALE13" s="15" t="n">
         <v>34.2</v>
       </c>
-      <c r="ALB13" s="15" t="n">
+      <c r="ALF13" s="15" t="n">
         <v>37.4</v>
       </c>
-      <c r="ALC13" s="15" t="n">
+      <c r="ALG13" s="15" t="n">
         <v>42.1</v>
       </c>
-      <c r="ALD13" s="15" t="n">
+      <c r="ALH13" s="15" t="n">
         <v>51.3</v>
       </c>
-      <c r="ALE13" s="15" t="n">
+      <c r="ALI13" s="15" t="n">
         <v>64.3</v>
       </c>
-      <c r="ALF13" s="15" t="n">
+      <c r="ALJ13" s="15" t="n">
         <v>58.2</v>
       </c>
-      <c r="ALG13" s="15" t="n">
+      <c r="ALK13" s="15" t="n">
         <v>26.7</v>
       </c>
-      <c r="ALH13" s="15" t="n">
+      <c r="ALL13" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ALI13" s="15" t="n">
+      <c r="ALM13" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="ALJ13" s="15" t="n">
+      <c r="ALN13" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="ALK13" s="15" t="n">
+      <c r="ALO13" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="ALL13" s="15" t="n">
+      <c r="ALP13" s="15" t="n">
         <v>-9.4</v>
       </c>
-      <c r="ALM13" s="15" t="n">
+      <c r="ALQ13" s="15" t="n">
         <v>-11.2</v>
       </c>
-      <c r="ALN13" s="15" t="n">
+      <c r="ALR13" s="15" t="n">
         <v>-13.9</v>
       </c>
-      <c r="ALO13" s="15" t="n">
+      <c r="ALS13" s="15" t="n">
         <v>-17.0</v>
       </c>
-      <c r="ALP13" s="15" t="n">
+      <c r="ALT13" s="15" t="n">
         <v>-22.4</v>
       </c>
-      <c r="ALQ13" s="15" t="n">
+      <c r="ALU13" s="15" t="n">
         <v>-29.8</v>
       </c>
-      <c r="ALR13" s="15" t="n">
+      <c r="ALV13" s="15" t="n">
         <v>-29.1</v>
       </c>
-      <c r="ALS13" s="15" t="n">
+      <c r="ALW13" s="15" t="n">
         <v>-12.7</v>
       </c>
-      <c r="ALT13" s="15" t="n">
+      <c r="ALX13" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ALU13" s="15" t="n">
+      <c r="ALY13" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ALV13" s="15" t="n">
+      <c r="ALZ13" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ALW13" s="15" t="n">
+      <c r="AMA13" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ALX13" s="15" t="n">
+      <c r="AMB13" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ALY13" s="15" t="n">
+      <c r="AMC13" s="15" t="n">
         <v>1.7</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.8</v>
       </c>
       <c r="AMD13" s="15" t="n">
         <v>1.8</v>
       </c>
       <c r="AME13" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="AMF13" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="AMG13" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="AMH13" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="AMI13" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AMF13" s="15" t="n">
+      <c r="AMJ13" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AMG13" s="15" t="n">
+      <c r="AMK13" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AMH13" s="15" t="n">
+      <c r="AML13" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AMI13" s="15" t="n">
+      <c r="AMM13" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AMJ13" s="15" t="n">
+      <c r="AMN13" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AMK13" s="15" t="n">
+      <c r="AMO13" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AML13" s="15" t="n">
+      <c r="AMP13" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AMM13" s="15" t="n">
+      <c r="AMQ13" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="AMN13" s="15" t="n">
+      <c r="AMR13" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AMO13" s="15" t="n">
+      <c r="AMS13" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AMP13" s="15" t="n">
+      <c r="AMT13" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AMQ13" s="15" t="n">
+      <c r="AMU13" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AMR13" s="15" t="n">
+      <c r="AMV13" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AMS13" s="15" t="n">
+      <c r="AMW13" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="AMT13" s="15" t="n">
+      <c r="AMX13" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AMU13" s="15" t="n">
+      <c r="AMY13" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="AMV13" s="15" t="n">
+      <c r="AMZ13" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="AMW13" s="15" t="n">
+      <c r="ANA13" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="AMX13" s="15" t="n">
+      <c r="ANB13" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AMY13" s="15" t="n">
+      <c r="ANC13" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AMZ13" s="15" t="n">
+      <c r="AND13" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="ANA13" s="15" t="n">
+      <c r="ANE13" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="ANB13" s="15" t="n">
+      <c r="ANF13" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="ANC13" s="15" t="n">
+      <c r="ANG13" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="AND13" s="15" t="n">
+      <c r="ANH13" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ANE13" s="15" t="n">
+      <c r="ANI13" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ANF13" s="15" t="n">
+      <c r="ANJ13" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="ANG13" s="15" t="n">
+      <c r="ANK13" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="ANH13" s="15" t="n">
+      <c r="ANL13" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="ANI13" s="15" t="n">
+      <c r="ANM13" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="ANJ13" s="15" t="n">
+      <c r="ANN13" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="ANK13" s="15" t="n">
+      <c r="ANO13" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="ANL13" s="15" t="n">
+      <c r="ANP13" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="ANM13" s="15" t="n">
+      <c r="ANQ13" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="ANN13" s="15" t="n">
+      <c r="ANR13" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="ANO13" s="15" t="n">
+      <c r="ANS13" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="ANP13" s="15" t="n">
+      <c r="ANT13" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="ANQ13" s="15" t="n">
+      <c r="ANU13" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="ANR13" s="15" t="n">
+      <c r="ANV13" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="ANS13" s="15" t="n">
+      <c r="ANW13" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ANT13" s="15" t="n">
+      <c r="ANX13" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="ANU13" s="15" t="n">
+      <c r="ANY13" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ANV13" s="15" t="n">
+      <c r="ANZ13" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="ANW13" s="15" t="n">
+      <c r="AOA13" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="ANX13" s="15" t="n">
+      <c r="AOB13" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ANY13" s="15" t="n">
+      <c r="AOC13" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="ANZ13" s="15" t="n">
+      <c r="AOD13" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AOA13" s="15" t="n">
+      <c r="AOE13" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AOB13" s="15" t="n">
+      <c r="AOF13" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AOC13" s="15" t="n">
+      <c r="AOG13" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AOD13" s="15" t="n">
+      <c r="AOH13" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AOE13" s="15" t="n">
+      <c r="AOI13" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AOF13" s="15" t="n">
+      <c r="AOJ13" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AOG13" s="15" t="n">
+      <c r="AOK13" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AOH13" s="15" t="n">
+      <c r="AOL13" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AOI13" s="15" t="n">
+      <c r="AOM13" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AOJ13" s="15" t="n">
+      <c r="AON13" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AOK13" s="15" t="n">
+      <c r="AOO13" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AOL13" s="15" t="n">
+      <c r="AOP13" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AOM13" s="15" t="n">
+      <c r="AOQ13" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AON13" s="15" t="n">
+      <c r="AOR13" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AOO13" s="15" t="n">
+      <c r="AOS13" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AOP13" s="15" t="n">
+      <c r="AOT13" s="15" t="n">
         <v>-9.5</v>
       </c>
-      <c r="AOQ13" s="15" t="n">
+      <c r="AOU13" s="15" t="n">
         <v>-10.4</v>
       </c>
-      <c r="AOR13" s="15" t="n">
+      <c r="AOV13" s="15" t="n">
         <v>-11.4</v>
       </c>
-      <c r="AOS13" s="15" t="n">
+      <c r="AOW13" s="15" t="n">
         <v>-12.4</v>
       </c>
-      <c r="AOT13" s="15" t="n">
+      <c r="AOX13" s="15" t="n">
         <v>-14.1</v>
       </c>
-      <c r="AOU13" s="15" t="n">
+      <c r="AOY13" s="15" t="n">
         <v>-13.6</v>
       </c>
-      <c r="AOV13" s="15" t="n">
+      <c r="AOZ13" s="15" t="n">
         <v>-14.3</v>
       </c>
-      <c r="AOW13" s="15" t="n">
+      <c r="APA13" s="15" t="n">
         <v>-14.7</v>
       </c>
-      <c r="AOX13" s="15" t="n">
+      <c r="APB13" s="15" t="n">
         <v>-15.8</v>
       </c>
-      <c r="AOY13" s="15" t="n">
+      <c r="APC13" s="15" t="n">
         <v>-18.0</v>
       </c>
-      <c r="AOZ13" s="15" t="n">
+      <c r="APD13" s="15" t="n">
         <v>-16.8</v>
       </c>
-      <c r="APA13" s="15" t="n">
+      <c r="APE13" s="15" t="n">
         <v>-17.4</v>
       </c>
-      <c r="APB13" s="15" t="n">
+      <c r="APF13" s="15" t="n">
         <v>-13.7</v>
       </c>
-      <c r="APC13" s="15" t="n">
+      <c r="APG13" s="15" t="n">
         <v>-13.4</v>
       </c>
-      <c r="APD13" s="15" t="n">
+      <c r="APH13" s="15" t="n">
         <v>-12.9</v>
       </c>
-      <c r="APE13" s="15" t="n">
+      <c r="API13" s="15" t="n">
         <v>-12.1</v>
       </c>
-      <c r="APF13" s="15" t="n">
+      <c r="APJ13" s="15" t="n">
         <v>-10.4</v>
       </c>
-      <c r="APG13" s="15" t="n">
+      <c r="APK13" s="15" t="n">
         <v>-11.9</v>
       </c>
-      <c r="APH13" s="15" t="n">
+      <c r="APL13" s="15" t="n">
         <v>-11.8</v>
       </c>
-      <c r="API13" s="15" t="n">
+      <c r="APM13" s="15" t="n">
         <v>-11.3</v>
       </c>
-      <c r="APJ13" s="15" t="n">
+      <c r="APN13" s="15" t="n">
         <v>-11.1</v>
       </c>
-      <c r="APK13" s="15" t="n">
+      <c r="APO13" s="15" t="n">
         <v>-9.5</v>
       </c>
-      <c r="APL13" s="15" t="n">
+      <c r="APP13" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="APM13" s="15" t="n">
+      <c r="APQ13" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="APN13" s="15" t="n">
+      <c r="APR13" s="15" t="n">
         <v>-9.6</v>
       </c>
-      <c r="APO13" s="15" t="n">
+      <c r="APS13" s="15" t="n">
         <v>-9.4</v>
       </c>
-      <c r="APP13" s="15" t="n">
+      <c r="APT13" s="15" t="n">
         <v>-9.3</v>
       </c>
-      <c r="APQ13" s="15" t="n">
+      <c r="APU13" s="15" t="n">
         <v>-9.6</v>
       </c>
-      <c r="APR13" s="15" t="n">
+      <c r="APV13" s="15" t="n">
         <v>-10.2</v>
       </c>
-      <c r="APS13" s="15" t="n">
+      <c r="APW13" s="15" t="n">
         <v>-10.4</v>
       </c>
-      <c r="APT13" s="15" t="n">
+      <c r="APX13" s="15" t="n">
         <v>-11.7</v>
       </c>
-      <c r="APU13" s="15" t="n">
+      <c r="APY13" s="15" t="n">
         <v>-9.9</v>
       </c>
-      <c r="APV13" s="15" t="n">
+      <c r="APZ13" s="15" t="n">
         <v>-9.3</v>
       </c>
-      <c r="APW13" s="15" t="n">
+      <c r="AQA13" s="15" t="n">
         <v>-9.3</v>
       </c>
-      <c r="APX13" s="15" t="n">
+      <c r="AQB13" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="APY13" s="15" t="n">
+      <c r="AQC13" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="APZ13" s="15" t="n">
+      <c r="AQD13" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="AQA13" s="15" t="n">
+      <c r="AQE13" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AQB13" s="15" t="n">
+      <c r="AQF13" s="15" t="n">
         <v>-1.7</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.3</v>
       </c>
       <c r="AQG13" s="15" t="n">
         <v>-0.6</v>
       </c>
       <c r="AQH13" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AQI13" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AQJ13" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="AQK13" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="AQL13" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="AQI13" s="15" t="n">
+      <c r="AQM13" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="AQJ13" s="15" t="n">
+      <c r="AQN13" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="AQK13" s="15" t="n">
+      <c r="AQO13" s="15" t="n">
         <v>-8.4</v>
       </c>
-      <c r="AQL13" s="15" t="n">
+      <c r="AQP13" s="15" t="n">
         <v>-19.6</v>
       </c>
-      <c r="AQM13" s="15" t="n">
+      <c r="AQQ13" s="15" t="n">
         <v>-20.7</v>
       </c>
-      <c r="AQN13" s="15" t="n">
+      <c r="AQR13" s="15" t="n">
         <v>-21.5</v>
       </c>
-      <c r="AQO13" s="15" t="n">
+      <c r="AQS13" s="15" t="n">
         <v>-22.2</v>
       </c>
-      <c r="AQP13" s="15" t="n">
+      <c r="AQT13" s="15" t="n">
         <v>-22.9</v>
       </c>
-      <c r="AQQ13" s="15" t="n">
+      <c r="AQU13" s="15" t="n">
         <v>-23.9</v>
       </c>
-      <c r="AQR13" s="15" t="n">
+      <c r="AQV13" s="15" t="n">
         <v>-24.6</v>
       </c>
-      <c r="AQS13" s="15" t="n">
+      <c r="AQW13" s="15" t="n">
         <v>-25.6</v>
       </c>
-      <c r="AQT13" s="15" t="n">
+      <c r="AQX13" s="15" t="n">
         <v>-25.6</v>
       </c>
-      <c r="AQU13" s="15" t="n">
+      <c r="AQY13" s="15" t="n">
         <v>-25.3</v>
       </c>
-      <c r="AQV13" s="15" t="n">
+      <c r="AQZ13" s="15" t="n">
         <v>-27.2</v>
       </c>
-      <c r="AQW13" s="15" t="n">
+      <c r="ARA13" s="15" t="n">
         <v>-27.5</v>
       </c>
-      <c r="AQX13" s="15" t="n">
+      <c r="ARB13" s="15" t="n">
         <v>-16.8</v>
       </c>
-      <c r="AQY13" s="15" t="n">
+      <c r="ARC13" s="15" t="n">
         <v>-16.4</v>
       </c>
-      <c r="AQZ13" s="15" t="n">
+      <c r="ARD13" s="15" t="n">
         <v>-15.5</v>
       </c>
-      <c r="ARA13" s="15" t="n">
+      <c r="ARE13" s="15" t="n">
         <v>-15.1</v>
       </c>
-      <c r="ARB13" s="15" t="n">
+      <c r="ARF13" s="15" t="n">
         <v>-14.9</v>
       </c>
-      <c r="ARC13" s="15" t="n">
+      <c r="ARG13" s="15" t="n">
         <v>-14.1</v>
       </c>
-      <c r="ARD13" s="15" t="n">
+      <c r="ARH13" s="15" t="n">
         <v>-13.8</v>
       </c>
-      <c r="ARE13" s="15" t="n">
+      <c r="ARI13" s="15" t="n">
         <v>-12.3</v>
       </c>
-      <c r="ARF13" s="15" t="n">
+      <c r="ARJ13" s="15" t="n">
         <v>-11.3</v>
       </c>
-      <c r="ARG13" s="15" t="n">
+      <c r="ARK13" s="15" t="n">
         <v>-12.0</v>
       </c>
-      <c r="ARH13" s="15" t="n">
+      <c r="ARL13" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="ARI13" s="15" t="n">
+      <c r="ARM13" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="ARJ13" s="15" t="n">
+      <c r="ARN13" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="ARK13" s="15" t="n">
+      <c r="ARO13" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="ARL13" s="15" t="n">
+      <c r="ARP13" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ARM13" s="15" t="n">
+      <c r="ARQ13" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ARN13" s="15" t="n">
+      <c r="ARR13" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ARO13" s="15" t="n">
+      <c r="ARS13" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ARP13" s="15" t="n">
+      <c r="ART13" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ARQ13" s="15" t="n">
+      <c r="ARU13" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ARR13" s="15" t="n">
+      <c r="ARV13" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ARS13" s="15" t="n">
+      <c r="ARW13" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ART13" s="15" t="n">
+      <c r="ARX13" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ARU13" s="15" t="n">
+      <c r="ARY13" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="ARV13" s="15" t="n">
+      <c r="ARZ13" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ARW13" s="15" t="n">
+      <c r="ASA13" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ARX13" s="15" t="n">
+      <c r="ASB13" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ARY13" s="15" t="n">
+      <c r="ASC13" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ARZ13" s="15" t="n">
+      <c r="ASD13" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="ASA13" s="15" t="n">
+      <c r="ASE13" s="15" t="n">
         <v>3.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>4.5</v>
       </c>
       <c r="ASF13" s="15" t="n">
         <v>3.2</v>
       </c>
       <c r="ASG13" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="ASH13" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="ASI13" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="ASJ13" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="ASK13" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ASH13" s="15" t="n">
+      <c r="ASL13" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ASI13" s="15" t="n">
+      <c r="ASM13" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ASJ13" s="15" t="n">
+      <c r="ASN13" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ASK13" s="15" t="n">
+      <c r="ASO13" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ASL13" s="15" t="n">
+      <c r="ASP13" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ASM13" s="15" t="n">
+      <c r="ASQ13" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ASN13" s="15" t="n">
+      <c r="ASR13" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ASO13" s="15" t="n">
+      <c r="ASS13" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ASP13" s="15" t="n">
+      <c r="AST13" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ASQ13" s="15" t="n">
+      <c r="ASU13" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="ASR13" s="15" t="n">
+      <c r="ASV13" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ASS13" s="15" t="n">
+      <c r="ASW13" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AST13" s="15" t="n">
+      <c r="ASX13" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="ASU13" s="15" t="n">
+      <c r="ASY13" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="ASV13" s="15" t="n">
+      <c r="ASZ13" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="ASW13" s="15" t="n">
+      <c r="ATA13" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="ASX13" s="15" t="n">
+      <c r="ATB13" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ASY13" s="15" t="n">
+      <c r="ATC13" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="ASZ13" s="15" t="n">
+      <c r="ATD13" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="ATA13" s="15" t="n">
+      <c r="ATE13" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="ATB13" s="15" t="n">
+      <c r="ATF13" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="ATC13" s="15" t="n">
+      <c r="ATG13" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="ATD13" s="15" t="n">
+      <c r="ATH13" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="ATE13" s="15" t="n">
+      <c r="ATI13" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ATF13" s="15" t="n">
+      <c r="ATJ13" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="ATG13" s="15" t="n">
+      <c r="ATK13" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ATH13" s="15" t="n">
+      <c r="ATL13" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="ATI13" s="15" t="n">
+      <c r="ATM13" s="15" t="n">
         <v>4.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>3.5</v>
       </c>
       <c r="ATN13" s="15" t="n">
         <v>3.9</v>
       </c>
       <c r="ATO13" s="15" t="n">
-        <v>4.1</v>
+        <v>4.0</v>
       </c>
       <c r="ATP13" s="15" t="n">
-        <v>2.3</v>
+        <v>3.9</v>
       </c>
       <c r="ATQ13" s="15" t="n">
-        <v>1.5</v>
+        <v>3.5</v>
       </c>
       <c r="ATR13" s="15" t="n">
-        <v>3.6</v>
+        <v>3.9</v>
       </c>
       <c r="ATS13" s="15" t="n">
         <v>4.1</v>
       </c>
       <c r="ATT13" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="ATU13" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="ATV13" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="ATW13" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="ATX13" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="ATU13" s="15" t="n">
+      <c r="ATY13" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="ATV13" s="15" t="n">
+      <c r="ATZ13" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ATW13" s="15" t="n">
+      <c r="AUA13" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ATX13" s="15" t="n">
+      <c r="AUB13" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ATY13" s="15" t="n">
+      <c r="AUC13" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ATZ13" s="15" t="n">
+      <c r="AUD13" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AUA13" s="15" t="n">
+      <c r="AUE13" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AUB13" s="15" t="n">
+      <c r="AUF13" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AUC13" s="15" t="n">
+      <c r="AUG13" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AUD13" s="15" t="n">
+      <c r="AUH13" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AUE13" s="15" t="n">
+      <c r="AUI13" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AUF13" s="15" t="n">
+      <c r="AUJ13" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AUG13" s="15" t="n">
+      <c r="AUK13" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AUH13" s="15" t="n">
+      <c r="AUL13" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AUI13" s="15" t="n">
+      <c r="AUM13" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AUJ13" s="15" t="n">
+      <c r="AUN13" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AUK13" s="15" t="n">
+      <c r="AUO13" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AUL13" s="15" t="n">
+      <c r="AUP13" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AUM13" s="15" t="n">
+      <c r="AUQ13" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AUN13" s="15" t="n">
+      <c r="AUR13" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AUO13" s="15" t="n">
+      <c r="AUS13" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="AUP13" s="13" t="inlineStr">
+      <c r="AUT13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUQ13" s="13" t="inlineStr">
+      <c r="AUU13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUR13" s="13" t="inlineStr">
+      <c r="AUV13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUS13" s="13" t="inlineStr">
+      <c r="AUW13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUT13" s="13" t="inlineStr">
+      <c r="AUX13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUU13" s="13" t="inlineStr">
+      <c r="AUY13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUV13" s="13" t="inlineStr">
+      <c r="AUZ13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUW13" s="13" t="inlineStr">
+      <c r="AVA13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUX13" s="13" t="inlineStr">
+      <c r="AVB13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUY13" s="13" t="inlineStr">
+      <c r="AVC13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUZ13" s="13" t="inlineStr">
+      <c r="AVD13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AVA13" s="13" t="inlineStr">
+      <c r="AVE13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="8" t="inlineStr">
         <is>
           <t xml:space="preserve">        Salud (4773+4774+4775)</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>123.896</v>
+        <v>113.024</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>113.029</v>
+        <v>123.939</v>
       </c>
       <c r="D14" s="14" t="n">
+        <v>113.022</v>
+      </c>
+      <c r="E14" s="14" t="n">
         <v>113.648</v>
       </c>
-      <c r="E14" s="14" t="n">
+      <c r="F14" s="14" t="n">
         <v>110.888</v>
       </c>
-      <c r="F14" s="14" t="n">
+      <c r="G14" s="14" t="n">
         <v>101.926</v>
       </c>
-      <c r="G14" s="14" t="n">
+      <c r="H14" s="14" t="n">
         <v>116.574</v>
       </c>
-      <c r="H14" s="14" t="n">
+      <c r="I14" s="14" t="n">
         <v>112.135</v>
       </c>
-      <c r="I14" s="14" t="n">
+      <c r="J14" s="14" t="n">
         <v>113.824</v>
       </c>
-      <c r="J14" s="14" t="n">
+      <c r="K14" s="14" t="n">
         <v>110.447</v>
       </c>
-      <c r="K14" s="14" t="n">
+      <c r="L14" s="14" t="n">
         <v>110.21</v>
       </c>
-      <c r="L14" s="14" t="n">
+      <c r="M14" s="14" t="n">
         <v>102.274</v>
       </c>
-      <c r="M14" s="14" t="n">
+      <c r="N14" s="14" t="n">
         <v>111.85</v>
       </c>
-      <c r="N14" s="14" t="n">
+      <c r="O14" s="14" t="n">
         <v>116.634</v>
       </c>
-      <c r="O14" s="14" t="n">
+      <c r="P14" s="14" t="n">
         <v>108.225</v>
       </c>
-      <c r="P14" s="14" t="n">
+      <c r="Q14" s="14" t="n">
         <v>109.214</v>
       </c>
-      <c r="Q14" s="14" t="n">
+      <c r="R14" s="14" t="n">
         <v>103.337</v>
       </c>
-      <c r="R14" s="14" t="n">
+      <c r="S14" s="14" t="n">
         <v>100.471</v>
       </c>
-      <c r="S14" s="14" t="n">
+      <c r="T14" s="14" t="n">
         <v>110.765</v>
       </c>
-      <c r="T14" s="14" t="n">
+      <c r="U14" s="14" t="n">
         <v>106.458</v>
       </c>
-      <c r="U14" s="14" t="n">
+      <c r="V14" s="14" t="n">
         <v>110.469</v>
       </c>
-      <c r="V14" s="14" t="n">
+      <c r="W14" s="14" t="n">
         <v>108.48</v>
       </c>
-      <c r="W14" s="14" t="n">
+      <c r="X14" s="14" t="n">
         <v>104.557</v>
       </c>
-      <c r="X14" s="14" t="n">
+      <c r="Y14" s="14" t="n">
         <v>101.289</v>
       </c>
-      <c r="Y14" s="14" t="n">
+      <c r="Z14" s="14" t="n">
         <v>110.301</v>
       </c>
-      <c r="Z14" s="14" t="n">
+      <c r="AA14" s="14" t="n">
         <v>112.904</v>
       </c>
-      <c r="AA14" s="14" t="n">
+      <c r="AB14" s="14" t="n">
         <v>106.196</v>
       </c>
-      <c r="AB14" s="14" t="n">
+      <c r="AC14" s="14" t="n">
         <v>103.068</v>
       </c>
-      <c r="AC14" s="14" t="n">
+      <c r="AD14" s="14" t="n">
         <v>100.762</v>
       </c>
-      <c r="AD14" s="14" t="n">
+      <c r="AE14" s="14" t="n">
         <v>99.21</v>
       </c>
-      <c r="AE14" s="14" t="n">
+      <c r="AF14" s="14" t="n">
         <v>105.168</v>
       </c>
-      <c r="AF14" s="14" t="n">
+      <c r="AG14" s="14" t="n">
         <v>104.531</v>
       </c>
-      <c r="AG14" s="14" t="n">
+      <c r="AH14" s="14" t="n">
         <v>106.253</v>
       </c>
-      <c r="AH14" s="14" t="n">
+      <c r="AI14" s="14" t="n">
         <v>99.325</v>
       </c>
-      <c r="AI14" s="14" t="n">
+      <c r="AJ14" s="14" t="n">
         <v>107.299</v>
       </c>
-      <c r="AJ14" s="14" t="n">
+      <c r="AK14" s="14" t="n">
         <v>95.39</v>
       </c>
-      <c r="AK14" s="14" t="n">
+      <c r="AL14" s="14" t="n">
         <v>104.862</v>
       </c>
-      <c r="AL14" s="14" t="n">
+      <c r="AM14" s="14" t="n">
         <v>111.805</v>
       </c>
-      <c r="AM14" s="14" t="n">
+      <c r="AN14" s="14" t="n">
         <v>104.338</v>
       </c>
-      <c r="AN14" s="14" t="n">
+      <c r="AO14" s="14" t="n">
         <v>102.832</v>
       </c>
-      <c r="AO14" s="14" t="n">
+      <c r="AP14" s="14" t="n">
         <v>101.388</v>
       </c>
-      <c r="AP14" s="14" t="n">
+      <c r="AQ14" s="14" t="n">
         <v>100.736</v>
       </c>
-      <c r="AQ14" s="14" t="n">
+      <c r="AR14" s="14" t="n">
         <v>106.727</v>
       </c>
-      <c r="AR14" s="14" t="n">
+      <c r="AS14" s="14" t="n">
         <v>107.821</v>
       </c>
-      <c r="AS14" s="14" t="n">
+      <c r="AT14" s="14" t="n">
         <v>107.941</v>
       </c>
-      <c r="AT14" s="14" t="n">
+      <c r="AU14" s="14" t="n">
         <v>101.917</v>
       </c>
-      <c r="AU14" s="14" t="n">
+      <c r="AV14" s="14" t="n">
         <v>106.129</v>
       </c>
-      <c r="AV14" s="14" t="n">
+      <c r="AW14" s="14" t="n">
         <v>94.766</v>
       </c>
-      <c r="AW14" s="14" t="n">
+      <c r="AX14" s="14" t="n">
         <v>105.528</v>
       </c>
-      <c r="AX14" s="14" t="n">
+      <c r="AY14" s="14" t="n">
         <v>114.314</v>
       </c>
-      <c r="AY14" s="14" t="n">
+      <c r="AZ14" s="14" t="n">
         <v>105.329</v>
       </c>
-      <c r="AZ14" s="14" t="n">
+      <c r="BA14" s="14" t="n">
         <v>100.68</v>
       </c>
-      <c r="BA14" s="14" t="n">
+      <c r="BB14" s="14" t="n">
         <v>97.94</v>
       </c>
-      <c r="BB14" s="14" t="n">
+      <c r="BC14" s="14" t="n">
         <v>94.509</v>
       </c>
-      <c r="BC14" s="14" t="n">
+      <c r="BD14" s="14" t="n">
         <v>104.687</v>
       </c>
-      <c r="BD14" s="14" t="n">
+      <c r="BE14" s="14" t="n">
         <v>101.689</v>
       </c>
-      <c r="BE14" s="14" t="n">
+      <c r="BF14" s="14" t="n">
         <v>97.911</v>
       </c>
-      <c r="BF14" s="14" t="n">
+      <c r="BG14" s="14" t="n">
         <v>96.786</v>
       </c>
-      <c r="BG14" s="14" t="n">
+      <c r="BH14" s="14" t="n">
         <v>100.992</v>
       </c>
-      <c r="BH14" s="14" t="n">
+      <c r="BI14" s="14" t="n">
         <v>90.478</v>
       </c>
-      <c r="BI14" s="14" t="n">
+      <c r="BJ14" s="14" t="n">
         <v>94.684</v>
       </c>
-      <c r="BJ14" s="14" t="n">
+      <c r="BK14" s="14" t="n">
         <v>102.52</v>
       </c>
-      <c r="BK14" s="14" t="n">
+      <c r="BL14" s="14" t="n">
         <v>95.344</v>
       </c>
-      <c r="BL14" s="14" t="n">
+      <c r="BM14" s="14" t="n">
         <v>99.45</v>
       </c>
-      <c r="BM14" s="14" t="n">
+      <c r="BN14" s="14" t="n">
         <v>95.953</v>
       </c>
-      <c r="BN14" s="14" t="n">
+      <c r="BO14" s="14" t="n">
         <v>92.374</v>
       </c>
-      <c r="BO14" s="14" t="n">
+      <c r="BP14" s="14" t="n">
         <v>100.954</v>
       </c>
-      <c r="BP14" s="14" t="n">
+      <c r="BQ14" s="14" t="n">
         <v>95.425</v>
       </c>
-      <c r="BQ14" s="14" t="n">
+      <c r="BR14" s="14" t="n">
         <v>88.645</v>
       </c>
-      <c r="BR14" s="14" t="n">
+      <c r="BS14" s="14" t="n">
         <v>84.811</v>
       </c>
-      <c r="BS14" s="14" t="n">
+      <c r="BT14" s="14" t="n">
         <v>99.05</v>
       </c>
-      <c r="BT14" s="14" t="n">
+      <c r="BU14" s="14" t="n">
         <v>96.009</v>
       </c>
-      <c r="BU14" s="14" t="n">
+      <c r="BV14" s="14" t="n">
         <v>104.14</v>
       </c>
-      <c r="BV14" s="14" t="n">
+      <c r="BW14" s="14" t="n">
         <v>104.962</v>
       </c>
-      <c r="BW14" s="14" t="n">
+      <c r="BX14" s="14" t="n">
         <v>98.358</v>
       </c>
-      <c r="BX14" s="14" t="n">
+      <c r="BY14" s="14" t="n">
         <v>100.439</v>
       </c>
-      <c r="BY14" s="14" t="n">
+      <c r="BZ14" s="14" t="n">
         <v>94.396</v>
       </c>
-      <c r="BZ14" s="14" t="n">
+      <c r="CA14" s="14" t="n">
         <v>93.269</v>
       </c>
-      <c r="CA14" s="14" t="n">
+      <c r="CB14" s="14" t="n">
         <v>103.225</v>
       </c>
-      <c r="CB14" s="14" t="n">
+      <c r="CC14" s="14" t="n">
         <v>96.838</v>
       </c>
-      <c r="CC14" s="14" t="n">
+      <c r="CD14" s="14" t="n">
         <v>100.883</v>
       </c>
-      <c r="CD14" s="14" t="n">
+      <c r="CE14" s="14" t="n">
         <v>96.046</v>
       </c>
-      <c r="CE14" s="14" t="n">
+      <c r="CF14" s="14" t="n">
         <v>97.295</v>
       </c>
-      <c r="CF14" s="14" t="n">
+      <c r="CG14" s="14" t="n">
         <v>90.242</v>
       </c>
-      <c r="CG14" s="14" t="n">
+      <c r="CH14" s="14" t="n">
         <v>102.049</v>
       </c>
-      <c r="CH14" s="14" t="n">
+      <c r="CI14" s="14" t="n">
         <v>101.618</v>
       </c>
-      <c r="CI14" s="14" t="n">
+      <c r="CJ14" s="14" t="n">
         <v>98.016</v>
       </c>
-      <c r="CJ14" s="14" t="n">
+      <c r="CK14" s="14" t="n">
         <v>97.866</v>
       </c>
-      <c r="CK14" s="14" t="n">
+      <c r="CL14" s="14" t="n">
         <v>91.832</v>
       </c>
-      <c r="CL14" s="14" t="n">
+      <c r="CM14" s="14" t="n">
         <v>92.068</v>
       </c>
-      <c r="CM14" s="14" t="n">
+      <c r="CN14" s="14" t="n">
         <v>100.344</v>
       </c>
-      <c r="CN14" s="14" t="n">
+      <c r="CO14" s="14" t="n">
         <v>99.228</v>
       </c>
-      <c r="CO14" s="14" t="n">
+      <c r="CP14" s="14" t="n">
         <v>98.872</v>
       </c>
-      <c r="CP14" s="14" t="n">
+      <c r="CQ14" s="14" t="n">
         <v>95.348</v>
       </c>
-      <c r="CQ14" s="14" t="n">
+      <c r="CR14" s="14" t="n">
         <v>96.432</v>
       </c>
-      <c r="CR14" s="14" t="n">
+      <c r="CS14" s="14" t="n">
         <v>89.502</v>
       </c>
-      <c r="CS14" s="14" t="n">
+      <c r="CT14" s="14" t="n">
         <v>100.636</v>
       </c>
-      <c r="CT14" s="14" t="n">
+      <c r="CU14" s="14" t="n">
         <v>101.999</v>
       </c>
-      <c r="CU14" s="14" t="n">
+      <c r="CV14" s="14" t="n">
         <v>96.11</v>
       </c>
-      <c r="CV14" s="14" t="n">
+      <c r="CW14" s="14" t="n">
         <v>94.279</v>
       </c>
-      <c r="CW14" s="14" t="n">
+      <c r="CX14" s="14" t="n">
         <v>92.868</v>
       </c>
-      <c r="CX14" s="14" t="n">
+      <c r="CY14" s="14" t="n">
         <v>90.559</v>
       </c>
-      <c r="CY14" s="14" t="n">
+      <c r="CZ14" s="14" t="n">
         <v>97.153</v>
       </c>
-      <c r="CZ14" s="14" t="n">
+      <c r="DA14" s="14" t="n">
         <v>97.665</v>
       </c>
-      <c r="DA14" s="14" t="n">
+      <c r="DB14" s="14" t="n">
         <v>97.916</v>
       </c>
-      <c r="DB14" s="14" t="n">
+      <c r="DC14" s="14" t="n">
         <v>91.31</v>
       </c>
-      <c r="DC14" s="14" t="n">
+      <c r="DD14" s="14" t="n">
         <v>97.26</v>
       </c>
-      <c r="DD14" s="14" t="n">
+      <c r="DE14" s="14" t="n">
         <v>86.843</v>
       </c>
-      <c r="DE14" s="14" t="n">
+      <c r="DF14" s="14" t="n">
         <v>96.983</v>
       </c>
-      <c r="DF14" s="14" t="n">
+      <c r="DG14" s="14" t="n">
         <v>99.57</v>
       </c>
-      <c r="DG14" s="14" t="n">
+      <c r="DH14" s="14" t="n">
         <v>92.831</v>
       </c>
-      <c r="DH14" s="14" t="n">
+      <c r="DI14" s="14" t="n">
         <v>91.962</v>
       </c>
-      <c r="DI14" s="14" t="n">
+      <c r="DJ14" s="14" t="n">
         <v>91.804</v>
       </c>
-      <c r="DJ14" s="14" t="n">
+      <c r="DK14" s="14" t="n">
         <v>90.61</v>
       </c>
-      <c r="DK14" s="14" t="n">
+      <c r="DL14" s="14" t="n">
         <v>97.378</v>
       </c>
-      <c r="DL14" s="14" t="n">
+      <c r="DM14" s="14" t="n">
         <v>97.223</v>
       </c>
-      <c r="DM14" s="14" t="n">
+      <c r="DN14" s="14" t="n">
         <v>93.681</v>
       </c>
-      <c r="DN14" s="14" t="n">
+      <c r="DO14" s="14" t="n">
         <v>92.667</v>
       </c>
-      <c r="DO14" s="14" t="n">
+      <c r="DP14" s="14" t="n">
         <v>93.604</v>
       </c>
-      <c r="DP14" s="14" t="n">
+      <c r="DQ14" s="14" t="n">
         <v>87.991</v>
       </c>
-      <c r="DQ14" s="14" t="n">
+      <c r="DR14" s="14" t="n">
         <v>92.033</v>
       </c>
-      <c r="DR14" s="14" t="n">
+      <c r="DS14" s="14" t="n">
         <v>96.883</v>
       </c>
-      <c r="DS14" s="14" t="n">
+      <c r="DT14" s="14" t="n">
         <v>88.086</v>
       </c>
-      <c r="DT14" s="14" t="n">
+      <c r="DU14" s="14" t="n">
         <v>90.73</v>
       </c>
-      <c r="DU14" s="14" t="n">
+      <c r="DV14" s="14" t="n">
         <v>87.309</v>
       </c>
-      <c r="DV14" s="14" t="n">
+      <c r="DW14" s="14" t="n">
         <v>82.006</v>
       </c>
-      <c r="DW14" s="14" t="n">
+      <c r="DX14" s="14" t="n">
         <v>94.62</v>
       </c>
-      <c r="DX14" s="14" t="n">
+      <c r="DY14" s="14" t="n">
         <v>90.464</v>
       </c>
-      <c r="DY14" s="14" t="n">
+      <c r="DZ14" s="14" t="n">
         <v>88.951</v>
       </c>
-      <c r="DZ14" s="14" t="n">
+      <c r="EA14" s="14" t="n">
         <v>87.854</v>
       </c>
-      <c r="EA14" s="14" t="n">
+      <c r="EB14" s="14" t="n">
         <v>89.926</v>
       </c>
-      <c r="EB14" s="14" t="n">
+      <c r="EC14" s="14" t="n">
         <v>82.897</v>
       </c>
-      <c r="EC14" s="14" t="n">
+      <c r="ED14" s="14" t="n">
         <v>91.039</v>
       </c>
-      <c r="ED14" s="14" t="n">
+      <c r="EE14" s="14" t="n">
         <v>93.931</v>
       </c>
-      <c r="EE14" s="14" t="n">
+      <c r="EF14" s="14" t="n">
         <v>82.752</v>
       </c>
-      <c r="EF14" s="14" t="n">
+      <c r="EG14" s="14" t="n">
         <v>88.594</v>
       </c>
-      <c r="EG14" s="14" t="n">
+      <c r="EH14" s="14" t="n">
         <v>84.888</v>
       </c>
-      <c r="EH14" s="14" t="n">
+      <c r="EI14" s="14" t="n">
         <v>78.216</v>
       </c>
-      <c r="EI14" s="14" t="n">
+      <c r="EJ14" s="14" t="n">
         <v>91.787</v>
       </c>
-      <c r="EJ14" s="14" t="n">
+      <c r="EK14" s="14" t="n">
         <v>86.754</v>
       </c>
-      <c r="EK14" s="14" t="n">
+      <c r="EL14" s="14" t="n">
         <v>88.531</v>
       </c>
-      <c r="EL14" s="14" t="n">
+      <c r="EM14" s="14" t="n">
         <v>85.7</v>
       </c>
-      <c r="EM14" s="14" t="n">
+      <c r="EN14" s="14" t="n">
         <v>86.18</v>
       </c>
-      <c r="EN14" s="14" t="n">
+      <c r="EO14" s="14" t="n">
         <v>79.958</v>
       </c>
-      <c r="EO14" s="14" t="n">
+      <c r="EP14" s="14" t="n">
         <v>90.082</v>
       </c>
-      <c r="EP14" s="14" t="n">
+      <c r="EQ14" s="14" t="n">
         <v>89.975</v>
       </c>
-      <c r="EQ14" s="14" t="n">
+      <c r="ER14" s="14" t="n">
         <v>82.667</v>
       </c>
-      <c r="ER14" s="14" t="n">
+      <c r="ES14" s="14" t="n">
         <v>86.072</v>
       </c>
-      <c r="ES14" s="14" t="n">
+      <c r="ET14" s="14" t="n">
         <v>80.766</v>
       </c>
-      <c r="ET14" s="14" t="n">
+      <c r="EU14" s="14" t="n">
         <v>77.34</v>
       </c>
-      <c r="EU14" s="14" t="n">
+      <c r="EV14" s="14" t="n">
         <v>88.965</v>
       </c>
-      <c r="EV14" s="14" t="n">
+      <c r="EW14" s="14" t="n">
         <v>85.169</v>
       </c>
-      <c r="EW14" s="14" t="n">
+      <c r="EX14" s="14" t="n">
         <v>86.174</v>
       </c>
-      <c r="EX14" s="14" t="n">
+      <c r="EY14" s="14" t="n">
         <v>84.483</v>
       </c>
-      <c r="EY14" s="14" t="n">
+      <c r="EZ14" s="14" t="n">
         <v>81.769</v>
       </c>
-      <c r="EZ14" s="14" t="n">
+      <c r="FA14" s="14" t="n">
         <v>79.374</v>
       </c>
-      <c r="FA14" s="14" t="n">
+      <c r="FB14" s="14" t="n">
         <v>86.912</v>
       </c>
-      <c r="FB14" s="14" t="n">
+      <c r="FC14" s="14" t="n">
         <v>86.463</v>
       </c>
-      <c r="FC14" s="14" t="n">
+      <c r="FD14" s="14" t="n">
         <v>78.167</v>
       </c>
-      <c r="FD14" s="14" t="n">
+      <c r="FE14" s="14" t="n">
         <v>81.716</v>
       </c>
-      <c r="FE14" s="14" t="n">
+      <c r="FF14" s="14" t="n">
         <v>74.543</v>
       </c>
-      <c r="FF14" s="14" t="n">
+      <c r="FG14" s="14" t="n">
         <v>81.722</v>
       </c>
-      <c r="FG14" s="14" t="n">
+      <c r="FH14" s="14" t="n">
         <v>88.415</v>
       </c>
-      <c r="FH14" s="14" t="n">
+      <c r="FI14" s="14" t="n">
         <v>103.917</v>
       </c>
-      <c r="FI14" s="14" t="n">
+      <c r="FJ14" s="14" t="n">
         <v>102.258</v>
       </c>
-      <c r="FJ14" s="14" t="n">
+      <c r="FK14" s="14" t="n">
         <v>96.404</v>
       </c>
-      <c r="FK14" s="14" t="n">
+      <c r="FL14" s="14" t="n">
         <v>102.737</v>
       </c>
-      <c r="FL14" s="14" t="n">
+      <c r="FM14" s="14" t="n">
         <v>97.412</v>
       </c>
-      <c r="FM14" s="14" t="n">
+      <c r="FN14" s="14" t="n">
         <v>103.619</v>
       </c>
-      <c r="FN14" s="14" t="n">
+      <c r="FO14" s="14" t="n">
         <v>107.791</v>
       </c>
-      <c r="FO14" s="14" t="n">
+      <c r="FP14" s="14" t="n">
         <v>101.451</v>
       </c>
-      <c r="FP14" s="14" t="n">
+      <c r="FQ14" s="14" t="n">
         <v>101.269</v>
       </c>
-      <c r="FQ14" s="14" t="n">
+      <c r="FR14" s="14" t="n">
         <v>101.557</v>
       </c>
-      <c r="FR14" s="14" t="n">
+      <c r="FS14" s="14" t="n">
         <v>97.784</v>
       </c>
-      <c r="FS14" s="14" t="n">
+      <c r="FT14" s="14" t="n">
         <v>107.921</v>
       </c>
-      <c r="FT14" s="14" t="n">
+      <c r="FU14" s="14" t="n">
         <v>107.742</v>
       </c>
-      <c r="FU14" s="14" t="n">
+      <c r="FV14" s="14" t="n">
         <v>105.297</v>
       </c>
-      <c r="FV14" s="14" t="n">
+      <c r="FW14" s="14" t="n">
         <v>103.726</v>
       </c>
-      <c r="FW14" s="14" t="n">
+      <c r="FX14" s="14" t="n">
         <v>107.124</v>
       </c>
-      <c r="FX14" s="14" t="n">
+      <c r="FY14" s="14" t="n">
         <v>99.559</v>
       </c>
-      <c r="FY14" s="14" t="n">
+      <c r="FZ14" s="14" t="n">
         <v>107.943</v>
       </c>
-      <c r="FZ14" s="14" t="n">
+      <c r="GA14" s="14" t="n">
         <v>113.196</v>
       </c>
-      <c r="GA14" s="14" t="n">
+      <c r="GB14" s="14" t="n">
         <v>103.568</v>
       </c>
-      <c r="GB14" s="14" t="n">
+      <c r="GC14" s="14" t="n">
         <v>104.47</v>
       </c>
-      <c r="GC14" s="14" t="n">
+      <c r="GD14" s="14" t="n">
         <v>103.221</v>
       </c>
-      <c r="GD14" s="14" t="n">
+      <c r="GE14" s="14" t="n">
         <v>98.419</v>
       </c>
-      <c r="GE14" s="14" t="n">
+      <c r="GF14" s="14" t="n">
         <v>111.74</v>
       </c>
-      <c r="GF14" s="14" t="n">
+      <c r="GG14" s="14" t="n">
         <v>110.942</v>
       </c>
-      <c r="GG14" s="14" t="n">
+      <c r="GH14" s="14" t="n">
         <v>108.72</v>
       </c>
-      <c r="GH14" s="14" t="n">
+      <c r="GI14" s="14" t="n">
         <v>106.064</v>
       </c>
-      <c r="GI14" s="14" t="n">
+      <c r="GJ14" s="14" t="n">
         <v>111.07</v>
       </c>
-      <c r="GJ14" s="14" t="n">
+      <c r="GK14" s="14" t="n">
         <v>100.684</v>
       </c>
-      <c r="GK14" s="14" t="n">
+      <c r="GL14" s="14" t="n">
         <v>108.559</v>
       </c>
-      <c r="GL14" s="14" t="n">
+      <c r="GM14" s="14" t="n">
         <v>114.621</v>
       </c>
-      <c r="GM14" s="14" t="n">
+      <c r="GN14" s="14" t="n">
         <v>104.783</v>
       </c>
-      <c r="GN14" s="14" t="n">
+      <c r="GO14" s="14" t="n">
         <v>107.349</v>
       </c>
-      <c r="GO14" s="14" t="n">
+      <c r="GP14" s="14" t="n">
         <v>104.072</v>
       </c>
-      <c r="GP14" s="14" t="n">
+      <c r="GQ14" s="14" t="n">
         <v>98.511</v>
       </c>
-      <c r="GQ14" s="14" t="n">
+      <c r="GR14" s="14" t="n">
         <v>112.449</v>
       </c>
-      <c r="GR14" s="14" t="n">
+      <c r="GS14" s="14" t="n">
         <v>107.952</v>
       </c>
-      <c r="GS14" s="14" t="n">
+      <c r="GT14" s="14" t="n">
         <v>105.188</v>
       </c>
-      <c r="GT14" s="14" t="n">
+      <c r="GU14" s="14" t="n">
         <v>102.639</v>
       </c>
-      <c r="GU14" s="14" t="n">
+      <c r="GV14" s="14" t="n">
         <v>102.291</v>
       </c>
-      <c r="GV14" s="14" t="n">
+      <c r="GW14" s="14" t="n">
         <v>96.692</v>
       </c>
-      <c r="GW14" s="14" t="n">
+      <c r="GX14" s="14" t="n">
         <v>105.801</v>
       </c>
-      <c r="GX14" s="14" t="n">
+      <c r="GY14" s="14" t="n">
         <v>108.195</v>
       </c>
-      <c r="GY14" s="14" t="n">
+      <c r="GZ14" s="14" t="n">
         <v>97.853</v>
       </c>
-      <c r="GZ14" s="14" t="n">
+      <c r="HA14" s="14" t="n">
         <v>101.11</v>
       </c>
-      <c r="HA14" s="14" t="n">
+      <c r="HB14" s="14" t="n">
         <v>96.982</v>
       </c>
-      <c r="HB14" s="14" t="n">
+      <c r="HC14" s="14" t="n">
         <v>91.186</v>
       </c>
-      <c r="HC14" s="14" t="n">
+      <c r="HD14" s="14" t="n">
         <v>105.699</v>
       </c>
-      <c r="HD14" s="14" t="n">
+      <c r="HE14" s="14" t="n">
         <v>100.96</v>
       </c>
-      <c r="HE14" s="14" t="n">
+      <c r="HF14" s="14" t="n">
         <v>101.657</v>
       </c>
-      <c r="HF14" s="14" t="n">
+      <c r="HG14" s="14" t="n">
         <v>101.493</v>
       </c>
-      <c r="HG14" s="14" t="n">
+      <c r="HH14" s="14" t="n">
         <v>97.95</v>
       </c>
-      <c r="HH14" s="14" t="n">
+      <c r="HI14" s="14" t="n">
         <v>97.188</v>
       </c>
-      <c r="HI14" s="14" t="n">
+      <c r="HJ14" s="14" t="n">
         <v>104.05</v>
       </c>
-      <c r="HJ14" s="14" t="n">
+      <c r="HK14" s="14" t="n">
         <v>104.206</v>
       </c>
-      <c r="HK14" s="14" t="n">
+      <c r="HL14" s="14" t="n">
         <v>98.129</v>
       </c>
-      <c r="HL14" s="14" t="n">
+      <c r="HM14" s="14" t="n">
         <v>100.273</v>
       </c>
-      <c r="HM14" s="14" t="n">
+      <c r="HN14" s="14" t="n">
         <v>92.498</v>
       </c>
-      <c r="HN14" s="14" t="n">
+      <c r="HO14" s="14" t="n">
         <v>88.831</v>
       </c>
-      <c r="HO14" s="14" t="n">
+      <c r="HP14" s="14" t="n">
         <v>100.011</v>
       </c>
-      <c r="HP14" s="14" t="n">
+      <c r="HQ14" s="14" t="n">
         <v>98.366</v>
       </c>
-      <c r="HQ14" s="14" t="n">
+      <c r="HR14" s="14" t="n">
         <v>98.439</v>
       </c>
-      <c r="HR14" s="14" t="n">
+      <c r="HS14" s="14" t="n">
         <v>91.956</v>
       </c>
-      <c r="HS14" s="14" t="n">
+      <c r="HT14" s="14" t="n">
         <v>99.293</v>
       </c>
-      <c r="HT14" s="14" t="n">
+      <c r="HU14" s="14" t="n">
         <v>89.317</v>
       </c>
-      <c r="HU14" s="14" t="n">
+      <c r="HV14" s="14" t="n">
         <v>98.313</v>
       </c>
-      <c r="HV14" s="14" t="n">
+      <c r="HW14" s="14" t="n">
         <v>96.063</v>
       </c>
-      <c r="HW14" s="14" t="n">
+      <c r="HX14" s="14" t="n">
         <v>90.036</v>
       </c>
-      <c r="HX14" s="14" t="n">
+      <c r="HY14" s="14" t="n">
         <v>91.721</v>
       </c>
-      <c r="HY14" s="14" t="n">
+      <c r="HZ14" s="14" t="n">
         <v>87.546</v>
       </c>
-      <c r="HZ14" s="14" t="n">
+      <c r="IA14" s="14" t="n">
         <v>82.851</v>
       </c>
-      <c r="IA14" s="14" t="n">
+      <c r="IB14" s="14" t="n">
         <v>91.441</v>
       </c>
-      <c r="IB14" s="14" t="n">
+      <c r="IC14" s="14" t="n">
         <v>93.845</v>
       </c>
-      <c r="IC14" s="14" t="n">
+      <c r="ID14" s="14" t="n">
         <v>94.366</v>
       </c>
-      <c r="ID14" s="14" t="n">
+      <c r="IE14" s="14" t="n">
         <v>87.166</v>
       </c>
-      <c r="IE14" s="14" t="n">
+      <c r="IF14" s="14" t="n">
         <v>94.689</v>
       </c>
-      <c r="IF14" s="14" t="n">
+      <c r="IG14" s="14" t="n">
         <v>86.917</v>
       </c>
-      <c r="IG14" s="14" t="n">
+      <c r="IH14" s="14" t="n">
         <v>92.998</v>
       </c>
-      <c r="IH14" s="14" t="n">
+      <c r="II14" s="14" t="n">
         <v>96.068</v>
       </c>
-      <c r="II14" s="14" t="n">
+      <c r="IJ14" s="14" t="n">
         <v>87.555</v>
       </c>
-      <c r="IJ14" s="14" t="n">
+      <c r="IK14" s="14" t="n">
         <v>87.539</v>
       </c>
-      <c r="IK14" s="14" t="n">
+      <c r="IL14" s="14" t="n">
         <v>84.587</v>
       </c>
-      <c r="IL14" s="14" t="n">
+      <c r="IM14" s="14" t="n">
         <v>79.916</v>
       </c>
-      <c r="IM14" s="14" t="n">
+      <c r="IN14" s="14" t="n">
         <v>87.319</v>
       </c>
-      <c r="IN14" s="14" t="n">
+      <c r="IO14" s="14" t="n">
         <v>89.72</v>
       </c>
-      <c r="IO14" s="14" t="n">
+      <c r="IP14" s="14" t="n">
         <v>88.906</v>
       </c>
-      <c r="IP14" s="14" t="n">
+      <c r="IQ14" s="14" t="n">
         <v>88.561</v>
       </c>
-      <c r="IQ14" s="14" t="n">
+      <c r="IR14" s="14" t="n">
         <v>89.228</v>
       </c>
-      <c r="IR14" s="14" t="n">
+      <c r="IS14" s="14" t="n">
         <v>83.427</v>
       </c>
-      <c r="IS14" s="14" t="n">
+      <c r="IT14" s="14" t="n">
         <v>89.566</v>
       </c>
-      <c r="IT14" s="14" t="n">
+      <c r="IU14" s="14" t="n">
         <v>91.249</v>
       </c>
-      <c r="IU14" s="14" t="n">
+      <c r="IV14" s="14" t="n">
         <v>83.463</v>
       </c>
-      <c r="IV14" s="14" t="n">
+      <c r="IW14" s="14" t="n">
         <v>82.881</v>
       </c>
-      <c r="IW14" s="14" t="n">
+      <c r="IX14" s="14" t="n">
         <v>80.316</v>
       </c>
-      <c r="IX14" s="14" t="n">
+      <c r="IY14" s="14" t="n">
         <v>73.57</v>
       </c>
-      <c r="IY14" s="14" t="n">
+      <c r="IZ14" s="14" t="n">
         <v>85.58</v>
       </c>
-      <c r="IZ14" s="14" t="n">
+      <c r="JA14" s="14" t="n">
         <v>84.672</v>
       </c>
-      <c r="JA14" s="14" t="n">
+      <c r="JB14" s="14" t="n">
         <v>82.687</v>
       </c>
-      <c r="JB14" s="14" t="n">
+      <c r="JC14" s="14" t="n">
         <v>82.427</v>
       </c>
-      <c r="JC14" s="14" t="n">
+      <c r="JD14" s="14" t="n">
         <v>83.656</v>
       </c>
-      <c r="JD14" s="14" t="n">
+      <c r="JE14" s="14" t="n">
         <v>77.174</v>
       </c>
-      <c r="JE14" s="14" t="n">
+      <c r="JF14" s="14" t="n">
         <v>83.557</v>
       </c>
-      <c r="JF14" s="14" t="n">
+      <c r="JG14" s="14" t="n">
         <v>86.788</v>
       </c>
-      <c r="JG14" s="14" t="n">
+      <c r="JH14" s="14" t="n">
         <v>77.978</v>
       </c>
-      <c r="JH14" s="14" t="n">
+      <c r="JI14" s="14" t="n">
         <v>81.869</v>
       </c>
-      <c r="JI14" s="14" t="n">
+      <c r="JJ14" s="14" t="n">
         <v>76.745</v>
       </c>
-      <c r="JJ14" s="14" t="n">
+      <c r="JK14" s="14" t="n">
         <v>69.981</v>
       </c>
-      <c r="JK14" s="14" t="n">
+      <c r="JL14" s="14" t="n">
         <v>80.712</v>
       </c>
-      <c r="JL14" s="14" t="n">
+      <c r="JM14" s="14" t="n">
         <v>77.898</v>
       </c>
-      <c r="JM14" s="14" t="n">
+      <c r="JN14" s="14" t="n">
         <v>79.615</v>
       </c>
-      <c r="JN14" s="14" t="n">
+      <c r="JO14" s="14" t="n">
         <v>77.607</v>
       </c>
-      <c r="JO14" s="14" t="n">
+      <c r="JP14" s="14" t="n">
         <v>77.262</v>
       </c>
-      <c r="JP14" s="14" t="n">
+      <c r="JQ14" s="14" t="n">
         <v>74.084</v>
       </c>
-      <c r="JQ14" s="14" t="n">
+      <c r="JR14" s="14" t="n">
         <v>79.31</v>
       </c>
-      <c r="JR14" s="14" t="n">
+      <c r="JS14" s="14" t="n">
         <v>77.385</v>
       </c>
-      <c r="JS14" s="14" t="n">
+      <c r="JT14" s="14" t="n">
         <v>70.523</v>
       </c>
-      <c r="JT14" s="14" t="n">
+      <c r="JU14" s="14" t="n">
         <v>74.385</v>
       </c>
-      <c r="JU14" s="14" t="n">
+      <c r="JV14" s="14" t="n">
         <v>68.409</v>
       </c>
-      <c r="JV14" s="14" t="n">
+      <c r="JW14" s="14" t="n">
         <v>64.34</v>
       </c>
-      <c r="JW14" s="14" t="n">
+      <c r="JX14" s="14" t="n">
         <v>74.237</v>
       </c>
-      <c r="JX14" s="14" t="n">
+      <c r="JY14" s="14" t="n">
         <v>69.786</v>
       </c>
-      <c r="JY14" s="14" t="n">
+      <c r="JZ14" s="14" t="n">
         <v>72.541</v>
       </c>
-      <c r="JZ14" s="14" t="n">
+      <c r="KA14" s="14" t="n">
         <v>70.451</v>
       </c>
-      <c r="KA14" s="14" t="n">
+      <c r="KB14" s="14" t="n">
         <v>67.718</v>
       </c>
-      <c r="KB14" s="14" t="n">
+      <c r="KC14" s="14" t="n">
         <v>66.742</v>
       </c>
-      <c r="KC14" s="14" t="n">
+      <c r="KD14" s="14" t="n">
         <v>73.19</v>
       </c>
-      <c r="KD14" s="14" t="n">
+      <c r="KE14" s="14" t="n">
         <v>72.752</v>
       </c>
-      <c r="KE14" s="14" t="n">
+      <c r="KF14" s="14" t="n">
         <v>66.677</v>
       </c>
-      <c r="KF14" s="14" t="n">
+      <c r="KG14" s="14" t="n">
         <v>67.924</v>
       </c>
-      <c r="KG14" s="14" t="n">
+      <c r="KH14" s="14" t="n">
         <v>63.086</v>
       </c>
-      <c r="KH14" s="14" t="n">
+      <c r="KI14" s="14" t="n">
         <v>61.8</v>
       </c>
-      <c r="KI14" s="14" t="n">
+      <c r="KJ14" s="14" t="n">
         <v>66.75</v>
       </c>
-      <c r="KJ14" s="14" t="n">
+      <c r="KK14" s="14" t="n">
         <v>68.806</v>
       </c>
-      <c r="KK14" s="14" t="n">
+      <c r="KL14" s="14" t="n">
         <v>68.895</v>
       </c>
-      <c r="KL14" s="14" t="n">
+      <c r="KM14" s="14" t="n">
         <v>64.531</v>
       </c>
-      <c r="KM14" s="14" t="n">
+      <c r="KN14" s="14" t="n">
         <v>67.611</v>
       </c>
-      <c r="KN14" s="14" t="n">
+      <c r="KO14" s="14" t="n">
         <v>61.868</v>
       </c>
-      <c r="KO14" s="14" t="n">
+      <c r="KP14" s="14" t="n">
         <v>66.577</v>
       </c>
-      <c r="KP14" s="14" t="n">
+      <c r="KQ14" s="14" t="n">
         <v>70.157</v>
       </c>
-      <c r="KQ14" s="14" t="n">
+      <c r="KR14" s="14" t="n">
         <v>63.628</v>
       </c>
-      <c r="KR14" s="14" t="n">
+      <c r="KS14" s="14" t="n">
         <v>63.345</v>
       </c>
-      <c r="KS14" s="14" t="n">
+      <c r="KT14" s="14" t="n">
         <v>61.44</v>
       </c>
-      <c r="KT14" s="14" t="n">
+      <c r="KU14" s="14" t="n">
         <v>57.41</v>
       </c>
-      <c r="KU14" s="14" t="n">
+      <c r="KV14" s="14" t="n">
         <v>63.189</v>
       </c>
-      <c r="KV14" s="14" t="n">
+      <c r="KW14" s="14" t="n">
         <v>64.174</v>
       </c>
-      <c r="KW14" s="14" t="n">
+      <c r="KX14" s="14" t="n">
         <v>64.014</v>
       </c>
-      <c r="KX14" s="14" t="n">
+      <c r="KY14" s="14" t="n">
         <v>60.784</v>
       </c>
-      <c r="KY14" s="14" t="n">
+      <c r="KZ14" s="14" t="n">
         <v>62.993</v>
       </c>
-      <c r="KZ14" s="14" t="n">
+      <c r="LA14" s="14" t="n">
         <v>58.806</v>
       </c>
-      <c r="LA14" s="14" t="n">
+      <c r="LB14" s="14" t="n">
         <v>61.79</v>
       </c>
-      <c r="LB14" s="15" t="n">
+      <c r="LC14" s="15" t="n">
+        <v>-8.8</v>
+      </c>
+      <c r="LD14" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="LE14" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="LF14" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="LG14" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="LH14" s="15" t="n">
+        <v>-12.6</v>
+      </c>
+      <c r="LI14" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="LJ14" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="LK14" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="LL14" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="LM14" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="LN14" s="15" t="n">
+        <v>-8.6</v>
+      </c>
+      <c r="LO14" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="LP14" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="LQ14" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="LR14" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="LS14" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="LT14" s="15" t="n">
+        <v>-9.3</v>
+      </c>
+      <c r="LU14" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="LV14" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="LW14" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="LX14" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="LY14" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="LZ14" s="15" t="n">
+        <v>-8.2</v>
+      </c>
+      <c r="MA14" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="MB14" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="MC14" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="MD14" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="ME14" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="MF14" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="MG14" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="MH14" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="MI14" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="MJ14" s="15" t="n">
+        <v>-7.4</v>
+      </c>
+      <c r="MK14" s="15" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="ML14" s="15" t="n">
+        <v>-9.0</v>
+      </c>
+      <c r="MM14" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="MN14" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="MO14" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="MP14" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="MQ14" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="MR14" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="MS14" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="MT14" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="MU14" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="MV14" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="MW14" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="MX14" s="15" t="n">
+        <v>-10.2</v>
+      </c>
+      <c r="MY14" s="15" t="n">
+        <v>-7.7</v>
+      </c>
+      <c r="MZ14" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="NA14" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="NB14" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="NC14" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="ND14" s="15" t="n">
+        <v>-9.7</v>
+      </c>
+      <c r="NE14" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="NF14" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="NG14" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="NH14" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="NI14" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="NJ14" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="NK14" s="15" t="n">
+        <v>-7.6</v>
+      </c>
+      <c r="NL14" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="NM14" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="NN14" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="NO14" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="NP14" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="NQ14" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="NR14" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="NS14" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="NT14" s="15" t="n">
+        <v>-14.4</v>
+      </c>
+      <c r="NU14" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="NV14" s="15" t="n">
+        <v>-7.8</v>
+      </c>
+      <c r="NW14" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="NX14" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="NY14" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="NZ14" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="OA14" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="OB14" s="15" t="n">
+        <v>-9.6</v>
+      </c>
+      <c r="OC14" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="OD14" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="OE14" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="OF14" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="OG14" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="OH14" s="15" t="n">
+        <v>-11.6</v>
+      </c>
+      <c r="OI14" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="OJ14" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="OK14" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="OL14" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="OM14" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="ON14" s="15" t="n">
+        <v>-8.2</v>
+      </c>
+      <c r="OO14" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="OP14" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="OQ14" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="OR14" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="OS14" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="OT14" s="15" t="n">
+        <v>-11.1</v>
+      </c>
+      <c r="OU14" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="OV14" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="OW14" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="OX14" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="OY14" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="OZ14" s="15" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="PA14" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="PB14" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="PC14" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="PD14" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="PE14" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="PF14" s="15" t="n">
+        <v>-10.5</v>
+      </c>
+      <c r="PG14" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="PH14" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="PI14" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="PJ14" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="PK14" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="PL14" s="15" t="n">
+        <v>-7.0</v>
+      </c>
+      <c r="PM14" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="PN14" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="PO14" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="PP14" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="PQ14" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="PR14" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="PS14" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="PT14" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="PU14" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="PV14" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="PW14" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="PX14" s="15" t="n">
+        <v>-13.3</v>
+      </c>
+      <c r="PY14" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="PZ14" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="QA14" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="QB14" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="QC14" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="QD14" s="15" t="n">
+        <v>-8.9</v>
+      </c>
+      <c r="QE14" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="QF14" s="15" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="QG14" s="15" t="n">
+        <v>-6.6</v>
+      </c>
+      <c r="QH14" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="QI14" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="QJ14" s="15" t="n">
+        <v>-14.8</v>
+      </c>
+      <c r="QK14" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="QL14" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="QM14" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="QN14" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="QO14" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="QP14" s="15" t="n">
+        <v>-11.2</v>
+      </c>
+      <c r="QQ14" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="QR14" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="QS14" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="QT14" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="QU14" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="QV14" s="15" t="n">
+        <v>-13.1</v>
+      </c>
+      <c r="QW14" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="QX14" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="QY14" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="QZ14" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="RA14" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="RB14" s="15" t="n">
+        <v>-8.7</v>
+      </c>
+      <c r="RC14" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="RD14" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="RE14" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="RF14" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="LC14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="LD14" s="15" t="n">
+      <c r="RG14" s="15" t="n">
+        <v>-8.8</v>
+      </c>
+      <c r="RH14" s="15" t="n">
+        <v>-7.6</v>
+      </c>
+      <c r="RI14" s="15" t="n">
+        <v>-14.9</v>
+      </c>
+      <c r="RJ14" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="RK14" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="RL14" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="RM14" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="RN14" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="RO14" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="RP14" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="RQ14" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="RR14" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="RS14" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="RT14" s="15" t="n">
+        <v>-9.4</v>
+      </c>
+      <c r="RU14" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="RV14" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="RW14" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="RX14" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="RY14" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="RZ14" s="15" t="n">
+        <v>-7.8</v>
+      </c>
+      <c r="SA14" s="15" t="n">
+        <v>-4.6</v>
+      </c>
+      <c r="SB14" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="SC14" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="SD14" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="SE14" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="SF14" s="15" t="n">
+        <v>-11.9</v>
+      </c>
+      <c r="SG14" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="SH14" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="SI14" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="LE14" s="15" t="n">
-[...5 lines deleted...]
-      <c r="LG14" s="15" t="n">
+      <c r="SJ14" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="SK14" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="SL14" s="15" t="n">
+        <v>-7.3</v>
+      </c>
+      <c r="SM14" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="SN14" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="SO14" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="SP14" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="SQ14" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="SR14" s="15" t="n">
+        <v>-12.4</v>
+      </c>
+      <c r="SS14" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="ST14" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="SU14" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="SV14" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="SW14" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="SX14" s="15" t="n">
+        <v>-8.6</v>
+      </c>
+      <c r="SY14" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="SZ14" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="TA14" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="TB14" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="TC14" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="TD14" s="15" t="n">
+        <v>-13.7</v>
+      </c>
+      <c r="TE14" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="TF14" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="TG14" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="TH14" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="TI14" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="TJ14" s="15" t="n">
+        <v>-6.6</v>
+      </c>
+      <c r="TK14" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="TL14" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="TM14" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="TN14" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="TO14" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="TP14" s="15" t="n">
+        <v>-11.2</v>
+      </c>
+      <c r="TQ14" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="TR14" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="TS14" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="TT14" s="15" t="n">
+        <v>-7.4</v>
+      </c>
+      <c r="TU14" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="TV14" s="15" t="n">
+        <v>-9.2</v>
+      </c>
+      <c r="TW14" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="TX14" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="TY14" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="TZ14" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="UA14" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="UB14" s="15" t="n">
+        <v>-9.4</v>
+      </c>
+      <c r="UC14" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="UD14" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="UE14" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="UF14" s="15" t="n">
+        <v>-7.9</v>
+      </c>
+      <c r="UG14" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="UH14" s="15" t="n">
+        <v>-6.5</v>
+      </c>
+      <c r="UI14" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="UJ14" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="UK14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="UL14" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="UM14" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="UN14" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="UO14" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="UP14" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="UQ14" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="UR14" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="US14" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="UT14" s="15" t="n">
+        <v>-6.9</v>
+      </c>
+      <c r="UU14" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="UV14" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="UW14" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="UX14" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="UY14" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="UZ14" s="15" t="n">
+        <v>-14.0</v>
+      </c>
+      <c r="VA14" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="VB14" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="VC14" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="VD14" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="VE14" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="VF14" s="15" t="n">
+        <v>-7.6</v>
+      </c>
+      <c r="VG14" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="VH14" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="VI14" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="VJ14" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="VK14" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="VL14" s="15" t="n">
+        <v>-13.3</v>
+      </c>
+      <c r="VM14" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="VN14" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="VO14" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="VP14" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="VQ14" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="VR14" s="15" t="n">
+        <v>-6.6</v>
+      </c>
+      <c r="VS14" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="VT14" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="VU14" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="VV14" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="VW14" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="VX14" s="15" t="n">
+        <v>-13.3</v>
+      </c>
+      <c r="VY14" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="VZ14" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="WA14" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="WB14" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="LH14" s="15" t="n">
+      <c r="WC14" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="WD14" s="15" t="n">
+        <v>-8.8</v>
+      </c>
+      <c r="WE14" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="WF14" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="WG14" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="WH14" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="WI14" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="WJ14" s="15" t="n">
+        <v>-7.4</v>
+      </c>
+      <c r="WK14" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="WL14" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="WM14" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="WN14" s="15" t="n">
+        <v>-4.6</v>
+      </c>
+      <c r="WO14" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="WP14" s="15" t="n">
+        <v>-7.1</v>
+      </c>
+      <c r="WQ14" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="WR14" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="WS14" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="WT14" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="WU14" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="WV14" s="15" t="n">
+        <v>-9.1</v>
+      </c>
+      <c r="WW14" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="LI14" s="15" t="n">
+      <c r="WX14" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="WY14" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="WZ14" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="XA14" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="XB14" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="XC14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="XD14" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="XE14" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="XF14" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="XG14" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="XH14" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="XI14" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="XJ14" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="XK14" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="XL14" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="XM14" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="XN14" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="XO14" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="XP14" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="XQ14" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="XR14" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="XS14" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="XT14" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="XU14" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="XV14" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="XW14" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="XX14" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="XY14" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="XZ14" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="YA14" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="YB14" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="YC14" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="YD14" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="YE14" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="YF14" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="YG14" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="YH14" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="YI14" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="YJ14" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="YK14" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="YL14" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="YM14" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="YN14" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="YO14" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="YP14" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="YQ14" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="YR14" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="YS14" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="YT14" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="YU14" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="YV14" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="YW14" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="YX14" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="YY14" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="YZ14" s="15" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="ZA14" s="15" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="ZB14" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="ZC14" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="ZD14" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="ZE14" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="ZF14" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="ZG14" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="ZH14" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="ZI14" s="15" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="ZJ14" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="ZK14" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="ZL14" s="15" t="n">
+        <v>-9.1</v>
+      </c>
+      <c r="ZM14" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="ZN14" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="ZO14" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="ZP14" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="ZQ14" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="ZR14" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="ZS14" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="ZT14" s="15" t="n">
+        <v>-12.1</v>
+      </c>
+      <c r="ZU14" s="15" t="n">
+        <v>-11.7</v>
+      </c>
+      <c r="ZV14" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="ZW14" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="ZX14" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="ZY14" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="ZZ14" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AAA14" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="AAB14" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="AAC14" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="AAD14" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="AAE14" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="AAF14" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="AAG14" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="AAH14" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="AAI14" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="AAJ14" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="AAK14" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="AAL14" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="AAM14" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="AAN14" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="AAO14" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="AAP14" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="AAQ14" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="AAR14" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="AAS14" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="AAT14" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="AAU14" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="LJ14" s="15" t="n">
-[...20 lines deleted...]
-      <c r="LQ14" s="15" t="n">
+      <c r="AAV14" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="AAW14" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="AAX14" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="AAY14" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="AAZ14" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="ABA14" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="ABB14" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="ABC14" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="ABD14" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="ABE14" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="ABF14" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="ABG14" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="ABH14" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="ABI14" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="ABJ14" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="ABK14" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="ABL14" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="ABM14" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="ABN14" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="LR14" s="15" t="n">
-[...110 lines deleted...]
-      <c r="NC14" s="15" t="n">
+      <c r="ABO14" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="ABP14" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="ABQ14" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="ABR14" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="ABS14" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="ABT14" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="ABU14" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="ABV14" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="ABW14" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="ABX14" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ND14" s="15" t="n">
-[...419 lines deleted...]
-      <c r="SN14" s="15" t="n">
+      <c r="ABY14" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="ABZ14" s="15" t="n">
         <v>3.1</v>
-      </c>
-[...738 lines deleted...]
-        <v>2.5</v>
       </c>
       <c r="ACA14" s="15" t="n">
         <v>4.3</v>
       </c>
       <c r="ACB14" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="ACC14" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="ACD14" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="ACE14" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ACC14" s="15" t="n">
+      <c r="ACF14" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACD14" s="15" t="n">
+      <c r="ACG14" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="ACE14" s="15" t="n">
+      <c r="ACH14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ACF14" s="15" t="n">
+      <c r="ACI14" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ACG14" s="15" t="n">
+      <c r="ACJ14" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="ACH14" s="15" t="n">
+      <c r="ACK14" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACI14" s="15" t="n">
+      <c r="ACL14" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ACJ14" s="15" t="n">
+      <c r="ACM14" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ACK14" s="15" t="n">
+      <c r="ACN14" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ACL14" s="15" t="n">
+      <c r="ACO14" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ACM14" s="15" t="n">
+      <c r="ACP14" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="ACN14" s="15" t="n">
+      <c r="ACQ14" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ACO14" s="15" t="n">
+      <c r="ACR14" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="ACP14" s="15" t="n">
+      <c r="ACS14" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ACQ14" s="15" t="n">
+      <c r="ACT14" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="ACR14" s="15" t="n">
+      <c r="ACU14" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="ACS14" s="15" t="n">
+      <c r="ACV14" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="ACT14" s="15" t="n">
+      <c r="ACW14" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="ACU14" s="15" t="n">
+      <c r="ACX14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ACV14" s="15" t="n">
+      <c r="ACY14" s="15" t="n">
         <v>-18.0</v>
       </c>
-      <c r="ACW14" s="15" t="n">
+      <c r="ACZ14" s="15" t="n">
         <v>-15.7</v>
       </c>
-      <c r="ACX14" s="15" t="n">
+      <c r="ADA14" s="15" t="n">
         <v>-12.4</v>
       </c>
-      <c r="ACY14" s="15" t="n">
+      <c r="ADB14" s="15" t="n">
         <v>-20.4</v>
       </c>
-      <c r="ACZ14" s="15" t="n">
+      <c r="ADC14" s="15" t="n">
         <v>-18.5</v>
       </c>
-      <c r="ADA14" s="15" t="n">
+      <c r="ADD14" s="15" t="n">
         <v>-16.1</v>
       </c>
-      <c r="ADB14" s="15" t="n">
+      <c r="ADE14" s="15" t="n">
         <v>-19.8</v>
       </c>
-      <c r="ADC14" s="15" t="n">
+      <c r="ADF14" s="15" t="n">
         <v>-23.0</v>
       </c>
-      <c r="ADD14" s="15" t="n">
+      <c r="ADG14" s="15" t="n">
         <v>-19.3</v>
       </c>
-      <c r="ADE14" s="15" t="n">
+      <c r="ADH14" s="15" t="n">
         <v>-26.6</v>
       </c>
-      <c r="ADF14" s="15" t="n">
+      <c r="ADI14" s="15" t="n">
         <v>-16.4</v>
       </c>
-      <c r="ADG14" s="15" t="n">
+      <c r="ADJ14" s="15" t="n">
         <v>-18.1</v>
       </c>
-      <c r="ADH14" s="15" t="n">
+      <c r="ADK14" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="ADI14" s="15" t="n">
+      <c r="ADL14" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="ADJ14" s="15" t="n">
+      <c r="ADM14" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="ADK14" s="15" t="n">
+      <c r="ADN14" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="ADL14" s="15" t="n">
+      <c r="ADO14" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="ADM14" s="15" t="n">
+      <c r="ADP14" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="ADN14" s="15" t="n">
+      <c r="ADQ14" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="ADO14" s="15" t="n">
+      <c r="ADR14" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="ADP14" s="15" t="n">
+      <c r="ADS14" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="ADQ14" s="15" t="n">
+      <c r="ADT14" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="ADR14" s="15" t="n">
+      <c r="ADU14" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="ADS14" s="15" t="n">
+      <c r="ADV14" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="ADT14" s="15" t="n">
+      <c r="ADW14" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="ADU14" s="15" t="n">
+      <c r="ADX14" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="ADV14" s="15" t="n">
+      <c r="ADY14" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="ADW14" s="15" t="n">
+      <c r="ADZ14" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="ADX14" s="15" t="n">
+      <c r="AEA14" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="ADY14" s="15" t="n">
+      <c r="AEB14" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="ADZ14" s="15" t="n">
+      <c r="AEC14" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="AEA14" s="15" t="n">
+      <c r="AED14" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="AEB14" s="15" t="n">
+      <c r="AEE14" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="AEC14" s="15" t="n">
+      <c r="AEF14" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AED14" s="15" t="n">
+      <c r="AEG14" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AEE14" s="15" t="n">
+      <c r="AEH14" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="AEF14" s="15" t="n">
+      <c r="AEI14" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AEG14" s="15" t="n">
+      <c r="AEJ14" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AEH14" s="15" t="n">
+      <c r="AEK14" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AEI14" s="15" t="n">
+      <c r="AEL14" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="AEJ14" s="15" t="n">
+      <c r="AEM14" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AEK14" s="15" t="n">
+      <c r="AEN14" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AEL14" s="15" t="n">
+      <c r="AEO14" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="AEM14" s="15" t="n">
+      <c r="AEP14" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="AEN14" s="15" t="n">
+      <c r="AEQ14" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="AEO14" s="15" t="n">
+      <c r="AER14" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="AEP14" s="15" t="n">
+      <c r="AES14" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="AEQ14" s="15" t="n">
+      <c r="AET14" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="AER14" s="15" t="n">
+      <c r="AEU14" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="AES14" s="15" t="n">
+      <c r="AEV14" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AET14" s="15" t="n">
+      <c r="AEW14" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AEU14" s="15" t="n">
+      <c r="AEX14" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AEV14" s="15" t="n">
+      <c r="AEY14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AEW14" s="15" t="n">
+      <c r="AEZ14" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AEX14" s="15" t="n">
+      <c r="AFA14" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AEY14" s="15" t="n">
+      <c r="AFB14" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AEZ14" s="15" t="n">
+      <c r="AFC14" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AFA14" s="15" t="n">
+      <c r="AFD14" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AFB14" s="15" t="n">
+      <c r="AFE14" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AFC14" s="15" t="n">
+      <c r="AFF14" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AFD14" s="15" t="n">
+      <c r="AFG14" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AFE14" s="15" t="n">
+      <c r="AFH14" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AFF14" s="15" t="n">
+      <c r="AFI14" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="AFG14" s="15" t="n">
+      <c r="AFJ14" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="AFH14" s="15" t="n">
+      <c r="AFK14" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="AFI14" s="15" t="n">
+      <c r="AFL14" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="AFJ14" s="15" t="n">
+      <c r="AFM14" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="AFK14" s="15" t="n">
+      <c r="AFN14" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="AFL14" s="15" t="n">
+      <c r="AFO14" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="AFM14" s="15" t="n">
+      <c r="AFP14" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AFN14" s="15" t="n">
+      <c r="AFQ14" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="AFO14" s="15" t="n">
+      <c r="AFR14" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="AFP14" s="15" t="n">
+      <c r="AFS14" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AFQ14" s="15" t="n">
+      <c r="AFT14" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AFR14" s="15" t="n">
+      <c r="AFU14" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AFS14" s="15" t="n">
+      <c r="AFV14" s="15" t="n">
         <v>4.9</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="AFW14" s="15" t="n">
         <v>2.8</v>
       </c>
       <c r="AFX14" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="AFY14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AFZ14" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="AGA14" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AFY14" s="15" t="n">
+      <c r="AGB14" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AFZ14" s="15" t="n">
+      <c r="AGC14" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AGA14" s="15" t="n">
+      <c r="AGD14" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AGB14" s="15" t="n">
+      <c r="AGE14" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AGC14" s="15" t="n">
+      <c r="AGF14" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AGD14" s="15" t="n">
+      <c r="AGG14" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AGE14" s="15" t="n">
+      <c r="AGH14" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AGF14" s="15" t="n">
+      <c r="AGI14" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AGG14" s="15" t="n">
+      <c r="AGJ14" s="15" t="n">
         <v>3.8</v>
-      </c>
-[...7 lines deleted...]
-        <v>5.6</v>
       </c>
       <c r="AGK14" s="15" t="n">
         <v>5.3</v>
       </c>
       <c r="AGL14" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="AGM14" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="AGN14" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="AGO14" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="AGM14" s="15" t="n">
+      <c r="AGP14" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AGN14" s="15" t="n">
+      <c r="AGQ14" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="AGO14" s="15" t="n">
+      <c r="AGR14" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="AGP14" s="15" t="n">
+      <c r="AGS14" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="AGQ14" s="15" t="n">
+      <c r="AGT14" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="AGR14" s="15" t="n">
+      <c r="AGU14" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="AGS14" s="15" t="n">
+      <c r="AGV14" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="AGT14" s="15" t="n">
+      <c r="AGW14" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AGU14" s="15" t="n">
+      <c r="AGX14" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="AGV14" s="15" t="n">
+      <c r="AGY14" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AGW14" s="15" t="n">
+      <c r="AGZ14" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AGX14" s="15" t="n">
+      <c r="AHA14" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AGY14" s="15" t="n">
+      <c r="AHB14" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="AGZ14" s="15" t="n">
+      <c r="AHC14" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="AHA14" s="15" t="n">
+      <c r="AHD14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AHB14" s="15" t="n">
+      <c r="AHE14" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="AHC14" s="15" t="n">
+      <c r="AHF14" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="AHD14" s="15" t="n">
+      <c r="AHG14" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AHE14" s="15" t="n">
+      <c r="AHH14" s="15" t="n">
         <v>5.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>10.1</v>
       </c>
       <c r="AHI14" s="15" t="n">
         <v>12.2</v>
       </c>
       <c r="AHJ14" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="AHK14" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="AHL14" s="15" t="n">
+        <v>12.2</v>
+      </c>
+      <c r="AHM14" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="AHK14" s="15" t="n">
+      <c r="AHN14" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="AHL14" s="15" t="n">
+      <c r="AHO14" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="AHM14" s="15" t="n">
+      <c r="AHP14" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="AHN14" s="15" t="n">
+      <c r="AHQ14" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="AHO14" s="15" t="n">
+      <c r="AHR14" s="15" t="n">
         <v>14.1</v>
       </c>
-      <c r="AHP14" s="15" t="n">
+      <c r="AHS14" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="AHQ14" s="15" t="n">
+      <c r="AHT14" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="AHR14" s="15" t="n">
+      <c r="AHU14" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="AHS14" s="15" t="n">
+      <c r="AHV14" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="AHT14" s="15" t="n">
+      <c r="AHW14" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="AHU14" s="15" t="n">
+      <c r="AHX14" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="AHV14" s="15" t="n">
+      <c r="AHY14" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AHW14" s="15" t="n">
+      <c r="AHZ14" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="AHX14" s="15" t="n">
+      <c r="AIA14" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AHY14" s="15" t="n">
+      <c r="AIB14" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="AHZ14" s="15" t="n">
+      <c r="AIC14" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="AIA14" s="15" t="n">
+      <c r="AID14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AIB14" s="15" t="n">
+      <c r="AIE14" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="AIC14" s="15" t="n">
+      <c r="AIF14" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="AID14" s="15" t="n">
+      <c r="AIG14" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AIE14" s="15" t="n">
+      <c r="AIH14" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AIF14" s="15" t="n">
+      <c r="AII14" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="AIG14" s="15" t="n">
+      <c r="AIJ14" s="15" t="n">
         <v>2.7</v>
-      </c>
-[...7 lines deleted...]
-        <v>7.2</v>
       </c>
       <c r="AIK14" s="15" t="n">
         <v>7.6</v>
       </c>
       <c r="AIL14" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="AIM14" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="AIN14" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="AIO14" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="AIM14" s="15" t="n">
+      <c r="AIP14" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="AIN14" s="15" t="n">
+      <c r="AIQ14" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AIO14" s="15" t="n">
+      <c r="AIR14" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="AIP14" s="13" t="inlineStr">
+      <c r="AIS14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIQ14" s="13" t="inlineStr">
+      <c r="AIT14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIR14" s="13" t="inlineStr">
+      <c r="AIU14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIS14" s="13" t="inlineStr">
+      <c r="AIV14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIT14" s="13" t="inlineStr">
+      <c r="AIW14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIU14" s="13" t="inlineStr">
+      <c r="AIX14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIV14" s="13" t="inlineStr">
+      <c r="AIY14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIW14" s="13" t="inlineStr">
+      <c r="AIZ14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIX14" s="13" t="inlineStr">
+      <c r="AJA14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIY14" s="13" t="inlineStr">
+      <c r="AJB14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AIZ14" s="13" t="inlineStr">
+      <c r="AJC14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AJA14" s="13" t="inlineStr">
+      <c r="AJD14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AJB14" s="15" t="n">
+      <c r="AJE14" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="AJF14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AJC14" s="15" t="n">
+      <c r="AJG14" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AJD14" s="15" t="n">
+      <c r="AJH14" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AJE14" s="15" t="n">
+      <c r="AJI14" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AJF14" s="15" t="n">
+      <c r="AJJ14" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AJG14" s="15" t="n">
+      <c r="AJK14" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AJH14" s="15" t="n">
+      <c r="AJL14" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AJI14" s="15" t="n">
+      <c r="AJM14" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AJJ14" s="15" t="n">
+      <c r="AJN14" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AJK14" s="15" t="n">
+      <c r="AJO14" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AJL14" s="15" t="n">
+      <c r="AJP14" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AJM14" s="15" t="n">
+      <c r="AJQ14" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AJN14" s="15" t="n">
+      <c r="AJR14" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AJO14" s="15" t="n">
+      <c r="AJS14" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AJP14" s="15" t="n">
+      <c r="AJT14" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AJQ14" s="15" t="n">
+      <c r="AJU14" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AJR14" s="15" t="n">
+      <c r="AJV14" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AJS14" s="15" t="n">
+      <c r="AJW14" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AJT14" s="15" t="n">
+      <c r="AJX14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AJU14" s="15" t="n">
+      <c r="AJY14" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AJV14" s="15" t="n">
+      <c r="AJZ14" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AJW14" s="15" t="n">
+      <c r="AKA14" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AJX14" s="15" t="n">
+      <c r="AKB14" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AJY14" s="15" t="n">
+      <c r="AKC14" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AJZ14" s="15" t="n">
+      <c r="AKD14" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="AKA14" s="15" t="n">
+      <c r="AKE14" s="15" t="n">
         <v>-0.7</v>
-      </c>
-[...10 lines deleted...]
-        <v>-1.1</v>
       </c>
       <c r="AKF14" s="15" t="n">
         <v>-1.0</v>
       </c>
       <c r="AKG14" s="15" t="n">
-        <v>-0.6</v>
+        <v>-1.1</v>
       </c>
       <c r="AKH14" s="15" t="n">
-        <v>-0.4</v>
+        <v>-1.1</v>
       </c>
       <c r="AKI14" s="15" t="n">
-        <v>0.4</v>
+        <v>-1.1</v>
       </c>
       <c r="AKJ14" s="15" t="n">
-        <v>0.0</v>
+        <v>-1.0</v>
       </c>
       <c r="AKK14" s="15" t="n">
         <v>-0.6</v>
       </c>
       <c r="AKL14" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="AKM14" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AKN14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AKO14" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="AKP14" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AKM14" s="15" t="n">
+      <c r="AKQ14" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AKN14" s="15" t="n">
+      <c r="AKR14" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AKO14" s="15" t="n">
+      <c r="AKS14" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AKP14" s="15" t="n">
+      <c r="AKT14" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="AKQ14" s="15" t="n">
+      <c r="AKU14" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="AKR14" s="15" t="n">
+      <c r="AKV14" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="AKS14" s="15" t="n">
+      <c r="AKW14" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="AKT14" s="15" t="n">
+      <c r="AKX14" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="AKU14" s="15" t="n">
+      <c r="AKY14" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="AKV14" s="15" t="n">
+      <c r="AKZ14" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="AKW14" s="15" t="n">
+      <c r="ALA14" s="15" t="n">
         <v>11.5</v>
       </c>
-      <c r="AKX14" s="15" t="n">
+      <c r="ALB14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AKY14" s="15" t="n">
+      <c r="ALC14" s="15" t="n">
         <v>3.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.7</v>
       </c>
       <c r="ALD14" s="15" t="n">
         <v>2.5</v>
       </c>
       <c r="ALE14" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="ALF14" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="ALG14" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="ALH14" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="ALI14" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ALF14" s="15" t="n">
+      <c r="ALJ14" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ALG14" s="15" t="n">
+      <c r="ALK14" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="ALH14" s="15" t="n">
+      <c r="ALL14" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="ALI14" s="15" t="n">
+      <c r="ALM14" s="15" t="n">
         <v>-9.1</v>
       </c>
-      <c r="ALJ14" s="15" t="n">
+      <c r="ALN14" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="ALK14" s="15" t="n">
+      <c r="ALO14" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="ALL14" s="15" t="n">
+      <c r="ALP14" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="ALM14" s="15" t="n">
+      <c r="ALQ14" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="ALN14" s="15" t="n">
+      <c r="ALR14" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="ALO14" s="15" t="n">
+      <c r="ALS14" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="ALP14" s="15" t="n">
+      <c r="ALT14" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="ALQ14" s="15" t="n">
+      <c r="ALU14" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="ALR14" s="15" t="n">
+      <c r="ALV14" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="ALS14" s="15" t="n">
+      <c r="ALW14" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ALT14" s="15" t="n">
+      <c r="ALX14" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ALU14" s="15" t="n">
+      <c r="ALY14" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ALV14" s="15" t="n">
+      <c r="ALZ14" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ALW14" s="15" t="n">
+      <c r="AMA14" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ALX14" s="15" t="n">
+      <c r="AMB14" s="15" t="n">
         <v>1.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="AMC14" s="15" t="n">
         <v>1.2</v>
       </c>
       <c r="AMD14" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="AME14" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="AMF14" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AMG14" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="AMH14" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="AMI14" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AMF14" s="15" t="n">
+      <c r="AMJ14" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AMG14" s="15" t="n">
+      <c r="AMK14" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AMH14" s="15" t="n">
+      <c r="AML14" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AMI14" s="15" t="n">
+      <c r="AMM14" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AMJ14" s="15" t="n">
+      <c r="AMN14" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AMK14" s="15" t="n">
+      <c r="AMO14" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AML14" s="15" t="n">
+      <c r="AMP14" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AMM14" s="15" t="n">
+      <c r="AMQ14" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AMN14" s="15" t="n">
+      <c r="AMR14" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AMO14" s="15" t="n">
+      <c r="AMS14" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AMP14" s="15" t="n">
+      <c r="AMT14" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AMQ14" s="15" t="n">
+      <c r="AMU14" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AMR14" s="15" t="n">
+      <c r="AMV14" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AMS14" s="15" t="n">
+      <c r="AMW14" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AMT14" s="15" t="n">
+      <c r="AMX14" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AMU14" s="15" t="n">
+      <c r="AMY14" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AMV14" s="15" t="n">
+      <c r="AMZ14" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AMW14" s="15" t="n">
+      <c r="ANA14" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AMX14" s="15" t="n">
+      <c r="ANB14" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AMY14" s="15" t="n">
+      <c r="ANC14" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AMZ14" s="15" t="n">
+      <c r="AND14" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ANA14" s="15" t="n">
+      <c r="ANE14" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="ANB14" s="15" t="n">
+      <c r="ANF14" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ANC14" s="15" t="n">
+      <c r="ANG14" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AND14" s="15" t="n">
+      <c r="ANH14" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ANE14" s="15" t="n">
+      <c r="ANI14" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="ANF14" s="15" t="n">
+      <c r="ANJ14" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="ANG14" s="15" t="n">
+      <c r="ANK14" s="15" t="n">
         <v>4.9</v>
-      </c>
-[...10 lines deleted...]
-        <v>4.6</v>
       </c>
       <c r="ANL14" s="15" t="n">
         <v>4.9</v>
       </c>
       <c r="ANM14" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="ANN14" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="ANO14" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="ANP14" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="ANQ14" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="ANN14" s="15" t="n">
+      <c r="ANR14" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ANO14" s="15" t="n">
+      <c r="ANS14" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ANP14" s="15" t="n">
+      <c r="ANT14" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ANQ14" s="15" t="n">
+      <c r="ANU14" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ANR14" s="15" t="n">
+      <c r="ANV14" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ANS14" s="15" t="n">
+      <c r="ANW14" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ANT14" s="15" t="n">
+      <c r="ANX14" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ANU14" s="15" t="n">
+      <c r="ANY14" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ANV14" s="15" t="n">
+      <c r="ANZ14" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ANW14" s="15" t="n">
+      <c r="AOA14" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="ANX14" s="15" t="n">
+      <c r="AOB14" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ANY14" s="15" t="n">
+      <c r="AOC14" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ANZ14" s="15" t="n">
+      <c r="AOD14" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AOA14" s="15" t="n">
+      <c r="AOE14" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AOB14" s="15" t="n">
+      <c r="AOF14" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AOC14" s="15" t="n">
+      <c r="AOG14" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AOD14" s="15" t="n">
+      <c r="AOH14" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AOE14" s="15" t="n">
+      <c r="AOI14" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AOF14" s="15" t="n">
+      <c r="AOJ14" s="15" t="n">
         <v>2.8</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.6</v>
       </c>
       <c r="AOK14" s="15" t="n">
         <v>2.8</v>
       </c>
       <c r="AOL14" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="AOM14" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="AON14" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="AOO14" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AOM14" s="15" t="n">
+      <c r="AOP14" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="AOQ14" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AON14" s="15" t="n">
+      <c r="AOR14" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AOO14" s="15" t="n">
+      <c r="AOS14" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AOP14" s="15" t="n">
+      <c r="AOT14" s="15" t="n">
         <v>-8.0</v>
       </c>
-      <c r="AOQ14" s="15" t="n">
+      <c r="AOU14" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="AOR14" s="15" t="n">
+      <c r="AOV14" s="15" t="n">
         <v>-10.3</v>
       </c>
-      <c r="AOS14" s="15" t="n">
+      <c r="AOW14" s="15" t="n">
         <v>-11.8</v>
       </c>
-      <c r="AOT14" s="15" t="n">
+      <c r="AOX14" s="15" t="n">
         <v>-13.7</v>
       </c>
-      <c r="AOU14" s="15" t="n">
+      <c r="AOY14" s="15" t="n">
         <v>-14.7</v>
       </c>
-      <c r="AOV14" s="15" t="n">
+      <c r="AOZ14" s="15" t="n">
         <v>-16.9</v>
       </c>
-      <c r="AOW14" s="15" t="n">
+      <c r="APA14" s="15" t="n">
         <v>-16.7</v>
       </c>
-      <c r="AOX14" s="15" t="n">
+      <c r="APB14" s="15" t="n">
         <v>-16.9</v>
       </c>
-      <c r="AOY14" s="15" t="n">
+      <c r="APC14" s="15" t="n">
         <v>-18.3</v>
       </c>
-      <c r="AOZ14" s="15" t="n">
+      <c r="APD14" s="15" t="n">
         <v>-17.3</v>
       </c>
-      <c r="APA14" s="15" t="n">
+      <c r="APE14" s="15" t="n">
         <v>-16.1</v>
       </c>
-      <c r="APB14" s="15" t="n">
+      <c r="APF14" s="15" t="n">
         <v>-12.2</v>
       </c>
-      <c r="APC14" s="15" t="n">
+      <c r="APG14" s="15" t="n">
         <v>-11.4</v>
       </c>
-      <c r="APD14" s="15" t="n">
+      <c r="APH14" s="15" t="n">
         <v>-10.3</v>
       </c>
-      <c r="APE14" s="15" t="n">
+      <c r="API14" s="15" t="n">
         <v>-9.3</v>
       </c>
-      <c r="APF14" s="15" t="n">
+      <c r="APJ14" s="15" t="n">
         <v>-7.2</v>
       </c>
-      <c r="APG14" s="15" t="n">
+      <c r="APK14" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="APH14" s="15" t="n">
+      <c r="APL14" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="API14" s="15" t="n">
+      <c r="APM14" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="APJ14" s="15" t="n">
+      <c r="APN14" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="APK14" s="15" t="n">
+      <c r="APO14" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="APL14" s="15" t="n">
+      <c r="APP14" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="APM14" s="15" t="n">
+      <c r="APQ14" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="APN14" s="15" t="n">
+      <c r="APR14" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="APO14" s="15" t="n">
+      <c r="APS14" s="15" t="n">
         <v>-2.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>-2.4</v>
       </c>
       <c r="APT14" s="15" t="n">
         <v>-2.3</v>
       </c>
       <c r="APU14" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="APV14" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="APW14" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="APX14" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="APY14" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="APV14" s="15" t="n">
+      <c r="APZ14" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="APW14" s="15" t="n">
+      <c r="AQA14" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="APX14" s="15" t="n">
+      <c r="AQB14" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="APY14" s="15" t="n">
+      <c r="AQC14" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="APZ14" s="15" t="n">
+      <c r="AQD14" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AQA14" s="15" t="n">
+      <c r="AQE14" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AQB14" s="15" t="n">
+      <c r="AQF14" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AQC14" s="15" t="n">
+      <c r="AQG14" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AQD14" s="15" t="n">
+      <c r="AQH14" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AQE14" s="15" t="n">
+      <c r="AQI14" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AQF14" s="15" t="n">
+      <c r="AQJ14" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AQG14" s="15" t="n">
+      <c r="AQK14" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AQH14" s="15" t="n">
+      <c r="AQL14" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AQI14" s="15" t="n">
+      <c r="AQM14" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AQJ14" s="15" t="n">
+      <c r="AQN14" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AQK14" s="15" t="n">
+      <c r="AQO14" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AQL14" s="15" t="n">
+      <c r="AQP14" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AQM14" s="15" t="n">
+      <c r="AQQ14" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AQN14" s="15" t="n">
+      <c r="AQR14" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AQO14" s="15" t="n">
+      <c r="AQS14" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AQP14" s="15" t="n">
+      <c r="AQT14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AQQ14" s="15" t="n">
+      <c r="AQU14" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AQR14" s="15" t="n">
+      <c r="AQV14" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AQS14" s="15" t="n">
+      <c r="AQW14" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AQT14" s="15" t="n">
+      <c r="AQX14" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AQU14" s="15" t="n">
+      <c r="AQY14" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AQV14" s="15" t="n">
+      <c r="AQZ14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AQW14" s="15" t="n">
+      <c r="ARA14" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AQX14" s="15" t="n">
+      <c r="ARB14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AQY14" s="15" t="n">
+      <c r="ARC14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AQZ14" s="15" t="n">
+      <c r="ARD14" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ARA14" s="15" t="n">
+      <c r="ARE14" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="ARB14" s="15" t="n">
+      <c r="ARF14" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="ARC14" s="15" t="n">
+      <c r="ARG14" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="ARD14" s="15" t="n">
+      <c r="ARH14" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="ARE14" s="15" t="n">
+      <c r="ARI14" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="ARF14" s="15" t="n">
+      <c r="ARJ14" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="ARG14" s="15" t="n">
+      <c r="ARK14" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ARH14" s="15" t="n">
+      <c r="ARL14" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="ARI14" s="15" t="n">
+      <c r="ARM14" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="ARJ14" s="15" t="n">
+      <c r="ARN14" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="ARK14" s="15" t="n">
+      <c r="ARO14" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="ARL14" s="15" t="n">
+      <c r="ARP14" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ARM14" s="15" t="n">
+      <c r="ARQ14" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="ARN14" s="15" t="n">
+      <c r="ARR14" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="ARO14" s="15" t="n">
+      <c r="ARS14" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="ARP14" s="15" t="n">
+      <c r="ART14" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="ARQ14" s="15" t="n">
+      <c r="ARU14" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="ARR14" s="15" t="n">
+      <c r="ARV14" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="ARS14" s="15" t="n">
+      <c r="ARW14" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="ART14" s="15" t="n">
+      <c r="ARX14" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ARU14" s="15" t="n">
+      <c r="ARY14" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ARV14" s="15" t="n">
+      <c r="ARZ14" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ARW14" s="15" t="n">
+      <c r="ASA14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ARX14" s="15" t="n">
+      <c r="ASB14" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="ARY14" s="15" t="n">
+      <c r="ASC14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ARZ14" s="15" t="n">
+      <c r="ASD14" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="ASA14" s="15" t="n">
+      <c r="ASE14" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="ASB14" s="15" t="n">
+      <c r="ASF14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ASC14" s="15" t="n">
+      <c r="ASG14" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ASD14" s="15" t="n">
+      <c r="ASH14" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ASE14" s="15" t="n">
+      <c r="ASI14" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="ASF14" s="15" t="n">
+      <c r="ASJ14" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="ASG14" s="15" t="n">
+      <c r="ASK14" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ASH14" s="15" t="n">
+      <c r="ASL14" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="ASI14" s="15" t="n">
+      <c r="ASM14" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="ASJ14" s="15" t="n">
+      <c r="ASN14" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="ASK14" s="15" t="n">
+      <c r="ASO14" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="ASL14" s="15" t="n">
+      <c r="ASP14" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="ASM14" s="15" t="n">
+      <c r="ASQ14" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="ASN14" s="15" t="n">
+      <c r="ASR14" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="ASO14" s="15" t="n">
+      <c r="ASS14" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="ASP14" s="15" t="n">
+      <c r="AST14" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="ASQ14" s="15" t="n">
+      <c r="ASU14" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="ASR14" s="15" t="n">
+      <c r="ASV14" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="ASS14" s="15" t="n">
+      <c r="ASW14" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="AST14" s="15" t="n">
+      <c r="ASX14" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="ASU14" s="15" t="n">
+      <c r="ASY14" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="ASV14" s="15" t="n">
+      <c r="ASZ14" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="ASW14" s="15" t="n">
+      <c r="ATA14" s="15" t="n">
         <v>5.8</v>
-      </c>
-[...10 lines deleted...]
-        <v>5.6</v>
       </c>
       <c r="ATB14" s="15" t="n">
         <v>6.0</v>
       </c>
       <c r="ATC14" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="ATD14" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="ATE14" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="ATF14" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="ATD14" s="15" t="n">
+      <c r="ATG14" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="ATH14" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="ATE14" s="15" t="n">
+      <c r="ATI14" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="ATF14" s="15" t="n">
+      <c r="ATJ14" s="15" t="n">
         <v>10.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>10.3</v>
       </c>
       <c r="ATK14" s="15" t="n">
         <v>10.5</v>
       </c>
       <c r="ATL14" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="ATM14" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="ATN14" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="ATO14" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="ATP14" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="ATM14" s="15" t="n">
+      <c r="ATQ14" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="ATN14" s="15" t="n">
+      <c r="ATR14" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="ATO14" s="15" t="n">
+      <c r="ATS14" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="ATP14" s="15" t="n">
+      <c r="ATT14" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="ATQ14" s="15" t="n">
+      <c r="ATU14" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="ATR14" s="15" t="n">
+      <c r="ATV14" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="ATS14" s="15" t="n">
+      <c r="ATW14" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="ATT14" s="15" t="n">
+      <c r="ATX14" s="15" t="n">
         <v>6.7</v>
-      </c>
-[...10 lines deleted...]
-        <v>5.6</v>
       </c>
       <c r="ATY14" s="15" t="n">
         <v>6.4</v>
       </c>
       <c r="ATZ14" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="AUA14" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="AUB14" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="AUC14" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="AUD14" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="AUA14" s="15" t="n">
+      <c r="AUE14" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="AUB14" s="15" t="n">
+      <c r="AUF14" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="AUC14" s="15" t="n">
+      <c r="AUG14" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="AUD14" s="15" t="n">
+      <c r="AUH14" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="AUE14" s="15" t="n">
+      <c r="AUI14" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="AUF14" s="15" t="n">
+      <c r="AUJ14" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="AUG14" s="15" t="n">
+      <c r="AUK14" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="AUH14" s="15" t="n">
+      <c r="AUL14" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="AUI14" s="15" t="n">
+      <c r="AUM14" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="AUJ14" s="15" t="n">
+      <c r="AUN14" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="AUK14" s="15" t="n">
+      <c r="AUO14" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="AUL14" s="15" t="n">
+      <c r="AUP14" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="AUM14" s="15" t="n">
+      <c r="AUQ14" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="AUN14" s="15" t="n">
+      <c r="AUR14" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="AUO14" s="15" t="n">
+      <c r="AUS14" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="AUP14" s="13" t="inlineStr">
+      <c r="AUT14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUQ14" s="13" t="inlineStr">
+      <c r="AUU14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUR14" s="13" t="inlineStr">
+      <c r="AUV14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUS14" s="13" t="inlineStr">
+      <c r="AUW14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUT14" s="13" t="inlineStr">
+      <c r="AUX14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUU14" s="13" t="inlineStr">
+      <c r="AUY14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUV14" s="13" t="inlineStr">
+      <c r="AUZ14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUW14" s="13" t="inlineStr">
+      <c r="AVA14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUX14" s="13" t="inlineStr">
+      <c r="AVB14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUY14" s="13" t="inlineStr">
+      <c r="AVC14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AUZ14" s="13" t="inlineStr">
+      <c r="AVD14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AVA14" s="13" t="inlineStr">
+      <c r="AVE14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:LA7"/>
-[...2 lines deleted...]
-    <mergeCell ref="AJB7:AVA7"/>
+    <mergeCell ref="B7:LB7"/>
+    <mergeCell ref="LC7:XC7"/>
+    <mergeCell ref="XD7:AJD7"/>
+    <mergeCell ref="AJE7:AVE7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>