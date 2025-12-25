--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -8468,51 +8468,51 @@
         <v>565522.8</v>
       </c>
       <c r="O150" s="14" t="n">
         <v>588319.0</v>
       </c>
       <c r="P150" s="14" t="n">
         <v>609022.4</v>
       </c>
       <c r="Q150" s="14" t="n">
         <v>615138.9</v>
       </c>
       <c r="R150" s="14" t="n">
         <v>646201.6</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t xml:space="preserve">(A)= datos avance   </t>
+          <t xml:space="preserve">1) (A)= datos avance   </t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
           <t>2) La categoría HFC incluye las mezclas HFC-PFC</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
           <t>Instituto Nacional de Estadística</t>
         </is>
       </c>
     </row>
   </sheetData>