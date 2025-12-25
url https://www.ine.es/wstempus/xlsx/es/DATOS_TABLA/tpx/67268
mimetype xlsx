--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -326,51 +326,51 @@
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
     </row>
     <row r="3">
       <c r="A3" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>Cuentas de emisiones a la atmósfera por ramas de actividad (CNAE 2009) y Hogares como consumidores finales, problemática ambiental (GEI, GAC, PRO3) y periodo</t>
+          <t>Cuentas de emisiones a la atmósfera por agregación de ramas de actividad (CNAE 2009) y Hogares como consumidores finales, problemática ambiental (GEI, GAC, PRO3) y periodo</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Unidades: especificadas en cada una de las sustancias</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>