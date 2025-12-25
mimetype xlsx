--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -254,72 +254,73 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P29"/>
+  <dimension ref="A1:Q29"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
+    <col min="17" max="17" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Cuentas y estadísticas medioambientales</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Cuenta de emisiones a la atmósfera</t>
         </is>
       </c>
@@ -388,869 +389,914 @@
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C7" s="6" t="inlineStr">
+        <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="C7" s="6" t="inlineStr">
+      <c r="D7" s="6" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D7" s="6" t="inlineStr">
+      <c r="E7" s="6" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="E7" s="6" t="inlineStr">
+      <c r="F7" s="6" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="F7" s="6" t="inlineStr">
+      <c r="G7" s="6" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="G7" s="6" t="inlineStr">
+      <c r="H7" s="6" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="H7" s="6" t="inlineStr">
+      <c r="I7" s="6" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="I7" s="6" t="inlineStr">
+      <c r="J7" s="6" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="J7" s="6" t="inlineStr">
+      <c r="K7" s="6" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="K7" s="6" t="inlineStr">
+      <c r="L7" s="6" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="L7" s="6" t="inlineStr">
+      <c r="M7" s="6" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="M7" s="6" t="inlineStr">
+      <c r="N7" s="6" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="N7" s="6" t="inlineStr">
+      <c r="O7" s="6" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="O7" s="6" t="inlineStr">
+      <c r="P7" s="6" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
-      <c r="P7" s="6" t="inlineStr">
+      <c r="Q7" s="6" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
           <t>Emisiones de partículas  &lt; 2.5µm (PM 2.5) de las unidades residentes por unidad de valor añadido. Total</t>
         </is>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
+      <c r="Q8" s="6"/>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Valor: g / Euros</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="C9" s="14" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="D9" s="14" t="n">
         <v>0.11</v>
       </c>
-      <c r="C9" s="14" t="n">
+      <c r="E9" s="14" t="n">
         <v>0.12</v>
       </c>
-      <c r="D9" s="14" t="n">
-[...2 lines deleted...]
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>0.11</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.13</v>
       </c>
       <c r="G9" s="14" t="n">
         <v>0.12</v>
       </c>
       <c r="H9" s="14" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="I9" s="14" t="n">
         <v>0.12</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.14</v>
       </c>
       <c r="J9" s="14" t="n">
         <v>0.14</v>
       </c>
       <c r="K9" s="14" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="L9" s="14" t="n">
         <v>0.16</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="M9" s="14" t="n">
         <v>0.14</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.15</v>
       </c>
       <c r="N9" s="14" t="n">
         <v>0.15</v>
       </c>
       <c r="O9" s="14" t="n">
         <v>0.15</v>
       </c>
       <c r="P9" s="14" t="n">
-        <v>0.1</v>
+        <v>0.15</v>
+      </c>
+      <c r="Q9" s="14" t="n">
+        <v>0.14</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Índices de volumen encadenados (año 2020=100)</t>
         </is>
       </c>
       <c r="B10" s="15" t="n">
-        <v>88.2</v>
+        <v>72.0</v>
       </c>
       <c r="C10" s="15" t="n">
-        <v>94.1</v>
+        <v>74.3</v>
       </c>
       <c r="D10" s="15" t="n">
+        <v>94.0</v>
+      </c>
+      <c r="E10" s="15" t="n">
         <v>100.0</v>
       </c>
-      <c r="E10" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="15" t="n">
-        <v>103.6</v>
+        <v>89.3</v>
       </c>
       <c r="G10" s="15" t="n">
-        <v>95.9</v>
+        <v>103.1</v>
       </c>
       <c r="H10" s="15" t="n">
-        <v>98.4</v>
+        <v>95.1</v>
       </c>
       <c r="I10" s="15" t="n">
-        <v>115.8</v>
+        <v>98.5</v>
       </c>
       <c r="J10" s="15" t="n">
-        <v>112.3</v>
+        <v>117.1</v>
       </c>
       <c r="K10" s="15" t="n">
-        <v>130.8</v>
+        <v>116.2</v>
       </c>
       <c r="L10" s="15" t="n">
-        <v>113.9</v>
+        <v>131.8</v>
       </c>
       <c r="M10" s="15" t="n">
-        <v>125.8</v>
+        <v>116.7</v>
       </c>
       <c r="N10" s="15" t="n">
-        <v>123.2</v>
+        <v>128.1</v>
       </c>
       <c r="O10" s="15" t="n">
-        <v>125.7</v>
+        <v>124.5</v>
       </c>
       <c r="P10" s="15" t="n">
-        <v>80.4</v>
+        <v>126.9</v>
+      </c>
+      <c r="Q10" s="15" t="n">
+        <v>117.7</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Tasas de variación interanual</t>
         </is>
       </c>
       <c r="B11" s="15" t="n">
-        <v>-6.3</v>
+        <v>-3.2</v>
       </c>
       <c r="C11" s="15" t="n">
-        <v>-5.9</v>
+        <v>-20.9</v>
       </c>
       <c r="D11" s="15" t="n">
-        <v>12.9</v>
+        <v>-6.0</v>
       </c>
       <c r="E11" s="15" t="n">
-        <v>-14.5</v>
+        <v>12.0</v>
       </c>
       <c r="F11" s="15" t="n">
-        <v>8.1</v>
+        <v>-13.4</v>
       </c>
       <c r="G11" s="15" t="n">
-        <v>-2.6</v>
+        <v>8.4</v>
       </c>
       <c r="H11" s="15" t="n">
-        <v>-15.0</v>
+        <v>-3.5</v>
       </c>
       <c r="I11" s="15" t="n">
-        <v>3.2</v>
+        <v>-15.9</v>
       </c>
       <c r="J11" s="15" t="n">
-        <v>-14.2</v>
+        <v>0.8</v>
       </c>
       <c r="K11" s="15" t="n">
-        <v>14.8</v>
+        <v>-11.9</v>
       </c>
       <c r="L11" s="15" t="n">
-        <v>-9.5</v>
+        <v>13.0</v>
       </c>
       <c r="M11" s="15" t="n">
-        <v>2.1</v>
+        <v>-8.9</v>
       </c>
       <c r="N11" s="15" t="n">
-        <v>-1.9</v>
+        <v>2.9</v>
       </c>
       <c r="O11" s="15" t="n">
-        <v>56.4</v>
-[...1 lines deleted...]
-      <c r="P11" s="13" t="inlineStr">
+        <v>-1.8</v>
+      </c>
+      <c r="P11" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="Q11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>Emisiones de partículas  &lt; 2.5µm (PM 2.5) de las unidades residentes por unidad de valor añadido. Industria Manufacturera</t>
         </is>
       </c>
       <c r="B12" s="6"/>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="6"/>
       <c r="F12" s="6"/>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="6"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
+      <c r="Q12" s="6"/>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Valor: g / Euros</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
         <v>0.09</v>
       </c>
       <c r="C13" s="14" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="D13" s="14" t="n">
         <v>0.09</v>
       </c>
-      <c r="D13" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E13" s="14" t="n">
-        <v>0.11</v>
+        <v>0.1</v>
       </c>
       <c r="F13" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="G13" s="14" t="n">
-        <v>0.1</v>
+        <v>0.09</v>
       </c>
       <c r="H13" s="14" t="n">
-        <v>0.1</v>
+        <v>0.09</v>
       </c>
       <c r="I13" s="14" t="n">
         <v>0.09</v>
       </c>
       <c r="J13" s="14" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="K13" s="14" t="n">
+        <v>0.08</v>
+      </c>
+      <c r="L13" s="14" t="n">
         <v>0.09</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.12</v>
       </c>
       <c r="M13" s="14" t="n">
         <v>0.11</v>
       </c>
       <c r="N13" s="14" t="n">
         <v>0.11</v>
       </c>
       <c r="O13" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="P13" s="14" t="n">
         <v>0.11</v>
       </c>
-      <c r="P13" s="14" t="n">
-        <v>0.13</v>
+      <c r="Q13" s="14" t="n">
+        <v>0.12</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Índices de volumen encadenados (año 2020=100)</t>
         </is>
       </c>
       <c r="B14" s="15" t="n">
-        <v>81.0</v>
+        <v>87.5</v>
       </c>
       <c r="C14" s="15" t="n">
-        <v>87.3</v>
+        <v>79.5</v>
       </c>
       <c r="D14" s="15" t="n">
+        <v>86.7</v>
+      </c>
+      <c r="E14" s="15" t="n">
         <v>100.0</v>
       </c>
-      <c r="E14" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="15" t="n">
-        <v>92.9</v>
+        <v>98.4</v>
       </c>
       <c r="G14" s="15" t="n">
-        <v>89.5</v>
+        <v>94.0</v>
       </c>
       <c r="H14" s="15" t="n">
-        <v>90.2</v>
+        <v>90.6</v>
       </c>
       <c r="I14" s="15" t="n">
-        <v>83.7</v>
+        <v>92.2</v>
       </c>
       <c r="J14" s="15" t="n">
-        <v>78.9</v>
+        <v>85.1</v>
       </c>
       <c r="K14" s="15" t="n">
-        <v>86.1</v>
+        <v>80.5</v>
       </c>
       <c r="L14" s="15" t="n">
-        <v>112.5</v>
+        <v>88.8</v>
       </c>
       <c r="M14" s="15" t="n">
-        <v>106.2</v>
+        <v>114.7</v>
       </c>
       <c r="N14" s="15" t="n">
-        <v>104.3</v>
+        <v>108.4</v>
       </c>
       <c r="O14" s="15" t="n">
-        <v>106.1</v>
+        <v>106.9</v>
       </c>
       <c r="P14" s="15" t="n">
-        <v>116.4</v>
+        <v>108.5</v>
+      </c>
+      <c r="Q14" s="15" t="n">
+        <v>118.8</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Tasas de variación interanual</t>
         </is>
       </c>
       <c r="B15" s="15" t="n">
-        <v>-7.3</v>
+        <v>10.1</v>
       </c>
       <c r="C15" s="15" t="n">
-        <v>-12.7</v>
+        <v>-8.3</v>
       </c>
       <c r="D15" s="15" t="n">
-        <v>2.7</v>
+        <v>-13.3</v>
       </c>
       <c r="E15" s="15" t="n">
-        <v>4.9</v>
+        <v>1.6</v>
       </c>
       <c r="F15" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="G15" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="G15" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="15" t="n">
-        <v>7.7</v>
+        <v>-1.8</v>
       </c>
       <c r="I15" s="15" t="n">
-        <v>6.1</v>
+        <v>8.4</v>
       </c>
       <c r="J15" s="15" t="n">
-        <v>-8.4</v>
+        <v>5.7</v>
       </c>
       <c r="K15" s="15" t="n">
-        <v>-23.5</v>
+        <v>-9.4</v>
       </c>
       <c r="L15" s="15" t="n">
-        <v>6.0</v>
+        <v>-22.6</v>
       </c>
       <c r="M15" s="15" t="n">
-        <v>1.8</v>
+        <v>5.8</v>
       </c>
       <c r="N15" s="15" t="n">
-        <v>-1.7</v>
+        <v>1.4</v>
       </c>
       <c r="O15" s="15" t="n">
-        <v>-8.8</v>
-[...1 lines deleted...]
-      <c r="P15" s="13" t="inlineStr">
+        <v>-1.5</v>
+      </c>
+      <c r="P15" s="15" t="n">
+        <v>-8.7</v>
+      </c>
+      <c r="Q15" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
           <t>Emisiones de partículas  &lt; 10µm (PM 10) de las unidades residentes por unidad de valor añadido. Total</t>
         </is>
       </c>
       <c r="B16" s="6"/>
       <c r="C16" s="6"/>
       <c r="D16" s="6"/>
       <c r="E16" s="6"/>
       <c r="F16" s="6"/>
       <c r="G16" s="6"/>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="6"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
+      <c r="Q16" s="6"/>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Valor: g / Euros</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="C17" s="14" t="n">
+        <v>0.15</v>
+      </c>
+      <c r="D17" s="14" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="E17" s="14" t="n">
+        <v>0.19</v>
+      </c>
+      <c r="F17" s="14" t="n">
         <v>0.17</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.19</v>
       </c>
       <c r="G17" s="14" t="n">
         <v>0.19</v>
       </c>
       <c r="H17" s="14" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="I17" s="14" t="n">
         <v>0.19</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.22</v>
       </c>
       <c r="J17" s="14" t="n">
         <v>0.21</v>
       </c>
       <c r="K17" s="14" t="n">
-        <v>0.24</v>
+        <v>0.21</v>
       </c>
       <c r="L17" s="14" t="n">
-        <v>0.22</v>
+        <v>0.23</v>
       </c>
       <c r="M17" s="14" t="n">
-        <v>0.24</v>
+        <v>0.21</v>
       </c>
       <c r="N17" s="14" t="n">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
       <c r="O17" s="14" t="n">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
       <c r="P17" s="14" t="n">
         <v>0.24</v>
       </c>
+      <c r="Q17" s="14" t="n">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Índices de volumen encadenados (año 2020=100)</t>
         </is>
       </c>
       <c r="B18" s="15" t="n">
-        <v>88.8</v>
+        <v>75.9</v>
       </c>
       <c r="C18" s="15" t="n">
+        <v>79.5</v>
+      </c>
+      <c r="D18" s="15" t="n">
         <v>94.9</v>
       </c>
-      <c r="D18" s="15" t="n">
+      <c r="E18" s="15" t="n">
         <v>100.0</v>
       </c>
-      <c r="E18" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="15" t="n">
-        <v>100.1</v>
+        <v>90.9</v>
       </c>
       <c r="G18" s="15" t="n">
-        <v>95.2</v>
+        <v>99.7</v>
       </c>
       <c r="H18" s="15" t="n">
-        <v>98.7</v>
+        <v>94.7</v>
       </c>
       <c r="I18" s="15" t="n">
-        <v>112.6</v>
+        <v>98.8</v>
       </c>
       <c r="J18" s="15" t="n">
-        <v>109.0</v>
+        <v>113.6</v>
       </c>
       <c r="K18" s="15" t="n">
-        <v>121.2</v>
+        <v>111.7</v>
       </c>
       <c r="L18" s="15" t="n">
-        <v>112.7</v>
+        <v>122.0</v>
       </c>
       <c r="M18" s="15" t="n">
-        <v>121.7</v>
+        <v>114.7</v>
       </c>
       <c r="N18" s="15" t="n">
-        <v>121.3</v>
+        <v>123.3</v>
       </c>
       <c r="O18" s="15" t="n">
-        <v>125.2</v>
+        <v>122.2</v>
       </c>
       <c r="P18" s="15" t="n">
-        <v>123.6</v>
+        <v>126.1</v>
+      </c>
+      <c r="Q18" s="15" t="n">
+        <v>124.5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Tasas de variación interanual</t>
         </is>
       </c>
       <c r="B19" s="15" t="n">
-        <v>-6.4</v>
+        <v>-4.5</v>
       </c>
       <c r="C19" s="15" t="n">
+        <v>-16.2</v>
+      </c>
+      <c r="D19" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="D19" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="15" t="n">
-        <v>-9.7</v>
+        <v>10.1</v>
       </c>
       <c r="F19" s="15" t="n">
-        <v>5.1</v>
+        <v>-8.9</v>
       </c>
       <c r="G19" s="15" t="n">
-        <v>-3.5</v>
+        <v>5.4</v>
       </c>
       <c r="H19" s="15" t="n">
-        <v>-12.4</v>
+        <v>-4.2</v>
       </c>
       <c r="I19" s="15" t="n">
-        <v>3.4</v>
+        <v>-13.0</v>
       </c>
       <c r="J19" s="15" t="n">
-        <v>-10.1</v>
+        <v>1.7</v>
       </c>
       <c r="K19" s="15" t="n">
-        <v>7.5</v>
+        <v>-8.5</v>
       </c>
       <c r="L19" s="15" t="n">
-        <v>-7.3</v>
+        <v>6.4</v>
       </c>
       <c r="M19" s="15" t="n">
-        <v>0.3</v>
+        <v>-7.0</v>
       </c>
       <c r="N19" s="15" t="n">
-        <v>-3.2</v>
+        <v>0.9</v>
       </c>
       <c r="O19" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="P19" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="P19" s="13" t="inlineStr">
+      <c r="Q19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
           <t>Emisiones de partículas  &lt; 10µm (PM 10) de las unidades residentes por unidad de valor añadido. Industria Manufacturera</t>
         </is>
       </c>
       <c r="B20" s="6"/>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="6"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
+      <c r="Q20" s="6"/>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Valor: g / Euros</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="C21" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="D21" s="14" t="n">
         <v>0.11</v>
       </c>
-      <c r="C21" s="14" t="n">
+      <c r="E21" s="14" t="n">
         <v>0.12</v>
       </c>
-      <c r="D21" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="14" t="n">
-        <v>0.13</v>
+        <v>0.12</v>
       </c>
       <c r="G21" s="14" t="n">
-        <v>0.13</v>
+        <v>0.12</v>
       </c>
       <c r="H21" s="14" t="n">
-        <v>0.13</v>
+        <v>0.12</v>
       </c>
       <c r="I21" s="14" t="n">
         <v>0.12</v>
       </c>
       <c r="J21" s="14" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="K21" s="14" t="n">
+        <v>0.11</v>
+      </c>
+      <c r="L21" s="14" t="n">
         <v>0.12</v>
       </c>
-      <c r="K21" s="14" t="n">
-[...2 lines deleted...]
-      <c r="L21" s="14" t="n">
+      <c r="M21" s="14" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="N21" s="14" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="O21" s="14" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="P21" s="14" t="n">
+        <v>0.14</v>
+      </c>
+      <c r="Q21" s="14" t="n">
         <v>0.15</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.16</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Índices de volumen encadenados (año 2020=100)</t>
         </is>
       </c>
       <c r="B22" s="15" t="n">
-        <v>81.3</v>
+        <v>85.3</v>
       </c>
       <c r="C22" s="15" t="n">
-        <v>88.7</v>
+        <v>79.7</v>
       </c>
       <c r="D22" s="15" t="n">
+        <v>88.1</v>
+      </c>
+      <c r="E22" s="15" t="n">
         <v>100.0</v>
       </c>
-      <c r="E22" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F22" s="15" t="n">
-        <v>97.2</v>
+        <v>99.1</v>
       </c>
       <c r="G22" s="15" t="n">
-        <v>93.8</v>
+        <v>98.4</v>
       </c>
       <c r="H22" s="15" t="n">
-        <v>95.1</v>
+        <v>95.0</v>
       </c>
       <c r="I22" s="15" t="n">
-        <v>90.4</v>
+        <v>97.3</v>
       </c>
       <c r="J22" s="15" t="n">
-        <v>86.9</v>
+        <v>91.9</v>
       </c>
       <c r="K22" s="15" t="n">
-        <v>92.0</v>
+        <v>88.8</v>
       </c>
       <c r="L22" s="15" t="n">
-        <v>115.5</v>
+        <v>94.9</v>
       </c>
       <c r="M22" s="15" t="n">
-        <v>111.3</v>
+        <v>117.8</v>
       </c>
       <c r="N22" s="15" t="n">
-        <v>110.1</v>
+        <v>113.8</v>
       </c>
       <c r="O22" s="15" t="n">
-        <v>110.3</v>
+        <v>113.0</v>
       </c>
       <c r="P22" s="15" t="n">
-        <v>121.9</v>
+        <v>112.8</v>
+      </c>
+      <c r="Q22" s="15" t="n">
+        <v>124.5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Tasas de variación interanual</t>
         </is>
       </c>
       <c r="B23" s="15" t="n">
-        <v>-8.3</v>
+        <v>7.1</v>
       </c>
       <c r="C23" s="15" t="n">
-        <v>-11.3</v>
+        <v>-9.6</v>
       </c>
       <c r="D23" s="15" t="n">
-        <v>2.0</v>
+        <v>-11.9</v>
       </c>
       <c r="E23" s="15" t="n">
         <v>0.9</v>
       </c>
       <c r="F23" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="G23" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="G23" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="15" t="n">
-        <v>5.2</v>
+        <v>-2.3</v>
       </c>
       <c r="I23" s="15" t="n">
-        <v>4.0</v>
+        <v>5.9</v>
       </c>
       <c r="J23" s="15" t="n">
-        <v>-5.5</v>
+        <v>3.5</v>
       </c>
       <c r="K23" s="15" t="n">
-        <v>-20.3</v>
+        <v>-6.4</v>
       </c>
       <c r="L23" s="15" t="n">
-        <v>3.7</v>
+        <v>-19.5</v>
       </c>
       <c r="M23" s="15" t="n">
-        <v>1.1</v>
+        <v>3.5</v>
       </c>
       <c r="N23" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.7</v>
       </c>
       <c r="O23" s="15" t="n">
-        <v>-9.5</v>
-[...1 lines deleted...]
-      <c r="P23" s="13" t="inlineStr">
+        <v>0.1</v>
+      </c>
+      <c r="P23" s="15" t="n">
+        <v>-9.4</v>
+      </c>
+      <c r="Q23" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Instituto Nacional de Estadística</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="A8:P8"/>
-[...2 lines deleted...]
-    <mergeCell ref="A20:P20"/>
+    <mergeCell ref="A8:Q8"/>
+    <mergeCell ref="A12:Q12"/>
+    <mergeCell ref="A16:Q16"/>
+    <mergeCell ref="A20:Q20"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>