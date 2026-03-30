--- v1 (2026-02-11)
+++ v2 (2026-03-30)
@@ -44243,51 +44243,51 @@
         <v>120.5</v>
       </c>
       <c r="S295" s="14" t="n">
         <v>157.1</v>
       </c>
       <c r="T295" s="14" t="n">
         <v>196.8</v>
       </c>
       <c r="U295" s="14" t="n">
         <v>247.5</v>
       </c>
       <c r="V295" s="14" t="n">
         <v>331.6</v>
       </c>
       <c r="W295" s="14" t="n">
         <v>461.0</v>
       </c>
       <c r="X295" s="14" t="n">
         <v>601.7</v>
       </c>
       <c r="Y295" s="14" t="n">
         <v>764.5</v>
       </c>
       <c r="Z295" s="13" t="inlineStr">
         <is>
-          <t>1.036.8</t>
+          <t>1.036.788826</t>
         </is>
       </c>
       <c r="AA295" s="14" t="n">
         <v>8.1</v>
       </c>
       <c r="AB295" s="14" t="n">
         <v>58.0</v>
       </c>
       <c r="AC295" s="14" t="n">
         <v>11.8</v>
       </c>
       <c r="AD295" s="14" t="n">
         <v>-0.3</v>
       </c>
       <c r="AE295" s="14" t="n">
         <v>14.9</v>
       </c>
       <c r="AF295" s="14" t="n">
         <v>13.7</v>
       </c>
       <c r="AG295" s="14" t="n">
         <v>-14.1</v>
       </c>
       <c r="AH295" s="14" t="n">
         <v>-11.4</v>